--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -1,59 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5458" uniqueCount="1983">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9814" uniqueCount="3638">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -5958,96 +5967,5061 @@
     <t>31240,31240,81000</t>
   </si>
   <si>
     <t>ST JEAN,ST JEAN,ALBI</t>
   </si>
   <si>
     <t>310780283,310792635,810101170</t>
   </si>
   <si>
     <t>Docteur Anne CAUMETTE</t>
   </si>
   <si>
     <t>08/11/2016 11:36:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713342/fr/docteur-anne-caumette</t>
   </si>
   <si>
     <t>c_2713342</t>
   </si>
   <si>
     <t>CAUMETTE</t>
   </si>
   <si>
     <t>Anne</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>SAD PROMAID CASTANET TOLOSAN</t>
+  </si>
+  <si>
+    <t>30/11/2025 05:05:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14978_FicheESSMS/fr/sad-promaid-castanet-tolosan</t>
+  </si>
+  <si>
+    <t>14978_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Des Ormes</t>
+  </si>
+  <si>
+    <t>31320 CASTANET TOLOSAN</t>
+  </si>
+  <si>
+    <t>CASTANET TOLOSAN</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>310033311</t>
+  </si>
+  <si>
+    <t>SAD PROMAID VILLEFRANCHE DE LAURAGAIS</t>
+  </si>
+  <si>
+    <t>30/11/2025 05:05:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14981_FicheESSMS/fr/sad-promaid-villefranche-de-lauragais</t>
+  </si>
+  <si>
+    <t>14981_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De La Republique</t>
+  </si>
+  <si>
+    <t>31290 VILLEFRANCHE DE LAURAGAIS</t>
+  </si>
+  <si>
+    <t>VILLEFRANCHE DE LAURAGAIS</t>
+  </si>
+  <si>
+    <t>310036157</t>
+  </si>
+  <si>
+    <t>SAD PROMAID TOURNEFEUILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14980_FicheESSMS/fr/sad-promaid-tournefeuille</t>
+  </si>
+  <si>
+    <t>14980_FicheESSMS</t>
+  </si>
+  <si>
+    <t>56 Boulevard Vincent Auriol</t>
+  </si>
+  <si>
+    <t>31170 TOURNEFEUILLE</t>
+  </si>
+  <si>
+    <t>TOURNEFEUILLE</t>
+  </si>
+  <si>
+    <t>310033303</t>
+  </si>
+  <si>
+    <t>SAD PROMAID ROUFFIAC TOLOSAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14979_FicheESSMS/fr/sad-promaid-rouffiac-tolosan</t>
+  </si>
+  <si>
+    <t>14979_FicheESSMS</t>
+  </si>
+  <si>
+    <t>26 Avenue De La Visite</t>
+  </si>
+  <si>
+    <t>31180 ROUFFIAC TOLOSAN</t>
+  </si>
+  <si>
+    <t>ROUFFIAC TOLOSAN</t>
+  </si>
+  <si>
+    <t>310033295</t>
+  </si>
+  <si>
+    <t>SAAD SAPAH SERVICES</t>
+  </si>
+  <si>
+    <t>27/11/2025 16:25:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14917_FicheESSMS/fr/saad-sapah-services</t>
+  </si>
+  <si>
+    <t>14917_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Des Oeillets</t>
+  </si>
+  <si>
+    <t>31130 BALMA</t>
+  </si>
+  <si>
+    <t>BALMA</t>
+  </si>
+  <si>
+    <t>310030317</t>
+  </si>
+  <si>
+    <t>SAD A CHACUN SON SERVICE</t>
+  </si>
+  <si>
+    <t>24/11/2025 16:17:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14857_FicheESSMS/fr/sad-a-chacun-son-service</t>
+  </si>
+  <si>
+    <t>14857_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Route De  La Foret De Bouconne</t>
+  </si>
+  <si>
+    <t>31700 MONDONVILLE</t>
+  </si>
+  <si>
+    <t>MONDONVILLE</t>
+  </si>
+  <si>
+    <t>310028436</t>
+  </si>
+  <si>
+    <t>SAAD APMD MYOSOTIS</t>
+  </si>
+  <si>
+    <t>21/11/2025 16:19:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14772_FicheESSMS/fr/saad-apmd-myosotis</t>
+  </si>
+  <si>
+    <t>14772_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Chemin De Binagret</t>
+  </si>
+  <si>
+    <t>31410 LE FAUGA</t>
+  </si>
+  <si>
+    <t>LE FAUGA</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>310028949</t>
+  </si>
+  <si>
+    <t>SAAD ADOMICILE</t>
+  </si>
+  <si>
+    <t>16/11/2025 16:18:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14707_FicheESSMS/fr/saad-adomicile</t>
+  </si>
+  <si>
+    <t>14707_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1006 Chemin De Claverie</t>
+  </si>
+  <si>
+    <t>31370 LABASTIDE CLERMONT</t>
+  </si>
+  <si>
+    <t>LABASTIDE CLERMONT</t>
+  </si>
+  <si>
+    <t>310028139</t>
+  </si>
+  <si>
+    <t>SAAD CP-DOMICILE</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:25:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14345_FicheESSMS/fr/saad-cp-domicile</t>
+  </si>
+  <si>
+    <t>14345_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Avenue De Lombez</t>
+  </si>
+  <si>
+    <t>31076 TOULOUSE CEDEX 3</t>
+  </si>
+  <si>
+    <t>310029418</t>
+  </si>
+  <si>
+    <t>SAAD BIEN A LA MAISON</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:26:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14376_FicheESSMS/fr/saad-bien-a-la-maison</t>
+  </si>
+  <si>
+    <t>14376_FicheESSMS</t>
+  </si>
+  <si>
+    <t>159 Grande Rue Saint Michel</t>
+  </si>
+  <si>
+    <t>31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t>310025960</t>
+  </si>
+  <si>
+    <t>CSAPA TOULOUSE (AAT)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/411_FicheESSMS/fr/csapa-toulouse-aat</t>
+  </si>
+  <si>
+    <t>411_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Route De Blagnac</t>
+  </si>
+  <si>
+    <t>31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>310791835</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT VINCENT DE PAUL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1095_FicheESSMS/fr/ehpad-saint-vincent-de-paul</t>
+  </si>
+  <si>
+    <t>1095_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Place De Xeraco</t>
+  </si>
+  <si>
+    <t>31150 BRUGUIERES</t>
+  </si>
+  <si>
+    <t>BRUGUIERES</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>310784400</t>
+  </si>
+  <si>
+    <t>EHPAD L'ALBERGUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1093_FicheESSMS/fr/ehpad-l-albergue</t>
+  </si>
+  <si>
+    <t>1093_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Allée Des Tilleuls</t>
+  </si>
+  <si>
+    <t>31470 STE FOY DE PEYROLIERES</t>
+  </si>
+  <si>
+    <t>STE FOY DE PEYROLIERES</t>
+  </si>
+  <si>
+    <t>310792494</t>
+  </si>
+  <si>
+    <t>EHPAD VAL D'ARIZE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1131_FicheESSMS/fr/ehpad-val-d-arize</t>
+  </si>
+  <si>
+    <t>1131_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Avenue Du Mas D'Azil</t>
+  </si>
+  <si>
+    <t>31310 MONTESQUIEU VOLVESTRE</t>
+  </si>
+  <si>
+    <t>MONTESQUIEU VOLVESTRE</t>
+  </si>
+  <si>
+    <t>310020268</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE LES CATALPAS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1539_FicheESSMS/fr/foyer-de-vie-les-catalpas</t>
+  </si>
+  <si>
+    <t>1539_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Route De Lacourtensourt</t>
+  </si>
+  <si>
+    <t>31150 FENOUILLET</t>
+  </si>
+  <si>
+    <t>FENOUILLET</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>310780796</t>
+  </si>
+  <si>
+    <t>LHSS LA CLEF UCRM TOULOUSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1571_FicheESSMS/fr/lhss-la-clef-ucrm-toulouse</t>
+  </si>
+  <si>
+    <t>1571_FicheESSMS</t>
+  </si>
+  <si>
+    <t>131 Chemin Lapujade</t>
+  </si>
+  <si>
+    <t>Lits Halte Soins Santé (L.H.S.S.)</t>
+  </si>
+  <si>
+    <t>310027941</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE RC L'ORMEAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2029_FicheESSMS/fr/residence-autonomie-rc-l-ormeau</t>
+  </si>
+  <si>
+    <t>2029_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Raymond Corraze</t>
+  </si>
+  <si>
+    <t>31500 TOULOUSE</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>310016837</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE NOUVELLE ORLEANS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2050_FicheESSMS/fr/ehpad-residence-nouvelle-orleans</t>
+  </si>
+  <si>
+    <t>2050_FicheESSMS</t>
+  </si>
+  <si>
+    <t>163 Avenue Des Etats Unis</t>
+  </si>
+  <si>
+    <t>310023064</t>
+  </si>
+  <si>
+    <t>EAM "FOND PEYRE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2081_FicheESSMS/fr/eam-fond-peyre</t>
+  </si>
+  <si>
+    <t>2081_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Impasse Rene Cassin</t>
+  </si>
+  <si>
+    <t>31240 ST JEAN</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>310018007</t>
+  </si>
+  <si>
+    <t>DOMAINE DU VALIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2607_FicheESSMS/fr/domaine-du-valier</t>
+  </si>
+  <si>
+    <t>2607_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Chemin De L'Armurie</t>
+  </si>
+  <si>
+    <t>31770 COLOMIERS</t>
+  </si>
+  <si>
+    <t>COLOMIERS</t>
+  </si>
+  <si>
+    <t>310782461</t>
+  </si>
+  <si>
+    <t>CENTRE D'ACCUEIL DE JOUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2802_FicheESSMS/fr/centre-d-accueil-de-jour</t>
+  </si>
+  <si>
+    <t>2802_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Chemin Ample</t>
+  </si>
+  <si>
+    <t>31800 VALENTINE</t>
+  </si>
+  <si>
+    <t>VALENTINE</t>
+  </si>
+  <si>
+    <t>Centre de Jour pour Personnes Agées</t>
+  </si>
+  <si>
+    <t>310012679</t>
+  </si>
+  <si>
+    <t>CHRS CENTRE DE FAGES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2886_FicheESSMS/fr/chrs-centre-de-fages</t>
+  </si>
+  <si>
+    <t>2886_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Chemin De Fages</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>310785043</t>
+  </si>
+  <si>
+    <t>UEMO TOULOUSE SUD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2915_FicheESSMS/fr/uemo-toulouse-sud</t>
+  </si>
+  <si>
+    <t>2915_FicheESSMS</t>
+  </si>
+  <si>
+    <t>109 Avenue De Lespinet</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service d'Intervention Educative en Milieu Ouvert</t>
+  </si>
+  <si>
+    <t>310025655</t>
+  </si>
+  <si>
+    <t>SAMSAH LE COMTAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2994_FicheESSMS/fr/samsah-le-comtal</t>
+  </si>
+  <si>
+    <t>2994_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue Beethoven</t>
+  </si>
+  <si>
+    <t>31800 ST GAUDENS</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>310027784</t>
+  </si>
+  <si>
+    <t>CPH SAN FRANCISCO  R.MONNIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4461_FicheESSMS/fr/cph-san-francisco-r-monnier</t>
+  </si>
+  <si>
+    <t>4461_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Rue De L'Aiguette</t>
+  </si>
+  <si>
+    <t>31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>Centre Provisoire Hébergement (C.P.H.)</t>
+  </si>
+  <si>
+    <t>310792833</t>
+  </si>
+  <si>
+    <t>SAMSAH LE PORTILHON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4617_FicheESSMS/fr/samsah-le-portilhon</t>
+  </si>
+  <si>
+    <t>4617_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31110 BAGNERES DE LUCHON</t>
+  </si>
+  <si>
+    <t>BAGNERES DE LUCHON</t>
+  </si>
+  <si>
+    <t>310027792</t>
+  </si>
+  <si>
+    <t>CADA PIERRE NOUGARO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4613_FicheESSMS/fr/cada-pierre-nougaro</t>
+  </si>
+  <si>
+    <t>4613_FicheESSMS</t>
+  </si>
+  <si>
+    <t>37 Chemin Des Pradettes</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>310006168</t>
+  </si>
+  <si>
+    <t>UEMO TOULOUSE OUEST</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4857_FicheESSMS/fr/uemo-toulouse-ouest</t>
+  </si>
+  <si>
+    <t>4857_FicheESSMS</t>
+  </si>
+  <si>
+    <t>145 Avenue De Muret</t>
+  </si>
+  <si>
+    <t>31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>310036488</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE TOLOSA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/582_FicheESSMS/fr/ehpad-residence-tolosa</t>
+  </si>
+  <si>
+    <t>582_FicheESSMS</t>
+  </si>
+  <si>
+    <t>205 Avenue De Fronton</t>
+  </si>
+  <si>
+    <t>310021423</t>
+  </si>
+  <si>
+    <t>EHPAD LES JONQUILLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1094_FicheESSMS/fr/ehpad-les-jonquilles</t>
+  </si>
+  <si>
+    <t>1094_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Boulevard Du Sel</t>
+  </si>
+  <si>
+    <t>31260 SALIES DU SALAT</t>
+  </si>
+  <si>
+    <t>SALIES DU SALAT</t>
+  </si>
+  <si>
+    <t>310784715</t>
+  </si>
+  <si>
+    <t>FAM VAL D'ARIZE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1132_FicheESSMS/fr/fam-val-d-arize</t>
+  </si>
+  <si>
+    <t>1132_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>310020334</t>
+  </si>
+  <si>
+    <t>ESAT LE RUISSELET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1379_FicheESSMS/fr/esat-le-ruisselet</t>
+  </si>
+  <si>
+    <t>1379_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31310 RIEUX VOLVESTRE</t>
+  </si>
+  <si>
+    <t>RIEUX VOLVESTRE</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>310785134</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE LES MARRONNIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1540_FicheESSMS/fr/foyer-de-vie-les-marronniers</t>
+  </si>
+  <si>
+    <t>1540_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57 Avenue De La Mairie</t>
+  </si>
+  <si>
+    <t>31620 CEPET</t>
+  </si>
+  <si>
+    <t>CEPET</t>
+  </si>
+  <si>
+    <t>310780580</t>
+  </si>
+  <si>
+    <t>FOYER LES COMPAGNONS DU DEVOIR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1564_FicheESSMS/fr/foyer-les-compagnons-du-devoir</t>
+  </si>
+  <si>
+    <t>1564_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Rue Des Pyrenees</t>
+  </si>
+  <si>
+    <t>Foyer de Jeunes Travailleurs (résidence sociale ou non)</t>
+  </si>
+  <si>
+    <t>310785209</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1563_FicheESSMS/fr/foyer-les-compagnons-du-devoir</t>
+  </si>
+  <si>
+    <t>1563_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Hyacinthe Dubreuil</t>
+  </si>
+  <si>
+    <t>310785191</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE SENIOR TIBAOUS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1743_FicheESSMS/fr/ehpad-residence-senior-tibaous</t>
+  </si>
+  <si>
+    <t>1743_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Albert Carovis</t>
+  </si>
+  <si>
+    <t>310020284</t>
+  </si>
+  <si>
+    <t>EHPAD CASTEL GIROU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1844_FicheESSMS/fr/ehpad-castel-girou</t>
+  </si>
+  <si>
+    <t>1844_FicheESSMS</t>
+  </si>
+  <si>
+    <t>180 Avenue De Villemur</t>
+  </si>
+  <si>
+    <t>310784434</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE LA PRADINE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1908_FicheESSMS/fr/residence-autonomie-la-pradine</t>
+  </si>
+  <si>
+    <t>1908_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Du Couderc</t>
+  </si>
+  <si>
+    <t>310787320</t>
+  </si>
+  <si>
+    <t>LAM UCRM ASSOC SAMARIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1990_FicheESSMS/fr/lam-ucrm-assoc-samarie</t>
+  </si>
+  <si>
+    <t>1990_FicheESSMS</t>
+  </si>
+  <si>
+    <t>108 Route D'Espagne</t>
+  </si>
+  <si>
+    <t>Lits d'Accueil Médicalisés (L.A.M.)</t>
+  </si>
+  <si>
+    <t>310027958</t>
+  </si>
+  <si>
+    <t>RA SAINT LOUIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2031_FicheESSMS/fr/ra-saint-louis</t>
+  </si>
+  <si>
+    <t>2031_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44 Rue Du Faubourg Bonnefoy</t>
+  </si>
+  <si>
+    <t>310796636</t>
+  </si>
+  <si>
+    <t>RA JOLIMONT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2030_FicheESSMS/fr/ra-jolimont</t>
+  </si>
+  <si>
+    <t>2030_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue Joachim Gerard</t>
+  </si>
+  <si>
+    <t>310796628</t>
+  </si>
+  <si>
+    <t>EHPAD HENRI IV</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2230_FicheESSMS/fr/ehpad-henri-iv</t>
+  </si>
+  <si>
+    <t>2230_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue M Louise Dubreil- Jacotin</t>
+  </si>
+  <si>
+    <t>310793666</t>
+  </si>
+  <si>
+    <t>EHPAD LES FONTENELLES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2295_FicheESSMS/fr/ehpad-les-fontenelles</t>
+  </si>
+  <si>
+    <t>2295_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Avenue Germaine Tillion</t>
+  </si>
+  <si>
+    <t>31520 RAMONVILLE ST AGNE</t>
+  </si>
+  <si>
+    <t>RAMONVILLE ST AGNE</t>
+  </si>
+  <si>
+    <t>310013438</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LES ROSSIGNOLS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2314_FicheESSMS/fr/ehpad-residence-les-rossignols</t>
+  </si>
+  <si>
+    <t>2314_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1086 Route De Saint Thomas</t>
+  </si>
+  <si>
+    <t>31470 ST LYS</t>
+  </si>
+  <si>
+    <t>ST LYS</t>
+  </si>
+  <si>
+    <t>310784293</t>
+  </si>
+  <si>
+    <t>EHPAD LA TRIADE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2313_FicheESSMS/fr/ehpad-la-triade</t>
+  </si>
+  <si>
+    <t>2313_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Avenue Du Chene Vert</t>
+  </si>
+  <si>
+    <t>31270 FROUZINS</t>
+  </si>
+  <si>
+    <t>FROUZINS</t>
+  </si>
+  <si>
+    <t>310792031</t>
+  </si>
+  <si>
+    <t>SAMSAH DU RAZES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2453_FicheESSMS/fr/samsah-du-razes</t>
+  </si>
+  <si>
+    <t>2453_FicheESSMS</t>
+  </si>
+  <si>
+    <t>40 Chemin De Ribaute</t>
+  </si>
+  <si>
+    <t>310007349</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE L'ECUYER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2476_FicheESSMS/fr/ehpad-residence-l-ecuyer</t>
+  </si>
+  <si>
+    <t>2476_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Impasse Hippodrome</t>
+  </si>
+  <si>
+    <t>310793674</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LA COCAGNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2551_FicheESSMS/fr/ehpad-residence-la-cocagne</t>
+  </si>
+  <si>
+    <t>2551_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Avenue Victor Molinier</t>
+  </si>
+  <si>
+    <t>31570 STE FOY D AIGREFEUILLE</t>
+  </si>
+  <si>
+    <t>STE FOY D AIGREFEUILLE</t>
+  </si>
+  <si>
+    <t>310019385</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE TIERS TEMPS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2550_FicheESSMS/fr/ehpad-residence-tiers-temps</t>
+  </si>
+  <si>
+    <t>2550_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Rue Du Moulin</t>
+  </si>
+  <si>
+    <t>31700 BLAGNAC</t>
+  </si>
+  <si>
+    <t>BLAGNAC</t>
+  </si>
+  <si>
+    <t>310784343</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE LES SEPT DENIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2544_FicheESSMS/fr/residence-autonomie-les-sept-deniers</t>
+  </si>
+  <si>
+    <t>2544_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Chemin Garric</t>
+  </si>
+  <si>
+    <t>310784814</t>
+  </si>
+  <si>
+    <t>CAARUD - INTERMEDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3536_FicheESSMS/fr/caarud-intermede</t>
+  </si>
+  <si>
+    <t>3536_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Ctre.Accueil/ Accomp.Réduc.Risq.Usag. Drogues (C.A.A.R.U.D.)</t>
+  </si>
+  <si>
+    <t>310797584</t>
+  </si>
+  <si>
+    <t>EHPAD ARC-EN-CIEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3548_FicheESSMS/fr/ehpad-arc-en-ciel</t>
+  </si>
+  <si>
+    <t>3548_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Marie-Louise Dissard</t>
+  </si>
+  <si>
+    <t>310013529</t>
+  </si>
+  <si>
+    <t>MAS LES CHAMPS PINSONS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3710_FicheESSMS/fr/mas-les-champs-pinsons</t>
+  </si>
+  <si>
+    <t>3710_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Rue De Ninaret</t>
+  </si>
+  <si>
+    <t>31650 ST ORENS DE GAMEVILLE</t>
+  </si>
+  <si>
+    <t>ST ORENS DE GAMEVILLE</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>310792262</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE CHATEAU SAINT-JEAN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3989_FicheESSMS/fr/foyer-de-vie-chateau-saint-jean</t>
+  </si>
+  <si>
+    <t>3989_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31290 LUX</t>
+  </si>
+  <si>
+    <t>LUX</t>
+  </si>
+  <si>
+    <t>310017124</t>
+  </si>
+  <si>
+    <t>F.A.M. CHATEAU SAINT-JEAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3988_FicheESSMS/fr/f-a-m-chateau-saint-jean</t>
+  </si>
+  <si>
+    <t>3988_FicheESSMS</t>
+  </si>
+  <si>
+    <t>310019047</t>
+  </si>
+  <si>
+    <t>LHSS CHU TOULOUSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3987_FicheESSMS/fr/lhss-chu-toulouse</t>
+  </si>
+  <si>
+    <t>3987_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31059 TOULOUSE CEDEX 9</t>
+  </si>
+  <si>
+    <t>310018148</t>
+  </si>
+  <si>
+    <t>CSAPA MAURICE DIDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4042_FicheESSMS/fr/csapa-maurice-dide</t>
+  </si>
+  <si>
+    <t>4042_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31058 TOULOUSE CEDEX 9</t>
+  </si>
+  <si>
+    <t>310797402</t>
+  </si>
+  <si>
+    <t>MAS FAUSTINE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4092_FicheESSMS/fr/mas-faustine</t>
+  </si>
+  <si>
+    <t>4092_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31470 FONTENILLES</t>
+  </si>
+  <si>
+    <t>FONTENILLES</t>
+  </si>
+  <si>
+    <t>310024054</t>
+  </si>
+  <si>
+    <t>EHPAD LES ROSES (SAS)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4154_FicheESSMS/fr/ehpad-les-roses-sas</t>
+  </si>
+  <si>
+    <t>4154_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Avenue De Cintegabelle</t>
+  </si>
+  <si>
+    <t>31560 CALMONT</t>
+  </si>
+  <si>
+    <t>CALMONT</t>
+  </si>
+  <si>
+    <t>310784418</t>
+  </si>
+  <si>
+    <t>SESSAD DE L'ITEP SAINT-FRANCOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4339_FicheESSMS/fr/sessad-de-l-itep-saint-francois</t>
+  </si>
+  <si>
+    <t>4339_FicheESSMS</t>
+  </si>
+  <si>
+    <t>36 Avenue Maurice Bourges Maunoury</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>310020045</t>
+  </si>
+  <si>
+    <t>ITEP SAINT-FRANCOIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4338_FicheESSMS/fr/itep-saint-francois</t>
+  </si>
+  <si>
+    <t>4338_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>310780861</t>
+  </si>
+  <si>
+    <t>CADA GASCOGNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4460_FicheESSMS/fr/cada-gascogne</t>
+  </si>
+  <si>
+    <t>4460_FicheESSMS</t>
+  </si>
+  <si>
+    <t>310020623</t>
+  </si>
+  <si>
+    <t>SESSAD PORTES DE GARONNE-CARBONNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4700_FicheESSMS/fr/sessad-portes-de-garonne-carbonne</t>
+  </si>
+  <si>
+    <t>4700_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Georges Brassens</t>
+  </si>
+  <si>
+    <t>31390 CARBONNE</t>
+  </si>
+  <si>
+    <t>CARBONNE</t>
+  </si>
+  <si>
+    <t>310011119</t>
+  </si>
+  <si>
+    <t>IME LES 36 PONTS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4955_FicheESSMS/fr/ime-les-36-ponts</t>
+  </si>
+  <si>
+    <t>4955_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue De Seville</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>310032768</t>
+  </si>
+  <si>
+    <t>IME PORTES DE GARONNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4954_FicheESSMS/fr/ime-portes-de-garonne</t>
+  </si>
+  <si>
+    <t>4954_FicheESSMS</t>
+  </si>
+  <si>
+    <t>101 Route De Capens</t>
+  </si>
+  <si>
+    <t>31390 MARQUEFAVE</t>
+  </si>
+  <si>
+    <t>MARQUEFAVE</t>
+  </si>
+  <si>
+    <t>310781224</t>
+  </si>
+  <si>
+    <t>ITEP PORTES DE GARONNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4953_FicheESSMS/fr/itep-portes-de-garonne</t>
+  </si>
+  <si>
+    <t>4953_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Boulevard Cesar Metge</t>
+  </si>
+  <si>
+    <t>310782008</t>
+  </si>
+  <si>
+    <t>IME DES 36 PONTS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4952_FicheESSMS/fr/ime-des-36-ponts</t>
+  </si>
+  <si>
+    <t>4952_FicheESSMS</t>
+  </si>
+  <si>
+    <t>41 Rue Des 36 Ponts</t>
+  </si>
+  <si>
+    <t>310781539</t>
+  </si>
+  <si>
+    <t>UEMA IME DES 36 PONTS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4951_FicheESSMS/fr/uema-ime-des-36-ponts</t>
+  </si>
+  <si>
+    <t>4951_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Clair Roman</t>
+  </si>
+  <si>
+    <t>310031752</t>
+  </si>
+  <si>
+    <t>CSAPA ANPAA HAUTE-GARONNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5545_FicheESSMS/fr/csapa-anpaa-haute-garonne</t>
+  </si>
+  <si>
+    <t>5545_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Boulevard Silvio Trentin</t>
+  </si>
+  <si>
+    <t>310788070</t>
+  </si>
+  <si>
+    <t>CPH LE SARDELIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5647_FicheESSMS/fr/cph-le-sardelis</t>
+  </si>
+  <si>
+    <t>5647_FicheESSMS</t>
+  </si>
+  <si>
+    <t>128 Route De Saint Simon</t>
+  </si>
+  <si>
+    <t>310796297</t>
+  </si>
+  <si>
+    <t>CADA ARSEAA SARDELIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5646_FicheESSMS/fr/cada-arseaa-sardelis</t>
+  </si>
+  <si>
+    <t>5646_FicheESSMS</t>
+  </si>
+  <si>
+    <t>128 Route De Saint-Simon</t>
+  </si>
+  <si>
+    <t>310796305</t>
+  </si>
+  <si>
+    <t>MAS FRANCOISE DE VEYRINAS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5805_FicheESSMS/fr/mas-francoise-de-veyrinas</t>
+  </si>
+  <si>
+    <t>5805_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Rue De Maurys</t>
+  </si>
+  <si>
+    <t>31150 GRATENTOUR</t>
+  </si>
+  <si>
+    <t>GRATENTOUR</t>
+  </si>
+  <si>
+    <t>310792544</t>
+  </si>
+  <si>
+    <t>CENTRE DE LESTRADE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5867_FicheESSMS/fr/centre-de-lestrade</t>
+  </si>
+  <si>
+    <t>5867_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Du Bac</t>
+  </si>
+  <si>
+    <t>31522 RAMONVILLE ST AGNE</t>
+  </si>
+  <si>
+    <t>Institut d'Education Sensorielle Sourd/Aveugle</t>
+  </si>
+  <si>
+    <t>310781703</t>
+  </si>
+  <si>
+    <t>SESSAD LE CAGIRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5953_FicheESSMS/fr/sessad-le-cagire</t>
+  </si>
+  <si>
+    <t>5953_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Avenue Du Marechal Joffre</t>
+  </si>
+  <si>
+    <t>310006390</t>
+  </si>
+  <si>
+    <t>ITEP CENTRE LE COMMINGES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5952_FicheESSMS/fr/itep-centre-le-comminges</t>
+  </si>
+  <si>
+    <t>5952_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Route De St Girons</t>
+  </si>
+  <si>
+    <t>31260 MONTSAUNES</t>
+  </si>
+  <si>
+    <t>MONTSAUNES</t>
+  </si>
+  <si>
+    <t>310780820</t>
+  </si>
+  <si>
+    <t>CAARUD - ASSOCIATION AIDES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5965_FicheESSMS/fr/caarud-association-aides</t>
+  </si>
+  <si>
+    <t>5965_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Avenue Etienne Billieres</t>
+  </si>
+  <si>
+    <t>310018478</t>
+  </si>
+  <si>
+    <t>MAS "LE COQUELICOT"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5971_FicheESSMS/fr/mas-le-coquelicot</t>
+  </si>
+  <si>
+    <t>5971_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Avenue Jacques Chirac</t>
+  </si>
+  <si>
+    <t>31780 CASTELGINEST</t>
+  </si>
+  <si>
+    <t>CASTELGINEST</t>
+  </si>
+  <si>
+    <t>310023072</t>
+  </si>
+  <si>
+    <t>MAS "L'OUSTALET"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5970_FicheESSMS/fr/mas-l-oustalet</t>
+  </si>
+  <si>
+    <t>5970_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue De Mathe</t>
+  </si>
+  <si>
+    <t>31140 ST ALBAN</t>
+  </si>
+  <si>
+    <t>ST ALBAN</t>
+  </si>
+  <si>
+    <t>310023080</t>
+  </si>
+  <si>
+    <t>ESAT CHATEAU BLANC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6243_FicheESSMS/fr/esat-chateau-blanc</t>
+  </si>
+  <si>
+    <t>6243_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Chemin De La Glaciere</t>
+  </si>
+  <si>
+    <t>310782594</t>
+  </si>
+  <si>
+    <t>ESAT L'EDELWEISS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6242_FicheESSMS/fr/esat-l-edelweiss</t>
+  </si>
+  <si>
+    <t>6242_FicheESSMS</t>
+  </si>
+  <si>
+    <t>310019443</t>
+  </si>
+  <si>
+    <t>EHPAD L'OREE DE BOUCONNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6358_FicheESSMS/fr/ehpad-l-oree-de-bouconne</t>
+  </si>
+  <si>
+    <t>6358_FicheESSMS</t>
+  </si>
+  <si>
+    <t>240 Route De Levignac</t>
+  </si>
+  <si>
+    <t>31820 PIBRAC</t>
+  </si>
+  <si>
+    <t>PIBRAC</t>
+  </si>
+  <si>
+    <t>310017033</t>
+  </si>
+  <si>
+    <t>EHPAD LES JARDINS DE RAMBAM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6516_FicheESSMS/fr/ehpad-les-jardins-de-rambam</t>
+  </si>
+  <si>
+    <t>6516_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Tucard</t>
+  </si>
+  <si>
+    <t>310793047</t>
+  </si>
+  <si>
+    <t>UN CHEZ SOI D'ABORD TOULOUSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6592_FicheESSMS/fr/un-chez-soi-d-abord-toulouse</t>
+  </si>
+  <si>
+    <t>6592_FicheESSMS</t>
+  </si>
+  <si>
+    <t>280 Avenue De Muret</t>
+  </si>
+  <si>
+    <t>31057 TOULOUSE CEDEX 1</t>
+  </si>
+  <si>
+    <t>Appartement de Coordination Thérapeutique (A.C.T.)</t>
+  </si>
+  <si>
+    <t>310023684</t>
+  </si>
+  <si>
+    <t>MAS CONCORDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6642_FicheESSMS/fr/mas-concorde</t>
+  </si>
+  <si>
+    <t>6642_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1057 Route De Saint Thomas</t>
+  </si>
+  <si>
+    <t>310786306</t>
+  </si>
+  <si>
+    <t>IEM CENTRE PHILIAE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/490_FicheESSMS/fr/iem-centre-philiae</t>
+  </si>
+  <si>
+    <t>490_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Institut d'éducation motrice</t>
+  </si>
+  <si>
+    <t>310782602</t>
+  </si>
+  <si>
+    <t>EEAP CENTRE PHILIAE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/489_FicheESSMS/fr/eeap-centre-philiae</t>
+  </si>
+  <si>
+    <t>489_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Du Bac</t>
+  </si>
+  <si>
+    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
+  </si>
+  <si>
+    <t>310025879</t>
+  </si>
+  <si>
+    <t>IME CENTRE PHILIAE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/488_FicheESSMS/fr/ime-centre-philiae</t>
+  </si>
+  <si>
+    <t>488_FicheESSMS</t>
+  </si>
+  <si>
+    <t>26 Avenue Tolosane</t>
+  </si>
+  <si>
+    <t>310028287</t>
+  </si>
+  <si>
+    <t>EHPAD MAISONNEUVE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1984_FicheESSMS/fr/ehpad-maisonneuve</t>
+  </si>
+  <si>
+    <t>1984_FicheESSMS</t>
+  </si>
+  <si>
+    <t>310791405</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE DE VINCI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2475_FicheESSMS/fr/ehpad-residence-de-vinci</t>
+  </si>
+  <si>
+    <t>2475_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Pablo Picasso</t>
+  </si>
+  <si>
+    <t>310792064</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE "CANTEGRIL"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2825_FicheESSMS/fr/lieu-de-vie-cantegril</t>
+  </si>
+  <si>
+    <t>2825_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31310 GOUZENS</t>
+  </si>
+  <si>
+    <t>GOUZENS</t>
+  </si>
+  <si>
+    <t>Lieux de Vie et d'Accueil</t>
+  </si>
+  <si>
+    <t>310024815</t>
+  </si>
+  <si>
+    <t>CHRS CLAIRE MAISON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2946_FicheESSMS/fr/chrs-claire-maison</t>
+  </si>
+  <si>
+    <t>2946_FicheESSMS</t>
+  </si>
+  <si>
+    <t>43 Rue Jean-De-Pins</t>
+  </si>
+  <si>
+    <t>310785027</t>
+  </si>
+  <si>
+    <t>EAM NOTRE DAME DES MONTS/LE COMTAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2993_FicheESSMS/fr/eam-notre-dame-des-monts/le-comtal</t>
+  </si>
+  <si>
+    <t>2993_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue De La Piscine</t>
+  </si>
+  <si>
+    <t>310022264</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LE SORBIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3025_FicheESSMS/fr/ehpad-residence-le-sorbier</t>
+  </si>
+  <si>
+    <t>3025_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Allée D'Occitanie</t>
+  </si>
+  <si>
+    <t>31470 FONSORBES</t>
+  </si>
+  <si>
+    <t>FONSORBES</t>
+  </si>
+  <si>
+    <t>310784277</t>
+  </si>
+  <si>
+    <t>EAM LE LAURAGAIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3293_FicheESSMS/fr/eam-le-lauragais</t>
+  </si>
+  <si>
+    <t>3293_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Chemin Du Moulin</t>
+  </si>
+  <si>
+    <t>31280 MONS</t>
+  </si>
+  <si>
+    <t>MONS</t>
+  </si>
+  <si>
+    <t>310796750</t>
+  </si>
+  <si>
+    <t>CHRS UNION CEPIERE ROBERT MONNIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3439_FicheESSMS/fr/chrs-union-cepiere-robert-monnier</t>
+  </si>
+  <si>
+    <t>3439_FicheESSMS</t>
+  </si>
+  <si>
+    <t>310003207</t>
+  </si>
+  <si>
+    <t>ASSOC RESILIENCE OCCITANIE RESO TLSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3494_FicheESSMS/fr/assoc-resilience-occitanie-reso-tlse</t>
+  </si>
+  <si>
+    <t>3494_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Andre Villet</t>
+  </si>
+  <si>
+    <t>31432 TOULOUSE CEDEX 4</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>310020961</t>
+  </si>
+  <si>
+    <t>CHRS LOU TRASTOULET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3538_FicheESSMS/fr/chrs-lou-trastoulet</t>
+  </si>
+  <si>
+    <t>3538_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Avenue Des Minimes</t>
+  </si>
+  <si>
+    <t>310785084</t>
+  </si>
+  <si>
+    <t>CSAPA CLEMENCE ISAURE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3535_FicheESSMS/fr/csapa-clemence-isaure</t>
+  </si>
+  <si>
+    <t>3535_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Rue Des Champs Elysees</t>
+  </si>
+  <si>
+    <t>310792189</t>
+  </si>
+  <si>
+    <t>EHPAD L'ACACIA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3812_FicheESSMS/fr/ehpad-l-acacia</t>
+  </si>
+  <si>
+    <t>3812_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31560 NAILLOUX</t>
+  </si>
+  <si>
+    <t>NAILLOUX</t>
+  </si>
+  <si>
+    <t>310792155</t>
+  </si>
+  <si>
+    <t>IME SAINT JEAN - UNITE TSA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3864_FicheESSMS/fr/ime-saint-jean-unite-tsa</t>
+  </si>
+  <si>
+    <t>3864_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Avenue Des Pyrenees</t>
+  </si>
+  <si>
+    <t>31830 PLAISANCE DU TOUCH</t>
+  </si>
+  <si>
+    <t>PLAISANCE DU TOUCH</t>
+  </si>
+  <si>
+    <t>310024443</t>
+  </si>
+  <si>
+    <t>IME SAINT JEAN PLAISANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3863_FicheESSMS/fr/ime-saint-jean-plaisance</t>
+  </si>
+  <si>
+    <t>3863_FicheESSMS</t>
+  </si>
+  <si>
+    <t>310780549</t>
+  </si>
+  <si>
+    <t>SAVS FOYER LE PETIT BOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4250_FicheESSMS/fr/savs-foyer-le-petit-bois</t>
+  </si>
+  <si>
+    <t>4250_FicheESSMS</t>
+  </si>
+  <si>
+    <t>114 Boulevard Deodat De Severac</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>310020227</t>
+  </si>
+  <si>
+    <t>FOYER LE PETIT BOIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4249_FicheESSMS/fr/foyer-le-petit-bois</t>
+  </si>
+  <si>
+    <t>4249_FicheESSMS</t>
+  </si>
+  <si>
+    <t>116 Boulevard Deodat De Severac</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>310784996</t>
+  </si>
+  <si>
+    <t>SSIAD LE CAGIRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5816_FicheESSMS/fr/ssiad-le-cagire</t>
+  </si>
+  <si>
+    <t>5816_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue Robert Schuman</t>
+  </si>
+  <si>
+    <t>31804 ST GAUDENS</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>310786454</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE LE GOELAND</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7326_FicheESSMS/fr/lieu-de-vie-le-goeland</t>
+  </si>
+  <si>
+    <t>7326_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31570 ST PIERRE DE LAGES</t>
+  </si>
+  <si>
+    <t>ST PIERRE DE LAGES</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>310021977</t>
+  </si>
+  <si>
+    <t>SAAD LE COUP DE POUCE A DOMICILE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7610_FicheESSMS/fr/saad-le-coup-de-pouce-a-domicile</t>
+  </si>
+  <si>
+    <t>7610_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Quartier St Hubert</t>
+  </si>
+  <si>
+    <t>31410 LAVERNOSE LACASSE</t>
+  </si>
+  <si>
+    <t>LAVERNOSE LACASSE</t>
+  </si>
+  <si>
+    <t>310026174</t>
+  </si>
+  <si>
+    <t>SAAD RESILIENCE OCCITANIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7787_FicheESSMS/fr/saad-resilience-occitanie</t>
+  </si>
+  <si>
+    <t>7787_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Chemin Vicinal De La Glaciere</t>
+  </si>
+  <si>
+    <t>310004858</t>
+  </si>
+  <si>
+    <t>SAAD LA VIE EST BELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8716_FicheESSMS/fr/saad-la-vie-est-belle</t>
+  </si>
+  <si>
+    <t>8716_FicheESSMS</t>
+  </si>
+  <si>
+    <t>125 Route De Marquefave</t>
+  </si>
+  <si>
+    <t>31410 ST SULPICE SUR LEZE</t>
+  </si>
+  <si>
+    <t>ST SULPICE SUR LEZE</t>
+  </si>
+  <si>
+    <t>310005558</t>
+  </si>
+  <si>
+    <t>SAAD SIAS ESCALIU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8888_FicheESSMS/fr/saad-sias-escaliu</t>
+  </si>
+  <si>
+    <t>8888_FicheESSMS</t>
+  </si>
+  <si>
+    <t>220 Route D'Ox</t>
+  </si>
+  <si>
+    <t>31600 SEYSSES</t>
+  </si>
+  <si>
+    <t>SEYSSES</t>
+  </si>
+  <si>
+    <t>310787288</t>
+  </si>
+  <si>
+    <t>SAAD SIVOM PCV</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8886_FicheESSMS/fr/saad-sivom-pcv</t>
+  </si>
+  <si>
+    <t>8886_FicheESSMS</t>
+  </si>
+  <si>
+    <t>40 Chemin De Chantemesse</t>
+  </si>
+  <si>
+    <t>310787213</t>
+  </si>
+  <si>
+    <t>EHPAD LA BASTIDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8960_FicheESSMS/fr/ehpad-la-bastide</t>
+  </si>
+  <si>
+    <t>8960_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31360 BEAUCHALOT</t>
+  </si>
+  <si>
+    <t>BEAUCHALOT</t>
+  </si>
+  <si>
+    <t>310020797</t>
+  </si>
+  <si>
+    <t>EAM LE BOSQUET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9317_FicheESSMS/fr/eam-le-bosquet</t>
+  </si>
+  <si>
+    <t>9317_FicheESSMS</t>
+  </si>
+  <si>
+    <t>26 Boulevard Du Sel</t>
+  </si>
+  <si>
+    <t>310021605</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE MARIE-ANTOINETTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9420_FicheESSMS/fr/ehpad-residence-marie-antoinette</t>
+  </si>
+  <si>
+    <t>9420_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Boulevard Aristide Briand</t>
+  </si>
+  <si>
+    <t>31600 MURET</t>
+  </si>
+  <si>
+    <t>310784756</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE LES MAGNOLIAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9416_FicheESSMS/fr/residence-autonomie-les-magnolias</t>
+  </si>
+  <si>
+    <t>9416_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Avenue Du Pont</t>
+  </si>
+  <si>
+    <t>31340 VILLEMUR SUR TARN</t>
+  </si>
+  <si>
+    <t>VILLEMUR SUR TARN</t>
+  </si>
+  <si>
+    <t>310792486</t>
+  </si>
+  <si>
+    <t>RESIDENCE LEONTINE NAVES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9402_FicheESSMS/fr/residence-leontine-naves</t>
+  </si>
+  <si>
+    <t>9402_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Chemin De L Aire</t>
+  </si>
+  <si>
+    <t>31430 LE FOUSSERET</t>
+  </si>
+  <si>
+    <t>LE FOUSSERET</t>
+  </si>
+  <si>
+    <t>310790597</t>
+  </si>
+  <si>
+    <t>SAMSAH AUTRA VIA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9446_FicheESSMS/fr/samsah-autra-via</t>
+  </si>
+  <si>
+    <t>9446_FicheESSMS</t>
+  </si>
+  <si>
+    <t>53 Route D'Agde</t>
+  </si>
+  <si>
+    <t>310021894</t>
+  </si>
+  <si>
+    <t>FDV L' ARCHE EN PAYS TOULOUSAIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9458_FicheESSMS/fr/fdv-l-arche-en-pays-toulousain</t>
+  </si>
+  <si>
+    <t>9458_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Docteur Guimbaud</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>310024112</t>
+  </si>
+  <si>
+    <t>FH L'ARCHE EN PAYS TOULOUSAIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9457_FicheESSMS/fr/fh-l-arche-en-pays-toulousain</t>
+  </si>
+  <si>
+    <t>9457_FicheESSMS</t>
+  </si>
+  <si>
+    <t>310024369</t>
+  </si>
+  <si>
+    <t>ESAT MANIBAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9456_FicheESSMS/fr/esat-maniban</t>
+  </si>
+  <si>
+    <t>9456_FicheESSMS</t>
+  </si>
+  <si>
+    <t>310021910</t>
+  </si>
+  <si>
+    <t>EHPAD CAROLINE BARON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9572_FicheESSMS/fr/ehpad-caroline-baron</t>
+  </si>
+  <si>
+    <t>9572_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51 Avenue Jean Rieux</t>
+  </si>
+  <si>
+    <t>310784475</t>
+  </si>
+  <si>
+    <t>RESID.  AUTONOMIE SOLEIL JEAN RICALENS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9571_FicheESSMS/fr/resid-autonomie-soleil-jean-ricalens</t>
+  </si>
+  <si>
+    <t>9571_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Chemin De L'Ourmette</t>
+  </si>
+  <si>
+    <t>31250 REVEL</t>
+  </si>
+  <si>
+    <t>REVEL</t>
+  </si>
+  <si>
+    <t>310784749</t>
+  </si>
+  <si>
+    <t>EHPAD LE GRAND MARQUISAT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9570_FicheESSMS/fr/ehpad-le-grand-marquisat</t>
+  </si>
+  <si>
+    <t>9570_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Rue Berthelot</t>
+  </si>
+  <si>
+    <t>310008339</t>
+  </si>
+  <si>
+    <t>EAM SAINT-ORENS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9838_FicheESSMS/fr/eam-saint-orens</t>
+  </si>
+  <si>
+    <t>9838_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Nazan</t>
+  </si>
+  <si>
+    <t>310021514</t>
+  </si>
+  <si>
+    <t>SAVS LES  IRIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10130_FicheESSMS/fr/savs-les-iris</t>
+  </si>
+  <si>
+    <t>10130_FicheESSMS</t>
+  </si>
+  <si>
+    <t>120 Rue Achille Viadieu</t>
+  </si>
+  <si>
+    <t>310022306</t>
+  </si>
+  <si>
+    <t>SAAD ADMR AURIGNAC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10230_FicheESSMS/fr/saad-admr-aurignac</t>
+  </si>
+  <si>
+    <t>10230_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31420 AURIGNAC</t>
+  </si>
+  <si>
+    <t>AURIGNAC</t>
+  </si>
+  <si>
+    <t>310030762</t>
+  </si>
+  <si>
+    <t>RESIDENCE ISATIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10242_FicheESSMS/fr/residence-isatis</t>
+  </si>
+  <si>
+    <t>10242_FicheESSMS</t>
+  </si>
+  <si>
+    <t>65 Avenue Mercure</t>
+  </si>
+  <si>
+    <t>31130 QUINT FONSEGRIVES</t>
+  </si>
+  <si>
+    <t>310021449</t>
+  </si>
+  <si>
+    <t>EANM  LE RUISSELET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10362_FicheESSMS/fr/eanm-le-ruisselet</t>
+  </si>
+  <si>
+    <t>10362_FicheESSMS</t>
+  </si>
+  <si>
+    <t>310788401</t>
+  </si>
+  <si>
+    <t>SAMSAH LE RUISSELET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10361_FicheESSMS/fr/samsah-le-ruisselet</t>
+  </si>
+  <si>
+    <t>10361_FicheESSMS</t>
+  </si>
+  <si>
+    <t>310021795</t>
+  </si>
+  <si>
+    <t>CENTRE ACCUEIL JOUR ALZHEIMER HL REVEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10389_FicheESSMS/fr/centre-accueil-jour-alzheimer-hl-revel</t>
+  </si>
+  <si>
+    <t>10389_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Avenue Roger Sicalens</t>
+  </si>
+  <si>
+    <t>310022314</t>
+  </si>
+  <si>
+    <t>SAAD CAP'EDUCS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10422_FicheESSMS/fr/saad-cap-educs</t>
+  </si>
+  <si>
+    <t>10422_FicheESSMS</t>
+  </si>
+  <si>
+    <t>80 Chemin Des Agries</t>
+  </si>
+  <si>
+    <t>31860 LABARTHE SUR LEZE</t>
+  </si>
+  <si>
+    <t>LABARTHE SUR LEZE</t>
+  </si>
+  <si>
+    <t>310029251</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LES TROIS FONTAINES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10519_FicheESSMS/fr/ehpad-residence-les-trois-fontaines</t>
+  </si>
+  <si>
+    <t>10519_FicheESSMS</t>
+  </si>
+  <si>
+    <t>120 Avenue Du Pic De Ger</t>
+  </si>
+  <si>
+    <t>310791546</t>
+  </si>
+  <si>
+    <t>EHPAD  LA CARTOUCHERIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10518_FicheESSMS/fr/ehpad-la-cartoucherie</t>
+  </si>
+  <si>
+    <t>10518_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Bertha Von Suttner</t>
+  </si>
+  <si>
+    <t>310792858</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LE  MAS ST PIERRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10885_FicheESSMS/fr/ehpad-residence-le-mas-st-pierre</t>
+  </si>
+  <si>
+    <t>10885_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Avenue De Boulogne</t>
+  </si>
+  <si>
+    <t>310784723</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE JALLIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11131_FicheESSMS/fr/ehpad-residence-jallier</t>
+  </si>
+  <si>
+    <t>11131_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Avenue Etienne Prosjean</t>
+  </si>
+  <si>
+    <t>310782131</t>
+  </si>
+  <si>
+    <t>EHPAD NOELIE SECAIL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11152_FicheESSMS/fr/ehpad-noelie-secail</t>
+  </si>
+  <si>
+    <t>11152_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31510 ANTICHAN DE FRONTIGNES</t>
+  </si>
+  <si>
+    <t>ANTICHAN DE FRONTIGNES</t>
+  </si>
+  <si>
+    <t>310022223</t>
+  </si>
+  <si>
+    <t>ANRAS PROTECTION DES MAJEURS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11149_FicheESSMS/fr/anras-protection-des-majeurs</t>
+  </si>
+  <si>
+    <t>11149_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Du Chene Vert</t>
+  </si>
+  <si>
+    <t>31130 FLOURENS</t>
+  </si>
+  <si>
+    <t>FLOURENS</t>
+  </si>
+  <si>
+    <t>310023403</t>
+  </si>
+  <si>
+    <t>ACCUEIL DE JOUR JEAN PIERRE CAMBOU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12118_FicheESSMS/fr/accueil-de-jour-jean-pierre-cambou</t>
+  </si>
+  <si>
+    <t>12118_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31380 MONTASTRUC LA CONSEILLERE</t>
+  </si>
+  <si>
+    <t>MONTASTRUC LA CONSEILLERE</t>
+  </si>
+  <si>
+    <t>310022215</t>
+  </si>
+  <si>
+    <t>EHPAD LA VENDINELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12300_FicheESSMS/fr/ehpad-la-vendinelle</t>
+  </si>
+  <si>
+    <t>12300_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31460 LE CABANIAL</t>
+  </si>
+  <si>
+    <t>LE CABANIAL</t>
+  </si>
+  <si>
+    <t>310021464</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN VILLA LAURAGAIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12285_FicheESSMS/fr/ehpad-korian-villa-lauragais</t>
+  </si>
+  <si>
+    <t>12285_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Chemin Celestin Anduze</t>
+  </si>
+  <si>
+    <t>31450 BAZIEGE</t>
+  </si>
+  <si>
+    <t>BAZIEGE</t>
+  </si>
+  <si>
+    <t>310792130</t>
+  </si>
+  <si>
+    <t>CSAPA ARPADE BOURG ST BERNARD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12407_FicheESSMS/fr/csapa-arpade-bourg-st-bernard</t>
+  </si>
+  <si>
+    <t>12407_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31570 BOURG ST BERNARD</t>
+  </si>
+  <si>
+    <t>BOURG ST BERNARD</t>
+  </si>
+  <si>
+    <t>310782669</t>
+  </si>
+  <si>
+    <t>CHRS FRANCE HORIZON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12818_FicheESSMS/fr/chrs-france-horizon</t>
+  </si>
+  <si>
+    <t>12818_FicheESSMS</t>
+  </si>
+  <si>
+    <t>55 Grande Rue Saint-Michel</t>
+  </si>
+  <si>
+    <t>310796032</t>
+  </si>
+  <si>
+    <t>CADA FRANCE HORIZON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12817_FicheESSMS/fr/cada-france-horizon</t>
+  </si>
+  <si>
+    <t>12817_FicheESSMS</t>
+  </si>
+  <si>
+    <t>50 Route D'Espagne</t>
+  </si>
+  <si>
+    <t>310028311</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12816_FicheESSMS/fr/cada-france-horizon</t>
+  </si>
+  <si>
+    <t>12816_FicheESSMS</t>
+  </si>
+  <si>
+    <t>208 Avenue De Saint Éxupéry</t>
+  </si>
+  <si>
+    <t>310026620</t>
+  </si>
+  <si>
+    <t>Département de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Code Finess de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Équipe accréditée</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CL RIVE GAUCHE TOULOUSE  (31)</t>
+  </si>
+  <si>
+    <t>19/05/2025 12:31:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606382/fr/equipe-d-anesthesie-reanimation-cl-rive-gauche-toulouse-31</t>
+  </si>
+  <si>
+    <t>p_3606382</t>
+  </si>
+  <si>
+    <t>05 May 2025</t>
+  </si>
+  <si>
+    <t>Docteur Maxime GARNIER, Docteur VANESSA ROBAY, Docteur MOHAMED SRAIRI, Docteur BERENGERE BOURRET, Docteur Roselyne FESSEAU, Docteur Laura BRUNETEAU, Docteur NADIA SMAIL, Docteur MEHDI BENNIS, Docteur BRIGITTE CHAMINADE, Docteur CHRISTINE TISSOT, Docteur STEPHANIE VITKOVITCH LASCHON</t>
+  </si>
+  <si>
+    <t>Équipe de Gynécologie Obstétrique HOPITAL JOSEPH DUCUING TOULOUSE  (31)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3600816/fr/equipe-de-gynecologie-obstetrique-hopital-joseph-ducuing-toulouse-31</t>
+  </si>
+  <si>
+    <t>p_3600816</t>
+  </si>
+  <si>
+    <t>07 December 2024</t>
+  </si>
+  <si>
+    <t>Docteur LAIA BATLLE, Docteur KOUASSIVI JOEL GNANIH, Docteur THIERRY CHARASSON, Docteur ANAIS PRADELLES LUGA, Docteur FLORA BAUBIL, Docteur Clotilde BROCAS, Docteur EVELYNE LABEYRIE DECORET, Docteur ANNE-SOPHIE PEULTIER</t>
+  </si>
+  <si>
+    <t>Équipe de Gynécologie Obstétrique CL RIVE GAUCHE TOULOUSE  (31)</t>
+  </si>
+  <si>
+    <t>24/03/2025 18:30:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598938/fr/equipe-de-gynecologie-obstetrique-cl-rive-gauche-toulouse-31</t>
+  </si>
+  <si>
+    <t>p_3598938</t>
+  </si>
+  <si>
+    <t>29 November 2022</t>
+  </si>
+  <si>
+    <t>Docteur MARTIN BAUJAT, Docteur ANNE GUYOT, Docteur Eric ORTAL, Docteur DONATIEN BLAIS, Docteur Olivier THIEBAUGEORGES, Docteur Joseph BOUYOU, Docteur Jérome CAPDET, Docteur VINCENT BROUTIN, Docteur MARIE CAVAIGNAC, Docteur CAROLINE SIMON-TOULZA, Docteur Nathalie CERE, Docteur Marie MAS CALVET, Docteur Jemina FAZAL JANOT, Docteur Marie helene MEYNIE PLUME, Docteur Marc PERINEAU</t>
+  </si>
+  <si>
+    <t>Équipe de Gynécologie Obstétrique CL DE L'UNION SAINT JEAN  (31)</t>
+  </si>
+  <si>
+    <t>26/02/2025 12:30:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593250/fr/equipe-de-gynecologie-obstetrique-cl-de-l-union-saint-jean-31</t>
+  </si>
+  <si>
+    <t>p_3593250</t>
+  </si>
+  <si>
+    <t>16 December 2023</t>
+  </si>
+  <si>
+    <t>Docteur JULIETTE DROZ-LEGARDEUR, Docteur Constance DE LAPASSE, Docteur Laurent PUYUELO, Docteur Adeline LANDIER PICHON, Docteur Anne CAUMETTE</t>
+  </si>
+  <si>
+    <t>26/02/2025 12:30:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593269/fr/equipe-de-gynecologie-obstetrique-cl-rive-gauche-toulouse-31</t>
+  </si>
+  <si>
+    <t>p_3593269</t>
+  </si>
+  <si>
+    <t>Équipe de Gynécologie Obstétrique CL PASTEUR TOULOUSE  (31)</t>
+  </si>
+  <si>
+    <t>26/02/2025 12:30:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593288/fr/equipe-de-gynecologie-obstetrique-cl-pasteur-toulouse-31</t>
+  </si>
+  <si>
+    <t>p_3593288</t>
+  </si>
+  <si>
+    <t>30 December 2024</t>
+  </si>
+  <si>
+    <t>Docteur ANNE-SOPHIE BOUDY, Docteur Ludivine GENRE, Docteur Jerome FARNARIER, Docteur PIERRE LEGUEVAQUE</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie urologique CL DE L'UNION SAINT JEAN  (31)</t>
+  </si>
+  <si>
+    <t>21/11/2024 10:31:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3558553/fr/equipe-de-chirurgie-urologique-cl-de-l-union-saint-jean-31</t>
+  </si>
+  <si>
+    <t>p_3558553</t>
+  </si>
+  <si>
+    <t>14 November 2024</t>
+  </si>
+  <si>
+    <t>Docteur PHILIPPE ROUVELLAT-TERRADE, Docteur RAPHAEL BENHAIM, Docteur LAURENT BELLEC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550442/fr/equipe-d-anesthesie-reanimation-cl-rive-gauche-toulouse-31</t>
+  </si>
+  <si>
+    <t>p_3550442</t>
+  </si>
+  <si>
+    <t>27 August 2024</t>
+  </si>
+  <si>
+    <t>Docteur ANNE-STEPHANIE RICHEZ, Docteur REGIS JEAN, Docteur CLAIRE CABOS, Docteur THIERRY MAULINE, Docteur CHARLOTTE POIRSON</t>
+  </si>
+  <si>
+    <t>Équipe de Radiologie et Imagerie médicale HOPITAL PURPAN CHU TOULOUSE  (31)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3540749/fr/equipe-de-radiologie-et-imagerie-medicale-hopital-purpan-chu-toulouse-31</t>
+  </si>
+  <si>
+    <t>p_3540749</t>
+  </si>
+  <si>
+    <t>16 July 2024</t>
+  </si>
+  <si>
+    <t>Docteur CELINE GOUMARRE, Docteur LOUISE DESTOMBES, Docteur JULIE VIAL, Docteur HELENE CHIAVASSA-GANDOIS, Professeur NICOLAS SANS, Docteur MARIE FARUCH BILFELD</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CL CAPIO LA CROIX DU SUD QUINT FONSEGR  (31)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3541325/fr/equipe-d-anesthesie-reanimation-cl-capio-la-croix-du-sud-quint-fonsegr-31</t>
+  </si>
+  <si>
+    <t>p_3541325</t>
+  </si>
+  <si>
+    <t>01 August 2024</t>
+  </si>
+  <si>
+    <t>Docteur IOANNA MIRA VOUDOURI, Docteur GIADA ANGIUS, Docteur AUDE GELAS, Docteur MOHAMMAD REZA SHAMS, Docteur CAROLINE PERRIN, Docteur MAXIME FERRANDERY, Docteur MICHELE POT-SAIAH</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CL MEDIPOLE GARONNE TOULOUSE  (31)</t>
+  </si>
+  <si>
+    <t>26/12/2023 14:32:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3484349/fr/equipe-d-anesthesie-reanimation-cl-medipole-garonne-toulouse-31</t>
+  </si>
+  <si>
+    <t>p_3484349</t>
+  </si>
+  <si>
+    <t>18 December 2023</t>
+  </si>
+  <si>
+    <t>Docteur BERTRAND BASSET, Docteur CONSTANCE MARQUIS, Docteur CLEMENT CHASSERY, Docteur OLIVIER RONTES, Docteur CORINE VUILLAUME, Docteur PHILIPPE MARTY, Docteur MARIE VIRTOS, Docteur VINCENT ATTHAR, Docteur JULIE CASALPRIM, Docteur ANNE DE LUSSY</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation INST CLAUDIUS REGAUD ONCOPOLE TOULOUSE  (31)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3485539/fr/equipe-d-anesthesie-reanimation-inst-claudius-regaud-oncopole-toulouse-31</t>
+  </si>
+  <si>
+    <t>p_3485539</t>
+  </si>
+  <si>
+    <t>05 December 2023</t>
+  </si>
+  <si>
+    <t>Docteur LUC NGUYEN VAN PHI, Docteur AMEL DABOUSSI, Docteur HELENE VINOUR, Docteur JULIA GROSSAC, Docteur CLAIRE CABOS, Docteur DALINDA AIT AISSA, Docteur SOPHIE FOUCRAS LECLERC, Docteur BERTRAND COMBRES, Docteur OLIVIER GILBERT, Docteur OLIVIER STAES</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie urologique HOPITAL DE RANGUEIL CHU TOULOUSE  (31)</t>
+  </si>
+  <si>
+    <t>16/02/2023 19:33:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3414846/fr/equipe-de-chirurgie-urologique-hopital-de-rangueil-chu-toulouse-31</t>
+  </si>
+  <si>
+    <t>p_3414846</t>
+  </si>
+  <si>
+    <t>25 January 2023</t>
+  </si>
+  <si>
+    <t>Professeur XAVIER GAME, Docteur BORIS DELAUNAY, Professeur PASCAL RISCHMANN, Docteur MATHIEU ROUMIGUIE, Docteur THIBAUT BRIERRE, Docteur MARINE LESOURD, Professeur MICHEL SOULIE, Professeur BERNARD MALAVAUD, Docteur MATTHIEU THOULOUZAN, Docteur FEDERICO SALLUSTO, Docteur THIBAULT MINVIELLE-MONCLA, Docteur NICOLAS DOUMERC, Docteur FLORIAN LACLERGERIE</t>
+  </si>
+  <si>
+    <t>17/11/2022 14:32:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3386622/fr/equipe-d-anesthesie-reanimation-cl-capio-la-croix-du-sud-quint-fonsegr-31</t>
+  </si>
+  <si>
+    <t>p_3386622</t>
+  </si>
+  <si>
+    <t>24 October 2022</t>
+  </si>
+  <si>
+    <t>Docteur SYMEON GRIGORIOU, Docteur MIHAELA LECHINTEANU, Docteur STEPHANIE FABRE, Docteur ANDREI CIOBANU, Docteur KONSTANTINOS AMPATZOGLOU, Docteur PAGONA KLEFTOGIANNI, Docteur PANAGIOTIS CHRISTODOULOU</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319106/fr/equipe-de-gynecologie-obstetrique-cl-de-l-union-saint-jean-31</t>
+  </si>
+  <si>
+    <t>p_3319106</t>
+  </si>
+  <si>
+    <t>Docteur JULIETTE DROZ-LEGARDEUR, Docteur Jean-alain BOURNAZEAU, Docteur Constance DE LAPASSE, Docteur Laurent PUYUELO, Docteur Adeline LANDIER PICHON, Docteur Anne CAUMETTE</t>
+  </si>
+  <si>
+    <t>Équipe de Gynécologie Obstétrique CLINIQUE SARRUS-TEINTURIERS  (31)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319131/fr/equipe-de-gynecologie-obstetrique-clinique-sarrus-teinturiers-31</t>
+  </si>
+  <si>
+    <t>p_3319131</t>
+  </si>
+  <si>
+    <t>CLINIQUE SARRUS-TEINTURIERS</t>
+  </si>
+  <si>
+    <t>310780135</t>
+  </si>
+  <si>
+    <t>Docteur MARTIN BAUJAT, Docteur ANNE GUYOT, Docteur Eric ORTAL, Docteur DONATIEN BLAIS, Docteur Olivier THIEBAUGEORGES, Docteur Joseph BOUYOU, Docteur Jérome CAPDET, Docteur Claude LEVY, Docteur VINCENT BROUTIN, Docteur MARIE CAVAIGNAC, Docteur CAROLINE SIMON-TOULZA, Docteur Nathalie CERE, Docteur Marie MAS CALVET, Docteur Jemina FAZAL JANOT, Docteur Marie helene MEYNIE PLUME, Docteur Marc PERINEAU</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie urologique CLINIQUE SAINT JEAN LANGUEDOC  (31)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319152/fr/equipe-de-chirurgie-urologique-clinique-saint-jean-languedoc-31</t>
+  </si>
+  <si>
+    <t>p_3319152</t>
+  </si>
+  <si>
+    <t>12 July 2024</t>
+  </si>
+  <si>
+    <t>Docteur BENJAMIN PRADERE, Docteur CHRISTOPHE ALMERAS, Docteur Christophe TOLLON, Docteur GUILLAUME PLOUSSARD, Docteur Jean Baptiste BEAUVAL, Docteur GUILLAUME LOISON, Docteur Ambroise SALIN</t>
+  </si>
+  <si>
+    <t>Équipe de Neurochirurgie CL DES CEDRES CORNEBARRIEU  (31)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319218/fr/equipe-de-neurochirurgie-cl-des-cedres-cornebarrieu-31</t>
+  </si>
+  <si>
+    <t>p_3319218</t>
+  </si>
+  <si>
+    <t>24 September 2023</t>
+  </si>
+  <si>
+    <t>Docteur DAVID BRAUGE, Docteur GUILLAUME BONIFACE, Docteur Jean-paul LESCURE, Docteur Aurélien COSTE, Docteur Philippe BOUSQUET, Docteur OLIVIER HAMEL, Docteur Pascal SABATIER</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319255/fr/equipe-d-anesthesie-reanimation-cl-capio-la-croix-du-sud-quint-fonsegr-31</t>
+  </si>
+  <si>
+    <t>p_3319255</t>
+  </si>
+  <si>
+    <t>20 October 2021</t>
+  </si>
+  <si>
+    <t>Docteur MARION COSTECALDE, Docteur CLAUDE COHEN, Docteur SAMI CHAARANI, Docteur ELODIE BRUNEL, Docteur CECILIA MAZZEO, Docteur VINCENT MERMET, Docteur Hermes ARTICO, Docteur HERVE BENAIS, Docteur TAREK WANNES</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319280/fr/equipe-de-gynecologie-obstetrique-cl-pasteur-toulouse-31</t>
+  </si>
+  <si>
+    <t>p_3319280</t>
+  </si>
+  <si>
+    <t>Docteur ANNE-SOPHIE BOUDY, Docteur Ludivine GENRE, Docteur Jerome FARNARIER, Docteur PIERRE LEGUEVAQUE, Docteur KELIG VERGRIETE</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CL DE L'UNION SAINT JEAN  (31)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319321/fr/equipe-d-anesthesie-reanimation-cl-de-l-union-saint-jean-31</t>
+  </si>
+  <si>
+    <t>p_3319321</t>
+  </si>
+  <si>
+    <t>05 December 2022</t>
+  </si>
+  <si>
+    <t>Docteur Arnaud SALCES Y NEDEO, Docteur ABDELAZIZ ASKRI, Docteur NUSCH MARDIGUIAN, Docteur CAMILLE PICARD, Docteur LOIC BAES, Docteur SLIM SGHAIER, Docteur YANNICK MICAUX, Docteur ANTOINE GALY, Docteur Maxime ROLLIN, Docteur Stéphan MODAVI, Docteur HENRY MOUYSSET, Docteur THIERRY VEILLON, Docteur Bernard LEVY, Docteur EMMANUEL MALIN, Docteur BERTRAND GOUPIL, Docteur MOHAMED MOUTAOUFIK, Docteur LAURENT VOLTAIRE, Docteur FREDERIC WILD, Docteur FREDERIQUE PLUTA</t>
+  </si>
+  <si>
+    <t>Équipe de Gastro-entérologie interventionnelle CL DES CEDRES CORNEBARRIEU  (31)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:35:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319404/fr/equipe-de-gastro-enterologie-interventionnelle-cl-des-cedres-cornebarrieu-31</t>
+  </si>
+  <si>
+    <t>p_3319404</t>
+  </si>
+  <si>
+    <t>11 December 2022</t>
+  </si>
+  <si>
+    <t>Docteur CHARLOTTE MAESTRACCI, Docteur Jonathan LEVY, Docteur JULIE CASTELLANO, Docteur JULIE PHILIP, Docteur Nicolas SIGUR, Docteur Alain LEDIT, Docteur Isabelle ROQUE, Docteur MARIE ROUANET</t>
+  </si>
+  <si>
+    <t>Équipe de Gastro-entérologie interventionnelle CL D'OCCITANIE MURET  (31)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:35:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319508/fr/equipe-de-gastro-enterologie-interventionnelle-cl-d-occitanie-muret-31</t>
+  </si>
+  <si>
+    <t>p_3319508</t>
+  </si>
+  <si>
+    <t>06 March 2024</t>
+  </si>
+  <si>
+    <t>Docteur Camille CHRISTOL, Docteur Sylvie SABY-RATEL, Docteur Jean-michel OLIVER, Docteur Laurent GONZALEZ, Docteur Claire VALENTIN, Docteur Nathalie BOUCHER, Docteur MARTIN DEPAIRE, Docteur JULIE LAURENT, Docteur CHLOE BILLEY</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CLINIQUE AMBROISE PARE TOULOUSE</t>
+  </si>
+  <si>
+    <t>25/09/2025 13:07:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/940_FicheEtablissement/fr/cl-ambroise-pare-toulouse</t>
+  </si>
+  <si>
+    <t>940_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>387 Route De Saint Simon</t>
+  </si>
+  <si>
+    <t>31082 TOULOUSE CEDEX 1</t>
+  </si>
+  <si>
+    <t>0826301919</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>Établissements certifiés sous conditions</t>
+  </si>
+  <si>
+    <t>CENTRE DE POST CURE APRES</t>
+  </si>
+  <si>
+    <t>25/09/2025 12:57:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4950_FicheEtablissement/fr/centre-de-post-cure-apres-toulouse</t>
+  </si>
+  <si>
+    <t>4950_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>40 Chemin Ribaute</t>
+  </si>
+  <si>
+    <t>0562477300</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>310795463</t>
+  </si>
+  <si>
+    <t>CLINIQUE CAPIO LA CROIX DU SUD (GROUPE RAMSAY SANTE)</t>
+  </si>
+  <si>
+    <t>15/07/2025 14:16:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/930_FicheEtablissement/fr/cl-capio-la-croix-du-sud-quint-fonsegr</t>
+  </si>
+  <si>
+    <t>930_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>52 Chemin De Ribaute</t>
+  </si>
+  <si>
+    <t>0536280000</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE BLAGNAC (EX KORIAN MONTVERT)</t>
+  </si>
+  <si>
+    <t>09/07/2025 09:49:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/949_FicheEtablissement/fr/cl-blagnac</t>
+  </si>
+  <si>
+    <t>949_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>11 Boulevard Henri Ziegler</t>
+  </si>
+  <si>
+    <t>0561373402</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>310781174</t>
+  </si>
+  <si>
+    <t>CLINIQUE SMR VAL DE SAUNE (EX CL DE QUINT FONSEGRIVES)</t>
+  </si>
+  <si>
+    <t>25/06/2025 12:17:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/923_FicheEtablissement/fr/cl-smr-val-de-saune-quint-fonsegrives</t>
+  </si>
+  <si>
+    <t>923_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Place Helene Boucher</t>
+  </si>
+  <si>
+    <t>0561172400</t>
+  </si>
+  <si>
+    <t>310020938</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT ROCH</t>
+  </si>
+  <si>
+    <t>25/06/2025 10:13:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/945_FicheEtablissement/fr/cl-st-roch-fronton</t>
+  </si>
+  <si>
+    <t>945_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>29 Avenue Adrien Escudier</t>
+  </si>
+  <si>
+    <t>31620 FRONTON</t>
+  </si>
+  <si>
+    <t>FRONTON</t>
+  </si>
+  <si>
+    <t>0562799696</t>
+  </si>
+  <si>
+    <t>310781125</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER SPECIALISE CH GERARD MARCHANT</t>
+  </si>
+  <si>
+    <t>24/06/2025 09:12:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/915_FicheEtablissement/fr/ch-gerard-marchant-toulouse</t>
+  </si>
+  <si>
+    <t>915_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>134 Route D'Espagne</t>
+  </si>
+  <si>
+    <t>0561437777</t>
+  </si>
+  <si>
+    <t>310000369</t>
+  </si>
+  <si>
+    <t>Établissements non certifiés</t>
+  </si>
+  <si>
+    <t>UNITE SOINS LONGUE DUREE LES JARDINS DES SILOS CH MARCHANT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/973_FicheEtablissement/fr/usld-les-jardins-des-silos-ch-marchant</t>
+  </si>
+  <si>
+    <t>973_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0561437866</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>310794094</t>
+  </si>
+  <si>
+    <t>HOPITAUX MERE &amp; ENFANTS SITE VIGUIER CHU TOULOUSE</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:50:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/920_FicheEtablissement/fr/hopitaux-mere-enfants-chu-toulouse</t>
+  </si>
+  <si>
+    <t>920_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>330 Avenue De Grande Bretagne</t>
+  </si>
+  <si>
+    <t>0561772233</t>
+  </si>
+  <si>
+    <t>CHU</t>
+  </si>
+  <si>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>310016977</t>
+  </si>
+  <si>
+    <t>HOPITAL LARREY CHU TOULOUSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/922_FicheEtablissement/fr/hopital-larrey-chu-toulouse</t>
+  </si>
+  <si>
+    <t>922_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>24 Chemin De Pouvourville</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>310019351</t>
+  </si>
+  <si>
+    <t>ONCOPOLE CHU TOULOUSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/928_FicheEtablissement/fr/oncopole-chu-toulouse</t>
+  </si>
+  <si>
+    <t>928_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Avenue Irene Joliot Curie</t>
+  </si>
+  <si>
+    <t>0531155050</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Réanimation</t>
+  </si>
+  <si>
+    <t>310025333</t>
+  </si>
+  <si>
+    <t>HOPITAL GARONNE CHU TOULOUSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/925_FicheEtablissement/fr/hopital-garonne-chu-toulouse</t>
+  </si>
+  <si>
+    <t>925_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>224 Avenue De Casselardit</t>
+  </si>
+  <si>
+    <t>0561776611</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>310022298</t>
+  </si>
+  <si>
+    <t>CENTRE REEDUCATION FONCTIONNELLE LA FONTAINE SALEE CHU TLSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/955_FicheEtablissement/fr/crf-la-fontaine-salee-chu-toulouse</t>
+  </si>
+  <si>
+    <t>955_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0561909200</t>
+  </si>
+  <si>
+    <t>310782339</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/958_FicheEtablissement/fr/hopital-purpan-chu-toulouse</t>
+  </si>
+  <si>
+    <t>958_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>HOPITAL LA GRAVE CHU TOULOUSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/960_FicheEtablissement/fr/hopital-la-grave-chu-toulouse</t>
+  </si>
+  <si>
+    <t>960_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0561777833</t>
+  </si>
+  <si>
+    <t>Médecine, Psychiatrie</t>
+  </si>
+  <si>
+    <t>310783063</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/959_FicheEtablissement/fr/hopital-de-rangueil-chu-toulouse</t>
+  </si>
+  <si>
+    <t>959_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Avenue Pr Jean Poulhes</t>
+  </si>
+  <si>
+    <t>0561322533</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>UNITE SOINS LONGUE DUREE HOPITAL GARONNE CHU TOULOUSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/967_FicheEtablissement/fr/usld-hopital-garonne-chu-toulouse</t>
+  </si>
+  <si>
+    <t>967_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>0561776613</t>
+  </si>
+  <si>
+    <t>310790332</t>
+  </si>
+  <si>
+    <t>CLINIQUE ADOLESCENCE VILLA (EX CASSELARDIT VILLA ANCELY)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/965_FicheEtablissement/fr/cl-adolescence-villa-chu-tlse</t>
+  </si>
+  <si>
+    <t>965_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>170 Avenue De Casselardit</t>
+  </si>
+  <si>
+    <t>0561779330</t>
+  </si>
+  <si>
+    <t>310787304</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
+    <t>HOTEL DIEU SAINT JACQUES CHU TOULOUSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4908_FicheEtablissement/fr/hotel-dieu-st-jacques-chu-toulouse</t>
+  </si>
+  <si>
+    <t>4908_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Viguerie</t>
+  </si>
+  <si>
+    <t>0561778233</t>
+  </si>
+  <si>
+    <t>310000484</t>
+  </si>
+  <si>
+    <t>HOPITAL DE PSYCHIATRIE (EX BOURGEOIS PURPAN)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4933_FicheEtablissement/fr/hopital-de-psychiatrie</t>
+  </si>
+  <si>
+    <t>4933_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0534557500</t>
+  </si>
+  <si>
+    <t>310025077</t>
+  </si>
+  <si>
+    <t>CLINIQUE DES CEDRES</t>
+  </si>
+  <si>
+    <t>25/03/2025 09:32:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/943_FicheEtablissement/fr/cl-des-cedres-cornebarrieu</t>
+  </si>
+  <si>
+    <t>943_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>31700 CORNEBARRIEU</t>
+  </si>
+  <si>
+    <t>0562133131</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Psychiatrie, Réanimation</t>
+  </si>
+  <si>
+    <t>CENTRE DE READAPTATION FONCTIONNELLE LES GRANDS CEDRES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/962_FicheEtablissement/fr/crf-les-grands-cedres-cornebarrieu</t>
+  </si>
+  <si>
+    <t>962_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0562133106</t>
+  </si>
+  <si>
+    <t>310784830</t>
+  </si>
+  <si>
+    <t>CLINIQUE RIVE GAUCHE</t>
+  </si>
+  <si>
+    <t>24/02/2025 09:30:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/929_FicheEtablissement/fr/cl-rive-gauche-toulouse</t>
+  </si>
+  <si>
+    <t>929_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>49 Allée Charles De Fitte</t>
+  </si>
+  <si>
+    <t>0561773333</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER COMMINGES PYRENEES SITE SAINT PLANCARD</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/913_FicheEtablissement/fr/ch-comminges-pyrenees-site-st-plancard</t>
+  </si>
+  <si>
+    <t>913_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>31806 ST GAUDENS</t>
+  </si>
+  <si>
+    <t>0562004002</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>LES HOPITAUX DE LUCHON CENTRE CONVALESCENCE ET GERONTOLOGIE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/912_FicheEtablissement/fr/ctre-conval-geronto-hopitaux-de-luchon</t>
+  </si>
+  <si>
+    <t>912_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Avenue Alexandre Dumas</t>
+  </si>
+  <si>
+    <t>0561799300</t>
+  </si>
+  <si>
+    <t>310000013</t>
+  </si>
+  <si>
+    <t>HAD SANTE RELAIS DOMICILE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/917_FicheEtablissement/fr/had-sante-relais-domicile</t>
+  </si>
+  <si>
+    <t>917_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>25 Rue Paule Raymondis</t>
+  </si>
+  <si>
+    <t>0534404040</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>310005459</t>
+  </si>
+  <si>
+    <t>UNITE SOINS DE LONGUE DUREE CH DE MURET</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/916_FicheEtablissement/fr/usld-ch-muret</t>
+  </si>
+  <si>
+    <t>916_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>116 Avenue Louis Pasteur</t>
+  </si>
+  <si>
+    <t>31605 MURET</t>
+  </si>
+  <si>
+    <t>0567528100</t>
+  </si>
+  <si>
+    <t>310001383</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE REVEL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/914_FicheEtablissement/fr/ch-revel</t>
+  </si>
+  <si>
+    <t>914_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Avenue Roger Ricalens</t>
+  </si>
+  <si>
+    <t>0562187676</t>
+  </si>
+  <si>
+    <t>310000336</t>
+  </si>
+  <si>
+    <t>SSR DEFICIENTS VISUELS ET BASSE VISION A MATHIS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/919_FicheEtablissement/fr/ssr-basse-vision-a-mathis-st-gaudens</t>
+  </si>
+  <si>
+    <t>919_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>13 Rue Romain Rolland</t>
+  </si>
+  <si>
+    <t>0562892849</t>
+  </si>
+  <si>
+    <t>310014329</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE MURET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/918_FicheEtablissement/fr/ch-muret</t>
+  </si>
+  <si>
+    <t>918_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>310013628</t>
+  </si>
+  <si>
+    <t>UNITE SOINS DE LONGUE DUREE LA CADENE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/921_FicheEtablissement/fr/usld-la-cadene-toulouse</t>
+  </si>
+  <si>
+    <t>921_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>15 Impasse De La Cadene</t>
+  </si>
+  <si>
+    <t>0561137327</t>
+  </si>
+  <si>
+    <t>310018049</t>
+  </si>
+  <si>
+    <t>CLINIQUE LA RECOUVRANCE FRONTON</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/926_FicheEtablissement/fr/cl-la-recouvrance</t>
+  </si>
+  <si>
+    <t>926_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Place De La Halle</t>
+  </si>
+  <si>
+    <t>0561374570</t>
+  </si>
+  <si>
+    <t>310023007</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU CHATEAU DE SEYSSES</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/932_FicheEtablissement/fr/cl-du-chateau-de-seysses</t>
+  </si>
+  <si>
+    <t>932_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0562239090</t>
+  </si>
+  <si>
+    <t>310780143</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE MONTBERON</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/931_FicheEtablissement/fr/cl-de-montberon</t>
+  </si>
+  <si>
+    <t>931_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>6 Avenue De Neuville</t>
+  </si>
+  <si>
+    <t>31140 MONTBERON</t>
+  </si>
+  <si>
+    <t>MONTBERON</t>
+  </si>
+  <si>
+    <t>0562220077</t>
+  </si>
+  <si>
+    <t>310780119</t>
+  </si>
+  <si>
+    <t>CLINIQUE PASTEUR</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/935_FicheEtablissement/fr/cl-pasteur-toulouse</t>
+  </si>
+  <si>
+    <t>935_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0562213131</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU CABIROL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/934_FicheEtablissement/fr/cl-du-cabirol-colomiers</t>
+  </si>
+  <si>
+    <t>934_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>13 Rue Etienne Collongues</t>
+  </si>
+  <si>
+    <t>0561315000</t>
+  </si>
+  <si>
+    <t>310780234</t>
+  </si>
+  <si>
+    <t>CLINIQUE MONIE VILLEFFRANCHE DE LAURAGAIS (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/938_FicheEtablissement/fr/cl-monie-villefranche-de-lauragais</t>
+  </si>
+  <si>
+    <t>938_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0562717777</t>
+  </si>
+  <si>
+    <t>310780366</t>
+  </si>
+  <si>
+    <t>MAISON DE SANTE DE MAILHOL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/937_FicheEtablissement/fr/maison-de-sante-de-mailhol-labastide</t>
+  </si>
+  <si>
+    <t>937_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>283 Route De Mauremont</t>
+  </si>
+  <si>
+    <t>31450 LABASTIDE BEAUVOIR</t>
+  </si>
+  <si>
+    <t>LABASTIDE BEAUVOIR</t>
+  </si>
+  <si>
+    <t>0562717983</t>
+  </si>
+  <si>
+    <t>310780358</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE L'UNION</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/936_FicheEtablissement/fr/cl-de-l-union-saint-jean</t>
+  </si>
+  <si>
+    <t>936_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0561378181</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU CHATEAU DE VERNHES</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/939_FicheEtablissement/fr/cl-du-chateau-de-vernhes-bondigoux</t>
+  </si>
+  <si>
+    <t>939_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>31340 BONDIGOUX</t>
+  </si>
+  <si>
+    <t>BONDIGOUX</t>
+  </si>
+  <si>
+    <t>0561372727</t>
+  </si>
+  <si>
+    <t>310780374</t>
+  </si>
+  <si>
+    <t>MAISON D'ENFANTS A CARACTERE SANITAIRE CASTELNOUVEL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/942_FicheEtablissement/fr/mecs-castelnouvel-leguevin-ugecam</t>
+  </si>
+  <si>
+    <t>942_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>31 Allée De Castelnouvel</t>
+  </si>
+  <si>
+    <t>31490 LEGUEVIN</t>
+  </si>
+  <si>
+    <t>LEGUEVIN</t>
+  </si>
+  <si>
+    <t>0562134444</t>
+  </si>
+  <si>
+    <t>310780481</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE BEAUPUY</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/941_FicheEtablissement/fr/cl-de-beaupuy</t>
+  </si>
+  <si>
+    <t>941_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>31850 BEAUPUY</t>
+  </si>
+  <si>
+    <t>BEAUPUY</t>
+  </si>
+  <si>
+    <t>0561845650</t>
+  </si>
+  <si>
+    <t>310780390</t>
+  </si>
+  <si>
+    <t>CLINIQUE D'AUFRERY PSY PIN BALMA</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/946_FicheEtablissement/fr/cl-d-aufrery-psy-pin-balma</t>
+  </si>
+  <si>
+    <t>946_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Place Du Marechal Niel</t>
+  </si>
+  <si>
+    <t>31130 PIN BALMA</t>
+  </si>
+  <si>
+    <t>PIN BALMA</t>
+  </si>
+  <si>
+    <t>0561249750</t>
+  </si>
+  <si>
+    <t>310781133</t>
+  </si>
+  <si>
+    <t>HOPITAL JOSEPH DUCUING</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/944_FicheEtablissement/fr/hopital-joseph-ducuing-toulouse</t>
+  </si>
+  <si>
+    <t>944_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>15 Rue De Varsovie</t>
+  </si>
+  <si>
+    <t>0561773400</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine</t>
+  </si>
+  <si>
+    <t>CENTRE DE READAPTATION FONCTIONNELLE PAUL DOTTIN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/950_FicheEtablissement/fr/centre-paul-dottin-ramonville-st-agne</t>
+  </si>
+  <si>
+    <t>950_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0561753901</t>
+  </si>
+  <si>
+    <t>310781422</t>
+  </si>
+  <si>
+    <t>CLINIQUE MARIGNY SAINT LOUP CAMMAS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/948_FicheEtablissement/fr/cl-marigny-st-loup-cammas</t>
+  </si>
+  <si>
+    <t>948_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Du Treil</t>
+  </si>
+  <si>
+    <t>31140 ST LOUP CAMMAS</t>
+  </si>
+  <si>
+    <t>ST LOUP CAMMAS</t>
+  </si>
+  <si>
+    <t>0562229177</t>
+  </si>
+  <si>
+    <t>310781158</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU VIEUX CHATEAU D'OC</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/947_FicheEtablissement/fr/cl-du-vieux-chateau-d-oc-castelmaurou</t>
+  </si>
+  <si>
+    <t>947_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Chemin Castelviel</t>
+  </si>
+  <si>
+    <t>31180 CASTELMAUROU</t>
+  </si>
+  <si>
+    <t>CASTELMAUROU</t>
+  </si>
+  <si>
+    <t>0826282813</t>
+  </si>
+  <si>
+    <t>310781141</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE VERDAICH</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/953_FicheEtablissement/fr/cl-de-verdaich-gaillac-toulza</t>
+  </si>
+  <si>
+    <t>953_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>31550 GAILLAC TOULZA</t>
+  </si>
+  <si>
+    <t>GAILLAC TOULZA</t>
+  </si>
+  <si>
+    <t>0561509237</t>
+  </si>
+  <si>
+    <t>310781984</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE MEDICALE DE LA LEZE LAGARDELLE SUR LEZE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/952_FicheEtablissement/fr/polycl-medicale-de-la-leze</t>
+  </si>
+  <si>
+    <t>952_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>468 Chemin De Reguenade</t>
+  </si>
+  <si>
+    <t>31870 LAGARDELLE SUR LEZE</t>
+  </si>
+  <si>
+    <t>LAGARDELLE SUR LEZE</t>
+  </si>
+  <si>
+    <t>0562111515</t>
+  </si>
+  <si>
+    <t>310781695</t>
+  </si>
+  <si>
+    <t>CLINIQUE D'OCCITANIE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/951_FicheEtablissement/fr/cl-d-occitanie-muret</t>
+  </si>
+  <si>
+    <t>951_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>20 Avenue Bernard Iv</t>
+  </si>
+  <si>
+    <t>0561518888</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>ONCOPOLE CLAUDIUS REGAUD TOULOUSE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/956_FicheEtablissement/fr/oncopole-claudius-regaud-toulouse</t>
+  </si>
+  <si>
+    <t>956_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>CLCC</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine</t>
+  </si>
+  <si>
+    <t>CLINIQUE NEPHRO ST EXUPERY TOULOUSE LECRIVAIN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/954_FicheEtablissement/fr/cl-nephro-st-exupery-toulouse</t>
+  </si>
+  <si>
+    <t>954_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>29 Rue Emile Lecrivain</t>
+  </si>
+  <si>
+    <t>31077 TOULOUSE CEDEX 4</t>
+  </si>
+  <si>
+    <t>0561173333</t>
+  </si>
+  <si>
+    <t>Médecine, Néphrologie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CLINIQUE SSR KORIAN ESTELA (EX CL VAL DES CYGNES)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/957_FicheEtablissement/fr/cl-ssr-korian-estela-toulouse</t>
+  </si>
+  <si>
+    <t>957_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>10 Avenue Hubert Curien</t>
+  </si>
+  <si>
+    <t>0562114000</t>
+  </si>
+  <si>
+    <t>310782396</t>
+  </si>
+  <si>
+    <t>LES HOPITAUX DE LUCHON CENTRE DE REEDUCATION FONCTIONNELLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/961_FicheEtablissement/fr/crf-les-hopitaux-de-luchon</t>
+  </si>
+  <si>
+    <t>961_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Cours Des Quinconces</t>
+  </si>
+  <si>
+    <t>0561799400</t>
+  </si>
+  <si>
+    <t>310784558</t>
+  </si>
+  <si>
+    <t>SOINS DE SUITE ET DE READAPTATION DOMAINE DE LA CADENE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/964_FicheEtablissement/fr/ssr-domaine-de-la-cadene-toulouse</t>
+  </si>
+  <si>
+    <t>964_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>310786702</t>
+  </si>
+  <si>
+    <t>CLINIQUE DES PYRENEES</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/963_FicheEtablissement/fr/cl-des-pyrenees-colomiers</t>
+  </si>
+  <si>
+    <t>963_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>10 Chemin De Cournaudis</t>
+  </si>
+  <si>
+    <t>0561153200</t>
+  </si>
+  <si>
+    <t>310786389</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT ORENS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/968_FicheEtablissement/fr/cl-st-orens-saint-orens-de-gameville</t>
+  </si>
+  <si>
+    <t>968_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>12 Avenue De Revel</t>
+  </si>
+  <si>
+    <t>0561393333</t>
+  </si>
+  <si>
+    <t>310790472</t>
+  </si>
+  <si>
+    <t>CENTRE DE REEDUCATION FONCTIONNELLE DU MIRAIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/966_FicheEtablissement/fr/ctre-de-reeducation-du-mirail-toulouse</t>
+  </si>
+  <si>
+    <t>966_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Rue Du Doyen Lefebvre</t>
+  </si>
+  <si>
+    <t>0561766287</t>
+  </si>
+  <si>
+    <t>310787965</t>
+  </si>
+  <si>
+    <t>NEPHROCARE OCCITANIE CENTRE UAD UDM DIALYSE A DOMICILE MURET</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/974_FicheEtablissement/fr/nephrocare-oc-centre-uad-udm-dd-muret</t>
+  </si>
+  <si>
+    <t>974_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>22 Avenue Bernard Iv</t>
+  </si>
+  <si>
+    <t>31603 MURET</t>
+  </si>
+  <si>
+    <t>0534463615</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>310794417</t>
+  </si>
+  <si>
+    <t>SMR ANDRE BOUSQUAIROL (EX POUPONNIERE)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/972_FicheEtablissement/fr/smr-andre-bousquairol</t>
+  </si>
+  <si>
+    <t>972_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>22 Rue Des Lavandieres</t>
+  </si>
+  <si>
+    <t>31270 VILLENEUVE TOLOSANE</t>
+  </si>
+  <si>
+    <t>VILLENEUVE TOLOSANE</t>
+  </si>
+  <si>
+    <t>0534518585</t>
+  </si>
+  <si>
+    <t>310792874</t>
+  </si>
+  <si>
+    <t>SERVICE SOINS DE SUITE ET READAPTATION LE MARQUISAT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/971_FicheEtablissement/fr/etab-de-soins-de-suite-le-marquisat</t>
+  </si>
+  <si>
+    <t>971_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>310792635</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE CENTRE HOSPITALIER DE REVEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/970_FicheEtablissement/fr/usld-ch-revel</t>
+  </si>
+  <si>
+    <t>970_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>310792080</t>
+  </si>
+  <si>
+    <t>USLD CENTRE HOSPITALIER COMMINGES PYRENEES SITE PLANCARD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/969_FicheEtablissement/fr/usld-ch-comminges-pyrenees-plancard</t>
+  </si>
+  <si>
+    <t>969_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0562004360</t>
+  </si>
+  <si>
+    <t>310792056</t>
+  </si>
+  <si>
+    <t>CLINIQUE NEPHRO ST EXUPERY UDM UNION SAINT JEAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3690_FicheEtablissement/fr/cl-nephro-st-exupery-udm-union-st-jean</t>
+  </si>
+  <si>
+    <t>3690_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>310026612</t>
+  </si>
+  <si>
+    <t>AAIR UAD COLOMIERS MONNET</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3689_FicheEtablissement/fr/aair-uad-colomiers-monnet</t>
+  </si>
+  <si>
+    <t>3689_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>24 Avenue Jean Monnet</t>
+  </si>
+  <si>
+    <t>0561161100</t>
+  </si>
+  <si>
+    <t>310020169</t>
+  </si>
+  <si>
+    <t>CLINIQUE NEPHRO ST EXUPERY UAD TOULOUSE SANS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3688_FicheEtablissement/fr/cl-nephro-st-exupery-uad-tls-sans</t>
+  </si>
+  <si>
+    <t>3688_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Avenue Sans</t>
+  </si>
+  <si>
+    <t>310018684</t>
+  </si>
+  <si>
+    <t>CL NEPHRO ST EXUPERY UDM CORNEBARRIEU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3687_FicheEtablissement/fr/cl-nephro-st-exupery-udm-cornebarrieu</t>
+  </si>
+  <si>
+    <t>3687_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>310011838</t>
+  </si>
+  <si>
+    <t>NEPHROCARE OCCITANIE UAD RIEUX VOLVESTRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3686_FicheEtablissement/fr/nephrocare-oc-uad-rieux-volvestre</t>
+  </si>
+  <si>
+    <t>3686_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0534453615</t>
+  </si>
+  <si>
+    <t>310006473</t>
+  </si>
+  <si>
+    <t>CLINIQUE NEPHRO ST EXUPERY UAD REVEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3701_FicheEtablissement/fr/cl-nephro-st-exupery-uad-revel</t>
+  </si>
+  <si>
+    <t>3701_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>310796776</t>
+  </si>
+  <si>
+    <t>CLINIQUE NEPHRO ST EXUPERY UAD LUCHON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3700_FicheEtablissement/fr/cl-nephro-st-exupery-uad-luchon</t>
+  </si>
+  <si>
+    <t>3700_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Cours Quinconces</t>
+  </si>
+  <si>
+    <t>310796768</t>
+  </si>
+  <si>
+    <t>CLINIQUE NEPHRO ST EXUPERY UAD TOULOUSE BASSO CAMBO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3699_FicheEtablissement/fr/cl-nephro-st-exupery-uad-tls-basso</t>
+  </si>
+  <si>
+    <t>3699_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>46 Avenue Du General Decroute</t>
+  </si>
+  <si>
+    <t>310794532</t>
+  </si>
+  <si>
+    <t>AAIR UAD UDM SAINT GAUDENS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3698_FicheEtablissement/fr/aair-uad-udm-st-gaudens</t>
+  </si>
+  <si>
+    <t>3698_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>367 Avenue Simone Veil</t>
+  </si>
+  <si>
+    <t>310794524</t>
+  </si>
+  <si>
+    <t>CLINIQUE NEPHRO ST EXUPERY UAD BRAX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3697_FicheEtablissement/fr/cl-nephro-st-exupery-uad-brax</t>
+  </si>
+  <si>
+    <t>3697_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>31490 BRAX</t>
+  </si>
+  <si>
+    <t>BRAX</t>
+  </si>
+  <si>
+    <t>310793807</t>
+  </si>
+  <si>
+    <t>AAIR UAD TOULOUSE CEPIERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3696_FicheEtablissement/fr/aair-uad-toulouse-cepiere</t>
+  </si>
+  <si>
+    <t>3696_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>80 Chemin Des Courses</t>
+  </si>
+  <si>
+    <t>310793575</t>
+  </si>
+  <si>
+    <t>AAIR UAD BLAGNAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3695_FicheEtablissement/fr/aair-uad-blagnac</t>
+  </si>
+  <si>
+    <t>3695_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Des Ferronniers</t>
+  </si>
+  <si>
+    <t>310793567</t>
+  </si>
+  <si>
+    <t>CLINIQUE NEPHRO ST EXUPERY UAD VILLEFRANCHE DE LAURAGAIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3694_FicheEtablissement/fr/cl-nephro-st-exupery-uad-villefranche</t>
+  </si>
+  <si>
+    <t>3694_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>310793435</t>
+  </si>
+  <si>
+    <t>CLINIQUE NEPHRO ST EXUPERY UDM UAD SAINT GAUDENS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3693_FicheEtablissement/fr/cl-nephro-st-exupery-udm-uad-st-gauden</t>
+  </si>
+  <si>
+    <t>3693_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>310793419</t>
+  </si>
+  <si>
+    <t>CLINIQUE NEPHRO ST EXUPERY UAD BESSIERES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3692_FicheEtablissement/fr/cl-nephro-st-exupery-uad-bessieres</t>
+  </si>
+  <si>
+    <t>3692_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>31660 BESSIERES</t>
+  </si>
+  <si>
+    <t>BESSIERES</t>
+  </si>
+  <si>
+    <t>310793401</t>
+  </si>
+  <si>
+    <t>AAIR UDM TOULOUSE LE GOFF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3691_FicheEtablissement/fr/aair-udm-toulouse-le-goff</t>
+  </si>
+  <si>
+    <t>3691_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>64 Chemin Du Commandant Joel Le Goff</t>
+  </si>
+  <si>
+    <t>310782065</t>
+  </si>
+  <si>
+    <t>AAIR UAD TOULOUSE PERIOLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4137_FicheEtablissement/fr/aair-uad-toulouse-periole</t>
+  </si>
+  <si>
+    <t>4137_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>50 Rue De Periole</t>
+  </si>
+  <si>
+    <t>310031927</t>
+  </si>
+  <si>
+    <t>AAIR UAD UDM DOMICILE RAMONVILLE SAINT AGNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4136_FicheEtablissement/fr/aair-uad-udm-dd-ramonville-st-agne</t>
+  </si>
+  <si>
+    <t>4136_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>12 Rue Edouard Branly</t>
+  </si>
+  <si>
+    <t>310026919</t>
+  </si>
+  <si>
+    <t>CLINIQUE NEPHRO ST EXUPERY UAD QUINT FONSEGRIVES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7575_FicheEtablissement/fr/cl-nephro-st-exupery-uad-quint</t>
+  </si>
+  <si>
+    <t>7575_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>54 Chemin De Ribaute</t>
+  </si>
+  <si>
+    <t>310031414</t>
+  </si>
+  <si>
+    <t>SECTORISATION PSYCHIATRIE INFANTO JUVENILE PGI ARSEAA</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7591_FicheEtablissement/fr/sectorisation-pij-pgi-arseaa</t>
+  </si>
+  <si>
+    <t>7591_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>15 Chemin Du Tricou</t>
+  </si>
+  <si>
+    <t>31670 LABEGE</t>
+  </si>
+  <si>
+    <t>LABEGE</t>
+  </si>
+  <si>
+    <t>0561626035</t>
+  </si>
+  <si>
+    <t>310018676</t>
+  </si>
+  <si>
+    <t>CENTRE DE SANTE MENTALE MGEN TOULOUSE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7651_FicheEtablissement/fr/centre-de-sante-mentale-mgen-toulouse</t>
+  </si>
+  <si>
+    <t>7651_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>67 Boulevard Deltour</t>
+  </si>
+  <si>
+    <t>0562716700</t>
+  </si>
+  <si>
+    <t>310783097</t>
+  </si>
+  <si>
+    <t>USLD CENTRE GERIATRIQUE DES MINIMES</t>
+  </si>
+  <si>
+    <t>14/11/2023 15:57:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/927_FicheEtablissement/fr/usld-centre-geriatrique-des-minimes</t>
+  </si>
+  <si>
+    <t>927_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>100 Boulevard Pierre Et Marie Curie</t>
+  </si>
+  <si>
+    <t>0891780203</t>
+  </si>
+  <si>
+    <t>310025093</t>
+  </si>
+  <si>
+    <t>CLINIQUE DES MINIMES CENTRE GERIATRIQUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/924_FicheEtablissement/fr/cl-des-minimes-toulouse</t>
+  </si>
+  <si>
+    <t>924_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>310021571</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R321"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -23992,41 +28966,13661 @@
       </c>
       <c r="L321" t="s">
         <v>1982</v>
       </c>
       <c r="M321" t="s">
         <v>20</v>
       </c>
       <c r="N321" t="s">
         <v>483</v>
       </c>
       <c r="O321" t="s">
         <v>587</v>
       </c>
       <c r="P321" t="s">
         <v>588</v>
       </c>
       <c r="Q321" t="s">
         <v>589</v>
       </c>
       <c r="R321" t="s">
         <v>590</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P144"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>1983</v>
+      </c>
+      <c r="J1" t="s">
+        <v>1984</v>
+      </c>
+      <c r="K1" t="s">
+        <v>1985</v>
+      </c>
+      <c r="L1" t="s">
+        <v>1986</v>
+      </c>
+      <c r="M1" t="s">
+        <v>1987</v>
+      </c>
+      <c r="N1" t="s">
+        <v>1988</v>
+      </c>
+      <c r="O1" t="s">
+        <v>1989</v>
+      </c>
+      <c r="P1" t="s">
+        <v>1990</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1992</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1993</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1994</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1995</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1996</v>
+      </c>
+      <c r="J2" t="s">
+        <v>1997</v>
+      </c>
+      <c r="K2" t="s">
+        <v>1998</v>
+      </c>
+      <c r="L2" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M2" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N2" t="s">
+        <v>2001</v>
+      </c>
+      <c r="O2" t="s">
+        <v>2002</v>
+      </c>
+      <c r="P2" t="s">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2005</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2006</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2007</v>
+      </c>
+      <c r="I3" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J3" t="s">
+        <v>2009</v>
+      </c>
+      <c r="K3" t="s">
+        <v>2010</v>
+      </c>
+      <c r="L3" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M3" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N3" t="s">
+        <v>2001</v>
+      </c>
+      <c r="O3" t="s">
+        <v>2002</v>
+      </c>
+      <c r="P3" t="s">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2012</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2005</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2013</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2014</v>
+      </c>
+      <c r="I4" t="s">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>2016</v>
+      </c>
+      <c r="K4" t="s">
+        <v>2017</v>
+      </c>
+      <c r="L4" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M4" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N4" t="s">
+        <v>2001</v>
+      </c>
+      <c r="O4" t="s">
+        <v>2002</v>
+      </c>
+      <c r="P4" t="s">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2019</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2005</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2020</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2021</v>
+      </c>
+      <c r="I5" t="s">
+        <v>2022</v>
+      </c>
+      <c r="J5" t="s">
+        <v>2023</v>
+      </c>
+      <c r="K5" t="s">
+        <v>2024</v>
+      </c>
+      <c r="L5" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M5" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N5" t="s">
+        <v>2001</v>
+      </c>
+      <c r="O5" t="s">
+        <v>2002</v>
+      </c>
+      <c r="P5" t="s">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2026</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2027</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2028</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2029</v>
+      </c>
+      <c r="I6" t="s">
+        <v>2030</v>
+      </c>
+      <c r="J6" t="s">
+        <v>2031</v>
+      </c>
+      <c r="K6" t="s">
+        <v>2032</v>
+      </c>
+      <c r="L6" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M6" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N6" t="s">
+        <v>2001</v>
+      </c>
+      <c r="O6" t="s">
+        <v>2002</v>
+      </c>
+      <c r="P6" t="s">
+        <v>2033</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2034</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2035</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2036</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2037</v>
+      </c>
+      <c r="I7" t="s">
+        <v>2038</v>
+      </c>
+      <c r="J7" t="s">
+        <v>2039</v>
+      </c>
+      <c r="K7" t="s">
+        <v>2040</v>
+      </c>
+      <c r="L7" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M7" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N7" t="s">
+        <v>2001</v>
+      </c>
+      <c r="O7" t="s">
+        <v>2002</v>
+      </c>
+      <c r="P7" t="s">
+        <v>2041</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2042</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2043</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2044</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2045</v>
+      </c>
+      <c r="I8" t="s">
+        <v>2046</v>
+      </c>
+      <c r="J8" t="s">
+        <v>2047</v>
+      </c>
+      <c r="K8" t="s">
+        <v>2048</v>
+      </c>
+      <c r="L8" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M8" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N8" t="s">
+        <v>2001</v>
+      </c>
+      <c r="O8" t="s">
+        <v>2002</v>
+      </c>
+      <c r="P8" t="s">
+        <v>2050</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2051</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2052</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2053</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2054</v>
+      </c>
+      <c r="I9" t="s">
+        <v>2055</v>
+      </c>
+      <c r="J9" t="s">
+        <v>2056</v>
+      </c>
+      <c r="K9" t="s">
+        <v>2057</v>
+      </c>
+      <c r="L9" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M9" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N9" t="s">
+        <v>2001</v>
+      </c>
+      <c r="O9" t="s">
+        <v>2002</v>
+      </c>
+      <c r="P9" t="s">
+        <v>2058</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2059</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2060</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2061</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2062</v>
+      </c>
+      <c r="I10" t="s">
+        <v>2063</v>
+      </c>
+      <c r="J10" t="s">
+        <v>2064</v>
+      </c>
+      <c r="K10" t="s">
+        <v>40</v>
+      </c>
+      <c r="L10" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M10" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N10" t="s">
+        <v>2001</v>
+      </c>
+      <c r="O10" t="s">
+        <v>2002</v>
+      </c>
+      <c r="P10" t="s">
+        <v>2065</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2066</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2067</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2068</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2069</v>
+      </c>
+      <c r="I11" t="s">
+        <v>2070</v>
+      </c>
+      <c r="J11" t="s">
+        <v>2071</v>
+      </c>
+      <c r="K11" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L11" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M11" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N11" t="s">
+        <v>2001</v>
+      </c>
+      <c r="O11" t="s">
+        <v>2002</v>
+      </c>
+      <c r="P11" t="s">
+        <v>2072</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2073</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2074</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2075</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2076</v>
+      </c>
+      <c r="I12" t="s">
+        <v>2077</v>
+      </c>
+      <c r="J12" t="s">
+        <v>2078</v>
+      </c>
+      <c r="K12" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L12" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M12" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N12" t="s">
+        <v>2079</v>
+      </c>
+      <c r="O12" t="s">
+        <v>2080</v>
+      </c>
+      <c r="P12" t="s">
+        <v>2081</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2082</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2083</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I13" t="s">
+        <v>2086</v>
+      </c>
+      <c r="J13" t="s">
+        <v>2087</v>
+      </c>
+      <c r="K13" t="s">
+        <v>2088</v>
+      </c>
+      <c r="L13" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M13" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N13" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O13" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P13" t="s">
+        <v>2091</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2092</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2083</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2093</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2094</v>
+      </c>
+      <c r="I14" t="s">
+        <v>2095</v>
+      </c>
+      <c r="J14" t="s">
+        <v>2096</v>
+      </c>
+      <c r="K14" t="s">
+        <v>2097</v>
+      </c>
+      <c r="L14" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M14" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N14" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O14" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P14" t="s">
+        <v>2098</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2099</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2100</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2101</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2102</v>
+      </c>
+      <c r="I15" t="s">
+        <v>2103</v>
+      </c>
+      <c r="J15" t="s">
+        <v>2104</v>
+      </c>
+      <c r="K15" t="s">
+        <v>2105</v>
+      </c>
+      <c r="L15" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M15" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N15" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O15" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P15" t="s">
+        <v>2106</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2107</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2108</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2109</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2110</v>
+      </c>
+      <c r="I16" t="s">
+        <v>2111</v>
+      </c>
+      <c r="J16" t="s">
+        <v>2112</v>
+      </c>
+      <c r="K16" t="s">
+        <v>2113</v>
+      </c>
+      <c r="L16" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M16" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N16" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O16" t="s">
+        <v>2115</v>
+      </c>
+      <c r="P16" t="s">
+        <v>2116</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2117</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2118</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2119</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2120</v>
+      </c>
+      <c r="I17" t="s">
+        <v>2121</v>
+      </c>
+      <c r="J17" t="s">
+        <v>2078</v>
+      </c>
+      <c r="K17" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L17" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M17" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N17" t="s">
+        <v>2079</v>
+      </c>
+      <c r="O17" t="s">
+        <v>2122</v>
+      </c>
+      <c r="P17" t="s">
+        <v>2123</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2124</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2125</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2126</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2127</v>
+      </c>
+      <c r="I18" t="s">
+        <v>2128</v>
+      </c>
+      <c r="J18" t="s">
+        <v>2129</v>
+      </c>
+      <c r="K18" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L18" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M18" t="s">
+        <v>2130</v>
+      </c>
+      <c r="N18" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O18" t="s">
+        <v>2131</v>
+      </c>
+      <c r="P18" t="s">
+        <v>2132</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2133</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2134</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2135</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2136</v>
+      </c>
+      <c r="I19" t="s">
+        <v>2137</v>
+      </c>
+      <c r="J19" t="s">
+        <v>2078</v>
+      </c>
+      <c r="K19" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L19" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M19" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N19" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O19" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P19" t="s">
+        <v>2138</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2139</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2140</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2141</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2142</v>
+      </c>
+      <c r="I20" t="s">
+        <v>2143</v>
+      </c>
+      <c r="J20" t="s">
+        <v>2144</v>
+      </c>
+      <c r="K20" t="s">
+        <v>589</v>
+      </c>
+      <c r="L20" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M20" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N20" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O20" t="s">
+        <v>2145</v>
+      </c>
+      <c r="P20" t="s">
+        <v>2146</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2147</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2148</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2149</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2150</v>
+      </c>
+      <c r="I21" t="s">
+        <v>2151</v>
+      </c>
+      <c r="J21" t="s">
+        <v>2152</v>
+      </c>
+      <c r="K21" t="s">
+        <v>2153</v>
+      </c>
+      <c r="L21" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M21" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N21" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O21" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P21" t="s">
+        <v>2154</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B22" t="s">
+        <v>2155</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2156</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>2157</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2158</v>
+      </c>
+      <c r="I22" t="s">
+        <v>2159</v>
+      </c>
+      <c r="J22" t="s">
+        <v>2160</v>
+      </c>
+      <c r="K22" t="s">
+        <v>2161</v>
+      </c>
+      <c r="L22" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M22" t="s">
+        <v>2130</v>
+      </c>
+      <c r="N22" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O22" t="s">
+        <v>2162</v>
+      </c>
+      <c r="P22" t="s">
+        <v>2163</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B23" t="s">
+        <v>2164</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2165</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>2166</v>
+      </c>
+      <c r="H23" t="s">
+        <v>2167</v>
+      </c>
+      <c r="I23" t="s">
+        <v>2168</v>
+      </c>
+      <c r="J23" t="s">
+        <v>2071</v>
+      </c>
+      <c r="K23" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L23" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M23" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N23" t="s">
+        <v>2169</v>
+      </c>
+      <c r="O23" t="s">
+        <v>2170</v>
+      </c>
+      <c r="P23" t="s">
+        <v>2171</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B24" t="s">
+        <v>2172</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>2173</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>2174</v>
+      </c>
+      <c r="H24" t="s">
+        <v>2175</v>
+      </c>
+      <c r="I24" t="s">
+        <v>2176</v>
+      </c>
+      <c r="J24" t="s">
+        <v>2071</v>
+      </c>
+      <c r="K24" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L24" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M24" t="s">
+        <v>2130</v>
+      </c>
+      <c r="N24" t="s">
+        <v>2177</v>
+      </c>
+      <c r="O24" t="s">
+        <v>2178</v>
+      </c>
+      <c r="P24" t="s">
+        <v>2179</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B25" t="s">
+        <v>2180</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>2181</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>2182</v>
+      </c>
+      <c r="H25" t="s">
+        <v>2183</v>
+      </c>
+      <c r="I25" t="s">
+        <v>2184</v>
+      </c>
+      <c r="J25" t="s">
+        <v>2185</v>
+      </c>
+      <c r="K25" t="s">
+        <v>1722</v>
+      </c>
+      <c r="L25" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M25" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N25" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O25" t="s">
+        <v>2186</v>
+      </c>
+      <c r="P25" t="s">
+        <v>2187</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B26" t="s">
+        <v>2188</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>2189</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>2190</v>
+      </c>
+      <c r="H26" t="s">
+        <v>2191</v>
+      </c>
+      <c r="I26" t="s">
+        <v>2192</v>
+      </c>
+      <c r="J26" t="s">
+        <v>2193</v>
+      </c>
+      <c r="K26" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L26" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M26" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N26" t="s">
+        <v>2169</v>
+      </c>
+      <c r="O26" t="s">
+        <v>2194</v>
+      </c>
+      <c r="P26" t="s">
+        <v>2195</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B27" t="s">
+        <v>2196</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>2197</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>2198</v>
+      </c>
+      <c r="H27" t="s">
+        <v>2199</v>
+      </c>
+      <c r="I27" t="s">
+        <v>2200</v>
+      </c>
+      <c r="J27" t="s">
+        <v>20</v>
+      </c>
+      <c r="K27" t="s">
+        <v>2201</v>
+      </c>
+      <c r="L27" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M27" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N27" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O27" t="s">
+        <v>2186</v>
+      </c>
+      <c r="P27" t="s">
+        <v>2202</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B28" t="s">
+        <v>2203</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>2197</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>2204</v>
+      </c>
+      <c r="H28" t="s">
+        <v>2205</v>
+      </c>
+      <c r="I28" t="s">
+        <v>2206</v>
+      </c>
+      <c r="J28" t="s">
+        <v>2193</v>
+      </c>
+      <c r="K28" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L28" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M28" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N28" t="s">
+        <v>2169</v>
+      </c>
+      <c r="O28" t="s">
+        <v>2207</v>
+      </c>
+      <c r="P28" t="s">
+        <v>2208</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B29" t="s">
+        <v>2209</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>2210</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>2211</v>
+      </c>
+      <c r="H29" t="s">
+        <v>2212</v>
+      </c>
+      <c r="I29" t="s">
+        <v>2213</v>
+      </c>
+      <c r="J29" t="s">
+        <v>2214</v>
+      </c>
+      <c r="K29" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L29" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M29" t="s">
+        <v>2130</v>
+      </c>
+      <c r="N29" t="s">
+        <v>2177</v>
+      </c>
+      <c r="O29" t="s">
+        <v>2178</v>
+      </c>
+      <c r="P29" t="s">
+        <v>2215</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B30" t="s">
+        <v>2216</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>2218</v>
+      </c>
+      <c r="H30" t="s">
+        <v>2219</v>
+      </c>
+      <c r="I30" t="s">
+        <v>2220</v>
+      </c>
+      <c r="J30" t="s">
+        <v>2078</v>
+      </c>
+      <c r="K30" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L30" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M30" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N30" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O30" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P30" t="s">
+        <v>2221</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B31" t="s">
+        <v>2222</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>2083</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>2223</v>
+      </c>
+      <c r="H31" t="s">
+        <v>2224</v>
+      </c>
+      <c r="I31" t="s">
+        <v>2225</v>
+      </c>
+      <c r="J31" t="s">
+        <v>2226</v>
+      </c>
+      <c r="K31" t="s">
+        <v>2227</v>
+      </c>
+      <c r="L31" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M31" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N31" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O31" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P31" t="s">
+        <v>2228</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B32" t="s">
+        <v>2229</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>2100</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>2230</v>
+      </c>
+      <c r="H32" t="s">
+        <v>2231</v>
+      </c>
+      <c r="I32" t="s">
+        <v>2103</v>
+      </c>
+      <c r="J32" t="s">
+        <v>2104</v>
+      </c>
+      <c r="K32" t="s">
+        <v>2105</v>
+      </c>
+      <c r="L32" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M32" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N32" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O32" t="s">
+        <v>2232</v>
+      </c>
+      <c r="P32" t="s">
+        <v>2233</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B33" t="s">
+        <v>2234</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>2235</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>2236</v>
+      </c>
+      <c r="H33" t="s">
+        <v>2237</v>
+      </c>
+      <c r="I33" t="s">
+        <v>2238</v>
+      </c>
+      <c r="J33" t="s">
+        <v>20</v>
+      </c>
+      <c r="K33" t="s">
+        <v>2239</v>
+      </c>
+      <c r="L33" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M33" t="s">
+        <v>2130</v>
+      </c>
+      <c r="N33" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O33" t="s">
+        <v>2240</v>
+      </c>
+      <c r="P33" t="s">
+        <v>2241</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B34" t="s">
+        <v>2242</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>2108</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>2243</v>
+      </c>
+      <c r="H34" t="s">
+        <v>2244</v>
+      </c>
+      <c r="I34" t="s">
+        <v>2245</v>
+      </c>
+      <c r="J34" t="s">
+        <v>2246</v>
+      </c>
+      <c r="K34" t="s">
+        <v>2247</v>
+      </c>
+      <c r="L34" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M34" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N34" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O34" t="s">
+        <v>2115</v>
+      </c>
+      <c r="P34" t="s">
+        <v>2248</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B35" t="s">
+        <v>2249</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>2250</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>2251</v>
+      </c>
+      <c r="H35" t="s">
+        <v>2252</v>
+      </c>
+      <c r="I35" t="s">
+        <v>2253</v>
+      </c>
+      <c r="J35" t="s">
+        <v>2071</v>
+      </c>
+      <c r="K35" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L35" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M35" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N35" t="s">
+        <v>2169</v>
+      </c>
+      <c r="O35" t="s">
+        <v>2254</v>
+      </c>
+      <c r="P35" t="s">
+        <v>2255</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B36" t="s">
+        <v>2249</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>2250</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>2256</v>
+      </c>
+      <c r="H36" t="s">
+        <v>2257</v>
+      </c>
+      <c r="I36" t="s">
+        <v>2258</v>
+      </c>
+      <c r="J36" t="s">
+        <v>2152</v>
+      </c>
+      <c r="K36" t="s">
+        <v>2153</v>
+      </c>
+      <c r="L36" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M36" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N36" t="s">
+        <v>2169</v>
+      </c>
+      <c r="O36" t="s">
+        <v>2254</v>
+      </c>
+      <c r="P36" t="s">
+        <v>2259</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B37" t="s">
+        <v>2260</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>2261</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>2262</v>
+      </c>
+      <c r="H37" t="s">
+        <v>2263</v>
+      </c>
+      <c r="I37" t="s">
+        <v>2264</v>
+      </c>
+      <c r="J37" t="s">
+        <v>2193</v>
+      </c>
+      <c r="K37" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L37" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M37" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N37" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O37" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P37" t="s">
+        <v>2265</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B38" t="s">
+        <v>2266</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>2267</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>2268</v>
+      </c>
+      <c r="H38" t="s">
+        <v>2269</v>
+      </c>
+      <c r="I38" t="s">
+        <v>2270</v>
+      </c>
+      <c r="J38" t="s">
+        <v>2246</v>
+      </c>
+      <c r="K38" t="s">
+        <v>2247</v>
+      </c>
+      <c r="L38" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M38" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N38" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O38" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P38" t="s">
+        <v>2271</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B39" t="s">
+        <v>2272</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>2273</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>2274</v>
+      </c>
+      <c r="H39" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I39" t="s">
+        <v>2276</v>
+      </c>
+      <c r="J39" t="s">
+        <v>2152</v>
+      </c>
+      <c r="K39" t="s">
+        <v>2153</v>
+      </c>
+      <c r="L39" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M39" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N39" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O39" t="s">
+        <v>2131</v>
+      </c>
+      <c r="P39" t="s">
+        <v>2277</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B40" t="s">
+        <v>2278</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>2279</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>2280</v>
+      </c>
+      <c r="H40" t="s">
+        <v>2281</v>
+      </c>
+      <c r="I40" t="s">
+        <v>2282</v>
+      </c>
+      <c r="J40" t="s">
+        <v>2193</v>
+      </c>
+      <c r="K40" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L40" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M40" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N40" t="s">
+        <v>2079</v>
+      </c>
+      <c r="O40" t="s">
+        <v>2283</v>
+      </c>
+      <c r="P40" t="s">
+        <v>2284</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B41" t="s">
+        <v>2285</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>2125</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>2286</v>
+      </c>
+      <c r="H41" t="s">
+        <v>2287</v>
+      </c>
+      <c r="I41" t="s">
+        <v>2288</v>
+      </c>
+      <c r="J41" t="s">
+        <v>2129</v>
+      </c>
+      <c r="K41" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L41" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M41" t="s">
+        <v>2130</v>
+      </c>
+      <c r="N41" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O41" t="s">
+        <v>2131</v>
+      </c>
+      <c r="P41" t="s">
+        <v>2289</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B42" t="s">
+        <v>2290</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>2125</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>2291</v>
+      </c>
+      <c r="H42" t="s">
+        <v>2292</v>
+      </c>
+      <c r="I42" t="s">
+        <v>2293</v>
+      </c>
+      <c r="J42" t="s">
+        <v>2129</v>
+      </c>
+      <c r="K42" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L42" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M42" t="s">
+        <v>2130</v>
+      </c>
+      <c r="N42" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O42" t="s">
+        <v>2131</v>
+      </c>
+      <c r="P42" t="s">
+        <v>2294</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B43" t="s">
+        <v>2295</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>2296</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>2297</v>
+      </c>
+      <c r="H43" t="s">
+        <v>2298</v>
+      </c>
+      <c r="I43" t="s">
+        <v>2299</v>
+      </c>
+      <c r="J43" t="s">
+        <v>2071</v>
+      </c>
+      <c r="K43" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L43" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M43" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N43" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O43" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P43" t="s">
+        <v>2300</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B44" t="s">
+        <v>2301</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>2302</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>2303</v>
+      </c>
+      <c r="H44" t="s">
+        <v>2304</v>
+      </c>
+      <c r="I44" t="s">
+        <v>2305</v>
+      </c>
+      <c r="J44" t="s">
+        <v>2306</v>
+      </c>
+      <c r="K44" t="s">
+        <v>2307</v>
+      </c>
+      <c r="L44" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M44" t="s">
+        <v>2130</v>
+      </c>
+      <c r="N44" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O44" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P44" t="s">
+        <v>2308</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B45" t="s">
+        <v>2309</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>2310</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>2311</v>
+      </c>
+      <c r="H45" t="s">
+        <v>2312</v>
+      </c>
+      <c r="I45" t="s">
+        <v>2313</v>
+      </c>
+      <c r="J45" t="s">
+        <v>2314</v>
+      </c>
+      <c r="K45" t="s">
+        <v>2315</v>
+      </c>
+      <c r="L45" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M45" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N45" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O45" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P45" t="s">
+        <v>2316</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B46" t="s">
+        <v>2317</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>2310</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>2318</v>
+      </c>
+      <c r="H46" t="s">
+        <v>2319</v>
+      </c>
+      <c r="I46" t="s">
+        <v>2320</v>
+      </c>
+      <c r="J46" t="s">
+        <v>2321</v>
+      </c>
+      <c r="K46" t="s">
+        <v>2322</v>
+      </c>
+      <c r="L46" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M46" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N46" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O46" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P46" t="s">
+        <v>2323</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B47" t="s">
+        <v>2324</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>2325</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>2326</v>
+      </c>
+      <c r="H47" t="s">
+        <v>2327</v>
+      </c>
+      <c r="I47" t="s">
+        <v>2328</v>
+      </c>
+      <c r="J47" t="s">
+        <v>2071</v>
+      </c>
+      <c r="K47" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L47" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M47" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N47" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O47" t="s">
+        <v>2186</v>
+      </c>
+      <c r="P47" t="s">
+        <v>2329</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B48" t="s">
+        <v>2330</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>2331</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>2332</v>
+      </c>
+      <c r="H48" t="s">
+        <v>2333</v>
+      </c>
+      <c r="I48" t="s">
+        <v>2334</v>
+      </c>
+      <c r="J48" t="s">
+        <v>2193</v>
+      </c>
+      <c r="K48" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L48" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M48" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N48" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O48" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P48" t="s">
+        <v>2335</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B49" t="s">
+        <v>2336</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>2337</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>2338</v>
+      </c>
+      <c r="H49" t="s">
+        <v>2339</v>
+      </c>
+      <c r="I49" t="s">
+        <v>2340</v>
+      </c>
+      <c r="J49" t="s">
+        <v>2341</v>
+      </c>
+      <c r="K49" t="s">
+        <v>2342</v>
+      </c>
+      <c r="L49" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M49" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N49" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O49" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P49" t="s">
+        <v>2343</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B50" t="s">
+        <v>2344</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>2337</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>2345</v>
+      </c>
+      <c r="H50" t="s">
+        <v>2346</v>
+      </c>
+      <c r="I50" t="s">
+        <v>2347</v>
+      </c>
+      <c r="J50" t="s">
+        <v>2348</v>
+      </c>
+      <c r="K50" t="s">
+        <v>2349</v>
+      </c>
+      <c r="L50" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M50" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N50" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O50" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P50" t="s">
+        <v>2350</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B51" t="s">
+        <v>2351</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>2337</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>2352</v>
+      </c>
+      <c r="H51" t="s">
+        <v>2353</v>
+      </c>
+      <c r="I51" t="s">
+        <v>2354</v>
+      </c>
+      <c r="J51" t="s">
+        <v>2078</v>
+      </c>
+      <c r="K51" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L51" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M51" t="s">
+        <v>2130</v>
+      </c>
+      <c r="N51" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O51" t="s">
+        <v>2131</v>
+      </c>
+      <c r="P51" t="s">
+        <v>2355</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B52" t="s">
+        <v>2356</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>2357</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>2358</v>
+      </c>
+      <c r="H52" t="s">
+        <v>2359</v>
+      </c>
+      <c r="I52" t="s">
+        <v>2214</v>
+      </c>
+      <c r="J52" t="s">
+        <v>20</v>
+      </c>
+      <c r="K52" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L52" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M52" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N52" t="s">
+        <v>2079</v>
+      </c>
+      <c r="O52" t="s">
+        <v>2360</v>
+      </c>
+      <c r="P52" t="s">
+        <v>2361</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B53" t="s">
+        <v>2362</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>2363</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>2364</v>
+      </c>
+      <c r="H53" t="s">
+        <v>2365</v>
+      </c>
+      <c r="I53" t="s">
+        <v>2366</v>
+      </c>
+      <c r="J53" t="s">
+        <v>2214</v>
+      </c>
+      <c r="K53" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L53" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M53" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N53" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O53" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P53" t="s">
+        <v>2367</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B54" t="s">
+        <v>2368</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>2369</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>2370</v>
+      </c>
+      <c r="H54" t="s">
+        <v>2371</v>
+      </c>
+      <c r="I54" t="s">
+        <v>2372</v>
+      </c>
+      <c r="J54" t="s">
+        <v>2373</v>
+      </c>
+      <c r="K54" t="s">
+        <v>2374</v>
+      </c>
+      <c r="L54" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M54" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N54" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O54" t="s">
+        <v>2375</v>
+      </c>
+      <c r="P54" t="s">
+        <v>2376</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B55" t="s">
+        <v>2377</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>2378</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>2379</v>
+      </c>
+      <c r="H55" t="s">
+        <v>2380</v>
+      </c>
+      <c r="I55" t="s">
+        <v>2381</v>
+      </c>
+      <c r="J55" t="s">
+        <v>20</v>
+      </c>
+      <c r="K55" t="s">
+        <v>2382</v>
+      </c>
+      <c r="L55" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M55" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N55" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O55" t="s">
+        <v>2115</v>
+      </c>
+      <c r="P55" t="s">
+        <v>2383</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B56" t="s">
+        <v>2384</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>2378</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>2385</v>
+      </c>
+      <c r="H56" t="s">
+        <v>2386</v>
+      </c>
+      <c r="I56" t="s">
+        <v>2381</v>
+      </c>
+      <c r="J56" t="s">
+        <v>20</v>
+      </c>
+      <c r="K56" t="s">
+        <v>2382</v>
+      </c>
+      <c r="L56" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M56" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N56" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O56" t="s">
+        <v>2232</v>
+      </c>
+      <c r="P56" t="s">
+        <v>2387</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B57" t="s">
+        <v>2388</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>2378</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>2389</v>
+      </c>
+      <c r="H57" t="s">
+        <v>2390</v>
+      </c>
+      <c r="I57" t="s">
+        <v>2391</v>
+      </c>
+      <c r="J57" t="s">
+        <v>20</v>
+      </c>
+      <c r="K57" t="s">
+        <v>30</v>
+      </c>
+      <c r="L57" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M57" t="s">
+        <v>2130</v>
+      </c>
+      <c r="N57" t="s">
+        <v>2079</v>
+      </c>
+      <c r="O57" t="s">
+        <v>2122</v>
+      </c>
+      <c r="P57" t="s">
+        <v>2392</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B58" t="s">
+        <v>2393</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>2394</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>2395</v>
+      </c>
+      <c r="H58" t="s">
+        <v>2396</v>
+      </c>
+      <c r="I58" t="s">
+        <v>2397</v>
+      </c>
+      <c r="J58" t="s">
+        <v>20</v>
+      </c>
+      <c r="K58" t="s">
+        <v>30</v>
+      </c>
+      <c r="L58" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M58" t="s">
+        <v>2130</v>
+      </c>
+      <c r="N58" t="s">
+        <v>2079</v>
+      </c>
+      <c r="O58" t="s">
+        <v>2080</v>
+      </c>
+      <c r="P58" t="s">
+        <v>2398</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B59" t="s">
+        <v>2399</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>2400</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>2401</v>
+      </c>
+      <c r="H59" t="s">
+        <v>2402</v>
+      </c>
+      <c r="I59" t="s">
+        <v>2403</v>
+      </c>
+      <c r="J59" t="s">
+        <v>20</v>
+      </c>
+      <c r="K59" t="s">
+        <v>2404</v>
+      </c>
+      <c r="L59" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M59" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N59" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O59" t="s">
+        <v>2375</v>
+      </c>
+      <c r="P59" t="s">
+        <v>2405</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B60" t="s">
+        <v>2406</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>2407</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>2408</v>
+      </c>
+      <c r="H60" t="s">
+        <v>2409</v>
+      </c>
+      <c r="I60" t="s">
+        <v>2410</v>
+      </c>
+      <c r="J60" t="s">
+        <v>2411</v>
+      </c>
+      <c r="K60" t="s">
+        <v>2412</v>
+      </c>
+      <c r="L60" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M60" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N60" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O60" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P60" t="s">
+        <v>2413</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B61" t="s">
+        <v>2414</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>2415</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>2416</v>
+      </c>
+      <c r="H61" t="s">
+        <v>2417</v>
+      </c>
+      <c r="I61" t="s">
+        <v>2418</v>
+      </c>
+      <c r="J61" t="s">
+        <v>2078</v>
+      </c>
+      <c r="K61" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L61" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M61" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N61" t="s">
+        <v>2419</v>
+      </c>
+      <c r="O61" t="s">
+        <v>2420</v>
+      </c>
+      <c r="P61" t="s">
+        <v>2421</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B62" t="s">
+        <v>2422</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>2415</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>2423</v>
+      </c>
+      <c r="H62" t="s">
+        <v>2424</v>
+      </c>
+      <c r="I62" t="s">
+        <v>2418</v>
+      </c>
+      <c r="J62" t="s">
+        <v>2078</v>
+      </c>
+      <c r="K62" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L62" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M62" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N62" t="s">
+        <v>2419</v>
+      </c>
+      <c r="O62" t="s">
+        <v>2425</v>
+      </c>
+      <c r="P62" t="s">
+        <v>2426</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B63" t="s">
+        <v>2427</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>2189</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>2428</v>
+      </c>
+      <c r="H63" t="s">
+        <v>2429</v>
+      </c>
+      <c r="I63" t="s">
+        <v>2192</v>
+      </c>
+      <c r="J63" t="s">
+        <v>2214</v>
+      </c>
+      <c r="K63" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L63" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M63" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N63" t="s">
+        <v>2169</v>
+      </c>
+      <c r="O63" t="s">
+        <v>2207</v>
+      </c>
+      <c r="P63" t="s">
+        <v>2430</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B64" t="s">
+        <v>2431</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>2432</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>2433</v>
+      </c>
+      <c r="H64" t="s">
+        <v>2434</v>
+      </c>
+      <c r="I64" t="s">
+        <v>2435</v>
+      </c>
+      <c r="J64" t="s">
+        <v>2436</v>
+      </c>
+      <c r="K64" t="s">
+        <v>2437</v>
+      </c>
+      <c r="L64" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M64" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N64" t="s">
+        <v>2419</v>
+      </c>
+      <c r="O64" t="s">
+        <v>2420</v>
+      </c>
+      <c r="P64" t="s">
+        <v>2438</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B65" t="s">
+        <v>2439</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>2440</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>2441</v>
+      </c>
+      <c r="H65" t="s">
+        <v>2442</v>
+      </c>
+      <c r="I65" t="s">
+        <v>2443</v>
+      </c>
+      <c r="J65" t="s">
+        <v>2078</v>
+      </c>
+      <c r="K65" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L65" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M65" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N65" t="s">
+        <v>2419</v>
+      </c>
+      <c r="O65" t="s">
+        <v>2444</v>
+      </c>
+      <c r="P65" t="s">
+        <v>2445</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B66" t="s">
+        <v>2446</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>2440</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>2447</v>
+      </c>
+      <c r="H66" t="s">
+        <v>2448</v>
+      </c>
+      <c r="I66" t="s">
+        <v>2449</v>
+      </c>
+      <c r="J66" t="s">
+        <v>2450</v>
+      </c>
+      <c r="K66" t="s">
+        <v>2451</v>
+      </c>
+      <c r="L66" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M66" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N66" t="s">
+        <v>2419</v>
+      </c>
+      <c r="O66" t="s">
+        <v>2444</v>
+      </c>
+      <c r="P66" t="s">
+        <v>2452</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B67" t="s">
+        <v>2453</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
+        <v>2440</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
+        <v>2454</v>
+      </c>
+      <c r="H67" t="s">
+        <v>2455</v>
+      </c>
+      <c r="I67" t="s">
+        <v>2456</v>
+      </c>
+      <c r="J67" t="s">
+        <v>2104</v>
+      </c>
+      <c r="K67" t="s">
+        <v>2105</v>
+      </c>
+      <c r="L67" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M67" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N67" t="s">
+        <v>2419</v>
+      </c>
+      <c r="O67" t="s">
+        <v>2425</v>
+      </c>
+      <c r="P67" t="s">
+        <v>2457</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B68" t="s">
+        <v>2458</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>2440</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
+        <v>2459</v>
+      </c>
+      <c r="H68" t="s">
+        <v>2460</v>
+      </c>
+      <c r="I68" t="s">
+        <v>2461</v>
+      </c>
+      <c r="J68" t="s">
+        <v>2071</v>
+      </c>
+      <c r="K68" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L68" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M68" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N68" t="s">
+        <v>2419</v>
+      </c>
+      <c r="O68" t="s">
+        <v>2444</v>
+      </c>
+      <c r="P68" t="s">
+        <v>2462</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B69" t="s">
+        <v>2463</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
+        <v>2440</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
+        <v>2464</v>
+      </c>
+      <c r="H69" t="s">
+        <v>2465</v>
+      </c>
+      <c r="I69" t="s">
+        <v>2466</v>
+      </c>
+      <c r="J69" t="s">
+        <v>2071</v>
+      </c>
+      <c r="K69" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L69" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M69" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N69" t="s">
+        <v>2419</v>
+      </c>
+      <c r="O69" t="s">
+        <v>2444</v>
+      </c>
+      <c r="P69" t="s">
+        <v>2467</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B70" t="s">
+        <v>2468</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>2469</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>2470</v>
+      </c>
+      <c r="H70" t="s">
+        <v>2471</v>
+      </c>
+      <c r="I70" t="s">
+        <v>2472</v>
+      </c>
+      <c r="J70" t="s">
+        <v>2078</v>
+      </c>
+      <c r="K70" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L70" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M70" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N70" t="s">
+        <v>2079</v>
+      </c>
+      <c r="O70" t="s">
+        <v>2080</v>
+      </c>
+      <c r="P70" t="s">
+        <v>2473</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B71" t="s">
+        <v>2474</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>2475</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
+        <v>2476</v>
+      </c>
+      <c r="H71" t="s">
+        <v>2477</v>
+      </c>
+      <c r="I71" t="s">
+        <v>2478</v>
+      </c>
+      <c r="J71" t="s">
+        <v>2193</v>
+      </c>
+      <c r="K71" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L71" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M71" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N71" t="s">
+        <v>2169</v>
+      </c>
+      <c r="O71" t="s">
+        <v>2194</v>
+      </c>
+      <c r="P71" t="s">
+        <v>2479</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B72" t="s">
+        <v>2480</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>2475</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
+        <v>2481</v>
+      </c>
+      <c r="H72" t="s">
+        <v>2482</v>
+      </c>
+      <c r="I72" t="s">
+        <v>2483</v>
+      </c>
+      <c r="J72" t="s">
+        <v>2193</v>
+      </c>
+      <c r="K72" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L72" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M72" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N72" t="s">
+        <v>2169</v>
+      </c>
+      <c r="O72" t="s">
+        <v>2207</v>
+      </c>
+      <c r="P72" t="s">
+        <v>2484</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B73" t="s">
+        <v>2485</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>2486</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
+        <v>2487</v>
+      </c>
+      <c r="H73" t="s">
+        <v>2488</v>
+      </c>
+      <c r="I73" t="s">
+        <v>2489</v>
+      </c>
+      <c r="J73" t="s">
+        <v>2490</v>
+      </c>
+      <c r="K73" t="s">
+        <v>2491</v>
+      </c>
+      <c r="L73" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M73" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N73" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O73" t="s">
+        <v>2375</v>
+      </c>
+      <c r="P73" t="s">
+        <v>2492</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B74" t="s">
+        <v>2493</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>2494</v>
+      </c>
+      <c r="F74" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" t="s">
+        <v>2495</v>
+      </c>
+      <c r="H74" t="s">
+        <v>2496</v>
+      </c>
+      <c r="I74" t="s">
+        <v>2497</v>
+      </c>
+      <c r="J74" t="s">
+        <v>2498</v>
+      </c>
+      <c r="K74" t="s">
+        <v>2307</v>
+      </c>
+      <c r="L74" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M74" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N74" t="s">
+        <v>2419</v>
+      </c>
+      <c r="O74" t="s">
+        <v>2499</v>
+      </c>
+      <c r="P74" t="s">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B75" t="s">
+        <v>2501</v>
+      </c>
+      <c r="C75" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>2502</v>
+      </c>
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" t="s">
+        <v>2503</v>
+      </c>
+      <c r="H75" t="s">
+        <v>2504</v>
+      </c>
+      <c r="I75" t="s">
+        <v>2505</v>
+      </c>
+      <c r="J75" t="s">
+        <v>2185</v>
+      </c>
+      <c r="K75" t="s">
+        <v>1722</v>
+      </c>
+      <c r="L75" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M75" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N75" t="s">
+        <v>2419</v>
+      </c>
+      <c r="O75" t="s">
+        <v>2420</v>
+      </c>
+      <c r="P75" t="s">
+        <v>2506</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B76" t="s">
+        <v>2507</v>
+      </c>
+      <c r="C76" t="s">
+        <v>20</v>
+      </c>
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>2502</v>
+      </c>
+      <c r="F76" t="s">
+        <v>20</v>
+      </c>
+      <c r="G76" t="s">
+        <v>2508</v>
+      </c>
+      <c r="H76" t="s">
+        <v>2509</v>
+      </c>
+      <c r="I76" t="s">
+        <v>2510</v>
+      </c>
+      <c r="J76" t="s">
+        <v>2511</v>
+      </c>
+      <c r="K76" t="s">
+        <v>2512</v>
+      </c>
+      <c r="L76" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M76" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N76" t="s">
+        <v>2419</v>
+      </c>
+      <c r="O76" t="s">
+        <v>2425</v>
+      </c>
+      <c r="P76" t="s">
+        <v>2513</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B77" t="s">
+        <v>2514</v>
+      </c>
+      <c r="C77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D77" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" t="s">
+        <v>2515</v>
+      </c>
+      <c r="F77" t="s">
+        <v>20</v>
+      </c>
+      <c r="G77" t="s">
+        <v>2516</v>
+      </c>
+      <c r="H77" t="s">
+        <v>2517</v>
+      </c>
+      <c r="I77" t="s">
+        <v>2518</v>
+      </c>
+      <c r="J77" t="s">
+        <v>2214</v>
+      </c>
+      <c r="K77" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L77" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M77" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N77" t="s">
+        <v>2079</v>
+      </c>
+      <c r="O77" t="s">
+        <v>2360</v>
+      </c>
+      <c r="P77" t="s">
+        <v>2519</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B78" t="s">
+        <v>2520</v>
+      </c>
+      <c r="C78" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" t="s">
+        <v>2521</v>
+      </c>
+      <c r="F78" t="s">
+        <v>20</v>
+      </c>
+      <c r="G78" t="s">
+        <v>2522</v>
+      </c>
+      <c r="H78" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I78" t="s">
+        <v>2524</v>
+      </c>
+      <c r="J78" t="s">
+        <v>2525</v>
+      </c>
+      <c r="K78" t="s">
+        <v>2526</v>
+      </c>
+      <c r="L78" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M78" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N78" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O78" t="s">
+        <v>2375</v>
+      </c>
+      <c r="P78" t="s">
+        <v>2527</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B79" t="s">
+        <v>2528</v>
+      </c>
+      <c r="C79" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" t="s">
+        <v>20</v>
+      </c>
+      <c r="E79" t="s">
+        <v>2521</v>
+      </c>
+      <c r="F79" t="s">
+        <v>20</v>
+      </c>
+      <c r="G79" t="s">
+        <v>2529</v>
+      </c>
+      <c r="H79" t="s">
+        <v>2530</v>
+      </c>
+      <c r="I79" t="s">
+        <v>2531</v>
+      </c>
+      <c r="J79" t="s">
+        <v>2532</v>
+      </c>
+      <c r="K79" t="s">
+        <v>2533</v>
+      </c>
+      <c r="L79" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M79" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N79" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O79" t="s">
+        <v>2375</v>
+      </c>
+      <c r="P79" t="s">
+        <v>2534</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B80" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C80" t="s">
+        <v>20</v>
+      </c>
+      <c r="D80" t="s">
+        <v>20</v>
+      </c>
+      <c r="E80" t="s">
+        <v>2536</v>
+      </c>
+      <c r="F80" t="s">
+        <v>20</v>
+      </c>
+      <c r="G80" t="s">
+        <v>2537</v>
+      </c>
+      <c r="H80" t="s">
+        <v>2538</v>
+      </c>
+      <c r="I80" t="s">
+        <v>2539</v>
+      </c>
+      <c r="J80" t="s">
+        <v>2078</v>
+      </c>
+      <c r="K80" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L80" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M80" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N80" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O80" t="s">
+        <v>2240</v>
+      </c>
+      <c r="P80" t="s">
+        <v>2540</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B81" t="s">
+        <v>2541</v>
+      </c>
+      <c r="C81" t="s">
+        <v>20</v>
+      </c>
+      <c r="D81" t="s">
+        <v>20</v>
+      </c>
+      <c r="E81" t="s">
+        <v>2536</v>
+      </c>
+      <c r="F81" t="s">
+        <v>20</v>
+      </c>
+      <c r="G81" t="s">
+        <v>2542</v>
+      </c>
+      <c r="H81" t="s">
+        <v>2543</v>
+      </c>
+      <c r="I81" t="s">
+        <v>2200</v>
+      </c>
+      <c r="J81" t="s">
+        <v>20</v>
+      </c>
+      <c r="K81" t="s">
+        <v>2201</v>
+      </c>
+      <c r="L81" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M81" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N81" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O81" t="s">
+        <v>2240</v>
+      </c>
+      <c r="P81" t="s">
+        <v>2544</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B82" t="s">
+        <v>2545</v>
+      </c>
+      <c r="C82" t="s">
+        <v>20</v>
+      </c>
+      <c r="D82" t="s">
+        <v>20</v>
+      </c>
+      <c r="E82" t="s">
+        <v>2546</v>
+      </c>
+      <c r="F82" t="s">
+        <v>20</v>
+      </c>
+      <c r="G82" t="s">
+        <v>2547</v>
+      </c>
+      <c r="H82" t="s">
+        <v>2548</v>
+      </c>
+      <c r="I82" t="s">
+        <v>2549</v>
+      </c>
+      <c r="J82" t="s">
+        <v>2550</v>
+      </c>
+      <c r="K82" t="s">
+        <v>2551</v>
+      </c>
+      <c r="L82" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M82" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N82" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O82" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P82" t="s">
+        <v>2552</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B83" t="s">
+        <v>2553</v>
+      </c>
+      <c r="C83" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>2554</v>
+      </c>
+      <c r="F83" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" t="s">
+        <v>2555</v>
+      </c>
+      <c r="H83" t="s">
+        <v>2556</v>
+      </c>
+      <c r="I83" t="s">
+        <v>2557</v>
+      </c>
+      <c r="J83" t="s">
+        <v>2373</v>
+      </c>
+      <c r="K83" t="s">
+        <v>2374</v>
+      </c>
+      <c r="L83" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M83" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N83" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O83" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P83" t="s">
+        <v>2558</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B84" t="s">
+        <v>2559</v>
+      </c>
+      <c r="C84" t="s">
+        <v>20</v>
+      </c>
+      <c r="D84" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" t="s">
+        <v>2560</v>
+      </c>
+      <c r="F84" t="s">
+        <v>20</v>
+      </c>
+      <c r="G84" t="s">
+        <v>2561</v>
+      </c>
+      <c r="H84" t="s">
+        <v>2562</v>
+      </c>
+      <c r="I84" t="s">
+        <v>2563</v>
+      </c>
+      <c r="J84" t="s">
+        <v>2564</v>
+      </c>
+      <c r="K84" t="s">
+        <v>91</v>
+      </c>
+      <c r="L84" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M84" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N84" t="s">
+        <v>2079</v>
+      </c>
+      <c r="O84" t="s">
+        <v>2565</v>
+      </c>
+      <c r="P84" t="s">
+        <v>2566</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B85" t="s">
+        <v>2567</v>
+      </c>
+      <c r="C85" t="s">
+        <v>20</v>
+      </c>
+      <c r="D85" t="s">
+        <v>20</v>
+      </c>
+      <c r="E85" t="s">
+        <v>2568</v>
+      </c>
+      <c r="F85" t="s">
+        <v>20</v>
+      </c>
+      <c r="G85" t="s">
+        <v>2569</v>
+      </c>
+      <c r="H85" t="s">
+        <v>2570</v>
+      </c>
+      <c r="I85" t="s">
+        <v>2571</v>
+      </c>
+      <c r="J85" t="s">
+        <v>2314</v>
+      </c>
+      <c r="K85" t="s">
+        <v>2315</v>
+      </c>
+      <c r="L85" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M85" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N85" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O85" t="s">
+        <v>2375</v>
+      </c>
+      <c r="P85" t="s">
+        <v>2572</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B86" t="s">
+        <v>2573</v>
+      </c>
+      <c r="C86" t="s">
+        <v>20</v>
+      </c>
+      <c r="D86" t="s">
+        <v>20</v>
+      </c>
+      <c r="E86" t="s">
+        <v>2574</v>
+      </c>
+      <c r="F86" t="s">
+        <v>20</v>
+      </c>
+      <c r="G86" t="s">
+        <v>2575</v>
+      </c>
+      <c r="H86" t="s">
+        <v>2576</v>
+      </c>
+      <c r="I86" t="s">
+        <v>2498</v>
+      </c>
+      <c r="J86" t="s">
+        <v>20</v>
+      </c>
+      <c r="K86" t="s">
+        <v>2307</v>
+      </c>
+      <c r="L86" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M86" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N86" t="s">
+        <v>2419</v>
+      </c>
+      <c r="O86" t="s">
+        <v>2577</v>
+      </c>
+      <c r="P86" t="s">
+        <v>2578</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B87" t="s">
+        <v>2579</v>
+      </c>
+      <c r="C87" t="s">
+        <v>20</v>
+      </c>
+      <c r="D87" t="s">
+        <v>20</v>
+      </c>
+      <c r="E87" t="s">
+        <v>2574</v>
+      </c>
+      <c r="F87" t="s">
+        <v>20</v>
+      </c>
+      <c r="G87" t="s">
+        <v>2580</v>
+      </c>
+      <c r="H87" t="s">
+        <v>2581</v>
+      </c>
+      <c r="I87" t="s">
+        <v>2582</v>
+      </c>
+      <c r="J87" t="s">
+        <v>2498</v>
+      </c>
+      <c r="K87" t="s">
+        <v>2307</v>
+      </c>
+      <c r="L87" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M87" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N87" t="s">
+        <v>2419</v>
+      </c>
+      <c r="O87" t="s">
+        <v>2583</v>
+      </c>
+      <c r="P87" t="s">
+        <v>2584</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B88" t="s">
+        <v>2585</v>
+      </c>
+      <c r="C88" t="s">
+        <v>20</v>
+      </c>
+      <c r="D88" t="s">
+        <v>20</v>
+      </c>
+      <c r="E88" t="s">
+        <v>2574</v>
+      </c>
+      <c r="F88" t="s">
+        <v>20</v>
+      </c>
+      <c r="G88" t="s">
+        <v>2586</v>
+      </c>
+      <c r="H88" t="s">
+        <v>2587</v>
+      </c>
+      <c r="I88" t="s">
+        <v>2588</v>
+      </c>
+      <c r="J88" t="s">
+        <v>2498</v>
+      </c>
+      <c r="K88" t="s">
+        <v>2307</v>
+      </c>
+      <c r="L88" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M88" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N88" t="s">
+        <v>2419</v>
+      </c>
+      <c r="O88" t="s">
+        <v>2444</v>
+      </c>
+      <c r="P88" t="s">
+        <v>2589</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B89" t="s">
+        <v>2590</v>
+      </c>
+      <c r="C89" t="s">
+        <v>20</v>
+      </c>
+      <c r="D89" t="s">
+        <v>20</v>
+      </c>
+      <c r="E89" t="s">
+        <v>2279</v>
+      </c>
+      <c r="F89" t="s">
+        <v>20</v>
+      </c>
+      <c r="G89" t="s">
+        <v>2591</v>
+      </c>
+      <c r="H89" t="s">
+        <v>2592</v>
+      </c>
+      <c r="I89" t="s">
+        <v>2009</v>
+      </c>
+      <c r="J89" t="s">
+        <v>20</v>
+      </c>
+      <c r="K89" t="s">
+        <v>2010</v>
+      </c>
+      <c r="L89" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M89" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N89" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O89" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P89" t="s">
+        <v>2593</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B90" t="s">
+        <v>2594</v>
+      </c>
+      <c r="C90" t="s">
+        <v>20</v>
+      </c>
+      <c r="D90" t="s">
+        <v>20</v>
+      </c>
+      <c r="E90" t="s">
+        <v>2331</v>
+      </c>
+      <c r="F90" t="s">
+        <v>20</v>
+      </c>
+      <c r="G90" t="s">
+        <v>2595</v>
+      </c>
+      <c r="H90" t="s">
+        <v>2596</v>
+      </c>
+      <c r="I90" t="s">
+        <v>2597</v>
+      </c>
+      <c r="J90" t="s">
+        <v>2348</v>
+      </c>
+      <c r="K90" t="s">
+        <v>2349</v>
+      </c>
+      <c r="L90" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M90" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N90" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O90" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P90" t="s">
+        <v>2598</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B91" t="s">
+        <v>2599</v>
+      </c>
+      <c r="C91" t="s">
+        <v>20</v>
+      </c>
+      <c r="D91" t="s">
+        <v>20</v>
+      </c>
+      <c r="E91" t="s">
+        <v>2600</v>
+      </c>
+      <c r="F91" t="s">
+        <v>20</v>
+      </c>
+      <c r="G91" t="s">
+        <v>2601</v>
+      </c>
+      <c r="H91" t="s">
+        <v>2602</v>
+      </c>
+      <c r="I91" t="s">
+        <v>2603</v>
+      </c>
+      <c r="J91" t="s">
+        <v>20</v>
+      </c>
+      <c r="K91" t="s">
+        <v>2604</v>
+      </c>
+      <c r="L91" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M91" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N91" t="s">
+        <v>2177</v>
+      </c>
+      <c r="O91" t="s">
+        <v>2605</v>
+      </c>
+      <c r="P91" t="s">
+        <v>2606</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B92" t="s">
+        <v>2607</v>
+      </c>
+      <c r="C92" t="s">
+        <v>20</v>
+      </c>
+      <c r="D92" t="s">
+        <v>20</v>
+      </c>
+      <c r="E92" t="s">
+        <v>2608</v>
+      </c>
+      <c r="F92" t="s">
+        <v>20</v>
+      </c>
+      <c r="G92" t="s">
+        <v>2609</v>
+      </c>
+      <c r="H92" t="s">
+        <v>2610</v>
+      </c>
+      <c r="I92" t="s">
+        <v>2611</v>
+      </c>
+      <c r="J92" t="s">
+        <v>2214</v>
+      </c>
+      <c r="K92" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L92" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M92" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N92" t="s">
+        <v>2169</v>
+      </c>
+      <c r="O92" t="s">
+        <v>2170</v>
+      </c>
+      <c r="P92" t="s">
+        <v>2612</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B93" t="s">
+        <v>2613</v>
+      </c>
+      <c r="C93" t="s">
+        <v>20</v>
+      </c>
+      <c r="D93" t="s">
+        <v>20</v>
+      </c>
+      <c r="E93" t="s">
+        <v>2614</v>
+      </c>
+      <c r="F93" t="s">
+        <v>20</v>
+      </c>
+      <c r="G93" t="s">
+        <v>2615</v>
+      </c>
+      <c r="H93" t="s">
+        <v>2616</v>
+      </c>
+      <c r="I93" t="s">
+        <v>2617</v>
+      </c>
+      <c r="J93" t="s">
+        <v>2226</v>
+      </c>
+      <c r="K93" t="s">
+        <v>2227</v>
+      </c>
+      <c r="L93" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M93" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N93" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O93" t="s">
+        <v>2145</v>
+      </c>
+      <c r="P93" t="s">
+        <v>2618</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B94" t="s">
+        <v>2619</v>
+      </c>
+      <c r="C94" t="s">
+        <v>20</v>
+      </c>
+      <c r="D94" t="s">
+        <v>20</v>
+      </c>
+      <c r="E94" t="s">
+        <v>2620</v>
+      </c>
+      <c r="F94" t="s">
+        <v>20</v>
+      </c>
+      <c r="G94" t="s">
+        <v>2621</v>
+      </c>
+      <c r="H94" t="s">
+        <v>2622</v>
+      </c>
+      <c r="I94" t="s">
+        <v>2623</v>
+      </c>
+      <c r="J94" t="s">
+        <v>2624</v>
+      </c>
+      <c r="K94" t="s">
+        <v>2625</v>
+      </c>
+      <c r="L94" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M94" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N94" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O94" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P94" t="s">
+        <v>2626</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B95" t="s">
+        <v>2627</v>
+      </c>
+      <c r="C95" t="s">
+        <v>20</v>
+      </c>
+      <c r="D95" t="s">
+        <v>20</v>
+      </c>
+      <c r="E95" t="s">
+        <v>2628</v>
+      </c>
+      <c r="F95" t="s">
+        <v>20</v>
+      </c>
+      <c r="G95" t="s">
+        <v>2629</v>
+      </c>
+      <c r="H95" t="s">
+        <v>2630</v>
+      </c>
+      <c r="I95" t="s">
+        <v>2631</v>
+      </c>
+      <c r="J95" t="s">
+        <v>2632</v>
+      </c>
+      <c r="K95" t="s">
+        <v>2633</v>
+      </c>
+      <c r="L95" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M95" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N95" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O95" t="s">
+        <v>2145</v>
+      </c>
+      <c r="P95" t="s">
+        <v>2634</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B96" t="s">
+        <v>2635</v>
+      </c>
+      <c r="C96" t="s">
+        <v>20</v>
+      </c>
+      <c r="D96" t="s">
+        <v>20</v>
+      </c>
+      <c r="E96" t="s">
+        <v>2636</v>
+      </c>
+      <c r="F96" t="s">
+        <v>20</v>
+      </c>
+      <c r="G96" t="s">
+        <v>2637</v>
+      </c>
+      <c r="H96" t="s">
+        <v>2638</v>
+      </c>
+      <c r="I96" t="s">
+        <v>2192</v>
+      </c>
+      <c r="J96" t="s">
+        <v>2214</v>
+      </c>
+      <c r="K96" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L96" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M96" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N96" t="s">
+        <v>2169</v>
+      </c>
+      <c r="O96" t="s">
+        <v>2170</v>
+      </c>
+      <c r="P96" t="s">
+        <v>2639</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B97" t="s">
+        <v>2640</v>
+      </c>
+      <c r="C97" t="s">
+        <v>20</v>
+      </c>
+      <c r="D97" t="s">
+        <v>20</v>
+      </c>
+      <c r="E97" t="s">
+        <v>2641</v>
+      </c>
+      <c r="F97" t="s">
+        <v>20</v>
+      </c>
+      <c r="G97" t="s">
+        <v>2642</v>
+      </c>
+      <c r="H97" t="s">
+        <v>2643</v>
+      </c>
+      <c r="I97" t="s">
+        <v>2644</v>
+      </c>
+      <c r="J97" t="s">
+        <v>2645</v>
+      </c>
+      <c r="K97" t="s">
+        <v>970</v>
+      </c>
+      <c r="L97" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M97" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N97" t="s">
+        <v>2646</v>
+      </c>
+      <c r="O97" t="s">
+        <v>2647</v>
+      </c>
+      <c r="P97" t="s">
+        <v>2648</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B98" t="s">
+        <v>2649</v>
+      </c>
+      <c r="C98" t="s">
+        <v>20</v>
+      </c>
+      <c r="D98" t="s">
+        <v>20</v>
+      </c>
+      <c r="E98" t="s">
+        <v>2357</v>
+      </c>
+      <c r="F98" t="s">
+        <v>20</v>
+      </c>
+      <c r="G98" t="s">
+        <v>2650</v>
+      </c>
+      <c r="H98" t="s">
+        <v>2651</v>
+      </c>
+      <c r="I98" t="s">
+        <v>2652</v>
+      </c>
+      <c r="J98" t="s">
+        <v>2078</v>
+      </c>
+      <c r="K98" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L98" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M98" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N98" t="s">
+        <v>2169</v>
+      </c>
+      <c r="O98" t="s">
+        <v>2170</v>
+      </c>
+      <c r="P98" t="s">
+        <v>2653</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B99" t="s">
+        <v>2654</v>
+      </c>
+      <c r="C99" t="s">
+        <v>20</v>
+      </c>
+      <c r="D99" t="s">
+        <v>20</v>
+      </c>
+      <c r="E99" t="s">
+        <v>2357</v>
+      </c>
+      <c r="F99" t="s">
+        <v>20</v>
+      </c>
+      <c r="G99" t="s">
+        <v>2655</v>
+      </c>
+      <c r="H99" t="s">
+        <v>2656</v>
+      </c>
+      <c r="I99" t="s">
+        <v>2657</v>
+      </c>
+      <c r="J99" t="s">
+        <v>2129</v>
+      </c>
+      <c r="K99" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L99" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M99" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N99" t="s">
+        <v>2079</v>
+      </c>
+      <c r="O99" t="s">
+        <v>2080</v>
+      </c>
+      <c r="P99" t="s">
+        <v>2658</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B100" t="s">
+        <v>2659</v>
+      </c>
+      <c r="C100" t="s">
+        <v>20</v>
+      </c>
+      <c r="D100" t="s">
+        <v>20</v>
+      </c>
+      <c r="E100" t="s">
+        <v>2660</v>
+      </c>
+      <c r="F100" t="s">
+        <v>20</v>
+      </c>
+      <c r="G100" t="s">
+        <v>2661</v>
+      </c>
+      <c r="H100" t="s">
+        <v>2662</v>
+      </c>
+      <c r="I100" t="s">
+        <v>2663</v>
+      </c>
+      <c r="J100" t="s">
+        <v>20</v>
+      </c>
+      <c r="K100" t="s">
+        <v>2664</v>
+      </c>
+      <c r="L100" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M100" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N100" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O100" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P100" t="s">
+        <v>2665</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B101" t="s">
+        <v>2666</v>
+      </c>
+      <c r="C101" t="s">
+        <v>20</v>
+      </c>
+      <c r="D101" t="s">
+        <v>20</v>
+      </c>
+      <c r="E101" t="s">
+        <v>2667</v>
+      </c>
+      <c r="F101" t="s">
+        <v>20</v>
+      </c>
+      <c r="G101" t="s">
+        <v>2668</v>
+      </c>
+      <c r="H101" t="s">
+        <v>2669</v>
+      </c>
+      <c r="I101" t="s">
+        <v>2670</v>
+      </c>
+      <c r="J101" t="s">
+        <v>2671</v>
+      </c>
+      <c r="K101" t="s">
+        <v>2672</v>
+      </c>
+      <c r="L101" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M101" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N101" t="s">
+        <v>2419</v>
+      </c>
+      <c r="O101" t="s">
+        <v>2444</v>
+      </c>
+      <c r="P101" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B102" t="s">
+        <v>2674</v>
+      </c>
+      <c r="C102" t="s">
+        <v>20</v>
+      </c>
+      <c r="D102" t="s">
+        <v>20</v>
+      </c>
+      <c r="E102" t="s">
+        <v>2667</v>
+      </c>
+      <c r="F102" t="s">
+        <v>20</v>
+      </c>
+      <c r="G102" t="s">
+        <v>2675</v>
+      </c>
+      <c r="H102" t="s">
+        <v>2676</v>
+      </c>
+      <c r="I102" t="s">
+        <v>2670</v>
+      </c>
+      <c r="J102" t="s">
+        <v>2671</v>
+      </c>
+      <c r="K102" t="s">
+        <v>2672</v>
+      </c>
+      <c r="L102" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M102" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N102" t="s">
+        <v>2419</v>
+      </c>
+      <c r="O102" t="s">
+        <v>2444</v>
+      </c>
+      <c r="P102" t="s">
+        <v>2677</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B103" t="s">
+        <v>2678</v>
+      </c>
+      <c r="C103" t="s">
+        <v>20</v>
+      </c>
+      <c r="D103" t="s">
+        <v>20</v>
+      </c>
+      <c r="E103" t="s">
+        <v>2679</v>
+      </c>
+      <c r="F103" t="s">
+        <v>20</v>
+      </c>
+      <c r="G103" t="s">
+        <v>2680</v>
+      </c>
+      <c r="H103" t="s">
+        <v>2681</v>
+      </c>
+      <c r="I103" t="s">
+        <v>2682</v>
+      </c>
+      <c r="J103" t="s">
+        <v>2214</v>
+      </c>
+      <c r="K103" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L103" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M103" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N103" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O103" t="s">
+        <v>2683</v>
+      </c>
+      <c r="P103" t="s">
+        <v>2684</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B104" t="s">
+        <v>2685</v>
+      </c>
+      <c r="C104" t="s">
+        <v>20</v>
+      </c>
+      <c r="D104" t="s">
+        <v>20</v>
+      </c>
+      <c r="E104" t="s">
+        <v>2679</v>
+      </c>
+      <c r="F104" t="s">
+        <v>20</v>
+      </c>
+      <c r="G104" t="s">
+        <v>2686</v>
+      </c>
+      <c r="H104" t="s">
+        <v>2687</v>
+      </c>
+      <c r="I104" t="s">
+        <v>2688</v>
+      </c>
+      <c r="J104" t="s">
+        <v>2214</v>
+      </c>
+      <c r="K104" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L104" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M104" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N104" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O104" t="s">
+        <v>2689</v>
+      </c>
+      <c r="P104" t="s">
+        <v>2690</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B105" t="s">
+        <v>2691</v>
+      </c>
+      <c r="C105" t="s">
+        <v>20</v>
+      </c>
+      <c r="D105" t="s">
+        <v>20</v>
+      </c>
+      <c r="E105" t="s">
+        <v>2692</v>
+      </c>
+      <c r="F105" t="s">
+        <v>20</v>
+      </c>
+      <c r="G105" t="s">
+        <v>2693</v>
+      </c>
+      <c r="H105" t="s">
+        <v>2694</v>
+      </c>
+      <c r="I105" t="s">
+        <v>2695</v>
+      </c>
+      <c r="J105" t="s">
+        <v>2696</v>
+      </c>
+      <c r="K105" t="s">
+        <v>1722</v>
+      </c>
+      <c r="L105" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M105" t="s">
+        <v>2130</v>
+      </c>
+      <c r="N105" t="s">
+        <v>2697</v>
+      </c>
+      <c r="O105" t="s">
+        <v>2698</v>
+      </c>
+      <c r="P105" t="s">
+        <v>2699</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B106" t="s">
+        <v>2700</v>
+      </c>
+      <c r="C106" t="s">
+        <v>20</v>
+      </c>
+      <c r="D106" t="s">
+        <v>20</v>
+      </c>
+      <c r="E106" t="s">
+        <v>2701</v>
+      </c>
+      <c r="F106" t="s">
+        <v>20</v>
+      </c>
+      <c r="G106" t="s">
+        <v>2702</v>
+      </c>
+      <c r="H106" t="s">
+        <v>2703</v>
+      </c>
+      <c r="I106" t="s">
+        <v>2704</v>
+      </c>
+      <c r="J106" t="s">
+        <v>20</v>
+      </c>
+      <c r="K106" t="s">
+        <v>2705</v>
+      </c>
+      <c r="L106" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M106" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N106" t="s">
+        <v>2706</v>
+      </c>
+      <c r="O106" t="s">
+        <v>2605</v>
+      </c>
+      <c r="P106" t="s">
+        <v>2707</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B107" t="s">
+        <v>2708</v>
+      </c>
+      <c r="C107" t="s">
+        <v>20</v>
+      </c>
+      <c r="D107" t="s">
+        <v>20</v>
+      </c>
+      <c r="E107" t="s">
+        <v>2709</v>
+      </c>
+      <c r="F107" t="s">
+        <v>20</v>
+      </c>
+      <c r="G107" t="s">
+        <v>2710</v>
+      </c>
+      <c r="H107" t="s">
+        <v>2711</v>
+      </c>
+      <c r="I107" t="s">
+        <v>2712</v>
+      </c>
+      <c r="J107" t="s">
+        <v>2713</v>
+      </c>
+      <c r="K107" t="s">
+        <v>2714</v>
+      </c>
+      <c r="L107" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M107" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N107" t="s">
+        <v>2001</v>
+      </c>
+      <c r="O107" t="s">
+        <v>2002</v>
+      </c>
+      <c r="P107" t="s">
+        <v>2715</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B108" t="s">
+        <v>2716</v>
+      </c>
+      <c r="C108" t="s">
+        <v>20</v>
+      </c>
+      <c r="D108" t="s">
+        <v>20</v>
+      </c>
+      <c r="E108" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F108" t="s">
+        <v>20</v>
+      </c>
+      <c r="G108" t="s">
+        <v>2718</v>
+      </c>
+      <c r="H108" t="s">
+        <v>2719</v>
+      </c>
+      <c r="I108" t="s">
+        <v>2720</v>
+      </c>
+      <c r="J108" t="s">
+        <v>2078</v>
+      </c>
+      <c r="K108" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L108" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M108" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N108" t="s">
+        <v>2001</v>
+      </c>
+      <c r="O108" t="s">
+        <v>2002</v>
+      </c>
+      <c r="P108" t="s">
+        <v>2721</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B109" t="s">
+        <v>2722</v>
+      </c>
+      <c r="C109" t="s">
+        <v>20</v>
+      </c>
+      <c r="D109" t="s">
+        <v>20</v>
+      </c>
+      <c r="E109" t="s">
+        <v>2723</v>
+      </c>
+      <c r="F109" t="s">
+        <v>20</v>
+      </c>
+      <c r="G109" t="s">
+        <v>2724</v>
+      </c>
+      <c r="H109" t="s">
+        <v>2725</v>
+      </c>
+      <c r="I109" t="s">
+        <v>2726</v>
+      </c>
+      <c r="J109" t="s">
+        <v>2727</v>
+      </c>
+      <c r="K109" t="s">
+        <v>2728</v>
+      </c>
+      <c r="L109" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M109" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N109" t="s">
+        <v>2001</v>
+      </c>
+      <c r="O109" t="s">
+        <v>2002</v>
+      </c>
+      <c r="P109" t="s">
+        <v>2729</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B110" t="s">
+        <v>2730</v>
+      </c>
+      <c r="C110" t="s">
+        <v>20</v>
+      </c>
+      <c r="D110" t="s">
+        <v>20</v>
+      </c>
+      <c r="E110" t="s">
+        <v>2731</v>
+      </c>
+      <c r="F110" t="s">
+        <v>20</v>
+      </c>
+      <c r="G110" t="s">
+        <v>2732</v>
+      </c>
+      <c r="H110" t="s">
+        <v>2733</v>
+      </c>
+      <c r="I110" t="s">
+        <v>2734</v>
+      </c>
+      <c r="J110" t="s">
+        <v>2735</v>
+      </c>
+      <c r="K110" t="s">
+        <v>2736</v>
+      </c>
+      <c r="L110" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M110" t="s">
+        <v>2130</v>
+      </c>
+      <c r="N110" t="s">
+        <v>2001</v>
+      </c>
+      <c r="O110" t="s">
+        <v>2002</v>
+      </c>
+      <c r="P110" t="s">
+        <v>2737</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B111" t="s">
+        <v>2738</v>
+      </c>
+      <c r="C111" t="s">
+        <v>20</v>
+      </c>
+      <c r="D111" t="s">
+        <v>20</v>
+      </c>
+      <c r="E111" t="s">
+        <v>2731</v>
+      </c>
+      <c r="F111" t="s">
+        <v>20</v>
+      </c>
+      <c r="G111" t="s">
+        <v>2739</v>
+      </c>
+      <c r="H111" t="s">
+        <v>2740</v>
+      </c>
+      <c r="I111" t="s">
+        <v>2741</v>
+      </c>
+      <c r="J111" t="s">
+        <v>2238</v>
+      </c>
+      <c r="K111" t="s">
+        <v>2239</v>
+      </c>
+      <c r="L111" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M111" t="s">
+        <v>2130</v>
+      </c>
+      <c r="N111" t="s">
+        <v>2001</v>
+      </c>
+      <c r="O111" t="s">
+        <v>2002</v>
+      </c>
+      <c r="P111" t="s">
+        <v>2742</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B112" t="s">
+        <v>2743</v>
+      </c>
+      <c r="C112" t="s">
+        <v>20</v>
+      </c>
+      <c r="D112" t="s">
+        <v>20</v>
+      </c>
+      <c r="E112" t="s">
+        <v>2744</v>
+      </c>
+      <c r="F112" t="s">
+        <v>20</v>
+      </c>
+      <c r="G112" t="s">
+        <v>2745</v>
+      </c>
+      <c r="H112" t="s">
+        <v>2746</v>
+      </c>
+      <c r="I112" t="s">
+        <v>2747</v>
+      </c>
+      <c r="J112" t="s">
+        <v>20</v>
+      </c>
+      <c r="K112" t="s">
+        <v>2748</v>
+      </c>
+      <c r="L112" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M112" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N112" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O112" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P112" t="s">
+        <v>2749</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B113" t="s">
+        <v>2750</v>
+      </c>
+      <c r="C113" t="s">
+        <v>20</v>
+      </c>
+      <c r="D113" t="s">
+        <v>20</v>
+      </c>
+      <c r="E113" t="s">
+        <v>2751</v>
+      </c>
+      <c r="F113" t="s">
+        <v>20</v>
+      </c>
+      <c r="G113" t="s">
+        <v>2752</v>
+      </c>
+      <c r="H113" t="s">
+        <v>2753</v>
+      </c>
+      <c r="I113" t="s">
+        <v>2754</v>
+      </c>
+      <c r="J113" t="s">
+        <v>2226</v>
+      </c>
+      <c r="K113" t="s">
+        <v>2227</v>
+      </c>
+      <c r="L113" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M113" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N113" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O113" t="s">
+        <v>2145</v>
+      </c>
+      <c r="P113" t="s">
+        <v>2755</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B114" t="s">
+        <v>2756</v>
+      </c>
+      <c r="C114" t="s">
+        <v>20</v>
+      </c>
+      <c r="D114" t="s">
+        <v>20</v>
+      </c>
+      <c r="E114" t="s">
+        <v>2757</v>
+      </c>
+      <c r="F114" t="s">
+        <v>20</v>
+      </c>
+      <c r="G114" t="s">
+        <v>2758</v>
+      </c>
+      <c r="H114" t="s">
+        <v>2759</v>
+      </c>
+      <c r="I114" t="s">
+        <v>2760</v>
+      </c>
+      <c r="J114" t="s">
+        <v>2761</v>
+      </c>
+      <c r="K114" t="s">
+        <v>469</v>
+      </c>
+      <c r="L114" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M114" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N114" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O114" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P114" t="s">
+        <v>2762</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B115" t="s">
+        <v>2763</v>
+      </c>
+      <c r="C115" t="s">
+        <v>20</v>
+      </c>
+      <c r="D115" t="s">
+        <v>20</v>
+      </c>
+      <c r="E115" t="s">
+        <v>2757</v>
+      </c>
+      <c r="F115" t="s">
+        <v>20</v>
+      </c>
+      <c r="G115" t="s">
+        <v>2764</v>
+      </c>
+      <c r="H115" t="s">
+        <v>2765</v>
+      </c>
+      <c r="I115" t="s">
+        <v>2766</v>
+      </c>
+      <c r="J115" t="s">
+        <v>2767</v>
+      </c>
+      <c r="K115" t="s">
+        <v>2768</v>
+      </c>
+      <c r="L115" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M115" t="s">
+        <v>2130</v>
+      </c>
+      <c r="N115" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O115" t="s">
+        <v>2131</v>
+      </c>
+      <c r="P115" t="s">
+        <v>2769</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B116" t="s">
+        <v>2770</v>
+      </c>
+      <c r="C116" t="s">
+        <v>20</v>
+      </c>
+      <c r="D116" t="s">
+        <v>20</v>
+      </c>
+      <c r="E116" t="s">
+        <v>2757</v>
+      </c>
+      <c r="F116" t="s">
+        <v>20</v>
+      </c>
+      <c r="G116" t="s">
+        <v>2771</v>
+      </c>
+      <c r="H116" t="s">
+        <v>2772</v>
+      </c>
+      <c r="I116" t="s">
+        <v>2773</v>
+      </c>
+      <c r="J116" t="s">
+        <v>2774</v>
+      </c>
+      <c r="K116" t="s">
+        <v>2775</v>
+      </c>
+      <c r="L116" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M116" t="s">
+        <v>2130</v>
+      </c>
+      <c r="N116" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O116" t="s">
+        <v>2131</v>
+      </c>
+      <c r="P116" t="s">
+        <v>2776</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B117" t="s">
+        <v>2777</v>
+      </c>
+      <c r="C117" t="s">
+        <v>20</v>
+      </c>
+      <c r="D117" t="s">
+        <v>20</v>
+      </c>
+      <c r="E117" t="s">
+        <v>2778</v>
+      </c>
+      <c r="F117" t="s">
+        <v>20</v>
+      </c>
+      <c r="G117" t="s">
+        <v>2779</v>
+      </c>
+      <c r="H117" t="s">
+        <v>2780</v>
+      </c>
+      <c r="I117" t="s">
+        <v>2781</v>
+      </c>
+      <c r="J117" t="s">
+        <v>2129</v>
+      </c>
+      <c r="K117" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L117" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M117" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N117" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O117" t="s">
+        <v>2186</v>
+      </c>
+      <c r="P117" t="s">
+        <v>2782</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B118" t="s">
+        <v>2783</v>
+      </c>
+      <c r="C118" t="s">
+        <v>20</v>
+      </c>
+      <c r="D118" t="s">
+        <v>20</v>
+      </c>
+      <c r="E118" t="s">
+        <v>2784</v>
+      </c>
+      <c r="F118" t="s">
+        <v>20</v>
+      </c>
+      <c r="G118" t="s">
+        <v>2785</v>
+      </c>
+      <c r="H118" t="s">
+        <v>2786</v>
+      </c>
+      <c r="I118" t="s">
+        <v>2787</v>
+      </c>
+      <c r="J118" t="s">
+        <v>2348</v>
+      </c>
+      <c r="K118" t="s">
+        <v>2349</v>
+      </c>
+      <c r="L118" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M118" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N118" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O118" t="s">
+        <v>2788</v>
+      </c>
+      <c r="P118" t="s">
+        <v>2789</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B119" t="s">
+        <v>2790</v>
+      </c>
+      <c r="C119" t="s">
+        <v>20</v>
+      </c>
+      <c r="D119" t="s">
+        <v>20</v>
+      </c>
+      <c r="E119" t="s">
+        <v>2784</v>
+      </c>
+      <c r="F119" t="s">
+        <v>20</v>
+      </c>
+      <c r="G119" t="s">
+        <v>2791</v>
+      </c>
+      <c r="H119" t="s">
+        <v>2792</v>
+      </c>
+      <c r="I119" t="s">
+        <v>2787</v>
+      </c>
+      <c r="J119" t="s">
+        <v>2348</v>
+      </c>
+      <c r="K119" t="s">
+        <v>2349</v>
+      </c>
+      <c r="L119" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M119" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N119" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O119" t="s">
+        <v>2788</v>
+      </c>
+      <c r="P119" t="s">
+        <v>2793</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B120" t="s">
+        <v>2794</v>
+      </c>
+      <c r="C120" t="s">
+        <v>20</v>
+      </c>
+      <c r="D120" t="s">
+        <v>20</v>
+      </c>
+      <c r="E120" t="s">
+        <v>2784</v>
+      </c>
+      <c r="F120" t="s">
+        <v>20</v>
+      </c>
+      <c r="G120" t="s">
+        <v>2795</v>
+      </c>
+      <c r="H120" t="s">
+        <v>2796</v>
+      </c>
+      <c r="I120" t="s">
+        <v>2787</v>
+      </c>
+      <c r="J120" t="s">
+        <v>2348</v>
+      </c>
+      <c r="K120" t="s">
+        <v>2349</v>
+      </c>
+      <c r="L120" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M120" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N120" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O120" t="s">
+        <v>2240</v>
+      </c>
+      <c r="P120" t="s">
+        <v>2797</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B121" t="s">
+        <v>2798</v>
+      </c>
+      <c r="C121" t="s">
+        <v>20</v>
+      </c>
+      <c r="D121" t="s">
+        <v>20</v>
+      </c>
+      <c r="E121" t="s">
+        <v>2799</v>
+      </c>
+      <c r="F121" t="s">
+        <v>20</v>
+      </c>
+      <c r="G121" t="s">
+        <v>2800</v>
+      </c>
+      <c r="H121" t="s">
+        <v>2801</v>
+      </c>
+      <c r="I121" t="s">
+        <v>2802</v>
+      </c>
+      <c r="J121" t="s">
+        <v>2129</v>
+      </c>
+      <c r="K121" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L121" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M121" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N121" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O121" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P121" t="s">
+        <v>2803</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B122" t="s">
+        <v>2804</v>
+      </c>
+      <c r="C122" t="s">
+        <v>20</v>
+      </c>
+      <c r="D122" t="s">
+        <v>20</v>
+      </c>
+      <c r="E122" t="s">
+        <v>2799</v>
+      </c>
+      <c r="F122" t="s">
+        <v>20</v>
+      </c>
+      <c r="G122" t="s">
+        <v>2805</v>
+      </c>
+      <c r="H122" t="s">
+        <v>2806</v>
+      </c>
+      <c r="I122" t="s">
+        <v>2807</v>
+      </c>
+      <c r="J122" t="s">
+        <v>2808</v>
+      </c>
+      <c r="K122" t="s">
+        <v>2809</v>
+      </c>
+      <c r="L122" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M122" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N122" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O122" t="s">
+        <v>2131</v>
+      </c>
+      <c r="P122" t="s">
+        <v>2810</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B123" t="s">
+        <v>2811</v>
+      </c>
+      <c r="C123" t="s">
+        <v>20</v>
+      </c>
+      <c r="D123" t="s">
+        <v>20</v>
+      </c>
+      <c r="E123" t="s">
+        <v>2799</v>
+      </c>
+      <c r="F123" t="s">
+        <v>20</v>
+      </c>
+      <c r="G123" t="s">
+        <v>2812</v>
+      </c>
+      <c r="H123" t="s">
+        <v>2813</v>
+      </c>
+      <c r="I123" t="s">
+        <v>2814</v>
+      </c>
+      <c r="J123" t="s">
+        <v>2016</v>
+      </c>
+      <c r="K123" t="s">
+        <v>2017</v>
+      </c>
+      <c r="L123" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M123" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N123" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O123" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P123" t="s">
+        <v>2815</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B124" t="s">
+        <v>2816</v>
+      </c>
+      <c r="C124" t="s">
+        <v>20</v>
+      </c>
+      <c r="D124" t="s">
+        <v>20</v>
+      </c>
+      <c r="E124" t="s">
+        <v>2817</v>
+      </c>
+      <c r="F124" t="s">
+        <v>20</v>
+      </c>
+      <c r="G124" t="s">
+        <v>2818</v>
+      </c>
+      <c r="H124" t="s">
+        <v>2819</v>
+      </c>
+      <c r="I124" t="s">
+        <v>2820</v>
+      </c>
+      <c r="J124" t="s">
+        <v>2373</v>
+      </c>
+      <c r="K124" t="s">
+        <v>2374</v>
+      </c>
+      <c r="L124" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M124" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N124" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O124" t="s">
+        <v>2145</v>
+      </c>
+      <c r="P124" t="s">
+        <v>2821</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B125" t="s">
+        <v>2822</v>
+      </c>
+      <c r="C125" t="s">
+        <v>20</v>
+      </c>
+      <c r="D125" t="s">
+        <v>20</v>
+      </c>
+      <c r="E125" t="s">
+        <v>2823</v>
+      </c>
+      <c r="F125" t="s">
+        <v>20</v>
+      </c>
+      <c r="G125" t="s">
+        <v>2824</v>
+      </c>
+      <c r="H125" t="s">
+        <v>2825</v>
+      </c>
+      <c r="I125" t="s">
+        <v>2826</v>
+      </c>
+      <c r="J125" t="s">
+        <v>2071</v>
+      </c>
+      <c r="K125" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L125" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M125" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N125" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O125" t="s">
+        <v>2683</v>
+      </c>
+      <c r="P125" t="s">
+        <v>2827</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B126" t="s">
+        <v>2828</v>
+      </c>
+      <c r="C126" t="s">
+        <v>20</v>
+      </c>
+      <c r="D126" t="s">
+        <v>20</v>
+      </c>
+      <c r="E126" t="s">
+        <v>2829</v>
+      </c>
+      <c r="F126" t="s">
+        <v>20</v>
+      </c>
+      <c r="G126" t="s">
+        <v>2830</v>
+      </c>
+      <c r="H126" t="s">
+        <v>2831</v>
+      </c>
+      <c r="I126" t="s">
+        <v>2832</v>
+      </c>
+      <c r="J126" t="s">
+        <v>20</v>
+      </c>
+      <c r="K126" t="s">
+        <v>2833</v>
+      </c>
+      <c r="L126" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M126" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N126" t="s">
+        <v>2001</v>
+      </c>
+      <c r="O126" t="s">
+        <v>2002</v>
+      </c>
+      <c r="P126" t="s">
+        <v>2834</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B127" t="s">
+        <v>2835</v>
+      </c>
+      <c r="C127" t="s">
+        <v>20</v>
+      </c>
+      <c r="D127" t="s">
+        <v>20</v>
+      </c>
+      <c r="E127" t="s">
+        <v>2836</v>
+      </c>
+      <c r="F127" t="s">
+        <v>20</v>
+      </c>
+      <c r="G127" t="s">
+        <v>2837</v>
+      </c>
+      <c r="H127" t="s">
+        <v>2838</v>
+      </c>
+      <c r="I127" t="s">
+        <v>2839</v>
+      </c>
+      <c r="J127" t="s">
+        <v>2840</v>
+      </c>
+      <c r="K127" t="s">
+        <v>174</v>
+      </c>
+      <c r="L127" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M127" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N127" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O127" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P127" t="s">
+        <v>2841</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B128" t="s">
+        <v>2842</v>
+      </c>
+      <c r="C128" t="s">
+        <v>20</v>
+      </c>
+      <c r="D128" t="s">
+        <v>20</v>
+      </c>
+      <c r="E128" t="s">
+        <v>2843</v>
+      </c>
+      <c r="F128" t="s">
+        <v>20</v>
+      </c>
+      <c r="G128" t="s">
+        <v>2844</v>
+      </c>
+      <c r="H128" t="s">
+        <v>2845</v>
+      </c>
+      <c r="I128" t="s">
+        <v>2238</v>
+      </c>
+      <c r="J128" t="s">
+        <v>20</v>
+      </c>
+      <c r="K128" t="s">
+        <v>2239</v>
+      </c>
+      <c r="L128" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M128" t="s">
+        <v>2130</v>
+      </c>
+      <c r="N128" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O128" t="s">
+        <v>2788</v>
+      </c>
+      <c r="P128" t="s">
+        <v>2846</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B129" t="s">
+        <v>2847</v>
+      </c>
+      <c r="C129" t="s">
+        <v>20</v>
+      </c>
+      <c r="D129" t="s">
+        <v>20</v>
+      </c>
+      <c r="E129" t="s">
+        <v>2843</v>
+      </c>
+      <c r="F129" t="s">
+        <v>20</v>
+      </c>
+      <c r="G129" t="s">
+        <v>2848</v>
+      </c>
+      <c r="H129" t="s">
+        <v>2849</v>
+      </c>
+      <c r="I129" t="s">
+        <v>2238</v>
+      </c>
+      <c r="J129" t="s">
+        <v>20</v>
+      </c>
+      <c r="K129" t="s">
+        <v>2239</v>
+      </c>
+      <c r="L129" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M129" t="s">
+        <v>2130</v>
+      </c>
+      <c r="N129" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O129" t="s">
+        <v>2186</v>
+      </c>
+      <c r="P129" t="s">
+        <v>2850</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B130" t="s">
+        <v>2851</v>
+      </c>
+      <c r="C130" t="s">
+        <v>20</v>
+      </c>
+      <c r="D130" t="s">
+        <v>20</v>
+      </c>
+      <c r="E130" t="s">
+        <v>2852</v>
+      </c>
+      <c r="F130" t="s">
+        <v>20</v>
+      </c>
+      <c r="G130" t="s">
+        <v>2853</v>
+      </c>
+      <c r="H130" t="s">
+        <v>2854</v>
+      </c>
+      <c r="I130" t="s">
+        <v>2855</v>
+      </c>
+      <c r="J130" t="s">
+        <v>2808</v>
+      </c>
+      <c r="K130" t="s">
+        <v>2809</v>
+      </c>
+      <c r="L130" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M130" t="s">
+        <v>2130</v>
+      </c>
+      <c r="N130" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O130" t="s">
+        <v>2162</v>
+      </c>
+      <c r="P130" t="s">
+        <v>2856</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B131" t="s">
+        <v>2857</v>
+      </c>
+      <c r="C131" t="s">
+        <v>20</v>
+      </c>
+      <c r="D131" t="s">
+        <v>20</v>
+      </c>
+      <c r="E131" t="s">
+        <v>2858</v>
+      </c>
+      <c r="F131" t="s">
+        <v>20</v>
+      </c>
+      <c r="G131" t="s">
+        <v>2859</v>
+      </c>
+      <c r="H131" t="s">
+        <v>2860</v>
+      </c>
+      <c r="I131" t="s">
+        <v>2861</v>
+      </c>
+      <c r="J131" t="s">
+        <v>2862</v>
+      </c>
+      <c r="K131" t="s">
+        <v>2863</v>
+      </c>
+      <c r="L131" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M131" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N131" t="s">
+        <v>2001</v>
+      </c>
+      <c r="O131" t="s">
+        <v>2002</v>
+      </c>
+      <c r="P131" t="s">
+        <v>2864</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B132" t="s">
+        <v>2865</v>
+      </c>
+      <c r="C132" t="s">
+        <v>20</v>
+      </c>
+      <c r="D132" t="s">
+        <v>20</v>
+      </c>
+      <c r="E132" t="s">
+        <v>2866</v>
+      </c>
+      <c r="F132" t="s">
+        <v>20</v>
+      </c>
+      <c r="G132" t="s">
+        <v>2867</v>
+      </c>
+      <c r="H132" t="s">
+        <v>2868</v>
+      </c>
+      <c r="I132" t="s">
+        <v>2869</v>
+      </c>
+      <c r="J132" t="s">
+        <v>2761</v>
+      </c>
+      <c r="K132" t="s">
+        <v>469</v>
+      </c>
+      <c r="L132" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M132" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N132" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O132" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P132" t="s">
+        <v>2870</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B133" t="s">
+        <v>2871</v>
+      </c>
+      <c r="C133" t="s">
+        <v>20</v>
+      </c>
+      <c r="D133" t="s">
+        <v>20</v>
+      </c>
+      <c r="E133" t="s">
+        <v>2866</v>
+      </c>
+      <c r="F133" t="s">
+        <v>20</v>
+      </c>
+      <c r="G133" t="s">
+        <v>2872</v>
+      </c>
+      <c r="H133" t="s">
+        <v>2873</v>
+      </c>
+      <c r="I133" t="s">
+        <v>2874</v>
+      </c>
+      <c r="J133" t="s">
+        <v>2214</v>
+      </c>
+      <c r="K133" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L133" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M133" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N133" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O133" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P133" t="s">
+        <v>2875</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B134" t="s">
+        <v>2876</v>
+      </c>
+      <c r="C134" t="s">
+        <v>20</v>
+      </c>
+      <c r="D134" t="s">
+        <v>20</v>
+      </c>
+      <c r="E134" t="s">
+        <v>2877</v>
+      </c>
+      <c r="F134" t="s">
+        <v>20</v>
+      </c>
+      <c r="G134" t="s">
+        <v>2878</v>
+      </c>
+      <c r="H134" t="s">
+        <v>2879</v>
+      </c>
+      <c r="I134" t="s">
+        <v>2880</v>
+      </c>
+      <c r="J134" t="s">
+        <v>2185</v>
+      </c>
+      <c r="K134" t="s">
+        <v>1722</v>
+      </c>
+      <c r="L134" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M134" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N134" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O134" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P134" t="s">
+        <v>2881</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B135" t="s">
+        <v>2882</v>
+      </c>
+      <c r="C135" t="s">
+        <v>20</v>
+      </c>
+      <c r="D135" t="s">
+        <v>20</v>
+      </c>
+      <c r="E135" t="s">
+        <v>2883</v>
+      </c>
+      <c r="F135" t="s">
+        <v>20</v>
+      </c>
+      <c r="G135" t="s">
+        <v>2884</v>
+      </c>
+      <c r="H135" t="s">
+        <v>2885</v>
+      </c>
+      <c r="I135" t="s">
+        <v>2886</v>
+      </c>
+      <c r="J135" t="s">
+        <v>2436</v>
+      </c>
+      <c r="K135" t="s">
+        <v>2437</v>
+      </c>
+      <c r="L135" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M135" t="s">
+        <v>2130</v>
+      </c>
+      <c r="N135" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O135" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P135" t="s">
+        <v>2887</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B136" t="s">
+        <v>2888</v>
+      </c>
+      <c r="C136" t="s">
+        <v>20</v>
+      </c>
+      <c r="D136" t="s">
+        <v>20</v>
+      </c>
+      <c r="E136" t="s">
+        <v>2889</v>
+      </c>
+      <c r="F136" t="s">
+        <v>20</v>
+      </c>
+      <c r="G136" t="s">
+        <v>2890</v>
+      </c>
+      <c r="H136" t="s">
+        <v>2891</v>
+      </c>
+      <c r="I136" t="s">
+        <v>2892</v>
+      </c>
+      <c r="J136" t="s">
+        <v>20</v>
+      </c>
+      <c r="K136" t="s">
+        <v>2893</v>
+      </c>
+      <c r="L136" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M136" t="s">
+        <v>2130</v>
+      </c>
+      <c r="N136" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O136" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P136" t="s">
+        <v>2894</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B137" t="s">
+        <v>2895</v>
+      </c>
+      <c r="C137" t="s">
+        <v>20</v>
+      </c>
+      <c r="D137" t="s">
+        <v>20</v>
+      </c>
+      <c r="E137" t="s">
+        <v>2889</v>
+      </c>
+      <c r="F137" t="s">
+        <v>20</v>
+      </c>
+      <c r="G137" t="s">
+        <v>2896</v>
+      </c>
+      <c r="H137" t="s">
+        <v>2897</v>
+      </c>
+      <c r="I137" t="s">
+        <v>2898</v>
+      </c>
+      <c r="J137" t="s">
+        <v>2899</v>
+      </c>
+      <c r="K137" t="s">
+        <v>2900</v>
+      </c>
+      <c r="L137" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M137" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N137" t="s">
+        <v>2646</v>
+      </c>
+      <c r="O137" t="s">
+        <v>2647</v>
+      </c>
+      <c r="P137" t="s">
+        <v>2901</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B138" t="s">
+        <v>2902</v>
+      </c>
+      <c r="C138" t="s">
+        <v>20</v>
+      </c>
+      <c r="D138" t="s">
+        <v>20</v>
+      </c>
+      <c r="E138" t="s">
+        <v>2903</v>
+      </c>
+      <c r="F138" t="s">
+        <v>20</v>
+      </c>
+      <c r="G138" t="s">
+        <v>2904</v>
+      </c>
+      <c r="H138" t="s">
+        <v>2905</v>
+      </c>
+      <c r="I138" t="s">
+        <v>2906</v>
+      </c>
+      <c r="J138" t="s">
+        <v>20</v>
+      </c>
+      <c r="K138" t="s">
+        <v>2907</v>
+      </c>
+      <c r="L138" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M138" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N138" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O138" t="s">
+        <v>2162</v>
+      </c>
+      <c r="P138" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B139" t="s">
+        <v>2909</v>
+      </c>
+      <c r="C139" t="s">
+        <v>20</v>
+      </c>
+      <c r="D139" t="s">
+        <v>20</v>
+      </c>
+      <c r="E139" t="s">
+        <v>2910</v>
+      </c>
+      <c r="F139" t="s">
+        <v>20</v>
+      </c>
+      <c r="G139" t="s">
+        <v>2911</v>
+      </c>
+      <c r="H139" t="s">
+        <v>2912</v>
+      </c>
+      <c r="I139" t="s">
+        <v>2913</v>
+      </c>
+      <c r="J139" t="s">
+        <v>20</v>
+      </c>
+      <c r="K139" t="s">
+        <v>2914</v>
+      </c>
+      <c r="L139" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M139" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N139" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O139" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P139" t="s">
+        <v>2915</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B140" t="s">
+        <v>2916</v>
+      </c>
+      <c r="C140" t="s">
+        <v>20</v>
+      </c>
+      <c r="D140" t="s">
+        <v>20</v>
+      </c>
+      <c r="E140" t="s">
+        <v>2910</v>
+      </c>
+      <c r="F140" t="s">
+        <v>20</v>
+      </c>
+      <c r="G140" t="s">
+        <v>2917</v>
+      </c>
+      <c r="H140" t="s">
+        <v>2918</v>
+      </c>
+      <c r="I140" t="s">
+        <v>2919</v>
+      </c>
+      <c r="J140" t="s">
+        <v>2920</v>
+      </c>
+      <c r="K140" t="s">
+        <v>2921</v>
+      </c>
+      <c r="L140" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M140" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N140" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O140" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P140" t="s">
+        <v>2922</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B141" t="s">
+        <v>2923</v>
+      </c>
+      <c r="C141" t="s">
+        <v>20</v>
+      </c>
+      <c r="D141" t="s">
+        <v>20</v>
+      </c>
+      <c r="E141" t="s">
+        <v>2924</v>
+      </c>
+      <c r="F141" t="s">
+        <v>20</v>
+      </c>
+      <c r="G141" t="s">
+        <v>2925</v>
+      </c>
+      <c r="H141" t="s">
+        <v>2926</v>
+      </c>
+      <c r="I141" t="s">
+        <v>2927</v>
+      </c>
+      <c r="J141" t="s">
+        <v>20</v>
+      </c>
+      <c r="K141" t="s">
+        <v>2928</v>
+      </c>
+      <c r="L141" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M141" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N141" t="s">
+        <v>2079</v>
+      </c>
+      <c r="O141" t="s">
+        <v>2080</v>
+      </c>
+      <c r="P141" t="s">
+        <v>2929</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B142" t="s">
+        <v>2930</v>
+      </c>
+      <c r="C142" t="s">
+        <v>20</v>
+      </c>
+      <c r="D142" t="s">
+        <v>20</v>
+      </c>
+      <c r="E142" t="s">
+        <v>2931</v>
+      </c>
+      <c r="F142" t="s">
+        <v>20</v>
+      </c>
+      <c r="G142" t="s">
+        <v>2932</v>
+      </c>
+      <c r="H142" t="s">
+        <v>2933</v>
+      </c>
+      <c r="I142" t="s">
+        <v>2934</v>
+      </c>
+      <c r="J142" t="s">
+        <v>2071</v>
+      </c>
+      <c r="K142" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L142" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M142" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N142" t="s">
+        <v>2169</v>
+      </c>
+      <c r="O142" t="s">
+        <v>2170</v>
+      </c>
+      <c r="P142" t="s">
+        <v>2935</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B143" t="s">
+        <v>2936</v>
+      </c>
+      <c r="C143" t="s">
+        <v>20</v>
+      </c>
+      <c r="D143" t="s">
+        <v>20</v>
+      </c>
+      <c r="E143" t="s">
+        <v>2931</v>
+      </c>
+      <c r="F143" t="s">
+        <v>20</v>
+      </c>
+      <c r="G143" t="s">
+        <v>2937</v>
+      </c>
+      <c r="H143" t="s">
+        <v>2938</v>
+      </c>
+      <c r="I143" t="s">
+        <v>2939</v>
+      </c>
+      <c r="J143" t="s">
+        <v>2193</v>
+      </c>
+      <c r="K143" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L143" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M143" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N143" t="s">
+        <v>2169</v>
+      </c>
+      <c r="O143" t="s">
+        <v>2207</v>
+      </c>
+      <c r="P143" t="s">
+        <v>2940</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B144" t="s">
+        <v>2936</v>
+      </c>
+      <c r="C144" t="s">
+        <v>20</v>
+      </c>
+      <c r="D144" t="s">
+        <v>20</v>
+      </c>
+      <c r="E144" t="s">
+        <v>2931</v>
+      </c>
+      <c r="F144" t="s">
+        <v>20</v>
+      </c>
+      <c r="G144" t="s">
+        <v>2941</v>
+      </c>
+      <c r="H144" t="s">
+        <v>2942</v>
+      </c>
+      <c r="I144" t="s">
+        <v>2943</v>
+      </c>
+      <c r="J144" t="s">
+        <v>2767</v>
+      </c>
+      <c r="K144" t="s">
+        <v>2768</v>
+      </c>
+      <c r="L144" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M144" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N144" t="s">
+        <v>2169</v>
+      </c>
+      <c r="O144" t="s">
+        <v>2207</v>
+      </c>
+      <c r="P144" t="s">
+        <v>2944</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M24"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>13</v>
+      </c>
+      <c r="J1" t="s">
+        <v>14</v>
+      </c>
+      <c r="K1" t="s">
+        <v>2945</v>
+      </c>
+      <c r="L1" t="s">
+        <v>2946</v>
+      </c>
+      <c r="M1" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2947</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2948</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2950</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2951</v>
+      </c>
+      <c r="I2" t="s">
+        <v>2952</v>
+      </c>
+      <c r="J2" t="s">
+        <v>38</v>
+      </c>
+      <c r="K2" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L2" t="s">
+        <v>41</v>
+      </c>
+      <c r="M2" t="s">
+        <v>2953</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2947</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2954</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>94</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2955</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2956</v>
+      </c>
+      <c r="I3" t="s">
+        <v>2957</v>
+      </c>
+      <c r="J3" t="s">
+        <v>100</v>
+      </c>
+      <c r="K3" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L3" t="s">
+        <v>101</v>
+      </c>
+      <c r="M3" t="s">
+        <v>2958</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2947</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2959</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2960</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2961</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2962</v>
+      </c>
+      <c r="I4" t="s">
+        <v>2963</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>2964</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2947</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2965</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2966</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2967</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2968</v>
+      </c>
+      <c r="I5" t="s">
+        <v>2969</v>
+      </c>
+      <c r="J5" t="s">
+        <v>587</v>
+      </c>
+      <c r="K5" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L5" t="s">
+        <v>590</v>
+      </c>
+      <c r="M5" t="s">
+        <v>2970</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2947</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2959</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2971</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2972</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2973</v>
+      </c>
+      <c r="I6" t="s">
+        <v>2963</v>
+      </c>
+      <c r="J6" t="s">
+        <v>38</v>
+      </c>
+      <c r="K6" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L6" t="s">
+        <v>41</v>
+      </c>
+      <c r="M6" t="s">
+        <v>2964</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2974</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2975</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2976</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2977</v>
+      </c>
+      <c r="I7" t="s">
+        <v>2978</v>
+      </c>
+      <c r="J7" t="s">
+        <v>221</v>
+      </c>
+      <c r="K7" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L7" t="s">
+        <v>222</v>
+      </c>
+      <c r="M7" t="s">
+        <v>2979</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2947</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2980</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2981</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2982</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2983</v>
+      </c>
+      <c r="I8" t="s">
+        <v>2984</v>
+      </c>
+      <c r="J8" t="s">
+        <v>587</v>
+      </c>
+      <c r="K8" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L8" t="s">
+        <v>590</v>
+      </c>
+      <c r="M8" t="s">
+        <v>2985</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2947</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2948</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>224</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2986</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2987</v>
+      </c>
+      <c r="I9" t="s">
+        <v>2988</v>
+      </c>
+      <c r="J9" t="s">
+        <v>38</v>
+      </c>
+      <c r="K9" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L9" t="s">
+        <v>41</v>
+      </c>
+      <c r="M9" t="s">
+        <v>2989</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2947</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2990</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>257</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2991</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2992</v>
+      </c>
+      <c r="I10" t="s">
+        <v>2993</v>
+      </c>
+      <c r="J10" t="s">
+        <v>264</v>
+      </c>
+      <c r="K10" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L10" t="s">
+        <v>265</v>
+      </c>
+      <c r="M10" t="s">
+        <v>2994</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2947</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2995</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>267</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2996</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2997</v>
+      </c>
+      <c r="I11" t="s">
+        <v>2998</v>
+      </c>
+      <c r="J11" t="s">
+        <v>172</v>
+      </c>
+      <c r="K11" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L11" t="s">
+        <v>175</v>
+      </c>
+      <c r="M11" t="s">
+        <v>2999</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2947</v>
+      </c>
+      <c r="B12" t="s">
+        <v>3000</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>3001</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>3002</v>
+      </c>
+      <c r="H12" t="s">
+        <v>3003</v>
+      </c>
+      <c r="I12" t="s">
+        <v>3004</v>
+      </c>
+      <c r="J12" t="s">
+        <v>327</v>
+      </c>
+      <c r="K12" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L12" t="s">
+        <v>329</v>
+      </c>
+      <c r="M12" t="s">
+        <v>3005</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2947</v>
+      </c>
+      <c r="B13" t="s">
+        <v>3006</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>485</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>3007</v>
+      </c>
+      <c r="H13" t="s">
+        <v>3008</v>
+      </c>
+      <c r="I13" t="s">
+        <v>3009</v>
+      </c>
+      <c r="J13" t="s">
+        <v>28</v>
+      </c>
+      <c r="K13" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L13" t="s">
+        <v>31</v>
+      </c>
+      <c r="M13" t="s">
+        <v>3010</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>2947</v>
+      </c>
+      <c r="B14" t="s">
+        <v>3011</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>3012</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>3013</v>
+      </c>
+      <c r="H14" t="s">
+        <v>3014</v>
+      </c>
+      <c r="I14" t="s">
+        <v>3015</v>
+      </c>
+      <c r="J14" t="s">
+        <v>296</v>
+      </c>
+      <c r="K14" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L14" t="s">
+        <v>297</v>
+      </c>
+      <c r="M14" t="s">
+        <v>3016</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>2947</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2995</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>3017</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>3018</v>
+      </c>
+      <c r="H15" t="s">
+        <v>3019</v>
+      </c>
+      <c r="I15" t="s">
+        <v>3020</v>
+      </c>
+      <c r="J15" t="s">
+        <v>172</v>
+      </c>
+      <c r="K15" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L15" t="s">
+        <v>175</v>
+      </c>
+      <c r="M15" t="s">
+        <v>3021</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>2947</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2965</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>3022</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>3023</v>
+      </c>
+      <c r="H16" t="s">
+        <v>3024</v>
+      </c>
+      <c r="I16" t="s">
+        <v>2969</v>
+      </c>
+      <c r="J16" t="s">
+        <v>587</v>
+      </c>
+      <c r="K16" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L16" t="s">
+        <v>590</v>
+      </c>
+      <c r="M16" t="s">
+        <v>3025</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>2947</v>
+      </c>
+      <c r="B17" t="s">
+        <v>3026</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>3027</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>3028</v>
+      </c>
+      <c r="H17" t="s">
+        <v>3029</v>
+      </c>
+      <c r="I17" t="s">
+        <v>2963</v>
+      </c>
+      <c r="J17" t="s">
+        <v>3030</v>
+      </c>
+      <c r="K17" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L17" t="s">
+        <v>3031</v>
+      </c>
+      <c r="M17" t="s">
+        <v>3032</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>2947</v>
+      </c>
+      <c r="B18" t="s">
+        <v>3033</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>3034</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>3035</v>
+      </c>
+      <c r="H18" t="s">
+        <v>3036</v>
+      </c>
+      <c r="I18" t="s">
+        <v>3037</v>
+      </c>
+      <c r="J18" t="s">
+        <v>968</v>
+      </c>
+      <c r="K18" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L18" t="s">
+        <v>971</v>
+      </c>
+      <c r="M18" t="s">
+        <v>3038</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>2947</v>
+      </c>
+      <c r="B19" t="s">
+        <v>3039</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>3040</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>3041</v>
+      </c>
+      <c r="H19" t="s">
+        <v>3042</v>
+      </c>
+      <c r="I19" t="s">
+        <v>3043</v>
+      </c>
+      <c r="J19" t="s">
+        <v>156</v>
+      </c>
+      <c r="K19" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L19" t="s">
+        <v>159</v>
+      </c>
+      <c r="M19" t="s">
+        <v>3044</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>2947</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2995</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>3045</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>3046</v>
+      </c>
+      <c r="H20" t="s">
+        <v>3047</v>
+      </c>
+      <c r="I20" t="s">
+        <v>3048</v>
+      </c>
+      <c r="J20" t="s">
+        <v>172</v>
+      </c>
+      <c r="K20" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L20" t="s">
+        <v>175</v>
+      </c>
+      <c r="M20" t="s">
+        <v>3049</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>2947</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2974</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>3050</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>3051</v>
+      </c>
+      <c r="H21" t="s">
+        <v>3052</v>
+      </c>
+      <c r="I21" t="s">
+        <v>2978</v>
+      </c>
+      <c r="J21" t="s">
+        <v>221</v>
+      </c>
+      <c r="K21" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L21" t="s">
+        <v>222</v>
+      </c>
+      <c r="M21" t="s">
+        <v>3053</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>2947</v>
+      </c>
+      <c r="B22" t="s">
+        <v>3054</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>3055</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>3056</v>
+      </c>
+      <c r="H22" t="s">
+        <v>3057</v>
+      </c>
+      <c r="I22" t="s">
+        <v>3058</v>
+      </c>
+      <c r="J22" t="s">
+        <v>587</v>
+      </c>
+      <c r="K22" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L22" t="s">
+        <v>590</v>
+      </c>
+      <c r="M22" t="s">
+        <v>3059</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>2947</v>
+      </c>
+      <c r="B23" t="s">
+        <v>3060</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>3061</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>3062</v>
+      </c>
+      <c r="H23" t="s">
+        <v>3063</v>
+      </c>
+      <c r="I23" t="s">
+        <v>3064</v>
+      </c>
+      <c r="J23" t="s">
+        <v>156</v>
+      </c>
+      <c r="K23" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L23" t="s">
+        <v>159</v>
+      </c>
+      <c r="M23" t="s">
+        <v>3065</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>2947</v>
+      </c>
+      <c r="B24" t="s">
+        <v>3066</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>3067</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>3068</v>
+      </c>
+      <c r="H24" t="s">
+        <v>3069</v>
+      </c>
+      <c r="I24" t="s">
+        <v>3070</v>
+      </c>
+      <c r="J24" t="s">
+        <v>467</v>
+      </c>
+      <c r="K24" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L24" t="s">
+        <v>470</v>
+      </c>
+      <c r="M24" t="s">
+        <v>3071</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:M1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T87"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>3072</v>
+      </c>
+      <c r="J1" t="s">
+        <v>1983</v>
+      </c>
+      <c r="K1" t="s">
+        <v>3073</v>
+      </c>
+      <c r="L1" t="s">
+        <v>1985</v>
+      </c>
+      <c r="M1" t="s">
+        <v>1986</v>
+      </c>
+      <c r="N1" t="s">
+        <v>3074</v>
+      </c>
+      <c r="O1" t="s">
+        <v>3075</v>
+      </c>
+      <c r="P1" t="s">
+        <v>3076</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>3077</v>
+      </c>
+      <c r="R1" t="s">
+        <v>1987</v>
+      </c>
+      <c r="S1" t="s">
+        <v>3078</v>
+      </c>
+      <c r="T1" t="s">
+        <v>3079</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B2" t="s">
+        <v>3081</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>3082</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>3083</v>
+      </c>
+      <c r="H2" t="s">
+        <v>3084</v>
+      </c>
+      <c r="I2" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J2" t="s">
+        <v>3086</v>
+      </c>
+      <c r="K2" t="s">
+        <v>3087</v>
+      </c>
+      <c r="L2" t="s">
+        <v>91</v>
+      </c>
+      <c r="M2" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N2" t="s">
+        <v>3088</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>3090</v>
+      </c>
+      <c r="R2" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S2" t="s">
+        <v>92</v>
+      </c>
+      <c r="T2" t="s">
+        <v>3091</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B3" t="s">
+        <v>3092</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>3093</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>3094</v>
+      </c>
+      <c r="H3" t="s">
+        <v>3095</v>
+      </c>
+      <c r="I3" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J3" t="s">
+        <v>3096</v>
+      </c>
+      <c r="K3" t="s">
+        <v>2071</v>
+      </c>
+      <c r="L3" t="s">
+        <v>1487</v>
+      </c>
+      <c r="M3" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N3" t="s">
+        <v>3097</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>2049</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>3098</v>
+      </c>
+      <c r="R3" t="s">
+        <v>2049</v>
+      </c>
+      <c r="S3" t="s">
+        <v>3099</v>
+      </c>
+      <c r="T3" t="s">
+        <v>3091</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B4" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>3101</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>3102</v>
+      </c>
+      <c r="H4" t="s">
+        <v>3103</v>
+      </c>
+      <c r="I4" t="s">
+        <v>3104</v>
+      </c>
+      <c r="J4" t="s">
+        <v>3105</v>
+      </c>
+      <c r="K4" t="s">
+        <v>2840</v>
+      </c>
+      <c r="L4" t="s">
+        <v>174</v>
+      </c>
+      <c r="M4" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N4" t="s">
+        <v>3106</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>3107</v>
+      </c>
+      <c r="R4" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S4" t="s">
+        <v>175</v>
+      </c>
+      <c r="T4" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B5" t="s">
+        <v>3109</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>3110</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>3111</v>
+      </c>
+      <c r="H5" t="s">
+        <v>3112</v>
+      </c>
+      <c r="I5" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J5" t="s">
+        <v>3113</v>
+      </c>
+      <c r="K5" t="s">
+        <v>2348</v>
+      </c>
+      <c r="L5" t="s">
+        <v>2349</v>
+      </c>
+      <c r="M5" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N5" t="s">
+        <v>3114</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>3115</v>
+      </c>
+      <c r="R5" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S5" t="s">
+        <v>3116</v>
+      </c>
+      <c r="T5" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B6" t="s">
+        <v>3117</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>3118</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>3119</v>
+      </c>
+      <c r="H6" t="s">
+        <v>3120</v>
+      </c>
+      <c r="I6" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J6" t="s">
+        <v>3121</v>
+      </c>
+      <c r="K6" t="s">
+        <v>2840</v>
+      </c>
+      <c r="L6" t="s">
+        <v>174</v>
+      </c>
+      <c r="M6" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N6" t="s">
+        <v>3122</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>3115</v>
+      </c>
+      <c r="R6" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S6" t="s">
+        <v>3123</v>
+      </c>
+      <c r="T6" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B7" t="s">
+        <v>3125</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>3126</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>3127</v>
+      </c>
+      <c r="H7" t="s">
+        <v>3128</v>
+      </c>
+      <c r="I7" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J7" t="s">
+        <v>3129</v>
+      </c>
+      <c r="K7" t="s">
+        <v>3130</v>
+      </c>
+      <c r="L7" t="s">
+        <v>3131</v>
+      </c>
+      <c r="M7" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N7" t="s">
+        <v>3132</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>3115</v>
+      </c>
+      <c r="R7" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S7" t="s">
+        <v>3133</v>
+      </c>
+      <c r="T7" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B8" t="s">
+        <v>3134</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>3135</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>3136</v>
+      </c>
+      <c r="H8" t="s">
+        <v>3137</v>
+      </c>
+      <c r="I8" t="s">
+        <v>3104</v>
+      </c>
+      <c r="J8" t="s">
+        <v>3138</v>
+      </c>
+      <c r="K8" t="s">
+        <v>2214</v>
+      </c>
+      <c r="L8" t="s">
+        <v>1487</v>
+      </c>
+      <c r="M8" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N8" t="s">
+        <v>3139</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>2130</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>3098</v>
+      </c>
+      <c r="R8" t="s">
+        <v>2130</v>
+      </c>
+      <c r="S8" t="s">
+        <v>3140</v>
+      </c>
+      <c r="T8" t="s">
+        <v>3141</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B9" t="s">
+        <v>3142</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>3135</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>3143</v>
+      </c>
+      <c r="H9" t="s">
+        <v>3144</v>
+      </c>
+      <c r="I9" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J9" t="s">
+        <v>20</v>
+      </c>
+      <c r="K9" t="s">
+        <v>2214</v>
+      </c>
+      <c r="L9" t="s">
+        <v>1487</v>
+      </c>
+      <c r="M9" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N9" t="s">
+        <v>3145</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>2130</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>3146</v>
+      </c>
+      <c r="R9" t="s">
+        <v>2130</v>
+      </c>
+      <c r="S9" t="s">
+        <v>3147</v>
+      </c>
+      <c r="T9" t="s">
+        <v>3141</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B10" t="s">
+        <v>3148</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>3149</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>3150</v>
+      </c>
+      <c r="H10" t="s">
+        <v>3151</v>
+      </c>
+      <c r="I10" t="s">
+        <v>3104</v>
+      </c>
+      <c r="J10" t="s">
+        <v>3152</v>
+      </c>
+      <c r="K10" t="s">
+        <v>2391</v>
+      </c>
+      <c r="L10" t="s">
+        <v>30</v>
+      </c>
+      <c r="M10" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N10" t="s">
+        <v>3153</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>3154</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>3155</v>
+      </c>
+      <c r="R10" t="s">
+        <v>2130</v>
+      </c>
+      <c r="S10" t="s">
+        <v>3156</v>
+      </c>
+      <c r="T10" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B11" t="s">
+        <v>3157</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>3149</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>3158</v>
+      </c>
+      <c r="H11" t="s">
+        <v>3159</v>
+      </c>
+      <c r="I11" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J11" t="s">
+        <v>3160</v>
+      </c>
+      <c r="K11" t="s">
+        <v>2391</v>
+      </c>
+      <c r="L11" t="s">
+        <v>30</v>
+      </c>
+      <c r="M11" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N11" t="s">
+        <v>3153</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>3154</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>3161</v>
+      </c>
+      <c r="R11" t="s">
+        <v>2130</v>
+      </c>
+      <c r="S11" t="s">
+        <v>3162</v>
+      </c>
+      <c r="T11" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B12" t="s">
+        <v>3163</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>3149</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>3164</v>
+      </c>
+      <c r="H12" t="s">
+        <v>3165</v>
+      </c>
+      <c r="I12" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J12" t="s">
+        <v>3166</v>
+      </c>
+      <c r="K12" t="s">
+        <v>2391</v>
+      </c>
+      <c r="L12" t="s">
+        <v>30</v>
+      </c>
+      <c r="M12" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N12" t="s">
+        <v>3167</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>3154</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>3168</v>
+      </c>
+      <c r="R12" t="s">
+        <v>2130</v>
+      </c>
+      <c r="S12" t="s">
+        <v>3169</v>
+      </c>
+      <c r="T12" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B13" t="s">
+        <v>3170</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>3149</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>3171</v>
+      </c>
+      <c r="H13" t="s">
+        <v>3172</v>
+      </c>
+      <c r="I13" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J13" t="s">
+        <v>3173</v>
+      </c>
+      <c r="K13" t="s">
+        <v>2391</v>
+      </c>
+      <c r="L13" t="s">
+        <v>30</v>
+      </c>
+      <c r="M13" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N13" t="s">
+        <v>3174</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>3154</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>3175</v>
+      </c>
+      <c r="R13" t="s">
+        <v>2130</v>
+      </c>
+      <c r="S13" t="s">
+        <v>3176</v>
+      </c>
+      <c r="T13" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B14" t="s">
+        <v>3177</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>3149</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>3178</v>
+      </c>
+      <c r="H14" t="s">
+        <v>3179</v>
+      </c>
+      <c r="I14" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J14" t="s">
+        <v>20</v>
+      </c>
+      <c r="K14" t="s">
+        <v>2226</v>
+      </c>
+      <c r="L14" t="s">
+        <v>2227</v>
+      </c>
+      <c r="M14" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N14" t="s">
+        <v>3180</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>3154</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>3115</v>
+      </c>
+      <c r="R14" t="s">
+        <v>2130</v>
+      </c>
+      <c r="S14" t="s">
+        <v>3181</v>
+      </c>
+      <c r="T14" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B15" t="s">
+        <v>264</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>3149</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>3182</v>
+      </c>
+      <c r="H15" t="s">
+        <v>3183</v>
+      </c>
+      <c r="I15" t="s">
+        <v>3104</v>
+      </c>
+      <c r="J15" t="s">
+        <v>20</v>
+      </c>
+      <c r="K15" t="s">
+        <v>2391</v>
+      </c>
+      <c r="L15" t="s">
+        <v>30</v>
+      </c>
+      <c r="M15" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N15" t="s">
+        <v>3153</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>3154</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>3184</v>
+      </c>
+      <c r="R15" t="s">
+        <v>2130</v>
+      </c>
+      <c r="S15" t="s">
+        <v>265</v>
+      </c>
+      <c r="T15" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B16" t="s">
+        <v>3185</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>3149</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>3186</v>
+      </c>
+      <c r="H16" t="s">
+        <v>3187</v>
+      </c>
+      <c r="I16" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J16" t="s">
+        <v>20</v>
+      </c>
+      <c r="K16" t="s">
+        <v>2391</v>
+      </c>
+      <c r="L16" t="s">
+        <v>30</v>
+      </c>
+      <c r="M16" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N16" t="s">
+        <v>3188</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>3154</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>3189</v>
+      </c>
+      <c r="R16" t="s">
+        <v>2130</v>
+      </c>
+      <c r="S16" t="s">
+        <v>3190</v>
+      </c>
+      <c r="T16" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B17" t="s">
+        <v>296</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>3149</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>3191</v>
+      </c>
+      <c r="H17" t="s">
+        <v>3192</v>
+      </c>
+      <c r="I17" t="s">
+        <v>3104</v>
+      </c>
+      <c r="J17" t="s">
+        <v>3193</v>
+      </c>
+      <c r="K17" t="s">
+        <v>2391</v>
+      </c>
+      <c r="L17" t="s">
+        <v>30</v>
+      </c>
+      <c r="M17" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N17" t="s">
+        <v>3194</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>3154</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>3195</v>
+      </c>
+      <c r="R17" t="s">
+        <v>2130</v>
+      </c>
+      <c r="S17" t="s">
+        <v>297</v>
+      </c>
+      <c r="T17" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B18" t="s">
+        <v>3196</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>3149</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>3197</v>
+      </c>
+      <c r="H18" t="s">
+        <v>3198</v>
+      </c>
+      <c r="I18" t="s">
+        <v>3199</v>
+      </c>
+      <c r="J18" t="s">
+        <v>3173</v>
+      </c>
+      <c r="K18" t="s">
+        <v>2391</v>
+      </c>
+      <c r="L18" t="s">
+        <v>30</v>
+      </c>
+      <c r="M18" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N18" t="s">
+        <v>3200</v>
+      </c>
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>3154</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>3146</v>
+      </c>
+      <c r="R18" t="s">
+        <v>2130</v>
+      </c>
+      <c r="S18" t="s">
+        <v>3201</v>
+      </c>
+      <c r="T18" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B19" t="s">
+        <v>3202</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>3149</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>3203</v>
+      </c>
+      <c r="H19" t="s">
+        <v>3204</v>
+      </c>
+      <c r="I19" t="s">
+        <v>3199</v>
+      </c>
+      <c r="J19" t="s">
+        <v>3205</v>
+      </c>
+      <c r="K19" t="s">
+        <v>2391</v>
+      </c>
+      <c r="L19" t="s">
+        <v>30</v>
+      </c>
+      <c r="M19" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N19" t="s">
+        <v>3206</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
+        <v>3154</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>3098</v>
+      </c>
+      <c r="R19" t="s">
+        <v>2130</v>
+      </c>
+      <c r="S19" t="s">
+        <v>3207</v>
+      </c>
+      <c r="T19" t="s">
+        <v>3208</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B20" t="s">
+        <v>3209</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>3149</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>3210</v>
+      </c>
+      <c r="H20" t="s">
+        <v>3211</v>
+      </c>
+      <c r="I20" t="s">
+        <v>3199</v>
+      </c>
+      <c r="J20" t="s">
+        <v>3212</v>
+      </c>
+      <c r="K20" t="s">
+        <v>2391</v>
+      </c>
+      <c r="L20" t="s">
+        <v>30</v>
+      </c>
+      <c r="M20" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N20" t="s">
+        <v>3213</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
+        <v>3154</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>20</v>
+      </c>
+      <c r="R20" t="s">
+        <v>2130</v>
+      </c>
+      <c r="S20" t="s">
+        <v>3214</v>
+      </c>
+      <c r="T20" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B21" t="s">
+        <v>3215</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>3149</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>3216</v>
+      </c>
+      <c r="H21" t="s">
+        <v>3217</v>
+      </c>
+      <c r="I21" t="s">
+        <v>3199</v>
+      </c>
+      <c r="J21" t="s">
+        <v>3152</v>
+      </c>
+      <c r="K21" t="s">
+        <v>2391</v>
+      </c>
+      <c r="L21" t="s">
+        <v>30</v>
+      </c>
+      <c r="M21" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N21" t="s">
+        <v>3218</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>2130</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>3098</v>
+      </c>
+      <c r="R21" t="s">
+        <v>2130</v>
+      </c>
+      <c r="S21" t="s">
+        <v>3219</v>
+      </c>
+      <c r="T21" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B22" t="s">
+        <v>3220</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>3221</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>3222</v>
+      </c>
+      <c r="H22" t="s">
+        <v>3223</v>
+      </c>
+      <c r="I22" t="s">
+        <v>3104</v>
+      </c>
+      <c r="J22" t="s">
+        <v>20</v>
+      </c>
+      <c r="K22" t="s">
+        <v>3224</v>
+      </c>
+      <c r="L22" t="s">
+        <v>158</v>
+      </c>
+      <c r="M22" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N22" t="s">
+        <v>3225</v>
+      </c>
+      <c r="O22" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>3226</v>
+      </c>
+      <c r="R22" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S22" t="s">
+        <v>159</v>
+      </c>
+      <c r="T22" t="s">
+        <v>3091</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B23" t="s">
+        <v>3227</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>3221</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>3228</v>
+      </c>
+      <c r="H23" t="s">
+        <v>3229</v>
+      </c>
+      <c r="I23" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J23" t="s">
+        <v>20</v>
+      </c>
+      <c r="K23" t="s">
+        <v>3224</v>
+      </c>
+      <c r="L23" t="s">
+        <v>158</v>
+      </c>
+      <c r="M23" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N23" t="s">
+        <v>3230</v>
+      </c>
+      <c r="O23" t="s">
+        <v>20</v>
+      </c>
+      <c r="P23" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>3115</v>
+      </c>
+      <c r="R23" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S23" t="s">
+        <v>3231</v>
+      </c>
+      <c r="T23" t="s">
+        <v>3091</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B24" t="s">
+        <v>3232</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>3233</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>3234</v>
+      </c>
+      <c r="H24" t="s">
+        <v>3235</v>
+      </c>
+      <c r="I24" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J24" t="s">
+        <v>3236</v>
+      </c>
+      <c r="K24" t="s">
+        <v>2064</v>
+      </c>
+      <c r="L24" t="s">
+        <v>40</v>
+      </c>
+      <c r="M24" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N24" t="s">
+        <v>3237</v>
+      </c>
+      <c r="O24" t="s">
+        <v>20</v>
+      </c>
+      <c r="P24" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>3090</v>
+      </c>
+      <c r="R24" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S24" t="s">
+        <v>41</v>
+      </c>
+      <c r="T24" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B25" t="s">
+        <v>3238</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>3239</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>3240</v>
+      </c>
+      <c r="H25" t="s">
+        <v>3241</v>
+      </c>
+      <c r="I25" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J25" t="s">
+        <v>20</v>
+      </c>
+      <c r="K25" t="s">
+        <v>3242</v>
+      </c>
+      <c r="L25" t="s">
+        <v>1722</v>
+      </c>
+      <c r="M25" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N25" t="s">
+        <v>3243</v>
+      </c>
+      <c r="O25" t="s">
+        <v>20</v>
+      </c>
+      <c r="P25" t="s">
+        <v>3244</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>3245</v>
+      </c>
+      <c r="R25" t="s">
+        <v>2130</v>
+      </c>
+      <c r="S25" t="s">
+        <v>1723</v>
+      </c>
+      <c r="T25" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B26" t="s">
+        <v>3246</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>3247</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>3248</v>
+      </c>
+      <c r="H26" t="s">
+        <v>3249</v>
+      </c>
+      <c r="I26" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J26" t="s">
+        <v>3250</v>
+      </c>
+      <c r="K26" t="s">
+        <v>2200</v>
+      </c>
+      <c r="L26" t="s">
+        <v>2201</v>
+      </c>
+      <c r="M26" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N26" t="s">
+        <v>3251</v>
+      </c>
+      <c r="O26" t="s">
+        <v>20</v>
+      </c>
+      <c r="P26" t="s">
+        <v>3244</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>3115</v>
+      </c>
+      <c r="R26" t="s">
+        <v>2130</v>
+      </c>
+      <c r="S26" t="s">
+        <v>3252</v>
+      </c>
+      <c r="T26" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B27" t="s">
+        <v>3253</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>3254</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>3255</v>
+      </c>
+      <c r="H27" t="s">
+        <v>3256</v>
+      </c>
+      <c r="I27" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J27" t="s">
+        <v>3257</v>
+      </c>
+      <c r="K27" t="s">
+        <v>2078</v>
+      </c>
+      <c r="L27" t="s">
+        <v>1487</v>
+      </c>
+      <c r="M27" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N27" t="s">
+        <v>3258</v>
+      </c>
+      <c r="O27" t="s">
+        <v>20</v>
+      </c>
+      <c r="P27" t="s">
+        <v>2049</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>3259</v>
+      </c>
+      <c r="R27" t="s">
+        <v>2049</v>
+      </c>
+      <c r="S27" t="s">
+        <v>3260</v>
+      </c>
+      <c r="T27" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B28" t="s">
+        <v>3261</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>3262</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>3263</v>
+      </c>
+      <c r="H28" t="s">
+        <v>3264</v>
+      </c>
+      <c r="I28" t="s">
+        <v>3199</v>
+      </c>
+      <c r="J28" t="s">
+        <v>3265</v>
+      </c>
+      <c r="K28" t="s">
+        <v>3266</v>
+      </c>
+      <c r="L28" t="s">
+        <v>469</v>
+      </c>
+      <c r="M28" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N28" t="s">
+        <v>3267</v>
+      </c>
+      <c r="O28" t="s">
+        <v>20</v>
+      </c>
+      <c r="P28" t="s">
+        <v>2130</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>3146</v>
+      </c>
+      <c r="R28" t="s">
+        <v>2130</v>
+      </c>
+      <c r="S28" t="s">
+        <v>3268</v>
+      </c>
+      <c r="T28" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B29" t="s">
+        <v>3269</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>3270</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>3271</v>
+      </c>
+      <c r="H29" t="s">
+        <v>3272</v>
+      </c>
+      <c r="I29" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J29" t="s">
+        <v>3273</v>
+      </c>
+      <c r="K29" t="s">
+        <v>2808</v>
+      </c>
+      <c r="L29" t="s">
+        <v>2809</v>
+      </c>
+      <c r="M29" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N29" t="s">
+        <v>3274</v>
+      </c>
+      <c r="O29" t="s">
+        <v>20</v>
+      </c>
+      <c r="P29" t="s">
+        <v>3244</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>3115</v>
+      </c>
+      <c r="R29" t="s">
+        <v>2130</v>
+      </c>
+      <c r="S29" t="s">
+        <v>3275</v>
+      </c>
+      <c r="T29" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B30" t="s">
+        <v>3276</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>3277</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>3278</v>
+      </c>
+      <c r="H30" t="s">
+        <v>3279</v>
+      </c>
+      <c r="I30" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J30" t="s">
+        <v>3280</v>
+      </c>
+      <c r="K30" t="s">
+        <v>2185</v>
+      </c>
+      <c r="L30" t="s">
+        <v>1722</v>
+      </c>
+      <c r="M30" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N30" t="s">
+        <v>3281</v>
+      </c>
+      <c r="O30" t="s">
+        <v>20</v>
+      </c>
+      <c r="P30" t="s">
+        <v>2049</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>3115</v>
+      </c>
+      <c r="R30" t="s">
+        <v>2049</v>
+      </c>
+      <c r="S30" t="s">
+        <v>3282</v>
+      </c>
+      <c r="T30" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B31" t="s">
+        <v>3283</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>3262</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>3284</v>
+      </c>
+      <c r="H31" t="s">
+        <v>3285</v>
+      </c>
+      <c r="I31" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J31" t="s">
+        <v>3265</v>
+      </c>
+      <c r="K31" t="s">
+        <v>3266</v>
+      </c>
+      <c r="L31" t="s">
+        <v>469</v>
+      </c>
+      <c r="M31" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N31" t="s">
+        <v>3267</v>
+      </c>
+      <c r="O31" t="s">
+        <v>20</v>
+      </c>
+      <c r="P31" t="s">
+        <v>3244</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>3175</v>
+      </c>
+      <c r="R31" t="s">
+        <v>2130</v>
+      </c>
+      <c r="S31" t="s">
+        <v>3286</v>
+      </c>
+      <c r="T31" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B32" t="s">
+        <v>3287</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>3270</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>3288</v>
+      </c>
+      <c r="H32" t="s">
+        <v>3289</v>
+      </c>
+      <c r="I32" t="s">
+        <v>3199</v>
+      </c>
+      <c r="J32" t="s">
+        <v>3290</v>
+      </c>
+      <c r="K32" t="s">
+        <v>2078</v>
+      </c>
+      <c r="L32" t="s">
+        <v>1487</v>
+      </c>
+      <c r="M32" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N32" t="s">
+        <v>3291</v>
+      </c>
+      <c r="O32" t="s">
+        <v>20</v>
+      </c>
+      <c r="P32" t="s">
+        <v>2049</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>3146</v>
+      </c>
+      <c r="R32" t="s">
+        <v>2049</v>
+      </c>
+      <c r="S32" t="s">
+        <v>3292</v>
+      </c>
+      <c r="T32" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B33" t="s">
+        <v>3293</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>3294</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>3295</v>
+      </c>
+      <c r="H33" t="s">
+        <v>3296</v>
+      </c>
+      <c r="I33" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J33" t="s">
+        <v>3297</v>
+      </c>
+      <c r="K33" t="s">
+        <v>3130</v>
+      </c>
+      <c r="L33" t="s">
+        <v>3131</v>
+      </c>
+      <c r="M33" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N33" t="s">
+        <v>3298</v>
+      </c>
+      <c r="O33" t="s">
+        <v>20</v>
+      </c>
+      <c r="P33" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>3115</v>
+      </c>
+      <c r="R33" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S33" t="s">
+        <v>3299</v>
+      </c>
+      <c r="T33" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B34" t="s">
+        <v>3300</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>3301</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>3302</v>
+      </c>
+      <c r="H34" t="s">
+        <v>3303</v>
+      </c>
+      <c r="I34" t="s">
+        <v>3104</v>
+      </c>
+      <c r="J34" t="s">
+        <v>20</v>
+      </c>
+      <c r="K34" t="s">
+        <v>2735</v>
+      </c>
+      <c r="L34" t="s">
+        <v>2736</v>
+      </c>
+      <c r="M34" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N34" t="s">
+        <v>3304</v>
+      </c>
+      <c r="O34" t="s">
+        <v>20</v>
+      </c>
+      <c r="P34" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>3098</v>
+      </c>
+      <c r="R34" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S34" t="s">
+        <v>3305</v>
+      </c>
+      <c r="T34" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B35" t="s">
+        <v>3306</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>3307</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>3308</v>
+      </c>
+      <c r="H35" t="s">
+        <v>3309</v>
+      </c>
+      <c r="I35" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J35" t="s">
+        <v>3310</v>
+      </c>
+      <c r="K35" t="s">
+        <v>3311</v>
+      </c>
+      <c r="L35" t="s">
+        <v>3312</v>
+      </c>
+      <c r="M35" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N35" t="s">
+        <v>3313</v>
+      </c>
+      <c r="O35" t="s">
+        <v>20</v>
+      </c>
+      <c r="P35" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>3098</v>
+      </c>
+      <c r="R35" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S35" t="s">
+        <v>3314</v>
+      </c>
+      <c r="T35" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B36" t="s">
+        <v>3315</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>3316</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>3317</v>
+      </c>
+      <c r="H36" t="s">
+        <v>3318</v>
+      </c>
+      <c r="I36" t="s">
+        <v>3104</v>
+      </c>
+      <c r="J36" t="s">
+        <v>2063</v>
+      </c>
+      <c r="K36" t="s">
+        <v>2064</v>
+      </c>
+      <c r="L36" t="s">
+        <v>40</v>
+      </c>
+      <c r="M36" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N36" t="s">
+        <v>3319</v>
+      </c>
+      <c r="O36" t="s">
+        <v>20</v>
+      </c>
+      <c r="P36" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>3168</v>
+      </c>
+      <c r="R36" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S36" t="s">
+        <v>222</v>
+      </c>
+      <c r="T36" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B37" t="s">
+        <v>3320</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>3321</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>3322</v>
+      </c>
+      <c r="H37" t="s">
+        <v>3323</v>
+      </c>
+      <c r="I37" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J37" t="s">
+        <v>3324</v>
+      </c>
+      <c r="K37" t="s">
+        <v>2152</v>
+      </c>
+      <c r="L37" t="s">
+        <v>2153</v>
+      </c>
+      <c r="M37" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N37" t="s">
+        <v>3325</v>
+      </c>
+      <c r="O37" t="s">
+        <v>20</v>
+      </c>
+      <c r="P37" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>3115</v>
+      </c>
+      <c r="R37" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S37" t="s">
+        <v>3326</v>
+      </c>
+      <c r="T37" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B38" t="s">
+        <v>3327</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>3328</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>3329</v>
+      </c>
+      <c r="H38" t="s">
+        <v>3330</v>
+      </c>
+      <c r="I38" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J38" t="s">
+        <v>20</v>
+      </c>
+      <c r="K38" t="s">
+        <v>2009</v>
+      </c>
+      <c r="L38" t="s">
+        <v>2010</v>
+      </c>
+      <c r="M38" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N38" t="s">
+        <v>3331</v>
+      </c>
+      <c r="O38" t="s">
+        <v>20</v>
+      </c>
+      <c r="P38" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>3175</v>
+      </c>
+      <c r="R38" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S38" t="s">
+        <v>3332</v>
+      </c>
+      <c r="T38" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B39" t="s">
+        <v>3333</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>3334</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>3335</v>
+      </c>
+      <c r="H39" t="s">
+        <v>3336</v>
+      </c>
+      <c r="I39" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J39" t="s">
+        <v>3337</v>
+      </c>
+      <c r="K39" t="s">
+        <v>3338</v>
+      </c>
+      <c r="L39" t="s">
+        <v>3339</v>
+      </c>
+      <c r="M39" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N39" t="s">
+        <v>3340</v>
+      </c>
+      <c r="O39" t="s">
+        <v>20</v>
+      </c>
+      <c r="P39" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>3098</v>
+      </c>
+      <c r="R39" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S39" t="s">
+        <v>3341</v>
+      </c>
+      <c r="T39" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B40" t="s">
+        <v>3342</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>3343</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>3344</v>
+      </c>
+      <c r="H40" t="s">
+        <v>3345</v>
+      </c>
+      <c r="I40" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J40" t="s">
+        <v>20</v>
+      </c>
+      <c r="K40" t="s">
+        <v>2144</v>
+      </c>
+      <c r="L40" t="s">
+        <v>589</v>
+      </c>
+      <c r="M40" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N40" t="s">
+        <v>3346</v>
+      </c>
+      <c r="O40" t="s">
+        <v>20</v>
+      </c>
+      <c r="P40" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>3090</v>
+      </c>
+      <c r="R40" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S40" t="s">
+        <v>590</v>
+      </c>
+      <c r="T40" t="s">
+        <v>3091</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B41" t="s">
+        <v>3347</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>3348</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>3349</v>
+      </c>
+      <c r="H41" t="s">
+        <v>3350</v>
+      </c>
+      <c r="I41" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J41" t="s">
+        <v>20</v>
+      </c>
+      <c r="K41" t="s">
+        <v>3351</v>
+      </c>
+      <c r="L41" t="s">
+        <v>3352</v>
+      </c>
+      <c r="M41" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N41" t="s">
+        <v>3353</v>
+      </c>
+      <c r="O41" t="s">
+        <v>20</v>
+      </c>
+      <c r="P41" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>3115</v>
+      </c>
+      <c r="R41" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S41" t="s">
+        <v>3354</v>
+      </c>
+      <c r="T41" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B42" t="s">
+        <v>3355</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>3356</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>3357</v>
+      </c>
+      <c r="H42" t="s">
+        <v>3358</v>
+      </c>
+      <c r="I42" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J42" t="s">
+        <v>3359</v>
+      </c>
+      <c r="K42" t="s">
+        <v>3360</v>
+      </c>
+      <c r="L42" t="s">
+        <v>3361</v>
+      </c>
+      <c r="M42" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N42" t="s">
+        <v>3362</v>
+      </c>
+      <c r="O42" t="s">
+        <v>20</v>
+      </c>
+      <c r="P42" t="s">
+        <v>2049</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>3115</v>
+      </c>
+      <c r="R42" t="s">
+        <v>2049</v>
+      </c>
+      <c r="S42" t="s">
+        <v>3363</v>
+      </c>
+      <c r="T42" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B43" t="s">
+        <v>3364</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>3365</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>3366</v>
+      </c>
+      <c r="H43" t="s">
+        <v>3367</v>
+      </c>
+      <c r="I43" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J43" t="s">
+        <v>20</v>
+      </c>
+      <c r="K43" t="s">
+        <v>3368</v>
+      </c>
+      <c r="L43" t="s">
+        <v>3369</v>
+      </c>
+      <c r="M43" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N43" t="s">
+        <v>3370</v>
+      </c>
+      <c r="O43" t="s">
+        <v>20</v>
+      </c>
+      <c r="P43" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>3098</v>
+      </c>
+      <c r="R43" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S43" t="s">
+        <v>3371</v>
+      </c>
+      <c r="T43" t="s">
+        <v>3208</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B44" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>3373</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>3374</v>
+      </c>
+      <c r="H44" t="s">
+        <v>3375</v>
+      </c>
+      <c r="I44" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J44" t="s">
+        <v>3376</v>
+      </c>
+      <c r="K44" t="s">
+        <v>3377</v>
+      </c>
+      <c r="L44" t="s">
+        <v>3378</v>
+      </c>
+      <c r="M44" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N44" t="s">
+        <v>3379</v>
+      </c>
+      <c r="O44" t="s">
+        <v>20</v>
+      </c>
+      <c r="P44" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>3098</v>
+      </c>
+      <c r="R44" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S44" t="s">
+        <v>3380</v>
+      </c>
+      <c r="T44" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B45" t="s">
+        <v>3381</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>3382</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>3383</v>
+      </c>
+      <c r="H45" t="s">
+        <v>3384</v>
+      </c>
+      <c r="I45" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J45" t="s">
+        <v>3385</v>
+      </c>
+      <c r="K45" t="s">
+        <v>2064</v>
+      </c>
+      <c r="L45" t="s">
+        <v>40</v>
+      </c>
+      <c r="M45" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N45" t="s">
+        <v>3386</v>
+      </c>
+      <c r="O45" t="s">
+        <v>20</v>
+      </c>
+      <c r="P45" t="s">
+        <v>2049</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>3387</v>
+      </c>
+      <c r="R45" t="s">
+        <v>2049</v>
+      </c>
+      <c r="S45" t="s">
+        <v>101</v>
+      </c>
+      <c r="T45" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B46" t="s">
+        <v>3388</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>3389</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>3390</v>
+      </c>
+      <c r="H46" t="s">
+        <v>3391</v>
+      </c>
+      <c r="I46" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J46" t="s">
+        <v>2588</v>
+      </c>
+      <c r="K46" t="s">
+        <v>2306</v>
+      </c>
+      <c r="L46" t="s">
+        <v>2307</v>
+      </c>
+      <c r="M46" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N46" t="s">
+        <v>3392</v>
+      </c>
+      <c r="O46" t="s">
+        <v>20</v>
+      </c>
+      <c r="P46" t="s">
+        <v>2049</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>3115</v>
+      </c>
+      <c r="R46" t="s">
+        <v>2049</v>
+      </c>
+      <c r="S46" t="s">
+        <v>3393</v>
+      </c>
+      <c r="T46" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B47" t="s">
+        <v>3394</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>3395</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>3396</v>
+      </c>
+      <c r="H47" t="s">
+        <v>3397</v>
+      </c>
+      <c r="I47" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J47" t="s">
+        <v>3398</v>
+      </c>
+      <c r="K47" t="s">
+        <v>3399</v>
+      </c>
+      <c r="L47" t="s">
+        <v>3400</v>
+      </c>
+      <c r="M47" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N47" t="s">
+        <v>3401</v>
+      </c>
+      <c r="O47" t="s">
+        <v>20</v>
+      </c>
+      <c r="P47" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>3098</v>
+      </c>
+      <c r="R47" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S47" t="s">
+        <v>3402</v>
+      </c>
+      <c r="T47" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B48" t="s">
+        <v>3403</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>3404</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>3405</v>
+      </c>
+      <c r="H48" t="s">
+        <v>3406</v>
+      </c>
+      <c r="I48" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J48" t="s">
+        <v>3407</v>
+      </c>
+      <c r="K48" t="s">
+        <v>3408</v>
+      </c>
+      <c r="L48" t="s">
+        <v>3409</v>
+      </c>
+      <c r="M48" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N48" t="s">
+        <v>3410</v>
+      </c>
+      <c r="O48" t="s">
+        <v>20</v>
+      </c>
+      <c r="P48" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>3098</v>
+      </c>
+      <c r="R48" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S48" t="s">
+        <v>3411</v>
+      </c>
+      <c r="T48" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B49" t="s">
+        <v>3412</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>3413</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>3414</v>
+      </c>
+      <c r="H49" t="s">
+        <v>3415</v>
+      </c>
+      <c r="I49" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J49" t="s">
+        <v>20</v>
+      </c>
+      <c r="K49" t="s">
+        <v>3416</v>
+      </c>
+      <c r="L49" t="s">
+        <v>3417</v>
+      </c>
+      <c r="M49" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N49" t="s">
+        <v>3418</v>
+      </c>
+      <c r="O49" t="s">
+        <v>20</v>
+      </c>
+      <c r="P49" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>3115</v>
+      </c>
+      <c r="R49" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S49" t="s">
+        <v>3419</v>
+      </c>
+      <c r="T49" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B50" t="s">
+        <v>3420</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>3404</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>3421</v>
+      </c>
+      <c r="H50" t="s">
+        <v>3422</v>
+      </c>
+      <c r="I50" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J50" t="s">
+        <v>3423</v>
+      </c>
+      <c r="K50" t="s">
+        <v>3424</v>
+      </c>
+      <c r="L50" t="s">
+        <v>3425</v>
+      </c>
+      <c r="M50" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N50" t="s">
+        <v>3426</v>
+      </c>
+      <c r="O50" t="s">
+        <v>20</v>
+      </c>
+      <c r="P50" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>3175</v>
+      </c>
+      <c r="R50" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S50" t="s">
+        <v>3427</v>
+      </c>
+      <c r="T50" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B51" t="s">
+        <v>3428</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>3429</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>3430</v>
+      </c>
+      <c r="H51" t="s">
+        <v>3431</v>
+      </c>
+      <c r="I51" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J51" t="s">
+        <v>3432</v>
+      </c>
+      <c r="K51" t="s">
+        <v>3266</v>
+      </c>
+      <c r="L51" t="s">
+        <v>469</v>
+      </c>
+      <c r="M51" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N51" t="s">
+        <v>3433</v>
+      </c>
+      <c r="O51" t="s">
+        <v>20</v>
+      </c>
+      <c r="P51" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>3090</v>
+      </c>
+      <c r="R51" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S51" t="s">
+        <v>470</v>
+      </c>
+      <c r="T51" t="s">
+        <v>3434</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B52" t="s">
+        <v>3435</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>3436</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>3437</v>
+      </c>
+      <c r="H52" t="s">
+        <v>3438</v>
+      </c>
+      <c r="I52" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J52" t="s">
+        <v>3166</v>
+      </c>
+      <c r="K52" t="s">
+        <v>2391</v>
+      </c>
+      <c r="L52" t="s">
+        <v>30</v>
+      </c>
+      <c r="M52" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N52" t="s">
+        <v>3167</v>
+      </c>
+      <c r="O52" t="s">
+        <v>20</v>
+      </c>
+      <c r="P52" t="s">
+        <v>3439</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>3440</v>
+      </c>
+      <c r="R52" t="s">
+        <v>2049</v>
+      </c>
+      <c r="S52" t="s">
+        <v>31</v>
+      </c>
+      <c r="T52" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B53" t="s">
+        <v>3441</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>3442</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>3443</v>
+      </c>
+      <c r="H53" t="s">
+        <v>3444</v>
+      </c>
+      <c r="I53" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J53" t="s">
+        <v>3445</v>
+      </c>
+      <c r="K53" t="s">
+        <v>3446</v>
+      </c>
+      <c r="L53" t="s">
+        <v>970</v>
+      </c>
+      <c r="M53" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N53" t="s">
+        <v>3447</v>
+      </c>
+      <c r="O53" t="s">
+        <v>20</v>
+      </c>
+      <c r="P53" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>3448</v>
+      </c>
+      <c r="R53" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S53" t="s">
+        <v>1419</v>
+      </c>
+      <c r="T53" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B54" t="s">
+        <v>3449</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>3450</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>3451</v>
+      </c>
+      <c r="H54" t="s">
+        <v>3452</v>
+      </c>
+      <c r="I54" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J54" t="s">
+        <v>3453</v>
+      </c>
+      <c r="K54" t="s">
+        <v>2193</v>
+      </c>
+      <c r="L54" t="s">
+        <v>1487</v>
+      </c>
+      <c r="M54" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N54" t="s">
+        <v>3454</v>
+      </c>
+      <c r="O54" t="s">
+        <v>20</v>
+      </c>
+      <c r="P54" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>3115</v>
+      </c>
+      <c r="R54" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S54" t="s">
+        <v>3455</v>
+      </c>
+      <c r="T54" t="s">
+        <v>3434</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B55" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>3247</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>3457</v>
+      </c>
+      <c r="H55" t="s">
+        <v>3458</v>
+      </c>
+      <c r="I55" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J55" t="s">
+        <v>3459</v>
+      </c>
+      <c r="K55" t="s">
+        <v>2200</v>
+      </c>
+      <c r="L55" t="s">
+        <v>2201</v>
+      </c>
+      <c r="M55" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N55" t="s">
+        <v>3460</v>
+      </c>
+      <c r="O55" t="s">
+        <v>20</v>
+      </c>
+      <c r="P55" t="s">
+        <v>3244</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>3115</v>
+      </c>
+      <c r="R55" t="s">
+        <v>2130</v>
+      </c>
+      <c r="S55" t="s">
+        <v>3461</v>
+      </c>
+      <c r="T55" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B56" t="s">
+        <v>3462</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>3270</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>3463</v>
+      </c>
+      <c r="H56" t="s">
+        <v>3464</v>
+      </c>
+      <c r="I56" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J56" t="s">
+        <v>3290</v>
+      </c>
+      <c r="K56" t="s">
+        <v>2078</v>
+      </c>
+      <c r="L56" t="s">
+        <v>1487</v>
+      </c>
+      <c r="M56" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N56" t="s">
+        <v>3291</v>
+      </c>
+      <c r="O56" t="s">
+        <v>20</v>
+      </c>
+      <c r="P56" t="s">
+        <v>2049</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>3115</v>
+      </c>
+      <c r="R56" t="s">
+        <v>2049</v>
+      </c>
+      <c r="S56" t="s">
+        <v>3465</v>
+      </c>
+      <c r="T56" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B57" t="s">
+        <v>3466</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>3467</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>3468</v>
+      </c>
+      <c r="H57" t="s">
+        <v>3469</v>
+      </c>
+      <c r="I57" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J57" t="s">
+        <v>3470</v>
+      </c>
+      <c r="K57" t="s">
+        <v>2152</v>
+      </c>
+      <c r="L57" t="s">
+        <v>2153</v>
+      </c>
+      <c r="M57" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N57" t="s">
+        <v>3471</v>
+      </c>
+      <c r="O57" t="s">
+        <v>20</v>
+      </c>
+      <c r="P57" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>3175</v>
+      </c>
+      <c r="R57" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S57" t="s">
+        <v>3472</v>
+      </c>
+      <c r="T57" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B58" t="s">
+        <v>3473</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>3474</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>3475</v>
+      </c>
+      <c r="H58" t="s">
+        <v>3476</v>
+      </c>
+      <c r="I58" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J58" t="s">
+        <v>3477</v>
+      </c>
+      <c r="K58" t="s">
+        <v>2373</v>
+      </c>
+      <c r="L58" t="s">
+        <v>2374</v>
+      </c>
+      <c r="M58" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N58" t="s">
+        <v>3478</v>
+      </c>
+      <c r="O58" t="s">
+        <v>20</v>
+      </c>
+      <c r="P58" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>3115</v>
+      </c>
+      <c r="R58" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S58" t="s">
+        <v>3479</v>
+      </c>
+      <c r="T58" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B59" t="s">
+        <v>3480</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>3382</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>3481</v>
+      </c>
+      <c r="H59" t="s">
+        <v>3482</v>
+      </c>
+      <c r="I59" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J59" t="s">
+        <v>3483</v>
+      </c>
+      <c r="K59" t="s">
+        <v>2214</v>
+      </c>
+      <c r="L59" t="s">
+        <v>1487</v>
+      </c>
+      <c r="M59" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N59" t="s">
+        <v>3484</v>
+      </c>
+      <c r="O59" t="s">
+        <v>20</v>
+      </c>
+      <c r="P59" t="s">
+        <v>2049</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>3115</v>
+      </c>
+      <c r="R59" t="s">
+        <v>2049</v>
+      </c>
+      <c r="S59" t="s">
+        <v>3485</v>
+      </c>
+      <c r="T59" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B60" t="s">
+        <v>3486</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>3487</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>3488</v>
+      </c>
+      <c r="H60" t="s">
+        <v>3489</v>
+      </c>
+      <c r="I60" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J60" t="s">
+        <v>3490</v>
+      </c>
+      <c r="K60" t="s">
+        <v>3491</v>
+      </c>
+      <c r="L60" t="s">
+        <v>469</v>
+      </c>
+      <c r="M60" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N60" t="s">
+        <v>3492</v>
+      </c>
+      <c r="O60" t="s">
+        <v>20</v>
+      </c>
+      <c r="P60" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>3493</v>
+      </c>
+      <c r="R60" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S60" t="s">
+        <v>3494</v>
+      </c>
+      <c r="T60" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B61" t="s">
+        <v>3495</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>3496</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>3497</v>
+      </c>
+      <c r="H61" t="s">
+        <v>3498</v>
+      </c>
+      <c r="I61" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J61" t="s">
+        <v>3499</v>
+      </c>
+      <c r="K61" t="s">
+        <v>3500</v>
+      </c>
+      <c r="L61" t="s">
+        <v>3501</v>
+      </c>
+      <c r="M61" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N61" t="s">
+        <v>3502</v>
+      </c>
+      <c r="O61" t="s">
+        <v>20</v>
+      </c>
+      <c r="P61" t="s">
+        <v>2049</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>3115</v>
+      </c>
+      <c r="R61" t="s">
+        <v>2049</v>
+      </c>
+      <c r="S61" t="s">
+        <v>3503</v>
+      </c>
+      <c r="T61" t="s">
+        <v>3434</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B62" t="s">
+        <v>3504</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>3343</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>3505</v>
+      </c>
+      <c r="H62" t="s">
+        <v>3506</v>
+      </c>
+      <c r="I62" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J62" t="s">
+        <v>20</v>
+      </c>
+      <c r="K62" t="s">
+        <v>2144</v>
+      </c>
+      <c r="L62" t="s">
+        <v>589</v>
+      </c>
+      <c r="M62" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N62" t="s">
+        <v>3346</v>
+      </c>
+      <c r="O62" t="s">
+        <v>20</v>
+      </c>
+      <c r="P62" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>3115</v>
+      </c>
+      <c r="R62" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S62" t="s">
+        <v>3507</v>
+      </c>
+      <c r="T62" t="s">
+        <v>3091</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B63" t="s">
+        <v>3508</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>3270</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>3509</v>
+      </c>
+      <c r="H63" t="s">
+        <v>3510</v>
+      </c>
+      <c r="I63" t="s">
+        <v>3199</v>
+      </c>
+      <c r="J63" t="s">
+        <v>3273</v>
+      </c>
+      <c r="K63" t="s">
+        <v>2808</v>
+      </c>
+      <c r="L63" t="s">
+        <v>2809</v>
+      </c>
+      <c r="M63" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N63" t="s">
+        <v>3274</v>
+      </c>
+      <c r="O63" t="s">
+        <v>20</v>
+      </c>
+      <c r="P63" t="s">
+        <v>2130</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>3146</v>
+      </c>
+      <c r="R63" t="s">
+        <v>2130</v>
+      </c>
+      <c r="S63" t="s">
+        <v>3511</v>
+      </c>
+      <c r="T63" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B64" t="s">
+        <v>3512</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>3239</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>3513</v>
+      </c>
+      <c r="H64" t="s">
+        <v>3514</v>
+      </c>
+      <c r="I64" t="s">
+        <v>3199</v>
+      </c>
+      <c r="J64" t="s">
+        <v>20</v>
+      </c>
+      <c r="K64" t="s">
+        <v>2185</v>
+      </c>
+      <c r="L64" t="s">
+        <v>1722</v>
+      </c>
+      <c r="M64" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N64" t="s">
+        <v>3515</v>
+      </c>
+      <c r="O64" t="s">
+        <v>20</v>
+      </c>
+      <c r="P64" t="s">
+        <v>2130</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>3146</v>
+      </c>
+      <c r="R64" t="s">
+        <v>2130</v>
+      </c>
+      <c r="S64" t="s">
+        <v>3516</v>
+      </c>
+      <c r="T64" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B65" t="s">
+        <v>3517</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>3442</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>3518</v>
+      </c>
+      <c r="H65" t="s">
+        <v>3519</v>
+      </c>
+      <c r="I65" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J65" t="s">
+        <v>20</v>
+      </c>
+      <c r="K65" t="s">
+        <v>2144</v>
+      </c>
+      <c r="L65" t="s">
+        <v>589</v>
+      </c>
+      <c r="M65" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N65" t="s">
+        <v>3447</v>
+      </c>
+      <c r="O65" t="s">
+        <v>20</v>
+      </c>
+      <c r="P65" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>3493</v>
+      </c>
+      <c r="R65" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S65" t="s">
+        <v>3520</v>
+      </c>
+      <c r="T65" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B66" t="s">
+        <v>3521</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>3522</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>3523</v>
+      </c>
+      <c r="H66" t="s">
+        <v>3524</v>
+      </c>
+      <c r="I66" t="s">
+        <v>3199</v>
+      </c>
+      <c r="J66" t="s">
+        <v>3525</v>
+      </c>
+      <c r="K66" t="s">
+        <v>2152</v>
+      </c>
+      <c r="L66" t="s">
+        <v>2153</v>
+      </c>
+      <c r="M66" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N66" t="s">
+        <v>3526</v>
+      </c>
+      <c r="O66" t="s">
+        <v>20</v>
+      </c>
+      <c r="P66" t="s">
+        <v>2049</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>3493</v>
+      </c>
+      <c r="R66" t="s">
+        <v>2049</v>
+      </c>
+      <c r="S66" t="s">
+        <v>3527</v>
+      </c>
+      <c r="T66" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B67" t="s">
+        <v>3528</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
+        <v>3442</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
+        <v>3529</v>
+      </c>
+      <c r="H67" t="s">
+        <v>3530</v>
+      </c>
+      <c r="I67" t="s">
+        <v>3199</v>
+      </c>
+      <c r="J67" t="s">
+        <v>3531</v>
+      </c>
+      <c r="K67" t="s">
+        <v>2214</v>
+      </c>
+      <c r="L67" t="s">
+        <v>1487</v>
+      </c>
+      <c r="M67" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N67" t="s">
+        <v>3447</v>
+      </c>
+      <c r="O67" t="s">
+        <v>20</v>
+      </c>
+      <c r="P67" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>20</v>
+      </c>
+      <c r="R67" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S67" t="s">
+        <v>3532</v>
+      </c>
+      <c r="T67" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B68" t="s">
+        <v>3533</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>3487</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
+        <v>3534</v>
+      </c>
+      <c r="H68" t="s">
+        <v>3535</v>
+      </c>
+      <c r="I68" t="s">
+        <v>3199</v>
+      </c>
+      <c r="J68" t="s">
+        <v>20</v>
+      </c>
+      <c r="K68" t="s">
+        <v>3224</v>
+      </c>
+      <c r="L68" t="s">
+        <v>158</v>
+      </c>
+      <c r="M68" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N68" t="s">
+        <v>3447</v>
+      </c>
+      <c r="O68" t="s">
+        <v>20</v>
+      </c>
+      <c r="P68" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>3493</v>
+      </c>
+      <c r="R68" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S68" t="s">
+        <v>3536</v>
+      </c>
+      <c r="T68" t="s">
+        <v>3434</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B69" t="s">
+        <v>3537</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
+        <v>3487</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
+        <v>3538</v>
+      </c>
+      <c r="H69" t="s">
+        <v>3539</v>
+      </c>
+      <c r="I69" t="s">
+        <v>3199</v>
+      </c>
+      <c r="J69" t="s">
+        <v>20</v>
+      </c>
+      <c r="K69" t="s">
+        <v>2238</v>
+      </c>
+      <c r="L69" t="s">
+        <v>2239</v>
+      </c>
+      <c r="M69" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N69" t="s">
+        <v>3540</v>
+      </c>
+      <c r="O69" t="s">
+        <v>20</v>
+      </c>
+      <c r="P69" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>3493</v>
+      </c>
+      <c r="R69" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S69" t="s">
+        <v>3541</v>
+      </c>
+      <c r="T69" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B70" t="s">
+        <v>3542</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>3442</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>3543</v>
+      </c>
+      <c r="H70" t="s">
+        <v>3544</v>
+      </c>
+      <c r="I70" t="s">
+        <v>3199</v>
+      </c>
+      <c r="J70" t="s">
+        <v>20</v>
+      </c>
+      <c r="K70" t="s">
+        <v>2808</v>
+      </c>
+      <c r="L70" t="s">
+        <v>2809</v>
+      </c>
+      <c r="M70" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N70" t="s">
+        <v>3447</v>
+      </c>
+      <c r="O70" t="s">
+        <v>20</v>
+      </c>
+      <c r="P70" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>3493</v>
+      </c>
+      <c r="R70" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S70" t="s">
+        <v>3545</v>
+      </c>
+      <c r="T70" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B71" t="s">
+        <v>3546</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>3442</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
+        <v>3547</v>
+      </c>
+      <c r="H71" t="s">
+        <v>3548</v>
+      </c>
+      <c r="I71" t="s">
+        <v>3199</v>
+      </c>
+      <c r="J71" t="s">
+        <v>3549</v>
+      </c>
+      <c r="K71" t="s">
+        <v>2200</v>
+      </c>
+      <c r="L71" t="s">
+        <v>2201</v>
+      </c>
+      <c r="M71" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N71" t="s">
+        <v>3447</v>
+      </c>
+      <c r="O71" t="s">
+        <v>20</v>
+      </c>
+      <c r="P71" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>3493</v>
+      </c>
+      <c r="R71" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S71" t="s">
+        <v>3550</v>
+      </c>
+      <c r="T71" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B72" t="s">
+        <v>3551</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>3442</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
+        <v>3552</v>
+      </c>
+      <c r="H72" t="s">
+        <v>3553</v>
+      </c>
+      <c r="I72" t="s">
+        <v>3199</v>
+      </c>
+      <c r="J72" t="s">
+        <v>3554</v>
+      </c>
+      <c r="K72" t="s">
+        <v>2193</v>
+      </c>
+      <c r="L72" t="s">
+        <v>1487</v>
+      </c>
+      <c r="M72" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N72" t="s">
+        <v>3447</v>
+      </c>
+      <c r="O72" t="s">
+        <v>20</v>
+      </c>
+      <c r="P72" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>3493</v>
+      </c>
+      <c r="R72" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S72" t="s">
+        <v>3555</v>
+      </c>
+      <c r="T72" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B73" t="s">
+        <v>3556</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>3522</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
+        <v>3557</v>
+      </c>
+      <c r="H73" t="s">
+        <v>3558</v>
+      </c>
+      <c r="I73" t="s">
+        <v>3199</v>
+      </c>
+      <c r="J73" t="s">
+        <v>3559</v>
+      </c>
+      <c r="K73" t="s">
+        <v>2185</v>
+      </c>
+      <c r="L73" t="s">
+        <v>1722</v>
+      </c>
+      <c r="M73" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N73" t="s">
+        <v>3526</v>
+      </c>
+      <c r="O73" t="s">
+        <v>20</v>
+      </c>
+      <c r="P73" t="s">
+        <v>2049</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>3493</v>
+      </c>
+      <c r="R73" t="s">
+        <v>2049</v>
+      </c>
+      <c r="S73" t="s">
+        <v>3560</v>
+      </c>
+      <c r="T73" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B74" t="s">
+        <v>3561</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>3442</v>
+      </c>
+      <c r="F74" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" t="s">
+        <v>3562</v>
+      </c>
+      <c r="H74" t="s">
+        <v>3563</v>
+      </c>
+      <c r="I74" t="s">
+        <v>3199</v>
+      </c>
+      <c r="J74" t="s">
+        <v>20</v>
+      </c>
+      <c r="K74" t="s">
+        <v>3564</v>
+      </c>
+      <c r="L74" t="s">
+        <v>3565</v>
+      </c>
+      <c r="M74" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N74" t="s">
+        <v>3447</v>
+      </c>
+      <c r="O74" t="s">
+        <v>20</v>
+      </c>
+      <c r="P74" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>3493</v>
+      </c>
+      <c r="R74" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S74" t="s">
+        <v>3566</v>
+      </c>
+      <c r="T74" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B75" t="s">
+        <v>3567</v>
+      </c>
+      <c r="C75" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>3522</v>
+      </c>
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" t="s">
+        <v>3568</v>
+      </c>
+      <c r="H75" t="s">
+        <v>3569</v>
+      </c>
+      <c r="I75" t="s">
+        <v>3199</v>
+      </c>
+      <c r="J75" t="s">
+        <v>3570</v>
+      </c>
+      <c r="K75" t="s">
+        <v>2214</v>
+      </c>
+      <c r="L75" t="s">
+        <v>1487</v>
+      </c>
+      <c r="M75" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N75" t="s">
+        <v>3526</v>
+      </c>
+      <c r="O75" t="s">
+        <v>20</v>
+      </c>
+      <c r="P75" t="s">
+        <v>2049</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>3493</v>
+      </c>
+      <c r="R75" t="s">
+        <v>2049</v>
+      </c>
+      <c r="S75" t="s">
+        <v>3571</v>
+      </c>
+      <c r="T75" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B76" t="s">
+        <v>3572</v>
+      </c>
+      <c r="C76" t="s">
+        <v>20</v>
+      </c>
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>3522</v>
+      </c>
+      <c r="F76" t="s">
+        <v>20</v>
+      </c>
+      <c r="G76" t="s">
+        <v>3573</v>
+      </c>
+      <c r="H76" t="s">
+        <v>3574</v>
+      </c>
+      <c r="I76" t="s">
+        <v>3199</v>
+      </c>
+      <c r="J76" t="s">
+        <v>3575</v>
+      </c>
+      <c r="K76" t="s">
+        <v>2348</v>
+      </c>
+      <c r="L76" t="s">
+        <v>2349</v>
+      </c>
+      <c r="M76" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N76" t="s">
+        <v>3526</v>
+      </c>
+      <c r="O76" t="s">
+        <v>20</v>
+      </c>
+      <c r="P76" t="s">
+        <v>2049</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>3493</v>
+      </c>
+      <c r="R76" t="s">
+        <v>2049</v>
+      </c>
+      <c r="S76" t="s">
+        <v>3576</v>
+      </c>
+      <c r="T76" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B77" t="s">
+        <v>3577</v>
+      </c>
+      <c r="C77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D77" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" t="s">
+        <v>3442</v>
+      </c>
+      <c r="F77" t="s">
+        <v>20</v>
+      </c>
+      <c r="G77" t="s">
+        <v>3578</v>
+      </c>
+      <c r="H77" t="s">
+        <v>3579</v>
+      </c>
+      <c r="I77" t="s">
+        <v>3199</v>
+      </c>
+      <c r="J77" t="s">
+        <v>20</v>
+      </c>
+      <c r="K77" t="s">
+        <v>2009</v>
+      </c>
+      <c r="L77" t="s">
+        <v>2010</v>
+      </c>
+      <c r="M77" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N77" t="s">
+        <v>3447</v>
+      </c>
+      <c r="O77" t="s">
+        <v>20</v>
+      </c>
+      <c r="P77" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q77" t="s">
+        <v>3493</v>
+      </c>
+      <c r="R77" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S77" t="s">
+        <v>3580</v>
+      </c>
+      <c r="T77" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B78" t="s">
+        <v>3581</v>
+      </c>
+      <c r="C78" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" t="s">
+        <v>3442</v>
+      </c>
+      <c r="F78" t="s">
+        <v>20</v>
+      </c>
+      <c r="G78" t="s">
+        <v>3582</v>
+      </c>
+      <c r="H78" t="s">
+        <v>3583</v>
+      </c>
+      <c r="I78" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J78" t="s">
+        <v>3559</v>
+      </c>
+      <c r="K78" t="s">
+        <v>2185</v>
+      </c>
+      <c r="L78" t="s">
+        <v>1722</v>
+      </c>
+      <c r="M78" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N78" t="s">
+        <v>3447</v>
+      </c>
+      <c r="O78" t="s">
+        <v>20</v>
+      </c>
+      <c r="P78" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>3493</v>
+      </c>
+      <c r="R78" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S78" t="s">
+        <v>3584</v>
+      </c>
+      <c r="T78" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B79" t="s">
+        <v>3585</v>
+      </c>
+      <c r="C79" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" t="s">
+        <v>20</v>
+      </c>
+      <c r="E79" t="s">
+        <v>3442</v>
+      </c>
+      <c r="F79" t="s">
+        <v>20</v>
+      </c>
+      <c r="G79" t="s">
+        <v>3586</v>
+      </c>
+      <c r="H79" t="s">
+        <v>3587</v>
+      </c>
+      <c r="I79" t="s">
+        <v>3199</v>
+      </c>
+      <c r="J79" t="s">
+        <v>20</v>
+      </c>
+      <c r="K79" t="s">
+        <v>3588</v>
+      </c>
+      <c r="L79" t="s">
+        <v>3589</v>
+      </c>
+      <c r="M79" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N79" t="s">
+        <v>3447</v>
+      </c>
+      <c r="O79" t="s">
+        <v>20</v>
+      </c>
+      <c r="P79" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q79" t="s">
+        <v>3493</v>
+      </c>
+      <c r="R79" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S79" t="s">
+        <v>3590</v>
+      </c>
+      <c r="T79" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B80" t="s">
+        <v>3591</v>
+      </c>
+      <c r="C80" t="s">
+        <v>20</v>
+      </c>
+      <c r="D80" t="s">
+        <v>20</v>
+      </c>
+      <c r="E80" t="s">
+        <v>3522</v>
+      </c>
+      <c r="F80" t="s">
+        <v>20</v>
+      </c>
+      <c r="G80" t="s">
+        <v>3592</v>
+      </c>
+      <c r="H80" t="s">
+        <v>3593</v>
+      </c>
+      <c r="I80" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J80" t="s">
+        <v>3594</v>
+      </c>
+      <c r="K80" t="s">
+        <v>2193</v>
+      </c>
+      <c r="L80" t="s">
+        <v>1487</v>
+      </c>
+      <c r="M80" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N80" t="s">
+        <v>3526</v>
+      </c>
+      <c r="O80" t="s">
+        <v>20</v>
+      </c>
+      <c r="P80" t="s">
+        <v>2049</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>3493</v>
+      </c>
+      <c r="R80" t="s">
+        <v>2049</v>
+      </c>
+      <c r="S80" t="s">
+        <v>3595</v>
+      </c>
+      <c r="T80" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B81" t="s">
+        <v>3596</v>
+      </c>
+      <c r="C81" t="s">
+        <v>20</v>
+      </c>
+      <c r="D81" t="s">
+        <v>20</v>
+      </c>
+      <c r="E81" t="s">
+        <v>3522</v>
+      </c>
+      <c r="F81" t="s">
+        <v>20</v>
+      </c>
+      <c r="G81" t="s">
+        <v>3597</v>
+      </c>
+      <c r="H81" t="s">
+        <v>3598</v>
+      </c>
+      <c r="I81" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J81" t="s">
+        <v>3599</v>
+      </c>
+      <c r="K81" t="s">
+        <v>2129</v>
+      </c>
+      <c r="L81" t="s">
+        <v>1487</v>
+      </c>
+      <c r="M81" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N81" t="s">
+        <v>3526</v>
+      </c>
+      <c r="O81" t="s">
+        <v>20</v>
+      </c>
+      <c r="P81" t="s">
+        <v>2049</v>
+      </c>
+      <c r="Q81" t="s">
+        <v>3493</v>
+      </c>
+      <c r="R81" t="s">
+        <v>2049</v>
+      </c>
+      <c r="S81" t="s">
+        <v>3600</v>
+      </c>
+      <c r="T81" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B82" t="s">
+        <v>3601</v>
+      </c>
+      <c r="C82" t="s">
+        <v>20</v>
+      </c>
+      <c r="D82" t="s">
+        <v>20</v>
+      </c>
+      <c r="E82" t="s">
+        <v>3522</v>
+      </c>
+      <c r="F82" t="s">
+        <v>20</v>
+      </c>
+      <c r="G82" t="s">
+        <v>3602</v>
+      </c>
+      <c r="H82" t="s">
+        <v>3603</v>
+      </c>
+      <c r="I82" t="s">
+        <v>3199</v>
+      </c>
+      <c r="J82" t="s">
+        <v>3604</v>
+      </c>
+      <c r="K82" t="s">
+        <v>2306</v>
+      </c>
+      <c r="L82" t="s">
+        <v>2307</v>
+      </c>
+      <c r="M82" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N82" t="s">
+        <v>3526</v>
+      </c>
+      <c r="O82" t="s">
+        <v>20</v>
+      </c>
+      <c r="P82" t="s">
+        <v>2049</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>3493</v>
+      </c>
+      <c r="R82" t="s">
+        <v>2049</v>
+      </c>
+      <c r="S82" t="s">
+        <v>3605</v>
+      </c>
+      <c r="T82" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B83" t="s">
+        <v>3606</v>
+      </c>
+      <c r="C83" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>3442</v>
+      </c>
+      <c r="F83" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" t="s">
+        <v>3607</v>
+      </c>
+      <c r="H83" t="s">
+        <v>3608</v>
+      </c>
+      <c r="I83" t="s">
+        <v>3199</v>
+      </c>
+      <c r="J83" t="s">
+        <v>3609</v>
+      </c>
+      <c r="K83" t="s">
+        <v>2840</v>
+      </c>
+      <c r="L83" t="s">
+        <v>174</v>
+      </c>
+      <c r="M83" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N83" t="s">
+        <v>3447</v>
+      </c>
+      <c r="O83" t="s">
+        <v>20</v>
+      </c>
+      <c r="P83" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>3493</v>
+      </c>
+      <c r="R83" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S83" t="s">
+        <v>3610</v>
+      </c>
+      <c r="T83" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B84" t="s">
+        <v>3611</v>
+      </c>
+      <c r="C84" t="s">
+        <v>20</v>
+      </c>
+      <c r="D84" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" t="s">
+        <v>3612</v>
+      </c>
+      <c r="F84" t="s">
+        <v>20</v>
+      </c>
+      <c r="G84" t="s">
+        <v>3613</v>
+      </c>
+      <c r="H84" t="s">
+        <v>3614</v>
+      </c>
+      <c r="I84" t="s">
+        <v>3199</v>
+      </c>
+      <c r="J84" t="s">
+        <v>3615</v>
+      </c>
+      <c r="K84" t="s">
+        <v>3616</v>
+      </c>
+      <c r="L84" t="s">
+        <v>3617</v>
+      </c>
+      <c r="M84" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N84" t="s">
+        <v>3618</v>
+      </c>
+      <c r="O84" t="s">
+        <v>20</v>
+      </c>
+      <c r="P84" t="s">
+        <v>2049</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>20</v>
+      </c>
+      <c r="R84" t="s">
+        <v>2049</v>
+      </c>
+      <c r="S84" t="s">
+        <v>3619</v>
+      </c>
+      <c r="T84" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B85" t="s">
+        <v>3620</v>
+      </c>
+      <c r="C85" t="s">
+        <v>20</v>
+      </c>
+      <c r="D85" t="s">
+        <v>20</v>
+      </c>
+      <c r="E85" t="s">
+        <v>3621</v>
+      </c>
+      <c r="F85" t="s">
+        <v>20</v>
+      </c>
+      <c r="G85" t="s">
+        <v>3622</v>
+      </c>
+      <c r="H85" t="s">
+        <v>3623</v>
+      </c>
+      <c r="I85" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J85" t="s">
+        <v>3624</v>
+      </c>
+      <c r="K85" t="s">
+        <v>2129</v>
+      </c>
+      <c r="L85" t="s">
+        <v>1487</v>
+      </c>
+      <c r="M85" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N85" t="s">
+        <v>3625</v>
+      </c>
+      <c r="O85" t="s">
+        <v>20</v>
+      </c>
+      <c r="P85" t="s">
+        <v>2049</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>3098</v>
+      </c>
+      <c r="R85" t="s">
+        <v>2049</v>
+      </c>
+      <c r="S85" t="s">
+        <v>3626</v>
+      </c>
+      <c r="T85" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B86" t="s">
+        <v>3627</v>
+      </c>
+      <c r="C86" t="s">
+        <v>20</v>
+      </c>
+      <c r="D86" t="s">
+        <v>20</v>
+      </c>
+      <c r="E86" t="s">
+        <v>3628</v>
+      </c>
+      <c r="F86" t="s">
+        <v>20</v>
+      </c>
+      <c r="G86" t="s">
+        <v>3629</v>
+      </c>
+      <c r="H86" t="s">
+        <v>3630</v>
+      </c>
+      <c r="I86" t="s">
+        <v>3199</v>
+      </c>
+      <c r="J86" t="s">
+        <v>3631</v>
+      </c>
+      <c r="K86" t="s">
+        <v>2078</v>
+      </c>
+      <c r="L86" t="s">
+        <v>1487</v>
+      </c>
+      <c r="M86" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N86" t="s">
+        <v>3632</v>
+      </c>
+      <c r="O86" t="s">
+        <v>20</v>
+      </c>
+      <c r="P86" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>3146</v>
+      </c>
+      <c r="R86" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S86" t="s">
+        <v>3633</v>
+      </c>
+      <c r="T86" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B87" t="s">
+        <v>3634</v>
+      </c>
+      <c r="C87" t="s">
+        <v>20</v>
+      </c>
+      <c r="D87" t="s">
+        <v>20</v>
+      </c>
+      <c r="E87" t="s">
+        <v>3628</v>
+      </c>
+      <c r="F87" t="s">
+        <v>20</v>
+      </c>
+      <c r="G87" t="s">
+        <v>3635</v>
+      </c>
+      <c r="H87" t="s">
+        <v>3636</v>
+      </c>
+      <c r="I87" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J87" t="s">
+        <v>20</v>
+      </c>
+      <c r="K87" t="s">
+        <v>2078</v>
+      </c>
+      <c r="L87" t="s">
+        <v>1487</v>
+      </c>
+      <c r="M87" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N87" t="s">
+        <v>20</v>
+      </c>
+      <c r="O87" t="s">
+        <v>20</v>
+      </c>
+      <c r="P87" t="s">
+        <v>3089</v>
+      </c>
+      <c r="Q87" t="s">
+        <v>3175</v>
+      </c>
+      <c r="R87" t="s">
+        <v>3089</v>
+      </c>
+      <c r="S87" t="s">
+        <v>3637</v>
+      </c>
+      <c r="T87" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>