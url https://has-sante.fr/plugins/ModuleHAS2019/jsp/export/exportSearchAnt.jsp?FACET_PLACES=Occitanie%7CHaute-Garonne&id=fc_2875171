--- v2 (2026-01-17)
+++ v3 (2026-03-05)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
     <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11245" uniqueCount="4153">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10222" uniqueCount="3778">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -77,104 +77,137 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur GUILLAUME BRENIER</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>24/02/2026 15:15:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3878206/fr/docteur-guillaume-brenier</t>
+  </si>
+  <si>
+    <t>p_3878206</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>BRENIER</t>
+  </si>
+  <si>
+    <t>GUILLAUME</t>
+  </si>
+  <si>
+    <t>26 February 2026</t>
+  </si>
+  <si>
+    <t>CL MEDIPOLE GARONNE TOULOUSE</t>
+  </si>
+  <si>
+    <t>31036</t>
+  </si>
+  <si>
+    <t>TOULOUSE CEDEX 1</t>
+  </si>
+  <si>
+    <t>310780150</t>
+  </si>
+  <si>
     <t>Professeur Laurent BROUCHET</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>12/01/2026 15:15:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3808227/fr/professeur-laurent-brouchet</t>
   </si>
   <si>
     <t>p_3808227</t>
   </si>
   <si>
     <t>Professeur</t>
   </si>
   <si>
     <t>BROUCHET</t>
   </si>
   <si>
     <t>Laurent</t>
   </si>
   <si>
     <t>18 December 2025</t>
   </si>
   <si>
     <t>HOPITAL LARREY CHU TOULOUSE</t>
   </si>
   <si>
     <t>31059</t>
   </si>
   <si>
     <t>TOULOUSE CEDEX 9</t>
   </si>
   <si>
     <t>310019351</t>
   </si>
   <si>
     <t>Docteur CLAIRE RENAUD</t>
   </si>
   <si>
     <t>12/01/2026 15:15:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3808242/fr/docteur-claire-renaud</t>
   </si>
   <si>
     <t>p_3808242</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>RENAUD</t>
   </si>
   <si>
     <t>CLAIRE</t>
   </si>
   <si>
     <t>Docteur MATHILDE CAZAUX DE LEUGLAY</t>
   </si>
   <si>
     <t>12/01/2026 15:15:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3808289/fr/docteur-mathilde-cazaux-de-leuglay</t>
   </si>
   <si>
     <t>p_3808289</t>
   </si>
   <si>
     <t>CAZAUX DE LEUGLAY</t>
   </si>
   <si>
     <t>MATHILDE</t>
   </si>
   <si>
     <t>HOPITAL DE RANGUEIL CHU TOULOUSE</t>
@@ -512,53 +545,50 @@
   <si>
     <t>Docteur PATRICK MARIUS DJOGBENOU</t>
   </si>
   <si>
     <t>19/05/2025 12:31:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3606334/fr/docteur-patrick-marius-djogbenou</t>
   </si>
   <si>
     <t>p_3606334</t>
   </si>
   <si>
     <t>DJOGBENOU</t>
   </si>
   <si>
     <t>PATRICK MARIUS</t>
   </si>
   <si>
     <t>CL AMBROISE PARE TOULOUSE</t>
   </si>
   <si>
     <t>31082</t>
   </si>
   <si>
-    <t>TOULOUSE CEDEX 1</t>
-[...1 lines deleted...]
-  <si>
     <t>310780382</t>
   </si>
   <si>
     <t>Docteur KOUASSIVI JOEL GNANIH</t>
   </si>
   <si>
     <t>07/04/2025 12:30:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3600815/fr/docteur-kouassivi-joel-gnanih</t>
   </si>
   <si>
     <t>p_3600815</t>
   </si>
   <si>
     <t>GNANIH</t>
   </si>
   <si>
     <t>KOUASSIVI JOEL</t>
   </si>
   <si>
     <t>03 April 2025</t>
   </si>
   <si>
     <t>Docteur THIERRY CHARASSON</t>
@@ -794,515 +824,491 @@
   <si>
     <t>p_3574373</t>
   </si>
   <si>
     <t>REDJEM</t>
   </si>
   <si>
     <t>HOCINE</t>
   </si>
   <si>
     <t>19 December 2024</t>
   </si>
   <si>
     <t>CL DES CEDRES CORNEBARRIEU,HOPITAL FONDATION A DE ROTHSCHILD</t>
   </si>
   <si>
     <t>31700,75019</t>
   </si>
   <si>
     <t>CORNEBARRIEU,PARIS</t>
   </si>
   <si>
     <t>310781000,750000549</t>
   </si>
   <si>
-    <t>Docteur JULIE LIGNON</t>
-[...11 lines deleted...]
-    <t>LIGNON</t>
+    <t>Docteur JULIA GROSSAC</t>
+  </si>
+  <si>
+    <t>19/12/2024 15:32:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574664/fr/docteur-julia-grossac</t>
+  </si>
+  <si>
+    <t>p_3574664</t>
+  </si>
+  <si>
+    <t>GROSSAC</t>
+  </si>
+  <si>
+    <t>JULIA</t>
+  </si>
+  <si>
+    <t>Docteur HELENE VINOUR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574666/fr/docteur-helene-vinour</t>
+  </si>
+  <si>
+    <t>p_3574666</t>
+  </si>
+  <si>
+    <t>VINOUR</t>
+  </si>
+  <si>
+    <t>HELENE</t>
+  </si>
+  <si>
+    <t>Docteur LUC NGUYEN VAN PHI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574668/fr/docteur-luc-nguyen-van-phi</t>
+  </si>
+  <si>
+    <t>p_3574668</t>
+  </si>
+  <si>
+    <t>NGUYEN VAN PHI</t>
+  </si>
+  <si>
+    <t>LUC</t>
+  </si>
+  <si>
+    <t>Docteur DALINDA AIT AISSA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574673/fr/docteur-dalinda-ait-aissa</t>
+  </si>
+  <si>
+    <t>p_3574673</t>
+  </si>
+  <si>
+    <t>AIT AISSA</t>
+  </si>
+  <si>
+    <t>DALINDA</t>
+  </si>
+  <si>
+    <t>Docteur KELIG VERGRIETE</t>
+  </si>
+  <si>
+    <t>21/11/2024 10:33:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3559321/fr/docteur-kelig-vergriete</t>
+  </si>
+  <si>
+    <t>p_3559321</t>
+  </si>
+  <si>
+    <t>VERGRIETE</t>
+  </si>
+  <si>
+    <t>KELIG</t>
+  </si>
+  <si>
+    <t>20 November 2024</t>
+  </si>
+  <si>
+    <t>CL PASTEUR TOULOUSE</t>
+  </si>
+  <si>
+    <t>310780259</t>
+  </si>
+  <si>
+    <t>Docteur ANNE-STEPHANIE RICHEZ</t>
+  </si>
+  <si>
+    <t>18/10/2024 10:33:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550441/fr/docteur-anne-stephanie-richez</t>
+  </si>
+  <si>
+    <t>p_3550441</t>
+  </si>
+  <si>
+    <t>RICHEZ</t>
+  </si>
+  <si>
+    <t>ANNE-STEPHANIE</t>
+  </si>
+  <si>
+    <t>17 October 2024</t>
+  </si>
+  <si>
+    <t>Docteur REGIS JEAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550443/fr/docteur-regis-jean</t>
+  </si>
+  <si>
+    <t>p_3550443</t>
+  </si>
+  <si>
+    <t>JEAN</t>
+  </si>
+  <si>
+    <t>REGIS</t>
+  </si>
+  <si>
+    <t>Docteur CLAIRE CABOS</t>
+  </si>
+  <si>
+    <t>18/10/2024 10:33:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550455/fr/docteur-claire-cabos</t>
+  </si>
+  <si>
+    <t>p_3550455</t>
+  </si>
+  <si>
+    <t>CABOS</t>
+  </si>
+  <si>
+    <t>Docteur CHARLOTTE POIRSON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550459/fr/docteur-charlotte-poirson</t>
+  </si>
+  <si>
+    <t>p_3550459</t>
+  </si>
+  <si>
+    <t>POIRSON</t>
+  </si>
+  <si>
+    <t>CHARLOTTE</t>
+  </si>
+  <si>
+    <t>Docteur Pierre JASKARZEC</t>
+  </si>
+  <si>
+    <t>18/10/2024 10:33:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550603/fr/docteur-pierre-jaskarzec</t>
+  </si>
+  <si>
+    <t>p_3550603</t>
+  </si>
+  <si>
+    <t>JASKARZEC</t>
+  </si>
+  <si>
+    <t>Pierre</t>
+  </si>
+  <si>
+    <t>Professeur NICOLAS SANS</t>
+  </si>
+  <si>
+    <t>13/09/2024 15:31:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3540748/fr/professeur-nicolas-sans</t>
+  </si>
+  <si>
+    <t>p_3540748</t>
+  </si>
+  <si>
+    <t>SANS</t>
+  </si>
+  <si>
+    <t>NICOLAS</t>
+  </si>
+  <si>
+    <t>12 September 2024</t>
+  </si>
+  <si>
+    <t>HOPITAL PURPAN CHU TOULOUSE</t>
+  </si>
+  <si>
+    <t>310783048</t>
+  </si>
+  <si>
+    <t>Docteur AUDE GELAS</t>
+  </si>
+  <si>
+    <t>13/09/2024 15:33:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3541324/fr/docteur-aude-gelas</t>
+  </si>
+  <si>
+    <t>p_3541324</t>
+  </si>
+  <si>
+    <t>GELAS</t>
+  </si>
+  <si>
+    <t>AUDE</t>
+  </si>
+  <si>
+    <t>Docteur MOHAMMAD REZA SHAMS</t>
+  </si>
+  <si>
+    <t>13/09/2024 15:33:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3541332/fr/docteur-mohammad-reza-shams</t>
+  </si>
+  <si>
+    <t>p_3541332</t>
+  </si>
+  <si>
+    <t>SHAMS</t>
+  </si>
+  <si>
+    <t>MOHAMMAD REZA</t>
+  </si>
+  <si>
+    <t>Docteur MAXIME FERRANDERY</t>
+  </si>
+  <si>
+    <t>13/09/2024 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3541416/fr/docteur-maxime-ferrandery</t>
+  </si>
+  <si>
+    <t>p_3541416</t>
+  </si>
+  <si>
+    <t>FERRANDERY</t>
+  </si>
+  <si>
+    <t>MAXIME</t>
+  </si>
+  <si>
+    <t>Docteur MICHELE POT-SAIAH</t>
+  </si>
+  <si>
+    <t>13/09/2024 15:34:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3541419/fr/docteur-michele-pot-saiah</t>
+  </si>
+  <si>
+    <t>p_3541419</t>
+  </si>
+  <si>
+    <t>POT-SAIAH</t>
+  </si>
+  <si>
+    <t>MICHELE</t>
+  </si>
+  <si>
+    <t>Professeur BENOIT CHAPUT</t>
+  </si>
+  <si>
+    <t>13/09/2024 15:34:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3541460/fr/professeur-benoit-chaput</t>
+  </si>
+  <si>
+    <t>p_3541460</t>
+  </si>
+  <si>
+    <t>CHAPUT</t>
+  </si>
+  <si>
+    <t>BENOIT</t>
+  </si>
+  <si>
+    <t>Docteur BENJAMIN PRADERE</t>
+  </si>
+  <si>
+    <t>13/09/2024 15:34:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3541532/fr/docteur-benjamin-pradere</t>
+  </si>
+  <si>
+    <t>p_3541532</t>
+  </si>
+  <si>
+    <t>PRADERE</t>
+  </si>
+  <si>
+    <t>BENJAMIN</t>
+  </si>
+  <si>
+    <t>Docteur GIADA ANGIUS</t>
+  </si>
+  <si>
+    <t>13/09/2024 15:34:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3541544/fr/docteur-giada-angius</t>
+  </si>
+  <si>
+    <t>p_3541544</t>
+  </si>
+  <si>
+    <t>ANGIUS</t>
+  </si>
+  <si>
+    <t>GIADA</t>
+  </si>
+  <si>
+    <t>Docteur CAROLINE PERRIN</t>
+  </si>
+  <si>
+    <t>13/09/2024 15:34:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3541569/fr/docteur-caroline-perrin</t>
+  </si>
+  <si>
+    <t>p_3541569</t>
+  </si>
+  <si>
+    <t>PERRIN</t>
+  </si>
+  <si>
+    <t>CAROLINE</t>
+  </si>
+  <si>
+    <t>Docteur IOANNA MIRA VOUDOURI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3541571/fr/docteur-ioanna-mira-voudouri</t>
+  </si>
+  <si>
+    <t>p_3541571</t>
+  </si>
+  <si>
+    <t>VOUDOURI</t>
+  </si>
+  <si>
+    <t>IOANNA MIRA</t>
+  </si>
+  <si>
+    <t>Docteur DAVID JONES</t>
+  </si>
+  <si>
+    <t>13/09/2024 15:34:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3541599/fr/docteur-david-jones</t>
+  </si>
+  <si>
+    <t>p_3541599</t>
+  </si>
+  <si>
+    <t>JONES</t>
+  </si>
+  <si>
+    <t>DAVID</t>
+  </si>
+  <si>
+    <t>Docteur HELENE CHIAVASSA-GANDOIS</t>
+  </si>
+  <si>
+    <t>13/09/2024 15:34:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3541606/fr/docteur-helene-chiavassa-gandois</t>
+  </si>
+  <si>
+    <t>p_3541606</t>
+  </si>
+  <si>
+    <t>CHIAVASSA-GANDOIS</t>
+  </si>
+  <si>
+    <t>Docteur CELINE GOUMARRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3541608/fr/docteur-celine-goumarre</t>
+  </si>
+  <si>
+    <t>p_3541608</t>
+  </si>
+  <si>
+    <t>GOUMARRE</t>
+  </si>
+  <si>
+    <t>CELINE</t>
+  </si>
+  <si>
+    <t>Docteur LOUISE DESTOMBES</t>
+  </si>
+  <si>
+    <t>13/09/2024 15:34:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3541621/fr/docteur-louise-destombes</t>
+  </si>
+  <si>
+    <t>p_3541621</t>
+  </si>
+  <si>
+    <t>DESTOMBES</t>
+  </si>
+  <si>
+    <t>LOUISE</t>
+  </si>
+  <si>
+    <t>Docteur JULIE VIAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3541623/fr/docteur-julie-vial</t>
+  </si>
+  <si>
+    <t>p_3541623</t>
+  </si>
+  <si>
+    <t>VIAL</t>
   </si>
   <si>
     <t>JULIE</t>
   </si>
   <si>
-    <t>Docteur JULIA GROSSAC</t>
-[...445 lines deleted...]
-  <si>
     <t>Docteur Jean Baptiste BEAUVAL</t>
   </si>
   <si>
     <t>13/09/2024 15:34:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3541724/fr/docteur-jean-baptiste-beauval</t>
   </si>
   <si>
     <t>p_3541724</t>
   </si>
   <si>
     <t>BEAUVAL</t>
   </si>
   <si>
     <t>Jean Baptiste</t>
   </si>
   <si>
     <t>Docteur MARIE FARUCH BILFELD</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3541728/fr/docteur-marie-faruch-bilfeld</t>
   </si>
   <si>
     <t>p_3541728</t>
@@ -1391,110 +1397,110 @@
   <si>
     <t>BORDIER</t>
   </si>
   <si>
     <t>06 June 2024</t>
   </si>
   <si>
     <t>Docteur Roselyne FESSEAU</t>
   </si>
   <si>
     <t>26/04/2024 12:33:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3513817/fr/docteur-roselyne-fesseau</t>
   </si>
   <si>
     <t>p_3513817</t>
   </si>
   <si>
     <t>FESSEAU</t>
   </si>
   <si>
     <t>Roselyne</t>
   </si>
   <si>
+    <t>Docteur Damien DOUSSE</t>
+  </si>
+  <si>
+    <t>26/04/2024 12:34:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3514212/fr/docteur-damien-dousse</t>
+  </si>
+  <si>
+    <t>p_3514212</t>
+  </si>
+  <si>
+    <t>DOUSSE</t>
+  </si>
+  <si>
+    <t>Damien</t>
+  </si>
+  <si>
     <t>25 April 2024</t>
   </si>
   <si>
-    <t>Docteur Damien DOUSSE</t>
-[...16 lines deleted...]
-  <si>
     <t>Docteur Laura BRUNETEAU</t>
   </si>
   <si>
     <t>28/03/2024 16:34:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3504257/fr/docteur-laura-bruneteau</t>
   </si>
   <si>
     <t>p_3504257</t>
   </si>
   <si>
     <t>BRUNETEAU</t>
   </si>
   <si>
     <t>Laura</t>
   </si>
   <si>
+    <t>Docteur CAMILLE PICARD</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:34:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3504258/fr/docteur-camille-picard</t>
+  </si>
+  <si>
+    <t>p_3504258</t>
+  </si>
+  <si>
+    <t>PICARD</t>
+  </si>
+  <si>
+    <t>CAMILLE</t>
+  </si>
+  <si>
     <t>28 March 2024</t>
   </si>
   <si>
-    <t>Docteur CAMILLE PICARD</t>
-[...16 lines deleted...]
-  <si>
     <t>CL DE L'UNION SAINT JEAN,CL DES CEDRES CORNEBARRIEU</t>
   </si>
   <si>
     <t>31240,31700</t>
   </si>
   <si>
     <t>ST JEAN,CORNEBARRIEU</t>
   </si>
   <si>
     <t>310780283,310781000</t>
   </si>
   <si>
     <t>Docteur Lucas MATTESI</t>
   </si>
   <si>
     <t>28/03/2024 16:34:37</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3504270/fr/docteur-lucas-mattesi</t>
   </si>
   <si>
     <t>p_3504270</t>
   </si>
   <si>
     <t>MATTESI</t>
@@ -1742,71 +1748,71 @@
   <si>
     <t>p_3485598</t>
   </si>
   <si>
     <t>STAES</t>
   </si>
   <si>
     <t>Docteur MEHDI BENNIS</t>
   </si>
   <si>
     <t>15/12/2023 10:33:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3480050/fr/docteur-mehdi-bennis</t>
   </si>
   <si>
     <t>p_3480050</t>
   </si>
   <si>
     <t>BENNIS</t>
   </si>
   <si>
     <t>MEHDI</t>
   </si>
   <si>
+    <t>Docteur Roxane COMPAGNON</t>
+  </si>
+  <si>
+    <t>15/12/2023 10:33:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3480141/fr/docteur-roxane-compagnon</t>
+  </si>
+  <si>
+    <t>p_3480141</t>
+  </si>
+  <si>
+    <t>COMPAGNON</t>
+  </si>
+  <si>
+    <t>Roxane</t>
+  </si>
+  <si>
     <t>14 December 2023</t>
   </si>
   <si>
-    <t>Docteur Roxane COMPAGNON</t>
-[...16 lines deleted...]
-  <si>
     <t>Docteur FLORIAN JALBERT</t>
   </si>
   <si>
     <t>15/12/2023 10:33:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3480169/fr/docteur-florian-jalbert</t>
   </si>
   <si>
     <t>p_3480169</t>
   </si>
   <si>
     <t>JALBERT</t>
   </si>
   <si>
     <t>FLORIAN</t>
   </si>
   <si>
     <t>Docteur Joseph BOUYOU</t>
   </si>
   <si>
     <t>15/12/2023 10:33:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3480220/fr/docteur-joseph-bouyou</t>
@@ -1928,3365 +1934,3326 @@
   <si>
     <t>BARRET</t>
   </si>
   <si>
     <t>11 May 2023</t>
   </si>
   <si>
     <t>Docteur MOHAMED SRAIRI</t>
   </si>
   <si>
     <t>16/02/2023 18:34:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3414238/fr/docteur-mohamed-srairi</t>
   </si>
   <si>
     <t>p_3414238</t>
   </si>
   <si>
     <t>SRAIRI</t>
   </si>
   <si>
     <t>MOHAMED</t>
   </si>
   <si>
+    <t>Docteur LAURENT BELLEC</t>
+  </si>
+  <si>
+    <t>20/01/2023 09:34:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3406600/fr/docteur-laurent-bellec</t>
+  </si>
+  <si>
+    <t>p_3406600</t>
+  </si>
+  <si>
+    <t>BELLEC</t>
+  </si>
+  <si>
+    <t>LAURENT</t>
+  </si>
+  <si>
+    <t>Docteur ABDELAZIZ ASKRI</t>
+  </si>
+  <si>
+    <t>13/01/2023 09:33:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3405356/fr/docteur-abdelaziz-askri</t>
+  </si>
+  <si>
+    <t>p_3405356</t>
+  </si>
+  <si>
+    <t>ASKRI</t>
+  </si>
+  <si>
+    <t>ABDELAZIZ</t>
+  </si>
+  <si>
+    <t>28 December 2022</t>
+  </si>
+  <si>
+    <t>Docteur FABIEN VIDAL</t>
+  </si>
+  <si>
+    <t>02/01/2023 09:33:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3401714/fr/docteur-fabien-vidal</t>
+  </si>
+  <si>
+    <t>p_3401714</t>
+  </si>
+  <si>
+    <t>VIDAL</t>
+  </si>
+  <si>
+    <t>FABIEN</t>
+  </si>
+  <si>
+    <t>Docteur ANNE-SOPHIE BOUDY</t>
+  </si>
+  <si>
+    <t>19/12/2022 11:33:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3397682/fr/docteur-anne-sophie-boudy</t>
+  </si>
+  <si>
+    <t>p_3397682</t>
+  </si>
+  <si>
+    <t>BOUDY</t>
+  </si>
+  <si>
+    <t>Docteur LUDWIG DUAZO-CASSIN</t>
+  </si>
+  <si>
+    <t>01/12/2022 16:33:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3393509/fr/docteur-ludwig-duazo-cassin</t>
+  </si>
+  <si>
+    <t>p_3393509</t>
+  </si>
+  <si>
+    <t>DUAZO-CASSIN</t>
+  </si>
+  <si>
+    <t>LUDWIG</t>
+  </si>
+  <si>
+    <t>17 November 2022</t>
+  </si>
+  <si>
+    <t>Docteur PIERRICK LEBLANC</t>
+  </si>
+  <si>
+    <t>01/12/2022 16:33:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3393639/fr/docteur-pierrick-leblanc</t>
+  </si>
+  <si>
+    <t>p_3393639</t>
+  </si>
+  <si>
+    <t>LEBLANC</t>
+  </si>
+  <si>
+    <t>PIERRICK</t>
+  </si>
+  <si>
+    <t>CL RIVE GAUCHE TOULOUSE,CL AMBROISE PARE TOULOUSE</t>
+  </si>
+  <si>
+    <t>31076,31082</t>
+  </si>
+  <si>
+    <t>TOULOUSE CEDEX 3,TOULOUSE CEDEX 1</t>
+  </si>
+  <si>
+    <t>310026083,310780382</t>
+  </si>
+  <si>
+    <t>Docteur JULIEN AURIOL</t>
+  </si>
+  <si>
+    <t>28/11/2022 18:32:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391906/fr/docteur-julien-auriol</t>
+  </si>
+  <si>
+    <t>p_3391906</t>
+  </si>
+  <si>
+    <t>AURIOL</t>
+  </si>
+  <si>
+    <t>JULIEN</t>
+  </si>
+  <si>
+    <t>23 June 2022</t>
+  </si>
+  <si>
+    <t>SOCIETE CIVILE DE MOYENS ROETGEN MURET</t>
+  </si>
+  <si>
+    <t>310981501</t>
+  </si>
+  <si>
+    <t>Docteur FRANCOIS BLAIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391908/fr/docteur-francois-blain</t>
+  </si>
+  <si>
+    <t>p_3391908</t>
+  </si>
+  <si>
+    <t>BLAIN</t>
+  </si>
+  <si>
+    <t>FRANCOIS</t>
+  </si>
+  <si>
+    <t>Docteur MARIE-ALEXANDRA CAMEZIND-VIDAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391910/fr/docteur-marie-alexandra-camezind-vidal</t>
+  </si>
+  <si>
+    <t>p_3391910</t>
+  </si>
+  <si>
+    <t>CAMEZIND-VIDAL</t>
+  </si>
+  <si>
+    <t>MARIE-ALEXANDRA</t>
+  </si>
+  <si>
+    <t>Docteur FRANCOIS DELAUNAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391912/fr/docteur-francois-delaunay</t>
+  </si>
+  <si>
+    <t>p_3391912</t>
+  </si>
+  <si>
+    <t>DELAUNAY</t>
+  </si>
+  <si>
+    <t>Docteur MURIEL KANY</t>
+  </si>
+  <si>
+    <t>28/11/2022 18:32:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391914/fr/docteur-muriel-kany</t>
+  </si>
+  <si>
+    <t>p_3391914</t>
+  </si>
+  <si>
+    <t>KANY</t>
+  </si>
+  <si>
+    <t>MURIEL</t>
+  </si>
+  <si>
+    <t>Docteur PATRICE LABORDE-PEYRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391916/fr/docteur-patrice-laborde-peyre</t>
+  </si>
+  <si>
+    <t>p_3391916</t>
+  </si>
+  <si>
+    <t>LABORDE-PEYRE</t>
+  </si>
+  <si>
+    <t>PATRICE</t>
+  </si>
+  <si>
+    <t>Docteur FRANCK LAPEGUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391918/fr/docteur-franck-lapegue</t>
+  </si>
+  <si>
+    <t>p_3391918</t>
+  </si>
+  <si>
+    <t>LAPEGUE</t>
+  </si>
+  <si>
+    <t>FRANCK</t>
+  </si>
+  <si>
+    <t>Docteur PATRICK LECUSSAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391920/fr/docteur-patrick-lecussan</t>
+  </si>
+  <si>
+    <t>p_3391920</t>
+  </si>
+  <si>
+    <t>LECUSSAN</t>
+  </si>
+  <si>
+    <t>PATRICK</t>
+  </si>
+  <si>
+    <t>Docteur ERIC LEROUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391922/fr/docteur-eric-leroux</t>
+  </si>
+  <si>
+    <t>p_3391922</t>
+  </si>
+  <si>
+    <t>LEROUX</t>
+  </si>
+  <si>
+    <t>ERIC</t>
+  </si>
+  <si>
+    <t>Docteur NICOLAS MAILLY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391924/fr/docteur-nicolas-mailly</t>
+  </si>
+  <si>
+    <t>p_3391924</t>
+  </si>
+  <si>
+    <t>MAILLY</t>
+  </si>
+  <si>
+    <t>Docteur THOMAS ZEGERMANN</t>
+  </si>
+  <si>
+    <t>28/11/2022 18:32:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391929/fr/docteur-thomas-zegermann</t>
+  </si>
+  <si>
+    <t>p_3391929</t>
+  </si>
+  <si>
+    <t>ZEGERMANN</t>
+  </si>
+  <si>
+    <t>THOMAS</t>
+  </si>
+  <si>
+    <t>Docteur FLORENCE LOUBES LACROIX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391932/fr/docteur-florence-loubes-lacroix</t>
+  </si>
+  <si>
+    <t>p_3391932</t>
+  </si>
+  <si>
+    <t>LOUBES LACROIX</t>
+  </si>
+  <si>
+    <t>FLORENCE</t>
+  </si>
+  <si>
+    <t>Docteur MARION JAFFRO</t>
+  </si>
+  <si>
+    <t>28/11/2022 18:33:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391964/fr/docteur-marion-jaffro</t>
+  </si>
+  <si>
+    <t>p_3391964</t>
+  </si>
+  <si>
+    <t>JAFFRO</t>
+  </si>
+  <si>
+    <t>Docteur STEPHANIE FABRE</t>
+  </si>
+  <si>
+    <t>17/11/2022 14:34:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3386994/fr/docteur-stephanie-fabre</t>
+  </si>
+  <si>
+    <t>p_3386994</t>
+  </si>
+  <si>
+    <t>FABRE</t>
+  </si>
+  <si>
+    <t>Docteur MIHAELA LECHINTEANU</t>
+  </si>
+  <si>
+    <t>17/11/2022 16:31:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3388027/fr/docteur-mihaela-lechinteanu</t>
+  </si>
+  <si>
+    <t>p_3388027</t>
+  </si>
+  <si>
+    <t>LECHINTEANU</t>
+  </si>
+  <si>
+    <t>MIHAELA</t>
+  </si>
+  <si>
+    <t>Docteur KONSTANTINOS AMPATZOGLOU</t>
+  </si>
+  <si>
+    <t>17/11/2022 16:33:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3388437/fr/docteur-konstantinos-ampatzoglou</t>
+  </si>
+  <si>
+    <t>p_3388437</t>
+  </si>
+  <si>
+    <t>AMPATZOGLOU</t>
+  </si>
+  <si>
+    <t>KONSTANTINOS</t>
+  </si>
+  <si>
+    <t>Docteur PANAGIOTIS CHRISTODOULOU</t>
+  </si>
+  <si>
+    <t>17/11/2022 16:33:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3388439/fr/docteur-panagiotis-christodoulou</t>
+  </si>
+  <si>
+    <t>p_3388439</t>
+  </si>
+  <si>
+    <t>CHRISTODOULOU</t>
+  </si>
+  <si>
+    <t>PANAGIOTIS</t>
+  </si>
+  <si>
+    <t>Docteur ANDREI CIOBANU</t>
+  </si>
+  <si>
+    <t>17/11/2022 16:33:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3388451/fr/docteur-andrei-ciobanu</t>
+  </si>
+  <si>
+    <t>p_3388451</t>
+  </si>
+  <si>
+    <t>CIOBANU</t>
+  </si>
+  <si>
+    <t>ANDREI</t>
+  </si>
+  <si>
+    <t>Docteur JEAN PIERRE AURIA</t>
+  </si>
+  <si>
+    <t>22/09/2022 16:33:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3369298/fr/docteur-jean-pierre-auria</t>
+  </si>
+  <si>
+    <t>p_3369298</t>
+  </si>
+  <si>
+    <t>AURIA</t>
+  </si>
+  <si>
+    <t>JEAN PIERRE</t>
+  </si>
+  <si>
+    <t>22 September 2022</t>
+  </si>
+  <si>
+    <t>Docteur SAMUEL RIOT</t>
+  </si>
+  <si>
+    <t>23/06/2022 18:33:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3347222/fr/docteur-samuel-riot</t>
+  </si>
+  <si>
+    <t>p_3347222</t>
+  </si>
+  <si>
+    <t>RIOT</t>
+  </si>
+  <si>
+    <t>SAMUEL</t>
+  </si>
+  <si>
+    <t>Docteur Ambroise SALIN</t>
+  </si>
+  <si>
+    <t>16/12/2021 17:31:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305652/fr/docteur-ambroise-salin</t>
+  </si>
+  <si>
+    <t>p_3305652</t>
+  </si>
+  <si>
+    <t>SALIN</t>
+  </si>
+  <si>
+    <t>Ambroise</t>
+  </si>
+  <si>
+    <t>Docteur DAVID BRAUGE</t>
+  </si>
+  <si>
+    <t>16/12/2021 17:31:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305655/fr/docteur-david-brauge</t>
+  </si>
+  <si>
+    <t>p_3305655</t>
+  </si>
+  <si>
+    <t>BRAUGE</t>
+  </si>
+  <si>
+    <t>23 November 2023</t>
+  </si>
+  <si>
+    <t>Docteur NICOLAS ZALAY</t>
+  </si>
+  <si>
+    <t>25/11/2021 16:32:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301850/fr/docteur-nicolas-zalay</t>
+  </si>
+  <si>
+    <t>p_3301850</t>
+  </si>
+  <si>
+    <t>ZALAY</t>
+  </si>
+  <si>
+    <t>Docteur CELINE GRISOT</t>
+  </si>
+  <si>
+    <t>25/11/2021 16:32:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301857/fr/docteur-celine-grisot</t>
+  </si>
+  <si>
+    <t>p_3301857</t>
+  </si>
+  <si>
+    <t>GRISOT</t>
+  </si>
+  <si>
+    <t>Docteur CECILIA MAZZEO</t>
+  </si>
+  <si>
+    <t>25/11/2021 17:32:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301965/fr/docteur-cecilia-mazzeo</t>
+  </si>
+  <si>
+    <t>p_3301965</t>
+  </si>
+  <si>
+    <t>MAZZEO</t>
+  </si>
+  <si>
+    <t>CECILIA</t>
+  </si>
+  <si>
+    <t>25 November 2021</t>
+  </si>
+  <si>
+    <t>Docteur HERVE BENAIS</t>
+  </si>
+  <si>
+    <t>25/11/2021 17:32:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301969/fr/docteur-herve-benais</t>
+  </si>
+  <si>
+    <t>p_3301969</t>
+  </si>
+  <si>
+    <t>BENAIS</t>
+  </si>
+  <si>
+    <t>HERVE</t>
+  </si>
+  <si>
+    <t>Docteur MARION COSTECALDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301970/fr/docteur-marion-costecalde</t>
+  </si>
+  <si>
+    <t>p_3301970</t>
+  </si>
+  <si>
+    <t>COSTECALDE</t>
+  </si>
+  <si>
+    <t>Docteur SAMI CHAARANI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301972/fr/docteur-sami-chaarani</t>
+  </si>
+  <si>
+    <t>p_3301972</t>
+  </si>
+  <si>
+    <t>CHAARANI</t>
+  </si>
+  <si>
+    <t>SAMI</t>
+  </si>
+  <si>
+    <t>Docteur HELENE LE GALL</t>
+  </si>
+  <si>
+    <t>21/10/2021 14:31:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294480/fr/docteur-helene-le-gall</t>
+  </si>
+  <si>
+    <t>p_3294480</t>
+  </si>
+  <si>
+    <t>LE GALL</t>
+  </si>
+  <si>
+    <t>Docteur CHERIF IBRAHIM</t>
+  </si>
+  <si>
+    <t>23/09/2021 15:31:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288159/fr/docteur-cherif-ibrahim</t>
+  </si>
+  <si>
+    <t>p_3288159</t>
+  </si>
+  <si>
+    <t>IBRAHIM</t>
+  </si>
+  <si>
+    <t>CHERIF</t>
+  </si>
+  <si>
+    <t>Docteur ILMI BEHLULI</t>
+  </si>
+  <si>
+    <t>16/07/2021 09:32:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278072/fr/docteur-ilmi-behluli</t>
+  </si>
+  <si>
+    <t>p_3278072</t>
+  </si>
+  <si>
+    <t>BEHLULI</t>
+  </si>
+  <si>
+    <t>ILMI</t>
+  </si>
+  <si>
+    <t>Docteur FADY FRANCIS</t>
+  </si>
+  <si>
+    <t>02/07/2021 10:32:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3275663/fr/docteur-fady-francis</t>
+  </si>
+  <si>
+    <t>p_3275663</t>
+  </si>
+  <si>
+    <t>FRANCIS</t>
+  </si>
+  <si>
+    <t>FADY</t>
+  </si>
+  <si>
+    <t>24 July 2025</t>
+  </si>
+  <si>
+    <t>Docteur JONATHAN HOURTAL</t>
+  </si>
+  <si>
+    <t>07/05/2021 10:31:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265232/fr/docteur-jonathan-hourtal</t>
+  </si>
+  <si>
+    <t>p_3265232</t>
+  </si>
+  <si>
+    <t>HOURTAL</t>
+  </si>
+  <si>
+    <t>JONATHAN</t>
+  </si>
+  <si>
+    <t>Docteur TIPHAINE SIEBERT</t>
+  </si>
+  <si>
+    <t>07/05/2021 10:31:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265235/fr/docteur-tiphaine-siebert</t>
+  </si>
+  <si>
+    <t>p_3265235</t>
+  </si>
+  <si>
+    <t>SIEBERT</t>
+  </si>
+  <si>
+    <t>TIPHAINE</t>
+  </si>
+  <si>
+    <t>Docteur NELIO FERREIRA</t>
+  </si>
+  <si>
+    <t>07/05/2021 10:31:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265249/fr/docteur-nelio-ferreira</t>
+  </si>
+  <si>
+    <t>p_3265249</t>
+  </si>
+  <si>
+    <t>FERREIRA</t>
+  </si>
+  <si>
+    <t>NELIO</t>
+  </si>
+  <si>
+    <t>Docteur Claude LEVY</t>
+  </si>
+  <si>
+    <t>02/04/2021 09:30:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259183/fr/docteur-claude-levy</t>
+  </si>
+  <si>
+    <t>p_3259183</t>
+  </si>
+  <si>
+    <t>LEVY</t>
+  </si>
+  <si>
+    <t>Claude</t>
+  </si>
+  <si>
+    <t>Docteur Bernard LEVY</t>
+  </si>
+  <si>
+    <t>02/04/2021 09:30:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259301/fr/docteur-bernard-levy</t>
+  </si>
+  <si>
+    <t>p_3259301</t>
+  </si>
+  <si>
+    <t>Bernard</t>
+  </si>
+  <si>
+    <t>Docteur Nicolas SAUTOT-VIAL</t>
+  </si>
+  <si>
+    <t>02/04/2021 09:31:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259405/fr/docteur-nicolas-sautot-vial</t>
+  </si>
+  <si>
+    <t>p_3259405</t>
+  </si>
+  <si>
+    <t>SAUTOT-VIAL</t>
+  </si>
+  <si>
+    <t>Nicolas</t>
+  </si>
+  <si>
+    <t>Docteur Ludivine GENRE</t>
+  </si>
+  <si>
+    <t>02/04/2021 09:31:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259427/fr/docteur-ludivine-genre</t>
+  </si>
+  <si>
+    <t>p_3259427</t>
+  </si>
+  <si>
+    <t>GENRE</t>
+  </si>
+  <si>
+    <t>Ludivine</t>
+  </si>
+  <si>
+    <t>Docteur TIFFANY COCHET</t>
+  </si>
+  <si>
+    <t>02/04/2021 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259430/fr/docteur-tiffany-cochet</t>
+  </si>
+  <si>
+    <t>p_3259430</t>
+  </si>
+  <si>
+    <t>COCHET</t>
+  </si>
+  <si>
+    <t>TIFFANY</t>
+  </si>
+  <si>
+    <t>30 March 2023</t>
+  </si>
+  <si>
+    <t>Docteur THIBAUT BENOIT</t>
+  </si>
+  <si>
+    <t>02/04/2021 09:32:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259445/fr/docteur-thibaut-benoit</t>
+  </si>
+  <si>
+    <t>p_3259445</t>
+  </si>
+  <si>
+    <t>THIBAUT</t>
+  </si>
+  <si>
+    <t>Professeur NICOLAS REINA</t>
+  </si>
+  <si>
+    <t>21/01/2021 15:31:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3233292/fr/professeur-nicolas-reina</t>
+  </si>
+  <si>
+    <t>p_3233292</t>
+  </si>
+  <si>
+    <t>REINA</t>
+  </si>
+  <si>
+    <t>Docteur PIERRE LEGUEVAQUE</t>
+  </si>
+  <si>
+    <t>04/01/2021 10:32:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3227918/fr/docteur-pierre-leguevaque</t>
+  </si>
+  <si>
+    <t>p_3227918</t>
+  </si>
+  <si>
+    <t>LEGUEVAQUE</t>
+  </si>
+  <si>
+    <t>Docteur VINCENT LUBRANO</t>
+  </si>
+  <si>
+    <t>04/01/2021 16:32:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3228297/fr/docteur-vincent-lubrano</t>
+  </si>
+  <si>
+    <t>p_3228297</t>
+  </si>
+  <si>
+    <t>LUBRANO</t>
+  </si>
+  <si>
+    <t>Docteur MARIE ROUANET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3228305/fr/docteur-marie-rouanet</t>
+  </si>
+  <si>
+    <t>p_3228305</t>
+  </si>
+  <si>
+    <t>ROUANET</t>
+  </si>
+  <si>
+    <t>Docteur Camille THEVENIN-LEMOINE</t>
+  </si>
+  <si>
+    <t>22/12/2020 17:32:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226708/fr/docteur-camille-thevenin-lemoine</t>
+  </si>
+  <si>
+    <t>p_3226708</t>
+  </si>
+  <si>
+    <t>THEVENIN-LEMOINE</t>
+  </si>
+  <si>
+    <t>Camille</t>
+  </si>
+  <si>
+    <t>HOPITAUX MERE &amp; ENFANTS CHU TOULOUSE,CL RIVE GAUCHE TOULOUSE</t>
+  </si>
+  <si>
+    <t>31059,31076</t>
+  </si>
+  <si>
+    <t>TOULOUSE CEDEX 9,TOULOUSE CEDEX 3</t>
+  </si>
+  <si>
+    <t>310016977,310026083</t>
+  </si>
+  <si>
+    <t>Docteur MARTIN BAUJAT</t>
+  </si>
+  <si>
+    <t>22/12/2020 17:32:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226717/fr/docteur-martin-baujat</t>
+  </si>
+  <si>
+    <t>p_3226717</t>
+  </si>
+  <si>
+    <t>BAUJAT</t>
+  </si>
+  <si>
+    <t>MARTIN</t>
+  </si>
+  <si>
+    <t>Docteur SYMEON GRIGORIOU</t>
+  </si>
+  <si>
+    <t>27/11/2020 10:32:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3220882/fr/docteur-symeon-grigoriou</t>
+  </si>
+  <si>
+    <t>p_3220882</t>
+  </si>
+  <si>
+    <t>GRIGORIOU</t>
+  </si>
+  <si>
+    <t>SYMEON</t>
+  </si>
+  <si>
+    <t>Docteur ABDELLAZIZ ACHOURI</t>
+  </si>
+  <si>
+    <t>27/11/2020 10:32:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3220914/fr/docteur-abdellaziz-achouri</t>
+  </si>
+  <si>
+    <t>p_3220914</t>
+  </si>
+  <si>
+    <t>ACHOURI</t>
+  </si>
+  <si>
+    <t>ABDELLAZIZ</t>
+  </si>
+  <si>
+    <t>Docteur GREGOIRE LAUMOND</t>
+  </si>
+  <si>
+    <t>22/10/2020 16:32:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213991/fr/docteur-gregoire-laumond</t>
+  </si>
+  <si>
+    <t>p_3213991</t>
+  </si>
+  <si>
+    <t>LAUMOND</t>
+  </si>
+  <si>
+    <t>GREGOIRE</t>
+  </si>
+  <si>
+    <t>Docteur THI THUY TRANG PHAM</t>
+  </si>
+  <si>
+    <t>22/10/2020 16:32:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214008/fr/docteur-thi-thuy-trang-pham</t>
+  </si>
+  <si>
+    <t>p_3214008</t>
+  </si>
+  <si>
+    <t>PHAM</t>
+  </si>
+  <si>
+    <t>THI THUY TRANG</t>
+  </si>
+  <si>
+    <t>Docteur ANNE GUYOT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214010/fr/docteur-anne-guyot</t>
+  </si>
+  <si>
+    <t>p_3214010</t>
+  </si>
+  <si>
+    <t>GUYOT</t>
+  </si>
+  <si>
+    <t>ANNE</t>
+  </si>
+  <si>
+    <t>Docteur DONATIEN BLAIS</t>
+  </si>
+  <si>
+    <t>22/10/2020 16:32:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214030/fr/docteur-donatien-blais</t>
+  </si>
+  <si>
+    <t>p_3214030</t>
+  </si>
+  <si>
+    <t>BLAIS</t>
+  </si>
+  <si>
+    <t>DONATIEN</t>
+  </si>
+  <si>
+    <t>Docteur PAGONA KLEFTOGIANNI</t>
+  </si>
+  <si>
+    <t>28/09/2020 12:31:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203794/fr/docteur-pagona-kleftogianni</t>
+  </si>
+  <si>
+    <t>p_3203794</t>
+  </si>
+  <si>
+    <t>KLEFTOGIANNI</t>
+  </si>
+  <si>
+    <t>PAGONA</t>
+  </si>
+  <si>
+    <t>Docteur CHRISTOPHE ALMERAS</t>
+  </si>
+  <si>
+    <t>28/09/2020 12:31:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203802/fr/docteur-christophe-almeras</t>
+  </si>
+  <si>
+    <t>p_3203802</t>
+  </si>
+  <si>
+    <t>ALMERAS</t>
+  </si>
+  <si>
+    <t>CHRISTOPHE</t>
+  </si>
+  <si>
+    <t>CL CAPIO LA CROIX DU SUD QUINT FONSEGR,CL NEPHRO ST EXUPERY TOULOUSE</t>
+  </si>
+  <si>
+    <t>31130,31077</t>
+  </si>
+  <si>
+    <t>QUINT FONSEGRIVES,TOULOUSE CEDEX 4</t>
+  </si>
+  <si>
+    <t>310026927,310782016</t>
+  </si>
+  <si>
+    <t>Docteur GUILLAUME PLOUSSARD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203803/fr/docteur-guillaume-ploussard</t>
+  </si>
+  <si>
+    <t>p_3203803</t>
+  </si>
+  <si>
+    <t>PLOUSSARD</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT JEAN LANGUEDOC</t>
+  </si>
+  <si>
+    <t>31077</t>
+  </si>
+  <si>
+    <t>TOULOUSE CEDEX 4</t>
+  </si>
+  <si>
+    <t>310780101</t>
+  </si>
+  <si>
+    <t>Docteur FRANCESCO MARTINI</t>
+  </si>
+  <si>
+    <t>28/09/2020 12:32:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203890/fr/docteur-francesco-martini</t>
+  </si>
+  <si>
+    <t>p_3203890</t>
+  </si>
+  <si>
+    <t>MARTINI</t>
+  </si>
+  <si>
+    <t>FRANCESCO</t>
+  </si>
+  <si>
+    <t>Docteur GUILLAUME LOISON</t>
+  </si>
+  <si>
+    <t>16/07/2020 11:31:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194478/fr/docteur-guillaume-loison</t>
+  </si>
+  <si>
+    <t>p_3194478</t>
+  </si>
+  <si>
+    <t>LOISON</t>
+  </si>
+  <si>
+    <t>Docteur SYLVAIN KIRZIN</t>
+  </si>
+  <si>
+    <t>16/07/2020 11:31:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194490/fr/docteur-sylvain-kirzin</t>
+  </si>
+  <si>
+    <t>p_3194490</t>
+  </si>
+  <si>
+    <t>KIRZIN</t>
+  </si>
+  <si>
+    <t>Docteur LOIC RAOUX</t>
+  </si>
+  <si>
+    <t>06/04/2020 10:31:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169742/fr/docteur-loic-raoux</t>
+  </si>
+  <si>
+    <t>p_3169742</t>
+  </si>
+  <si>
+    <t>RAOUX</t>
+  </si>
+  <si>
+    <t>LOIC</t>
+  </si>
+  <si>
+    <t>Docteur ANTOINE FAISSAL</t>
+  </si>
+  <si>
+    <t>27/02/2020 12:40:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159667/fr/docteur-antoine-faissal</t>
+  </si>
+  <si>
+    <t>p_3159667</t>
+  </si>
+  <si>
+    <t>FAISSAL</t>
+  </si>
+  <si>
+    <t>ANTOINE</t>
+  </si>
+  <si>
+    <t>Docteur MARION ARTHOZOUL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159671/fr/docteur-marion-arthozoul</t>
+  </si>
+  <si>
+    <t>p_3159671</t>
+  </si>
+  <si>
+    <t>ARTHOZOUL</t>
+  </si>
+  <si>
+    <t>Docteur GAUTIER ROLLIN</t>
+  </si>
+  <si>
+    <t>30/12/2019 11:31:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3144204/fr/docteur-gautier-rollin</t>
+  </si>
+  <si>
+    <t>p_3144204</t>
+  </si>
+  <si>
+    <t>ROLLIN</t>
+  </si>
+  <si>
+    <t>GAUTIER</t>
+  </si>
+  <si>
+    <t>Docteur PIERRE LABARTHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3144205/fr/docteur-pierre-labarthe</t>
+  </si>
+  <si>
+    <t>p_3144205</t>
+  </si>
+  <si>
+    <t>LABARTHE</t>
+  </si>
+  <si>
+    <t>Docteur NHAN KIEN NGUYEN</t>
+  </si>
+  <si>
+    <t>30/12/2019 11:31:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3144207/fr/docteur-nhan-kien-nguyen</t>
+  </si>
+  <si>
+    <t>p_3144207</t>
+  </si>
+  <si>
+    <t>NGUYEN</t>
+  </si>
+  <si>
+    <t>NHAN KIEN</t>
+  </si>
+  <si>
+    <t>Docteur PHILIPPE SEGUIN</t>
+  </si>
+  <si>
+    <t>30/12/2019 11:31:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3144211/fr/docteur-philippe-seguin</t>
+  </si>
+  <si>
+    <t>p_3144211</t>
+  </si>
+  <si>
+    <t>SEGUIN</t>
+  </si>
+  <si>
+    <t>PHILIPPE</t>
+  </si>
+  <si>
+    <t>Docteur OLIVIER MERIGOT DE TREIGNY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3144212/fr/docteur-olivier-merigot-de-treigny</t>
+  </si>
+  <si>
+    <t>p_3144212</t>
+  </si>
+  <si>
+    <t>MERIGOT DE TREIGNY</t>
+  </si>
+  <si>
+    <t>Docteur PATRICK MOULY</t>
+  </si>
+  <si>
+    <t>30/12/2019 11:31:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3144215/fr/docteur-patrick-mouly</t>
+  </si>
+  <si>
+    <t>p_3144215</t>
+  </si>
+  <si>
+    <t>MOULY</t>
+  </si>
+  <si>
+    <t>SA CLINIQUE DES CEDRES</t>
+  </si>
+  <si>
+    <t>Cornebarrieu</t>
+  </si>
+  <si>
+    <t>310788880</t>
+  </si>
+  <si>
+    <t>Docteur MEHDI KHEDIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3144216/fr/docteur-mehdi-khedis</t>
+  </si>
+  <si>
+    <t>p_3144216</t>
+  </si>
+  <si>
+    <t>KHEDIS</t>
+  </si>
+  <si>
+    <t>CH COMMINGES PYRENEES SITE ST PLANCARD,CL DES CEDRES CORNEBARRIEU</t>
+  </si>
+  <si>
+    <t>31806,31700</t>
+  </si>
+  <si>
+    <t>ST GAUDENS,CORNEBARRIEU</t>
+  </si>
+  <si>
+    <t>310000310,310781000</t>
+  </si>
+  <si>
+    <t>Docteur BENJAMIN ADAMCZEWSKI</t>
+  </si>
+  <si>
+    <t>30/12/2019 11:31:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3144225/fr/docteur-benjamin-adamczewski</t>
+  </si>
+  <si>
+    <t>p_3144225</t>
+  </si>
+  <si>
+    <t>ADAMCZEWSKI</t>
+  </si>
+  <si>
+    <t>CH COMMINGES PYRENEES SITE ST PLANCARD,CL D'OCCITANIE MURET</t>
+  </si>
+  <si>
+    <t>31806,31605</t>
+  </si>
+  <si>
+    <t>ST GAUDENS,MURET</t>
+  </si>
+  <si>
+    <t>310000310,310781505</t>
+  </si>
+  <si>
+    <t>Docteur OLIVIER FREGEVU</t>
+  </si>
+  <si>
+    <t>30/12/2019 11:31:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3144226/fr/docteur-olivier-fregevu</t>
+  </si>
+  <si>
+    <t>p_3144226</t>
+  </si>
+  <si>
+    <t>FREGEVU</t>
+  </si>
+  <si>
+    <t>Docteur FLORENT CHAROT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3144230/fr/docteur-florent-charot</t>
+  </si>
+  <si>
+    <t>p_3144230</t>
+  </si>
+  <si>
+    <t>CHAROT</t>
+  </si>
+  <si>
+    <t>FLORENT</t>
+  </si>
+  <si>
+    <t>Docteur JEAN-PIERRE DUFFAS</t>
+  </si>
+  <si>
+    <t>21/11/2019 10:31:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3120029/fr/docteur-jean-pierre-duffas</t>
+  </si>
+  <si>
+    <t>p_3120029</t>
+  </si>
+  <si>
+    <t>DUFFAS</t>
+  </si>
+  <si>
+    <t>JEAN-PIERRE</t>
+  </si>
+  <si>
+    <t>Docteur JULIETTE DROZ-LEGARDEUR</t>
+  </si>
+  <si>
+    <t>21/11/2019 11:31:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3120167/fr/docteur-juliette-droz-legardeur</t>
+  </si>
+  <si>
+    <t>p_3120167</t>
+  </si>
+  <si>
+    <t>DROZ-LEGARDEUR</t>
+  </si>
+  <si>
+    <t>JULIETTE</t>
+  </si>
+  <si>
+    <t>Professeur PHILIPPE GALINIER</t>
+  </si>
+  <si>
+    <t>09/07/2019 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067029/fr/professeur-philippe-galinier</t>
+  </si>
+  <si>
+    <t>p_3067029</t>
+  </si>
+  <si>
+    <t>GALINIER</t>
+  </si>
+  <si>
+    <t>Docteur PAUL MAISONGROSSE</t>
+  </si>
+  <si>
+    <t>27/03/2019 18:32:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913364/fr/docteur-paul-maisongrosse</t>
+  </si>
+  <si>
+    <t>c_2913364</t>
+  </si>
+  <si>
+    <t>MAISONGROSSE</t>
+  </si>
+  <si>
+    <t>PAUL</t>
+  </si>
+  <si>
+    <t>Docteur EMMANUEL MALIN</t>
+  </si>
+  <si>
+    <t>20/12/2018 11:37:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893395/fr/docteur-emmanuel-malin</t>
+  </si>
+  <si>
+    <t>c_2893395</t>
+  </si>
+  <si>
+    <t>MALIN</t>
+  </si>
+  <si>
+    <t>EMMANUEL</t>
+  </si>
+  <si>
+    <t>Docteur BERTRAND GOUPIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893396/fr/docteur-bertrand-goupil</t>
+  </si>
+  <si>
+    <t>c_2893396</t>
+  </si>
+  <si>
+    <t>GOUPIL</t>
+  </si>
+  <si>
+    <t>Docteur MOHAMED MOUTAOUFIK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893397/fr/docteur-mohamed-moutaoufik</t>
+  </si>
+  <si>
+    <t>c_2893397</t>
+  </si>
+  <si>
+    <t>MOUTAOUFIK</t>
+  </si>
+  <si>
+    <t>Docteur LAURENT VOLTAIRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893398/fr/docteur-laurent-voltaire</t>
+  </si>
+  <si>
+    <t>c_2893398</t>
+  </si>
+  <si>
+    <t>VOLTAIRE</t>
+  </si>
+  <si>
+    <t>Docteur FREDERIQUE PLUTA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893399/fr/docteur-frederique-pluta</t>
+  </si>
+  <si>
+    <t>c_2893399</t>
+  </si>
+  <si>
+    <t>PLUTA</t>
+  </si>
+  <si>
+    <t>Docteur LOIC BAES</t>
+  </si>
+  <si>
+    <t>20/12/2018 11:37:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893401/fr/docteur-loic-baes</t>
+  </si>
+  <si>
+    <t>c_2893401</t>
+  </si>
+  <si>
+    <t>BAES</t>
+  </si>
+  <si>
+    <t>Docteur SLIM SGHAIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893402/fr/docteur-slim-sghaier</t>
+  </si>
+  <si>
+    <t>c_2893402</t>
+  </si>
+  <si>
+    <t>SGHAIER</t>
+  </si>
+  <si>
+    <t>SLIM</t>
+  </si>
+  <si>
+    <t>Docteur YANNICK MICAUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893403/fr/docteur-yannick-micaux</t>
+  </si>
+  <si>
+    <t>c_2893403</t>
+  </si>
+  <si>
+    <t>MICAUX</t>
+  </si>
+  <si>
+    <t>YANNICK</t>
+  </si>
+  <si>
+    <t>Docteur ANTOINE GALY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893404/fr/docteur-antoine-galy</t>
+  </si>
+  <si>
+    <t>c_2893404</t>
+  </si>
+  <si>
+    <t>GALY</t>
+  </si>
+  <si>
+    <t>Docteur HENRY MOUYSSET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893405/fr/docteur-henry-mouysset</t>
+  </si>
+  <si>
+    <t>c_2893405</t>
+  </si>
+  <si>
+    <t>MOUYSSET</t>
+  </si>
+  <si>
+    <t>HENRY</t>
+  </si>
+  <si>
+    <t>Docteur THIERRY VEILLON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893407/fr/docteur-thierry-veillon</t>
+  </si>
+  <si>
+    <t>c_2893407</t>
+  </si>
+  <si>
+    <t>VEILLON</t>
+  </si>
+  <si>
+    <t>Docteur NUSCH MARDIGUIAN</t>
+  </si>
+  <si>
+    <t>20/12/2018 11:37:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893408/fr/docteur-nusch-mardiguian</t>
+  </si>
+  <si>
+    <t>c_2893408</t>
+  </si>
+  <si>
+    <t>MARDIGUIAN</t>
+  </si>
+  <si>
+    <t>NUSCH</t>
+  </si>
+  <si>
+    <t>Docteur VINCENT BROUTIN</t>
+  </si>
+  <si>
+    <t>20/12/2018 11:37:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893411/fr/docteur-vincent-broutin</t>
+  </si>
+  <si>
+    <t>c_2893411</t>
+  </si>
+  <si>
+    <t>BROUTIN</t>
+  </si>
+  <si>
+    <t>Docteur FREDERIC WILD</t>
+  </si>
+  <si>
+    <t>20/12/2018 11:37:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893421/fr/docteur-frederic-wild</t>
+  </si>
+  <si>
+    <t>c_2893421</t>
+  </si>
+  <si>
+    <t>WILD</t>
+  </si>
+  <si>
+    <t>FREDERIC</t>
+  </si>
+  <si>
+    <t>Docteur MARIE CAVAIGNAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893423/fr/docteur-marie-cavaignac</t>
+  </si>
+  <si>
+    <t>c_2893423</t>
+  </si>
+  <si>
+    <t>CAVAIGNAC</t>
+  </si>
+  <si>
+    <t>Docteur CAROLINE SIMON-TOULZA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893424/fr/docteur-caroline-simon-toulza</t>
+  </si>
+  <si>
+    <t>c_2893424</t>
+  </si>
+  <si>
+    <t>SIMON-TOULZA</t>
+  </si>
+  <si>
+    <t>Docteur JEAN-MICHEL LAFFOSSE</t>
+  </si>
+  <si>
+    <t>28/11/2018 16:32:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886856/fr/docteur-jean-michel-laffosse</t>
+  </si>
+  <si>
+    <t>c_2886856</t>
+  </si>
+  <si>
+    <t>LAFFOSSE</t>
+  </si>
+  <si>
+    <t>JEAN-MICHEL</t>
+  </si>
+  <si>
+    <t>Docteur ALEXIS PEREZ</t>
+  </si>
+  <si>
+    <t>28/11/2018 16:32:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886863/fr/docteur-alexis-perez</t>
+  </si>
+  <si>
+    <t>c_2886863</t>
+  </si>
+  <si>
+    <t>PEREZ</t>
+  </si>
+  <si>
+    <t>ALEXIS</t>
+  </si>
+  <si>
+    <t>13 October 2022</t>
+  </si>
+  <si>
+    <t>Docteur PHILIPPE ROUVELLAT-TERRADE</t>
+  </si>
+  <si>
+    <t>25/10/2018 10:32:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2880412/fr/docteur-philippe-rouvellat-terrade</t>
+  </si>
+  <si>
+    <t>c_2880412</t>
+  </si>
+  <si>
+    <t>ROUVELLAT-TERRADE</t>
+  </si>
+  <si>
+    <t>Docteur RAPHAEL BENHAIM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2880413/fr/docteur-raphael-benhaim</t>
+  </si>
+  <si>
+    <t>c_2880413</t>
+  </si>
+  <si>
+    <t>BENHAIM</t>
+  </si>
+  <si>
+    <t>RAPHAEL</t>
+  </si>
+  <si>
+    <t>Docteur TAREK WANNES</t>
+  </si>
+  <si>
+    <t>25/10/2018 10:32:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2880430/fr/docteur-tarek-wannes</t>
+  </si>
+  <si>
+    <t>c_2880430</t>
+  </si>
+  <si>
+    <t>WANNES</t>
+  </si>
+  <si>
+    <t>TAREK</t>
+  </si>
+  <si>
+    <t>Docteur AMINE DOUMALI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2880433/fr/docteur-amine-doumali</t>
+  </si>
+  <si>
+    <t>c_2880433</t>
+  </si>
+  <si>
+    <t>DOUMALI</t>
+  </si>
+  <si>
+    <t>AMINE</t>
+  </si>
+  <si>
+    <t>Docteur GUILLAUME BONIFACE</t>
+  </si>
+  <si>
+    <t>25/10/2018 10:32:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2880454/fr/docteur-guillaume-boniface</t>
+  </si>
+  <si>
+    <t>c_2880454</t>
+  </si>
+  <si>
+    <t>BONIFACE</t>
+  </si>
+  <si>
+    <t>Docteur CORNELIU VORONCA</t>
+  </si>
+  <si>
+    <t>14/06/2018 11:32:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2856393/fr/docteur-corneliu-voronca</t>
+  </si>
+  <si>
+    <t>c_2856393</t>
+  </si>
+  <si>
+    <t>VORONCA</t>
+  </si>
+  <si>
+    <t>CORNELIU</t>
+  </si>
+  <si>
+    <t>Docteur CYRUS ROBIOLLE</t>
+  </si>
+  <si>
+    <t>14/06/2018 11:32:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2856419/fr/docteur-cyrus-robiolle</t>
+  </si>
+  <si>
+    <t>c_2856419</t>
+  </si>
+  <si>
+    <t>ROBIOLLE</t>
+  </si>
+  <si>
+    <t>CYRUS</t>
+  </si>
+  <si>
+    <t>Docteur NATHALIE FAVRE</t>
+  </si>
+  <si>
+    <t>28/12/2017 11:32:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2816601/fr/docteur-nathalie-favre</t>
+  </si>
+  <si>
+    <t>c_2816601</t>
+  </si>
+  <si>
+    <t>FAVRE</t>
+  </si>
+  <si>
+    <t>NATHALIE</t>
+  </si>
+  <si>
+    <t>29 December 2021</t>
+  </si>
+  <si>
+    <t>Docteur Benoit BELUCHON</t>
+  </si>
+  <si>
+    <t>15/11/2017 17:32:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2805478/fr/docteur-benoit-beluchon</t>
+  </si>
+  <si>
+    <t>c_2805478</t>
+  </si>
+  <si>
+    <t>BELUCHON</t>
+  </si>
+  <si>
+    <t>Benoit</t>
+  </si>
+  <si>
+    <t>Docteur Nicolas BONNEVIALLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2805485/fr/docteur-nicolas-bonnevialle</t>
+  </si>
+  <si>
+    <t>c_2805485</t>
+  </si>
+  <si>
+    <t>BONNEVIALLE</t>
+  </si>
+  <si>
+    <t>31 March 2022</t>
+  </si>
+  <si>
+    <t>Docteur JULIE CASTELLANO</t>
+  </si>
+  <si>
+    <t>15/11/2017 17:32:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2805504/fr/docteur-julie-castellano</t>
+  </si>
+  <si>
+    <t>c_2805504</t>
+  </si>
+  <si>
+    <t>CASTELLANO</t>
+  </si>
+  <si>
+    <t>Docteur JULIE PHILIP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2805505/fr/docteur-julie-philip</t>
+  </si>
+  <si>
+    <t>c_2805505</t>
+  </si>
+  <si>
+    <t>PHILIP</t>
+  </si>
+  <si>
+    <t>Docteur OLIVIER HAMEL</t>
+  </si>
+  <si>
+    <t>12/10/2017 11:31:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798142/fr/docteur-olivier-hamel</t>
+  </si>
+  <si>
+    <t>c_2798142</t>
+  </si>
+  <si>
+    <t>HAMEL</t>
+  </si>
+  <si>
+    <t>Docteur Paulo PEREIRA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798147/fr/docteur-paulo-pereira</t>
+  </si>
+  <si>
+    <t>c_2798147</t>
+  </si>
+  <si>
+    <t>PEREIRA</t>
+  </si>
+  <si>
+    <t>Paulo</t>
+  </si>
+  <si>
+    <t>Docteur MARTIN DUPUY</t>
+  </si>
+  <si>
+    <t>14/09/2017 16:31:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2793489/fr/docteur-martin-dupuy</t>
+  </si>
+  <si>
+    <t>c_2793489</t>
+  </si>
+  <si>
+    <t>DUPUY</t>
+  </si>
+  <si>
+    <t>Docteur Laurence BOULINGUEZ</t>
+  </si>
+  <si>
+    <t>15/05/2017 17:35:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2765668/fr/docteur-laurence-boulinguez</t>
+  </si>
+  <si>
+    <t>c_2765668</t>
+  </si>
+  <si>
+    <t>BOULINGUEZ</t>
+  </si>
+  <si>
+    <t>Laurence</t>
+  </si>
+  <si>
+    <t>Docteur Jean marc LARROQUE</t>
+  </si>
+  <si>
+    <t>15/05/2017 17:37:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2766413/fr/docteur-jean-marc-larroque</t>
+  </si>
+  <si>
+    <t>c_2766413</t>
+  </si>
+  <si>
+    <t>LARROQUE</t>
+  </si>
+  <si>
+    <t>Jean marc</t>
+  </si>
+  <si>
+    <t>CH COMMINGES PYRENEES SITE ST PLANCARD,SCM SUD GARONNE - CLINIQUE D'OCCITANIE</t>
+  </si>
+  <si>
+    <t>31806,31600</t>
+  </si>
+  <si>
+    <t>ST GAUDENS,Muret</t>
+  </si>
+  <si>
+    <t>310000310,310019492</t>
+  </si>
+  <si>
+    <t>Docteur Jerôme ESSIG</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:30:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2738546/fr/docteur-jerome-essig</t>
+  </si>
+  <si>
+    <t>c_2738546</t>
+  </si>
+  <si>
+    <t>ESSIG</t>
+  </si>
+  <si>
+    <t>Jerôme</t>
+  </si>
+  <si>
+    <t>Docteur Charles BESOMBES</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:30:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2738794/fr/docteur-charles-besombes</t>
+  </si>
+  <si>
+    <t>c_2738794</t>
+  </si>
+  <si>
+    <t>BESOMBES</t>
+  </si>
+  <si>
+    <t>Charles</t>
+  </si>
+  <si>
+    <t>Docteur Jean luc CARNUS</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:30:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739035/fr/docteur-jean-luc-carnus</t>
+  </si>
+  <si>
+    <t>c_2739035</t>
+  </si>
+  <si>
+    <t>CARNUS</t>
+  </si>
+  <si>
+    <t>Jean luc</t>
+  </si>
+  <si>
+    <t>Docteur Guillaume KOBUCH</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:30:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739212/fr/docteur-guillaume-kobuch</t>
+  </si>
+  <si>
+    <t>c_2739212</t>
+  </si>
+  <si>
+    <t>KOBUCH</t>
+  </si>
+  <si>
+    <t>Guillaume</t>
+  </si>
+  <si>
+    <t>Docteur Corinne GUEGANTON</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739563/fr/docteur-corinne-gueganton</t>
+  </si>
+  <si>
+    <t>c_2739563</t>
+  </si>
+  <si>
+    <t>GUEGANTON</t>
+  </si>
+  <si>
+    <t>Corinne</t>
+  </si>
+  <si>
+    <t>Docteur Arnaud SALCES Y NEDEO</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740040/fr/docteur-arnaud-salces-y-nedeo</t>
+  </si>
+  <si>
+    <t>c_2740040</t>
+  </si>
+  <si>
+    <t>SALCES Y NEDEO</t>
+  </si>
+  <si>
+    <t>Arnaud</t>
+  </si>
+  <si>
+    <t>Docteur Vincent PINEAU</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740182/fr/docteur-vincent-pineau</t>
+  </si>
+  <si>
+    <t>c_2740182</t>
+  </si>
+  <si>
+    <t>PINEAU</t>
+  </si>
+  <si>
+    <t>Vincent</t>
+  </si>
+  <si>
+    <t>Docteur François loïc PAUMIER</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740208/fr/docteur-francois-loic-paumier</t>
+  </si>
+  <si>
+    <t>c_2740208</t>
+  </si>
+  <si>
+    <t>PAUMIER</t>
+  </si>
+  <si>
+    <t>François loïc</t>
+  </si>
+  <si>
+    <t>Docteur Adeline LANDIER PICHON</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740235/fr/docteur-adeline-landier-pichon</t>
+  </si>
+  <si>
+    <t>c_2740235</t>
+  </si>
+  <si>
+    <t>LANDIER PICHON</t>
+  </si>
+  <si>
+    <t>Adeline</t>
+  </si>
+  <si>
+    <t>Docteur Romain CHAVINAS</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740249/fr/docteur-romain-chavinas</t>
+  </si>
+  <si>
+    <t>c_2740249</t>
+  </si>
+  <si>
+    <t>CHAVINAS</t>
+  </si>
+  <si>
+    <t>Romain</t>
+  </si>
+  <si>
+    <t>Docteur Yannick DELANNIS</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740300/fr/docteur-yannick-delannis</t>
+  </si>
+  <si>
+    <t>c_2740300</t>
+  </si>
+  <si>
+    <t>DELANNIS</t>
+  </si>
+  <si>
+    <t>Yannick</t>
+  </si>
+  <si>
+    <t>Docteur Aymard DE LADOUCETTE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708401/fr/docteur-aymard-de-ladoucette</t>
+  </si>
+  <si>
+    <t>c_2708401</t>
+  </si>
+  <si>
+    <t>DE LADOUCETTE</t>
+  </si>
+  <si>
+    <t>Aymard</t>
+  </si>
+  <si>
+    <t>Docteur Franck FABIÉ</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708506/fr/docteur-franck-fabie</t>
+  </si>
+  <si>
+    <t>c_2708506</t>
+  </si>
+  <si>
+    <t>FABIÉ</t>
+  </si>
+  <si>
+    <t>Franck</t>
+  </si>
+  <si>
+    <t>Docteur Jacques BOULOT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708521/fr/docteur-jacques-boulot</t>
+  </si>
+  <si>
+    <t>c_2708521</t>
+  </si>
+  <si>
+    <t>BOULOT</t>
+  </si>
+  <si>
+    <t>Jacques</t>
+  </si>
+  <si>
+    <t>Docteur Marc JAFFE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708554/fr/docteur-marc-jaffe</t>
+  </si>
+  <si>
+    <t>c_2708554</t>
+  </si>
+  <si>
+    <t>JAFFE</t>
+  </si>
+  <si>
+    <t>Marc</t>
+  </si>
+  <si>
+    <t>Docteur Thierry JAVELOT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708655/fr/docteur-thierry-javelot</t>
+  </si>
+  <si>
+    <t>c_2708655</t>
+  </si>
+  <si>
+    <t>JAVELOT</t>
+  </si>
+  <si>
+    <t>Thierry</t>
+  </si>
+  <si>
+    <t>Professeur Pierre MANSAT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708734/fr/professeur-pierre-mansat</t>
+  </si>
+  <si>
+    <t>c_2708734</t>
+  </si>
+  <si>
+    <t>MANSAT</t>
+  </si>
+  <si>
+    <t>06 May 2021</t>
+  </si>
+  <si>
+    <t>Docteur Patrice DETERME</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708737/fr/docteur-patrice-determe</t>
+  </si>
+  <si>
+    <t>c_2708737</t>
+  </si>
+  <si>
+    <t>DETERME</t>
+  </si>
+  <si>
+    <t>Patrice</t>
+  </si>
+  <si>
+    <t>Docteur Jean THEVENOT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708805/fr/docteur-jean-thevenot</t>
+  </si>
+  <si>
+    <t>c_2708805</t>
+  </si>
+  <si>
+    <t>THEVENOT</t>
+  </si>
+  <si>
+    <t>Jean</t>
+  </si>
+  <si>
+    <t>Docteur Maryse BON MARTY</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708842/fr/docteur-maryse-bon-marty</t>
+  </si>
+  <si>
+    <t>c_2708842</t>
+  </si>
+  <si>
+    <t>BON MARTY</t>
+  </si>
+  <si>
+    <t>Maryse</t>
+  </si>
+  <si>
+    <t>Docteur Jean-alain BOURNAZEAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708846/fr/docteur-jean-alain-bournazeau</t>
+  </si>
+  <si>
+    <t>c_2708846</t>
+  </si>
+  <si>
+    <t>BOURNAZEAU</t>
+  </si>
+  <si>
+    <t>Jean-alain</t>
+  </si>
+  <si>
+    <t>CL NEPHRO ST EXUPERY TOULOUSE</t>
+  </si>
+  <si>
+    <t>310782016</t>
+  </si>
+  <si>
+    <t>Docteur Thomas LANDMAN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708856/fr/docteur-thomas-landman</t>
+  </si>
+  <si>
+    <t>c_2708856</t>
+  </si>
+  <si>
+    <t>LANDMAN</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>Docteur Guillaume DUBAYLE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708904/fr/docteur-guillaume-dubayle</t>
+  </si>
+  <si>
+    <t>c_2708904</t>
+  </si>
+  <si>
+    <t>DUBAYLE</t>
+  </si>
+  <si>
+    <t>Docteur Jacques-emmanuel AYEL</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708979/fr/docteur-jacques-emmanuel-ayel</t>
+  </si>
+  <si>
+    <t>c_2708979</t>
+  </si>
+  <si>
+    <t>AYEL</t>
+  </si>
+  <si>
+    <t>Jacques-emmanuel</t>
+  </si>
+  <si>
+    <t>Docteur Franck MARTIN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709033/fr/docteur-franck-martin</t>
+  </si>
+  <si>
+    <t>c_2709033</t>
+  </si>
+  <si>
+    <t>Docteur Valérie WALTER MALAURIE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709056/fr/docteur-valerie-walter-malaurie</t>
+  </si>
+  <si>
+    <t>c_2709056</t>
+  </si>
+  <si>
+    <t>WALTER MALAURIE</t>
+  </si>
+  <si>
+    <t>Valérie</t>
+  </si>
+  <si>
+    <t>Docteur Eric JOUGLA</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709135/fr/docteur-eric-jougla</t>
+  </si>
+  <si>
+    <t>c_2709135</t>
+  </si>
+  <si>
+    <t>JOUGLA</t>
+  </si>
+  <si>
+    <t>Eric</t>
+  </si>
+  <si>
+    <t>Docteur Thierry DULY</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709157/fr/docteur-thierry-duly</t>
+  </si>
+  <si>
+    <t>c_2709157</t>
+  </si>
+  <si>
+    <t>DULY</t>
+  </si>
+  <si>
+    <t>Docteur Lionel FOUCRAS</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709211/fr/docteur-lionel-foucras</t>
+  </si>
+  <si>
+    <t>c_2709211</t>
+  </si>
+  <si>
+    <t>FOUCRAS</t>
+  </si>
+  <si>
+    <t>Lionel</t>
+  </si>
+  <si>
+    <t>Docteur Benoit LETOURNEUR</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709228/fr/docteur-benoit-letourneur</t>
+  </si>
+  <si>
+    <t>c_2709228</t>
+  </si>
+  <si>
+    <t>LETOURNEUR</t>
+  </si>
+  <si>
+    <t>Docteur Laurent PUYUELO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709238/fr/docteur-laurent-puyuelo</t>
+  </si>
+  <si>
+    <t>c_2709238</t>
+  </si>
+  <si>
+    <t>PUYUELO</t>
+  </si>
+  <si>
+    <t>Docteur Christophe TOLLON</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709419/fr/docteur-christophe-tollon</t>
+  </si>
+  <si>
+    <t>c_2709419</t>
+  </si>
+  <si>
+    <t>TOLLON</t>
+  </si>
+  <si>
+    <t>Christophe</t>
+  </si>
+  <si>
+    <t>Docteur Bruno LAVIGNE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709509/fr/docteur-bruno-lavigne</t>
+  </si>
+  <si>
+    <t>c_2709509</t>
+  </si>
+  <si>
+    <t>LAVIGNE</t>
+  </si>
+  <si>
+    <t>Bruno</t>
+  </si>
+  <si>
+    <t>Docteur Bernard CAVALIE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709558/fr/docteur-bernard-cavalie</t>
+  </si>
+  <si>
+    <t>c_2709558</t>
+  </si>
+  <si>
+    <t>CAVALIE</t>
+  </si>
+  <si>
+    <t>Docteur Laurent VERHAEGHE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709615/fr/docteur-laurent-verhaeghe</t>
+  </si>
+  <si>
+    <t>c_2709615</t>
+  </si>
+  <si>
+    <t>VERHAEGHE</t>
+  </si>
+  <si>
+    <t>Docteur Claude SCHAELDERLE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709626/fr/docteur-claude-schaelderle</t>
+  </si>
+  <si>
+    <t>c_2709626</t>
+  </si>
+  <si>
+    <t>SCHAELDERLE</t>
+  </si>
+  <si>
+    <t>Docteur Marc PERINEAU</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709685/fr/docteur-marc-perineau</t>
+  </si>
+  <si>
+    <t>c_2709685</t>
+  </si>
+  <si>
+    <t>PERINEAU</t>
+  </si>
+  <si>
+    <t>Docteur Patrick ASSOULINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709693/fr/docteur-patrick-assouline</t>
+  </si>
+  <si>
+    <t>c_2709693</t>
+  </si>
+  <si>
+    <t>ASSOULINE</t>
+  </si>
+  <si>
+    <t>Patrick</t>
+  </si>
+  <si>
+    <t>03 February 2022</t>
+  </si>
+  <si>
+    <t>Docteur David BENZAQUEN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709705/fr/docteur-david-benzaquen</t>
+  </si>
+  <si>
+    <t>c_2709705</t>
+  </si>
+  <si>
+    <t>BENZAQUEN</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>Docteur Régis GUINAND</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709720/fr/docteur-regis-guinand</t>
+  </si>
+  <si>
+    <t>c_2709720</t>
+  </si>
+  <si>
+    <t>GUINAND</t>
+  </si>
+  <si>
+    <t>Régis</t>
+  </si>
+  <si>
+    <t>CL DE L'UNION SAINT JEAN,CL PONT DE CHAUME MONTAUBAN</t>
+  </si>
+  <si>
+    <t>31240,82000</t>
+  </si>
+  <si>
+    <t>ST JEAN,MONTAUBAN</t>
+  </si>
+  <si>
+    <t>310780283,820000057</t>
+  </si>
+  <si>
+    <t>Docteur Nazim MEHDI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709724/fr/docteur-nazim-mehdi</t>
+  </si>
+  <si>
+    <t>c_2709724</t>
+  </si>
+  <si>
+    <t>Nazim</t>
+  </si>
+  <si>
+    <t>Docteur Stéphane STOUFF</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709743/fr/docteur-stephane-stouff</t>
+  </si>
+  <si>
+    <t>c_2709743</t>
+  </si>
+  <si>
+    <t>STOUFF</t>
+  </si>
+  <si>
+    <t>Stéphane</t>
+  </si>
+  <si>
+    <t>Docteur Jean-dominique BERNARD</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709754/fr/docteur-jean-dominique-bernard</t>
+  </si>
+  <si>
+    <t>c_2709754</t>
+  </si>
+  <si>
+    <t>BERNARD</t>
+  </si>
+  <si>
+    <t>Jean-dominique</t>
+  </si>
+  <si>
+    <t>28 January 2026</t>
+  </si>
+  <si>
+    <t>Docteur Marie helene MEYNIE PLUME</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709840/fr/docteur-marie-helene-meynie-plume</t>
+  </si>
+  <si>
+    <t>c_2709840</t>
+  </si>
+  <si>
+    <t>MEYNIE PLUME</t>
+  </si>
+  <si>
+    <t>Marie helene</t>
+  </si>
+  <si>
+    <t>Docteur Christophe BEAUDON</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709924/fr/docteur-christophe-beaudon</t>
+  </si>
+  <si>
+    <t>c_2709924</t>
+  </si>
+  <si>
+    <t>BEAUDON</t>
+  </si>
+  <si>
+    <t>Docteur Ali GHORBANI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709926/fr/docteur-ali-ghorbani</t>
+  </si>
+  <si>
+    <t>c_2709926</t>
+  </si>
+  <si>
+    <t>GHORBANI</t>
+  </si>
+  <si>
+    <t>Ali</t>
+  </si>
+  <si>
+    <t>Docteur Eric ORTAL</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709946/fr/docteur-eric-ortal</t>
+  </si>
+  <si>
+    <t>c_2709946</t>
+  </si>
+  <si>
+    <t>ORTAL</t>
+  </si>
+  <si>
+    <t>Docteur Benjamin FERREIRA</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709975/fr/docteur-benjamin-ferreira</t>
+  </si>
+  <si>
+    <t>c_2709975</t>
+  </si>
+  <si>
+    <t>Benjamin</t>
+  </si>
+  <si>
+    <t>21 October 2021</t>
+  </si>
+  <si>
+    <t>Docteur Nathalie CERE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710015/fr/docteur-nathalie-cere</t>
+  </si>
+  <si>
+    <t>c_2710015</t>
+  </si>
+  <si>
+    <t>CERE</t>
+  </si>
+  <si>
+    <t>Nathalie</t>
+  </si>
+  <si>
+    <t>Docteur Guillaume TAILLIER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710093/fr/docteur-guillaume-taillier</t>
+  </si>
+  <si>
+    <t>c_2710093</t>
+  </si>
+  <si>
+    <t>TAILLIER</t>
+  </si>
+  <si>
+    <t>Docteur Philippe THURON</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710148/fr/docteur-philippe-thuron</t>
+  </si>
+  <si>
+    <t>c_2710148</t>
+  </si>
+  <si>
+    <t>THURON</t>
+  </si>
+  <si>
+    <t>Philippe</t>
+  </si>
+  <si>
+    <t>Docteur Arnaud LIAGRE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710182/fr/docteur-arnaud-liagre</t>
+  </si>
+  <si>
+    <t>c_2710182</t>
+  </si>
+  <si>
+    <t>LIAGRE</t>
+  </si>
+  <si>
+    <t>Docteur Jean BERGRASER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710222/fr/docteur-jean-bergraser</t>
+  </si>
+  <si>
+    <t>c_2710222</t>
+  </si>
+  <si>
+    <t>BERGRASER</t>
+  </si>
+  <si>
+    <t>CL DE BEAUPUY,HOPITAL PURPAN CHU TOULOUSE,CH ALBI</t>
+  </si>
+  <si>
+    <t>31850,31059,81013</t>
+  </si>
+  <si>
+    <t>BEAUPUY,TOULOUSE CEDEX 9,ALBI CEDEX 9</t>
+  </si>
+  <si>
+    <t>310780390,310783048,810000505</t>
+  </si>
+  <si>
+    <t>Docteur Jean-paul LESCURE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710289/fr/docteur-jean-paul-lescure</t>
+  </si>
+  <si>
+    <t>c_2710289</t>
+  </si>
+  <si>
+    <t>LESCURE</t>
+  </si>
+  <si>
+    <t>Jean-paul</t>
+  </si>
+  <si>
+    <t>Docteur Laurent CASBAS</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710327/fr/docteur-laurent-casbas</t>
+  </si>
+  <si>
+    <t>c_2710327</t>
+  </si>
+  <si>
+    <t>CASBAS</t>
+  </si>
+  <si>
+    <t>Docteur Frederic LIMOUZY</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710507/fr/docteur-frederic-limouzy</t>
+  </si>
+  <si>
+    <t>c_2710507</t>
+  </si>
+  <si>
+    <t>LIMOUZY</t>
+  </si>
+  <si>
+    <t>21 July 2022</t>
+  </si>
+  <si>
+    <t>Docteur Stéphan MODAVI</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710665/fr/docteur-stephan-modavi</t>
+  </si>
+  <si>
+    <t>c_2710665</t>
+  </si>
+  <si>
+    <t>MODAVI</t>
+  </si>
+  <si>
+    <t>Stéphan</t>
+  </si>
+  <si>
+    <t>Docteur Hermes ARTICO</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710712/fr/docteur-hermes-artico</t>
+  </si>
+  <si>
+    <t>c_2710712</t>
+  </si>
+  <si>
+    <t>ARTICO</t>
+  </si>
+  <si>
+    <t>Hermes</t>
+  </si>
+  <si>
+    <t>Docteur Jean michel BOSSIS</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711002/fr/docteur-jean-michel-bossis</t>
+  </si>
+  <si>
+    <t>c_2711002</t>
+  </si>
+  <si>
+    <t>BOSSIS</t>
+  </si>
+  <si>
+    <t>Jean michel</t>
+  </si>
+  <si>
+    <t>Docteur Philippe LASSERRE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711211/fr/docteur-philippe-lasserre</t>
+  </si>
+  <si>
+    <t>c_2711211</t>
+  </si>
+  <si>
+    <t>LASSERRE</t>
+  </si>
+  <si>
+    <t>Docteur François FINKELTIN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711221/fr/docteur-francois-finkeltin</t>
+  </si>
+  <si>
+    <t>c_2711221</t>
+  </si>
+  <si>
+    <t>FINKELTIN</t>
+  </si>
+  <si>
+    <t>François</t>
+  </si>
+  <si>
+    <t>Docteur Jean KANY</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711312/fr/docteur-jean-kany</t>
+  </si>
+  <si>
+    <t>c_2711312</t>
+  </si>
+  <si>
+    <t>Docteur Benoit DE GERMAY</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711337/fr/docteur-benoit-de-germay</t>
+  </si>
+  <si>
+    <t>c_2711337</t>
+  </si>
+  <si>
+    <t>DE GERMAY</t>
+  </si>
+  <si>
+    <t>Docteur Antoine OKSMAN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711370/fr/docteur-antoine-oksman</t>
+  </si>
+  <si>
+    <t>c_2711370</t>
+  </si>
+  <si>
+    <t>OKSMAN</t>
+  </si>
+  <si>
+    <t>Antoine</t>
+  </si>
+  <si>
+    <t>Docteur Bernard SALMON</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711575/fr/docteur-bernard-salmon</t>
+  </si>
+  <si>
+    <t>c_2711575</t>
+  </si>
+  <si>
+    <t>SALMON</t>
+  </si>
+  <si>
+    <t>Docteur Philippe BOUSQUET</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711589/fr/docteur-philippe-bousquet</t>
+  </si>
+  <si>
+    <t>c_2711589</t>
+  </si>
+  <si>
+    <t>BOUSQUET</t>
+  </si>
+  <si>
+    <t>Docteur Guilhem FABRE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711609/fr/docteur-guilhem-fabre</t>
+  </si>
+  <si>
+    <t>c_2711609</t>
+  </si>
+  <si>
+    <t>Guilhem</t>
+  </si>
+  <si>
+    <t>Docteur Luis TOLEDO</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711624/fr/docteur-luis-toledo</t>
+  </si>
+  <si>
+    <t>c_2711624</t>
+  </si>
+  <si>
+    <t>TOLEDO</t>
+  </si>
+  <si>
+    <t>Luis</t>
+  </si>
+  <si>
+    <t>Docteur Francois LONGUET</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711632/fr/docteur-francois-longuet</t>
+  </si>
+  <si>
+    <t>c_2711632</t>
+  </si>
+  <si>
+    <t>LONGUET</t>
+  </si>
+  <si>
+    <t>Francois</t>
+  </si>
+  <si>
+    <t>Docteur Jerome FARNARIER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711656/fr/docteur-jerome-farnarier</t>
+  </si>
+  <si>
+    <t>c_2711656</t>
+  </si>
+  <si>
+    <t>FARNARIER</t>
+  </si>
+  <si>
+    <t>Jerome</t>
+  </si>
+  <si>
+    <t>Professeur Bertrand MARCHEIX</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711679/fr/professeur-bertrand-marcheix</t>
+  </si>
+  <si>
+    <t>c_2711679</t>
+  </si>
+  <si>
+    <t>MARCHEIX</t>
+  </si>
+  <si>
+    <t>Bertrand</t>
+  </si>
+  <si>
+    <t>Docteur Christian BAERTICH</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711781/fr/docteur-christian-baertich</t>
+  </si>
+  <si>
+    <t>c_2711781</t>
+  </si>
+  <si>
+    <t>BAERTICH</t>
+  </si>
+  <si>
+    <t>Christian</t>
+  </si>
+  <si>
+    <t>Docteur Sébastien FERRIÈRE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711816/fr/docteur-sebastien-ferriere</t>
+  </si>
+  <si>
+    <t>c_2711816</t>
+  </si>
+  <si>
+    <t>FERRIÈRE</t>
+  </si>
+  <si>
+    <t>Sébastien</t>
+  </si>
+  <si>
+    <t>Docteur Charles GALY</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711825/fr/docteur-charles-galy</t>
+  </si>
+  <si>
+    <t>c_2711825</t>
+  </si>
+  <si>
     <t>16 February 2023</t>
   </si>
   <si>
-    <t>Docteur LAURENT BELLEC</t>
-[...3310 lines deleted...]
-  <si>
     <t>CH COMMINGES PYRENEES SITE ST PLANCARD</t>
   </si>
   <si>
     <t>31806</t>
   </si>
   <si>
     <t>ST GAUDENS</t>
   </si>
   <si>
     <t>310000310</t>
   </si>
   <si>
     <t>Docteur Maxime ROLLIN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711832/fr/docteur-maxime-rollin</t>
   </si>
   <si>
     <t>c_2711832</t>
   </si>
   <si>
     <t>Docteur Bertrand GALISSIER</t>
   </si>
   <si>
     <t>08/11/2016 11:34:16</t>
@@ -6056,110 +6023,347 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>IME AUTAN-VAL FLEURI SITE MONS</t>
+  </si>
+  <si>
+    <t>03/03/2026 05:07:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16529_FicheESSMS/fr/ime-autan-val-fleuri-site-mons</t>
+  </si>
+  <si>
+    <t>16529_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Chemin Du Moulin</t>
+  </si>
+  <si>
+    <t>31280 MONS</t>
+  </si>
+  <si>
+    <t>MONS</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>310783154</t>
+  </si>
+  <si>
+    <t>SAAD AIDOLOGIS</t>
+  </si>
+  <si>
+    <t>24/02/2026 05:11:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16306_FicheESSMS/fr/saad-aidologis</t>
+  </si>
+  <si>
+    <t>16306_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De Provence</t>
+  </si>
+  <si>
+    <t>31770 COLOMIERS</t>
+  </si>
+  <si>
+    <t>COLOMIERS</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>310028824</t>
+  </si>
+  <si>
+    <t>SAAD ARC EN CIEL</t>
+  </si>
+  <si>
+    <t>23/02/2026 05:05:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16270_FicheESSMS/fr/saad-arc-en-ciel</t>
+  </si>
+  <si>
+    <t>16270_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Avenue Crampel</t>
+  </si>
+  <si>
+    <t>31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>310028113</t>
+  </si>
+  <si>
+    <t>SAA DOMITYS LES PAGELLES</t>
+  </si>
+  <si>
+    <t>23/02/2026 05:05:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16285_FicheESSMS/fr/saa-domitys-les-pagelles</t>
+  </si>
+  <si>
+    <t>16285_FicheESSMS</t>
+  </si>
+  <si>
+    <t>87 Chemin Lapujade</t>
+  </si>
+  <si>
+    <t>31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>310031083</t>
+  </si>
+  <si>
+    <t>CHRS LE TOURIL</t>
+  </si>
+  <si>
+    <t>19/02/2026 05:09:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15878_FicheESSMS/fr/chrs-le-touril</t>
+  </si>
+  <si>
+    <t>15878_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue De La Hache</t>
+  </si>
+  <si>
+    <t>31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>310785076</t>
+  </si>
+  <si>
+    <t>SAAD CCAS DE CUGNAUX</t>
+  </si>
+  <si>
+    <t>19/02/2026 05:10:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15946_FicheESSMS/fr/saad-ccas-de-cugnaux</t>
+  </si>
+  <si>
+    <t>15946_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Du Pre Vicinal</t>
+  </si>
+  <si>
+    <t>31270 CUGNAUX</t>
+  </si>
+  <si>
+    <t>CUGNAUX</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>310787031</t>
+  </si>
+  <si>
+    <t>DITEP LA GRANDE ALLÉE</t>
+  </si>
+  <si>
+    <t>19/02/2026 05:11:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16187_FicheESSMS/fr/ditep-la-grande-allee</t>
+  </si>
+  <si>
+    <t>16187_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Allée Frederic Mistral</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>310780663</t>
+  </si>
+  <si>
+    <t>SAAD SOLEIL POUR TOUS</t>
+  </si>
+  <si>
+    <t>01/02/2026 05:05:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15782_FicheESSMS/fr/saad-soleil-pour-tous</t>
+  </si>
+  <si>
+    <t>15782_FicheESSMS</t>
+  </si>
+  <si>
+    <t>55 Avenue Louis Breguet</t>
+  </si>
+  <si>
+    <t>310030465</t>
+  </si>
+  <si>
+    <t>CMPP VAL GARONNE TLSE</t>
+  </si>
+  <si>
+    <t>01/02/2026 05:07:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15787_FicheESSMS/fr/cmpp-val-garonne-tlse</t>
+  </si>
+  <si>
+    <t>15787_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Du Dr Delherm</t>
+  </si>
+  <si>
+    <t>31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
+  </si>
+  <si>
+    <t>310780945</t>
+  </si>
+  <si>
+    <t>SAAD VIVRE BIEN CHEZ SOI</t>
+  </si>
+  <si>
+    <t>29/01/2026 05:05:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15772_FicheESSMS/fr/saad-vivre-bien-chez-soi</t>
+  </si>
+  <si>
+    <t>15772_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Du Castel</t>
+  </si>
+  <si>
+    <t>31620 LABASTIDE ST SERNIN</t>
+  </si>
+  <si>
+    <t>LABASTIDE ST SERNIN</t>
+  </si>
+  <si>
+    <t>310027974</t>
+  </si>
+  <si>
     <t>EHPAD VITALITE SERENITE</t>
   </si>
   <si>
     <t>17/12/2025 05:05:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/15260_FicheESSMS/fr/ehpad-vitalite-serenite</t>
   </si>
   <si>
     <t>15260_FicheESSMS</t>
   </si>
   <si>
     <t>10 Impasse De La Charbonniere</t>
   </si>
   <si>
-    <t>31400 TOULOUSE</t>
-[...7 lines deleted...]
-  <si>
     <t>Personne âgée</t>
   </si>
   <si>
     <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
   </si>
   <si>
     <t>310020300</t>
   </si>
   <si>
     <t>SAD DU COTÉ DE CHEZ SOI</t>
   </si>
   <si>
     <t>16/12/2025 05:08:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/15240_FicheESSMS/fr/sad-du-cote-de-chez-soi</t>
   </si>
   <si>
     <t>15240_FicheESSMS</t>
   </si>
   <si>
     <t>35 Rue Des Treilles</t>
   </si>
   <si>
     <t>31410 NOE</t>
   </si>
   <si>
     <t>NOE</t>
   </si>
   <si>
-    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
-[...4 lines deleted...]
-  <si>
     <t>310028154</t>
   </si>
   <si>
     <t>SAAD LOOSAINFJN</t>
   </si>
   <si>
     <t>05/12/2025 05:10:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/15041_FicheESSMS/fr/saad-loosainfjn</t>
   </si>
   <si>
     <t>15041_FicheESSMS</t>
   </si>
   <si>
     <t>40 Avenue Lucien Servanty</t>
   </si>
   <si>
     <t>31700 BLAGNAC</t>
   </si>
   <si>
     <t>BLAGNAC</t>
   </si>
   <si>
     <t>310021506</t>
@@ -6257,6095 +6461,4751 @@
   <si>
     <t>SAD SAPAH SERVICES</t>
   </si>
   <si>
     <t>27/11/2025 16:25:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14917_FicheESSMS/fr/sad-sapah-services</t>
   </si>
   <si>
     <t>14917_FicheESSMS</t>
   </si>
   <si>
     <t>16 Avenue Charles De Gaulle</t>
   </si>
   <si>
     <t>31130 BALMA</t>
   </si>
   <si>
     <t>BALMA</t>
   </si>
   <si>
     <t>310030317</t>
   </si>
   <si>
-    <t>EHPAD OCCITANIE</t>
-[...11 lines deleted...]
-    <t>25 Chemin Des Peupliers</t>
+    <t>SAD A CHACUN SON SERVICE</t>
+  </si>
+  <si>
+    <t>24/11/2025 16:17:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14857_FicheESSMS/fr/sad-a-chacun-son-service</t>
+  </si>
+  <si>
+    <t>14857_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Route De  La Foret De Bouconne</t>
+  </si>
+  <si>
+    <t>31700 MONDONVILLE</t>
+  </si>
+  <si>
+    <t>MONDONVILLE</t>
+  </si>
+  <si>
+    <t>310028436</t>
+  </si>
+  <si>
+    <t>SAAD APMD MYOSOTIS</t>
+  </si>
+  <si>
+    <t>21/11/2025 16:19:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14772_FicheESSMS/fr/saad-apmd-myosotis</t>
+  </si>
+  <si>
+    <t>14772_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Chemin De Binagret</t>
+  </si>
+  <si>
+    <t>31410 LE FAUGA</t>
+  </si>
+  <si>
+    <t>LE FAUGA</t>
+  </si>
+  <si>
+    <t>310028949</t>
+  </si>
+  <si>
+    <t>EHPAD L'ESPERANCE</t>
+  </si>
+  <si>
+    <t>17/11/2025 16:18:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14726_FicheESSMS/fr/ehpad-l-esperance</t>
+  </si>
+  <si>
+    <t>14726_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Route De Cier</t>
+  </si>
+  <si>
+    <t>31210 POINTIS DE RIVIERE</t>
+  </si>
+  <si>
+    <t>POINTIS DE RIVIERE</t>
+  </si>
+  <si>
+    <t>310784525</t>
+  </si>
+  <si>
+    <t>SAAD ADOMICILE</t>
+  </si>
+  <si>
+    <t>16/11/2025 16:18:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14707_FicheESSMS/fr/saad-adomicile</t>
+  </si>
+  <si>
+    <t>14707_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1006 Chemin De Claverie</t>
+  </si>
+  <si>
+    <t>31370 LABASTIDE CLERMONT</t>
+  </si>
+  <si>
+    <t>LABASTIDE CLERMONT</t>
+  </si>
+  <si>
+    <t>310028139</t>
+  </si>
+  <si>
+    <t>SAAD CP-DOMICILE</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:25:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14345_FicheESSMS/fr/saad-cp-domicile</t>
+  </si>
+  <si>
+    <t>14345_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Avenue De Lombez</t>
+  </si>
+  <si>
+    <t>31076 TOULOUSE CEDEX 3</t>
+  </si>
+  <si>
+    <t>310029418</t>
+  </si>
+  <si>
+    <t>SAAD BIEN A LA MAISON</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:26:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14376_FicheESSMS/fr/saad-bien-a-la-maison</t>
+  </si>
+  <si>
+    <t>14376_FicheESSMS</t>
+  </si>
+  <si>
+    <t>159 Grande Rue Saint Michel</t>
+  </si>
+  <si>
+    <t>310025960</t>
+  </si>
+  <si>
+    <t>EHPAD LE COULOUME</t>
+  </si>
+  <si>
+    <t>25/09/2025 16:17:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13642_FicheESSMS/fr/ehpad-le-couloume</t>
+  </si>
+  <si>
+    <t>13642_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31310 MONTESQUIEU VOLVESTRE</t>
+  </si>
+  <si>
+    <t>MONTESQUIEU VOLVESTRE</t>
+  </si>
+  <si>
+    <t>310784764</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE MARPA CAP SOULE</t>
+  </si>
+  <si>
+    <t>15/09/2025 16:20:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13303_FicheESSMS/fr/residence-autonomie-marpa-cap-soule</t>
+  </si>
+  <si>
+    <t>13303_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Route De Boulogne</t>
+  </si>
+  <si>
+    <t>31580 ST PLANCARD</t>
+  </si>
+  <si>
+    <t>ST PLANCARD</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>310797790</t>
+  </si>
+  <si>
+    <t>ESAT LE RUISSELET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1379_FicheESSMS/fr/esat-le-ruisselet</t>
+  </si>
+  <si>
+    <t>1379_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31310 RIEUX VOLVESTRE</t>
+  </si>
+  <si>
+    <t>RIEUX VOLVESTRE</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>310785134</t>
+  </si>
+  <si>
+    <t>FOYER LES COMPAGNONS DU DEVOIR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1564_FicheESSMS/fr/foyer-les-compagnons-du-devoir</t>
+  </si>
+  <si>
+    <t>1564_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Rue Des Pyrenees</t>
+  </si>
+  <si>
+    <t>Foyer de Jeunes Travailleurs (résidence sociale ou non)</t>
+  </si>
+  <si>
+    <t>310785209</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1563_FicheESSMS/fr/foyer-les-compagnons-du-devoir</t>
+  </si>
+  <si>
+    <t>1563_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Hyacinthe Dubreuil</t>
+  </si>
+  <si>
+    <t>310785191</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE SENIOR TIBAOUS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1743_FicheESSMS/fr/ehpad-residence-senior-tibaous</t>
+  </si>
+  <si>
+    <t>1743_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Albert Carovis</t>
+  </si>
+  <si>
+    <t>310020284</t>
+  </si>
+  <si>
+    <t>EHPAD CASTEL GIROU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1844_FicheESSMS/fr/ehpad-castel-girou</t>
+  </si>
+  <si>
+    <t>1844_FicheESSMS</t>
+  </si>
+  <si>
+    <t>180 Avenue De Villemur</t>
+  </si>
+  <si>
+    <t>31620 CEPET</t>
+  </si>
+  <si>
+    <t>CEPET</t>
+  </si>
+  <si>
+    <t>310784434</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE LA PRADINE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1908_FicheESSMS/fr/residence-autonomie-la-pradine</t>
+  </si>
+  <si>
+    <t>1908_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Du Couderc</t>
+  </si>
+  <si>
+    <t>310787320</t>
+  </si>
+  <si>
+    <t>LAM UCRM ASSOC SAMARIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1990_FicheESSMS/fr/lam-ucrm-assoc-samarie</t>
+  </si>
+  <si>
+    <t>1990_FicheESSMS</t>
+  </si>
+  <si>
+    <t>108 Route D'Espagne</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Lits d'Accueil Médicalisés (L.A.M.)</t>
+  </si>
+  <si>
+    <t>310027958</t>
+  </si>
+  <si>
+    <t>RA SAINT LOUIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2031_FicheESSMS/fr/ra-saint-louis</t>
+  </si>
+  <si>
+    <t>2031_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44 Rue Du Faubourg Bonnefoy</t>
+  </si>
+  <si>
+    <t>31500 TOULOUSE</t>
+  </si>
+  <si>
+    <t>310796636</t>
+  </si>
+  <si>
+    <t>RA JOLIMONT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2030_FicheESSMS/fr/ra-jolimont</t>
+  </si>
+  <si>
+    <t>2030_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue Joachim Gerard</t>
+  </si>
+  <si>
+    <t>310796628</t>
+  </si>
+  <si>
+    <t>EHPAD HENRI IV</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2230_FicheESSMS/fr/ehpad-henri-iv</t>
+  </si>
+  <si>
+    <t>2230_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue M Louise Dubreil- Jacotin</t>
+  </si>
+  <si>
+    <t>310793666</t>
+  </si>
+  <si>
+    <t>EHPAD LES FONTENELLES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2295_FicheESSMS/fr/ehpad-les-fontenelles</t>
+  </si>
+  <si>
+    <t>2295_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Avenue Germaine Tillion</t>
+  </si>
+  <si>
+    <t>31520 RAMONVILLE ST AGNE</t>
+  </si>
+  <si>
+    <t>RAMONVILLE ST AGNE</t>
+  </si>
+  <si>
+    <t>310013438</t>
+  </si>
+  <si>
+    <t>EHPAD LA TRIADE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2313_FicheESSMS/fr/ehpad-la-triade</t>
+  </si>
+  <si>
+    <t>2313_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Avenue Du Chene Vert</t>
+  </si>
+  <si>
+    <t>31270 FROUZINS</t>
+  </si>
+  <si>
+    <t>FROUZINS</t>
+  </si>
+  <si>
+    <t>310792031</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE TIERS TEMPS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2550_FicheESSMS/fr/ehpad-residence-tiers-temps</t>
+  </si>
+  <si>
+    <t>2550_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Rue Du Moulin</t>
+  </si>
+  <si>
+    <t>310784343</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE LES SEPT DENIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2544_FicheESSMS/fr/residence-autonomie-les-sept-deniers</t>
+  </si>
+  <si>
+    <t>2544_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Chemin Garric</t>
+  </si>
+  <si>
+    <t>310784814</t>
+  </si>
+  <si>
+    <t>CAARUD - INTERMEDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3536_FicheESSMS/fr/caarud-intermede</t>
+  </si>
+  <si>
+    <t>3536_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Ctre.Accueil/ Accomp.Réduc.Risq.Usag. Drogues (C.A.A.R.U.D.)</t>
+  </si>
+  <si>
+    <t>310797584</t>
+  </si>
+  <si>
+    <t>MAS LES CHAMPS PINSONS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3710_FicheESSMS/fr/mas-les-champs-pinsons</t>
+  </si>
+  <si>
+    <t>3710_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Rue De Ninaret</t>
+  </si>
+  <si>
+    <t>31650 ST ORENS DE GAMEVILLE</t>
+  </si>
+  <si>
+    <t>ST ORENS DE GAMEVILLE</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>310792262</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE CHATEAU SAINT-JEAN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3989_FicheESSMS/fr/foyer-de-vie-chateau-saint-jean</t>
+  </si>
+  <si>
+    <t>3989_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31290 LUX</t>
+  </si>
+  <si>
+    <t>LUX</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>310017124</t>
+  </si>
+  <si>
+    <t>F.A.M. CHATEAU SAINT-JEAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3988_FicheESSMS/fr/f-a-m-chateau-saint-jean</t>
+  </si>
+  <si>
+    <t>3988_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>310019047</t>
+  </si>
+  <si>
+    <t>CSAPA MAURICE DIDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4042_FicheESSMS/fr/csapa-maurice-dide</t>
+  </si>
+  <si>
+    <t>4042_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31058 TOULOUSE CEDEX 9</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>310797402</t>
+  </si>
+  <si>
+    <t>MAS FAUSTINE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4092_FicheESSMS/fr/mas-faustine</t>
+  </si>
+  <si>
+    <t>4092_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31470 FONTENILLES</t>
+  </si>
+  <si>
+    <t>FONTENILLES</t>
+  </si>
+  <si>
+    <t>310024054</t>
+  </si>
+  <si>
+    <t>EHPAD LES ROSES (SAS)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4154_FicheESSMS/fr/ehpad-les-roses-sas</t>
+  </si>
+  <si>
+    <t>4154_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Avenue De Cintegabelle</t>
+  </si>
+  <si>
+    <t>31560 CALMONT</t>
+  </si>
+  <si>
+    <t>CALMONT</t>
+  </si>
+  <si>
+    <t>310784418</t>
+  </si>
+  <si>
+    <t>SESSAD DE L'ITEP SAINT-FRANCOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4339_FicheESSMS/fr/sessad-de-l-itep-saint-francois</t>
+  </si>
+  <si>
+    <t>4339_FicheESSMS</t>
+  </si>
+  <si>
+    <t>36 Avenue Maurice Bourges Maunoury</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>310020045</t>
+  </si>
+  <si>
+    <t>ITEP SAINT-FRANCOIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4338_FicheESSMS/fr/itep-saint-francois</t>
+  </si>
+  <si>
+    <t>4338_FicheESSMS</t>
+  </si>
+  <si>
+    <t>310780861</t>
+  </si>
+  <si>
+    <t>CADA GASCOGNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4460_FicheESSMS/fr/cada-gascogne</t>
+  </si>
+  <si>
+    <t>4460_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Rue De L'Aiguette</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>310020623</t>
+  </si>
+  <si>
+    <t>CENTRE DE LESTRADE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5867_FicheESSMS/fr/centre-de-lestrade</t>
+  </si>
+  <si>
+    <t>5867_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Du Bac</t>
+  </si>
+  <si>
+    <t>31522 RAMONVILLE ST AGNE</t>
+  </si>
+  <si>
+    <t>Institut d'Education Sensorielle Sourd/Aveugle</t>
+  </si>
+  <si>
+    <t>310781703</t>
+  </si>
+  <si>
+    <t>CSAPA TOULOUSE (AAT)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/411_FicheESSMS/fr/csapa-toulouse-aat</t>
+  </si>
+  <si>
+    <t>411_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Route De Blagnac</t>
+  </si>
+  <si>
+    <t>310791835</t>
+  </si>
+  <si>
+    <t>IEM CENTRE PHILIAE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/490_FicheESSMS/fr/iem-centre-philiae</t>
+  </si>
+  <si>
+    <t>490_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Institut d'éducation motrice</t>
+  </si>
+  <si>
+    <t>310782602</t>
+  </si>
+  <si>
+    <t>EEAP CENTRE PHILIAE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/489_FicheESSMS/fr/eeap-centre-philiae</t>
+  </si>
+  <si>
+    <t>489_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Du Bac</t>
+  </si>
+  <si>
+    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
+  </si>
+  <si>
+    <t>310025879</t>
+  </si>
+  <si>
+    <t>IME CENTRE PHILIAE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/488_FicheESSMS/fr/ime-centre-philiae</t>
+  </si>
+  <si>
+    <t>488_FicheESSMS</t>
+  </si>
+  <si>
+    <t>26 Avenue Tolosane</t>
+  </si>
+  <si>
+    <t>310028287</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE TOLOSA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/582_FicheESSMS/fr/ehpad-residence-tolosa</t>
+  </si>
+  <si>
+    <t>582_FicheESSMS</t>
+  </si>
+  <si>
+    <t>205 Avenue De Fronton</t>
+  </si>
+  <si>
+    <t>310021423</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT VINCENT DE PAUL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1095_FicheESSMS/fr/ehpad-saint-vincent-de-paul</t>
+  </si>
+  <si>
+    <t>1095_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Place De Xeraco</t>
+  </si>
+  <si>
+    <t>31150 BRUGUIERES</t>
+  </si>
+  <si>
+    <t>BRUGUIERES</t>
+  </si>
+  <si>
+    <t>310784400</t>
+  </si>
+  <si>
+    <t>EHPAD LES JONQUILLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1094_FicheESSMS/fr/ehpad-les-jonquilles</t>
+  </si>
+  <si>
+    <t>1094_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Boulevard Du Sel</t>
+  </si>
+  <si>
+    <t>31260 SALIES DU SALAT</t>
+  </si>
+  <si>
+    <t>SALIES DU SALAT</t>
+  </si>
+  <si>
+    <t>310784715</t>
+  </si>
+  <si>
+    <t>EHPAD L'ALBERGUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1093_FicheESSMS/fr/ehpad-l-albergue</t>
+  </si>
+  <si>
+    <t>1093_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Allée Des Tilleuls</t>
+  </si>
+  <si>
+    <t>31470 STE FOY DE PEYROLIERES</t>
+  </si>
+  <si>
+    <t>STE FOY DE PEYROLIERES</t>
+  </si>
+  <si>
+    <t>310792494</t>
+  </si>
+  <si>
+    <t>FAM VAL D'ARIZE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1132_FicheESSMS/fr/fam-val-d-arize</t>
+  </si>
+  <si>
+    <t>1132_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Avenue Du Mas D'Azil</t>
+  </si>
+  <si>
+    <t>310020334</t>
+  </si>
+  <si>
+    <t>EHPAD VAL D'ARIZE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1131_FicheESSMS/fr/ehpad-val-d-arize</t>
+  </si>
+  <si>
+    <t>1131_FicheESSMS</t>
+  </si>
+  <si>
+    <t>310020268</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE LES MARRONNIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1540_FicheESSMS/fr/foyer-de-vie-les-marronniers</t>
+  </si>
+  <si>
+    <t>1540_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57 Avenue De La Mairie</t>
+  </si>
+  <si>
+    <t>310780580</t>
+  </si>
+  <si>
+    <t>EHPAD MAISONNEUVE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1984_FicheESSMS/fr/ehpad-maisonneuve</t>
+  </si>
+  <si>
+    <t>1984_FicheESSMS</t>
+  </si>
+  <si>
+    <t>310791405</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE NOUVELLE ORLEANS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2050_FicheESSMS/fr/ehpad-residence-nouvelle-orleans</t>
+  </si>
+  <si>
+    <t>2050_FicheESSMS</t>
+  </si>
+  <si>
+    <t>163 Avenue Des Etats Unis</t>
+  </si>
+  <si>
+    <t>310023064</t>
+  </si>
+  <si>
+    <t>EAM "FOND PEYRE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2081_FicheESSMS/fr/eam-fond-peyre</t>
+  </si>
+  <si>
+    <t>2081_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Impasse Rene Cassin</t>
+  </si>
+  <si>
+    <t>31240 ST JEAN</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>310018007</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LES ROSSIGNOLS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2314_FicheESSMS/fr/ehpad-residence-les-rossignols</t>
+  </si>
+  <si>
+    <t>2314_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1086 Route De Saint Thomas</t>
+  </si>
+  <si>
+    <t>31470 ST LYS</t>
+  </si>
+  <si>
+    <t>ST LYS</t>
+  </si>
+  <si>
+    <t>310784293</t>
+  </si>
+  <si>
+    <t>SAMSAH DU RAZES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2453_FicheESSMS/fr/samsah-du-razes</t>
+  </si>
+  <si>
+    <t>2453_FicheESSMS</t>
+  </si>
+  <si>
+    <t>40 Chemin De Ribaute</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>310007349</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE L'ECUYER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2476_FicheESSMS/fr/ehpad-residence-l-ecuyer</t>
+  </si>
+  <si>
+    <t>2476_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Impasse Hippodrome</t>
+  </si>
+  <si>
+    <t>310793674</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LA COCAGNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2551_FicheESSMS/fr/ehpad-residence-la-cocagne</t>
+  </si>
+  <si>
+    <t>2551_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Avenue Victor Molinier</t>
+  </si>
+  <si>
+    <t>31570 STE FOY D AIGREFEUILLE</t>
+  </si>
+  <si>
+    <t>STE FOY D AIGREFEUILLE</t>
+  </si>
+  <si>
+    <t>310019385</t>
+  </si>
+  <si>
+    <t>CENTRE D'ACCUEIL DE JOUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2802_FicheESSMS/fr/centre-d-accueil-de-jour</t>
+  </si>
+  <si>
+    <t>2802_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Chemin Ample</t>
+  </si>
+  <si>
+    <t>31800 VALENTINE</t>
+  </si>
+  <si>
+    <t>VALENTINE</t>
+  </si>
+  <si>
+    <t>Centre de Jour pour Personnes Agées</t>
+  </si>
+  <si>
+    <t>310012679</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE "CANTEGRIL"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2825_FicheESSMS/fr/lieu-de-vie-cantegril</t>
+  </si>
+  <si>
+    <t>2825_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31310 GOUZENS</t>
+  </si>
+  <si>
+    <t>GOUZENS</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Lieux de Vie et d'Accueil</t>
+  </si>
+  <si>
+    <t>310024815</t>
+  </si>
+  <si>
+    <t>CHRS CLAIRE MAISON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2946_FicheESSMS/fr/chrs-claire-maison</t>
+  </si>
+  <si>
+    <t>2946_FicheESSMS</t>
+  </si>
+  <si>
+    <t>43 Rue Jean-De-Pins</t>
+  </si>
+  <si>
+    <t>310785027</t>
+  </si>
+  <si>
+    <t>EAM NOTRE DAME DES MONTS/LE COMTAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2993_FicheESSMS/fr/eam-notre-dame-des-monts/le-comtal</t>
+  </si>
+  <si>
+    <t>2993_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue De La Piscine</t>
+  </si>
+  <si>
+    <t>310022264</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LE SORBIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3025_FicheESSMS/fr/ehpad-residence-le-sorbier</t>
+  </si>
+  <si>
+    <t>3025_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Allée D'Occitanie</t>
+  </si>
+  <si>
+    <t>31470 FONSORBES</t>
+  </si>
+  <si>
+    <t>FONSORBES</t>
+  </si>
+  <si>
+    <t>310784277</t>
+  </si>
+  <si>
+    <t>EAM LE LAURAGAIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3293_FicheESSMS/fr/eam-le-lauragais</t>
+  </si>
+  <si>
+    <t>3293_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Chemin Du Moulin</t>
+  </si>
+  <si>
+    <t>310796750</t>
+  </si>
+  <si>
+    <t>CHRS UNION CEPIERE ROBERT MONNIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3439_FicheESSMS/fr/chrs-union-cepiere-robert-monnier</t>
+  </si>
+  <si>
+    <t>3439_FicheESSMS</t>
+  </si>
+  <si>
+    <t>310003207</t>
+  </si>
+  <si>
+    <t>CHRS LOU TRASTOULET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3538_FicheESSMS/fr/chrs-lou-trastoulet</t>
+  </si>
+  <si>
+    <t>3538_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Avenue Des Minimes</t>
+  </si>
+  <si>
+    <t>310785084</t>
+  </si>
+  <si>
+    <t>CSAPA CLEMENCE ISAURE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3535_FicheESSMS/fr/csapa-clemence-isaure</t>
+  </si>
+  <si>
+    <t>3535_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Rue Des Champs Elysees</t>
+  </si>
+  <si>
+    <t>310792189</t>
+  </si>
+  <si>
+    <t>EHPAD ARC-EN-CIEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3548_FicheESSMS/fr/ehpad-arc-en-ciel</t>
+  </si>
+  <si>
+    <t>3548_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Marie-Louise Dissard</t>
+  </si>
+  <si>
+    <t>310013529</t>
+  </si>
+  <si>
+    <t>EHPAD L'ACACIA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3812_FicheESSMS/fr/ehpad-l-acacia</t>
+  </si>
+  <si>
+    <t>3812_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31560 NAILLOUX</t>
+  </si>
+  <si>
+    <t>NAILLOUX</t>
+  </si>
+  <si>
+    <t>310792155</t>
+  </si>
+  <si>
+    <t>IME SAINT JEAN - UNITE TSA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3864_FicheESSMS/fr/ime-saint-jean-unite-tsa</t>
+  </si>
+  <si>
+    <t>3864_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Avenue Des Pyrenees</t>
   </si>
   <si>
     <t>31830 PLAISANCE DU TOUCH</t>
   </si>
   <si>
     <t>PLAISANCE DU TOUCH</t>
   </si>
   <si>
-    <t>310784327</t>
-[...302 lines deleted...]
-    <t>145 Rue Du Petit Pastellie</t>
+    <t>310024443</t>
+  </si>
+  <si>
+    <t>IME SAINT JEAN PLAISANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3863_FicheESSMS/fr/ime-saint-jean-plaisance</t>
+  </si>
+  <si>
+    <t>3863_FicheESSMS</t>
+  </si>
+  <si>
+    <t>310780549</t>
+  </si>
+  <si>
+    <t>SAVS FOYER LE PETIT BOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4250_FicheESSMS/fr/savs-foyer-le-petit-bois</t>
+  </si>
+  <si>
+    <t>4250_FicheESSMS</t>
+  </si>
+  <si>
+    <t>114 Boulevard Deodat De Severac</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>310020227</t>
+  </si>
+  <si>
+    <t>FOYER LE PETIT BOIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4249_FicheESSMS/fr/foyer-le-petit-bois</t>
+  </si>
+  <si>
+    <t>4249_FicheESSMS</t>
+  </si>
+  <si>
+    <t>116 Boulevard Deodat De Severac</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>310784996</t>
+  </si>
+  <si>
+    <t>SAMSAH LE PORTILHON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4617_FicheESSMS/fr/samsah-le-portilhon</t>
+  </si>
+  <si>
+    <t>4617_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31110 BAGNERES DE LUCHON</t>
+  </si>
+  <si>
+    <t>BAGNERES DE LUCHON</t>
+  </si>
+  <si>
+    <t>310027792</t>
+  </si>
+  <si>
+    <t>SESSAD PORTES DE GARONNE-CARBONNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4700_FicheESSMS/fr/sessad-portes-de-garonne-carbonne</t>
+  </si>
+  <si>
+    <t>4700_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Georges Brassens</t>
+  </si>
+  <si>
+    <t>31390 CARBONNE</t>
+  </si>
+  <si>
+    <t>CARBONNE</t>
+  </si>
+  <si>
+    <t>310011119</t>
+  </si>
+  <si>
+    <t>IME LES 36 PONTS-PO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4955_FicheESSMS/fr/ime-les-36-ponts-po</t>
+  </si>
+  <si>
+    <t>4955_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue De Seville</t>
+  </si>
+  <si>
+    <t>310032768</t>
+  </si>
+  <si>
+    <t>IME PORTES DE GARONNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4954_FicheESSMS/fr/ime-portes-de-garonne</t>
+  </si>
+  <si>
+    <t>4954_FicheESSMS</t>
+  </si>
+  <si>
+    <t>101 Route De Capens</t>
+  </si>
+  <si>
+    <t>31390 MARQUEFAVE</t>
+  </si>
+  <si>
+    <t>MARQUEFAVE</t>
+  </si>
+  <si>
+    <t>310781224</t>
+  </si>
+  <si>
+    <t>ITEP PORTES DE GARONNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4953_FicheESSMS/fr/itep-portes-de-garonne</t>
+  </si>
+  <si>
+    <t>4953_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Boulevard Cesar Metge</t>
+  </si>
+  <si>
+    <t>310782008</t>
+  </si>
+  <si>
+    <t>IME DES 36 PONTS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4952_FicheESSMS/fr/ime-des-36-ponts</t>
+  </si>
+  <si>
+    <t>4952_FicheESSMS</t>
+  </si>
+  <si>
+    <t>41 Rue Des 36 Ponts</t>
+  </si>
+  <si>
+    <t>310781539</t>
+  </si>
+  <si>
+    <t>UEMA IME DES 36 PONTS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4951_FicheESSMS/fr/uema-ime-des-36-ponts</t>
+  </si>
+  <si>
+    <t>4951_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Clair Roman</t>
+  </si>
+  <si>
+    <t>310031752</t>
+  </si>
+  <si>
+    <t>ITEP CENTRE LE COMMINGES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5952_FicheESSMS/fr/itep-centre-le-comminges</t>
+  </si>
+  <si>
+    <t>5952_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Route De St Girons</t>
+  </si>
+  <si>
+    <t>31260 MONTSAUNES</t>
+  </si>
+  <si>
+    <t>MONTSAUNES</t>
+  </si>
+  <si>
+    <t>310780820</t>
+  </si>
+  <si>
+    <t>MAS "L'OUSTALET"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5970_FicheESSMS/fr/mas-l-oustalet</t>
+  </si>
+  <si>
+    <t>5970_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue De Mathe</t>
+  </si>
+  <si>
+    <t>31140 ST ALBAN</t>
+  </si>
+  <si>
+    <t>ST ALBAN</t>
+  </si>
+  <si>
+    <t>310023080</t>
+  </si>
+  <si>
+    <t>ESAT CHATEAU BLANC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6243_FicheESSMS/fr/esat-chateau-blanc</t>
+  </si>
+  <si>
+    <t>6243_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Chemin De La Glaciere</t>
+  </si>
+  <si>
+    <t>310782594</t>
+  </si>
+  <si>
+    <t>ESAT L'EDELWEISS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6242_FicheESSMS/fr/esat-l-edelweiss</t>
+  </si>
+  <si>
+    <t>6242_FicheESSMS</t>
+  </si>
+  <si>
+    <t>310019443</t>
+  </si>
+  <si>
+    <t>EANM FOYER DE VIE PIERRE HENRI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6339_FicheESSMS/fr/eanm-foyer-de-vie-pierre-henri</t>
+  </si>
+  <si>
+    <t>6339_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31450 BAZIEGE</t>
+  </si>
+  <si>
+    <t>BAZIEGE</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>310793641</t>
+  </si>
+  <si>
+    <t>MAS CONCORDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6642_FicheESSMS/fr/mas-concorde</t>
+  </si>
+  <si>
+    <t>6642_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1057 Route De Saint Thomas</t>
+  </si>
+  <si>
+    <t>310786306</t>
+  </si>
+  <si>
+    <t>RESID. HABIT. JEUNES DEMOISELLES-FJT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7364_FicheESSMS/fr/resid-habit-jeunes-demoiselles-fjt</t>
+  </si>
+  <si>
+    <t>7364_FicheESSMS</t>
+  </si>
+  <si>
+    <t>70 Allée Des Demoiselles</t>
+  </si>
+  <si>
+    <t>310034012</t>
+  </si>
+  <si>
+    <t>FJT RESIDENCE JOLIMONT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7362_FicheESSMS/fr/fjt-residence-jolimont</t>
+  </si>
+  <si>
+    <t>7362_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Avenue Yves Brunaud</t>
+  </si>
+  <si>
+    <t>310785175</t>
+  </si>
+  <si>
+    <t>HABITAT JEUNES@HOME</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7361_FicheESSMS/fr/habitat-jeunes-home</t>
+  </si>
+  <si>
+    <t>7361_FicheESSMS</t>
+  </si>
+  <si>
+    <t>172 Rue Charles Bourseul</t>
+  </si>
+  <si>
+    <t>31670 LABEGE</t>
+  </si>
+  <si>
+    <t>LABEGE</t>
+  </si>
+  <si>
+    <t>310033394</t>
+  </si>
+  <si>
+    <t>RESIDENCE ESPERANCE - FJT FRATERNITE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7359_FicheESSMS/fr/residence-esperance-fjt-fraternite</t>
+  </si>
+  <si>
+    <t>7359_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Sophie Germain</t>
+  </si>
+  <si>
+    <t>310031844</t>
+  </si>
+  <si>
+    <t>RESIDENCE ESPERANCE - FJT MAOURINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7358_FicheESSMS/fr/residence-esperance-fjt-maourine</t>
+  </si>
+  <si>
+    <t>7358_FicheESSMS</t>
+  </si>
+  <si>
+    <t>310031836</t>
+  </si>
+  <si>
+    <t>SAMSAH "LESTRADE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8190_FicheESSMS/fr/samsah-lestrade</t>
+  </si>
+  <si>
+    <t>8190_FicheESSMS</t>
+  </si>
+  <si>
+    <t>310018965</t>
+  </si>
+  <si>
+    <t>EHPAD BELLES RIVES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8242_FicheESSMS/fr/ehpad-belles-rives</t>
+  </si>
+  <si>
+    <t>8242_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Avenue D Arenys De Mar</t>
+  </si>
+  <si>
+    <t>31190 AUTERIVE</t>
+  </si>
+  <si>
+    <t>AUTERIVE</t>
+  </si>
+  <si>
+    <t>310784251</t>
+  </si>
+  <si>
+    <t>EHPAD MARECHAL LECLERC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8431_FicheESSMS/fr/ehpad-marechal-leclerc</t>
+  </si>
+  <si>
+    <t>8431_FicheESSMS</t>
+  </si>
+  <si>
+    <t>774 Avenue Du 19 Mars 1962</t>
+  </si>
+  <si>
+    <t>310784301</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE FRANCIS BAROUSSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8485_FicheESSMS/fr/residence-autonomie-francis-barousse</t>
+  </si>
+  <si>
+    <t>8485_FicheESSMS</t>
+  </si>
+  <si>
+    <t>83 Avenue Tolosane</t>
+  </si>
+  <si>
+    <t>310786603</t>
+  </si>
+  <si>
+    <t>EANM FOYER DE VIE LES CASCADES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8469_FicheESSMS/fr/eanm-foyer-de-vie-les-cascades</t>
+  </si>
+  <si>
+    <t>8469_FicheESSMS</t>
+  </si>
+  <si>
+    <t>26 Boulevard Aristide Briand</t>
+  </si>
+  <si>
+    <t>31605 MURET</t>
+  </si>
+  <si>
+    <t>310785100</t>
+  </si>
+  <si>
+    <t>EAM LE BOSQUET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9317_FicheESSMS/fr/eam-le-bosquet</t>
+  </si>
+  <si>
+    <t>9317_FicheESSMS</t>
+  </si>
+  <si>
+    <t>26 Boulevard Du Sel</t>
+  </si>
+  <si>
+    <t>310021605</t>
+  </si>
+  <si>
+    <t>EHPAD CAROLINE BARON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9572_FicheESSMS/fr/ehpad-caroline-baron</t>
+  </si>
+  <si>
+    <t>9572_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51 Avenue Jean Rieux</t>
+  </si>
+  <si>
+    <t>310784475</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE LES CATALPAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1539_FicheESSMS/fr/foyer-de-vie-les-catalpas</t>
+  </si>
+  <si>
+    <t>1539_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Route De Lacourtensourt</t>
+  </si>
+  <si>
+    <t>31150 FENOUILLET</t>
+  </si>
+  <si>
+    <t>FENOUILLET</t>
+  </si>
+  <si>
+    <t>310780796</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE DE VINCI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2475_FicheESSMS/fr/ehpad-residence-de-vinci</t>
+  </si>
+  <si>
+    <t>2475_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Pablo Picasso</t>
+  </si>
+  <si>
+    <t>310792064</t>
+  </si>
+  <si>
+    <t>DOMAINE DU VALIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2607_FicheESSMS/fr/domaine-du-valier</t>
+  </si>
+  <si>
+    <t>2607_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Chemin De L'Armurie</t>
+  </si>
+  <si>
+    <t>310782461</t>
+  </si>
+  <si>
+    <t>ASSOC RESILIENCE OCCITANIE RESO TLSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3494_FicheESSMS/fr/assoc-resilience-occitanie-reso-tlse</t>
+  </si>
+  <si>
+    <t>3494_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Andre Villet</t>
+  </si>
+  <si>
+    <t>31432 TOULOUSE CEDEX 4</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>310020961</t>
+  </si>
+  <si>
+    <t>LHSS CHU TOULOUSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3987_FicheESSMS/fr/lhss-chu-toulouse</t>
+  </si>
+  <si>
+    <t>3987_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31059 TOULOUSE CEDEX 9</t>
+  </si>
+  <si>
+    <t>Lits Halte Soins Santé (L.H.S.S.)</t>
+  </si>
+  <si>
+    <t>310018148</t>
+  </si>
+  <si>
+    <t>CSAPA ANPAA HAUTE-GARONNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5545_FicheESSMS/fr/csapa-anpaa-haute-garonne</t>
+  </si>
+  <si>
+    <t>5545_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Boulevard Silvio Trentin</t>
+  </si>
+  <si>
+    <t>310788070</t>
+  </si>
+  <si>
+    <t>CPH LE SARDELIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5647_FicheESSMS/fr/cph-le-sardelis</t>
+  </si>
+  <si>
+    <t>5647_FicheESSMS</t>
+  </si>
+  <si>
+    <t>128 Route De Saint Simon</t>
+  </si>
+  <si>
+    <t>Centre Provisoire Hébergement (C.P.H.)</t>
+  </si>
+  <si>
+    <t>310796297</t>
+  </si>
+  <si>
+    <t>CADA ARSEAA SARDELIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5646_FicheESSMS/fr/cada-arseaa-sardelis</t>
+  </si>
+  <si>
+    <t>5646_FicheESSMS</t>
+  </si>
+  <si>
+    <t>128 Route De Saint-Simon</t>
+  </si>
+  <si>
+    <t>310796305</t>
+  </si>
+  <si>
+    <t>FJT SOLEIL 2 SAN FRANCISCO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5755_FicheESSMS/fr/fjt-soleil-2-san-francisco</t>
+  </si>
+  <si>
+    <t>5755_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Bernadette</t>
+  </si>
+  <si>
+    <t>310031802</t>
+  </si>
+  <si>
+    <t>FJT SOLEIL 1 SAN FRANCISCO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5754_FicheESSMS/fr/fjt-soleil-1-san-francisco</t>
+  </si>
+  <si>
+    <t>5754_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44 Boulevard Victor Hugo</t>
+  </si>
+  <si>
+    <t>310031794</t>
+  </si>
+  <si>
+    <t>FJT ANADYR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5753_FicheESSMS/fr/fjt-anadyr</t>
+  </si>
+  <si>
+    <t>5753_FicheESSMS</t>
+  </si>
+  <si>
+    <t>310031810</t>
+  </si>
+  <si>
+    <t>F.J.T. SAN FRANCISCO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5752_FicheESSMS/fr/f-j-t-san-francisco</t>
+  </si>
+  <si>
+    <t>5752_FicheESSMS</t>
+  </si>
+  <si>
+    <t>92 Route D'Espagne</t>
+  </si>
+  <si>
+    <t>310784681</t>
+  </si>
+  <si>
+    <t>MAS FRANCOISE DE VEYRINAS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5805_FicheESSMS/fr/mas-francoise-de-veyrinas</t>
+  </si>
+  <si>
+    <t>5805_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Rue De Maurys</t>
+  </si>
+  <si>
+    <t>31150 GRATENTOUR</t>
+  </si>
+  <si>
+    <t>GRATENTOUR</t>
+  </si>
+  <si>
+    <t>310792544</t>
+  </si>
+  <si>
+    <t>SSIAD LE CAGIRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5816_FicheESSMS/fr/ssiad-le-cagire</t>
+  </si>
+  <si>
+    <t>5816_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue Robert Schuman</t>
+  </si>
+  <si>
+    <t>31804 ST GAUDENS</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>310786454</t>
+  </si>
+  <si>
+    <t>CHRS MONTESPAN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5846_FicheESSMS/fr/chrs-montespan</t>
+  </si>
+  <si>
+    <t>5846_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Avenue Francois Miterrand</t>
+  </si>
+  <si>
+    <t>31800 ST GAUDENS</t>
+  </si>
+  <si>
+    <t>310786280</t>
+  </si>
+  <si>
+    <t>EHPAD L'OREE DE BOUCONNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6358_FicheESSMS/fr/ehpad-l-oree-de-bouconne</t>
+  </si>
+  <si>
+    <t>6358_FicheESSMS</t>
+  </si>
+  <si>
+    <t>240 Route De Levignac</t>
+  </si>
+  <si>
+    <t>31820 PIBRAC</t>
+  </si>
+  <si>
+    <t>PIBRAC</t>
+  </si>
+  <si>
+    <t>310017033</t>
+  </si>
+  <si>
+    <t>UN CHEZ SOI D'ABORD TOULOUSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6592_FicheESSMS/fr/un-chez-soi-d-abord-toulouse</t>
+  </si>
+  <si>
+    <t>6592_FicheESSMS</t>
+  </si>
+  <si>
+    <t>280 Avenue De Muret</t>
+  </si>
+  <si>
+    <t>31057 TOULOUSE CEDEX 1</t>
+  </si>
+  <si>
+    <t>Appartement de Coordination Thérapeutique (A.C.T.)</t>
+  </si>
+  <si>
+    <t>310023684</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE LE GOELAND</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7326_FicheESSMS/fr/lieu-de-vie-le-goeland</t>
+  </si>
+  <si>
+    <t>7326_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31570 ST PIERRE DE LAGES</t>
+  </si>
+  <si>
+    <t>ST PIERRE DE LAGES</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>310021977</t>
+  </si>
+  <si>
+    <t>FJT L'ESCALE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7363_FicheESSMS/fr/fjt-l-escale</t>
+  </si>
+  <si>
+    <t>7363_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31600 MURET</t>
+  </si>
+  <si>
+    <t>310026869</t>
+  </si>
+  <si>
+    <t>EHPAD ROQUEFORT - HL REVEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7479_FicheESSMS/fr/ehpad-roquefort-hl-revel</t>
+  </si>
+  <si>
+    <t>7479_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Avenue Roger Ricalens</t>
+  </si>
+  <si>
+    <t>31250 REVEL</t>
+  </si>
+  <si>
+    <t>REVEL</t>
+  </si>
+  <si>
+    <t>310790431</t>
+  </si>
+  <si>
+    <t>EHPAD L'ETOILE - HL REVEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7478_FicheESSMS/fr/ehpad-l-etoile-hl-revel</t>
+  </si>
+  <si>
+    <t>7478_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Place De La Mission</t>
+  </si>
+  <si>
+    <t>310018734</t>
+  </si>
+  <si>
+    <t>SAAD LE COUP DE POUCE A DOMICILE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7610_FicheESSMS/fr/saad-le-coup-de-pouce-a-domicile</t>
+  </si>
+  <si>
+    <t>7610_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Quartier St Hubert</t>
+  </si>
+  <si>
+    <t>31410 LAVERNOSE LACASSE</t>
+  </si>
+  <si>
+    <t>LAVERNOSE LACASSE</t>
+  </si>
+  <si>
+    <t>310026174</t>
+  </si>
+  <si>
+    <t>IME LE COLIBRI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7680_FicheESSMS/fr/ime-le-colibri</t>
+  </si>
+  <si>
+    <t>7680_FicheESSMS</t>
+  </si>
+  <si>
+    <t>116 Avenue Louis Pasteur</t>
+  </si>
+  <si>
+    <t>310780812</t>
+  </si>
+  <si>
+    <t>SAMSAH PHILIPPE PINEL- SITE FONSORBES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7720_FicheESSMS/fr/samsah-philippe-pinel-site-fonsorbes</t>
+  </si>
+  <si>
+    <t>7720_FicheESSMS</t>
+  </si>
+  <si>
+    <t>310034681</t>
+  </si>
+  <si>
+    <t>SAMSAH PHILIPPE PINEL - SITE RIEUMES -</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7719_FicheESSMS/fr/samsah-philippe-pinel-site-rieumes</t>
+  </si>
+  <si>
+    <t>7719_FicheESSMS</t>
+  </si>
+  <si>
+    <t>357 Chemin De Lisle En Dodon</t>
+  </si>
+  <si>
+    <t>31370 RIEUMES</t>
+  </si>
+  <si>
+    <t>RIEUMES</t>
+  </si>
+  <si>
+    <t>310029038</t>
+  </si>
+  <si>
+    <t>SAAD RESILIENCE OCCITANIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7787_FicheESSMS/fr/saad-resilience-occitanie</t>
+  </si>
+  <si>
+    <t>7787_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Chemin Vicinal De La Glaciere</t>
+  </si>
+  <si>
+    <t>310004858</t>
+  </si>
+  <si>
+    <t>MAS MARQUIOL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7781_FicheESSMS/fr/mas-marquiol</t>
+  </si>
+  <si>
+    <t>7781_FicheESSMS</t>
+  </si>
+  <si>
+    <t>64 Route De Gratentour</t>
+  </si>
+  <si>
+    <t>31140 PECHBONNIEU</t>
+  </si>
+  <si>
+    <t>PECHBONNIEU</t>
+  </si>
+  <si>
+    <t>310020946</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT-JACQUES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8222_FicheESSMS/fr/ehpad-saint-jacques</t>
+  </si>
+  <si>
+    <t>8222_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31330 GRENADE</t>
+  </si>
+  <si>
+    <t>GRENADE</t>
+  </si>
+  <si>
+    <t>310782156</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE SAINT JACQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8221_FicheESSMS/fr/ehpad-residence-saint-jacques</t>
+  </si>
+  <si>
+    <t>8221_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31480 CADOURS</t>
+  </si>
+  <si>
+    <t>CADOURS</t>
+  </si>
+  <si>
+    <t>310014618</t>
+  </si>
+  <si>
+    <t>SAAD LA VIE EST BELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8716_FicheESSMS/fr/saad-la-vie-est-belle</t>
+  </si>
+  <si>
+    <t>8716_FicheESSMS</t>
+  </si>
+  <si>
+    <t>125 Route De Marquefave</t>
+  </si>
+  <si>
+    <t>31410 ST SULPICE SUR LEZE</t>
+  </si>
+  <si>
+    <t>ST SULPICE SUR LEZE</t>
+  </si>
+  <si>
+    <t>310005558</t>
+  </si>
+  <si>
+    <t>EHPAD L'EDELWEISS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8756_FicheESSMS/fr/ehpad-l-edelweiss</t>
+  </si>
+  <si>
+    <t>8756_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Allée Du Plantaurel</t>
+  </si>
+  <si>
+    <t>31700 BEAUZELLE</t>
+  </si>
+  <si>
+    <t>BEAUZELLE</t>
+  </si>
+  <si>
+    <t>310020805</t>
+  </si>
+  <si>
+    <t>SAAD SIAS ESCALIU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8888_FicheESSMS/fr/saad-sias-escaliu</t>
+  </si>
+  <si>
+    <t>8888_FicheESSMS</t>
+  </si>
+  <si>
+    <t>220 Route D'Ox</t>
+  </si>
+  <si>
+    <t>31600 SEYSSES</t>
+  </si>
+  <si>
+    <t>SEYSSES</t>
+  </si>
+  <si>
+    <t>310787288</t>
+  </si>
+  <si>
+    <t>SAAD SIVOM PCV</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8886_FicheESSMS/fr/saad-sivom-pcv</t>
+  </si>
+  <si>
+    <t>8886_FicheESSMS</t>
+  </si>
+  <si>
+    <t>40 Chemin De Chantemesse</t>
+  </si>
+  <si>
+    <t>310787213</t>
+  </si>
+  <si>
+    <t>EHPAD LA BASTIDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8960_FicheESSMS/fr/ehpad-la-bastide</t>
+  </si>
+  <si>
+    <t>8960_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31360 BEAUCHALOT</t>
+  </si>
+  <si>
+    <t>BEAUCHALOT</t>
+  </si>
+  <si>
+    <t>310020797</t>
+  </si>
+  <si>
+    <t>EHPAD LA HOULETTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9387_FicheESSMS/fr/ehpad-la-houlette</t>
+  </si>
+  <si>
+    <t>9387_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Albert Camus</t>
+  </si>
+  <si>
+    <t>310791421</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE MARIE-ANTOINETTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9420_FicheESSMS/fr/ehpad-residence-marie-antoinette</t>
+  </si>
+  <si>
+    <t>9420_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Boulevard Aristide Briand</t>
+  </si>
+  <si>
+    <t>310784756</t>
+  </si>
+  <si>
+    <t>SAMSAH AUTRA VIA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9446_FicheESSMS/fr/samsah-autra-via</t>
+  </si>
+  <si>
+    <t>9446_FicheESSMS</t>
+  </si>
+  <si>
+    <t>53 Route D'Agde</t>
+  </si>
+  <si>
+    <t>310021894</t>
+  </si>
+  <si>
+    <t>EHPAD LE CLOS DES AMANDIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9483_FicheESSMS/fr/ehpad-le-clos-des-amandiers</t>
+  </si>
+  <si>
+    <t>9483_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Rue Bernard Amiel</t>
+  </si>
+  <si>
+    <t>310013388</t>
+  </si>
+  <si>
+    <t>SAD ADMR AURIGNAC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10230_FicheESSMS/fr/sad-admr-aurignac</t>
+  </si>
+  <si>
+    <t>10230_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31420 AURIGNAC</t>
+  </si>
+  <si>
+    <t>AURIGNAC</t>
+  </si>
+  <si>
+    <t>310030762</t>
+  </si>
+  <si>
+    <t>RESIDENCE ISATIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10242_FicheESSMS/fr/residence-isatis</t>
+  </si>
+  <si>
+    <t>10242_FicheESSMS</t>
+  </si>
+  <si>
+    <t>65 Avenue Mercure</t>
+  </si>
+  <si>
+    <t>31130 QUINT FONSEGRIVES</t>
+  </si>
+  <si>
+    <t>310021449</t>
+  </si>
+  <si>
+    <t>SAAD CAP'EDUCS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10422_FicheESSMS/fr/saad-cap-educs</t>
+  </si>
+  <si>
+    <t>10422_FicheESSMS</t>
+  </si>
+  <si>
+    <t>80 Chemin Des Agries</t>
+  </si>
+  <si>
+    <t>31860 LABARTHE SUR LEZE</t>
+  </si>
+  <si>
+    <t>LABARTHE SUR LEZE</t>
+  </si>
+  <si>
+    <t>310029251</t>
+  </si>
+  <si>
+    <t>EHPAD L'ENSOLEILLADE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10516_FicheESSMS/fr/ehpad-l-ensoleillade</t>
+  </si>
+  <si>
+    <t>10516_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue De La Residence</t>
+  </si>
+  <si>
+    <t>310785316</t>
+  </si>
+  <si>
+    <t>EHPAD TOUR TOTTIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10884_FicheESSMS/fr/ehpad-tour-tottier</t>
+  </si>
+  <si>
+    <t>10884_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Route De Pechbonnieu</t>
+  </si>
+  <si>
+    <t>31780 CASTELGINEST</t>
+  </si>
+  <si>
+    <t>CASTELGINEST</t>
+  </si>
+  <si>
+    <t>310788633</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE JALLIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11131_FicheESSMS/fr/ehpad-residence-jallier</t>
+  </si>
+  <si>
+    <t>11131_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Avenue Etienne Prosjean</t>
+  </si>
+  <si>
+    <t>310782131</t>
+  </si>
+  <si>
+    <t>ANRAS PROTECTION DES MAJEURS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11149_FicheESSMS/fr/anras-protection-des-majeurs</t>
+  </si>
+  <si>
+    <t>11149_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Du Chene Vert</t>
+  </si>
+  <si>
+    <t>31130 FLOURENS</t>
+  </si>
+  <si>
+    <t>FLOURENS</t>
+  </si>
+  <si>
+    <t>310023403</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN COTEAUX DE LA LEZE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11426_FicheESSMS/fr/ehpad-korian-coteaux-de-la-leze</t>
+  </si>
+  <si>
+    <t>11426_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Avenue Du Grand Vignemale</t>
+  </si>
+  <si>
+    <t>310022884</t>
+  </si>
+  <si>
+    <t>CADA FRANCE HORIZON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12817_FicheESSMS/fr/cada-france-horizon</t>
+  </si>
+  <si>
+    <t>12817_FicheESSMS</t>
+  </si>
+  <si>
+    <t>50 Route D'Espagne</t>
+  </si>
+  <si>
+    <t>310028311</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12816_FicheESSMS/fr/cada-france-horizon</t>
+  </si>
+  <si>
+    <t>12816_FicheESSMS</t>
+  </si>
+  <si>
+    <t>208 Avenue De Saint Éxupéry</t>
+  </si>
+  <si>
+    <t>31340 VILLEMUR SUR TARN</t>
+  </si>
+  <si>
+    <t>VILLEMUR SUR TARN</t>
+  </si>
+  <si>
+    <t>310026620</t>
+  </si>
+  <si>
+    <t>Département de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Code Finess de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Équipe accréditée</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation HOPITAL JOSEPH DUCUING TOULOUSE  (31)</t>
+  </si>
+  <si>
+    <t>11/02/2026 11:16:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859809/fr/equipe-d-anesthesie-reanimation-hopital-joseph-ducuing-toulouse-31</t>
+  </si>
+  <si>
+    <t>p_3859809</t>
+  </si>
+  <si>
+    <t>09 February 2026</t>
+  </si>
+  <si>
+    <t>Docteur AUDE CARIOU, Docteur ELISA GUENEGO, Docteur MAGALI HEINTZELMANN, Docteur FLAVIE PLANAS, Docteur MARION SANCHEZ</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie thoracique et cardio-vasculaire HOPITAL DE RANGUEIL CHU TOULOUSE  (31)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808228/fr/equipe-de-chirurgie-thoracique-et-cardio-vasculaire-hopital-de-rangueil-chu-toulouse-31</t>
+  </si>
+  <si>
+    <t>p_3808228</t>
+  </si>
+  <si>
+    <t>05 November 2025</t>
+  </si>
+  <si>
+    <t>Professeur Laurent BROUCHET, Docteur CLAIRE RENAUD, Docteur MATHILDE CAZAUX DE LEUGLAY, Docteur PIERRE RABINEL</t>
+  </si>
+  <si>
+    <t>Équipe de Neurochirurgie CL DE L'UNION SAINT JEAN  (31)</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:15:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793994/fr/equipe-de-neurochirurgie-cl-de-l-union-saint-jean-31</t>
+  </si>
+  <si>
+    <t>p_3793994</t>
+  </si>
+  <si>
+    <t>27 September 2025</t>
+  </si>
+  <si>
+    <t>Docteur Bernard SALMON, Docteur VINCENT LUBRANO, Docteur Jean-baptiste DANDINE, Docteur ALEXIS PEREZ, Docteur MARTIN DUPUY, Docteur OLIVIER MOLLIER</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CL RIVE GAUCHE TOULOUSE  (31)</t>
+  </si>
+  <si>
+    <t>19/05/2025 12:31:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606382/fr/equipe-d-anesthesie-reanimation-cl-rive-gauche-toulouse-31</t>
+  </si>
+  <si>
+    <t>p_3606382</t>
+  </si>
+  <si>
+    <t>05 May 2025</t>
+  </si>
+  <si>
+    <t>Docteur Maxime GARNIER, Docteur VANESSA ROBAY, Docteur MOHAMED SRAIRI, Docteur BERENGERE BOURRET, Docteur Roselyne FESSEAU, Docteur Laura BRUNETEAU, Docteur NADIA SMAIL, Docteur MEHDI BENNIS, Docteur BRIGITTE CHAMINADE, Docteur CHRISTINE TISSOT, Docteur STEPHANIE VITKOVITCH LASCHON</t>
+  </si>
+  <si>
+    <t>Équipe de Gynécologie Obstétrique HOPITAL JOSEPH DUCUING TOULOUSE  (31)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3600816/fr/equipe-de-gynecologie-obstetrique-hopital-joseph-ducuing-toulouse-31</t>
+  </si>
+  <si>
+    <t>p_3600816</t>
+  </si>
+  <si>
+    <t>07 December 2024</t>
+  </si>
+  <si>
+    <t>Docteur LAIA BATLLE, Docteur KOUASSIVI JOEL GNANIH, Docteur THIERRY CHARASSON, Docteur ANAIS PRADELLES LUGA, Docteur FLORA BAUBIL, Docteur Clotilde BROCAS, Docteur EVELYNE LABEYRIE DECORET, Docteur ANNE-SOPHIE PEULTIER</t>
+  </si>
+  <si>
+    <t>Équipe de Gynécologie Obstétrique CL RIVE GAUCHE TOULOUSE  (31)</t>
+  </si>
+  <si>
+    <t>24/03/2025 18:30:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598938/fr/equipe-de-gynecologie-obstetrique-cl-rive-gauche-toulouse-31</t>
+  </si>
+  <si>
+    <t>p_3598938</t>
+  </si>
+  <si>
+    <t>29 November 2022</t>
+  </si>
+  <si>
+    <t>Docteur MARTIN BAUJAT, Docteur ANNE GUYOT, Docteur Eric ORTAL, Docteur DONATIEN BLAIS, Docteur Olivier THIEBAUGEORGES, Docteur Joseph BOUYOU, Docteur Jérome CAPDET, Docteur VINCENT BROUTIN, Docteur MARIE CAVAIGNAC, Docteur CAROLINE SIMON-TOULZA, Docteur MARIE VOGLIMACCI STEPHANOPOLI, Docteur Nathalie CERE, Docteur Marie MAS CALVET, Docteur FANNY SEGAL, Docteur Jemina FAZAL JANOT, Docteur Marie helene MEYNIE PLUME, Docteur Marc PERINEAU</t>
+  </si>
+  <si>
+    <t>Équipe de Gynécologie Obstétrique CL DE L'UNION SAINT JEAN  (31)</t>
+  </si>
+  <si>
+    <t>26/02/2025 12:30:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593250/fr/equipe-de-gynecologie-obstetrique-cl-de-l-union-saint-jean-31</t>
+  </si>
+  <si>
+    <t>p_3593250</t>
+  </si>
+  <si>
+    <t>16 December 2023</t>
+  </si>
+  <si>
+    <t>Docteur JULIETTE DROZ-LEGARDEUR, Docteur Constance DE LAPASSE, Docteur Laurent PUYUELO, Docteur Adeline LANDIER PICHON, Docteur Anne CAUMETTE</t>
+  </si>
+  <si>
+    <t>26/02/2025 12:30:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593269/fr/equipe-de-gynecologie-obstetrique-cl-rive-gauche-toulouse-31</t>
+  </si>
+  <si>
+    <t>p_3593269</t>
+  </si>
+  <si>
+    <t>Docteur MARTIN BAUJAT, Docteur ANNE GUYOT, Docteur Eric ORTAL, Docteur DONATIEN BLAIS, Docteur Olivier THIEBAUGEORGES, Docteur Joseph BOUYOU, Docteur Jérome CAPDET, Docteur VINCENT BROUTIN, Docteur MARIE CAVAIGNAC, Docteur CAROLINE SIMON-TOULZA, Docteur Nathalie CERE, Docteur Marie MAS CALVET, Docteur Jemina FAZAL JANOT, Docteur Marie helene MEYNIE PLUME, Docteur Marc PERINEAU</t>
+  </si>
+  <si>
+    <t>Équipe de Gynécologie Obstétrique CL PASTEUR TOULOUSE  (31)</t>
+  </si>
+  <si>
+    <t>26/02/2025 12:30:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593288/fr/equipe-de-gynecologie-obstetrique-cl-pasteur-toulouse-31</t>
+  </si>
+  <si>
+    <t>p_3593288</t>
+  </si>
+  <si>
+    <t>30 December 2024</t>
+  </si>
+  <si>
+    <t>Docteur ANNE-SOPHIE BOUDY, Docteur Ludivine GENRE, Docteur Jerome FARNARIER, Docteur PIERRE LEGUEVAQUE</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie urologique CL DE L'UNION SAINT JEAN  (31)</t>
+  </si>
+  <si>
+    <t>21/11/2024 10:31:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3558553/fr/equipe-de-chirurgie-urologique-cl-de-l-union-saint-jean-31</t>
+  </si>
+  <si>
+    <t>p_3558553</t>
+  </si>
+  <si>
+    <t>14 November 2024</t>
+  </si>
+  <si>
+    <t>Docteur PHILIPPE ROUVELLAT-TERRADE, Docteur RAPHAEL BENHAIM, Docteur LAURENT BELLEC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550442/fr/equipe-d-anesthesie-reanimation-cl-rive-gauche-toulouse-31</t>
+  </si>
+  <si>
+    <t>p_3550442</t>
+  </si>
+  <si>
+    <t>27 August 2024</t>
+  </si>
+  <si>
+    <t>Docteur ANNE-STEPHANIE RICHEZ, Docteur REGIS JEAN, Docteur CLAIRE CABOS, Docteur THIERRY MAULINE, Docteur CHARLOTTE POIRSON</t>
+  </si>
+  <si>
+    <t>Équipe de Radiologie et Imagerie médicale HOPITAL PURPAN CHU TOULOUSE  (31)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3540749/fr/equipe-de-radiologie-et-imagerie-medicale-hopital-purpan-chu-toulouse-31</t>
+  </si>
+  <si>
+    <t>p_3540749</t>
+  </si>
+  <si>
+    <t>16 July 2024</t>
+  </si>
+  <si>
+    <t>Docteur CELINE GOUMARRE, Docteur LOUISE DESTOMBES, Docteur JULIE VIAL, Docteur HELENE CHIAVASSA-GANDOIS, Professeur NICOLAS SANS, Docteur MARIE FARUCH BILFELD</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CL CAPIO LA CROIX DU SUD QUINT FONSEGR  (31)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3541325/fr/equipe-d-anesthesie-reanimation-cl-capio-la-croix-du-sud-quint-fonsegr-31</t>
+  </si>
+  <si>
+    <t>p_3541325</t>
+  </si>
+  <si>
+    <t>01 August 2024</t>
+  </si>
+  <si>
+    <t>Docteur IOANNA MIRA VOUDOURI, Docteur GIADA ANGIUS, Docteur AUDE GELAS, Docteur MOHAMMAD REZA SHAMS, Docteur CAROLINE PERRIN, Docteur MAXIME FERRANDERY, Docteur MICHELE POT-SAIAH</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CL MEDIPOLE GARONNE TOULOUSE  (31)</t>
+  </si>
+  <si>
+    <t>26/12/2023 14:32:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3484349/fr/equipe-d-anesthesie-reanimation-cl-medipole-garonne-toulouse-31</t>
+  </si>
+  <si>
+    <t>p_3484349</t>
+  </si>
+  <si>
+    <t>18 December 2023</t>
+  </si>
+  <si>
+    <t>Docteur BERTRAND BASSET, Docteur CONSTANCE MARQUIS, Docteur CLEMENT CHASSERY, Docteur OLIVIER RONTES, Docteur CORINE VUILLAUME, Docteur PHILIPPE MARTY, Docteur MARIE VIRTOS, Docteur VINCENT ATTHAR, Docteur JULIE CASALPRIM, Docteur ANNE DE LUSSY</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation INST CLAUDIUS REGAUD ONCOPOLE TOULOUSE  (31)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3485539/fr/equipe-d-anesthesie-reanimation-inst-claudius-regaud-oncopole-toulouse-31</t>
+  </si>
+  <si>
+    <t>p_3485539</t>
+  </si>
+  <si>
+    <t>05 December 2023</t>
+  </si>
+  <si>
+    <t>Docteur LUC NGUYEN VAN PHI, Docteur AMEL DABOUSSI, Docteur HELENE VINOUR, Docteur JULIA GROSSAC, Docteur CLAIRE CABOS, Docteur DALINDA AIT AISSA, Docteur SOPHIE FOUCRAS LECLERC, Docteur BERTRAND COMBRES, Docteur OLIVIER GILBERT, Docteur OLIVIER STAES</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie urologique HOPITAL DE RANGUEIL CHU TOULOUSE  (31)</t>
+  </si>
+  <si>
+    <t>16/02/2023 19:33:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3414846/fr/equipe-de-chirurgie-urologique-hopital-de-rangueil-chu-toulouse-31</t>
+  </si>
+  <si>
+    <t>p_3414846</t>
+  </si>
+  <si>
+    <t>25 January 2023</t>
+  </si>
+  <si>
+    <t>Professeur XAVIER GAME, Docteur BORIS DELAUNAY, Professeur PASCAL RISCHMANN, Docteur MATHIEU ROUMIGUIE, Docteur THIBAUT BRIERRE, Docteur MARINE LESOURD, Professeur MICHEL SOULIE, Professeur BERNARD MALAVAUD, Docteur MATTHIEU THOULOUZAN, Docteur FEDERICO SALLUSTO, Docteur THIBAULT MINVIELLE-MONCLA, Docteur NICOLAS DOUMERC, Docteur FLORIAN LACLERGERIE</t>
+  </si>
+  <si>
+    <t>17/11/2022 14:32:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3386622/fr/equipe-d-anesthesie-reanimation-cl-capio-la-croix-du-sud-quint-fonsegr-31</t>
+  </si>
+  <si>
+    <t>p_3386622</t>
+  </si>
+  <si>
+    <t>24 October 2022</t>
+  </si>
+  <si>
+    <t>Docteur SYMEON GRIGORIOU, Docteur MIHAELA LECHINTEANU, Docteur STEPHANIE FABRE, Docteur ANDREI CIOBANU, Docteur KONSTANTINOS AMPATZOGLOU, Docteur PAGONA KLEFTOGIANNI, Docteur PANAGIOTIS CHRISTODOULOU</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319106/fr/equipe-de-gynecologie-obstetrique-cl-de-l-union-saint-jean-31</t>
+  </si>
+  <si>
+    <t>p_3319106</t>
+  </si>
+  <si>
+    <t>Docteur JULIETTE DROZ-LEGARDEUR, Docteur Jean-alain BOURNAZEAU, Docteur Constance DE LAPASSE, Docteur Laurent PUYUELO, Docteur Adeline LANDIER PICHON, Docteur Anne CAUMETTE</t>
+  </si>
+  <si>
+    <t>Équipe de Gynécologie Obstétrique CLINIQUE SARRUS-TEINTURIERS  (31)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319131/fr/equipe-de-gynecologie-obstetrique-clinique-sarrus-teinturiers-31</t>
+  </si>
+  <si>
+    <t>p_3319131</t>
+  </si>
+  <si>
+    <t>CLINIQUE SARRUS-TEINTURIERS</t>
+  </si>
+  <si>
+    <t>310780135</t>
+  </si>
+  <si>
+    <t>Docteur MARTIN BAUJAT, Docteur ANNE GUYOT, Docteur Eric ORTAL, Docteur DONATIEN BLAIS, Docteur Olivier THIEBAUGEORGES, Docteur Joseph BOUYOU, Docteur Jérome CAPDET, Docteur Claude LEVY, Docteur VINCENT BROUTIN, Docteur MARIE CAVAIGNAC, Docteur CAROLINE SIMON-TOULZA, Docteur Nathalie CERE, Docteur Marie MAS CALVET, Docteur Jemina FAZAL JANOT, Docteur Marie helene MEYNIE PLUME, Docteur Marc PERINEAU</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie urologique CLINIQUE SAINT JEAN LANGUEDOC  (31)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319152/fr/equipe-de-chirurgie-urologique-clinique-saint-jean-languedoc-31</t>
+  </si>
+  <si>
+    <t>p_3319152</t>
+  </si>
+  <si>
+    <t>12 July 2024</t>
+  </si>
+  <si>
+    <t>Docteur BENJAMIN PRADERE, Docteur CHRISTOPHE ALMERAS, Docteur Christophe TOLLON, Docteur GUILLAUME PLOUSSARD, Docteur Jean Baptiste BEAUVAL, Docteur GUILLAUME LOISON, Docteur Ambroise SALIN</t>
+  </si>
+  <si>
+    <t>Équipe de Neurochirurgie CL DES CEDRES CORNEBARRIEU  (31)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319218/fr/equipe-de-neurochirurgie-cl-des-cedres-cornebarrieu-31</t>
+  </si>
+  <si>
+    <t>p_3319218</t>
+  </si>
+  <si>
+    <t>24 September 2023</t>
+  </si>
+  <si>
+    <t>Docteur DAVID BRAUGE, Docteur GUILLAUME BONIFACE, Docteur Jean-paul LESCURE, Docteur Aurélien COSTE, Docteur Philippe BOUSQUET, Docteur OLIVIER HAMEL, Docteur Pascal SABATIER</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319255/fr/equipe-d-anesthesie-reanimation-cl-capio-la-croix-du-sud-quint-fonsegr-31</t>
+  </si>
+  <si>
+    <t>p_3319255</t>
+  </si>
+  <si>
+    <t>11 February 2026</t>
+  </si>
+  <si>
+    <t>Docteur MARION COSTECALDE, Docteur SAMI CHAARANI, Docteur CECILIA MAZZEO, Docteur VINCENT MERMET, Docteur Hermes ARTICO, Docteur HERVE BENAIS, Docteur TAREK WANNES</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319280/fr/equipe-de-gynecologie-obstetrique-cl-pasteur-toulouse-31</t>
+  </si>
+  <si>
+    <t>p_3319280</t>
+  </si>
+  <si>
+    <t>Docteur ANNE-SOPHIE BOUDY, Docteur Ludivine GENRE, Docteur Jerome FARNARIER, Docteur PIERRE LEGUEVAQUE, Docteur KELIG VERGRIETE</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CL DE L'UNION SAINT JEAN  (31)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319321/fr/equipe-d-anesthesie-reanimation-cl-de-l-union-saint-jean-31</t>
+  </si>
+  <si>
+    <t>p_3319321</t>
+  </si>
+  <si>
+    <t>05 December 2022</t>
+  </si>
+  <si>
+    <t>Docteur Arnaud SALCES Y NEDEO, Docteur ABDELAZIZ ASKRI, Docteur NUSCH MARDIGUIAN, Docteur CAMILLE PICARD, Docteur LOIC BAES, Docteur SLIM SGHAIER, Docteur YANNICK MICAUX, Docteur ANTOINE GALY, Docteur Maxime ROLLIN, Docteur Stéphan MODAVI, Docteur HENRY MOUYSSET, Docteur THIERRY VEILLON, Docteur Bernard LEVY, Docteur EMMANUEL MALIN, Docteur BERTRAND GOUPIL, Docteur Pierre JASKARZEC, Docteur MOHAMED MOUTAOUFIK, Docteur LAURENT VOLTAIRE, Docteur FREDERIC WILD, Docteur FREDERIQUE PLUTA</t>
+  </si>
+  <si>
+    <t>Équipe de Gastro-entérologie interventionnelle CL DES CEDRES CORNEBARRIEU  (31)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:35:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319404/fr/equipe-de-gastro-enterologie-interventionnelle-cl-des-cedres-cornebarrieu-31</t>
+  </si>
+  <si>
+    <t>p_3319404</t>
+  </si>
+  <si>
+    <t>11 December 2022</t>
+  </si>
+  <si>
+    <t>Docteur CHARLOTTE MAESTRACCI, Docteur Jonathan LEVY, Docteur JULIE CASTELLANO, Docteur JULIE PHILIP, Docteur Nicolas SIGUR, Docteur Alain LEDIT, Docteur Isabelle ROQUE, Docteur MARIE ROUANET</t>
+  </si>
+  <si>
+    <t>Équipe de Gastro-entérologie interventionnelle CL D'OCCITANIE MURET  (31)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:35:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319508/fr/equipe-de-gastro-enterologie-interventionnelle-cl-d-occitanie-muret-31</t>
+  </si>
+  <si>
+    <t>p_3319508</t>
+  </si>
+  <si>
+    <t>06 March 2024</t>
+  </si>
+  <si>
+    <t>Docteur Camille CHRISTOL, Docteur Sylvie SABY-RATEL, Docteur Jean-michel OLIVER, Docteur Laurent GONZALEZ, Docteur Claire VALENTIN, Docteur Nathalie BOUCHER, Docteur MARTIN DEPAIRE, Docteur JULIE LAURENT, Docteur CHLOE BILLEY</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CLINIQUE AMBROISE PARE TOULOUSE</t>
+  </si>
+  <si>
+    <t>25/09/2025 13:07:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/940_FicheEtablissement/fr/cl-ambroise-pare-toulouse</t>
+  </si>
+  <si>
+    <t>940_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>387 Route De Saint Simon</t>
+  </si>
+  <si>
+    <t>31082 TOULOUSE CEDEX 1</t>
+  </si>
+  <si>
+    <t>0826301919</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>Établissements certifiés sous conditions</t>
+  </si>
+  <si>
+    <t>HC HDJ ADULTE CENTRE DE POST CURE APRES TOULOUSE</t>
+  </si>
+  <si>
+    <t>25/09/2025 12:57:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4950_FicheEtablissement/fr/hc-hdj-adult-cespa-apres-toulouse</t>
+  </si>
+  <si>
+    <t>4950_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>40 Chemin Ribaute</t>
+  </si>
+  <si>
+    <t>0562477300</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>310795463</t>
+  </si>
+  <si>
+    <t>CLINIQUE CAPIO LA CROIX DU SUD (GROUPE RAMSAY SANTE)</t>
+  </si>
+  <si>
+    <t>15/07/2025 14:16:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/930_FicheEtablissement/fr/cl-capio-la-croix-du-sud-quint-fonsegr</t>
+  </si>
+  <si>
+    <t>930_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>52 Chemin De Ribaute</t>
+  </si>
+  <si>
+    <t>0536280000</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE BLAGNAC (EX KORIAN MONTVERT)</t>
+  </si>
+  <si>
+    <t>09/07/2025 09:49:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/949_FicheEtablissement/fr/cl-blagnac</t>
+  </si>
+  <si>
+    <t>949_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>11 Boulevard Henri Ziegler</t>
+  </si>
+  <si>
+    <t>0561373402</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>310781174</t>
+  </si>
+  <si>
+    <t>CLINIQUE SMR VAL DE SAUNE (EX CL DE QUINT FONSEGRIVES)</t>
+  </si>
+  <si>
+    <t>01/12/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/923_FicheEtablissement/fr/cl-smr-val-de-saune-quint-fonsegrives</t>
+  </si>
+  <si>
+    <t>923_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Place Helene Boucher</t>
+  </si>
+  <si>
+    <t>0561172400</t>
+  </si>
+  <si>
+    <t>310020938</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT ROCH</t>
+  </si>
+  <si>
+    <t>25/06/2025 10:13:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/945_FicheEtablissement/fr/cl-st-roch-fronton</t>
+  </si>
+  <si>
+    <t>945_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>29 Avenue Adrien Escudier</t>
+  </si>
+  <si>
+    <t>31620 FRONTON</t>
+  </si>
+  <si>
+    <t>FRONTON</t>
+  </si>
+  <si>
+    <t>0562799696</t>
+  </si>
+  <si>
+    <t>310781125</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER SPECIALISE CH GERARD MARCHANT</t>
+  </si>
+  <si>
+    <t>24/06/2025 09:12:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/915_FicheEtablissement/fr/ch-gerard-marchant-toulouse</t>
+  </si>
+  <si>
+    <t>915_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>134 Route D'Espagne</t>
+  </si>
+  <si>
+    <t>0561437777</t>
+  </si>
+  <si>
+    <t>310000369</t>
+  </si>
+  <si>
+    <t>Établissements non certifiés</t>
+  </si>
+  <si>
+    <t>UNITE SOINS LONGUE DUREE LES JARDINS DES SILOS CH MARCHANT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/973_FicheEtablissement/fr/usld-les-jardins-des-silos-ch-marchant</t>
+  </si>
+  <si>
+    <t>973_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0561437866</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>310794094</t>
+  </si>
+  <si>
+    <t>HOPITAUX MERE &amp; ENFANTS SITE VIGUIER CHU TOULOUSE</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:50:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/920_FicheEtablissement/fr/hopitaux-mere-enfants-chu-toulouse</t>
+  </si>
+  <si>
+    <t>920_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>330 Avenue De Grande Bretagne</t>
+  </si>
+  <si>
+    <t>0561772233</t>
+  </si>
+  <si>
+    <t>CHU</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation</t>
+  </si>
+  <si>
+    <t>310016977</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/922_FicheEtablissement/fr/hopital-larrey-chu-toulouse</t>
+  </si>
+  <si>
+    <t>922_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>24 Chemin De Pouvourville</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>ONCOPOLE CHU TOULOUSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/928_FicheEtablissement/fr/oncopole-chu-toulouse</t>
+  </si>
+  <si>
+    <t>928_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Avenue Irene Joliot Curie</t>
+  </si>
+  <si>
+    <t>0531155050</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Réanimation</t>
+  </si>
+  <si>
+    <t>310025333</t>
+  </si>
+  <si>
+    <t>HOPITAL GARONNE CHU TOULOUSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/925_FicheEtablissement/fr/hopital-garonne-chu-toulouse</t>
+  </si>
+  <si>
+    <t>925_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>224 Avenue De Casselardit</t>
+  </si>
+  <si>
+    <t>0561776611</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>310022298</t>
+  </si>
+  <si>
+    <t>CENTRE REEDUCATION FONCTIONNELLE LA FONTAINE SALEE CHU TLSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/955_FicheEtablissement/fr/crf-la-fontaine-salee-chu-toulouse</t>
+  </si>
+  <si>
+    <t>955_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0561909200</t>
+  </si>
+  <si>
+    <t>310782339</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/958_FicheEtablissement/fr/hopital-purpan-chu-toulouse</t>
+  </si>
+  <si>
+    <t>958_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>HOPITAL LA GRAVE CHU TOULOUSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/960_FicheEtablissement/fr/hopital-la-grave-chu-toulouse</t>
+  </si>
+  <si>
+    <t>960_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0561777833</t>
+  </si>
+  <si>
+    <t>Médecine, Psychiatrie</t>
+  </si>
+  <si>
+    <t>310783063</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/959_FicheEtablissement/fr/hopital-de-rangueil-chu-toulouse</t>
+  </si>
+  <si>
+    <t>959_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Avenue Pr Jean Poulhes</t>
+  </si>
+  <si>
+    <t>0561322533</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>UNITE SOINS LONGUE DUREE HOPITAL GARONNE CHU TOULOUSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/967_FicheEtablissement/fr/usld-hopital-garonne-chu-toulouse</t>
+  </si>
+  <si>
+    <t>967_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>0561776613</t>
+  </si>
+  <si>
+    <t>310790332</t>
+  </si>
+  <si>
+    <t>CLINIQUE ADOLESCENCE VILLA (EX CASSELARDIT VILLA ANCELY)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/965_FicheEtablissement/fr/cl-adolescence-villa-chu-tlse</t>
+  </si>
+  <si>
+    <t>965_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>170 Avenue De Casselardit</t>
+  </si>
+  <si>
+    <t>0561779330</t>
+  </si>
+  <si>
+    <t>310787304</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
+    <t>HOTEL DIEU SAINT JACQUES CHU TOULOUSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4908_FicheEtablissement/fr/hotel-dieu-st-jacques-chu-toulouse</t>
+  </si>
+  <si>
+    <t>4908_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Viguerie</t>
+  </si>
+  <si>
+    <t>0561778233</t>
+  </si>
+  <si>
+    <t>310000484</t>
+  </si>
+  <si>
+    <t>HOPITAL PSY ADULTE HC HJ CHU TOULOUSE (EX BOURGEOIS PURPAN)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4933_FicheEtablissement/fr/hopital-psy-adulte-hc-hj-chu-toulouse</t>
+  </si>
+  <si>
+    <t>4933_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0534557500</t>
+  </si>
+  <si>
+    <t>310025077</t>
+  </si>
+  <si>
+    <t>HC HDJ ADULTE CLINIQUE DES CEDRES CORNEBARRIEU</t>
+  </si>
+  <si>
+    <t>25/03/2025 09:32:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/943_FicheEtablissement/fr/hc-hdj-adult-cl-cedres-cornebarrieu</t>
+  </si>
+  <si>
+    <t>943_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>31700 CORNEBARRIEU</t>
+  </si>
+  <si>
+    <t>0562133131</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Psychiatrie, Réanimation</t>
+  </si>
+  <si>
+    <t>CENTRE DE READAPTATION FONCTIONNELLE LES GRANDS CEDRES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/962_FicheEtablissement/fr/crf-les-grands-cedres-cornebarrieu</t>
+  </si>
+  <si>
+    <t>962_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0562133106</t>
+  </si>
+  <si>
+    <t>310784830</t>
+  </si>
+  <si>
+    <t>CLINIQUE RIVE GAUCHE</t>
+  </si>
+  <si>
+    <t>24/02/2025 09:30:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/929_FicheEtablissement/fr/cl-rive-gauche-toulouse</t>
+  </si>
+  <si>
+    <t>929_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>49 Allée Charles De Fitte</t>
+  </si>
+  <si>
+    <t>0561773333</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER COMMINGES PYRENEES SITE SAINT PLANCARD</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/913_FicheEtablissement/fr/ch-comminges-pyrenees-site-st-plancard</t>
+  </si>
+  <si>
+    <t>913_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>31806 ST GAUDENS</t>
+  </si>
+  <si>
+    <t>0562004002</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>LES HOPITAUX DE LUCHON CENTRE CONVALESCENCE ET GERONTOLOGIE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/912_FicheEtablissement/fr/ctre-conval-geronto-hopitaux-de-luchon</t>
+  </si>
+  <si>
+    <t>912_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Avenue Alexandre Dumas</t>
+  </si>
+  <si>
+    <t>0561799300</t>
+  </si>
+  <si>
+    <t>310000013</t>
+  </si>
+  <si>
+    <t>HAD SANTE RELAIS DOMICILE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/917_FicheEtablissement/fr/had-sante-relais-domicile</t>
+  </si>
+  <si>
+    <t>917_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>25 Rue Paule Raymondis</t>
+  </si>
+  <si>
+    <t>0534404040</t>
+  </si>
+  <si>
+    <t>Médecine, Obstétrique</t>
+  </si>
+  <si>
+    <t>310005459</t>
+  </si>
+  <si>
+    <t>UNITE SOINS DE LONGUE DUREE CH DE MURET</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/916_FicheEtablissement/fr/usld-ch-muret</t>
+  </si>
+  <si>
+    <t>916_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0567528100</t>
+  </si>
+  <si>
+    <t>310001383</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE REVEL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/914_FicheEtablissement/fr/ch-revel</t>
+  </si>
+  <si>
+    <t>914_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0562187676</t>
+  </si>
+  <si>
+    <t>310000336</t>
+  </si>
+  <si>
+    <t>SSR DEFICIENTS VISUELS ET BASSE VISION A MATHIS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/919_FicheEtablissement/fr/ssr-basse-vision-a-mathis-st-gaudens</t>
+  </si>
+  <si>
+    <t>919_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>13 Rue Romain Rolland</t>
+  </si>
+  <si>
+    <t>0562892849</t>
+  </si>
+  <si>
+    <t>310014329</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE MURET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/918_FicheEtablissement/fr/ch-muret</t>
+  </si>
+  <si>
+    <t>918_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>310013628</t>
+  </si>
+  <si>
+    <t>UNITE SOINS DE LONGUE DUREE LA CADENE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/921_FicheEtablissement/fr/usld-la-cadene-toulouse</t>
+  </si>
+  <si>
+    <t>921_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>15 Impasse De La Cadene</t>
+  </si>
+  <si>
+    <t>0561137327</t>
+  </si>
+  <si>
+    <t>310018049</t>
+  </si>
+  <si>
+    <t>CLINIQUE LA RECOUVRANCE FRONTON</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/926_FicheEtablissement/fr/cl-la-recouvrance</t>
+  </si>
+  <si>
+    <t>926_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Place De La Halle</t>
+  </si>
+  <si>
+    <t>0561374570</t>
+  </si>
+  <si>
+    <t>310023007</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU CHATEAU DE SEYSSES</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/932_FicheEtablissement/fr/cl-du-chateau-de-seysses</t>
+  </si>
+  <si>
+    <t>932_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0562239090</t>
+  </si>
+  <si>
+    <t>310780143</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE MONTBERON PSY ADULTE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/931_FicheEtablissement/fr/cl-de-montberon-psy-adult</t>
+  </si>
+  <si>
+    <t>931_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>6 Avenue De Neuville</t>
+  </si>
+  <si>
+    <t>31140 MONTBERON</t>
+  </si>
+  <si>
+    <t>MONTBERON</t>
+  </si>
+  <si>
+    <t>0562220077</t>
+  </si>
+  <si>
+    <t>310780119</t>
+  </si>
+  <si>
+    <t>CLINIQUE PASTEUR</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/935_FicheEtablissement/fr/cl-pasteur-toulouse</t>
+  </si>
+  <si>
+    <t>935_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0562213131</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU CABIROL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/934_FicheEtablissement/fr/cl-du-cabirol-colomiers</t>
+  </si>
+  <si>
+    <t>934_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>13 Rue Etienne Collongues</t>
+  </si>
+  <si>
+    <t>0561315000</t>
+  </si>
+  <si>
+    <t>310780234</t>
+  </si>
+  <si>
+    <t>CLINIQUE MONIE VILLEFFRANCHE DE LAURAGAIS (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/938_FicheEtablissement/fr/cl-monie-villefranche-de-lauragais</t>
+  </si>
+  <si>
+    <t>938_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0562717777</t>
+  </si>
+  <si>
+    <t>310780366</t>
+  </si>
+  <si>
+    <t>MAISON SANTE MAILHOL PSY ADULT</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/937_FicheEtablissement/fr/maison-sante-mailhol-psy-adult</t>
+  </si>
+  <si>
+    <t>937_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>283 Route De Mauremont</t>
+  </si>
+  <si>
+    <t>31450 LABASTIDE BEAUVOIR</t>
+  </si>
+  <si>
+    <t>LABASTIDE BEAUVOIR</t>
+  </si>
+  <si>
+    <t>0562717983</t>
+  </si>
+  <si>
+    <t>310780358</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE L'UNION</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/936_FicheEtablissement/fr/cl-de-l-union-saint-jean</t>
+  </si>
+  <si>
+    <t>936_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0561378181</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU CHATEAU DE VERNHES</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/939_FicheEtablissement/fr/cl-du-chateau-de-vernhes-bondigoux</t>
+  </si>
+  <si>
+    <t>939_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>31340 BONDIGOUX</t>
+  </si>
+  <si>
+    <t>BONDIGOUX</t>
+  </si>
+  <si>
+    <t>0561372727</t>
+  </si>
+  <si>
+    <t>310780374</t>
+  </si>
+  <si>
+    <t>MAISON D'ENFANTS A CARACTERE SANITAIRE CASTELNOUVEL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/942_FicheEtablissement/fr/mecs-castelnouvel-leguevin-ugecam</t>
+  </si>
+  <si>
+    <t>942_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>31 Allée De Castelnouvel</t>
+  </si>
+  <si>
+    <t>31490 LEGUEVIN</t>
+  </si>
+  <si>
+    <t>LEGUEVIN</t>
+  </si>
+  <si>
+    <t>0562134444</t>
+  </si>
+  <si>
+    <t>310780481</t>
+  </si>
+  <si>
+    <t>HOSPIT COMPLETE SSC CAC CLINIQUE DE BEAUPUY</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/941_FicheEtablissement/fr/hc-ssc-cac-cl-de-beaupuy</t>
+  </si>
+  <si>
+    <t>941_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>31850 BEAUPUY</t>
+  </si>
+  <si>
+    <t>BEAUPUY</t>
+  </si>
+  <si>
+    <t>0561845650</t>
+  </si>
+  <si>
+    <t>310780390</t>
+  </si>
+  <si>
+    <t>HC HDJ AMBULATOIRE ADULTE CLINIQUE D'AUFRERY PIN BALMA</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/946_FicheEtablissement/fr/hc-hdj-ambu-adult-d-aufrery-pin-balma</t>
+  </si>
+  <si>
+    <t>946_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Place Du Marechal Niel</t>
+  </si>
+  <si>
+    <t>31130 PIN BALMA</t>
+  </si>
+  <si>
+    <t>PIN BALMA</t>
+  </si>
+  <si>
+    <t>0561249750</t>
+  </si>
+  <si>
+    <t>310781133</t>
+  </si>
+  <si>
+    <t>HOPITAL JOSEPH DUCUING</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/944_FicheEtablissement/fr/hopital-joseph-ducuing-toulouse</t>
+  </si>
+  <si>
+    <t>944_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>15 Rue De Varsovie</t>
+  </si>
+  <si>
+    <t>0561773400</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine</t>
+  </si>
+  <si>
+    <t>CENTRE DE READAPTATION FONCTIONNELLE PAUL DOTTIN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/950_FicheEtablissement/fr/centre-paul-dottin-ramonville-st-agne</t>
+  </si>
+  <si>
+    <t>950_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0561753901</t>
+  </si>
+  <si>
+    <t>310781422</t>
+  </si>
+  <si>
+    <t>HC HDJ AMBU ADULTE ENF ADO CL MARIGNY SAINT LOUP CAMMAS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/948_FicheEtablissement/fr/hc-hdj-ambu-adult-ea-cl-marigny</t>
+  </si>
+  <si>
+    <t>948_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Du Treil</t>
+  </si>
+  <si>
+    <t>31140 ST LOUP CAMMAS</t>
+  </si>
+  <si>
+    <t>ST LOUP CAMMAS</t>
+  </si>
+  <si>
+    <t>0562229177</t>
+  </si>
+  <si>
+    <t>310781158</t>
+  </si>
+  <si>
+    <t>HC HDJ AMBU ADULT CL DU VIEUX CHATEAU D'OC CASTELMAUROU</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/947_FicheEtablissement/fr/hc-hdj-ambu-adult-cl-vieux-chateau-oc</t>
+  </si>
+  <si>
+    <t>947_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Chemin Castelviel</t>
+  </si>
+  <si>
+    <t>31180 CASTELMAUROU</t>
+  </si>
+  <si>
+    <t>CASTELMAUROU</t>
+  </si>
+  <si>
+    <t>0826282813</t>
+  </si>
+  <si>
+    <t>310781141</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE VERDAICH</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/953_FicheEtablissement/fr/cl-de-verdaich-gaillac-toulza</t>
+  </si>
+  <si>
+    <t>953_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>31550 GAILLAC TOULZA</t>
+  </si>
+  <si>
+    <t>GAILLAC TOULZA</t>
+  </si>
+  <si>
+    <t>0561509237</t>
+  </si>
+  <si>
+    <t>310781984</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE MEDICALE DE LA LEZE LAGARDELLE SUR LEZE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/952_FicheEtablissement/fr/polycl-medicale-de-la-leze</t>
+  </si>
+  <si>
+    <t>952_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>468 Chemin De Reguenade</t>
+  </si>
+  <si>
+    <t>31870 LAGARDELLE SUR LEZE</t>
+  </si>
+  <si>
+    <t>LAGARDELLE SUR LEZE</t>
+  </si>
+  <si>
+    <t>0562111515</t>
+  </si>
+  <si>
+    <t>310781695</t>
+  </si>
+  <si>
+    <t>CLINIQUE D'OCCITANIE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/951_FicheEtablissement/fr/cl-d-occitanie-muret</t>
+  </si>
+  <si>
+    <t>951_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>20 Avenue Bernard Iv</t>
+  </si>
+  <si>
+    <t>0561518996</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>ONCOPOLE CLAUDIUS REGAUD TOULOUSE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/956_FicheEtablissement/fr/oncopole-claudius-regaud-toulouse</t>
+  </si>
+  <si>
+    <t>956_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>CLCC</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine</t>
+  </si>
+  <si>
+    <t>CLINIQUE NEPHRO ST EXUPERY CENTRE DOMICILE TLSE LECRIVAIN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/954_FicheEtablissement/fr/cl-nephro-exupery-ctre-dd-tls-lecriv</t>
+  </si>
+  <si>
+    <t>954_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>29 Rue Emile Lecrivain</t>
+  </si>
+  <si>
+    <t>31077 TOULOUSE CEDEX 4</t>
+  </si>
+  <si>
+    <t>0561173333</t>
+  </si>
+  <si>
+    <t>Médecine, Néphrologie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CLINIQUE SSR KORIAN ESTELA (EX CL VAL DES CYGNES)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/957_FicheEtablissement/fr/cl-ssr-korian-estela-toulouse</t>
+  </si>
+  <si>
+    <t>957_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>10 Avenue Hubert Curien</t>
+  </si>
+  <si>
+    <t>0562114000</t>
+  </si>
+  <si>
+    <t>310782396</t>
+  </si>
+  <si>
+    <t>LES HOPITAUX DE LUCHON CENTRE DE REEDUCATION FONCTIONNELLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/961_FicheEtablissement/fr/crf-les-hopitaux-de-luchon</t>
+  </si>
+  <si>
+    <t>961_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Cours Des Quinconces</t>
+  </si>
+  <si>
+    <t>0561799400</t>
+  </si>
+  <si>
+    <t>310784558</t>
+  </si>
+  <si>
+    <t>SOINS DE SUITE ET DE READAPTATION DOMAINE DE LA CADENE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/964_FicheEtablissement/fr/ssr-domaine-de-la-cadene-toulouse</t>
+  </si>
+  <si>
+    <t>964_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>310786702</t>
+  </si>
+  <si>
+    <t>CLINIQUE DES PYRENEES</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/963_FicheEtablissement/fr/cl-des-pyrenees-colomiers</t>
+  </si>
+  <si>
+    <t>963_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>10 Chemin De Cournaudis</t>
+  </si>
+  <si>
+    <t>0561153200</t>
+  </si>
+  <si>
+    <t>310786389</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT ORENS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/968_FicheEtablissement/fr/cl-st-orens-saint-orens-de-gameville</t>
+  </si>
+  <si>
+    <t>968_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>12 Avenue De Revel</t>
+  </si>
+  <si>
+    <t>0561393333</t>
+  </si>
+  <si>
+    <t>310790472</t>
+  </si>
+  <si>
+    <t>CENTRE DE REEDUCATION FONCTIONNELLE DU MIRAIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/966_FicheEtablissement/fr/ctre-de-reeducation-du-mirail-toulouse</t>
+  </si>
+  <si>
+    <t>966_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Rue Du Doyen Lefebvre</t>
+  </si>
+  <si>
+    <t>0561766287</t>
+  </si>
+  <si>
+    <t>310787965</t>
+  </si>
+  <si>
+    <t>NEPHROCARE OCCITANIE UAD UDM CENTRE DIALYSE A DOMICILE MURET</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/974_FicheEtablissement/fr/nephrocare-oc-uad-udm-centre-dd-muret</t>
+  </si>
+  <si>
+    <t>974_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>22 Avenue Bernard Iv</t>
+  </si>
+  <si>
+    <t>31603 MURET</t>
+  </si>
+  <si>
+    <t>0534463615</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>310794417</t>
+  </si>
+  <si>
+    <t>SMR ANDRE BOUSQUAIROL (EX POUPONNIERE)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/972_FicheEtablissement/fr/smr-andre-bousquairol</t>
+  </si>
+  <si>
+    <t>972_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>22 Rue Des Lavandieres</t>
+  </si>
+  <si>
+    <t>31270 VILLENEUVE TOLOSANE</t>
+  </si>
+  <si>
+    <t>VILLENEUVE TOLOSANE</t>
+  </si>
+  <si>
+    <t>0534518585</t>
+  </si>
+  <si>
+    <t>310792874</t>
+  </si>
+  <si>
+    <t>SERVICE SOINS DE SUITE ET READAPTATION LE MARQUISAT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/971_FicheEtablissement/fr/etab-de-soins-de-suite-le-marquisat</t>
+  </si>
+  <si>
+    <t>971_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>310792635</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE CENTRE HOSPITALIER DE REVEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/970_FicheEtablissement/fr/usld-ch-revel</t>
+  </si>
+  <si>
+    <t>970_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>310792080</t>
+  </si>
+  <si>
+    <t>USLD CENTRE HOSPITALIER COMMINGES PYRENEES SITE PLANCARD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/969_FicheEtablissement/fr/usld-ch-comminges-pyrenees-plancard</t>
+  </si>
+  <si>
+    <t>969_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0562004360</t>
+  </si>
+  <si>
+    <t>310792056</t>
+  </si>
+  <si>
+    <t>CLINIQUE NEPHRO ST EXUPERY UDM UNION SAINT JEAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3690_FicheEtablissement/fr/cl-nephro-exupery-udm-union-st-jean</t>
+  </si>
+  <si>
+    <t>3690_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>310026612</t>
+  </si>
+  <si>
+    <t>AAIR UAD UDM COLOMIERS MONNET</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3689_FicheEtablissement/fr/aair-uad-udm-colomiers-monnet</t>
+  </si>
+  <si>
+    <t>3689_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>24 Avenue Jean Monnet</t>
+  </si>
+  <si>
+    <t>0561161100</t>
+  </si>
+  <si>
+    <t>310020169</t>
+  </si>
+  <si>
+    <t>CLINIQUE NEPHRO ST EXUPERY UAD UDM TOULOUSE SANS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3688_FicheEtablissement/fr/cl-nephro-exupery-uad-udm-tls-sans</t>
+  </si>
+  <si>
+    <t>3688_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Avenue Sans</t>
+  </si>
+  <si>
+    <t>310018684</t>
+  </si>
+  <si>
+    <t>CLINIQUE NEPHRO ST EXUPERY UAD UDM CORNEBARRIEU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3687_FicheEtablissement/fr/cl-nephro-exupery-uad-udm-cornebarrieu</t>
+  </si>
+  <si>
+    <t>3687_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>310011838</t>
+  </si>
+  <si>
+    <t>NEPHROCARE OCCITANIE UAD UDM RIEUX VOLVESTRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3686_FicheEtablissement/fr/nephrocare-oc-uad-udm-rieux-volvestre</t>
+  </si>
+  <si>
+    <t>3686_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0534453615</t>
+  </si>
+  <si>
+    <t>310006473</t>
+  </si>
+  <si>
+    <t>CLINIQUE NEPHRO ST EXUPERY UAD REVEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3701_FicheEtablissement/fr/cl-nephro-exupery-uad-revel</t>
+  </si>
+  <si>
+    <t>3701_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>310796776</t>
+  </si>
+  <si>
+    <t>CLINIQUE NEPHRO ST EXUPERY UAD LUCHON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3700_FicheEtablissement/fr/cl-nephro-st-exupery-uad-luchon</t>
+  </si>
+  <si>
+    <t>3700_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Cours Quinconces</t>
+  </si>
+  <si>
+    <t>310796768</t>
+  </si>
+  <si>
+    <t>CLINIQUE NEPHRO ST EXUPERY UAD TOULOUSE BASSO CAMBO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3699_FicheEtablissement/fr/cl-nephro-exupery-uad-tls-basso-cambo</t>
+  </si>
+  <si>
+    <t>3699_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>46 Avenue Du General Decroute</t>
+  </si>
+  <si>
+    <t>310794532</t>
+  </si>
+  <si>
+    <t>AAIR UAD UDM DD SAINT GAUDENS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3698_FicheEtablissement/fr/aair-uad-udm-dd-st-gaudens</t>
+  </si>
+  <si>
+    <t>3698_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>367 Avenue Simone Veil</t>
+  </si>
+  <si>
+    <t>310794524</t>
+  </si>
+  <si>
+    <t>CLINIQUE NEPHRO ST EXUPERY UAD BRAX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3697_FicheEtablissement/fr/cl-nephro-st-exupery-uad-brax</t>
+  </si>
+  <si>
+    <t>3697_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>31490 BRAX</t>
+  </si>
+  <si>
+    <t>BRAX</t>
+  </si>
+  <si>
+    <t>310793807</t>
+  </si>
+  <si>
+    <t>AAIR UAD TOULOUSE CEPIERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3696_FicheEtablissement/fr/aair-uad-tlse-cepiere</t>
+  </si>
+  <si>
+    <t>3696_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>80 Chemin Des Courses</t>
+  </si>
+  <si>
+    <t>310793575</t>
+  </si>
+  <si>
+    <t>AAIR UAD BLAGNAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3695_FicheEtablissement/fr/aair-uad-blagnac</t>
+  </si>
+  <si>
+    <t>3695_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Des Ferronniers</t>
+  </si>
+  <si>
+    <t>310793567</t>
+  </si>
+  <si>
+    <t>CLINIQUE NEPHRO ST EXUPERY UAD UDM VILLEFRANCHE DE LAURAGAIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3694_FicheEtablissement/fr/cl-nephro-exupery-uad-udm-villefranche</t>
+  </si>
+  <si>
+    <t>3694_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>310793435</t>
+  </si>
+  <si>
+    <t>CLINIQUE NEPHRO ST EXUPERY UDM UAD SAINT GAUDENS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3693_FicheEtablissement/fr/cl-nephro-exupery-udm-uad-st-gaudens</t>
+  </si>
+  <si>
+    <t>3693_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>310793419</t>
+  </si>
+  <si>
+    <t>CLINIQUE NEPHRO ST EXUPERY UAD BESSIERES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3692_FicheEtablissement/fr/cl-nephro-st-exupery-uad-bessieres</t>
+  </si>
+  <si>
+    <t>3692_FicheEtablissement</t>
   </si>
   <si>
     <t>31660 BESSIERES</t>
   </si>
   <si>
     <t>BESSIERES</t>
   </si>
   <si>
-    <t>310792148</t>
-[...5710 lines deleted...]
-  <si>
     <t>310793401</t>
   </si>
   <si>
     <t>AAIR UDM TOULOUSE LE GOFF</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3691_FicheEtablissement/fr/aair-udm-tlse-le-goff</t>
   </si>
   <si>
     <t>3691_FicheEtablissement</t>
   </si>
   <si>
     <t>64 Chemin Du Commandant Joel Le Goff</t>
   </si>
   <si>
     <t>310782065</t>
   </si>
   <si>
     <t>AAIR UAD UDM TOULOUSE PERIOLE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4137_FicheEtablissement/fr/aair-uad-udm-tls-periole</t>
   </si>
   <si>
     <t>4137_FicheEtablissement</t>
@@ -12477,50 +11337,65 @@
     <t>0561524837</t>
   </si>
   <si>
     <t>310781513</t>
   </si>
   <si>
     <t>AAIR UAD UDM CASTELNAU D'ESTRETEFONDS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7756_FicheEtablissement/fr/aair-uad-udm-castelnau-d-estretefonds</t>
   </si>
   <si>
     <t>7756_FicheEtablissement</t>
   </si>
   <si>
     <t>17 Chemin De La Peradere</t>
   </si>
   <si>
     <t>31620 CASTELNAU D ESTRETEFONDS</t>
   </si>
   <si>
     <t>CASTELNAU D ESTRETEFONDS</t>
   </si>
   <si>
     <t>310035548</t>
+  </si>
+  <si>
+    <t>HOPITAL DE JOUR ENF ADO LES AUTANS TRICOU LABEGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7762_FicheEtablissement/fr/hj-ea-les-autans-tricou-labege</t>
+  </si>
+  <si>
+    <t>7762_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>13 Chemin Du Tricou</t>
+  </si>
+  <si>
+    <t>310780895</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -12686,263 +11561,263 @@
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3" t="s">
         <v>35</v>
       </c>
       <c r="I3" t="n">
         <v>0.0</v>
       </c>
       <c r="J3" t="s">
         <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>37</v>
       </c>
       <c r="L3" t="s">
         <v>38</v>
       </c>
       <c r="M3" t="s">
         <v>20</v>
       </c>
       <c r="N3" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="O3" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="P3" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="Q3" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="R3" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="H4" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K4" t="s">
+        <v>48</v>
+      </c>
+      <c r="L4" t="s">
+        <v>49</v>
+      </c>
+      <c r="M4" t="s">
+        <v>20</v>
+      </c>
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>42</v>
+      </c>
+      <c r="R4" t="s">
         <v>43</v>
-      </c>
-[...19 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="H5" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K5" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="L5" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="O5" t="s">
-        <v>28</v>
+        <v>56</v>
       </c>
       <c r="P5" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="Q5" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="R5" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="H6" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K6" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="L6" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="O6" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="P6" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
       <c r="Q6" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="R6" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>64</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
         <v>65</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
         <v>66</v>
       </c>
       <c r="H7" t="s">
         <v>67</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K7" t="s">
         <v>68</v>
       </c>
       <c r="L7" t="s">
         <v>69</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
         <v>70</v>
       </c>
       <c r="O7" t="s">
         <v>71</v>
       </c>
       <c r="P7" t="s">
         <v>72</v>
       </c>
       <c r="Q7" t="s">
         <v>73</v>
       </c>
       <c r="R7" t="s">
         <v>74</v>
       </c>
@@ -12954,51 +11829,51 @@
       <c r="B8" t="s">
         <v>75</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
         <v>76</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
         <v>77</v>
       </c>
       <c r="H8" t="s">
         <v>78</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K8" t="s">
         <v>79</v>
       </c>
       <c r="L8" t="s">
         <v>80</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
         <v>81</v>
       </c>
       <c r="O8" t="s">
         <v>82</v>
       </c>
       <c r="P8" t="s">
         <v>83</v>
       </c>
       <c r="Q8" t="s">
         <v>84</v>
       </c>
       <c r="R8" t="s">
         <v>85</v>
       </c>
@@ -13010,35648 +11885,32451 @@
       <c r="B9" t="s">
         <v>86</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
         <v>87</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
         <v>88</v>
       </c>
       <c r="H9" t="s">
         <v>89</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K9" t="s">
         <v>90</v>
       </c>
       <c r="L9" t="s">
         <v>91</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
-        <v>59</v>
+        <v>92</v>
       </c>
       <c r="O9" t="s">
-        <v>60</v>
+        <v>93</v>
       </c>
       <c r="P9" t="s">
-        <v>61</v>
+        <v>94</v>
       </c>
       <c r="Q9" t="s">
-        <v>62</v>
+        <v>95</v>
       </c>
       <c r="R9" t="s">
-        <v>63</v>
+        <v>96</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H10" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="L10" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
         <v>70</v>
       </c>
       <c r="O10" t="s">
-        <v>98</v>
+        <v>71</v>
       </c>
       <c r="P10" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q10" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R10" t="s">
-        <v>99</v>
+        <v>74</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="H11" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="L11" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>106</v>
+        <v>81</v>
       </c>
       <c r="O11" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="P11" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="Q11" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="R11" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="H12" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="L12" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="O12" t="s">
-        <v>60</v>
+        <v>118</v>
       </c>
       <c r="P12" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
       <c r="Q12" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="R12" t="s">
-        <v>63</v>
+        <v>119</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="H13" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K13" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="L13" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="O13" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P13" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q13" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R13" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="H14" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K14" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="L14" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="O14" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P14" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q14" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R14" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="H15" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K15" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="L15" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="M15" t="s">
         <v>20</v>
       </c>
       <c r="N15" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="O15" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P15" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q15" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R15" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="H16" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K16" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="L16" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="M16" t="s">
         <v>20</v>
       </c>
       <c r="N16" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="O16" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P16" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q16" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R16" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="H17" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K17" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="L17" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="O17" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P17" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q17" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R17" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="H18" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="I18" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="L18" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
       <c r="N18" t="s">
-        <v>151</v>
+        <v>117</v>
       </c>
       <c r="O18" t="s">
-        <v>152</v>
+        <v>71</v>
       </c>
       <c r="P18" t="s">
-        <v>153</v>
+        <v>72</v>
       </c>
       <c r="Q18" t="s">
-        <v>154</v>
+        <v>73</v>
       </c>
       <c r="R18" t="s">
-        <v>155</v>
+        <v>74</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>156</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
         <v>157</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
         <v>158</v>
       </c>
       <c r="H19" t="s">
         <v>159</v>
       </c>
       <c r="I19" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K19" t="s">
         <v>160</v>
       </c>
       <c r="L19" t="s">
         <v>161</v>
       </c>
       <c r="M19" t="s">
         <v>20</v>
       </c>
       <c r="N19" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="O19" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="P19" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="Q19" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="R19" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="H20" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="I20" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="L20" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="M20" t="s">
         <v>20</v>
       </c>
       <c r="N20" t="s">
-        <v>172</v>
+        <v>162</v>
       </c>
       <c r="O20" t="s">
-        <v>98</v>
+        <v>173</v>
       </c>
       <c r="P20" t="s">
-        <v>61</v>
+        <v>174</v>
       </c>
       <c r="Q20" t="s">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="R20" t="s">
-        <v>99</v>
+        <v>175</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="H21" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="I21" t="n">
         <v>0.0</v>
       </c>
       <c r="J21" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K21" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="L21" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="M21" t="s">
         <v>20</v>
       </c>
       <c r="N21" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="O21" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="P21" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q21" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R21" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="H22" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="I22" t="n">
         <v>0.0</v>
       </c>
       <c r="J22" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="L22" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="M22" t="s">
         <v>20</v>
       </c>
       <c r="N22" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="O22" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="P22" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q22" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R22" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="H23" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="I23" t="n">
         <v>0.0</v>
       </c>
       <c r="J23" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K23" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="L23" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="M23" t="s">
         <v>20</v>
       </c>
       <c r="N23" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="O23" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="P23" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q23" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R23" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="H24" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K24" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="L24" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="M24" t="s">
         <v>20</v>
       </c>
       <c r="N24" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="O24" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="P24" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q24" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R24" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>192</v>
+        <v>202</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="H25" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="L25" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="M25" t="s">
         <v>20</v>
       </c>
       <c r="N25" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="O25" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="P25" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q25" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R25" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
+        <v>207</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
         <v>202</v>
       </c>
-      <c r="C26" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="H26" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="L26" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="M26" t="s">
         <v>20</v>
       </c>
       <c r="N26" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="O26" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="P26" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q26" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R26" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="H27" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="L27" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
       <c r="N27" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="O27" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="P27" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q27" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R27" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="H28" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="L28" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
-        <v>219</v>
+        <v>182</v>
       </c>
       <c r="O28" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="P28" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q28" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R28" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="H29" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K29" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="L29" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="O29" t="s">
-        <v>227</v>
+        <v>109</v>
       </c>
       <c r="P29" t="s">
-        <v>228</v>
+        <v>72</v>
       </c>
       <c r="Q29" t="s">
-        <v>229</v>
+        <v>73</v>
       </c>
       <c r="R29" t="s">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
+        <v>230</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
         <v>231</v>
       </c>
-      <c r="C30" t="s">
-[...5 lines deleted...]
-      <c r="E30" t="s">
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
         <v>232</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="H30" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K30" t="s">
+        <v>234</v>
+      </c>
+      <c r="L30" t="s">
         <v>235</v>
       </c>
-      <c r="L30" t="s">
+      <c r="M30" t="s">
+        <v>20</v>
+      </c>
+      <c r="N30" t="s">
         <v>236</v>
       </c>
-      <c r="M30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O30" t="s">
-        <v>162</v>
+        <v>237</v>
       </c>
       <c r="P30" t="s">
-        <v>163</v>
+        <v>238</v>
       </c>
       <c r="Q30" t="s">
-        <v>164</v>
+        <v>239</v>
       </c>
       <c r="R30" t="s">
-        <v>165</v>
+        <v>240</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="H31" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="L31" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="O31" t="s">
-        <v>243</v>
+        <v>173</v>
       </c>
       <c r="P31" t="s">
-        <v>244</v>
+        <v>174</v>
       </c>
       <c r="Q31" t="s">
-        <v>245</v>
+        <v>30</v>
       </c>
       <c r="R31" t="s">
-        <v>246</v>
+        <v>175</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
         <v>247</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
         <v>248</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
         <v>249</v>
       </c>
       <c r="H32" t="s">
         <v>250</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K32" t="s">
         <v>251</v>
       </c>
       <c r="L32" t="s">
         <v>252</v>
       </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
       <c r="N32" t="s">
+        <v>236</v>
+      </c>
+      <c r="O32" t="s">
         <v>253</v>
       </c>
-      <c r="O32" t="s">
+      <c r="P32" t="s">
         <v>254</v>
       </c>
-      <c r="P32" t="s">
+      <c r="Q32" t="s">
         <v>255</v>
       </c>
-      <c r="Q32" t="s">
+      <c r="R32" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
+        <v>257</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
         <v>258</v>
       </c>
-      <c r="C33" t="s">
-[...5 lines deleted...]
-      <c r="E33" t="s">
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
         <v>259</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+      <c r="H33" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K33" t="s">
+        <v>261</v>
+      </c>
+      <c r="L33" t="s">
         <v>262</v>
       </c>
-      <c r="L33" t="s">
+      <c r="M33" t="s">
+        <v>20</v>
+      </c>
+      <c r="N33" t="s">
         <v>263</v>
       </c>
-      <c r="M33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O33" t="s">
-        <v>243</v>
+        <v>264</v>
       </c>
       <c r="P33" t="s">
-        <v>244</v>
+        <v>265</v>
       </c>
       <c r="Q33" t="s">
-        <v>245</v>
+        <v>266</v>
       </c>
       <c r="R33" t="s">
-        <v>246</v>
+        <v>267</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="H34" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="L34" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>253</v>
+        <v>263</v>
       </c>
       <c r="O34" t="s">
-        <v>107</v>
+        <v>118</v>
       </c>
       <c r="P34" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="Q34" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="R34" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="H35" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="L35" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
       <c r="N35" t="s">
-        <v>253</v>
+        <v>263</v>
       </c>
       <c r="O35" t="s">
-        <v>107</v>
+        <v>118</v>
       </c>
       <c r="P35" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="Q35" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="R35" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="H36" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="I36" t="n">
         <v>0.0</v>
       </c>
       <c r="J36" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K36" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="L36" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="M36" t="s">
         <v>20</v>
       </c>
       <c r="N36" t="s">
-        <v>253</v>
+        <v>263</v>
       </c>
       <c r="O36" t="s">
-        <v>107</v>
+        <v>118</v>
       </c>
       <c r="P36" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="Q36" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="R36" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="H37" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="I37" t="n">
         <v>0.0</v>
       </c>
       <c r="J37" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K37" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="L37" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="M37" t="s">
         <v>20</v>
       </c>
       <c r="N37" t="s">
-        <v>253</v>
+        <v>263</v>
       </c>
       <c r="O37" t="s">
-        <v>107</v>
+        <v>118</v>
       </c>
       <c r="P37" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="Q37" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="R37" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="H38" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="I38" t="n">
         <v>0.0</v>
       </c>
       <c r="J38" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K38" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="L38" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="M38" t="s">
         <v>20</v>
       </c>
       <c r="N38" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="O38" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="P38" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q38" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R38" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="H39" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="I39" t="n">
         <v>0.0</v>
       </c>
       <c r="J39" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K39" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="L39" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="M39" t="s">
         <v>20</v>
       </c>
       <c r="N39" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="O39" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P39" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q39" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R39" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="H40" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="I40" t="n">
         <v>0.0</v>
       </c>
       <c r="J40" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K40" t="s">
+        <v>308</v>
+      </c>
+      <c r="L40" t="s">
+        <v>309</v>
+      </c>
+      <c r="M40" t="s">
+        <v>20</v>
+      </c>
+      <c r="N40" t="s">
         <v>304</v>
       </c>
-      <c r="L40" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O40" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P40" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q40" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R40" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="H41" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="I41" t="n">
         <v>0.0</v>
       </c>
       <c r="J41" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="L41" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="M41" t="s">
         <v>20</v>
       </c>
       <c r="N41" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="O41" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P41" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q41" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R41" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
+        <v>315</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
         <v>311</v>
       </c>
-      <c r="C42" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="H42" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="I42" t="n">
         <v>0.0</v>
       </c>
       <c r="J42" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K42" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="L42" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="M42" t="s">
         <v>20</v>
       </c>
       <c r="N42" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="O42" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P42" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q42" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R42" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="H43" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="I43" t="n">
         <v>0.0</v>
       </c>
       <c r="J43" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K43" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="L43" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="M43" t="s">
         <v>20</v>
       </c>
       <c r="N43" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="O43" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P43" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q43" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R43" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="H44" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="I44" t="n">
         <v>0.0</v>
       </c>
       <c r="J44" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="K44" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="L44" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="M44" t="s">
         <v>20</v>
       </c>
       <c r="N44" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="O44" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="P44" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="Q44" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="R44" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="H45" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="I45" t="n">
         <v>0.0</v>
       </c>
       <c r="J45" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K45" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="L45" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="M45" t="s">
         <v>20</v>
       </c>
       <c r="N45" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="O45" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P45" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q45" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R45" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="H46" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="I46" t="n">
         <v>0.0</v>
       </c>
       <c r="J46" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K46" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="L46" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="M46" t="s">
         <v>20</v>
       </c>
       <c r="N46" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="O46" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P46" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q46" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R46" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="H47" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="I47" t="n">
         <v>0.0</v>
       </c>
       <c r="J47" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K47" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="L47" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="M47" t="s">
         <v>20</v>
       </c>
       <c r="N47" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="O47" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P47" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q47" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R47" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="H48" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="I48" t="n">
         <v>0.0</v>
       </c>
       <c r="J48" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="L48" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="M48" t="s">
         <v>20</v>
       </c>
       <c r="N48" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="O48" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P48" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q48" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R48" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="H49" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="I49" t="n">
         <v>0.0</v>
       </c>
       <c r="J49" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="K49" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="L49" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="M49" t="s">
         <v>20</v>
       </c>
       <c r="N49" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="O49" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="P49" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="Q49" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="R49" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>18</v>
       </c>
       <c r="B50" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="H50" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="I50" t="n">
         <v>0.0</v>
       </c>
       <c r="J50" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="L50" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="M50" t="s">
         <v>20</v>
       </c>
       <c r="N50" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="O50" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P50" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q50" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R50" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="H51" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="I51" t="n">
         <v>0.0</v>
       </c>
       <c r="J51" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="L51" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="M51" t="s">
         <v>20</v>
       </c>
       <c r="N51" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="O51" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P51" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q51" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R51" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="H52" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="I52" t="n">
         <v>0.0</v>
       </c>
       <c r="J52" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K52" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="L52" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="M52" t="s">
         <v>20</v>
       </c>
       <c r="N52" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="O52" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P52" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q52" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R52" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="H53" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="I53" t="n">
         <v>0.0</v>
       </c>
       <c r="J53" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K53" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="L53" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="M53" t="s">
         <v>20</v>
       </c>
       <c r="N53" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="O53" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P53" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q53" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R53" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="H54" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="I54" t="n">
         <v>0.0</v>
       </c>
       <c r="J54" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K54" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="L54" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="M54" t="s">
         <v>20</v>
       </c>
       <c r="N54" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="O54" t="s">
-        <v>390</v>
+        <v>28</v>
       </c>
       <c r="P54" t="s">
-        <v>391</v>
+        <v>29</v>
       </c>
       <c r="Q54" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R54" t="s">
-        <v>392</v>
+        <v>31</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>18</v>
       </c>
       <c r="B55" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="H55" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="I55" t="n">
         <v>0.0</v>
       </c>
       <c r="J55" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K55" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="L55" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="M55" t="s">
         <v>20</v>
       </c>
       <c r="N55" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="O55" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="P55" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="Q55" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="R55" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>18</v>
       </c>
       <c r="B56" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="H56" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="I56" t="n">
         <v>0.0</v>
       </c>
       <c r="J56" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K56" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="L56" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="M56" t="s">
         <v>20</v>
       </c>
       <c r="N56" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="O56" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="P56" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="Q56" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="R56" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>18</v>
       </c>
       <c r="B57" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="H57" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="I57" t="n">
         <v>0.0</v>
       </c>
       <c r="J57" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K57" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="L57" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="M57" t="s">
         <v>20</v>
       </c>
       <c r="N57" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="O57" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="P57" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="Q57" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="R57" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="H58" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="I58" t="n">
         <v>0.0</v>
       </c>
       <c r="J58" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="L58" t="s">
-        <v>263</v>
+        <v>414</v>
       </c>
       <c r="M58" t="s">
         <v>20</v>
       </c>
       <c r="N58" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="O58" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="P58" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="Q58" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="R58" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="H59" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="I59" t="n">
         <v>0.0</v>
       </c>
       <c r="J59" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="L59" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="M59" t="s">
         <v>20</v>
       </c>
       <c r="N59" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="O59" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P59" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q59" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R59" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="H60" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="I60" t="n">
         <v>0.0</v>
       </c>
       <c r="J60" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K60" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="L60" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="M60" t="s">
         <v>20</v>
       </c>
       <c r="N60" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="O60" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="P60" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="Q60" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="R60" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="H61" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="I61" t="n">
         <v>0.0</v>
       </c>
       <c r="J61" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="L61" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="M61" t="s">
         <v>20</v>
       </c>
       <c r="N61" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="O61" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="P61" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="Q61" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="R61" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="H62" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="I62" t="n">
         <v>0.0</v>
       </c>
       <c r="J62" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="L62" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="M62" t="s">
         <v>20</v>
       </c>
       <c r="N62" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="O62" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="P62" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q62" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R62" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>18</v>
       </c>
       <c r="B63" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="H63" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="I63" t="n">
         <v>0.0</v>
       </c>
       <c r="J63" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K63" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="L63" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="M63" t="s">
         <v>20</v>
       </c>
       <c r="N63" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="O63" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="P63" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q63" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R63" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>18</v>
       </c>
       <c r="B64" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="H64" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="I64" t="n">
         <v>0.0</v>
       </c>
       <c r="J64" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="L64" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="M64" t="s">
         <v>20</v>
       </c>
       <c r="N64" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="O64" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="P64" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q64" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R64" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>18</v>
       </c>
       <c r="B65" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="H65" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="I65" t="n">
         <v>0.0</v>
       </c>
       <c r="J65" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="L65" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="M65" t="s">
         <v>20</v>
       </c>
       <c r="N65" t="s">
-        <v>457</v>
+        <v>117</v>
       </c>
       <c r="O65" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P65" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q65" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R65" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>18</v>
       </c>
       <c r="B66" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="H66" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="I66" t="n">
         <v>0.0</v>
       </c>
       <c r="J66" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="L66" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="M66" t="s">
         <v>20</v>
       </c>
       <c r="N66" t="s">
-        <v>457</v>
+        <v>465</v>
       </c>
       <c r="O66" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P66" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q66" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R66" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>18</v>
       </c>
       <c r="B67" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="H67" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="I67" t="n">
         <v>0.0</v>
       </c>
       <c r="J67" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="L67" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="M67" t="s">
         <v>20</v>
       </c>
       <c r="N67" t="s">
-        <v>470</v>
+        <v>117</v>
       </c>
       <c r="O67" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P67" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q67" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R67" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>18</v>
       </c>
       <c r="B68" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="H68" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="I68" t="n">
         <v>0.0</v>
       </c>
       <c r="J68" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K68" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="L68" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="M68" t="s">
         <v>20</v>
       </c>
       <c r="N68" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="O68" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="P68" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="Q68" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="R68" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>18</v>
       </c>
       <c r="B69" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="H69" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="I69" t="n">
         <v>0.0</v>
       </c>
       <c r="J69" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="L69" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="M69" t="s">
         <v>20</v>
       </c>
       <c r="N69" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="O69" t="s">
-        <v>390</v>
+        <v>28</v>
       </c>
       <c r="P69" t="s">
-        <v>391</v>
+        <v>29</v>
       </c>
       <c r="Q69" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R69" t="s">
-        <v>392</v>
+        <v>31</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>18</v>
       </c>
       <c r="B70" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="H70" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="I70" t="n">
         <v>0.0</v>
       </c>
       <c r="J70" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="L70" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="M70" t="s">
         <v>20</v>
       </c>
       <c r="N70" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="O70" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P70" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q70" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R70" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>18</v>
       </c>
       <c r="B71" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="H71" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="I71" t="n">
         <v>0.0</v>
       </c>
       <c r="J71" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="L71" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="M71" t="s">
         <v>20</v>
       </c>
       <c r="N71" t="s">
-        <v>470</v>
+        <v>117</v>
       </c>
       <c r="O71" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P71" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q71" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R71" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>18</v>
       </c>
       <c r="B72" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="H72" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="I72" t="n">
         <v>0.0</v>
       </c>
       <c r="J72" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K72" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="L72" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="M72" t="s">
         <v>20</v>
       </c>
       <c r="N72" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="O72" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="P72" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q72" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="R72" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>18</v>
       </c>
       <c r="B73" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="H73" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="I73" t="n">
         <v>0.0</v>
       </c>
       <c r="J73" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K73" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="L73" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="M73" t="s">
         <v>20</v>
       </c>
       <c r="N73" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="O73" t="s">
-        <v>390</v>
+        <v>28</v>
       </c>
       <c r="P73" t="s">
-        <v>391</v>
+        <v>29</v>
       </c>
       <c r="Q73" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R73" t="s">
-        <v>392</v>
+        <v>31</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>18</v>
       </c>
       <c r="B74" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="H74" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="I74" t="n">
         <v>0.0</v>
       </c>
       <c r="J74" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K74" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="L74" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="M74" t="s">
         <v>20</v>
       </c>
       <c r="N74" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="O74" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="P74" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q74" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R74" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>18</v>
       </c>
       <c r="B75" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="H75" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="I75" t="n">
         <v>0.0</v>
       </c>
       <c r="J75" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K75" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="L75" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="M75" t="s">
         <v>20</v>
       </c>
       <c r="N75" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="O75" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="P75" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="Q75" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R75" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>18</v>
       </c>
       <c r="B76" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="H76" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="I76" t="n">
         <v>0.0</v>
       </c>
       <c r="J76" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K76" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="L76" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="M76" t="s">
         <v>20</v>
       </c>
       <c r="N76" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="O76" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="P76" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="Q76" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="R76" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>18</v>
       </c>
       <c r="B77" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="H77" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="I77" t="n">
         <v>0.0</v>
       </c>
       <c r="J77" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K77" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="L77" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="M77" t="s">
         <v>20</v>
       </c>
       <c r="N77" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="O77" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="P77" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q77" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R77" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>18</v>
       </c>
       <c r="B78" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="H78" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="I78" t="n">
         <v>0.0</v>
       </c>
       <c r="J78" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K78" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="L78" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="M78" t="s">
         <v>20</v>
       </c>
       <c r="N78" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="O78" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="P78" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="Q78" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R78" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>18</v>
       </c>
       <c r="B79" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="H79" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="I79" t="n">
         <v>0.0</v>
       </c>
       <c r="J79" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K79" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="L79" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="M79" t="s">
         <v>20</v>
       </c>
       <c r="N79" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="O79" t="s">
-        <v>107</v>
+        <v>118</v>
       </c>
       <c r="P79" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="Q79" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="R79" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>18</v>
       </c>
       <c r="B80" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="H80" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="I80" t="n">
         <v>0.0</v>
       </c>
       <c r="J80" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K80" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="L80" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="M80" t="s">
         <v>20</v>
       </c>
       <c r="N80" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="O80" t="s">
-        <v>107</v>
+        <v>118</v>
       </c>
       <c r="P80" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="Q80" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="R80" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>18</v>
       </c>
       <c r="B81" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="H81" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="I81" t="n">
         <v>0.0</v>
       </c>
       <c r="J81" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K81" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="L81" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="M81" t="s">
         <v>20</v>
       </c>
       <c r="N81" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="O81" t="s">
-        <v>107</v>
+        <v>118</v>
       </c>
       <c r="P81" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="Q81" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="R81" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>18</v>
       </c>
       <c r="B82" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="H82" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="I82" t="n">
         <v>0.0</v>
       </c>
       <c r="J82" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K82" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="L82" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="M82" t="s">
         <v>20</v>
       </c>
       <c r="N82" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="O82" t="s">
-        <v>107</v>
+        <v>118</v>
       </c>
       <c r="P82" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="Q82" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="R82" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>18</v>
       </c>
       <c r="B83" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="H83" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="I83" t="n">
         <v>0.0</v>
       </c>
       <c r="J83" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K83" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="L83" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="M83" t="s">
         <v>20</v>
       </c>
       <c r="N83" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="O83" t="s">
-        <v>107</v>
+        <v>118</v>
       </c>
       <c r="P83" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="Q83" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="R83" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>18</v>
       </c>
       <c r="B84" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="H84" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="I84" t="n">
         <v>0.0</v>
       </c>
       <c r="J84" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K84" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="L84" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="M84" t="s">
         <v>20</v>
       </c>
       <c r="N84" t="s">
-        <v>574</v>
+        <v>117</v>
       </c>
       <c r="O84" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P84" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q84" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R84" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>18</v>
       </c>
       <c r="B85" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="H85" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="I85" t="n">
         <v>0.0</v>
       </c>
       <c r="J85" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K85" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="L85" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="M85" t="s">
         <v>20</v>
       </c>
       <c r="N85" t="s">
-        <v>574</v>
+        <v>582</v>
       </c>
       <c r="O85" t="s">
-        <v>390</v>
+        <v>28</v>
       </c>
       <c r="P85" t="s">
-        <v>391</v>
+        <v>29</v>
       </c>
       <c r="Q85" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R85" t="s">
-        <v>392</v>
+        <v>31</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>18</v>
       </c>
       <c r="B86" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="H86" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="I86" t="n">
         <v>0.0</v>
       </c>
       <c r="J86" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K86" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="L86" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="M86" t="s">
         <v>20</v>
       </c>
       <c r="N86" t="s">
-        <v>574</v>
+        <v>582</v>
       </c>
       <c r="O86" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="P86" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q86" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R86" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>18</v>
       </c>
       <c r="B87" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="H87" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="I87" t="n">
         <v>0.0</v>
       </c>
       <c r="J87" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K87" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="L87" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="M87" t="s">
         <v>20</v>
       </c>
       <c r="N87" t="s">
-        <v>574</v>
+        <v>582</v>
       </c>
       <c r="O87" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P87" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q87" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R87" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>18</v>
       </c>
       <c r="B88" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="F88" t="s">
         <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="H88" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="I88" t="n">
         <v>0.0</v>
       </c>
       <c r="J88" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K88" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="L88" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="M88" t="s">
         <v>20</v>
       </c>
       <c r="N88" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="O88" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="P88" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="Q88" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="R88" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>18</v>
       </c>
       <c r="B89" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
         <v>20</v>
       </c>
       <c r="E89" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="H89" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="I89" t="n">
         <v>0.0</v>
       </c>
       <c r="J89" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K89" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="L89" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="M89" t="s">
         <v>20</v>
       </c>
       <c r="N89" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="O89" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="P89" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q89" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R89" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>18</v>
       </c>
       <c r="B90" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="F90" t="s">
         <v>20</v>
       </c>
       <c r="G90" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="H90" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="I90" t="n">
         <v>0.0</v>
       </c>
       <c r="J90" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K90" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="L90" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="M90" t="s">
         <v>20</v>
       </c>
       <c r="N90" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="O90" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="P90" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q90" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="R90" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>18</v>
       </c>
       <c r="B91" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="C91" t="s">
         <v>20</v>
       </c>
       <c r="D91" t="s">
         <v>20</v>
       </c>
       <c r="E91" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="F91" t="s">
         <v>20</v>
       </c>
       <c r="G91" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="H91" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="I91" t="n">
         <v>0.0</v>
       </c>
       <c r="J91" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K91" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="L91" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="M91" t="s">
         <v>20</v>
       </c>
       <c r="N91" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="O91" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P91" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q91" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R91" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>18</v>
       </c>
       <c r="B92" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="C92" t="s">
         <v>20</v>
       </c>
       <c r="D92" t="s">
         <v>20</v>
       </c>
       <c r="E92" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="F92" t="s">
         <v>20</v>
       </c>
       <c r="G92" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="H92" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="I92" t="n">
         <v>0.0</v>
       </c>
       <c r="J92" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K92" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="L92" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="M92" t="s">
         <v>20</v>
       </c>
       <c r="N92" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="O92" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="P92" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="Q92" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="R92" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>18</v>
       </c>
       <c r="B93" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="C93" t="s">
         <v>20</v>
       </c>
       <c r="D93" t="s">
         <v>20</v>
       </c>
       <c r="E93" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="F93" t="s">
         <v>20</v>
       </c>
       <c r="G93" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="H93" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="I93" t="n">
         <v>0.0</v>
       </c>
       <c r="J93" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K93" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="L93" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="M93" t="s">
         <v>20</v>
       </c>
       <c r="N93" t="s">
-        <v>636</v>
+        <v>117</v>
       </c>
       <c r="O93" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P93" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q93" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R93" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>18</v>
       </c>
       <c r="B94" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C94" t="s">
         <v>20</v>
       </c>
       <c r="D94" t="s">
         <v>20</v>
       </c>
       <c r="E94" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="F94" t="s">
         <v>20</v>
       </c>
       <c r="G94" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="H94" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="I94" t="n">
         <v>0.0</v>
       </c>
       <c r="J94" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K94" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="L94" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="M94" t="s">
         <v>20</v>
       </c>
       <c r="N94" t="s">
-        <v>643</v>
+        <v>236</v>
       </c>
       <c r="O94" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P94" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q94" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R94" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>18</v>
       </c>
       <c r="B95" t="s">
         <v>644</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95" t="s">
         <v>645</v>
       </c>
       <c r="F95" t="s">
         <v>20</v>
       </c>
       <c r="G95" t="s">
         <v>646</v>
       </c>
       <c r="H95" t="s">
         <v>647</v>
       </c>
       <c r="I95" t="n">
         <v>0.0</v>
       </c>
       <c r="J95" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K95" t="s">
         <v>648</v>
       </c>
       <c r="L95" t="s">
         <v>649</v>
       </c>
       <c r="M95" t="s">
         <v>20</v>
       </c>
       <c r="N95" t="s">
         <v>650</v>
       </c>
       <c r="O95" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P95" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q95" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R95" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>18</v>
       </c>
       <c r="B96" t="s">
         <v>651</v>
       </c>
       <c r="C96" t="s">
         <v>20</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96" t="s">
         <v>652</v>
       </c>
       <c r="F96" t="s">
         <v>20</v>
       </c>
       <c r="G96" t="s">
         <v>653</v>
       </c>
       <c r="H96" t="s">
         <v>654</v>
       </c>
       <c r="I96" t="n">
         <v>0.0</v>
       </c>
       <c r="J96" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K96" t="s">
         <v>655</v>
       </c>
       <c r="L96" t="s">
         <v>656</v>
       </c>
       <c r="M96" t="s">
         <v>20</v>
       </c>
       <c r="N96" t="s">
         <v>650</v>
       </c>
       <c r="O96" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P96" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q96" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R96" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>18</v>
       </c>
       <c r="B97" t="s">
         <v>657</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" t="s">
         <v>20</v>
       </c>
       <c r="E97" t="s">
         <v>658</v>
       </c>
       <c r="F97" t="s">
         <v>20</v>
       </c>
       <c r="G97" t="s">
         <v>659</v>
       </c>
       <c r="H97" t="s">
         <v>660</v>
       </c>
       <c r="I97" t="n">
         <v>0.0</v>
       </c>
       <c r="J97" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K97" t="s">
         <v>661</v>
       </c>
       <c r="L97" t="s">
-        <v>196</v>
+        <v>206</v>
       </c>
       <c r="M97" t="s">
         <v>20</v>
       </c>
       <c r="N97" t="s">
-        <v>662</v>
+        <v>236</v>
       </c>
       <c r="O97" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="P97" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q97" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R97" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>18</v>
       </c>
       <c r="B98" t="s">
+        <v>662</v>
+      </c>
+      <c r="C98" t="s">
+        <v>20</v>
+      </c>
+      <c r="D98" t="s">
+        <v>20</v>
+      </c>
+      <c r="E98" t="s">
         <v>663</v>
       </c>
-      <c r="C98" t="s">
-[...5 lines deleted...]
-      <c r="E98" t="s">
+      <c r="F98" t="s">
+        <v>20</v>
+      </c>
+      <c r="G98" t="s">
         <v>664</v>
       </c>
-      <c r="F98" t="s">
-[...2 lines deleted...]
-      <c r="G98" t="s">
+      <c r="H98" t="s">
         <v>665</v>
-      </c>
-[...1 lines deleted...]
-        <v>666</v>
       </c>
       <c r="I98" t="n">
         <v>0.0</v>
       </c>
       <c r="J98" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K98" t="s">
+        <v>666</v>
+      </c>
+      <c r="L98" t="s">
         <v>667</v>
       </c>
-      <c r="L98" t="s">
+      <c r="M98" t="s">
+        <v>20</v>
+      </c>
+      <c r="N98" t="s">
         <v>668</v>
       </c>
-      <c r="M98" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O98" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P98" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q98" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R98" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>18</v>
       </c>
       <c r="B99" t="s">
+        <v>669</v>
+      </c>
+      <c r="C99" t="s">
+        <v>20</v>
+      </c>
+      <c r="D99" t="s">
+        <v>20</v>
+      </c>
+      <c r="E99" t="s">
         <v>670</v>
       </c>
-      <c r="C99" t="s">
-[...5 lines deleted...]
-      <c r="E99" t="s">
+      <c r="F99" t="s">
+        <v>20</v>
+      </c>
+      <c r="G99" t="s">
         <v>671</v>
       </c>
-      <c r="F99" t="s">
-[...2 lines deleted...]
-      <c r="G99" t="s">
+      <c r="H99" t="s">
         <v>672</v>
-      </c>
-[...1 lines deleted...]
-        <v>673</v>
       </c>
       <c r="I99" t="n">
         <v>0.0</v>
       </c>
       <c r="J99" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K99" t="s">
+        <v>673</v>
+      </c>
+      <c r="L99" t="s">
         <v>674</v>
       </c>
-      <c r="L99" t="s">
+      <c r="M99" t="s">
+        <v>20</v>
+      </c>
+      <c r="N99" t="s">
+        <v>668</v>
+      </c>
+      <c r="O99" t="s">
         <v>675</v>
       </c>
-      <c r="M99" t="s">
-[...5 lines deleted...]
-      <c r="O99" t="s">
+      <c r="P99" t="s">
         <v>676</v>
       </c>
-      <c r="P99" t="s">
+      <c r="Q99" t="s">
         <v>677</v>
       </c>
-      <c r="Q99" t="s">
+      <c r="R99" t="s">
         <v>678</v>
-      </c>
-[...1 lines deleted...]
-        <v>679</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>18</v>
       </c>
       <c r="B100" t="s">
+        <v>679</v>
+      </c>
+      <c r="C100" t="s">
+        <v>20</v>
+      </c>
+      <c r="D100" t="s">
+        <v>20</v>
+      </c>
+      <c r="E100" t="s">
         <v>680</v>
       </c>
-      <c r="C100" t="s">
-[...5 lines deleted...]
-      <c r="E100" t="s">
+      <c r="F100" t="s">
+        <v>20</v>
+      </c>
+      <c r="G100" t="s">
         <v>681</v>
       </c>
-      <c r="F100" t="s">
-[...2 lines deleted...]
-      <c r="G100" t="s">
+      <c r="H100" t="s">
         <v>682</v>
-      </c>
-[...1 lines deleted...]
-        <v>683</v>
       </c>
       <c r="I100" t="n">
         <v>0.0</v>
       </c>
       <c r="J100" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K100" t="s">
+        <v>683</v>
+      </c>
+      <c r="L100" t="s">
         <v>684</v>
       </c>
-      <c r="L100" t="s">
+      <c r="M100" t="s">
+        <v>20</v>
+      </c>
+      <c r="N100" t="s">
         <v>685</v>
       </c>
-      <c r="M100" t="s">
-[...2 lines deleted...]
-      <c r="N100" t="s">
+      <c r="O100" t="s">
         <v>686</v>
       </c>
-      <c r="O100" t="s">
+      <c r="P100" t="s">
+        <v>603</v>
+      </c>
+      <c r="Q100" t="s">
+        <v>604</v>
+      </c>
+      <c r="R100" t="s">
         <v>687</v>
-      </c>
-[...7 lines deleted...]
-        <v>688</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>18</v>
       </c>
       <c r="B101" t="s">
+        <v>688</v>
+      </c>
+      <c r="C101" t="s">
+        <v>20</v>
+      </c>
+      <c r="D101" t="s">
+        <v>20</v>
+      </c>
+      <c r="E101" t="s">
+        <v>680</v>
+      </c>
+      <c r="F101" t="s">
+        <v>20</v>
+      </c>
+      <c r="G101" t="s">
         <v>689</v>
       </c>
-      <c r="C101" t="s">
-[...11 lines deleted...]
-      <c r="G101" t="s">
+      <c r="H101" t="s">
         <v>690</v>
-      </c>
-[...1 lines deleted...]
-        <v>691</v>
       </c>
       <c r="I101" t="n">
         <v>0.0</v>
       </c>
       <c r="J101" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K101" t="s">
+        <v>691</v>
+      </c>
+      <c r="L101" t="s">
         <v>692</v>
       </c>
-      <c r="L101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M101" t="s">
         <v>20</v>
       </c>
       <c r="N101" t="s">
+        <v>685</v>
+      </c>
+      <c r="O101" t="s">
         <v>686</v>
       </c>
-      <c r="O101" t="s">
+      <c r="P101" t="s">
+        <v>603</v>
+      </c>
+      <c r="Q101" t="s">
+        <v>604</v>
+      </c>
+      <c r="R101" t="s">
         <v>687</v>
-      </c>
-[...7 lines deleted...]
-        <v>688</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>18</v>
       </c>
       <c r="B102" t="s">
+        <v>693</v>
+      </c>
+      <c r="C102" t="s">
+        <v>20</v>
+      </c>
+      <c r="D102" t="s">
+        <v>20</v>
+      </c>
+      <c r="E102" t="s">
+        <v>680</v>
+      </c>
+      <c r="F102" t="s">
+        <v>20</v>
+      </c>
+      <c r="G102" t="s">
         <v>694</v>
       </c>
-      <c r="C102" t="s">
-[...11 lines deleted...]
-      <c r="G102" t="s">
+      <c r="H102" t="s">
         <v>695</v>
-      </c>
-[...1 lines deleted...]
-        <v>696</v>
       </c>
       <c r="I102" t="n">
         <v>0.0</v>
       </c>
       <c r="J102" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K102" t="s">
+        <v>696</v>
+      </c>
+      <c r="L102" t="s">
         <v>697</v>
       </c>
-      <c r="L102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M102" t="s">
         <v>20</v>
       </c>
       <c r="N102" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
       <c r="O102" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="P102" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="Q102" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="R102" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>18</v>
       </c>
       <c r="B103" t="s">
+        <v>698</v>
+      </c>
+      <c r="C103" t="s">
+        <v>20</v>
+      </c>
+      <c r="D103" t="s">
+        <v>20</v>
+      </c>
+      <c r="E103" t="s">
+        <v>680</v>
+      </c>
+      <c r="F103" t="s">
+        <v>20</v>
+      </c>
+      <c r="G103" t="s">
         <v>699</v>
       </c>
-      <c r="C103" t="s">
-[...11 lines deleted...]
-      <c r="G103" t="s">
+      <c r="H103" t="s">
         <v>700</v>
-      </c>
-[...1 lines deleted...]
-        <v>701</v>
       </c>
       <c r="I103" t="n">
         <v>0.0</v>
       </c>
       <c r="J103" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K103" t="s">
-        <v>702</v>
+        <v>701</v>
       </c>
       <c r="L103" t="s">
-        <v>693</v>
+        <v>692</v>
       </c>
       <c r="M103" t="s">
         <v>20</v>
       </c>
       <c r="N103" t="s">
+        <v>685</v>
+      </c>
+      <c r="O103" t="s">
         <v>686</v>
       </c>
-      <c r="O103" t="s">
+      <c r="P103" t="s">
+        <v>603</v>
+      </c>
+      <c r="Q103" t="s">
+        <v>604</v>
+      </c>
+      <c r="R103" t="s">
         <v>687</v>
-      </c>
-[...7 lines deleted...]
-        <v>688</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>18</v>
       </c>
       <c r="B104" t="s">
+        <v>702</v>
+      </c>
+      <c r="C104" t="s">
+        <v>20</v>
+      </c>
+      <c r="D104" t="s">
+        <v>20</v>
+      </c>
+      <c r="E104" t="s">
         <v>703</v>
       </c>
-      <c r="C104" t="s">
-[...5 lines deleted...]
-      <c r="E104" t="s">
+      <c r="F104" t="s">
+        <v>20</v>
+      </c>
+      <c r="G104" t="s">
         <v>704</v>
       </c>
-      <c r="F104" t="s">
-[...2 lines deleted...]
-      <c r="G104" t="s">
+      <c r="H104" t="s">
         <v>705</v>
-      </c>
-[...1 lines deleted...]
-        <v>706</v>
       </c>
       <c r="I104" t="n">
         <v>0.0</v>
       </c>
       <c r="J104" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K104" t="s">
+        <v>706</v>
+      </c>
+      <c r="L104" t="s">
         <v>707</v>
       </c>
-      <c r="L104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M104" t="s">
         <v>20</v>
       </c>
       <c r="N104" t="s">
+        <v>685</v>
+      </c>
+      <c r="O104" t="s">
         <v>686</v>
       </c>
-      <c r="O104" t="s">
+      <c r="P104" t="s">
+        <v>603</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>604</v>
+      </c>
+      <c r="R104" t="s">
         <v>687</v>
-      </c>
-[...7 lines deleted...]
-        <v>688</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>18</v>
       </c>
       <c r="B105" t="s">
+        <v>708</v>
+      </c>
+      <c r="C105" t="s">
+        <v>20</v>
+      </c>
+      <c r="D105" t="s">
+        <v>20</v>
+      </c>
+      <c r="E105" t="s">
+        <v>703</v>
+      </c>
+      <c r="F105" t="s">
+        <v>20</v>
+      </c>
+      <c r="G105" t="s">
         <v>709</v>
       </c>
-      <c r="C105" t="s">
-[...11 lines deleted...]
-      <c r="G105" t="s">
+      <c r="H105" t="s">
         <v>710</v>
-      </c>
-[...1 lines deleted...]
-        <v>711</v>
       </c>
       <c r="I105" t="n">
         <v>0.0</v>
       </c>
       <c r="J105" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K105" t="s">
+        <v>711</v>
+      </c>
+      <c r="L105" t="s">
         <v>712</v>
       </c>
-      <c r="L105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M105" t="s">
         <v>20</v>
       </c>
       <c r="N105" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
       <c r="O105" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="P105" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="Q105" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R105" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>18</v>
       </c>
       <c r="B106" t="s">
+        <v>713</v>
+      </c>
+      <c r="C106" t="s">
+        <v>20</v>
+      </c>
+      <c r="D106" t="s">
+        <v>20</v>
+      </c>
+      <c r="E106" t="s">
+        <v>703</v>
+      </c>
+      <c r="F106" t="s">
+        <v>20</v>
+      </c>
+      <c r="G106" t="s">
         <v>714</v>
       </c>
-      <c r="C106" t="s">
-[...11 lines deleted...]
-      <c r="G106" t="s">
+      <c r="H106" t="s">
         <v>715</v>
-      </c>
-[...1 lines deleted...]
-        <v>716</v>
       </c>
       <c r="I106" t="n">
         <v>0.0</v>
       </c>
       <c r="J106" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K106" t="s">
+        <v>716</v>
+      </c>
+      <c r="L106" t="s">
         <v>717</v>
       </c>
-      <c r="L106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M106" t="s">
         <v>20</v>
       </c>
       <c r="N106" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
       <c r="O106" t="s">
-        <v>390</v>
+        <v>28</v>
       </c>
       <c r="P106" t="s">
-        <v>391</v>
+        <v>29</v>
       </c>
       <c r="Q106" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R106" t="s">
-        <v>392</v>
+        <v>31</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>18</v>
       </c>
       <c r="B107" t="s">
+        <v>718</v>
+      </c>
+      <c r="C107" t="s">
+        <v>20</v>
+      </c>
+      <c r="D107" t="s">
+        <v>20</v>
+      </c>
+      <c r="E107" t="s">
+        <v>703</v>
+      </c>
+      <c r="F107" t="s">
+        <v>20</v>
+      </c>
+      <c r="G107" t="s">
         <v>719</v>
       </c>
-      <c r="C107" t="s">
-[...11 lines deleted...]
-      <c r="G107" t="s">
+      <c r="H107" t="s">
         <v>720</v>
-      </c>
-[...1 lines deleted...]
-        <v>721</v>
       </c>
       <c r="I107" t="n">
         <v>0.0</v>
       </c>
       <c r="J107" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K107" t="s">
+        <v>721</v>
+      </c>
+      <c r="L107" t="s">
         <v>722</v>
       </c>
-      <c r="L107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M107" t="s">
         <v>20</v>
       </c>
       <c r="N107" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
       <c r="O107" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="P107" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="Q107" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R107" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>18</v>
       </c>
       <c r="B108" t="s">
+        <v>723</v>
+      </c>
+      <c r="C108" t="s">
+        <v>20</v>
+      </c>
+      <c r="D108" t="s">
+        <v>20</v>
+      </c>
+      <c r="E108" t="s">
+        <v>703</v>
+      </c>
+      <c r="F108" t="s">
+        <v>20</v>
+      </c>
+      <c r="G108" t="s">
         <v>724</v>
       </c>
-      <c r="C108" t="s">
-[...11 lines deleted...]
-      <c r="G108" t="s">
+      <c r="H108" t="s">
         <v>725</v>
-      </c>
-[...1 lines deleted...]
-        <v>726</v>
       </c>
       <c r="I108" t="n">
         <v>0.0</v>
       </c>
       <c r="J108" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K108" t="s">
+        <v>726</v>
+      </c>
+      <c r="L108" t="s">
         <v>727</v>
       </c>
-      <c r="L108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M108" t="s">
         <v>20</v>
       </c>
       <c r="N108" t="s">
+        <v>685</v>
+      </c>
+      <c r="O108" t="s">
         <v>686</v>
       </c>
-      <c r="O108" t="s">
+      <c r="P108" t="s">
+        <v>603</v>
+      </c>
+      <c r="Q108" t="s">
+        <v>604</v>
+      </c>
+      <c r="R108" t="s">
         <v>687</v>
-      </c>
-[...7 lines deleted...]
-        <v>688</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>18</v>
       </c>
       <c r="B109" t="s">
+        <v>728</v>
+      </c>
+      <c r="C109" t="s">
+        <v>20</v>
+      </c>
+      <c r="D109" t="s">
+        <v>20</v>
+      </c>
+      <c r="E109" t="s">
+        <v>703</v>
+      </c>
+      <c r="F109" t="s">
+        <v>20</v>
+      </c>
+      <c r="G109" t="s">
         <v>729</v>
       </c>
-      <c r="C109" t="s">
-[...11 lines deleted...]
-      <c r="G109" t="s">
+      <c r="H109" t="s">
         <v>730</v>
-      </c>
-[...1 lines deleted...]
-        <v>731</v>
       </c>
       <c r="I109" t="n">
         <v>0.0</v>
       </c>
       <c r="J109" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K109" t="s">
-        <v>732</v>
+        <v>731</v>
       </c>
       <c r="L109" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="M109" t="s">
         <v>20</v>
       </c>
       <c r="N109" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
       <c r="O109" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="P109" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="Q109" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R109" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>18</v>
       </c>
       <c r="B110" t="s">
+        <v>732</v>
+      </c>
+      <c r="C110" t="s">
+        <v>20</v>
+      </c>
+      <c r="D110" t="s">
+        <v>20</v>
+      </c>
+      <c r="E110" t="s">
         <v>733</v>
       </c>
-      <c r="C110" t="s">
-[...5 lines deleted...]
-      <c r="E110" t="s">
+      <c r="F110" t="s">
+        <v>20</v>
+      </c>
+      <c r="G110" t="s">
         <v>734</v>
       </c>
-      <c r="F110" t="s">
-[...2 lines deleted...]
-      <c r="G110" t="s">
+      <c r="H110" t="s">
         <v>735</v>
-      </c>
-[...1 lines deleted...]
-        <v>736</v>
       </c>
       <c r="I110" t="n">
         <v>0.0</v>
       </c>
       <c r="J110" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K110" t="s">
+        <v>736</v>
+      </c>
+      <c r="L110" t="s">
         <v>737</v>
       </c>
-      <c r="L110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M110" t="s">
         <v>20</v>
       </c>
       <c r="N110" t="s">
+        <v>685</v>
+      </c>
+      <c r="O110" t="s">
         <v>686</v>
       </c>
-      <c r="O110" t="s">
+      <c r="P110" t="s">
+        <v>603</v>
+      </c>
+      <c r="Q110" t="s">
+        <v>604</v>
+      </c>
+      <c r="R110" t="s">
         <v>687</v>
-      </c>
-[...7 lines deleted...]
-        <v>688</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>18</v>
       </c>
       <c r="B111" t="s">
+        <v>738</v>
+      </c>
+      <c r="C111" t="s">
+        <v>20</v>
+      </c>
+      <c r="D111" t="s">
+        <v>20</v>
+      </c>
+      <c r="E111" t="s">
+        <v>733</v>
+      </c>
+      <c r="F111" t="s">
+        <v>20</v>
+      </c>
+      <c r="G111" t="s">
         <v>739</v>
       </c>
-      <c r="C111" t="s">
-[...11 lines deleted...]
-      <c r="G111" t="s">
+      <c r="H111" t="s">
         <v>740</v>
-      </c>
-[...1 lines deleted...]
-        <v>741</v>
       </c>
       <c r="I111" t="n">
         <v>0.0</v>
       </c>
       <c r="J111" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K111" t="s">
+        <v>741</v>
+      </c>
+      <c r="L111" t="s">
         <v>742</v>
       </c>
-      <c r="L111" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M111" t="s">
         <v>20</v>
       </c>
       <c r="N111" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
       <c r="O111" t="s">
-        <v>390</v>
+        <v>28</v>
       </c>
       <c r="P111" t="s">
-        <v>391</v>
+        <v>29</v>
       </c>
       <c r="Q111" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R111" t="s">
-        <v>392</v>
+        <v>31</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>18</v>
       </c>
       <c r="B112" t="s">
+        <v>743</v>
+      </c>
+      <c r="C112" t="s">
+        <v>20</v>
+      </c>
+      <c r="D112" t="s">
+        <v>20</v>
+      </c>
+      <c r="E112" t="s">
         <v>744</v>
       </c>
-      <c r="C112" t="s">
-[...5 lines deleted...]
-      <c r="E112" t="s">
+      <c r="F112" t="s">
+        <v>20</v>
+      </c>
+      <c r="G112" t="s">
         <v>745</v>
       </c>
-      <c r="F112" t="s">
-[...2 lines deleted...]
-      <c r="G112" t="s">
+      <c r="H112" t="s">
         <v>746</v>
-      </c>
-[...1 lines deleted...]
-        <v>747</v>
       </c>
       <c r="I112" t="n">
         <v>0.0</v>
       </c>
       <c r="J112" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K112" t="s">
-        <v>748</v>
+        <v>747</v>
       </c>
       <c r="L112" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="M112" t="s">
         <v>20</v>
       </c>
       <c r="N112" t="s">
+        <v>685</v>
+      </c>
+      <c r="O112" t="s">
         <v>686</v>
       </c>
-      <c r="O112" t="s">
+      <c r="P112" t="s">
+        <v>603</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>604</v>
+      </c>
+      <c r="R112" t="s">
         <v>687</v>
-      </c>
-[...7 lines deleted...]
-        <v>688</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>18</v>
       </c>
       <c r="B113" t="s">
+        <v>748</v>
+      </c>
+      <c r="C113" t="s">
+        <v>20</v>
+      </c>
+      <c r="D113" t="s">
+        <v>20</v>
+      </c>
+      <c r="E113" t="s">
         <v>749</v>
       </c>
-      <c r="C113" t="s">
-[...5 lines deleted...]
-      <c r="E113" t="s">
+      <c r="F113" t="s">
+        <v>20</v>
+      </c>
+      <c r="G113" t="s">
         <v>750</v>
       </c>
-      <c r="F113" t="s">
-[...2 lines deleted...]
-      <c r="G113" t="s">
+      <c r="H113" t="s">
         <v>751</v>
-      </c>
-[...1 lines deleted...]
-        <v>752</v>
       </c>
       <c r="I113" t="n">
         <v>0.0</v>
       </c>
       <c r="J113" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K113" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="L113" t="s">
-        <v>144</v>
+        <v>155</v>
       </c>
       <c r="M113" t="s">
         <v>20</v>
       </c>
       <c r="N113" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="O113" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P113" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q113" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R113" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>18</v>
       </c>
       <c r="B114" t="s">
+        <v>753</v>
+      </c>
+      <c r="C114" t="s">
+        <v>20</v>
+      </c>
+      <c r="D114" t="s">
+        <v>20</v>
+      </c>
+      <c r="E114" t="s">
         <v>754</v>
       </c>
-      <c r="C114" t="s">
-[...5 lines deleted...]
-      <c r="E114" t="s">
+      <c r="F114" t="s">
+        <v>20</v>
+      </c>
+      <c r="G114" t="s">
         <v>755</v>
       </c>
-      <c r="F114" t="s">
-[...2 lines deleted...]
-      <c r="G114" t="s">
+      <c r="H114" t="s">
         <v>756</v>
-      </c>
-[...1 lines deleted...]
-        <v>757</v>
       </c>
       <c r="I114" t="n">
         <v>0.0</v>
       </c>
       <c r="J114" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K114" t="s">
+        <v>757</v>
+      </c>
+      <c r="L114" t="s">
         <v>758</v>
       </c>
-      <c r="L114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M114" t="s">
         <v>20</v>
       </c>
       <c r="N114" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="O114" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P114" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q114" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R114" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>18</v>
       </c>
       <c r="B115" t="s">
+        <v>759</v>
+      </c>
+      <c r="C115" t="s">
+        <v>20</v>
+      </c>
+      <c r="D115" t="s">
+        <v>20</v>
+      </c>
+      <c r="E115" t="s">
         <v>760</v>
       </c>
-      <c r="C115" t="s">
-[...5 lines deleted...]
-      <c r="E115" t="s">
+      <c r="F115" t="s">
+        <v>20</v>
+      </c>
+      <c r="G115" t="s">
         <v>761</v>
       </c>
-      <c r="F115" t="s">
-[...2 lines deleted...]
-      <c r="G115" t="s">
+      <c r="H115" t="s">
         <v>762</v>
-      </c>
-[...1 lines deleted...]
-        <v>763</v>
       </c>
       <c r="I115" t="n">
         <v>0.0</v>
       </c>
       <c r="J115" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K115" t="s">
+        <v>763</v>
+      </c>
+      <c r="L115" t="s">
         <v>764</v>
       </c>
-      <c r="L115" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M115" t="s">
         <v>20</v>
       </c>
       <c r="N115" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="O115" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P115" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q115" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R115" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>18</v>
       </c>
       <c r="B116" t="s">
+        <v>765</v>
+      </c>
+      <c r="C116" t="s">
+        <v>20</v>
+      </c>
+      <c r="D116" t="s">
+        <v>20</v>
+      </c>
+      <c r="E116" t="s">
         <v>766</v>
       </c>
-      <c r="C116" t="s">
-[...5 lines deleted...]
-      <c r="E116" t="s">
+      <c r="F116" t="s">
+        <v>20</v>
+      </c>
+      <c r="G116" t="s">
         <v>767</v>
       </c>
-      <c r="F116" t="s">
-[...2 lines deleted...]
-      <c r="G116" t="s">
+      <c r="H116" t="s">
         <v>768</v>
-      </c>
-[...1 lines deleted...]
-        <v>769</v>
       </c>
       <c r="I116" t="n">
         <v>0.0</v>
       </c>
       <c r="J116" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K116" t="s">
+        <v>769</v>
+      </c>
+      <c r="L116" t="s">
         <v>770</v>
       </c>
-      <c r="L116" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M116" t="s">
         <v>20</v>
       </c>
       <c r="N116" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="O116" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P116" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q116" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R116" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>18</v>
       </c>
       <c r="B117" t="s">
+        <v>771</v>
+      </c>
+      <c r="C117" t="s">
+        <v>20</v>
+      </c>
+      <c r="D117" t="s">
+        <v>20</v>
+      </c>
+      <c r="E117" t="s">
         <v>772</v>
       </c>
-      <c r="C117" t="s">
-[...5 lines deleted...]
-      <c r="E117" t="s">
+      <c r="F117" t="s">
+        <v>20</v>
+      </c>
+      <c r="G117" t="s">
         <v>773</v>
       </c>
-      <c r="F117" t="s">
-[...2 lines deleted...]
-      <c r="G117" t="s">
+      <c r="H117" t="s">
         <v>774</v>
-      </c>
-[...1 lines deleted...]
-        <v>775</v>
       </c>
       <c r="I117" t="n">
         <v>0.0</v>
       </c>
       <c r="J117" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K117" t="s">
+        <v>775</v>
+      </c>
+      <c r="L117" t="s">
         <v>776</v>
       </c>
-      <c r="L117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M117" t="s">
         <v>20</v>
       </c>
       <c r="N117" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="O117" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P117" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q117" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R117" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>18</v>
       </c>
       <c r="B118" t="s">
+        <v>777</v>
+      </c>
+      <c r="C118" t="s">
+        <v>20</v>
+      </c>
+      <c r="D118" t="s">
+        <v>20</v>
+      </c>
+      <c r="E118" t="s">
         <v>778</v>
       </c>
-      <c r="C118" t="s">
-[...5 lines deleted...]
-      <c r="E118" t="s">
+      <c r="F118" t="s">
+        <v>20</v>
+      </c>
+      <c r="G118" t="s">
         <v>779</v>
       </c>
-      <c r="F118" t="s">
-[...2 lines deleted...]
-      <c r="G118" t="s">
+      <c r="H118" t="s">
         <v>780</v>
-      </c>
-[...1 lines deleted...]
-        <v>781</v>
       </c>
       <c r="I118" t="n">
         <v>0.0</v>
       </c>
       <c r="J118" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K118" t="s">
+        <v>781</v>
+      </c>
+      <c r="L118" t="s">
         <v>782</v>
       </c>
-      <c r="L118" t="s">
+      <c r="M118" t="s">
+        <v>20</v>
+      </c>
+      <c r="N118" t="s">
         <v>783</v>
       </c>
-      <c r="M118" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O118" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P118" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q118" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R118" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>18</v>
       </c>
       <c r="B119" t="s">
+        <v>784</v>
+      </c>
+      <c r="C119" t="s">
+        <v>20</v>
+      </c>
+      <c r="D119" t="s">
+        <v>20</v>
+      </c>
+      <c r="E119" t="s">
         <v>785</v>
       </c>
-      <c r="C119" t="s">
-[...5 lines deleted...]
-      <c r="E119" t="s">
+      <c r="F119" t="s">
+        <v>20</v>
+      </c>
+      <c r="G119" t="s">
         <v>786</v>
       </c>
-      <c r="F119" t="s">
-[...2 lines deleted...]
-      <c r="G119" t="s">
+      <c r="H119" t="s">
         <v>787</v>
-      </c>
-[...1 lines deleted...]
-        <v>788</v>
       </c>
       <c r="I119" t="n">
         <v>0.0</v>
       </c>
       <c r="J119" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K119" t="s">
+        <v>788</v>
+      </c>
+      <c r="L119" t="s">
         <v>789</v>
       </c>
-      <c r="L119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M119" t="s">
         <v>20</v>
       </c>
       <c r="N119" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
       <c r="O119" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P119" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q119" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R119" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>18</v>
       </c>
       <c r="B120" t="s">
+        <v>790</v>
+      </c>
+      <c r="C120" t="s">
+        <v>20</v>
+      </c>
+      <c r="D120" t="s">
+        <v>20</v>
+      </c>
+      <c r="E120" t="s">
         <v>791</v>
       </c>
-      <c r="C120" t="s">
-[...5 lines deleted...]
-      <c r="E120" t="s">
+      <c r="F120" t="s">
+        <v>20</v>
+      </c>
+      <c r="G120" t="s">
         <v>792</v>
       </c>
-      <c r="F120" t="s">
-[...2 lines deleted...]
-      <c r="G120" t="s">
+      <c r="H120" t="s">
         <v>793</v>
-      </c>
-[...1 lines deleted...]
-        <v>794</v>
       </c>
       <c r="I120" t="n">
         <v>0.0</v>
       </c>
       <c r="J120" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K120" t="s">
+        <v>794</v>
+      </c>
+      <c r="L120" t="s">
         <v>795</v>
       </c>
-      <c r="L120" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M120" t="s">
         <v>20</v>
       </c>
       <c r="N120" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="O120" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P120" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q120" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R120" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>18</v>
       </c>
       <c r="B121" t="s">
+        <v>796</v>
+      </c>
+      <c r="C121" t="s">
+        <v>20</v>
+      </c>
+      <c r="D121" t="s">
+        <v>20</v>
+      </c>
+      <c r="E121" t="s">
         <v>797</v>
       </c>
-      <c r="C121" t="s">
-[...5 lines deleted...]
-      <c r="E121" t="s">
+      <c r="F121" t="s">
+        <v>20</v>
+      </c>
+      <c r="G121" t="s">
         <v>798</v>
       </c>
-      <c r="F121" t="s">
-[...2 lines deleted...]
-      <c r="G121" t="s">
+      <c r="H121" t="s">
         <v>799</v>
-      </c>
-[...1 lines deleted...]
-        <v>800</v>
       </c>
       <c r="I121" t="n">
         <v>0.0</v>
       </c>
       <c r="J121" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K121" t="s">
+        <v>800</v>
+      </c>
+      <c r="L121" t="s">
+        <v>393</v>
+      </c>
+      <c r="M121" t="s">
+        <v>20</v>
+      </c>
+      <c r="N121" t="s">
         <v>801</v>
       </c>
-      <c r="L121" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O121" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="P121" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q121" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="R121" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>18</v>
       </c>
       <c r="B122" t="s">
+        <v>802</v>
+      </c>
+      <c r="C122" t="s">
+        <v>20</v>
+      </c>
+      <c r="D122" t="s">
+        <v>20</v>
+      </c>
+      <c r="E122" t="s">
         <v>803</v>
       </c>
-      <c r="C122" t="s">
-[...5 lines deleted...]
-      <c r="E122" t="s">
+      <c r="F122" t="s">
+        <v>20</v>
+      </c>
+      <c r="G122" t="s">
         <v>804</v>
       </c>
-      <c r="F122" t="s">
-[...2 lines deleted...]
-      <c r="G122" t="s">
+      <c r="H122" t="s">
         <v>805</v>
-      </c>
-[...1 lines deleted...]
-        <v>806</v>
       </c>
       <c r="I122" t="n">
         <v>0.0</v>
       </c>
       <c r="J122" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K122" t="s">
-        <v>807</v>
+        <v>806</v>
       </c>
       <c r="L122" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="M122" t="s">
         <v>20</v>
       </c>
       <c r="N122" t="s">
-        <v>808</v>
+        <v>39</v>
       </c>
       <c r="O122" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="P122" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q122" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R122" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>18</v>
       </c>
       <c r="B123" t="s">
+        <v>807</v>
+      </c>
+      <c r="C123" t="s">
+        <v>20</v>
+      </c>
+      <c r="D123" t="s">
+        <v>20</v>
+      </c>
+      <c r="E123" t="s">
+        <v>808</v>
+      </c>
+      <c r="F123" t="s">
+        <v>20</v>
+      </c>
+      <c r="G123" t="s">
         <v>809</v>
       </c>
-      <c r="C123" t="s">
-[...5 lines deleted...]
-      <c r="E123" t="s">
+      <c r="H123" t="s">
         <v>810</v>
-      </c>
-[...7 lines deleted...]
-        <v>812</v>
       </c>
       <c r="I123" t="n">
         <v>0.0</v>
       </c>
       <c r="J123" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K123" t="s">
-        <v>813</v>
+        <v>811</v>
       </c>
       <c r="L123" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="M123" t="s">
         <v>20</v>
       </c>
       <c r="N123" t="s">
-        <v>808</v>
+        <v>81</v>
       </c>
       <c r="O123" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P123" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q123" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R123" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>18</v>
       </c>
       <c r="B124" t="s">
+        <v>812</v>
+      </c>
+      <c r="C124" t="s">
+        <v>20</v>
+      </c>
+      <c r="D124" t="s">
+        <v>20</v>
+      </c>
+      <c r="E124" t="s">
+        <v>813</v>
+      </c>
+      <c r="F124" t="s">
+        <v>20</v>
+      </c>
+      <c r="G124" t="s">
         <v>814</v>
       </c>
-      <c r="C124" t="s">
-[...5 lines deleted...]
-      <c r="E124" t="s">
+      <c r="H124" t="s">
         <v>815</v>
-      </c>
-[...7 lines deleted...]
-        <v>817</v>
       </c>
       <c r="I124" t="n">
         <v>0.0</v>
       </c>
       <c r="J124" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K124" t="s">
+        <v>816</v>
+      </c>
+      <c r="L124" t="s">
+        <v>817</v>
+      </c>
+      <c r="M124" t="s">
+        <v>20</v>
+      </c>
+      <c r="N124" t="s">
         <v>818</v>
       </c>
-      <c r="L124" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O124" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P124" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q124" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R124" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>18</v>
       </c>
       <c r="B125" t="s">
+        <v>819</v>
+      </c>
+      <c r="C125" t="s">
+        <v>20</v>
+      </c>
+      <c r="D125" t="s">
+        <v>20</v>
+      </c>
+      <c r="E125" t="s">
         <v>820</v>
       </c>
-      <c r="C125" t="s">
-[...5 lines deleted...]
-      <c r="E125" t="s">
+      <c r="F125" t="s">
+        <v>20</v>
+      </c>
+      <c r="G125" t="s">
         <v>821</v>
       </c>
-      <c r="F125" t="s">
-[...2 lines deleted...]
-      <c r="G125" t="s">
+      <c r="H125" t="s">
         <v>822</v>
-      </c>
-[...1 lines deleted...]
-        <v>823</v>
       </c>
       <c r="I125" t="n">
         <v>0.0</v>
       </c>
       <c r="J125" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K125" t="s">
+        <v>823</v>
+      </c>
+      <c r="L125" t="s">
         <v>824</v>
       </c>
-      <c r="L125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M125" t="s">
         <v>20</v>
       </c>
       <c r="N125" t="s">
-        <v>808</v>
+        <v>818</v>
       </c>
       <c r="O125" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P125" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q125" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R125" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>18</v>
       </c>
       <c r="B126" t="s">
+        <v>825</v>
+      </c>
+      <c r="C126" t="s">
+        <v>20</v>
+      </c>
+      <c r="D126" t="s">
+        <v>20</v>
+      </c>
+      <c r="E126" t="s">
+        <v>820</v>
+      </c>
+      <c r="F126" t="s">
+        <v>20</v>
+      </c>
+      <c r="G126" t="s">
         <v>826</v>
       </c>
-      <c r="C126" t="s">
-[...11 lines deleted...]
-      <c r="G126" t="s">
+      <c r="H126" t="s">
         <v>827</v>
-      </c>
-[...1 lines deleted...]
-        <v>828</v>
       </c>
       <c r="I126" t="n">
         <v>0.0</v>
       </c>
       <c r="J126" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K126" t="s">
-        <v>829</v>
+        <v>828</v>
       </c>
       <c r="L126" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="M126" t="s">
         <v>20</v>
       </c>
       <c r="N126" t="s">
-        <v>808</v>
+        <v>818</v>
       </c>
       <c r="O126" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P126" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q126" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R126" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>18</v>
       </c>
       <c r="B127" t="s">
+        <v>829</v>
+      </c>
+      <c r="C127" t="s">
+        <v>20</v>
+      </c>
+      <c r="D127" t="s">
+        <v>20</v>
+      </c>
+      <c r="E127" t="s">
+        <v>820</v>
+      </c>
+      <c r="F127" t="s">
+        <v>20</v>
+      </c>
+      <c r="G127" t="s">
         <v>830</v>
       </c>
-      <c r="C127" t="s">
-[...11 lines deleted...]
-      <c r="G127" t="s">
+      <c r="H127" t="s">
         <v>831</v>
-      </c>
-[...1 lines deleted...]
-        <v>832</v>
       </c>
       <c r="I127" t="n">
         <v>0.0</v>
       </c>
       <c r="J127" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K127" t="s">
+        <v>832</v>
+      </c>
+      <c r="L127" t="s">
         <v>833</v>
       </c>
-      <c r="L127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M127" t="s">
         <v>20</v>
       </c>
       <c r="N127" t="s">
-        <v>808</v>
+        <v>818</v>
       </c>
       <c r="O127" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P127" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q127" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R127" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>18</v>
       </c>
       <c r="B128" t="s">
+        <v>834</v>
+      </c>
+      <c r="C128" t="s">
+        <v>20</v>
+      </c>
+      <c r="D128" t="s">
+        <v>20</v>
+      </c>
+      <c r="E128" t="s">
         <v>835</v>
       </c>
-      <c r="C128" t="s">
-[...5 lines deleted...]
-      <c r="E128" t="s">
+      <c r="F128" t="s">
+        <v>20</v>
+      </c>
+      <c r="G128" t="s">
         <v>836</v>
       </c>
-      <c r="F128" t="s">
-[...2 lines deleted...]
-      <c r="G128" t="s">
+      <c r="H128" t="s">
         <v>837</v>
-      </c>
-[...1 lines deleted...]
-        <v>838</v>
       </c>
       <c r="I128" t="n">
         <v>0.0</v>
       </c>
       <c r="J128" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K128" t="s">
-        <v>839</v>
+        <v>838</v>
       </c>
       <c r="L128" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="M128" t="s">
         <v>20</v>
       </c>
       <c r="N128" t="s">
-        <v>840</v>
+        <v>81</v>
       </c>
       <c r="O128" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="P128" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q128" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R128" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>18</v>
       </c>
       <c r="B129" t="s">
+        <v>839</v>
+      </c>
+      <c r="C129" t="s">
+        <v>20</v>
+      </c>
+      <c r="D129" t="s">
+        <v>20</v>
+      </c>
+      <c r="E129" t="s">
+        <v>840</v>
+      </c>
+      <c r="F129" t="s">
+        <v>20</v>
+      </c>
+      <c r="G129" t="s">
         <v>841</v>
       </c>
-      <c r="C129" t="s">
-[...5 lines deleted...]
-      <c r="E129" t="s">
+      <c r="H129" t="s">
         <v>842</v>
-      </c>
-[...7 lines deleted...]
-        <v>844</v>
       </c>
       <c r="I129" t="n">
         <v>0.0</v>
       </c>
       <c r="J129" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K129" t="s">
-        <v>845</v>
+        <v>843</v>
       </c>
       <c r="L129" t="s">
-        <v>846</v>
+        <v>844</v>
       </c>
       <c r="M129" t="s">
         <v>20</v>
       </c>
       <c r="N129" t="s">
-        <v>847</v>
+        <v>81</v>
       </c>
       <c r="O129" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P129" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q129" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R129" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>18</v>
       </c>
       <c r="B130" t="s">
+        <v>845</v>
+      </c>
+      <c r="C130" t="s">
+        <v>20</v>
+      </c>
+      <c r="D130" t="s">
+        <v>20</v>
+      </c>
+      <c r="E130" t="s">
+        <v>846</v>
+      </c>
+      <c r="F130" t="s">
+        <v>20</v>
+      </c>
+      <c r="G130" t="s">
+        <v>847</v>
+      </c>
+      <c r="H130" t="s">
         <v>848</v>
-      </c>
-[...16 lines deleted...]
-        <v>851</v>
       </c>
       <c r="I130" t="n">
         <v>0.0</v>
       </c>
       <c r="J130" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K130" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="L130" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="M130" t="s">
         <v>20</v>
       </c>
       <c r="N130" t="s">
-        <v>854</v>
+        <v>39</v>
       </c>
       <c r="O130" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="P130" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="Q130" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R130" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>18</v>
       </c>
       <c r="B131" t="s">
-        <v>855</v>
+        <v>851</v>
       </c>
       <c r="C131" t="s">
         <v>20</v>
       </c>
       <c r="D131" t="s">
         <v>20</v>
       </c>
       <c r="E131" t="s">
-        <v>856</v>
+        <v>852</v>
       </c>
       <c r="F131" t="s">
         <v>20</v>
       </c>
       <c r="G131" t="s">
-        <v>857</v>
+        <v>853</v>
       </c>
       <c r="H131" t="s">
-        <v>858</v>
+        <v>854</v>
       </c>
       <c r="I131" t="n">
         <v>0.0</v>
       </c>
       <c r="J131" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K131" t="s">
-        <v>859</v>
+        <v>855</v>
       </c>
       <c r="L131" t="s">
-        <v>860</v>
+        <v>856</v>
       </c>
       <c r="M131" t="s">
         <v>20</v>
       </c>
       <c r="N131" t="s">
-        <v>861</v>
+        <v>857</v>
       </c>
       <c r="O131" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="P131" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q131" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="R131" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>18</v>
       </c>
       <c r="B132" t="s">
-        <v>862</v>
+        <v>858</v>
       </c>
       <c r="C132" t="s">
         <v>20</v>
       </c>
       <c r="D132" t="s">
         <v>20</v>
       </c>
       <c r="E132" t="s">
-        <v>863</v>
+        <v>859</v>
       </c>
       <c r="F132" t="s">
         <v>20</v>
       </c>
       <c r="G132" t="s">
-        <v>864</v>
+        <v>860</v>
       </c>
       <c r="H132" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="I132" t="n">
         <v>0.0</v>
       </c>
       <c r="J132" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K132" t="s">
-        <v>866</v>
+        <v>862</v>
       </c>
       <c r="L132" t="s">
-        <v>867</v>
+        <v>863</v>
       </c>
       <c r="M132" t="s">
         <v>20</v>
       </c>
       <c r="N132" t="s">
-        <v>868</v>
+        <v>117</v>
       </c>
       <c r="O132" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="P132" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q132" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="R132" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>18</v>
       </c>
       <c r="B133" t="s">
-        <v>869</v>
+        <v>864</v>
       </c>
       <c r="C133" t="s">
         <v>20</v>
       </c>
       <c r="D133" t="s">
         <v>20</v>
       </c>
       <c r="E133" t="s">
-        <v>870</v>
+        <v>865</v>
       </c>
       <c r="F133" t="s">
         <v>20</v>
       </c>
       <c r="G133" t="s">
-        <v>871</v>
+        <v>866</v>
       </c>
       <c r="H133" t="s">
-        <v>872</v>
+        <v>867</v>
       </c>
       <c r="I133" t="n">
         <v>0.0</v>
       </c>
       <c r="J133" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K133" t="s">
-        <v>873</v>
+        <v>868</v>
       </c>
       <c r="L133" t="s">
-        <v>874</v>
+        <v>869</v>
       </c>
       <c r="M133" t="s">
         <v>20</v>
       </c>
       <c r="N133" t="s">
-        <v>868</v>
+        <v>857</v>
       </c>
       <c r="O133" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="P133" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q133" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="R133" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
         <v>18</v>
       </c>
       <c r="B134" t="s">
-        <v>875</v>
+        <v>870</v>
       </c>
       <c r="C134" t="s">
         <v>20</v>
       </c>
       <c r="D134" t="s">
         <v>20</v>
       </c>
       <c r="E134" t="s">
-        <v>876</v>
+        <v>871</v>
       </c>
       <c r="F134" t="s">
         <v>20</v>
       </c>
       <c r="G134" t="s">
-        <v>877</v>
+        <v>872</v>
       </c>
       <c r="H134" t="s">
-        <v>878</v>
+        <v>873</v>
       </c>
       <c r="I134" t="n">
         <v>0.0</v>
       </c>
       <c r="J134" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K134" t="s">
-        <v>879</v>
+        <v>874</v>
       </c>
       <c r="L134" t="s">
-        <v>880</v>
+        <v>875</v>
       </c>
       <c r="M134" t="s">
         <v>20</v>
       </c>
       <c r="N134" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="O134" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="P134" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q134" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R134" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>18</v>
       </c>
       <c r="B135" t="s">
-        <v>881</v>
+        <v>876</v>
       </c>
       <c r="C135" t="s">
         <v>20</v>
       </c>
       <c r="D135" t="s">
         <v>20</v>
       </c>
       <c r="E135" t="s">
-        <v>882</v>
+        <v>877</v>
       </c>
       <c r="F135" t="s">
         <v>20</v>
       </c>
       <c r="G135" t="s">
-        <v>883</v>
+        <v>878</v>
       </c>
       <c r="H135" t="s">
-        <v>884</v>
+        <v>879</v>
       </c>
       <c r="I135" t="n">
         <v>0.0</v>
       </c>
       <c r="J135" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K135" t="s">
-        <v>885</v>
+        <v>880</v>
       </c>
       <c r="L135" t="s">
-        <v>886</v>
+        <v>881</v>
       </c>
       <c r="M135" t="s">
         <v>20</v>
       </c>
       <c r="N135" t="s">
         <v>650</v>
       </c>
       <c r="O135" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P135" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q135" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R135" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
         <v>18</v>
       </c>
       <c r="B136" t="s">
-        <v>887</v>
+        <v>882</v>
       </c>
       <c r="C136" t="s">
         <v>20</v>
       </c>
       <c r="D136" t="s">
         <v>20</v>
       </c>
       <c r="E136" t="s">
-        <v>888</v>
+        <v>883</v>
       </c>
       <c r="F136" t="s">
         <v>20</v>
       </c>
       <c r="G136" t="s">
-        <v>889</v>
+        <v>884</v>
       </c>
       <c r="H136" t="s">
-        <v>890</v>
+        <v>885</v>
       </c>
       <c r="I136" t="n">
         <v>0.0</v>
       </c>
       <c r="J136" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K136" t="s">
-        <v>885</v>
+        <v>880</v>
       </c>
       <c r="L136" t="s">
-        <v>891</v>
+        <v>886</v>
       </c>
       <c r="M136" t="s">
         <v>20</v>
       </c>
       <c r="N136" t="s">
         <v>650</v>
       </c>
       <c r="O136" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P136" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q136" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R136" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>18</v>
       </c>
       <c r="B137" t="s">
-        <v>892</v>
+        <v>887</v>
       </c>
       <c r="C137" t="s">
         <v>20</v>
       </c>
       <c r="D137" t="s">
         <v>20</v>
       </c>
       <c r="E137" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="F137" t="s">
         <v>20</v>
       </c>
       <c r="G137" t="s">
-        <v>894</v>
+        <v>889</v>
       </c>
       <c r="H137" t="s">
-        <v>895</v>
+        <v>890</v>
       </c>
       <c r="I137" t="n">
         <v>0.0</v>
       </c>
       <c r="J137" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K137" t="s">
-        <v>896</v>
+        <v>891</v>
       </c>
       <c r="L137" t="s">
-        <v>897</v>
+        <v>892</v>
       </c>
       <c r="M137" t="s">
         <v>20</v>
       </c>
       <c r="N137" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="O137" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P137" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q137" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R137" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
         <v>18</v>
       </c>
       <c r="B138" t="s">
-        <v>898</v>
+        <v>893</v>
       </c>
       <c r="C138" t="s">
         <v>20</v>
       </c>
       <c r="D138" t="s">
         <v>20</v>
       </c>
       <c r="E138" t="s">
-        <v>899</v>
+        <v>894</v>
       </c>
       <c r="F138" t="s">
         <v>20</v>
       </c>
       <c r="G138" t="s">
-        <v>900</v>
+        <v>895</v>
       </c>
       <c r="H138" t="s">
-        <v>901</v>
+        <v>896</v>
       </c>
       <c r="I138" t="n">
         <v>0.0</v>
       </c>
       <c r="J138" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K138" t="s">
-        <v>902</v>
+        <v>897</v>
       </c>
       <c r="L138" t="s">
-        <v>903</v>
+        <v>898</v>
       </c>
       <c r="M138" t="s">
         <v>20</v>
       </c>
       <c r="N138" t="s">
-        <v>904</v>
+        <v>236</v>
       </c>
       <c r="O138" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="P138" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q138" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R138" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
         <v>18</v>
       </c>
       <c r="B139" t="s">
-        <v>905</v>
+        <v>899</v>
       </c>
       <c r="C139" t="s">
         <v>20</v>
       </c>
       <c r="D139" t="s">
         <v>20</v>
       </c>
       <c r="E139" t="s">
-        <v>906</v>
+        <v>900</v>
       </c>
       <c r="F139" t="s">
         <v>20</v>
       </c>
       <c r="G139" t="s">
-        <v>907</v>
+        <v>901</v>
       </c>
       <c r="H139" t="s">
-        <v>908</v>
+        <v>902</v>
       </c>
       <c r="I139" t="n">
         <v>0.0</v>
       </c>
       <c r="J139" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K139" t="s">
-        <v>909</v>
+        <v>903</v>
       </c>
       <c r="L139" t="s">
-        <v>910</v>
+        <v>904</v>
       </c>
       <c r="M139" t="s">
         <v>20</v>
       </c>
       <c r="N139" t="s">
-        <v>911</v>
+        <v>905</v>
       </c>
       <c r="O139" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="P139" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="Q139" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R139" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
         <v>18</v>
       </c>
       <c r="B140" t="s">
-        <v>912</v>
+        <v>906</v>
       </c>
       <c r="C140" t="s">
         <v>20</v>
       </c>
       <c r="D140" t="s">
         <v>20</v>
       </c>
       <c r="E140" t="s">
-        <v>913</v>
+        <v>907</v>
       </c>
       <c r="F140" t="s">
         <v>20</v>
       </c>
       <c r="G140" t="s">
-        <v>914</v>
+        <v>908</v>
       </c>
       <c r="H140" t="s">
-        <v>915</v>
+        <v>909</v>
       </c>
       <c r="I140" t="n">
         <v>0.0</v>
       </c>
       <c r="J140" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K140" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="L140" t="s">
-        <v>916</v>
+        <v>910</v>
       </c>
       <c r="M140" t="s">
         <v>20</v>
       </c>
       <c r="N140" t="s">
-        <v>917</v>
+        <v>162</v>
       </c>
       <c r="O140" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="P140" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q140" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R140" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
         <v>18</v>
       </c>
       <c r="B141" t="s">
-        <v>918</v>
+        <v>911</v>
       </c>
       <c r="C141" t="s">
         <v>20</v>
       </c>
       <c r="D141" t="s">
         <v>20</v>
       </c>
       <c r="E141" t="s">
-        <v>919</v>
+        <v>912</v>
       </c>
       <c r="F141" t="s">
         <v>20</v>
       </c>
       <c r="G141" t="s">
-        <v>920</v>
+        <v>913</v>
       </c>
       <c r="H141" t="s">
-        <v>921</v>
+        <v>914</v>
       </c>
       <c r="I141" t="n">
         <v>0.0</v>
       </c>
       <c r="J141" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="K141" t="s">
-        <v>922</v>
+        <v>915</v>
       </c>
       <c r="L141" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="M141" t="s">
         <v>20</v>
       </c>
       <c r="N141" t="s">
-        <v>923</v>
+        <v>182</v>
       </c>
       <c r="O141" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="P141" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="Q141" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="R141" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
         <v>18</v>
       </c>
       <c r="B142" t="s">
-        <v>924</v>
+        <v>916</v>
       </c>
       <c r="C142" t="s">
         <v>20</v>
       </c>
       <c r="D142" t="s">
         <v>20</v>
       </c>
       <c r="E142" t="s">
-        <v>925</v>
+        <v>917</v>
       </c>
       <c r="F142" t="s">
         <v>20</v>
       </c>
       <c r="G142" t="s">
-        <v>926</v>
+        <v>918</v>
       </c>
       <c r="H142" t="s">
-        <v>927</v>
+        <v>919</v>
       </c>
       <c r="I142" t="n">
         <v>0.0</v>
       </c>
       <c r="J142" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K142" t="s">
-        <v>928</v>
+        <v>920</v>
       </c>
       <c r="L142" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="M142" t="s">
         <v>20</v>
       </c>
       <c r="N142" t="s">
-        <v>904</v>
+        <v>236</v>
       </c>
       <c r="O142" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="P142" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q142" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R142" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
         <v>18</v>
       </c>
       <c r="B143" t="s">
-        <v>929</v>
+        <v>921</v>
       </c>
       <c r="C143" t="s">
         <v>20</v>
       </c>
       <c r="D143" t="s">
         <v>20</v>
       </c>
       <c r="E143" t="s">
-        <v>930</v>
+        <v>922</v>
       </c>
       <c r="F143" t="s">
         <v>20</v>
       </c>
       <c r="G143" t="s">
-        <v>931</v>
+        <v>923</v>
       </c>
       <c r="H143" t="s">
-        <v>932</v>
+        <v>924</v>
       </c>
       <c r="I143" t="n">
         <v>0.0</v>
       </c>
       <c r="J143" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K143" t="s">
-        <v>933</v>
+        <v>925</v>
       </c>
       <c r="L143" t="s">
-        <v>242</v>
+        <v>252</v>
       </c>
       <c r="M143" t="s">
         <v>20</v>
       </c>
       <c r="N143" t="s">
-        <v>904</v>
+        <v>229</v>
       </c>
       <c r="O143" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P143" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q143" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R143" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
         <v>18</v>
       </c>
       <c r="B144" t="s">
-        <v>934</v>
+        <v>926</v>
       </c>
       <c r="C144" t="s">
         <v>20</v>
       </c>
       <c r="D144" t="s">
         <v>20</v>
       </c>
       <c r="E144" t="s">
-        <v>930</v>
+        <v>922</v>
       </c>
       <c r="F144" t="s">
         <v>20</v>
       </c>
       <c r="G144" t="s">
-        <v>935</v>
+        <v>927</v>
       </c>
       <c r="H144" t="s">
-        <v>936</v>
+        <v>928</v>
       </c>
       <c r="I144" t="n">
         <v>0.0</v>
       </c>
       <c r="J144" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K144" t="s">
-        <v>937</v>
+        <v>929</v>
       </c>
       <c r="L144" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="M144" t="s">
         <v>20</v>
       </c>
       <c r="N144" t="s">
         <v>650</v>
       </c>
       <c r="O144" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="P144" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q144" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="R144" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
         <v>18</v>
       </c>
       <c r="B145" t="s">
-        <v>938</v>
+        <v>930</v>
       </c>
       <c r="C145" t="s">
         <v>20</v>
       </c>
       <c r="D145" t="s">
         <v>20</v>
       </c>
       <c r="E145" t="s">
-        <v>939</v>
+        <v>931</v>
       </c>
       <c r="F145" t="s">
         <v>20</v>
       </c>
       <c r="G145" t="s">
-        <v>940</v>
+        <v>932</v>
       </c>
       <c r="H145" t="s">
-        <v>941</v>
+        <v>933</v>
       </c>
       <c r="I145" t="n">
         <v>0.0</v>
       </c>
       <c r="J145" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K145" t="s">
-        <v>942</v>
+        <v>934</v>
       </c>
       <c r="L145" t="s">
-        <v>943</v>
+        <v>935</v>
       </c>
       <c r="M145" t="s">
         <v>20</v>
       </c>
       <c r="N145" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="O145" t="s">
-        <v>944</v>
+        <v>936</v>
       </c>
       <c r="P145" t="s">
-        <v>945</v>
+        <v>937</v>
       </c>
       <c r="Q145" t="s">
-        <v>946</v>
+        <v>938</v>
       </c>
       <c r="R145" t="s">
-        <v>947</v>
+        <v>939</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
         <v>18</v>
       </c>
       <c r="B146" t="s">
-        <v>948</v>
+        <v>940</v>
       </c>
       <c r="C146" t="s">
         <v>20</v>
       </c>
       <c r="D146" t="s">
         <v>20</v>
       </c>
       <c r="E146" t="s">
-        <v>949</v>
+        <v>941</v>
       </c>
       <c r="F146" t="s">
         <v>20</v>
       </c>
       <c r="G146" t="s">
-        <v>950</v>
+        <v>942</v>
       </c>
       <c r="H146" t="s">
-        <v>951</v>
+        <v>943</v>
       </c>
       <c r="I146" t="n">
         <v>0.0</v>
       </c>
       <c r="J146" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K146" t="s">
-        <v>952</v>
+        <v>944</v>
       </c>
       <c r="L146" t="s">
-        <v>953</v>
+        <v>945</v>
       </c>
       <c r="M146" t="s">
         <v>20</v>
       </c>
       <c r="N146" t="s">
         <v>650</v>
       </c>
       <c r="O146" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P146" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q146" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R146" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
         <v>18</v>
       </c>
       <c r="B147" t="s">
-        <v>954</v>
+        <v>946</v>
       </c>
       <c r="C147" t="s">
         <v>20</v>
       </c>
       <c r="D147" t="s">
         <v>20</v>
       </c>
       <c r="E147" t="s">
-        <v>955</v>
+        <v>947</v>
       </c>
       <c r="F147" t="s">
         <v>20</v>
       </c>
       <c r="G147" t="s">
-        <v>956</v>
+        <v>948</v>
       </c>
       <c r="H147" t="s">
-        <v>957</v>
+        <v>949</v>
       </c>
       <c r="I147" t="n">
         <v>0.0</v>
       </c>
       <c r="J147" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K147" t="s">
-        <v>958</v>
+        <v>950</v>
       </c>
       <c r="L147" t="s">
-        <v>959</v>
+        <v>951</v>
       </c>
       <c r="M147" t="s">
         <v>20</v>
       </c>
       <c r="N147" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="O147" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P147" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q147" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R147" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
         <v>18</v>
       </c>
       <c r="B148" t="s">
-        <v>960</v>
+        <v>952</v>
       </c>
       <c r="C148" t="s">
         <v>20</v>
       </c>
       <c r="D148" t="s">
         <v>20</v>
       </c>
       <c r="E148" t="s">
-        <v>961</v>
+        <v>953</v>
       </c>
       <c r="F148" t="s">
         <v>20</v>
       </c>
       <c r="G148" t="s">
-        <v>962</v>
+        <v>954</v>
       </c>
       <c r="H148" t="s">
-        <v>963</v>
+        <v>955</v>
       </c>
       <c r="I148" t="n">
         <v>0.0</v>
       </c>
       <c r="J148" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K148" t="s">
-        <v>964</v>
+        <v>956</v>
       </c>
       <c r="L148" t="s">
-        <v>965</v>
+        <v>957</v>
       </c>
       <c r="M148" t="s">
         <v>20</v>
       </c>
       <c r="N148" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="O148" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="P148" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="Q148" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R148" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
         <v>18</v>
       </c>
       <c r="B149" t="s">
-        <v>966</v>
+        <v>958</v>
       </c>
       <c r="C149" t="s">
         <v>20</v>
       </c>
       <c r="D149" t="s">
         <v>20</v>
       </c>
       <c r="E149" t="s">
-        <v>967</v>
+        <v>959</v>
       </c>
       <c r="F149" t="s">
         <v>20</v>
       </c>
       <c r="G149" t="s">
-        <v>968</v>
+        <v>960</v>
       </c>
       <c r="H149" t="s">
-        <v>969</v>
+        <v>961</v>
       </c>
       <c r="I149" t="n">
         <v>0.0</v>
       </c>
       <c r="J149" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K149" t="s">
-        <v>970</v>
+        <v>962</v>
       </c>
       <c r="L149" t="s">
-        <v>971</v>
+        <v>963</v>
       </c>
       <c r="M149" t="s">
         <v>20</v>
       </c>
       <c r="N149" t="s">
-        <v>972</v>
+        <v>263</v>
       </c>
       <c r="O149" t="s">
-        <v>390</v>
+        <v>28</v>
       </c>
       <c r="P149" t="s">
-        <v>391</v>
+        <v>29</v>
       </c>
       <c r="Q149" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R149" t="s">
-        <v>392</v>
+        <v>31</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
         <v>18</v>
       </c>
       <c r="B150" t="s">
-        <v>973</v>
+        <v>964</v>
       </c>
       <c r="C150" t="s">
         <v>20</v>
       </c>
       <c r="D150" t="s">
         <v>20</v>
       </c>
       <c r="E150" t="s">
-        <v>974</v>
+        <v>965</v>
       </c>
       <c r="F150" t="s">
         <v>20</v>
       </c>
       <c r="G150" t="s">
-        <v>975</v>
+        <v>966</v>
       </c>
       <c r="H150" t="s">
-        <v>976</v>
+        <v>967</v>
       </c>
       <c r="I150" t="n">
         <v>0.0</v>
       </c>
       <c r="J150" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K150" t="s">
-        <v>977</v>
+        <v>968</v>
       </c>
       <c r="L150" t="s">
-        <v>978</v>
+        <v>969</v>
       </c>
       <c r="M150" t="s">
         <v>20</v>
       </c>
       <c r="N150" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="O150" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="P150" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="Q150" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R150" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
         <v>18</v>
       </c>
       <c r="B151" t="s">
-        <v>979</v>
+        <v>970</v>
       </c>
       <c r="C151" t="s">
         <v>20</v>
       </c>
       <c r="D151" t="s">
         <v>20</v>
       </c>
       <c r="E151" t="s">
-        <v>974</v>
+        <v>965</v>
       </c>
       <c r="F151" t="s">
         <v>20</v>
       </c>
       <c r="G151" t="s">
-        <v>980</v>
+        <v>971</v>
       </c>
       <c r="H151" t="s">
-        <v>981</v>
+        <v>972</v>
       </c>
       <c r="I151" t="n">
         <v>0.0</v>
       </c>
       <c r="J151" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K151" t="s">
-        <v>982</v>
+        <v>973</v>
       </c>
       <c r="L151" t="s">
-        <v>983</v>
+        <v>974</v>
       </c>
       <c r="M151" t="s">
         <v>20</v>
       </c>
       <c r="N151" t="s">
         <v>650</v>
       </c>
       <c r="O151" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P151" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q151" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R151" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
         <v>18</v>
       </c>
       <c r="B152" t="s">
-        <v>984</v>
+        <v>975</v>
       </c>
       <c r="C152" t="s">
         <v>20</v>
       </c>
       <c r="D152" t="s">
         <v>20</v>
       </c>
       <c r="E152" t="s">
-        <v>985</v>
+        <v>976</v>
       </c>
       <c r="F152" t="s">
         <v>20</v>
       </c>
       <c r="G152" t="s">
-        <v>986</v>
+        <v>977</v>
       </c>
       <c r="H152" t="s">
-        <v>987</v>
+        <v>978</v>
       </c>
       <c r="I152" t="n">
         <v>0.0</v>
       </c>
       <c r="J152" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K152" t="s">
-        <v>988</v>
+        <v>979</v>
       </c>
       <c r="L152" t="s">
-        <v>989</v>
+        <v>980</v>
       </c>
       <c r="M152" t="s">
         <v>20</v>
       </c>
       <c r="N152" t="s">
         <v>650</v>
       </c>
       <c r="O152" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P152" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q152" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R152" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
         <v>18</v>
       </c>
       <c r="B153" t="s">
-        <v>990</v>
+        <v>981</v>
       </c>
       <c r="C153" t="s">
         <v>20</v>
       </c>
       <c r="D153" t="s">
         <v>20</v>
       </c>
       <c r="E153" t="s">
-        <v>991</v>
+        <v>982</v>
       </c>
       <c r="F153" t="s">
         <v>20</v>
       </c>
       <c r="G153" t="s">
-        <v>992</v>
+        <v>983</v>
       </c>
       <c r="H153" t="s">
-        <v>993</v>
+        <v>984</v>
       </c>
       <c r="I153" t="n">
         <v>0.0</v>
       </c>
       <c r="J153" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K153" t="s">
-        <v>994</v>
+        <v>985</v>
       </c>
       <c r="L153" t="s">
-        <v>995</v>
+        <v>986</v>
       </c>
       <c r="M153" t="s">
         <v>20</v>
       </c>
       <c r="N153" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="O153" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P153" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q153" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R153" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
         <v>18</v>
       </c>
       <c r="B154" t="s">
-        <v>996</v>
+        <v>987</v>
       </c>
       <c r="C154" t="s">
         <v>20</v>
       </c>
       <c r="D154" t="s">
         <v>20</v>
       </c>
       <c r="E154" t="s">
-        <v>997</v>
+        <v>988</v>
       </c>
       <c r="F154" t="s">
         <v>20</v>
       </c>
       <c r="G154" t="s">
-        <v>998</v>
+        <v>989</v>
       </c>
       <c r="H154" t="s">
-        <v>999</v>
+        <v>990</v>
       </c>
       <c r="I154" t="n">
         <v>0.0</v>
       </c>
       <c r="J154" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K154" t="s">
-        <v>1000</v>
+        <v>991</v>
       </c>
       <c r="L154" t="s">
-        <v>1001</v>
+        <v>992</v>
       </c>
       <c r="M154" t="s">
         <v>20</v>
       </c>
       <c r="N154" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="O154" t="s">
-        <v>1002</v>
+        <v>993</v>
       </c>
       <c r="P154" t="s">
-        <v>1003</v>
+        <v>994</v>
       </c>
       <c r="Q154" t="s">
-        <v>1004</v>
+        <v>995</v>
       </c>
       <c r="R154" t="s">
-        <v>1005</v>
+        <v>996</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
         <v>18</v>
       </c>
       <c r="B155" t="s">
-        <v>1006</v>
+        <v>997</v>
       </c>
       <c r="C155" t="s">
         <v>20</v>
       </c>
       <c r="D155" t="s">
         <v>20</v>
       </c>
       <c r="E155" t="s">
-        <v>997</v>
+        <v>988</v>
       </c>
       <c r="F155" t="s">
         <v>20</v>
       </c>
       <c r="G155" t="s">
-        <v>1007</v>
+        <v>998</v>
       </c>
       <c r="H155" t="s">
-        <v>1008</v>
+        <v>999</v>
       </c>
       <c r="I155" t="n">
         <v>0.0</v>
       </c>
       <c r="J155" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K155" t="s">
-        <v>1009</v>
+        <v>1000</v>
       </c>
       <c r="L155" t="s">
-        <v>1010</v>
+        <v>26</v>
       </c>
       <c r="M155" t="s">
         <v>20</v>
       </c>
       <c r="N155" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="O155" t="s">
-        <v>1011</v>
+        <v>1001</v>
       </c>
       <c r="P155" t="s">
-        <v>1012</v>
+        <v>1002</v>
       </c>
       <c r="Q155" t="s">
-        <v>1013</v>
+        <v>1003</v>
       </c>
       <c r="R155" t="s">
-        <v>1014</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
         <v>18</v>
       </c>
       <c r="B156" t="s">
-        <v>1015</v>
+        <v>1005</v>
       </c>
       <c r="C156" t="s">
         <v>20</v>
       </c>
       <c r="D156" t="s">
         <v>20</v>
       </c>
       <c r="E156" t="s">
-        <v>1016</v>
+        <v>1006</v>
       </c>
       <c r="F156" t="s">
         <v>20</v>
       </c>
       <c r="G156" t="s">
-        <v>1017</v>
+        <v>1007</v>
       </c>
       <c r="H156" t="s">
-        <v>1018</v>
+        <v>1008</v>
       </c>
       <c r="I156" t="n">
         <v>0.0</v>
       </c>
       <c r="J156" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K156" t="s">
-        <v>1019</v>
+        <v>1009</v>
       </c>
       <c r="L156" t="s">
-        <v>1020</v>
+        <v>1010</v>
       </c>
       <c r="M156" t="s">
         <v>20</v>
       </c>
       <c r="N156" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="O156" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="P156" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q156" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="R156" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
         <v>18</v>
       </c>
       <c r="B157" t="s">
-        <v>1021</v>
+        <v>1011</v>
       </c>
       <c r="C157" t="s">
         <v>20</v>
       </c>
       <c r="D157" t="s">
         <v>20</v>
       </c>
       <c r="E157" t="s">
-        <v>1022</v>
+        <v>1012</v>
       </c>
       <c r="F157" t="s">
         <v>20</v>
       </c>
       <c r="G157" t="s">
-        <v>1023</v>
+        <v>1013</v>
       </c>
       <c r="H157" t="s">
-        <v>1024</v>
+        <v>1014</v>
       </c>
       <c r="I157" t="n">
         <v>0.0</v>
       </c>
       <c r="J157" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K157" t="s">
-        <v>1025</v>
+        <v>1015</v>
       </c>
       <c r="L157" t="s">
-        <v>1010</v>
+        <v>26</v>
       </c>
       <c r="M157" t="s">
         <v>20</v>
       </c>
       <c r="N157" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="O157" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P157" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q157" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R157" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
         <v>18</v>
       </c>
       <c r="B158" t="s">
-        <v>1026</v>
+        <v>1016</v>
       </c>
       <c r="C158" t="s">
         <v>20</v>
       </c>
       <c r="D158" t="s">
         <v>20</v>
       </c>
       <c r="E158" t="s">
-        <v>1027</v>
+        <v>1017</v>
       </c>
       <c r="F158" t="s">
         <v>20</v>
       </c>
       <c r="G158" t="s">
-        <v>1028</v>
+        <v>1018</v>
       </c>
       <c r="H158" t="s">
-        <v>1029</v>
+        <v>1019</v>
       </c>
       <c r="I158" t="n">
         <v>0.0</v>
       </c>
       <c r="J158" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K158" t="s">
-        <v>1030</v>
+        <v>1020</v>
       </c>
       <c r="L158" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="M158" t="s">
         <v>20</v>
       </c>
       <c r="N158" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="O158" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P158" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q158" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R158" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
         <v>18</v>
       </c>
       <c r="B159" t="s">
-        <v>1031</v>
+        <v>1021</v>
       </c>
       <c r="C159" t="s">
         <v>20</v>
       </c>
       <c r="D159" t="s">
         <v>20</v>
       </c>
       <c r="E159" t="s">
-        <v>1032</v>
+        <v>1022</v>
       </c>
       <c r="F159" t="s">
         <v>20</v>
       </c>
       <c r="G159" t="s">
-        <v>1033</v>
+        <v>1023</v>
       </c>
       <c r="H159" t="s">
-        <v>1034</v>
+        <v>1024</v>
       </c>
       <c r="I159" t="n">
         <v>0.0</v>
       </c>
       <c r="J159" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K159" t="s">
-        <v>1035</v>
+        <v>1025</v>
       </c>
       <c r="L159" t="s">
-        <v>1036</v>
+        <v>1026</v>
       </c>
       <c r="M159" t="s">
         <v>20</v>
       </c>
       <c r="N159" t="s">
-        <v>457</v>
+        <v>465</v>
       </c>
       <c r="O159" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="P159" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="Q159" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R159" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
         <v>18</v>
       </c>
       <c r="B160" t="s">
-        <v>1037</v>
+        <v>1027</v>
       </c>
       <c r="C160" t="s">
         <v>20</v>
       </c>
       <c r="D160" t="s">
         <v>20</v>
       </c>
       <c r="E160" t="s">
-        <v>1038</v>
+        <v>1028</v>
       </c>
       <c r="F160" t="s">
         <v>20</v>
       </c>
       <c r="G160" t="s">
-        <v>1039</v>
+        <v>1029</v>
       </c>
       <c r="H160" t="s">
-        <v>1040</v>
+        <v>1030</v>
       </c>
       <c r="I160" t="n">
         <v>0.0</v>
       </c>
       <c r="J160" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K160" t="s">
-        <v>1041</v>
+        <v>1031</v>
       </c>
       <c r="L160" t="s">
-        <v>1042</v>
+        <v>1032</v>
       </c>
       <c r="M160" t="s">
         <v>20</v>
       </c>
       <c r="N160" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="O160" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="P160" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="Q160" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="R160" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
         <v>18</v>
       </c>
       <c r="B161" t="s">
-        <v>1043</v>
+        <v>1033</v>
       </c>
       <c r="C161" t="s">
         <v>20</v>
       </c>
       <c r="D161" t="s">
         <v>20</v>
       </c>
       <c r="E161" t="s">
-        <v>1038</v>
+        <v>1028</v>
       </c>
       <c r="F161" t="s">
         <v>20</v>
       </c>
       <c r="G161" t="s">
-        <v>1044</v>
+        <v>1034</v>
       </c>
       <c r="H161" t="s">
-        <v>1045</v>
+        <v>1035</v>
       </c>
       <c r="I161" t="n">
         <v>0.0</v>
       </c>
       <c r="J161" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>1046</v>
+        <v>1036</v>
       </c>
       <c r="L161" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="M161" t="s">
         <v>20</v>
       </c>
       <c r="N161" t="s">
-        <v>1047</v>
+        <v>263</v>
       </c>
       <c r="O161" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P161" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q161" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R161" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
         <v>18</v>
       </c>
       <c r="B162" t="s">
-        <v>1048</v>
+        <v>1037</v>
       </c>
       <c r="C162" t="s">
         <v>20</v>
       </c>
       <c r="D162" t="s">
         <v>20</v>
       </c>
       <c r="E162" t="s">
-        <v>1049</v>
+        <v>1038</v>
       </c>
       <c r="F162" t="s">
         <v>20</v>
       </c>
       <c r="G162" t="s">
-        <v>1050</v>
+        <v>1039</v>
       </c>
       <c r="H162" t="s">
-        <v>1051</v>
+        <v>1040</v>
       </c>
       <c r="I162" t="n">
         <v>0.0</v>
       </c>
       <c r="J162" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K162" t="s">
-        <v>1052</v>
+        <v>1041</v>
       </c>
       <c r="L162" t="s">
-        <v>1053</v>
+        <v>1042</v>
       </c>
       <c r="M162" t="s">
         <v>20</v>
       </c>
       <c r="N162" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="O162" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="P162" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="Q162" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="R162" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
         <v>18</v>
       </c>
       <c r="B163" t="s">
-        <v>1054</v>
+        <v>1043</v>
       </c>
       <c r="C163" t="s">
         <v>20</v>
       </c>
       <c r="D163" t="s">
         <v>20</v>
       </c>
       <c r="E163" t="s">
-        <v>1049</v>
+        <v>1038</v>
       </c>
       <c r="F163" t="s">
         <v>20</v>
       </c>
       <c r="G163" t="s">
-        <v>1055</v>
+        <v>1044</v>
       </c>
       <c r="H163" t="s">
-        <v>1056</v>
+        <v>1045</v>
       </c>
       <c r="I163" t="n">
         <v>0.0</v>
       </c>
       <c r="J163" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K163" t="s">
-        <v>1057</v>
+        <v>1046</v>
       </c>
       <c r="L163" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="M163" t="s">
         <v>20</v>
       </c>
       <c r="N163" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="O163" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="P163" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q163" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="R163" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
         <v>18</v>
       </c>
       <c r="B164" t="s">
-        <v>1058</v>
+        <v>1047</v>
       </c>
       <c r="C164" t="s">
         <v>20</v>
       </c>
       <c r="D164" t="s">
         <v>20</v>
       </c>
       <c r="E164" t="s">
-        <v>1059</v>
+        <v>1048</v>
       </c>
       <c r="F164" t="s">
         <v>20</v>
       </c>
       <c r="G164" t="s">
-        <v>1060</v>
+        <v>1049</v>
       </c>
       <c r="H164" t="s">
-        <v>1061</v>
+        <v>1050</v>
       </c>
       <c r="I164" t="n">
         <v>0.0</v>
       </c>
       <c r="J164" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K164" t="s">
-        <v>1062</v>
+        <v>1051</v>
       </c>
       <c r="L164" t="s">
-        <v>1063</v>
+        <v>1052</v>
       </c>
       <c r="M164" t="s">
         <v>20</v>
       </c>
       <c r="N164" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="O164" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="P164" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="Q164" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R164" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
         <v>18</v>
       </c>
       <c r="B165" t="s">
-        <v>1064</v>
+        <v>1053</v>
       </c>
       <c r="C165" t="s">
         <v>20</v>
       </c>
       <c r="D165" t="s">
         <v>20</v>
       </c>
       <c r="E165" t="s">
-        <v>1065</v>
+        <v>1054</v>
       </c>
       <c r="F165" t="s">
         <v>20</v>
       </c>
       <c r="G165" t="s">
-        <v>1066</v>
+        <v>1055</v>
       </c>
       <c r="H165" t="s">
-        <v>1067</v>
+        <v>1056</v>
       </c>
       <c r="I165" t="n">
         <v>0.0</v>
       </c>
       <c r="J165" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K165" t="s">
-        <v>1068</v>
+        <v>1057</v>
       </c>
       <c r="L165" t="s">
-        <v>1069</v>
+        <v>1058</v>
       </c>
       <c r="M165" t="s">
         <v>20</v>
       </c>
       <c r="N165" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="O165" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="P165" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="Q165" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="R165" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
         <v>18</v>
       </c>
       <c r="B166" t="s">
-        <v>1070</v>
+        <v>1059</v>
       </c>
       <c r="C166" t="s">
         <v>20</v>
       </c>
       <c r="D166" t="s">
         <v>20</v>
       </c>
       <c r="E166" t="s">
-        <v>1065</v>
+        <v>1054</v>
       </c>
       <c r="F166" t="s">
         <v>20</v>
       </c>
       <c r="G166" t="s">
-        <v>1071</v>
+        <v>1060</v>
       </c>
       <c r="H166" t="s">
-        <v>1072</v>
+        <v>1061</v>
       </c>
       <c r="I166" t="n">
         <v>0.0</v>
       </c>
       <c r="J166" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K166" t="s">
-        <v>1073</v>
+        <v>1062</v>
       </c>
       <c r="L166" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="M166" t="s">
         <v>20</v>
       </c>
       <c r="N166" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="O166" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="P166" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q166" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="R166" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
         <v>18</v>
       </c>
       <c r="B167" t="s">
-        <v>1074</v>
+        <v>1063</v>
       </c>
       <c r="C167" t="s">
         <v>20</v>
       </c>
       <c r="D167" t="s">
         <v>20</v>
       </c>
       <c r="E167" t="s">
-        <v>1075</v>
+        <v>1064</v>
       </c>
       <c r="F167" t="s">
         <v>20</v>
       </c>
       <c r="G167" t="s">
-        <v>1076</v>
+        <v>1065</v>
       </c>
       <c r="H167" t="s">
-        <v>1077</v>
+        <v>1066</v>
       </c>
       <c r="I167" t="n">
         <v>0.0</v>
       </c>
       <c r="J167" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K167" t="s">
-        <v>1078</v>
+        <v>1067</v>
       </c>
       <c r="L167" t="s">
-        <v>723</v>
+        <v>722</v>
       </c>
       <c r="M167" t="s">
         <v>20</v>
       </c>
       <c r="N167" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="O167" t="s">
-        <v>1079</v>
+        <v>1068</v>
       </c>
       <c r="P167" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q167" t="s">
-        <v>1080</v>
+        <v>1069</v>
       </c>
       <c r="R167" t="s">
-        <v>1081</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
         <v>18</v>
       </c>
       <c r="B168" t="s">
-        <v>1082</v>
+        <v>1071</v>
       </c>
       <c r="C168" t="s">
         <v>20</v>
       </c>
       <c r="D168" t="s">
         <v>20</v>
       </c>
       <c r="E168" t="s">
-        <v>1075</v>
+        <v>1064</v>
       </c>
       <c r="F168" t="s">
         <v>20</v>
       </c>
       <c r="G168" t="s">
-        <v>1083</v>
+        <v>1072</v>
       </c>
       <c r="H168" t="s">
-        <v>1084</v>
+        <v>1073</v>
       </c>
       <c r="I168" t="n">
         <v>0.0</v>
       </c>
       <c r="J168" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K168" t="s">
-        <v>1085</v>
+        <v>1074</v>
       </c>
       <c r="L168" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="M168" t="s">
         <v>20</v>
       </c>
       <c r="N168" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="O168" t="s">
-        <v>1086</v>
+        <v>1075</v>
       </c>
       <c r="P168" t="s">
-        <v>1087</v>
+        <v>1076</v>
       </c>
       <c r="Q168" t="s">
-        <v>1088</v>
+        <v>1077</v>
       </c>
       <c r="R168" t="s">
-        <v>1089</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
         <v>18</v>
       </c>
       <c r="B169" t="s">
-        <v>1090</v>
+        <v>1079</v>
       </c>
       <c r="C169" t="s">
         <v>20</v>
       </c>
       <c r="D169" t="s">
         <v>20</v>
       </c>
       <c r="E169" t="s">
-        <v>1091</v>
+        <v>1080</v>
       </c>
       <c r="F169" t="s">
         <v>20</v>
       </c>
       <c r="G169" t="s">
-        <v>1092</v>
+        <v>1081</v>
       </c>
       <c r="H169" t="s">
-        <v>1093</v>
+        <v>1082</v>
       </c>
       <c r="I169" t="n">
         <v>0.0</v>
       </c>
       <c r="J169" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K169" t="s">
-        <v>1094</v>
+        <v>1083</v>
       </c>
       <c r="L169" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="M169" t="s">
         <v>20</v>
       </c>
       <c r="N169" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="O169" t="s">
-        <v>1095</v>
+        <v>1084</v>
       </c>
       <c r="P169" t="s">
-        <v>1096</v>
+        <v>1085</v>
       </c>
       <c r="Q169" t="s">
-        <v>1097</v>
+        <v>1086</v>
       </c>
       <c r="R169" t="s">
-        <v>1098</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
         <v>18</v>
       </c>
       <c r="B170" t="s">
-        <v>1099</v>
+        <v>1088</v>
       </c>
       <c r="C170" t="s">
         <v>20</v>
       </c>
       <c r="D170" t="s">
         <v>20</v>
       </c>
       <c r="E170" t="s">
-        <v>1100</v>
+        <v>1089</v>
       </c>
       <c r="F170" t="s">
         <v>20</v>
       </c>
       <c r="G170" t="s">
-        <v>1101</v>
+        <v>1090</v>
       </c>
       <c r="H170" t="s">
-        <v>1102</v>
+        <v>1091</v>
       </c>
       <c r="I170" t="n">
         <v>0.0</v>
       </c>
       <c r="J170" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K170" t="s">
-        <v>1103</v>
+        <v>1092</v>
       </c>
       <c r="L170" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="M170" t="s">
         <v>20</v>
       </c>
       <c r="N170" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="O170" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="P170" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q170" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="R170" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
         <v>18</v>
       </c>
       <c r="B171" t="s">
-        <v>1104</v>
+        <v>1093</v>
       </c>
       <c r="C171" t="s">
         <v>20</v>
       </c>
       <c r="D171" t="s">
         <v>20</v>
       </c>
       <c r="E171" t="s">
-        <v>1100</v>
+        <v>1089</v>
       </c>
       <c r="F171" t="s">
         <v>20</v>
       </c>
       <c r="G171" t="s">
-        <v>1105</v>
+        <v>1094</v>
       </c>
       <c r="H171" t="s">
-        <v>1106</v>
+        <v>1095</v>
       </c>
       <c r="I171" t="n">
         <v>0.0</v>
       </c>
       <c r="J171" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K171" t="s">
-        <v>1107</v>
+        <v>1096</v>
       </c>
       <c r="L171" t="s">
-        <v>1108</v>
+        <v>1097</v>
       </c>
       <c r="M171" t="s">
         <v>20</v>
       </c>
       <c r="N171" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="O171" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P171" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q171" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R171" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
         <v>18</v>
       </c>
       <c r="B172" t="s">
-        <v>1109</v>
+        <v>1098</v>
       </c>
       <c r="C172" t="s">
         <v>20</v>
       </c>
       <c r="D172" t="s">
         <v>20</v>
       </c>
       <c r="E172" t="s">
-        <v>1110</v>
+        <v>1099</v>
       </c>
       <c r="F172" t="s">
         <v>20</v>
       </c>
       <c r="G172" t="s">
-        <v>1111</v>
+        <v>1100</v>
       </c>
       <c r="H172" t="s">
-        <v>1112</v>
+        <v>1101</v>
       </c>
       <c r="I172" t="n">
         <v>0.0</v>
       </c>
       <c r="J172" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K172" t="s">
-        <v>1113</v>
+        <v>1102</v>
       </c>
       <c r="L172" t="s">
-        <v>1114</v>
+        <v>1103</v>
       </c>
       <c r="M172" t="s">
         <v>20</v>
       </c>
       <c r="N172" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="O172" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="P172" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="Q172" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="R172" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
         <v>18</v>
       </c>
       <c r="B173" t="s">
-        <v>1115</v>
+        <v>1104</v>
       </c>
       <c r="C173" t="s">
         <v>20</v>
       </c>
       <c r="D173" t="s">
         <v>20</v>
       </c>
       <c r="E173" t="s">
-        <v>1116</v>
+        <v>1105</v>
       </c>
       <c r="F173" t="s">
         <v>20</v>
       </c>
       <c r="G173" t="s">
-        <v>1117</v>
+        <v>1106</v>
       </c>
       <c r="H173" t="s">
-        <v>1118</v>
+        <v>1107</v>
       </c>
       <c r="I173" t="n">
         <v>0.0</v>
       </c>
       <c r="J173" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K173" t="s">
-        <v>1119</v>
+        <v>1108</v>
       </c>
       <c r="L173" t="s">
-        <v>1120</v>
+        <v>1109</v>
       </c>
       <c r="M173" t="s">
         <v>20</v>
       </c>
       <c r="N173" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="O173" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P173" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q173" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R173" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
         <v>18</v>
       </c>
       <c r="B174" t="s">
-        <v>1121</v>
+        <v>1110</v>
       </c>
       <c r="C174" t="s">
         <v>20</v>
       </c>
       <c r="D174" t="s">
         <v>20</v>
       </c>
       <c r="E174" t="s">
-        <v>1122</v>
+        <v>1111</v>
       </c>
       <c r="F174" t="s">
         <v>20</v>
       </c>
       <c r="G174" t="s">
-        <v>1123</v>
+        <v>1112</v>
       </c>
       <c r="H174" t="s">
-        <v>1124</v>
+        <v>1113</v>
       </c>
       <c r="I174" t="n">
         <v>0.0</v>
       </c>
       <c r="J174" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="K174" t="s">
-        <v>1125</v>
+        <v>1114</v>
       </c>
       <c r="L174" t="s">
-        <v>1069</v>
+        <v>1058</v>
       </c>
       <c r="M174" t="s">
         <v>20</v>
       </c>
       <c r="N174" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="O174" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P174" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q174" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R174" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
         <v>18</v>
       </c>
       <c r="B175" t="s">
-        <v>1126</v>
+        <v>1115</v>
       </c>
       <c r="C175" t="s">
         <v>20</v>
       </c>
       <c r="D175" t="s">
         <v>20</v>
       </c>
       <c r="E175" t="s">
-        <v>1127</v>
+        <v>1116</v>
       </c>
       <c r="F175" t="s">
         <v>20</v>
       </c>
       <c r="G175" t="s">
-        <v>1128</v>
+        <v>1117</v>
       </c>
       <c r="H175" t="s">
-        <v>1129</v>
+        <v>1118</v>
       </c>
       <c r="I175" t="n">
         <v>0.0</v>
       </c>
       <c r="J175" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K175" t="s">
-        <v>1130</v>
+        <v>1119</v>
       </c>
       <c r="L175" t="s">
-        <v>1131</v>
+        <v>1120</v>
       </c>
       <c r="M175" t="s">
         <v>20</v>
       </c>
       <c r="N175" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="O175" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P175" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q175" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R175" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
         <v>18</v>
       </c>
       <c r="B176" t="s">
-        <v>1132</v>
+        <v>1121</v>
       </c>
       <c r="C176" t="s">
         <v>20</v>
       </c>
       <c r="D176" t="s">
         <v>20</v>
       </c>
       <c r="E176" t="s">
-        <v>1133</v>
+        <v>1122</v>
       </c>
       <c r="F176" t="s">
         <v>20</v>
       </c>
       <c r="G176" t="s">
-        <v>1134</v>
+        <v>1123</v>
       </c>
       <c r="H176" t="s">
-        <v>1135</v>
+        <v>1124</v>
       </c>
       <c r="I176" t="n">
         <v>0.0</v>
       </c>
       <c r="J176" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K176" t="s">
-        <v>1136</v>
+        <v>1125</v>
       </c>
       <c r="L176" t="s">
-        <v>1137</v>
+        <v>1126</v>
       </c>
       <c r="M176" t="s">
         <v>20</v>
       </c>
       <c r="N176" t="s">
         <v>650</v>
       </c>
       <c r="O176" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P176" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q176" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R176" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
         <v>18</v>
       </c>
       <c r="B177" t="s">
-        <v>1138</v>
+        <v>1127</v>
       </c>
       <c r="C177" t="s">
         <v>20</v>
       </c>
       <c r="D177" t="s">
         <v>20</v>
       </c>
       <c r="E177" t="s">
-        <v>1133</v>
+        <v>1122</v>
       </c>
       <c r="F177" t="s">
         <v>20</v>
       </c>
       <c r="G177" t="s">
-        <v>1139</v>
+        <v>1128</v>
       </c>
       <c r="H177" t="s">
-        <v>1140</v>
+        <v>1129</v>
       </c>
       <c r="I177" t="n">
         <v>0.0</v>
       </c>
       <c r="J177" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K177" t="s">
-        <v>1141</v>
+        <v>1130</v>
       </c>
       <c r="L177" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="M177" t="s">
         <v>20</v>
       </c>
       <c r="N177" t="s">
         <v>650</v>
       </c>
       <c r="O177" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P177" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q177" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R177" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
         <v>18</v>
       </c>
       <c r="B178" t="s">
-        <v>1142</v>
+        <v>1131</v>
       </c>
       <c r="C178" t="s">
         <v>20</v>
       </c>
       <c r="D178" t="s">
         <v>20</v>
       </c>
       <c r="E178" t="s">
+        <v>1122</v>
+      </c>
+      <c r="F178" t="s">
+        <v>20</v>
+      </c>
+      <c r="G178" t="s">
+        <v>1132</v>
+      </c>
+      <c r="H178" t="s">
         <v>1133</v>
-      </c>
-[...7 lines deleted...]
-        <v>1144</v>
       </c>
       <c r="I178" t="n">
         <v>0.0</v>
       </c>
       <c r="J178" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K178" t="s">
-        <v>1145</v>
+        <v>1134</v>
       </c>
       <c r="L178" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="M178" t="s">
         <v>20</v>
       </c>
       <c r="N178" t="s">
         <v>650</v>
       </c>
       <c r="O178" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P178" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q178" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R178" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
         <v>18</v>
       </c>
       <c r="B179" t="s">
-        <v>1146</v>
+        <v>1135</v>
       </c>
       <c r="C179" t="s">
         <v>20</v>
       </c>
       <c r="D179" t="s">
         <v>20</v>
       </c>
       <c r="E179" t="s">
-        <v>1133</v>
+        <v>1122</v>
       </c>
       <c r="F179" t="s">
         <v>20</v>
       </c>
       <c r="G179" t="s">
-        <v>1147</v>
+        <v>1136</v>
       </c>
       <c r="H179" t="s">
-        <v>1148</v>
+        <v>1137</v>
       </c>
       <c r="I179" t="n">
         <v>0.0</v>
       </c>
       <c r="J179" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K179" t="s">
-        <v>1149</v>
+        <v>1138</v>
       </c>
       <c r="L179" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="M179" t="s">
         <v>20</v>
       </c>
       <c r="N179" t="s">
         <v>650</v>
       </c>
       <c r="O179" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P179" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q179" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R179" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
         <v>18</v>
       </c>
       <c r="B180" t="s">
-        <v>1150</v>
+        <v>1139</v>
       </c>
       <c r="C180" t="s">
         <v>20</v>
       </c>
       <c r="D180" t="s">
         <v>20</v>
       </c>
       <c r="E180" t="s">
-        <v>1133</v>
+        <v>1122</v>
       </c>
       <c r="F180" t="s">
         <v>20</v>
       </c>
       <c r="G180" t="s">
-        <v>1151</v>
+        <v>1140</v>
       </c>
       <c r="H180" t="s">
-        <v>1152</v>
+        <v>1141</v>
       </c>
       <c r="I180" t="n">
         <v>0.0</v>
       </c>
       <c r="J180" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K180" t="s">
-        <v>1153</v>
+        <v>1142</v>
       </c>
       <c r="L180" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="M180" t="s">
         <v>20</v>
       </c>
       <c r="N180" t="s">
         <v>650</v>
       </c>
       <c r="O180" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P180" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q180" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R180" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
         <v>18</v>
       </c>
       <c r="B181" t="s">
-        <v>1154</v>
+        <v>1143</v>
       </c>
       <c r="C181" t="s">
         <v>20</v>
       </c>
       <c r="D181" t="s">
         <v>20</v>
       </c>
       <c r="E181" t="s">
-        <v>1155</v>
+        <v>1144</v>
       </c>
       <c r="F181" t="s">
         <v>20</v>
       </c>
       <c r="G181" t="s">
-        <v>1156</v>
+        <v>1145</v>
       </c>
       <c r="H181" t="s">
-        <v>1157</v>
+        <v>1146</v>
       </c>
       <c r="I181" t="n">
         <v>0.0</v>
       </c>
       <c r="J181" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K181" t="s">
-        <v>1158</v>
+        <v>1147</v>
       </c>
       <c r="L181" t="s">
-        <v>1036</v>
+        <v>1026</v>
       </c>
       <c r="M181" t="s">
         <v>20</v>
       </c>
       <c r="N181" t="s">
         <v>650</v>
       </c>
       <c r="O181" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P181" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q181" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R181" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
         <v>18</v>
       </c>
       <c r="B182" t="s">
-        <v>1159</v>
+        <v>1148</v>
       </c>
       <c r="C182" t="s">
         <v>20</v>
       </c>
       <c r="D182" t="s">
         <v>20</v>
       </c>
       <c r="E182" t="s">
-        <v>1155</v>
+        <v>1144</v>
       </c>
       <c r="F182" t="s">
         <v>20</v>
       </c>
       <c r="G182" t="s">
-        <v>1160</v>
+        <v>1149</v>
       </c>
       <c r="H182" t="s">
-        <v>1161</v>
+        <v>1150</v>
       </c>
       <c r="I182" t="n">
         <v>0.0</v>
       </c>
       <c r="J182" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K182" t="s">
-        <v>1162</v>
+        <v>1151</v>
       </c>
       <c r="L182" t="s">
-        <v>1163</v>
+        <v>1152</v>
       </c>
       <c r="M182" t="s">
         <v>20</v>
       </c>
       <c r="N182" t="s">
         <v>650</v>
       </c>
       <c r="O182" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P182" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q182" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R182" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
         <v>18</v>
       </c>
       <c r="B183" t="s">
-        <v>1164</v>
+        <v>1153</v>
       </c>
       <c r="C183" t="s">
         <v>20</v>
       </c>
       <c r="D183" t="s">
         <v>20</v>
       </c>
       <c r="E183" t="s">
+        <v>1144</v>
+      </c>
+      <c r="F183" t="s">
+        <v>20</v>
+      </c>
+      <c r="G183" t="s">
+        <v>1154</v>
+      </c>
+      <c r="H183" t="s">
         <v>1155</v>
-      </c>
-[...7 lines deleted...]
-        <v>1166</v>
       </c>
       <c r="I183" t="n">
         <v>0.0</v>
       </c>
       <c r="J183" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K183" t="s">
-        <v>1167</v>
+        <v>1156</v>
       </c>
       <c r="L183" t="s">
-        <v>1168</v>
+        <v>1157</v>
       </c>
       <c r="M183" t="s">
         <v>20</v>
       </c>
       <c r="N183" t="s">
         <v>650</v>
       </c>
       <c r="O183" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P183" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q183" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R183" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
         <v>18</v>
       </c>
       <c r="B184" t="s">
-        <v>1169</v>
+        <v>1158</v>
       </c>
       <c r="C184" t="s">
         <v>20</v>
       </c>
       <c r="D184" t="s">
         <v>20</v>
       </c>
       <c r="E184" t="s">
-        <v>1155</v>
+        <v>1144</v>
       </c>
       <c r="F184" t="s">
         <v>20</v>
       </c>
       <c r="G184" t="s">
-        <v>1170</v>
+        <v>1159</v>
       </c>
       <c r="H184" t="s">
-        <v>1171</v>
+        <v>1160</v>
       </c>
       <c r="I184" t="n">
         <v>0.0</v>
       </c>
       <c r="J184" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K184" t="s">
-        <v>1172</v>
+        <v>1161</v>
       </c>
       <c r="L184" t="s">
-        <v>1042</v>
+        <v>1032</v>
       </c>
       <c r="M184" t="s">
         <v>20</v>
       </c>
       <c r="N184" t="s">
         <v>650</v>
       </c>
       <c r="O184" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P184" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q184" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R184" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
         <v>18</v>
       </c>
       <c r="B185" t="s">
-        <v>1173</v>
+        <v>1162</v>
       </c>
       <c r="C185" t="s">
         <v>20</v>
       </c>
       <c r="D185" t="s">
         <v>20</v>
       </c>
       <c r="E185" t="s">
-        <v>1155</v>
+        <v>1144</v>
       </c>
       <c r="F185" t="s">
         <v>20</v>
       </c>
       <c r="G185" t="s">
-        <v>1174</v>
+        <v>1163</v>
       </c>
       <c r="H185" t="s">
-        <v>1175</v>
+        <v>1164</v>
       </c>
       <c r="I185" t="n">
         <v>0.0</v>
       </c>
       <c r="J185" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K185" t="s">
-        <v>1176</v>
+        <v>1165</v>
       </c>
       <c r="L185" t="s">
-        <v>1177</v>
+        <v>1166</v>
       </c>
       <c r="M185" t="s">
         <v>20</v>
       </c>
       <c r="N185" t="s">
         <v>650</v>
       </c>
       <c r="O185" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P185" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q185" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R185" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
         <v>18</v>
       </c>
       <c r="B186" t="s">
-        <v>1178</v>
+        <v>1167</v>
       </c>
       <c r="C186" t="s">
         <v>20</v>
       </c>
       <c r="D186" t="s">
         <v>20</v>
       </c>
       <c r="E186" t="s">
-        <v>1155</v>
+        <v>1144</v>
       </c>
       <c r="F186" t="s">
         <v>20</v>
       </c>
       <c r="G186" t="s">
-        <v>1179</v>
+        <v>1168</v>
       </c>
       <c r="H186" t="s">
-        <v>1180</v>
+        <v>1169</v>
       </c>
       <c r="I186" t="n">
         <v>0.0</v>
       </c>
       <c r="J186" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K186" t="s">
-        <v>1181</v>
+        <v>1170</v>
       </c>
       <c r="L186" t="s">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="M186" t="s">
         <v>20</v>
       </c>
       <c r="N186" t="s">
         <v>650</v>
       </c>
       <c r="O186" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P186" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q186" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R186" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
         <v>18</v>
       </c>
       <c r="B187" t="s">
-        <v>1182</v>
+        <v>1171</v>
       </c>
       <c r="C187" t="s">
         <v>20</v>
       </c>
       <c r="D187" t="s">
         <v>20</v>
       </c>
       <c r="E187" t="s">
-        <v>1183</v>
+        <v>1172</v>
       </c>
       <c r="F187" t="s">
         <v>20</v>
       </c>
       <c r="G187" t="s">
-        <v>1184</v>
+        <v>1173</v>
       </c>
       <c r="H187" t="s">
-        <v>1185</v>
+        <v>1174</v>
       </c>
       <c r="I187" t="n">
         <v>0.0</v>
       </c>
       <c r="J187" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K187" t="s">
-        <v>1186</v>
+        <v>1175</v>
       </c>
       <c r="L187" t="s">
-        <v>1187</v>
+        <v>1176</v>
       </c>
       <c r="M187" t="s">
         <v>20</v>
       </c>
       <c r="N187" t="s">
         <v>650</v>
       </c>
       <c r="O187" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P187" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q187" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R187" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
         <v>18</v>
       </c>
       <c r="B188" t="s">
-        <v>1188</v>
+        <v>1177</v>
       </c>
       <c r="C188" t="s">
         <v>20</v>
       </c>
       <c r="D188" t="s">
         <v>20</v>
       </c>
       <c r="E188" t="s">
-        <v>1189</v>
+        <v>1178</v>
       </c>
       <c r="F188" t="s">
         <v>20</v>
       </c>
       <c r="G188" t="s">
-        <v>1190</v>
+        <v>1179</v>
       </c>
       <c r="H188" t="s">
-        <v>1191</v>
+        <v>1180</v>
       </c>
       <c r="I188" t="n">
         <v>0.0</v>
       </c>
       <c r="J188" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K188" t="s">
-        <v>1192</v>
+        <v>1181</v>
       </c>
       <c r="L188" t="s">
-        <v>242</v>
+        <v>252</v>
       </c>
       <c r="M188" t="s">
         <v>20</v>
       </c>
       <c r="N188" t="s">
         <v>650</v>
       </c>
       <c r="O188" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P188" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q188" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R188" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
         <v>18</v>
       </c>
       <c r="B189" t="s">
-        <v>1193</v>
+        <v>1182</v>
       </c>
       <c r="C189" t="s">
         <v>20</v>
       </c>
       <c r="D189" t="s">
         <v>20</v>
       </c>
       <c r="E189" t="s">
-        <v>1194</v>
+        <v>1183</v>
       </c>
       <c r="F189" t="s">
         <v>20</v>
       </c>
       <c r="G189" t="s">
-        <v>1195</v>
+        <v>1184</v>
       </c>
       <c r="H189" t="s">
-        <v>1196</v>
+        <v>1185</v>
       </c>
       <c r="I189" t="n">
         <v>0.0</v>
       </c>
       <c r="J189" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K189" t="s">
-        <v>1197</v>
+        <v>1186</v>
       </c>
       <c r="L189" t="s">
-        <v>1198</v>
+        <v>1187</v>
       </c>
       <c r="M189" t="s">
         <v>20</v>
       </c>
       <c r="N189" t="s">
         <v>650</v>
       </c>
       <c r="O189" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P189" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q189" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R189" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
         <v>18</v>
       </c>
       <c r="B190" t="s">
-        <v>1199</v>
+        <v>1188</v>
       </c>
       <c r="C190" t="s">
         <v>20</v>
       </c>
       <c r="D190" t="s">
         <v>20</v>
       </c>
       <c r="E190" t="s">
-        <v>1194</v>
+        <v>1183</v>
       </c>
       <c r="F190" t="s">
         <v>20</v>
       </c>
       <c r="G190" t="s">
-        <v>1200</v>
+        <v>1189</v>
       </c>
       <c r="H190" t="s">
-        <v>1201</v>
+        <v>1190</v>
       </c>
       <c r="I190" t="n">
         <v>0.0</v>
       </c>
       <c r="J190" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K190" t="s">
-        <v>1202</v>
+        <v>1191</v>
       </c>
       <c r="L190" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="M190" t="s">
         <v>20</v>
       </c>
       <c r="N190" t="s">
         <v>650</v>
       </c>
       <c r="O190" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P190" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q190" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R190" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
         <v>18</v>
       </c>
       <c r="B191" t="s">
-        <v>1203</v>
+        <v>1192</v>
       </c>
       <c r="C191" t="s">
         <v>20</v>
       </c>
       <c r="D191" t="s">
         <v>20</v>
       </c>
       <c r="E191" t="s">
+        <v>1183</v>
+      </c>
+      <c r="F191" t="s">
+        <v>20</v>
+      </c>
+      <c r="G191" t="s">
+        <v>1193</v>
+      </c>
+      <c r="H191" t="s">
         <v>1194</v>
-      </c>
-[...7 lines deleted...]
-        <v>1205</v>
       </c>
       <c r="I191" t="n">
         <v>0.0</v>
       </c>
       <c r="J191" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K191" t="s">
-        <v>1206</v>
+        <v>1195</v>
       </c>
       <c r="L191" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="M191" t="s">
         <v>20</v>
       </c>
       <c r="N191" t="s">
         <v>650</v>
       </c>
       <c r="O191" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P191" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q191" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R191" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
         <v>18</v>
       </c>
       <c r="B192" t="s">
-        <v>1207</v>
+        <v>1196</v>
       </c>
       <c r="C192" t="s">
         <v>20</v>
       </c>
       <c r="D192" t="s">
         <v>20</v>
       </c>
       <c r="E192" t="s">
-        <v>1208</v>
+        <v>1197</v>
       </c>
       <c r="F192" t="s">
         <v>20</v>
       </c>
       <c r="G192" t="s">
-        <v>1209</v>
+        <v>1198</v>
       </c>
       <c r="H192" t="s">
-        <v>1210</v>
+        <v>1199</v>
       </c>
       <c r="I192" t="n">
         <v>0.0</v>
       </c>
       <c r="J192" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K192" t="s">
-        <v>1211</v>
+        <v>1200</v>
       </c>
       <c r="L192" t="s">
-        <v>1212</v>
+        <v>1201</v>
       </c>
       <c r="M192" t="s">
         <v>20</v>
       </c>
       <c r="N192" t="s">
         <v>650</v>
       </c>
       <c r="O192" t="s">
-        <v>390</v>
+        <v>28</v>
       </c>
       <c r="P192" t="s">
-        <v>391</v>
+        <v>29</v>
       </c>
       <c r="Q192" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R192" t="s">
-        <v>392</v>
+        <v>31</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
         <v>18</v>
       </c>
       <c r="B193" t="s">
-        <v>1213</v>
+        <v>1202</v>
       </c>
       <c r="C193" t="s">
         <v>20</v>
       </c>
       <c r="D193" t="s">
         <v>20</v>
       </c>
       <c r="E193" t="s">
-        <v>1214</v>
+        <v>1203</v>
       </c>
       <c r="F193" t="s">
         <v>20</v>
       </c>
       <c r="G193" t="s">
-        <v>1215</v>
+        <v>1204</v>
       </c>
       <c r="H193" t="s">
-        <v>1216</v>
+        <v>1205</v>
       </c>
       <c r="I193" t="n">
         <v>0.0</v>
       </c>
       <c r="J193" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K193" t="s">
-        <v>1217</v>
+        <v>1206</v>
       </c>
       <c r="L193" t="s">
-        <v>1218</v>
+        <v>1207</v>
       </c>
       <c r="M193" t="s">
         <v>20</v>
       </c>
       <c r="N193" t="s">
-        <v>1219</v>
+        <v>1208</v>
       </c>
       <c r="O193" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P193" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q193" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R193" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
         <v>18</v>
       </c>
       <c r="B194" t="s">
-        <v>1220</v>
+        <v>1209</v>
       </c>
       <c r="C194" t="s">
         <v>20</v>
       </c>
       <c r="D194" t="s">
         <v>20</v>
       </c>
       <c r="E194" t="s">
-        <v>1221</v>
+        <v>1210</v>
       </c>
       <c r="F194" t="s">
         <v>20</v>
       </c>
       <c r="G194" t="s">
-        <v>1222</v>
+        <v>1211</v>
       </c>
       <c r="H194" t="s">
-        <v>1223</v>
+        <v>1212</v>
       </c>
       <c r="I194" t="n">
         <v>0.0</v>
       </c>
       <c r="J194" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K194" t="s">
-        <v>1224</v>
+        <v>1213</v>
       </c>
       <c r="L194" t="s">
-        <v>1069</v>
+        <v>1058</v>
       </c>
       <c r="M194" t="s">
         <v>20</v>
       </c>
       <c r="N194" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="O194" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P194" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q194" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R194" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
         <v>18</v>
       </c>
       <c r="B195" t="s">
-        <v>1225</v>
+        <v>1214</v>
       </c>
       <c r="C195" t="s">
         <v>20</v>
       </c>
       <c r="D195" t="s">
         <v>20</v>
       </c>
       <c r="E195" t="s">
-        <v>1221</v>
+        <v>1210</v>
       </c>
       <c r="F195" t="s">
         <v>20</v>
       </c>
       <c r="G195" t="s">
-        <v>1226</v>
+        <v>1215</v>
       </c>
       <c r="H195" t="s">
-        <v>1227</v>
+        <v>1216</v>
       </c>
       <c r="I195" t="n">
         <v>0.0</v>
       </c>
       <c r="J195" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K195" t="s">
-        <v>1228</v>
+        <v>1217</v>
       </c>
       <c r="L195" t="s">
-        <v>1229</v>
+        <v>1218</v>
       </c>
       <c r="M195" t="s">
         <v>20</v>
       </c>
       <c r="N195" t="s">
-        <v>662</v>
+        <v>236</v>
       </c>
       <c r="O195" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P195" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q195" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R195" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
         <v>18</v>
       </c>
       <c r="B196" t="s">
-        <v>1230</v>
+        <v>1219</v>
       </c>
       <c r="C196" t="s">
         <v>20</v>
       </c>
       <c r="D196" t="s">
         <v>20</v>
       </c>
       <c r="E196" t="s">
-        <v>1231</v>
+        <v>1220</v>
       </c>
       <c r="F196" t="s">
         <v>20</v>
       </c>
       <c r="G196" t="s">
-        <v>1232</v>
+        <v>1221</v>
       </c>
       <c r="H196" t="s">
-        <v>1233</v>
+        <v>1222</v>
       </c>
       <c r="I196" t="n">
         <v>0.0</v>
       </c>
       <c r="J196" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K196" t="s">
-        <v>1234</v>
+        <v>1223</v>
       </c>
       <c r="L196" t="s">
-        <v>1235</v>
+        <v>1224</v>
       </c>
       <c r="M196" t="s">
         <v>20</v>
       </c>
       <c r="N196" t="s">
-        <v>808</v>
+        <v>818</v>
       </c>
       <c r="O196" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P196" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q196" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R196" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
         <v>18</v>
       </c>
       <c r="B197" t="s">
-        <v>1236</v>
+        <v>1225</v>
       </c>
       <c r="C197" t="s">
         <v>20</v>
       </c>
       <c r="D197" t="s">
         <v>20</v>
       </c>
       <c r="E197" t="s">
-        <v>1231</v>
+        <v>1220</v>
       </c>
       <c r="F197" t="s">
         <v>20</v>
       </c>
       <c r="G197" t="s">
-        <v>1237</v>
+        <v>1226</v>
       </c>
       <c r="H197" t="s">
-        <v>1238</v>
+        <v>1227</v>
       </c>
       <c r="I197" t="n">
         <v>0.0</v>
       </c>
       <c r="J197" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K197" t="s">
-        <v>1239</v>
+        <v>1228</v>
       </c>
       <c r="L197" t="s">
-        <v>1240</v>
+        <v>1229</v>
       </c>
       <c r="M197" t="s">
         <v>20</v>
       </c>
       <c r="N197" t="s">
         <v>650</v>
       </c>
       <c r="O197" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P197" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q197" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R197" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
         <v>18</v>
       </c>
       <c r="B198" t="s">
-        <v>1241</v>
+        <v>1230</v>
       </c>
       <c r="C198" t="s">
         <v>20</v>
       </c>
       <c r="D198" t="s">
         <v>20</v>
       </c>
       <c r="E198" t="s">
-        <v>1242</v>
+        <v>1231</v>
       </c>
       <c r="F198" t="s">
         <v>20</v>
       </c>
       <c r="G198" t="s">
-        <v>1243</v>
+        <v>1232</v>
       </c>
       <c r="H198" t="s">
-        <v>1244</v>
+        <v>1233</v>
       </c>
       <c r="I198" t="n">
         <v>0.0</v>
       </c>
       <c r="J198" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K198" t="s">
-        <v>1245</v>
+        <v>1234</v>
       </c>
       <c r="L198" t="s">
-        <v>1010</v>
+        <v>26</v>
       </c>
       <c r="M198" t="s">
         <v>20</v>
       </c>
       <c r="N198" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="O198" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="P198" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q198" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="R198" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
         <v>18</v>
       </c>
       <c r="B199" t="s">
-        <v>1246</v>
+        <v>1235</v>
       </c>
       <c r="C199" t="s">
         <v>20</v>
       </c>
       <c r="D199" t="s">
         <v>20</v>
       </c>
       <c r="E199" t="s">
-        <v>1247</v>
+        <v>1236</v>
       </c>
       <c r="F199" t="s">
         <v>20</v>
       </c>
       <c r="G199" t="s">
-        <v>1248</v>
+        <v>1237</v>
       </c>
       <c r="H199" t="s">
-        <v>1249</v>
+        <v>1238</v>
       </c>
       <c r="I199" t="n">
         <v>0.0</v>
       </c>
       <c r="J199" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K199" t="s">
-        <v>1250</v>
+        <v>1239</v>
       </c>
       <c r="L199" t="s">
-        <v>1251</v>
+        <v>1240</v>
       </c>
       <c r="M199" t="s">
         <v>20</v>
       </c>
       <c r="N199" t="s">
-        <v>784</v>
+        <v>783</v>
       </c>
       <c r="O199" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="P199" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="Q199" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="R199" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
         <v>18</v>
       </c>
       <c r="B200" t="s">
-        <v>1252</v>
+        <v>1241</v>
       </c>
       <c r="C200" t="s">
         <v>20</v>
       </c>
       <c r="D200" t="s">
         <v>20</v>
       </c>
       <c r="E200" t="s">
-        <v>1253</v>
+        <v>1242</v>
       </c>
       <c r="F200" t="s">
         <v>20</v>
       </c>
       <c r="G200" t="s">
-        <v>1254</v>
+        <v>1243</v>
       </c>
       <c r="H200" t="s">
-        <v>1255</v>
+        <v>1244</v>
       </c>
       <c r="I200" t="n">
         <v>0.0</v>
       </c>
       <c r="J200" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K200" t="s">
-        <v>1256</v>
+        <v>1245</v>
       </c>
       <c r="L200" t="s">
-        <v>1257</v>
+        <v>1246</v>
       </c>
       <c r="M200" t="s">
         <v>20</v>
       </c>
       <c r="N200" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
       <c r="O200" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="P200" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="Q200" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="R200" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
         <v>18</v>
       </c>
       <c r="B201" t="s">
-        <v>1258</v>
+        <v>1247</v>
       </c>
       <c r="C201" t="s">
         <v>20</v>
       </c>
       <c r="D201" t="s">
         <v>20</v>
       </c>
       <c r="E201" t="s">
-        <v>1259</v>
+        <v>1248</v>
       </c>
       <c r="F201" t="s">
         <v>20</v>
       </c>
       <c r="G201" t="s">
-        <v>1260</v>
+        <v>1249</v>
       </c>
       <c r="H201" t="s">
-        <v>1261</v>
+        <v>1250</v>
       </c>
       <c r="I201" t="n">
         <v>0.0</v>
       </c>
       <c r="J201" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K201" t="s">
-        <v>1262</v>
+        <v>1251</v>
       </c>
       <c r="L201" t="s">
-        <v>1263</v>
+        <v>1252</v>
       </c>
       <c r="M201" t="s">
         <v>20</v>
       </c>
       <c r="N201" t="s">
-        <v>1264</v>
+        <v>1253</v>
       </c>
       <c r="O201" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="P201" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q201" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="R201" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
         <v>18</v>
       </c>
       <c r="B202" t="s">
-        <v>1265</v>
+        <v>1254</v>
       </c>
       <c r="C202" t="s">
         <v>20</v>
       </c>
       <c r="D202" t="s">
         <v>20</v>
       </c>
       <c r="E202" t="s">
-        <v>1266</v>
+        <v>1255</v>
       </c>
       <c r="F202" t="s">
         <v>20</v>
       </c>
       <c r="G202" t="s">
-        <v>1267</v>
+        <v>1256</v>
       </c>
       <c r="H202" t="s">
-        <v>1268</v>
+        <v>1257</v>
       </c>
       <c r="I202" t="n">
         <v>0.0</v>
       </c>
       <c r="J202" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K202" t="s">
-        <v>1269</v>
+        <v>1258</v>
       </c>
       <c r="L202" t="s">
-        <v>1270</v>
+        <v>1259</v>
       </c>
       <c r="M202" t="s">
         <v>20</v>
       </c>
       <c r="N202" t="s">
-        <v>1271</v>
+        <v>39</v>
       </c>
       <c r="O202" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P202" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q202" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R202" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
         <v>18</v>
       </c>
       <c r="B203" t="s">
-        <v>1272</v>
+        <v>1260</v>
       </c>
       <c r="C203" t="s">
         <v>20</v>
       </c>
       <c r="D203" t="s">
         <v>20</v>
       </c>
       <c r="E203" t="s">
-        <v>1266</v>
+        <v>1255</v>
       </c>
       <c r="F203" t="s">
         <v>20</v>
       </c>
       <c r="G203" t="s">
-        <v>1273</v>
+        <v>1261</v>
       </c>
       <c r="H203" t="s">
-        <v>1274</v>
+        <v>1262</v>
       </c>
       <c r="I203" t="n">
         <v>0.0</v>
       </c>
       <c r="J203" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K203" t="s">
-        <v>1275</v>
+        <v>1263</v>
       </c>
       <c r="L203" t="s">
-        <v>897</v>
+        <v>892</v>
       </c>
       <c r="M203" t="s">
         <v>20</v>
       </c>
       <c r="N203" t="s">
-        <v>1276</v>
+        <v>1264</v>
       </c>
       <c r="O203" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="P203" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="Q203" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="R203" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
         <v>18</v>
       </c>
       <c r="B204" t="s">
-        <v>1277</v>
+        <v>1265</v>
       </c>
       <c r="C204" t="s">
         <v>20</v>
       </c>
       <c r="D204" t="s">
         <v>20</v>
       </c>
       <c r="E204" t="s">
-        <v>1278</v>
+        <v>1266</v>
       </c>
       <c r="F204" t="s">
         <v>20</v>
       </c>
       <c r="G204" t="s">
-        <v>1279</v>
+        <v>1267</v>
       </c>
       <c r="H204" t="s">
-        <v>1280</v>
+        <v>1268</v>
       </c>
       <c r="I204" t="n">
         <v>0.0</v>
       </c>
       <c r="J204" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K204" t="s">
-        <v>1281</v>
+        <v>1269</v>
       </c>
       <c r="L204" t="s">
-        <v>263</v>
+        <v>414</v>
       </c>
       <c r="M204" t="s">
         <v>20</v>
       </c>
       <c r="N204" t="s">
         <v>650</v>
       </c>
       <c r="O204" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="P204" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q204" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="R204" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
         <v>18</v>
       </c>
       <c r="B205" t="s">
-        <v>1282</v>
+        <v>1270</v>
       </c>
       <c r="C205" t="s">
         <v>20</v>
       </c>
       <c r="D205" t="s">
         <v>20</v>
       </c>
       <c r="E205" t="s">
-        <v>1278</v>
+        <v>1266</v>
       </c>
       <c r="F205" t="s">
         <v>20</v>
       </c>
       <c r="G205" t="s">
-        <v>1283</v>
+        <v>1271</v>
       </c>
       <c r="H205" t="s">
-        <v>1284</v>
+        <v>1272</v>
       </c>
       <c r="I205" t="n">
         <v>0.0</v>
       </c>
       <c r="J205" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K205" t="s">
-        <v>1285</v>
+        <v>1273</v>
       </c>
       <c r="L205" t="s">
-        <v>263</v>
+        <v>414</v>
       </c>
       <c r="M205" t="s">
         <v>20</v>
       </c>
       <c r="N205" t="s">
         <v>650</v>
       </c>
       <c r="O205" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="P205" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q205" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="R205" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
         <v>18</v>
       </c>
       <c r="B206" t="s">
-        <v>1286</v>
+        <v>1274</v>
       </c>
       <c r="C206" t="s">
         <v>20</v>
       </c>
       <c r="D206" t="s">
         <v>20</v>
       </c>
       <c r="E206" t="s">
-        <v>1287</v>
+        <v>1275</v>
       </c>
       <c r="F206" t="s">
         <v>20</v>
       </c>
       <c r="G206" t="s">
-        <v>1288</v>
+        <v>1276</v>
       </c>
       <c r="H206" t="s">
-        <v>1289</v>
+        <v>1277</v>
       </c>
       <c r="I206" t="n">
         <v>0.0</v>
       </c>
       <c r="J206" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K206" t="s">
-        <v>1290</v>
+        <v>1278</v>
       </c>
       <c r="L206" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="M206" t="s">
         <v>20</v>
       </c>
       <c r="N206" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="O206" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="P206" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q206" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="R206" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
         <v>18</v>
       </c>
       <c r="B207" t="s">
-        <v>1291</v>
+        <v>1279</v>
       </c>
       <c r="C207" t="s">
         <v>20</v>
       </c>
       <c r="D207" t="s">
         <v>20</v>
       </c>
       <c r="E207" t="s">
-        <v>1287</v>
+        <v>1275</v>
       </c>
       <c r="F207" t="s">
         <v>20</v>
       </c>
       <c r="G207" t="s">
-        <v>1292</v>
+        <v>1280</v>
       </c>
       <c r="H207" t="s">
-        <v>1293</v>
+        <v>1281</v>
       </c>
       <c r="I207" t="n">
         <v>0.0</v>
       </c>
       <c r="J207" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K207" t="s">
-        <v>1294</v>
+        <v>1282</v>
       </c>
       <c r="L207" t="s">
-        <v>1295</v>
+        <v>1283</v>
       </c>
       <c r="M207" t="s">
         <v>20</v>
       </c>
       <c r="N207" t="s">
-        <v>808</v>
+        <v>39</v>
       </c>
       <c r="O207" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="P207" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="Q207" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R207" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
         <v>18</v>
       </c>
       <c r="B208" t="s">
-        <v>1296</v>
+        <v>1284</v>
       </c>
       <c r="C208" t="s">
         <v>20</v>
       </c>
       <c r="D208" t="s">
         <v>20</v>
       </c>
       <c r="E208" t="s">
-        <v>1297</v>
+        <v>1285</v>
       </c>
       <c r="F208" t="s">
         <v>20</v>
       </c>
       <c r="G208" t="s">
-        <v>1298</v>
+        <v>1286</v>
       </c>
       <c r="H208" t="s">
-        <v>1299</v>
+        <v>1287</v>
       </c>
       <c r="I208" t="n">
         <v>0.0</v>
       </c>
       <c r="J208" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K208" t="s">
-        <v>1300</v>
+        <v>1288</v>
       </c>
       <c r="L208" t="s">
-        <v>953</v>
+        <v>945</v>
       </c>
       <c r="M208" t="s">
         <v>20</v>
       </c>
       <c r="N208" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="O208" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P208" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q208" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R208" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
         <v>18</v>
       </c>
       <c r="B209" t="s">
-        <v>1301</v>
+        <v>1289</v>
       </c>
       <c r="C209" t="s">
         <v>20</v>
       </c>
       <c r="D209" t="s">
         <v>20</v>
       </c>
       <c r="E209" t="s">
-        <v>1302</v>
+        <v>1290</v>
       </c>
       <c r="F209" t="s">
         <v>20</v>
       </c>
       <c r="G209" t="s">
-        <v>1303</v>
+        <v>1291</v>
       </c>
       <c r="H209" t="s">
-        <v>1304</v>
+        <v>1292</v>
       </c>
       <c r="I209" t="n">
         <v>0.0</v>
       </c>
       <c r="J209" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K209" t="s">
-        <v>1305</v>
+        <v>1293</v>
       </c>
       <c r="L209" t="s">
-        <v>1306</v>
+        <v>1294</v>
       </c>
       <c r="M209" t="s">
         <v>20</v>
       </c>
       <c r="N209" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="O209" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="P209" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q209" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R209" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
         <v>18</v>
       </c>
       <c r="B210" t="s">
-        <v>1307</v>
+        <v>1295</v>
       </c>
       <c r="C210" t="s">
         <v>20</v>
       </c>
       <c r="D210" t="s">
         <v>20</v>
       </c>
       <c r="E210" t="s">
-        <v>1308</v>
+        <v>1296</v>
       </c>
       <c r="F210" t="s">
         <v>20</v>
       </c>
       <c r="G210" t="s">
-        <v>1309</v>
+        <v>1297</v>
       </c>
       <c r="H210" t="s">
-        <v>1310</v>
+        <v>1298</v>
       </c>
       <c r="I210" t="n">
         <v>0.0</v>
       </c>
       <c r="J210" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K210" t="s">
-        <v>1311</v>
+        <v>1299</v>
       </c>
       <c r="L210" t="s">
-        <v>1312</v>
+        <v>1300</v>
       </c>
       <c r="M210" t="s">
         <v>20</v>
       </c>
       <c r="N210" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="O210" t="s">
-        <v>1313</v>
+        <v>1301</v>
       </c>
       <c r="P210" t="s">
-        <v>1314</v>
+        <v>1302</v>
       </c>
       <c r="Q210" t="s">
-        <v>1315</v>
+        <v>1303</v>
       </c>
       <c r="R210" t="s">
-        <v>1316</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
         <v>18</v>
       </c>
       <c r="B211" t="s">
-        <v>1317</v>
+        <v>1305</v>
       </c>
       <c r="C211" t="s">
         <v>20</v>
       </c>
       <c r="D211" t="s">
         <v>20</v>
       </c>
       <c r="E211" t="s">
-        <v>1318</v>
+        <v>1306</v>
       </c>
       <c r="F211" t="s">
         <v>20</v>
       </c>
       <c r="G211" t="s">
-        <v>1319</v>
+        <v>1307</v>
       </c>
       <c r="H211" t="s">
-        <v>1320</v>
+        <v>1308</v>
       </c>
       <c r="I211" t="n">
         <v>0.0</v>
       </c>
       <c r="J211" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K211" t="s">
-        <v>1321</v>
+        <v>1309</v>
       </c>
       <c r="L211" t="s">
-        <v>1322</v>
+        <v>1310</v>
       </c>
       <c r="M211" t="s">
         <v>20</v>
       </c>
       <c r="N211" t="s">
-        <v>1323</v>
+        <v>182</v>
       </c>
       <c r="O211" t="s">
-        <v>390</v>
+        <v>28</v>
       </c>
       <c r="P211" t="s">
-        <v>391</v>
+        <v>29</v>
       </c>
       <c r="Q211" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R211" t="s">
-        <v>392</v>
+        <v>31</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
         <v>18</v>
       </c>
       <c r="B212" t="s">
-        <v>1324</v>
+        <v>1311</v>
       </c>
       <c r="C212" t="s">
         <v>20</v>
       </c>
       <c r="D212" t="s">
         <v>20</v>
       </c>
       <c r="E212" t="s">
-        <v>1325</v>
+        <v>1312</v>
       </c>
       <c r="F212" t="s">
         <v>20</v>
       </c>
       <c r="G212" t="s">
-        <v>1326</v>
+        <v>1313</v>
       </c>
       <c r="H212" t="s">
-        <v>1327</v>
+        <v>1314</v>
       </c>
       <c r="I212" t="n">
         <v>0.0</v>
       </c>
       <c r="J212" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K212" t="s">
-        <v>1328</v>
+        <v>1315</v>
       </c>
       <c r="L212" t="s">
-        <v>1329</v>
+        <v>1316</v>
       </c>
       <c r="M212" t="s">
         <v>20</v>
       </c>
       <c r="N212" t="s">
-        <v>854</v>
+        <v>92</v>
       </c>
       <c r="O212" t="s">
-        <v>390</v>
+        <v>28</v>
       </c>
       <c r="P212" t="s">
-        <v>391</v>
+        <v>29</v>
       </c>
       <c r="Q212" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R212" t="s">
-        <v>392</v>
+        <v>31</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
         <v>18</v>
       </c>
       <c r="B213" t="s">
-        <v>1330</v>
+        <v>1317</v>
       </c>
       <c r="C213" t="s">
         <v>20</v>
       </c>
       <c r="D213" t="s">
         <v>20</v>
       </c>
       <c r="E213" t="s">
-        <v>1331</v>
+        <v>1318</v>
       </c>
       <c r="F213" t="s">
         <v>20</v>
       </c>
       <c r="G213" t="s">
-        <v>1332</v>
+        <v>1319</v>
       </c>
       <c r="H213" t="s">
-        <v>1333</v>
+        <v>1320</v>
       </c>
       <c r="I213" t="n">
         <v>0.0</v>
       </c>
       <c r="J213" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K213" t="s">
-        <v>1334</v>
+        <v>1321</v>
       </c>
       <c r="L213" t="s">
-        <v>1335</v>
+        <v>1322</v>
       </c>
       <c r="M213" t="s">
         <v>20</v>
       </c>
       <c r="N213" t="s">
-        <v>923</v>
+        <v>229</v>
       </c>
       <c r="O213" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="P213" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="Q213" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R213" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
         <v>18</v>
       </c>
       <c r="B214" t="s">
-        <v>1336</v>
+        <v>1323</v>
       </c>
       <c r="C214" t="s">
         <v>20</v>
       </c>
       <c r="D214" t="s">
         <v>20</v>
       </c>
       <c r="E214" t="s">
-        <v>1337</v>
+        <v>1324</v>
       </c>
       <c r="F214" t="s">
         <v>20</v>
       </c>
       <c r="G214" t="s">
-        <v>1338</v>
+        <v>1325</v>
       </c>
       <c r="H214" t="s">
-        <v>1339</v>
+        <v>1326</v>
       </c>
       <c r="I214" t="n">
         <v>0.0</v>
       </c>
       <c r="J214" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K214" t="s">
-        <v>1340</v>
+        <v>1327</v>
       </c>
       <c r="L214" t="s">
-        <v>1341</v>
+        <v>1328</v>
       </c>
       <c r="M214" t="s">
         <v>20</v>
       </c>
       <c r="N214" t="s">
-        <v>1264</v>
+        <v>1253</v>
       </c>
       <c r="O214" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="P214" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="Q214" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R214" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
         <v>18</v>
       </c>
       <c r="B215" t="s">
-        <v>1342</v>
+        <v>1329</v>
       </c>
       <c r="C215" t="s">
         <v>20</v>
       </c>
       <c r="D215" t="s">
         <v>20</v>
       </c>
       <c r="E215" t="s">
-        <v>1343</v>
+        <v>1330</v>
       </c>
       <c r="F215" t="s">
         <v>20</v>
       </c>
       <c r="G215" t="s">
-        <v>1344</v>
+        <v>1331</v>
       </c>
       <c r="H215" t="s">
-        <v>1345</v>
+        <v>1332</v>
       </c>
       <c r="I215" t="n">
         <v>0.0</v>
       </c>
       <c r="J215" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K215" t="s">
-        <v>1346</v>
+        <v>1333</v>
       </c>
       <c r="L215" t="s">
-        <v>1347</v>
+        <v>1334</v>
       </c>
       <c r="M215" t="s">
         <v>20</v>
       </c>
       <c r="N215" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="O215" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P215" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q215" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R215" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
         <v>18</v>
       </c>
       <c r="B216" t="s">
-        <v>1348</v>
+        <v>1335</v>
       </c>
       <c r="C216" t="s">
         <v>20</v>
       </c>
       <c r="D216" t="s">
         <v>20</v>
       </c>
       <c r="E216" t="s">
-        <v>1349</v>
+        <v>1336</v>
       </c>
       <c r="F216" t="s">
         <v>20</v>
       </c>
       <c r="G216" t="s">
-        <v>1350</v>
+        <v>1337</v>
       </c>
       <c r="H216" t="s">
-        <v>1351</v>
+        <v>1338</v>
       </c>
       <c r="I216" t="n">
         <v>0.0</v>
       </c>
       <c r="J216" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>1352</v>
+        <v>1339</v>
       </c>
       <c r="L216" t="s">
-        <v>1353</v>
+        <v>1340</v>
       </c>
       <c r="M216" t="s">
         <v>20</v>
       </c>
       <c r="N216" t="s">
         <v>650</v>
       </c>
       <c r="O216" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P216" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q216" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R216" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
         <v>18</v>
       </c>
       <c r="B217" t="s">
-        <v>1354</v>
+        <v>1341</v>
       </c>
       <c r="C217" t="s">
         <v>20</v>
       </c>
       <c r="D217" t="s">
         <v>20</v>
       </c>
       <c r="E217" t="s">
-        <v>1355</v>
+        <v>1342</v>
       </c>
       <c r="F217" t="s">
         <v>20</v>
       </c>
       <c r="G217" t="s">
-        <v>1356</v>
+        <v>1343</v>
       </c>
       <c r="H217" t="s">
-        <v>1357</v>
+        <v>1344</v>
       </c>
       <c r="I217" t="n">
         <v>0.0</v>
       </c>
       <c r="J217" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K217" t="s">
-        <v>1358</v>
+        <v>1345</v>
       </c>
       <c r="L217" t="s">
-        <v>1359</v>
+        <v>1346</v>
       </c>
       <c r="M217" t="s">
         <v>20</v>
       </c>
       <c r="N217" t="s">
-        <v>1360</v>
+        <v>229</v>
       </c>
       <c r="O217" t="s">
-        <v>390</v>
+        <v>28</v>
       </c>
       <c r="P217" t="s">
-        <v>391</v>
+        <v>29</v>
       </c>
       <c r="Q217" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R217" t="s">
-        <v>392</v>
+        <v>31</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
         <v>18</v>
       </c>
       <c r="B218" t="s">
-        <v>1361</v>
+        <v>1347</v>
       </c>
       <c r="C218" t="s">
         <v>20</v>
       </c>
       <c r="D218" t="s">
         <v>20</v>
       </c>
       <c r="E218" t="s">
-        <v>1362</v>
+        <v>1348</v>
       </c>
       <c r="F218" t="s">
         <v>20</v>
       </c>
       <c r="G218" t="s">
-        <v>1363</v>
+        <v>1349</v>
       </c>
       <c r="H218" t="s">
-        <v>1364</v>
+        <v>1350</v>
       </c>
       <c r="I218" t="n">
         <v>0.0</v>
       </c>
       <c r="J218" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K218" t="s">
-        <v>1365</v>
+        <v>1351</v>
       </c>
       <c r="L218" t="s">
-        <v>1366</v>
+        <v>1352</v>
       </c>
       <c r="M218" t="s">
         <v>20</v>
       </c>
       <c r="N218" t="s">
-        <v>1367</v>
+        <v>263</v>
       </c>
       <c r="O218" t="s">
-        <v>390</v>
+        <v>28</v>
       </c>
       <c r="P218" t="s">
-        <v>391</v>
+        <v>29</v>
       </c>
       <c r="Q218" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R218" t="s">
-        <v>392</v>
+        <v>31</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
         <v>18</v>
       </c>
       <c r="B219" t="s">
-        <v>1368</v>
+        <v>1353</v>
       </c>
       <c r="C219" t="s">
         <v>20</v>
       </c>
       <c r="D219" t="s">
         <v>20</v>
       </c>
       <c r="E219" t="s">
-        <v>1369</v>
+        <v>1354</v>
       </c>
       <c r="F219" t="s">
         <v>20</v>
       </c>
       <c r="G219" t="s">
-        <v>1370</v>
+        <v>1355</v>
       </c>
       <c r="H219" t="s">
-        <v>1371</v>
+        <v>1356</v>
       </c>
       <c r="I219" t="n">
         <v>0.0</v>
       </c>
       <c r="J219" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K219" t="s">
-        <v>1372</v>
+        <v>1357</v>
       </c>
       <c r="L219" t="s">
-        <v>1373</v>
+        <v>1358</v>
       </c>
       <c r="M219" t="s">
         <v>20</v>
       </c>
       <c r="N219" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="O219" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P219" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q219" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R219" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
         <v>18</v>
       </c>
       <c r="B220" t="s">
-        <v>1374</v>
+        <v>1359</v>
       </c>
       <c r="C220" t="s">
         <v>20</v>
       </c>
       <c r="D220" t="s">
         <v>20</v>
       </c>
       <c r="E220" t="s">
-        <v>1375</v>
+        <v>1360</v>
       </c>
       <c r="F220" t="s">
         <v>20</v>
       </c>
       <c r="G220" t="s">
-        <v>1376</v>
+        <v>1361</v>
       </c>
       <c r="H220" t="s">
-        <v>1377</v>
+        <v>1362</v>
       </c>
       <c r="I220" t="n">
         <v>0.0</v>
       </c>
       <c r="J220" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K220" t="s">
-        <v>1378</v>
+        <v>1363</v>
       </c>
       <c r="L220" t="s">
-        <v>1379</v>
+        <v>1364</v>
       </c>
       <c r="M220" t="s">
         <v>20</v>
       </c>
       <c r="N220" t="s">
-        <v>253</v>
+        <v>263</v>
       </c>
       <c r="O220" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P220" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q220" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R220" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
         <v>18</v>
       </c>
       <c r="B221" t="s">
-        <v>1380</v>
+        <v>1365</v>
       </c>
       <c r="C221" t="s">
         <v>20</v>
       </c>
       <c r="D221" t="s">
         <v>20</v>
       </c>
       <c r="E221" t="s">
-        <v>1381</v>
+        <v>1366</v>
       </c>
       <c r="F221" t="s">
         <v>20</v>
       </c>
       <c r="G221" t="s">
-        <v>1382</v>
+        <v>1367</v>
       </c>
       <c r="H221" t="s">
-        <v>1383</v>
+        <v>1368</v>
       </c>
       <c r="I221" t="n">
         <v>0.0</v>
       </c>
       <c r="J221" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K221" t="s">
-        <v>1384</v>
+        <v>1369</v>
       </c>
       <c r="L221" t="s">
-        <v>1385</v>
+        <v>1370</v>
       </c>
       <c r="M221" t="s">
         <v>20</v>
       </c>
       <c r="N221" t="s">
-        <v>923</v>
+        <v>229</v>
       </c>
       <c r="O221" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="P221" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="Q221" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R221" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
         <v>18</v>
       </c>
       <c r="B222" t="s">
-        <v>1386</v>
+        <v>1371</v>
       </c>
       <c r="C222" t="s">
         <v>20</v>
       </c>
       <c r="D222" t="s">
         <v>20</v>
       </c>
       <c r="E222" t="s">
-        <v>1387</v>
+        <v>1372</v>
       </c>
       <c r="F222" t="s">
         <v>20</v>
       </c>
       <c r="G222" t="s">
-        <v>1388</v>
+        <v>1373</v>
       </c>
       <c r="H222" t="s">
-        <v>1389</v>
+        <v>1374</v>
       </c>
       <c r="I222" t="n">
         <v>0.0</v>
       </c>
       <c r="J222" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K222" t="s">
-        <v>1390</v>
+        <v>1375</v>
       </c>
       <c r="L222" t="s">
-        <v>1391</v>
+        <v>1376</v>
       </c>
       <c r="M222" t="s">
         <v>20</v>
       </c>
       <c r="N222" t="s">
-        <v>917</v>
+        <v>162</v>
       </c>
       <c r="O222" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P222" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q222" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R222" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
         <v>18</v>
       </c>
       <c r="B223" t="s">
-        <v>1392</v>
+        <v>1377</v>
       </c>
       <c r="C223" t="s">
         <v>20</v>
       </c>
       <c r="D223" t="s">
         <v>20</v>
       </c>
       <c r="E223" t="s">
-        <v>1393</v>
+        <v>1378</v>
       </c>
       <c r="F223" t="s">
         <v>20</v>
       </c>
       <c r="G223" t="s">
-        <v>1394</v>
+        <v>1379</v>
       </c>
       <c r="H223" t="s">
-        <v>1395</v>
+        <v>1380</v>
       </c>
       <c r="I223" t="n">
         <v>0.0</v>
       </c>
       <c r="J223" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K223" t="s">
-        <v>1396</v>
+        <v>1381</v>
       </c>
       <c r="L223" t="s">
-        <v>1397</v>
+        <v>1382</v>
       </c>
       <c r="M223" t="s">
         <v>20</v>
       </c>
       <c r="N223" t="s">
-        <v>1367</v>
+        <v>263</v>
       </c>
       <c r="O223" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="P223" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="Q223" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R223" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
         <v>18</v>
       </c>
       <c r="B224" t="s">
-        <v>1398</v>
+        <v>1383</v>
       </c>
       <c r="C224" t="s">
         <v>20</v>
       </c>
       <c r="D224" t="s">
         <v>20</v>
       </c>
       <c r="E224" t="s">
-        <v>1399</v>
+        <v>1384</v>
       </c>
       <c r="F224" t="s">
         <v>20</v>
       </c>
       <c r="G224" t="s">
-        <v>1400</v>
+        <v>1385</v>
       </c>
       <c r="H224" t="s">
-        <v>1401</v>
+        <v>1386</v>
       </c>
       <c r="I224" t="n">
         <v>0.0</v>
       </c>
       <c r="J224" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K224" t="s">
-        <v>1402</v>
+        <v>1387</v>
       </c>
       <c r="L224" t="s">
-        <v>1403</v>
+        <v>1388</v>
       </c>
       <c r="M224" t="s">
         <v>20</v>
       </c>
       <c r="N224" t="s">
-        <v>1323</v>
+        <v>182</v>
       </c>
       <c r="O224" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P224" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q224" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R224" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
         <v>18</v>
       </c>
       <c r="B225" t="s">
-        <v>1404</v>
+        <v>1389</v>
       </c>
       <c r="C225" t="s">
         <v>20</v>
       </c>
       <c r="D225" t="s">
         <v>20</v>
       </c>
       <c r="E225" t="s">
-        <v>1405</v>
+        <v>1390</v>
       </c>
       <c r="F225" t="s">
         <v>20</v>
       </c>
       <c r="G225" t="s">
-        <v>1406</v>
+        <v>1391</v>
       </c>
       <c r="H225" t="s">
-        <v>1407</v>
+        <v>1392</v>
       </c>
       <c r="I225" t="n">
         <v>0.0</v>
       </c>
       <c r="J225" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K225" t="s">
-        <v>1408</v>
+        <v>1393</v>
       </c>
       <c r="L225" t="s">
-        <v>1409</v>
+        <v>1394</v>
       </c>
       <c r="M225" t="s">
         <v>20</v>
       </c>
       <c r="N225" t="s">
-        <v>1360</v>
+        <v>263</v>
       </c>
       <c r="O225" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="P225" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="Q225" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R225" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
         <v>18</v>
       </c>
       <c r="B226" t="s">
-        <v>1410</v>
+        <v>1395</v>
       </c>
       <c r="C226" t="s">
         <v>20</v>
       </c>
       <c r="D226" t="s">
         <v>20</v>
       </c>
       <c r="E226" t="s">
-        <v>1411</v>
+        <v>1396</v>
       </c>
       <c r="F226" t="s">
         <v>20</v>
       </c>
       <c r="G226" t="s">
-        <v>1412</v>
+        <v>1397</v>
       </c>
       <c r="H226" t="s">
-        <v>1413</v>
+        <v>1398</v>
       </c>
       <c r="I226" t="n">
         <v>0.0</v>
       </c>
       <c r="J226" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>1414</v>
+        <v>1399</v>
       </c>
       <c r="L226" t="s">
-        <v>1415</v>
+        <v>1400</v>
       </c>
       <c r="M226" t="s">
         <v>20</v>
       </c>
       <c r="N226" t="s">
-        <v>868</v>
+        <v>162</v>
       </c>
       <c r="O226" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P226" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q226" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R226" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s">
         <v>18</v>
       </c>
       <c r="B227" t="s">
-        <v>1416</v>
+        <v>1401</v>
       </c>
       <c r="C227" t="s">
         <v>20</v>
       </c>
       <c r="D227" t="s">
         <v>20</v>
       </c>
       <c r="E227" t="s">
-        <v>1417</v>
+        <v>1402</v>
       </c>
       <c r="F227" t="s">
         <v>20</v>
       </c>
       <c r="G227" t="s">
-        <v>1418</v>
+        <v>1403</v>
       </c>
       <c r="H227" t="s">
-        <v>1419</v>
+        <v>1404</v>
       </c>
       <c r="I227" t="n">
         <v>0.0</v>
       </c>
       <c r="J227" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="K227" t="s">
-        <v>1420</v>
+        <v>1405</v>
       </c>
       <c r="L227" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="M227" t="s">
         <v>20</v>
       </c>
       <c r="N227" t="s">
-        <v>868</v>
+        <v>1406</v>
       </c>
       <c r="O227" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="P227" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="Q227" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="R227" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s">
         <v>18</v>
       </c>
       <c r="B228" t="s">
-        <v>1421</v>
+        <v>1407</v>
       </c>
       <c r="C228" t="s">
         <v>20</v>
       </c>
       <c r="D228" t="s">
         <v>20</v>
       </c>
       <c r="E228" t="s">
-        <v>1417</v>
+        <v>1402</v>
       </c>
       <c r="F228" t="s">
         <v>20</v>
       </c>
       <c r="G228" t="s">
-        <v>1422</v>
+        <v>1408</v>
       </c>
       <c r="H228" t="s">
-        <v>1423</v>
+        <v>1409</v>
       </c>
       <c r="I228" t="n">
         <v>0.0</v>
       </c>
       <c r="J228" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K228" t="s">
-        <v>1424</v>
+        <v>1410</v>
       </c>
       <c r="L228" t="s">
-        <v>1425</v>
+        <v>1411</v>
       </c>
       <c r="M228" t="s">
         <v>20</v>
       </c>
       <c r="N228" t="s">
-        <v>1271</v>
+        <v>27</v>
       </c>
       <c r="O228" t="s">
-        <v>390</v>
+        <v>28</v>
       </c>
       <c r="P228" t="s">
-        <v>391</v>
+        <v>29</v>
       </c>
       <c r="Q228" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R228" t="s">
-        <v>392</v>
+        <v>31</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s">
         <v>18</v>
       </c>
       <c r="B229" t="s">
-        <v>1426</v>
+        <v>1412</v>
       </c>
       <c r="C229" t="s">
         <v>20</v>
       </c>
       <c r="D229" t="s">
         <v>20</v>
       </c>
       <c r="E229" t="s">
-        <v>1427</v>
+        <v>1413</v>
       </c>
       <c r="F229" t="s">
         <v>20</v>
       </c>
       <c r="G229" t="s">
-        <v>1428</v>
+        <v>1414</v>
       </c>
       <c r="H229" t="s">
-        <v>1429</v>
+        <v>1415</v>
       </c>
       <c r="I229" t="n">
         <v>0.0</v>
       </c>
       <c r="J229" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K229" t="s">
-        <v>1430</v>
+        <v>1416</v>
       </c>
       <c r="L229" t="s">
-        <v>1431</v>
+        <v>1417</v>
       </c>
       <c r="M229" t="s">
         <v>20</v>
       </c>
       <c r="N229" t="s">
-        <v>904</v>
+        <v>229</v>
       </c>
       <c r="O229" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P229" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q229" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R229" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
         <v>18</v>
       </c>
       <c r="B230" t="s">
-        <v>1432</v>
+        <v>1418</v>
       </c>
       <c r="C230" t="s">
         <v>20</v>
       </c>
       <c r="D230" t="s">
         <v>20</v>
       </c>
       <c r="E230" t="s">
-        <v>1433</v>
+        <v>1419</v>
       </c>
       <c r="F230" t="s">
         <v>20</v>
       </c>
       <c r="G230" t="s">
-        <v>1434</v>
+        <v>1420</v>
       </c>
       <c r="H230" t="s">
-        <v>1435</v>
+        <v>1421</v>
       </c>
       <c r="I230" t="n">
         <v>0.0</v>
       </c>
       <c r="J230" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K230" t="s">
-        <v>1436</v>
+        <v>1422</v>
       </c>
       <c r="L230" t="s">
-        <v>1437</v>
+        <v>1423</v>
       </c>
       <c r="M230" t="s">
         <v>20</v>
       </c>
       <c r="N230" t="s">
-        <v>1360</v>
+        <v>236</v>
       </c>
       <c r="O230" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P230" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q230" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R230" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s">
         <v>18</v>
       </c>
       <c r="B231" t="s">
-        <v>1438</v>
+        <v>1424</v>
       </c>
       <c r="C231" t="s">
         <v>20</v>
       </c>
       <c r="D231" t="s">
         <v>20</v>
       </c>
       <c r="E231" t="s">
-        <v>1433</v>
+        <v>1419</v>
       </c>
       <c r="F231" t="s">
         <v>20</v>
       </c>
       <c r="G231" t="s">
-        <v>1439</v>
+        <v>1425</v>
       </c>
       <c r="H231" t="s">
-        <v>1440</v>
+        <v>1426</v>
       </c>
       <c r="I231" t="n">
         <v>0.0</v>
       </c>
       <c r="J231" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K231" t="s">
-        <v>1441</v>
+        <v>1427</v>
       </c>
       <c r="L231" t="s">
-        <v>1442</v>
+        <v>1428</v>
       </c>
       <c r="M231" t="s">
         <v>20</v>
       </c>
       <c r="N231" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="O231" t="s">
-        <v>1443</v>
+        <v>1429</v>
       </c>
       <c r="P231" t="s">
-        <v>1012</v>
+        <v>1002</v>
       </c>
       <c r="Q231" t="s">
-        <v>1013</v>
+        <v>1003</v>
       </c>
       <c r="R231" t="s">
-        <v>1444</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s">
         <v>18</v>
       </c>
       <c r="B232" t="s">
-        <v>1445</v>
+        <v>1431</v>
       </c>
       <c r="C232" t="s">
         <v>20</v>
       </c>
       <c r="D232" t="s">
         <v>20</v>
       </c>
       <c r="E232" t="s">
-        <v>1446</v>
+        <v>1432</v>
       </c>
       <c r="F232" t="s">
         <v>20</v>
       </c>
       <c r="G232" t="s">
-        <v>1447</v>
+        <v>1433</v>
       </c>
       <c r="H232" t="s">
-        <v>1448</v>
+        <v>1434</v>
       </c>
       <c r="I232" t="n">
         <v>0.0</v>
       </c>
       <c r="J232" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K232" t="s">
-        <v>1449</v>
+        <v>1435</v>
       </c>
       <c r="L232" t="s">
-        <v>1450</v>
+        <v>1436</v>
       </c>
       <c r="M232" t="s">
         <v>20</v>
       </c>
       <c r="N232" t="s">
-        <v>1360</v>
+        <v>263</v>
       </c>
       <c r="O232" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="P232" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="Q232" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R232" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s">
         <v>18</v>
       </c>
       <c r="B233" t="s">
-        <v>1451</v>
+        <v>1437</v>
       </c>
       <c r="C233" t="s">
         <v>20</v>
       </c>
       <c r="D233" t="s">
         <v>20</v>
       </c>
       <c r="E233" t="s">
-        <v>1452</v>
+        <v>1438</v>
       </c>
       <c r="F233" t="s">
         <v>20</v>
       </c>
       <c r="G233" t="s">
-        <v>1453</v>
+        <v>1439</v>
       </c>
       <c r="H233" t="s">
-        <v>1454</v>
+        <v>1440</v>
       </c>
       <c r="I233" t="n">
         <v>0.0</v>
       </c>
       <c r="J233" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K233" t="s">
-        <v>1455</v>
+        <v>1441</v>
       </c>
       <c r="L233" t="s">
-        <v>1341</v>
+        <v>1328</v>
       </c>
       <c r="M233" t="s">
         <v>20</v>
       </c>
       <c r="N233" t="s">
-        <v>1323</v>
+        <v>182</v>
       </c>
       <c r="O233" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P233" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q233" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R233" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s">
         <v>18</v>
       </c>
       <c r="B234" t="s">
-        <v>1456</v>
+        <v>1442</v>
       </c>
       <c r="C234" t="s">
         <v>20</v>
       </c>
       <c r="D234" t="s">
         <v>20</v>
       </c>
       <c r="E234" t="s">
-        <v>1457</v>
+        <v>1443</v>
       </c>
       <c r="F234" t="s">
         <v>20</v>
       </c>
       <c r="G234" t="s">
-        <v>1458</v>
+        <v>1444</v>
       </c>
       <c r="H234" t="s">
-        <v>1459</v>
+        <v>1445</v>
       </c>
       <c r="I234" t="n">
         <v>0.0</v>
       </c>
       <c r="J234" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K234" t="s">
-        <v>1460</v>
+        <v>1446</v>
       </c>
       <c r="L234" t="s">
-        <v>1461</v>
+        <v>1447</v>
       </c>
       <c r="M234" t="s">
         <v>20</v>
       </c>
       <c r="N234" t="s">
-        <v>917</v>
+        <v>236</v>
       </c>
       <c r="O234" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="P234" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q234" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="R234" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
         <v>18</v>
       </c>
       <c r="B235" t="s">
-        <v>1462</v>
+        <v>1448</v>
       </c>
       <c r="C235" t="s">
         <v>20</v>
       </c>
       <c r="D235" t="s">
         <v>20</v>
       </c>
       <c r="E235" t="s">
-        <v>1463</v>
+        <v>1449</v>
       </c>
       <c r="F235" t="s">
         <v>20</v>
       </c>
       <c r="G235" t="s">
-        <v>1464</v>
+        <v>1450</v>
       </c>
       <c r="H235" t="s">
-        <v>1465</v>
+        <v>1451</v>
       </c>
       <c r="I235" t="n">
         <v>0.0</v>
       </c>
       <c r="J235" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K235" t="s">
-        <v>953</v>
+        <v>945</v>
       </c>
       <c r="L235" t="s">
-        <v>1397</v>
+        <v>1382</v>
       </c>
       <c r="M235" t="s">
         <v>20</v>
       </c>
       <c r="N235" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="O235" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P235" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q235" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R235" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s">
         <v>18</v>
       </c>
       <c r="B236" t="s">
-        <v>1466</v>
+        <v>1452</v>
       </c>
       <c r="C236" t="s">
         <v>20</v>
       </c>
       <c r="D236" t="s">
         <v>20</v>
       </c>
       <c r="E236" t="s">
-        <v>1467</v>
+        <v>1453</v>
       </c>
       <c r="F236" t="s">
         <v>20</v>
       </c>
       <c r="G236" t="s">
-        <v>1468</v>
+        <v>1454</v>
       </c>
       <c r="H236" t="s">
-        <v>1469</v>
+        <v>1455</v>
       </c>
       <c r="I236" t="n">
         <v>0.0</v>
       </c>
       <c r="J236" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K236" t="s">
-        <v>1470</v>
+        <v>1456</v>
       </c>
       <c r="L236" t="s">
-        <v>1471</v>
+        <v>1457</v>
       </c>
       <c r="M236" t="s">
         <v>20</v>
       </c>
       <c r="N236" t="s">
-        <v>904</v>
+        <v>263</v>
       </c>
       <c r="O236" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P236" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q236" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R236" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s">
         <v>18</v>
       </c>
       <c r="B237" t="s">
-        <v>1472</v>
+        <v>1458</v>
       </c>
       <c r="C237" t="s">
         <v>20</v>
       </c>
       <c r="D237" t="s">
         <v>20</v>
       </c>
       <c r="E237" t="s">
-        <v>1473</v>
+        <v>1459</v>
       </c>
       <c r="F237" t="s">
         <v>20</v>
       </c>
       <c r="G237" t="s">
-        <v>1474</v>
+        <v>1460</v>
       </c>
       <c r="H237" t="s">
-        <v>1475</v>
+        <v>1461</v>
       </c>
       <c r="I237" t="n">
         <v>0.0</v>
       </c>
       <c r="J237" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K237" t="s">
-        <v>1476</v>
+        <v>1462</v>
       </c>
       <c r="L237" t="s">
-        <v>1477</v>
+        <v>1463</v>
       </c>
       <c r="M237" t="s">
         <v>20</v>
       </c>
       <c r="N237" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="O237" t="s">
-        <v>390</v>
+        <v>28</v>
       </c>
       <c r="P237" t="s">
-        <v>391</v>
+        <v>29</v>
       </c>
       <c r="Q237" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R237" t="s">
-        <v>392</v>
+        <v>31</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s">
         <v>18</v>
       </c>
       <c r="B238" t="s">
-        <v>1478</v>
+        <v>1464</v>
       </c>
       <c r="C238" t="s">
         <v>20</v>
       </c>
       <c r="D238" t="s">
         <v>20</v>
       </c>
       <c r="E238" t="s">
-        <v>1479</v>
+        <v>1465</v>
       </c>
       <c r="F238" t="s">
         <v>20</v>
       </c>
       <c r="G238" t="s">
-        <v>1480</v>
+        <v>1466</v>
       </c>
       <c r="H238" t="s">
-        <v>1481</v>
+        <v>1467</v>
       </c>
       <c r="I238" t="n">
         <v>0.0</v>
       </c>
       <c r="J238" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K238" t="s">
-        <v>1482</v>
+        <v>1468</v>
       </c>
       <c r="L238" t="s">
-        <v>1415</v>
+        <v>1400</v>
       </c>
       <c r="M238" t="s">
         <v>20</v>
       </c>
       <c r="N238" t="s">
-        <v>253</v>
+        <v>263</v>
       </c>
       <c r="O238" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="P238" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="Q238" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="R238" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s">
         <v>18</v>
       </c>
       <c r="B239" t="s">
-        <v>1483</v>
+        <v>1469</v>
       </c>
       <c r="C239" t="s">
         <v>20</v>
       </c>
       <c r="D239" t="s">
         <v>20</v>
       </c>
       <c r="E239" t="s">
-        <v>1484</v>
+        <v>1470</v>
       </c>
       <c r="F239" t="s">
         <v>20</v>
       </c>
       <c r="G239" t="s">
-        <v>1485</v>
+        <v>1471</v>
       </c>
       <c r="H239" t="s">
-        <v>1486</v>
+        <v>1472</v>
       </c>
       <c r="I239" t="n">
         <v>0.0</v>
       </c>
       <c r="J239" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K239" t="s">
-        <v>1487</v>
+        <v>1473</v>
       </c>
       <c r="L239" t="s">
-        <v>1488</v>
+        <v>1474</v>
       </c>
       <c r="M239" t="s">
         <v>20</v>
       </c>
       <c r="N239" t="s">
-        <v>253</v>
+        <v>263</v>
       </c>
       <c r="O239" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P239" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q239" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R239" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s">
         <v>18</v>
       </c>
       <c r="B240" t="s">
-        <v>1489</v>
+        <v>1475</v>
       </c>
       <c r="C240" t="s">
         <v>20</v>
       </c>
       <c r="D240" t="s">
         <v>20</v>
       </c>
       <c r="E240" t="s">
-        <v>1490</v>
+        <v>1476</v>
       </c>
       <c r="F240" t="s">
         <v>20</v>
       </c>
       <c r="G240" t="s">
-        <v>1491</v>
+        <v>1477</v>
       </c>
       <c r="H240" t="s">
-        <v>1492</v>
+        <v>1478</v>
       </c>
       <c r="I240" t="n">
         <v>0.0</v>
       </c>
       <c r="J240" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K240" t="s">
-        <v>1493</v>
+        <v>1479</v>
       </c>
       <c r="L240" t="s">
-        <v>1270</v>
+        <v>1259</v>
       </c>
       <c r="M240" t="s">
         <v>20</v>
       </c>
       <c r="N240" t="s">
-        <v>1323</v>
+        <v>229</v>
       </c>
       <c r="O240" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="P240" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="Q240" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R240" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s">
         <v>18</v>
       </c>
       <c r="B241" t="s">
-        <v>1494</v>
+        <v>1480</v>
       </c>
       <c r="C241" t="s">
         <v>20</v>
       </c>
       <c r="D241" t="s">
         <v>20</v>
       </c>
       <c r="E241" t="s">
-        <v>1490</v>
+        <v>1476</v>
       </c>
       <c r="F241" t="s">
         <v>20</v>
       </c>
       <c r="G241" t="s">
-        <v>1495</v>
+        <v>1481</v>
       </c>
       <c r="H241" t="s">
-        <v>1496</v>
+        <v>1482</v>
       </c>
       <c r="I241" t="n">
         <v>0.0</v>
       </c>
       <c r="J241" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K241" t="s">
-        <v>1497</v>
+        <v>1483</v>
       </c>
       <c r="L241" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="M241" t="s">
         <v>20</v>
       </c>
       <c r="N241" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="O241" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P241" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q241" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R241" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s">
         <v>18</v>
       </c>
       <c r="B242" t="s">
-        <v>1498</v>
+        <v>1484</v>
       </c>
       <c r="C242" t="s">
         <v>20</v>
       </c>
       <c r="D242" t="s">
         <v>20</v>
       </c>
       <c r="E242" t="s">
-        <v>1499</v>
+        <v>1485</v>
       </c>
       <c r="F242" t="s">
         <v>20</v>
       </c>
       <c r="G242" t="s">
-        <v>1500</v>
+        <v>1486</v>
       </c>
       <c r="H242" t="s">
-        <v>1501</v>
+        <v>1487</v>
       </c>
       <c r="I242" t="n">
         <v>0.0</v>
       </c>
       <c r="J242" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K242" t="s">
-        <v>1502</v>
+        <v>1488</v>
       </c>
       <c r="L242" t="s">
-        <v>1503</v>
+        <v>1489</v>
       </c>
       <c r="M242" t="s">
         <v>20</v>
       </c>
       <c r="N242" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="O242" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P242" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q242" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R242" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s">
         <v>18</v>
       </c>
       <c r="B243" t="s">
-        <v>1504</v>
+        <v>1490</v>
       </c>
       <c r="C243" t="s">
         <v>20</v>
       </c>
       <c r="D243" t="s">
         <v>20</v>
       </c>
       <c r="E243" t="s">
-        <v>1505</v>
+        <v>1491</v>
       </c>
       <c r="F243" t="s">
         <v>20</v>
       </c>
       <c r="G243" t="s">
-        <v>1506</v>
+        <v>1492</v>
       </c>
       <c r="H243" t="s">
-        <v>1507</v>
+        <v>1493</v>
       </c>
       <c r="I243" t="n">
         <v>0.0</v>
       </c>
       <c r="J243" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K243" t="s">
-        <v>1508</v>
+        <v>1494</v>
       </c>
       <c r="L243" t="s">
-        <v>1509</v>
+        <v>1495</v>
       </c>
       <c r="M243" t="s">
         <v>20</v>
       </c>
       <c r="N243" t="s">
-        <v>847</v>
+        <v>27</v>
       </c>
       <c r="O243" t="s">
-        <v>390</v>
+        <v>28</v>
       </c>
       <c r="P243" t="s">
-        <v>391</v>
+        <v>29</v>
       </c>
       <c r="Q243" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R243" t="s">
-        <v>392</v>
+        <v>31</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s">
         <v>18</v>
       </c>
       <c r="B244" t="s">
-        <v>1510</v>
+        <v>1496</v>
       </c>
       <c r="C244" t="s">
         <v>20</v>
       </c>
       <c r="D244" t="s">
         <v>20</v>
       </c>
       <c r="E244" t="s">
-        <v>1511</v>
+        <v>1497</v>
       </c>
       <c r="F244" t="s">
         <v>20</v>
       </c>
       <c r="G244" t="s">
-        <v>1512</v>
+        <v>1498</v>
       </c>
       <c r="H244" t="s">
-        <v>1513</v>
+        <v>1499</v>
       </c>
       <c r="I244" t="n">
         <v>0.0</v>
       </c>
       <c r="J244" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K244" t="s">
-        <v>1514</v>
+        <v>1500</v>
       </c>
       <c r="L244" t="s">
-        <v>891</v>
+        <v>886</v>
       </c>
       <c r="M244" t="s">
         <v>20</v>
       </c>
       <c r="N244" t="s">
         <v>650</v>
       </c>
       <c r="O244" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P244" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q244" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R244" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s">
         <v>18</v>
       </c>
       <c r="B245" t="s">
-        <v>1515</v>
+        <v>1501</v>
       </c>
       <c r="C245" t="s">
         <v>20</v>
       </c>
       <c r="D245" t="s">
         <v>20</v>
       </c>
       <c r="E245" t="s">
-        <v>1516</v>
+        <v>1502</v>
       </c>
       <c r="F245" t="s">
         <v>20</v>
       </c>
       <c r="G245" t="s">
-        <v>1517</v>
+        <v>1503</v>
       </c>
       <c r="H245" t="s">
-        <v>1518</v>
+        <v>1504</v>
       </c>
       <c r="I245" t="n">
         <v>0.0</v>
       </c>
       <c r="J245" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K245" t="s">
-        <v>1519</v>
+        <v>1505</v>
       </c>
       <c r="L245" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="M245" t="s">
         <v>20</v>
       </c>
       <c r="N245" t="s">
-        <v>917</v>
+        <v>162</v>
       </c>
       <c r="O245" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="P245" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q245" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="R245" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s">
         <v>18</v>
       </c>
       <c r="B246" t="s">
-        <v>1520</v>
+        <v>1506</v>
       </c>
       <c r="C246" t="s">
         <v>20</v>
       </c>
       <c r="D246" t="s">
         <v>20</v>
       </c>
       <c r="E246" t="s">
-        <v>1521</v>
+        <v>1507</v>
       </c>
       <c r="F246" t="s">
         <v>20</v>
       </c>
       <c r="G246" t="s">
-        <v>1522</v>
+        <v>1508</v>
       </c>
       <c r="H246" t="s">
-        <v>1523</v>
+        <v>1509</v>
       </c>
       <c r="I246" t="n">
         <v>0.0</v>
       </c>
       <c r="J246" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K246" t="s">
-        <v>1524</v>
+        <v>1510</v>
       </c>
       <c r="L246" t="s">
-        <v>886</v>
+        <v>881</v>
       </c>
       <c r="M246" t="s">
         <v>20</v>
       </c>
       <c r="N246" t="s">
-        <v>1276</v>
+        <v>1264</v>
       </c>
       <c r="O246" t="s">
-        <v>390</v>
+        <v>28</v>
       </c>
       <c r="P246" t="s">
-        <v>391</v>
+        <v>29</v>
       </c>
       <c r="Q246" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R246" t="s">
-        <v>392</v>
+        <v>31</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s">
         <v>18</v>
       </c>
       <c r="B247" t="s">
-        <v>1525</v>
+        <v>1511</v>
       </c>
       <c r="C247" t="s">
         <v>20</v>
       </c>
       <c r="D247" t="s">
         <v>20</v>
       </c>
       <c r="E247" t="s">
-        <v>1526</v>
+        <v>1512</v>
       </c>
       <c r="F247" t="s">
         <v>20</v>
       </c>
       <c r="G247" t="s">
-        <v>1527</v>
+        <v>1513</v>
       </c>
       <c r="H247" t="s">
-        <v>1528</v>
+        <v>1514</v>
       </c>
       <c r="I247" t="n">
         <v>0.0</v>
       </c>
       <c r="J247" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K247" t="s">
-        <v>1529</v>
+        <v>1515</v>
       </c>
       <c r="L247" t="s">
-        <v>1409</v>
+        <v>1394</v>
       </c>
       <c r="M247" t="s">
         <v>20</v>
       </c>
       <c r="N247" t="s">
         <v>650</v>
       </c>
       <c r="O247" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P247" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q247" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R247" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s">
         <v>18</v>
       </c>
       <c r="B248" t="s">
-        <v>1530</v>
+        <v>1516</v>
       </c>
       <c r="C248" t="s">
         <v>20</v>
       </c>
       <c r="D248" t="s">
         <v>20</v>
       </c>
       <c r="E248" t="s">
-        <v>1526</v>
+        <v>1512</v>
       </c>
       <c r="F248" t="s">
         <v>20</v>
       </c>
       <c r="G248" t="s">
-        <v>1531</v>
+        <v>1517</v>
       </c>
       <c r="H248" t="s">
-        <v>1532</v>
+        <v>1518</v>
       </c>
       <c r="I248" t="n">
         <v>0.0</v>
       </c>
       <c r="J248" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K248" t="s">
-        <v>1533</v>
+        <v>1519</v>
       </c>
       <c r="L248" t="s">
-        <v>1534</v>
+        <v>1520</v>
       </c>
       <c r="M248" t="s">
         <v>20</v>
       </c>
       <c r="N248" t="s">
-        <v>1535</v>
+        <v>1521</v>
       </c>
       <c r="O248" t="s">
-        <v>1011</v>
+        <v>1001</v>
       </c>
       <c r="P248" t="s">
-        <v>1012</v>
+        <v>1002</v>
       </c>
       <c r="Q248" t="s">
-        <v>1013</v>
+        <v>1003</v>
       </c>
       <c r="R248" t="s">
-        <v>1014</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s">
         <v>18</v>
       </c>
       <c r="B249" t="s">
-        <v>1536</v>
+        <v>1522</v>
       </c>
       <c r="C249" t="s">
         <v>20</v>
       </c>
       <c r="D249" t="s">
         <v>20</v>
       </c>
       <c r="E249" t="s">
-        <v>1537</v>
+        <v>1523</v>
       </c>
       <c r="F249" t="s">
         <v>20</v>
       </c>
       <c r="G249" t="s">
-        <v>1538</v>
+        <v>1524</v>
       </c>
       <c r="H249" t="s">
-        <v>1539</v>
+        <v>1525</v>
       </c>
       <c r="I249" t="n">
         <v>0.0</v>
       </c>
       <c r="J249" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K249" t="s">
-        <v>1540</v>
+        <v>1526</v>
       </c>
       <c r="L249" t="s">
-        <v>1541</v>
+        <v>1527</v>
       </c>
       <c r="M249" t="s">
         <v>20</v>
       </c>
       <c r="N249" t="s">
-        <v>840</v>
+        <v>39</v>
       </c>
       <c r="O249" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P249" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q249" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R249" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s">
         <v>18</v>
       </c>
       <c r="B250" t="s">
-        <v>1542</v>
+        <v>1528</v>
       </c>
       <c r="C250" t="s">
         <v>20</v>
       </c>
       <c r="D250" t="s">
         <v>20</v>
       </c>
       <c r="E250" t="s">
-        <v>1543</v>
+        <v>1529</v>
       </c>
       <c r="F250" t="s">
         <v>20</v>
       </c>
       <c r="G250" t="s">
-        <v>1544</v>
+        <v>1530</v>
       </c>
       <c r="H250" t="s">
-        <v>1545</v>
+        <v>1531</v>
       </c>
       <c r="I250" t="n">
         <v>0.0</v>
       </c>
       <c r="J250" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K250" t="s">
-        <v>1546</v>
+        <v>1532</v>
       </c>
       <c r="L250" t="s">
-        <v>1547</v>
+        <v>1533</v>
       </c>
       <c r="M250" t="s">
         <v>20</v>
       </c>
       <c r="N250" t="s">
-        <v>1276</v>
+        <v>1264</v>
       </c>
       <c r="O250" t="s">
-        <v>1548</v>
+        <v>1534</v>
       </c>
       <c r="P250" t="s">
-        <v>1549</v>
+        <v>1535</v>
       </c>
       <c r="Q250" t="s">
-        <v>1550</v>
+        <v>1536</v>
       </c>
       <c r="R250" t="s">
-        <v>1551</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s">
         <v>18</v>
       </c>
       <c r="B251" t="s">
-        <v>1552</v>
+        <v>1538</v>
       </c>
       <c r="C251" t="s">
         <v>20</v>
       </c>
       <c r="D251" t="s">
         <v>20</v>
       </c>
       <c r="E251" t="s">
-        <v>1543</v>
+        <v>1529</v>
       </c>
       <c r="F251" t="s">
         <v>20</v>
       </c>
       <c r="G251" t="s">
-        <v>1553</v>
+        <v>1539</v>
       </c>
       <c r="H251" t="s">
-        <v>1554</v>
+        <v>1540</v>
       </c>
       <c r="I251" t="n">
         <v>0.0</v>
       </c>
       <c r="J251" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K251" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="L251" t="s">
-        <v>1555</v>
+        <v>1541</v>
       </c>
       <c r="M251" t="s">
         <v>20</v>
       </c>
       <c r="N251" t="s">
-        <v>1264</v>
+        <v>1253</v>
       </c>
       <c r="O251" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P251" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q251" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R251" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s">
         <v>18</v>
       </c>
       <c r="B252" t="s">
-        <v>1556</v>
+        <v>1542</v>
       </c>
       <c r="C252" t="s">
         <v>20</v>
       </c>
       <c r="D252" t="s">
         <v>20</v>
       </c>
       <c r="E252" t="s">
-        <v>1557</v>
+        <v>1543</v>
       </c>
       <c r="F252" t="s">
         <v>20</v>
       </c>
       <c r="G252" t="s">
-        <v>1558</v>
+        <v>1544</v>
       </c>
       <c r="H252" t="s">
-        <v>1559</v>
+        <v>1545</v>
       </c>
       <c r="I252" t="n">
         <v>0.0</v>
       </c>
       <c r="J252" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K252" t="s">
-        <v>1560</v>
+        <v>1546</v>
       </c>
       <c r="L252" t="s">
-        <v>1561</v>
+        <v>1547</v>
       </c>
       <c r="M252" t="s">
         <v>20</v>
       </c>
       <c r="N252" t="s">
-        <v>840</v>
+        <v>39</v>
       </c>
       <c r="O252" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P252" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q252" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R252" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s">
         <v>18</v>
       </c>
       <c r="B253" t="s">
-        <v>1562</v>
+        <v>1548</v>
       </c>
       <c r="C253" t="s">
         <v>20</v>
       </c>
       <c r="D253" t="s">
         <v>20</v>
       </c>
       <c r="E253" t="s">
-        <v>1563</v>
+        <v>1549</v>
       </c>
       <c r="F253" t="s">
         <v>20</v>
       </c>
       <c r="G253" t="s">
-        <v>1564</v>
+        <v>1550</v>
       </c>
       <c r="H253" t="s">
-        <v>1565</v>
+        <v>1551</v>
       </c>
       <c r="I253" t="n">
         <v>0.0</v>
       </c>
       <c r="J253" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K253" t="s">
-        <v>1566</v>
+        <v>1552</v>
       </c>
       <c r="L253" t="s">
-        <v>1567</v>
+        <v>1553</v>
       </c>
       <c r="M253" t="s">
         <v>20</v>
       </c>
       <c r="N253" t="s">
-        <v>808</v>
+        <v>1554</v>
       </c>
       <c r="O253" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P253" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q253" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R253" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s">
         <v>18</v>
       </c>
       <c r="B254" t="s">
-        <v>1568</v>
+        <v>1555</v>
       </c>
       <c r="C254" t="s">
         <v>20</v>
       </c>
       <c r="D254" t="s">
         <v>20</v>
       </c>
       <c r="E254" t="s">
-        <v>1569</v>
+        <v>1556</v>
       </c>
       <c r="F254" t="s">
         <v>20</v>
       </c>
       <c r="G254" t="s">
-        <v>1570</v>
+        <v>1557</v>
       </c>
       <c r="H254" t="s">
-        <v>1571</v>
+        <v>1558</v>
       </c>
       <c r="I254" t="n">
         <v>0.0</v>
       </c>
       <c r="J254" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K254" t="s">
-        <v>1572</v>
+        <v>1559</v>
       </c>
       <c r="L254" t="s">
-        <v>1573</v>
+        <v>1560</v>
       </c>
       <c r="M254" t="s">
         <v>20</v>
       </c>
       <c r="N254" t="s">
         <v>650</v>
       </c>
       <c r="O254" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P254" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q254" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R254" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s">
         <v>18</v>
       </c>
       <c r="B255" t="s">
-        <v>1574</v>
+        <v>1561</v>
       </c>
       <c r="C255" t="s">
         <v>20</v>
       </c>
       <c r="D255" t="s">
         <v>20</v>
       </c>
       <c r="E255" t="s">
-        <v>1575</v>
+        <v>1562</v>
       </c>
       <c r="F255" t="s">
         <v>20</v>
       </c>
       <c r="G255" t="s">
-        <v>1576</v>
+        <v>1563</v>
       </c>
       <c r="H255" t="s">
-        <v>1577</v>
+        <v>1564</v>
       </c>
       <c r="I255" t="n">
         <v>0.0</v>
       </c>
       <c r="J255" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K255" t="s">
-        <v>1578</v>
+        <v>1565</v>
       </c>
       <c r="L255" t="s">
-        <v>1503</v>
+        <v>1489</v>
       </c>
       <c r="M255" t="s">
         <v>20</v>
       </c>
       <c r="N255" t="s">
         <v>650</v>
       </c>
       <c r="O255" t="s">
-        <v>390</v>
+        <v>28</v>
       </c>
       <c r="P255" t="s">
-        <v>391</v>
+        <v>29</v>
       </c>
       <c r="Q255" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R255" t="s">
-        <v>392</v>
+        <v>31</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s">
         <v>18</v>
       </c>
       <c r="B256" t="s">
-        <v>1579</v>
+        <v>1566</v>
       </c>
       <c r="C256" t="s">
         <v>20</v>
       </c>
       <c r="D256" t="s">
         <v>20</v>
       </c>
       <c r="E256" t="s">
-        <v>1575</v>
+        <v>1562</v>
       </c>
       <c r="F256" t="s">
         <v>20</v>
       </c>
       <c r="G256" t="s">
-        <v>1580</v>
+        <v>1567</v>
       </c>
       <c r="H256" t="s">
-        <v>1581</v>
+        <v>1568</v>
       </c>
       <c r="I256" t="n">
         <v>0.0</v>
       </c>
       <c r="J256" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K256" t="s">
-        <v>1582</v>
+        <v>1569</v>
       </c>
       <c r="L256" t="s">
-        <v>1583</v>
+        <v>1570</v>
       </c>
       <c r="M256" t="s">
         <v>20</v>
       </c>
       <c r="N256" t="s">
-        <v>840</v>
+        <v>81</v>
       </c>
       <c r="O256" t="s">
-        <v>390</v>
+        <v>28</v>
       </c>
       <c r="P256" t="s">
-        <v>391</v>
+        <v>29</v>
       </c>
       <c r="Q256" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R256" t="s">
-        <v>392</v>
+        <v>31</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s">
         <v>18</v>
       </c>
       <c r="B257" t="s">
-        <v>1584</v>
+        <v>1571</v>
       </c>
       <c r="C257" t="s">
         <v>20</v>
       </c>
       <c r="D257" t="s">
         <v>20</v>
       </c>
       <c r="E257" t="s">
-        <v>1585</v>
+        <v>1572</v>
       </c>
       <c r="F257" t="s">
         <v>20</v>
       </c>
       <c r="G257" t="s">
-        <v>1586</v>
+        <v>1573</v>
       </c>
       <c r="H257" t="s">
-        <v>1587</v>
+        <v>1574</v>
       </c>
       <c r="I257" t="n">
         <v>0.0</v>
       </c>
       <c r="J257" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K257" t="s">
-        <v>1588</v>
+        <v>1575</v>
       </c>
       <c r="L257" t="s">
-        <v>1477</v>
+        <v>1463</v>
       </c>
       <c r="M257" t="s">
         <v>20</v>
       </c>
       <c r="N257" t="s">
         <v>650</v>
       </c>
       <c r="O257" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P257" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q257" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R257" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s">
         <v>18</v>
       </c>
       <c r="B258" t="s">
-        <v>1589</v>
+        <v>1576</v>
       </c>
       <c r="C258" t="s">
         <v>20</v>
       </c>
       <c r="D258" t="s">
         <v>20</v>
       </c>
       <c r="E258" t="s">
-        <v>1590</v>
+        <v>1577</v>
       </c>
       <c r="F258" t="s">
         <v>20</v>
       </c>
       <c r="G258" t="s">
-        <v>1591</v>
+        <v>1578</v>
       </c>
       <c r="H258" t="s">
-        <v>1592</v>
+        <v>1579</v>
       </c>
       <c r="I258" t="n">
         <v>0.0</v>
       </c>
       <c r="J258" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K258" t="s">
-        <v>879</v>
+        <v>874</v>
       </c>
       <c r="L258" t="s">
-        <v>1593</v>
+        <v>1580</v>
       </c>
       <c r="M258" t="s">
         <v>20</v>
       </c>
       <c r="N258" t="s">
-        <v>840</v>
+        <v>1581</v>
       </c>
       <c r="O258" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P258" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q258" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R258" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s">
         <v>18</v>
       </c>
       <c r="B259" t="s">
-        <v>1594</v>
+        <v>1582</v>
       </c>
       <c r="C259" t="s">
         <v>20</v>
       </c>
       <c r="D259" t="s">
         <v>20</v>
       </c>
       <c r="E259" t="s">
-        <v>1595</v>
+        <v>1583</v>
       </c>
       <c r="F259" t="s">
         <v>20</v>
       </c>
       <c r="G259" t="s">
-        <v>1596</v>
+        <v>1584</v>
       </c>
       <c r="H259" t="s">
-        <v>1597</v>
+        <v>1585</v>
       </c>
       <c r="I259" t="n">
         <v>0.0</v>
       </c>
       <c r="J259" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K259" t="s">
-        <v>1598</v>
+        <v>1586</v>
       </c>
       <c r="L259" t="s">
-        <v>1599</v>
+        <v>1587</v>
       </c>
       <c r="M259" t="s">
         <v>20</v>
       </c>
       <c r="N259" t="s">
         <v>650</v>
       </c>
       <c r="O259" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P259" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q259" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R259" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s">
         <v>18</v>
       </c>
       <c r="B260" t="s">
-        <v>1600</v>
+        <v>1588</v>
       </c>
       <c r="C260" t="s">
         <v>20</v>
       </c>
       <c r="D260" t="s">
         <v>20</v>
       </c>
       <c r="E260" t="s">
-        <v>1601</v>
+        <v>1589</v>
       </c>
       <c r="F260" t="s">
         <v>20</v>
       </c>
       <c r="G260" t="s">
-        <v>1602</v>
+        <v>1590</v>
       </c>
       <c r="H260" t="s">
-        <v>1603</v>
+        <v>1591</v>
       </c>
       <c r="I260" t="n">
         <v>0.0</v>
       </c>
       <c r="J260" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K260" t="s">
-        <v>1604</v>
+        <v>1592</v>
       </c>
       <c r="L260" t="s">
-        <v>1341</v>
+        <v>1328</v>
       </c>
       <c r="M260" t="s">
         <v>20</v>
       </c>
       <c r="N260" t="s">
-        <v>1264</v>
+        <v>39</v>
       </c>
       <c r="O260" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P260" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q260" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R260" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s">
         <v>18</v>
       </c>
       <c r="B261" t="s">
-        <v>1605</v>
+        <v>1593</v>
       </c>
       <c r="C261" t="s">
         <v>20</v>
       </c>
       <c r="D261" t="s">
         <v>20</v>
       </c>
       <c r="E261" t="s">
-        <v>1606</v>
+        <v>1594</v>
       </c>
       <c r="F261" t="s">
         <v>20</v>
       </c>
       <c r="G261" t="s">
-        <v>1607</v>
+        <v>1595</v>
       </c>
       <c r="H261" t="s">
-        <v>1608</v>
+        <v>1596</v>
       </c>
       <c r="I261" t="n">
         <v>0.0</v>
       </c>
       <c r="J261" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K261" t="s">
-        <v>1609</v>
+        <v>1597</v>
       </c>
       <c r="L261" t="s">
-        <v>1610</v>
+        <v>1598</v>
       </c>
       <c r="M261" t="s">
         <v>20</v>
       </c>
       <c r="N261" t="s">
-        <v>808</v>
+        <v>1554</v>
       </c>
       <c r="O261" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="P261" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q261" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="R261" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s">
         <v>18</v>
       </c>
       <c r="B262" t="s">
-        <v>1611</v>
+        <v>1599</v>
       </c>
       <c r="C262" t="s">
         <v>20</v>
       </c>
       <c r="D262" t="s">
         <v>20</v>
       </c>
       <c r="E262" t="s">
-        <v>1612</v>
+        <v>1600</v>
       </c>
       <c r="F262" t="s">
         <v>20</v>
       </c>
       <c r="G262" t="s">
-        <v>1613</v>
+        <v>1601</v>
       </c>
       <c r="H262" t="s">
-        <v>1614</v>
+        <v>1602</v>
       </c>
       <c r="I262" t="n">
         <v>0.0</v>
       </c>
       <c r="J262" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K262" t="s">
-        <v>1615</v>
+        <v>1603</v>
       </c>
       <c r="L262" t="s">
-        <v>1353</v>
+        <v>1340</v>
       </c>
       <c r="M262" t="s">
         <v>20</v>
       </c>
       <c r="N262" t="s">
-        <v>808</v>
+        <v>81</v>
       </c>
       <c r="O262" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="P262" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q262" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="R262" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s">
         <v>18</v>
       </c>
       <c r="B263" t="s">
-        <v>1616</v>
+        <v>1604</v>
       </c>
       <c r="C263" t="s">
         <v>20</v>
       </c>
       <c r="D263" t="s">
         <v>20</v>
       </c>
       <c r="E263" t="s">
-        <v>1617</v>
+        <v>1605</v>
       </c>
       <c r="F263" t="s">
         <v>20</v>
       </c>
       <c r="G263" t="s">
-        <v>1618</v>
+        <v>1606</v>
       </c>
       <c r="H263" t="s">
-        <v>1619</v>
+        <v>1607</v>
       </c>
       <c r="I263" t="n">
         <v>0.0</v>
       </c>
       <c r="J263" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K263" t="s">
-        <v>1620</v>
+        <v>1608</v>
       </c>
       <c r="L263" t="s">
-        <v>1431</v>
+        <v>1417</v>
       </c>
       <c r="M263" t="s">
         <v>20</v>
       </c>
       <c r="N263" t="s">
-        <v>1276</v>
+        <v>1264</v>
       </c>
       <c r="O263" t="s">
-        <v>1621</v>
+        <v>1609</v>
       </c>
       <c r="P263" t="s">
-        <v>1622</v>
+        <v>1610</v>
       </c>
       <c r="Q263" t="s">
-        <v>1623</v>
+        <v>1611</v>
       </c>
       <c r="R263" t="s">
-        <v>1624</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s">
         <v>18</v>
       </c>
       <c r="B264" t="s">
-        <v>1625</v>
+        <v>1613</v>
       </c>
       <c r="C264" t="s">
         <v>20</v>
       </c>
       <c r="D264" t="s">
         <v>20</v>
       </c>
       <c r="E264" t="s">
-        <v>1626</v>
+        <v>1614</v>
       </c>
       <c r="F264" t="s">
         <v>20</v>
       </c>
       <c r="G264" t="s">
-        <v>1627</v>
+        <v>1615</v>
       </c>
       <c r="H264" t="s">
-        <v>1628</v>
+        <v>1616</v>
       </c>
       <c r="I264" t="n">
         <v>0.0</v>
       </c>
       <c r="J264" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K264" t="s">
-        <v>1629</v>
+        <v>1617</v>
       </c>
       <c r="L264" t="s">
-        <v>1630</v>
+        <v>1618</v>
       </c>
       <c r="M264" t="s">
         <v>20</v>
       </c>
       <c r="N264" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="O264" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="P264" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q264" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="R264" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s">
         <v>18</v>
       </c>
       <c r="B265" t="s">
-        <v>1631</v>
+        <v>1619</v>
       </c>
       <c r="C265" t="s">
         <v>20</v>
       </c>
       <c r="D265" t="s">
         <v>20</v>
       </c>
       <c r="E265" t="s">
-        <v>1632</v>
+        <v>1620</v>
       </c>
       <c r="F265" t="s">
         <v>20</v>
       </c>
       <c r="G265" t="s">
-        <v>1633</v>
+        <v>1621</v>
       </c>
       <c r="H265" t="s">
-        <v>1634</v>
+        <v>1622</v>
       </c>
       <c r="I265" t="n">
         <v>0.0</v>
       </c>
       <c r="J265" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K265" t="s">
-        <v>1635</v>
+        <v>1623</v>
       </c>
       <c r="L265" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="M265" t="s">
         <v>20</v>
       </c>
       <c r="N265" t="s">
-        <v>840</v>
+        <v>81</v>
       </c>
       <c r="O265" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P265" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q265" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R265" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s">
         <v>18</v>
       </c>
       <c r="B266" t="s">
-        <v>1636</v>
+        <v>1624</v>
       </c>
       <c r="C266" t="s">
         <v>20</v>
       </c>
       <c r="D266" t="s">
         <v>20</v>
       </c>
       <c r="E266" t="s">
-        <v>1637</v>
+        <v>1625</v>
       </c>
       <c r="F266" t="s">
         <v>20</v>
       </c>
       <c r="G266" t="s">
-        <v>1638</v>
+        <v>1626</v>
       </c>
       <c r="H266" t="s">
-        <v>1639</v>
+        <v>1627</v>
       </c>
       <c r="I266" t="n">
         <v>0.0</v>
       </c>
       <c r="J266" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K266" t="s">
-        <v>1640</v>
+        <v>1628</v>
       </c>
       <c r="L266" t="s">
-        <v>150</v>
+        <v>161</v>
       </c>
       <c r="M266" t="s">
         <v>20</v>
       </c>
       <c r="N266" t="s">
-        <v>1641</v>
+        <v>1629</v>
       </c>
       <c r="O266" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="P266" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="Q266" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="R266" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s">
         <v>18</v>
       </c>
       <c r="B267" t="s">
-        <v>1642</v>
+        <v>1630</v>
       </c>
       <c r="C267" t="s">
         <v>20</v>
       </c>
       <c r="D267" t="s">
         <v>20</v>
       </c>
       <c r="E267" t="s">
-        <v>1643</v>
+        <v>1631</v>
       </c>
       <c r="F267" t="s">
         <v>20</v>
       </c>
       <c r="G267" t="s">
-        <v>1644</v>
+        <v>1632</v>
       </c>
       <c r="H267" t="s">
-        <v>1645</v>
+        <v>1633</v>
       </c>
       <c r="I267" t="n">
         <v>0.0</v>
       </c>
       <c r="J267" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K267" t="s">
-        <v>1646</v>
+        <v>1634</v>
       </c>
       <c r="L267" t="s">
-        <v>1647</v>
+        <v>1635</v>
       </c>
       <c r="M267" t="s">
         <v>20</v>
       </c>
       <c r="N267" t="s">
-        <v>1264</v>
+        <v>1253</v>
       </c>
       <c r="O267" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P267" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q267" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R267" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s">
         <v>18</v>
       </c>
       <c r="B268" t="s">
-        <v>1648</v>
+        <v>1636</v>
       </c>
       <c r="C268" t="s">
         <v>20</v>
       </c>
       <c r="D268" t="s">
         <v>20</v>
       </c>
       <c r="E268" t="s">
-        <v>1649</v>
+        <v>1637</v>
       </c>
       <c r="F268" t="s">
         <v>20</v>
       </c>
       <c r="G268" t="s">
-        <v>1650</v>
+        <v>1638</v>
       </c>
       <c r="H268" t="s">
-        <v>1651</v>
+        <v>1639</v>
       </c>
       <c r="I268" t="n">
         <v>0.0</v>
       </c>
       <c r="J268" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K268" t="s">
-        <v>1652</v>
+        <v>1640</v>
       </c>
       <c r="L268" t="s">
-        <v>1653</v>
+        <v>1641</v>
       </c>
       <c r="M268" t="s">
         <v>20</v>
       </c>
       <c r="N268" t="s">
-        <v>808</v>
+        <v>818</v>
       </c>
       <c r="O268" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P268" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q268" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R268" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s">
         <v>18</v>
       </c>
       <c r="B269" t="s">
-        <v>1654</v>
+        <v>1642</v>
       </c>
       <c r="C269" t="s">
         <v>20</v>
       </c>
       <c r="D269" t="s">
         <v>20</v>
       </c>
       <c r="E269" t="s">
-        <v>1655</v>
+        <v>1643</v>
       </c>
       <c r="F269" t="s">
         <v>20</v>
       </c>
       <c r="G269" t="s">
-        <v>1656</v>
+        <v>1644</v>
       </c>
       <c r="H269" t="s">
-        <v>1657</v>
+        <v>1645</v>
       </c>
       <c r="I269" t="n">
         <v>0.0</v>
       </c>
       <c r="J269" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K269" t="s">
-        <v>1658</v>
+        <v>1646</v>
       </c>
       <c r="L269" t="s">
-        <v>1659</v>
+        <v>1647</v>
       </c>
       <c r="M269" t="s">
         <v>20</v>
       </c>
       <c r="N269" t="s">
-        <v>808</v>
+        <v>81</v>
       </c>
       <c r="O269" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="P269" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="Q269" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="R269" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s">
         <v>18</v>
       </c>
       <c r="B270" t="s">
-        <v>1660</v>
+        <v>1648</v>
       </c>
       <c r="C270" t="s">
         <v>20</v>
       </c>
       <c r="D270" t="s">
         <v>20</v>
       </c>
       <c r="E270" t="s">
-        <v>1661</v>
+        <v>1649</v>
       </c>
       <c r="F270" t="s">
         <v>20</v>
       </c>
       <c r="G270" t="s">
-        <v>1662</v>
+        <v>1650</v>
       </c>
       <c r="H270" t="s">
-        <v>1663</v>
+        <v>1651</v>
       </c>
       <c r="I270" t="n">
         <v>0.0</v>
       </c>
       <c r="J270" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K270" t="s">
-        <v>1664</v>
+        <v>1652</v>
       </c>
       <c r="L270" t="s">
-        <v>1610</v>
+        <v>1598</v>
       </c>
       <c r="M270" t="s">
         <v>20</v>
       </c>
       <c r="N270" t="s">
-        <v>1264</v>
+        <v>39</v>
       </c>
       <c r="O270" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="P270" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="Q270" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="R270" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s">
         <v>18</v>
       </c>
       <c r="B271" t="s">
-        <v>1665</v>
+        <v>1653</v>
       </c>
       <c r="C271" t="s">
         <v>20</v>
       </c>
       <c r="D271" t="s">
         <v>20</v>
       </c>
       <c r="E271" t="s">
-        <v>1666</v>
+        <v>1654</v>
       </c>
       <c r="F271" t="s">
         <v>20</v>
       </c>
       <c r="G271" t="s">
-        <v>1667</v>
+        <v>1655</v>
       </c>
       <c r="H271" t="s">
-        <v>1668</v>
+        <v>1656</v>
       </c>
       <c r="I271" t="n">
         <v>0.0</v>
       </c>
       <c r="J271" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K271" t="s">
-        <v>1669</v>
+        <v>1657</v>
       </c>
       <c r="L271" t="s">
-        <v>1670</v>
+        <v>1658</v>
       </c>
       <c r="M271" t="s">
         <v>20</v>
       </c>
       <c r="N271" t="s">
-        <v>1271</v>
+        <v>27</v>
       </c>
       <c r="O271" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P271" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q271" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R271" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s">
         <v>18</v>
       </c>
       <c r="B272" t="s">
-        <v>1671</v>
+        <v>1659</v>
       </c>
       <c r="C272" t="s">
         <v>20</v>
       </c>
       <c r="D272" t="s">
         <v>20</v>
       </c>
       <c r="E272" t="s">
-        <v>1672</v>
+        <v>1660</v>
       </c>
       <c r="F272" t="s">
         <v>20</v>
       </c>
       <c r="G272" t="s">
-        <v>1673</v>
+        <v>1661</v>
       </c>
       <c r="H272" t="s">
-        <v>1674</v>
+        <v>1662</v>
       </c>
       <c r="I272" t="n">
         <v>0.0</v>
       </c>
       <c r="J272" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K272" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="L272" t="s">
-        <v>1431</v>
+        <v>1417</v>
       </c>
       <c r="M272" t="s">
         <v>20</v>
       </c>
       <c r="N272" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="O272" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P272" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q272" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R272" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s">
         <v>18</v>
       </c>
       <c r="B273" t="s">
-        <v>1675</v>
+        <v>1663</v>
       </c>
       <c r="C273" t="s">
         <v>20</v>
       </c>
       <c r="D273" t="s">
         <v>20</v>
       </c>
       <c r="E273" t="s">
-        <v>1676</v>
+        <v>1664</v>
       </c>
       <c r="F273" t="s">
         <v>20</v>
       </c>
       <c r="G273" t="s">
-        <v>1677</v>
+        <v>1665</v>
       </c>
       <c r="H273" t="s">
-        <v>1678</v>
+        <v>1666</v>
       </c>
       <c r="I273" t="n">
         <v>0.0</v>
       </c>
       <c r="J273" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K273" t="s">
-        <v>1679</v>
+        <v>1667</v>
       </c>
       <c r="L273" t="s">
-        <v>1270</v>
+        <v>1259</v>
       </c>
       <c r="M273" t="s">
         <v>20</v>
       </c>
       <c r="N273" t="s">
-        <v>1219</v>
+        <v>1208</v>
       </c>
       <c r="O273" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P273" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q273" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R273" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s">
         <v>18</v>
       </c>
       <c r="B274" t="s">
-        <v>1680</v>
+        <v>1668</v>
       </c>
       <c r="C274" t="s">
         <v>20</v>
       </c>
       <c r="D274" t="s">
         <v>20</v>
       </c>
       <c r="E274" t="s">
-        <v>1681</v>
+        <v>1669</v>
       </c>
       <c r="F274" t="s">
         <v>20</v>
       </c>
       <c r="G274" t="s">
-        <v>1682</v>
+        <v>1670</v>
       </c>
       <c r="H274" t="s">
-        <v>1683</v>
+        <v>1671</v>
       </c>
       <c r="I274" t="n">
         <v>0.0</v>
       </c>
       <c r="J274" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K274" t="s">
-        <v>1684</v>
+        <v>1672</v>
       </c>
       <c r="L274" t="s">
-        <v>1685</v>
+        <v>1673</v>
       </c>
       <c r="M274" t="s">
         <v>20</v>
       </c>
       <c r="N274" t="s">
-        <v>1271</v>
+        <v>39</v>
       </c>
       <c r="O274" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P274" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q274" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R274" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s">
         <v>18</v>
       </c>
       <c r="B275" t="s">
-        <v>1686</v>
+        <v>1674</v>
       </c>
       <c r="C275" t="s">
         <v>20</v>
       </c>
       <c r="D275" t="s">
         <v>20</v>
       </c>
       <c r="E275" t="s">
-        <v>1687</v>
+        <v>1675</v>
       </c>
       <c r="F275" t="s">
         <v>20</v>
       </c>
       <c r="G275" t="s">
-        <v>1688</v>
+        <v>1676</v>
       </c>
       <c r="H275" t="s">
-        <v>1689</v>
+        <v>1677</v>
       </c>
       <c r="I275" t="n">
         <v>0.0</v>
       </c>
       <c r="J275" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K275" t="s">
-        <v>1690</v>
+        <v>1678</v>
       </c>
       <c r="L275" t="s">
-        <v>891</v>
+        <v>886</v>
       </c>
       <c r="M275" t="s">
         <v>20</v>
       </c>
       <c r="N275" t="s">
-        <v>650</v>
+        <v>81</v>
       </c>
       <c r="O275" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P275" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q275" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R275" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s">
         <v>18</v>
       </c>
       <c r="B276" t="s">
-        <v>1691</v>
+        <v>1679</v>
       </c>
       <c r="C276" t="s">
         <v>20</v>
       </c>
       <c r="D276" t="s">
         <v>20</v>
       </c>
       <c r="E276" t="s">
-        <v>1692</v>
+        <v>1680</v>
       </c>
       <c r="F276" t="s">
         <v>20</v>
       </c>
       <c r="G276" t="s">
-        <v>1693</v>
+        <v>1681</v>
       </c>
       <c r="H276" t="s">
-        <v>1694</v>
+        <v>1682</v>
       </c>
       <c r="I276" t="n">
         <v>0.0</v>
       </c>
       <c r="J276" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K276" t="s">
-        <v>1695</v>
+        <v>1683</v>
       </c>
       <c r="L276" t="s">
-        <v>1610</v>
+        <v>1598</v>
       </c>
       <c r="M276" t="s">
         <v>20</v>
       </c>
       <c r="N276" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="O276" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="P276" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q276" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="R276" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s">
         <v>18</v>
       </c>
       <c r="B277" t="s">
-        <v>1696</v>
+        <v>1684</v>
       </c>
       <c r="C277" t="s">
         <v>20</v>
       </c>
       <c r="D277" t="s">
         <v>20</v>
       </c>
       <c r="E277" t="s">
-        <v>1697</v>
+        <v>1685</v>
       </c>
       <c r="F277" t="s">
         <v>20</v>
       </c>
       <c r="G277" t="s">
-        <v>1698</v>
+        <v>1686</v>
       </c>
       <c r="H277" t="s">
-        <v>1699</v>
+        <v>1687</v>
       </c>
       <c r="I277" t="n">
         <v>0.0</v>
       </c>
       <c r="J277" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K277" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="L277" t="s">
-        <v>1700</v>
+        <v>1688</v>
       </c>
       <c r="M277" t="s">
         <v>20</v>
       </c>
       <c r="N277" t="s">
-        <v>840</v>
+        <v>70</v>
       </c>
       <c r="O277" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P277" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q277" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R277" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s">
         <v>18</v>
       </c>
       <c r="B278" t="s">
-        <v>1701</v>
+        <v>1689</v>
       </c>
       <c r="C278" t="s">
         <v>20</v>
       </c>
       <c r="D278" t="s">
         <v>20</v>
       </c>
       <c r="E278" t="s">
-        <v>1702</v>
+        <v>1690</v>
       </c>
       <c r="F278" t="s">
         <v>20</v>
       </c>
       <c r="G278" t="s">
-        <v>1703</v>
+        <v>1691</v>
       </c>
       <c r="H278" t="s">
-        <v>1704</v>
+        <v>1692</v>
       </c>
       <c r="I278" t="n">
         <v>0.0</v>
       </c>
       <c r="J278" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K278" t="s">
-        <v>1705</v>
+        <v>1693</v>
       </c>
       <c r="L278" t="s">
-        <v>1706</v>
+        <v>1694</v>
       </c>
       <c r="M278" t="s">
         <v>20</v>
       </c>
       <c r="N278" t="s">
-        <v>808</v>
+        <v>81</v>
       </c>
       <c r="O278" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="P278" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="Q278" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="R278" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s">
         <v>18</v>
       </c>
       <c r="B279" t="s">
-        <v>1707</v>
+        <v>1695</v>
       </c>
       <c r="C279" t="s">
         <v>20</v>
       </c>
       <c r="D279" t="s">
         <v>20</v>
       </c>
       <c r="E279" t="s">
-        <v>1708</v>
+        <v>1696</v>
       </c>
       <c r="F279" t="s">
         <v>20</v>
       </c>
       <c r="G279" t="s">
-        <v>1709</v>
+        <v>1697</v>
       </c>
       <c r="H279" t="s">
-        <v>1710</v>
+        <v>1698</v>
       </c>
       <c r="I279" t="n">
         <v>0.0</v>
       </c>
       <c r="J279" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K279" t="s">
-        <v>1711</v>
+        <v>1699</v>
       </c>
       <c r="L279" t="s">
-        <v>1712</v>
+        <v>1700</v>
       </c>
       <c r="M279" t="s">
         <v>20</v>
       </c>
       <c r="N279" t="s">
-        <v>1271</v>
+        <v>39</v>
       </c>
       <c r="O279" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P279" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q279" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R279" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s">
         <v>18</v>
       </c>
       <c r="B280" t="s">
-        <v>1713</v>
+        <v>1701</v>
       </c>
       <c r="C280" t="s">
         <v>20</v>
       </c>
       <c r="D280" t="s">
         <v>20</v>
       </c>
       <c r="E280" t="s">
-        <v>1714</v>
+        <v>1702</v>
       </c>
       <c r="F280" t="s">
         <v>20</v>
       </c>
       <c r="G280" t="s">
-        <v>1715</v>
+        <v>1703</v>
       </c>
       <c r="H280" t="s">
-        <v>1716</v>
+        <v>1704</v>
       </c>
       <c r="I280" t="n">
         <v>0.0</v>
       </c>
       <c r="J280" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K280" t="s">
-        <v>1717</v>
+        <v>1705</v>
       </c>
       <c r="L280" t="s">
-        <v>1718</v>
+        <v>1706</v>
       </c>
       <c r="M280" t="s">
         <v>20</v>
       </c>
       <c r="N280" t="s">
-        <v>904</v>
+        <v>236</v>
       </c>
       <c r="O280" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="P280" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q280" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R280" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s">
         <v>18</v>
       </c>
       <c r="B281" t="s">
-        <v>1719</v>
+        <v>1707</v>
       </c>
       <c r="C281" t="s">
         <v>20</v>
       </c>
       <c r="D281" t="s">
         <v>20</v>
       </c>
       <c r="E281" t="s">
-        <v>1720</v>
+        <v>1708</v>
       </c>
       <c r="F281" t="s">
         <v>20</v>
       </c>
       <c r="G281" t="s">
-        <v>1721</v>
+        <v>1709</v>
       </c>
       <c r="H281" t="s">
-        <v>1722</v>
+        <v>1710</v>
       </c>
       <c r="I281" t="n">
         <v>0.0</v>
       </c>
       <c r="J281" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="K281" t="s">
-        <v>1723</v>
+        <v>1711</v>
       </c>
       <c r="L281" t="s">
-        <v>1724</v>
+        <v>1712</v>
       </c>
       <c r="M281" t="s">
         <v>20</v>
       </c>
       <c r="N281" t="s">
-        <v>784</v>
+        <v>783</v>
       </c>
       <c r="O281" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="P281" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="Q281" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="R281" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s">
         <v>18</v>
       </c>
       <c r="B282" t="s">
-        <v>1725</v>
+        <v>1713</v>
       </c>
       <c r="C282" t="s">
         <v>20</v>
       </c>
       <c r="D282" t="s">
         <v>20</v>
       </c>
       <c r="E282" t="s">
-        <v>1726</v>
+        <v>1714</v>
       </c>
       <c r="F282" t="s">
         <v>20</v>
       </c>
       <c r="G282" t="s">
-        <v>1727</v>
+        <v>1715</v>
       </c>
       <c r="H282" t="s">
-        <v>1728</v>
+        <v>1716</v>
       </c>
       <c r="I282" t="n">
         <v>0.0</v>
       </c>
       <c r="J282" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K282" t="s">
-        <v>1729</v>
+        <v>1717</v>
       </c>
       <c r="L282" t="s">
-        <v>1730</v>
+        <v>1718</v>
       </c>
       <c r="M282" t="s">
         <v>20</v>
       </c>
       <c r="N282" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="O282" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P282" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q282" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R282" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s">
         <v>18</v>
       </c>
       <c r="B283" t="s">
-        <v>1731</v>
+        <v>1719</v>
       </c>
       <c r="C283" t="s">
         <v>20</v>
       </c>
       <c r="D283" t="s">
         <v>20</v>
       </c>
       <c r="E283" t="s">
-        <v>1732</v>
+        <v>1720</v>
       </c>
       <c r="F283" t="s">
         <v>20</v>
       </c>
       <c r="G283" t="s">
-        <v>1733</v>
+        <v>1721</v>
       </c>
       <c r="H283" t="s">
-        <v>1734</v>
+        <v>1722</v>
       </c>
       <c r="I283" t="n">
         <v>0.0</v>
       </c>
       <c r="J283" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K283" t="s">
-        <v>1735</v>
+        <v>1723</v>
       </c>
       <c r="L283" t="s">
-        <v>1736</v>
+        <v>1724</v>
       </c>
       <c r="M283" t="s">
         <v>20</v>
       </c>
       <c r="N283" t="s">
-        <v>847</v>
+        <v>70</v>
       </c>
       <c r="O283" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="P283" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="Q283" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R283" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s">
         <v>18</v>
       </c>
       <c r="B284" t="s">
-        <v>1737</v>
+        <v>1725</v>
       </c>
       <c r="C284" t="s">
         <v>20</v>
       </c>
       <c r="D284" t="s">
         <v>20</v>
       </c>
       <c r="E284" t="s">
-        <v>1738</v>
+        <v>1726</v>
       </c>
       <c r="F284" t="s">
         <v>20</v>
       </c>
       <c r="G284" t="s">
-        <v>1739</v>
+        <v>1727</v>
       </c>
       <c r="H284" t="s">
-        <v>1740</v>
+        <v>1728</v>
       </c>
       <c r="I284" t="n">
         <v>0.0</v>
       </c>
       <c r="J284" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K284" t="s">
-        <v>1172</v>
+        <v>1161</v>
       </c>
       <c r="L284" t="s">
-        <v>1329</v>
+        <v>1316</v>
       </c>
       <c r="M284" t="s">
         <v>20</v>
       </c>
       <c r="N284" t="s">
-        <v>636</v>
+        <v>1729</v>
       </c>
       <c r="O284" t="s">
-        <v>1741</v>
+        <v>1730</v>
       </c>
       <c r="P284" t="s">
-        <v>1742</v>
+        <v>1731</v>
       </c>
       <c r="Q284" t="s">
-        <v>1743</v>
+        <v>1732</v>
       </c>
       <c r="R284" t="s">
-        <v>1744</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s">
         <v>18</v>
       </c>
       <c r="B285" t="s">
-        <v>1745</v>
+        <v>1734</v>
       </c>
       <c r="C285" t="s">
         <v>20</v>
       </c>
       <c r="D285" t="s">
         <v>20</v>
       </c>
       <c r="E285" t="s">
-        <v>1738</v>
+        <v>1726</v>
       </c>
       <c r="F285" t="s">
         <v>20</v>
       </c>
       <c r="G285" t="s">
-        <v>1746</v>
+        <v>1735</v>
       </c>
       <c r="H285" t="s">
-        <v>1747</v>
+        <v>1736</v>
       </c>
       <c r="I285" t="n">
         <v>0.0</v>
       </c>
       <c r="J285" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K285" t="s">
-        <v>1052</v>
+        <v>1041</v>
       </c>
       <c r="L285" t="s">
-        <v>138</v>
+        <v>149</v>
       </c>
       <c r="M285" t="s">
         <v>20</v>
       </c>
       <c r="N285" t="s">
         <v>650</v>
       </c>
       <c r="O285" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P285" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q285" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R285" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s">
         <v>18</v>
       </c>
       <c r="B286" t="s">
-        <v>1748</v>
+        <v>1737</v>
       </c>
       <c r="C286" t="s">
         <v>20</v>
       </c>
       <c r="D286" t="s">
         <v>20</v>
       </c>
       <c r="E286" t="s">
-        <v>1749</v>
+        <v>1738</v>
       </c>
       <c r="F286" t="s">
         <v>20</v>
       </c>
       <c r="G286" t="s">
-        <v>1750</v>
+        <v>1739</v>
       </c>
       <c r="H286" t="s">
-        <v>1751</v>
+        <v>1740</v>
       </c>
       <c r="I286" t="n">
         <v>0.0</v>
       </c>
       <c r="J286" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K286" t="s">
-        <v>1752</v>
+        <v>1741</v>
       </c>
       <c r="L286" t="s">
-        <v>1724</v>
+        <v>1712</v>
       </c>
       <c r="M286" t="s">
         <v>20</v>
       </c>
       <c r="N286" t="s">
         <v>650</v>
       </c>
       <c r="O286" t="s">
-        <v>1753</v>
+        <v>1742</v>
       </c>
       <c r="P286" t="s">
-        <v>1754</v>
+        <v>1743</v>
       </c>
       <c r="Q286" t="s">
-        <v>1755</v>
+        <v>1744</v>
       </c>
       <c r="R286" t="s">
-        <v>1756</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s">
         <v>18</v>
       </c>
       <c r="B287" t="s">
-        <v>1757</v>
+        <v>1746</v>
       </c>
       <c r="C287" t="s">
         <v>20</v>
       </c>
       <c r="D287" t="s">
         <v>20</v>
       </c>
       <c r="E287" t="s">
-        <v>1758</v>
+        <v>1747</v>
       </c>
       <c r="F287" t="s">
         <v>20</v>
       </c>
       <c r="G287" t="s">
-        <v>1759</v>
+        <v>1748</v>
       </c>
       <c r="H287" t="s">
-        <v>1760</v>
+        <v>1749</v>
       </c>
       <c r="I287" t="n">
         <v>0.0</v>
       </c>
       <c r="J287" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K287" t="s">
-        <v>1761</v>
+        <v>1750</v>
       </c>
       <c r="L287" t="s">
-        <v>1762</v>
+        <v>1751</v>
       </c>
       <c r="M287" t="s">
         <v>20</v>
       </c>
       <c r="N287" t="s">
-        <v>1219</v>
+        <v>1208</v>
       </c>
       <c r="O287" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="P287" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="Q287" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="R287" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s">
         <v>18</v>
       </c>
       <c r="B288" t="s">
-        <v>1763</v>
+        <v>1752</v>
       </c>
       <c r="C288" t="s">
         <v>20</v>
       </c>
       <c r="D288" t="s">
         <v>20</v>
       </c>
       <c r="E288" t="s">
-        <v>1764</v>
+        <v>1753</v>
       </c>
       <c r="F288" t="s">
         <v>20</v>
       </c>
       <c r="G288" t="s">
-        <v>1765</v>
+        <v>1754</v>
       </c>
       <c r="H288" t="s">
-        <v>1766</v>
+        <v>1755</v>
       </c>
       <c r="I288" t="n">
         <v>0.0</v>
       </c>
       <c r="J288" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K288" t="s">
-        <v>1767</v>
+        <v>1756</v>
       </c>
       <c r="L288" t="s">
-        <v>1768</v>
+        <v>1757</v>
       </c>
       <c r="M288" t="s">
         <v>20</v>
       </c>
       <c r="N288" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="O288" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="P288" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q288" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="R288" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s">
         <v>18</v>
       </c>
       <c r="B289" t="s">
-        <v>1769</v>
+        <v>1758</v>
       </c>
       <c r="C289" t="s">
         <v>20</v>
       </c>
       <c r="D289" t="s">
         <v>20</v>
       </c>
       <c r="E289" t="s">
-        <v>1764</v>
+        <v>1753</v>
       </c>
       <c r="F289" t="s">
         <v>20</v>
       </c>
       <c r="G289" t="s">
-        <v>1770</v>
+        <v>1759</v>
       </c>
       <c r="H289" t="s">
-        <v>1771</v>
+        <v>1760</v>
       </c>
       <c r="I289" t="n">
         <v>0.0</v>
       </c>
       <c r="J289" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K289" t="s">
-        <v>1772</v>
+        <v>1761</v>
       </c>
       <c r="L289" t="s">
-        <v>1773</v>
+        <v>1762</v>
       </c>
       <c r="M289" t="s">
         <v>20</v>
       </c>
       <c r="N289" t="s">
-        <v>784</v>
+        <v>783</v>
       </c>
       <c r="O289" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P289" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q289" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R289" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s">
         <v>18</v>
       </c>
       <c r="B290" t="s">
-        <v>1774</v>
+        <v>1763</v>
       </c>
       <c r="C290" t="s">
         <v>20</v>
       </c>
       <c r="D290" t="s">
         <v>20</v>
       </c>
       <c r="E290" t="s">
-        <v>1775</v>
+        <v>1764</v>
       </c>
       <c r="F290" t="s">
         <v>20</v>
       </c>
       <c r="G290" t="s">
-        <v>1776</v>
+        <v>1765</v>
       </c>
       <c r="H290" t="s">
-        <v>1777</v>
+        <v>1766</v>
       </c>
       <c r="I290" t="n">
         <v>0.0</v>
       </c>
       <c r="J290" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K290" t="s">
-        <v>1778</v>
+        <v>1767</v>
       </c>
       <c r="L290" t="s">
-        <v>1779</v>
+        <v>1768</v>
       </c>
       <c r="M290" t="s">
         <v>20</v>
       </c>
       <c r="N290" t="s">
         <v>650</v>
       </c>
       <c r="O290" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P290" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q290" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R290" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s">
         <v>18</v>
       </c>
       <c r="B291" t="s">
-        <v>1780</v>
+        <v>1769</v>
       </c>
       <c r="C291" t="s">
         <v>20</v>
       </c>
       <c r="D291" t="s">
         <v>20</v>
       </c>
       <c r="E291" t="s">
-        <v>1775</v>
+        <v>1764</v>
       </c>
       <c r="F291" t="s">
         <v>20</v>
       </c>
       <c r="G291" t="s">
-        <v>1781</v>
+        <v>1770</v>
       </c>
       <c r="H291" t="s">
-        <v>1782</v>
+        <v>1771</v>
       </c>
       <c r="I291" t="n">
         <v>0.0</v>
       </c>
       <c r="J291" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K291" t="s">
-        <v>1783</v>
+        <v>1772</v>
       </c>
       <c r="L291" t="s">
-        <v>1779</v>
+        <v>1768</v>
       </c>
       <c r="M291" t="s">
         <v>20</v>
       </c>
       <c r="N291" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="O291" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P291" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q291" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R291" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s">
         <v>18</v>
       </c>
       <c r="B292" t="s">
-        <v>1784</v>
+        <v>1773</v>
       </c>
       <c r="C292" t="s">
         <v>20</v>
       </c>
       <c r="D292" t="s">
         <v>20</v>
       </c>
       <c r="E292" t="s">
-        <v>1785</v>
+        <v>1774</v>
       </c>
       <c r="F292" t="s">
         <v>20</v>
       </c>
       <c r="G292" t="s">
-        <v>1786</v>
+        <v>1775</v>
       </c>
       <c r="H292" t="s">
-        <v>1787</v>
+        <v>1776</v>
       </c>
       <c r="I292" t="n">
         <v>0.0</v>
       </c>
       <c r="J292" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K292" t="s">
-        <v>1788</v>
+        <v>1777</v>
       </c>
       <c r="L292" t="s">
-        <v>1409</v>
+        <v>1394</v>
       </c>
       <c r="M292" t="s">
         <v>20</v>
       </c>
       <c r="N292" t="s">
-        <v>1789</v>
+        <v>1778</v>
       </c>
       <c r="O292" t="s">
-        <v>1790</v>
+        <v>1779</v>
       </c>
       <c r="P292" t="s">
-        <v>1791</v>
+        <v>1780</v>
       </c>
       <c r="Q292" t="s">
-        <v>256</v>
+        <v>266</v>
       </c>
       <c r="R292" t="s">
-        <v>1792</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="s">
         <v>18</v>
       </c>
       <c r="B293" t="s">
-        <v>1793</v>
+        <v>1782</v>
       </c>
       <c r="C293" t="s">
         <v>20</v>
       </c>
       <c r="D293" t="s">
         <v>20</v>
       </c>
       <c r="E293" t="s">
-        <v>1794</v>
+        <v>1783</v>
       </c>
       <c r="F293" t="s">
         <v>20</v>
       </c>
       <c r="G293" t="s">
-        <v>1795</v>
+        <v>1784</v>
       </c>
       <c r="H293" t="s">
-        <v>1796</v>
+        <v>1785</v>
       </c>
       <c r="I293" t="n">
         <v>0.0</v>
       </c>
       <c r="J293" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K293" t="s">
-        <v>1797</v>
+        <v>1786</v>
       </c>
       <c r="L293" t="s">
-        <v>1798</v>
+        <v>1787</v>
       </c>
       <c r="M293" t="s">
         <v>20</v>
       </c>
       <c r="N293" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="O293" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P293" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q293" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R293" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="s">
         <v>18</v>
       </c>
       <c r="B294" t="s">
-        <v>1799</v>
+        <v>1788</v>
       </c>
       <c r="C294" t="s">
         <v>20</v>
       </c>
       <c r="D294" t="s">
         <v>20</v>
       </c>
       <c r="E294" t="s">
-        <v>1800</v>
+        <v>1789</v>
       </c>
       <c r="F294" t="s">
         <v>20</v>
       </c>
       <c r="G294" t="s">
-        <v>1801</v>
+        <v>1790</v>
       </c>
       <c r="H294" t="s">
-        <v>1802</v>
+        <v>1791</v>
       </c>
       <c r="I294" t="n">
         <v>0.0</v>
       </c>
       <c r="J294" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K294" t="s">
-        <v>1803</v>
+        <v>1792</v>
       </c>
       <c r="L294" t="s">
-        <v>1804</v>
+        <v>1793</v>
       </c>
       <c r="M294" t="s">
         <v>20</v>
       </c>
       <c r="N294" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="O294" t="s">
-        <v>390</v>
+        <v>28</v>
       </c>
       <c r="P294" t="s">
-        <v>391</v>
+        <v>29</v>
       </c>
       <c r="Q294" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R294" t="s">
-        <v>392</v>
+        <v>31</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="s">
         <v>18</v>
       </c>
       <c r="B295" t="s">
-        <v>1805</v>
+        <v>1794</v>
       </c>
       <c r="C295" t="s">
         <v>20</v>
       </c>
       <c r="D295" t="s">
         <v>20</v>
       </c>
       <c r="E295" t="s">
-        <v>1806</v>
+        <v>1795</v>
       </c>
       <c r="F295" t="s">
         <v>20</v>
       </c>
       <c r="G295" t="s">
-        <v>1807</v>
+        <v>1796</v>
       </c>
       <c r="H295" t="s">
-        <v>1808</v>
+        <v>1797</v>
       </c>
       <c r="I295" t="n">
         <v>0.0</v>
       </c>
       <c r="J295" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K295" t="s">
-        <v>1809</v>
+        <v>1798</v>
       </c>
       <c r="L295" t="s">
-        <v>1810</v>
+        <v>1799</v>
       </c>
       <c r="M295" t="s">
         <v>20</v>
       </c>
       <c r="N295" t="s">
         <v>650</v>
       </c>
       <c r="O295" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P295" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q295" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R295" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="s">
         <v>18</v>
       </c>
       <c r="B296" t="s">
-        <v>1811</v>
+        <v>1800</v>
       </c>
       <c r="C296" t="s">
         <v>20</v>
       </c>
       <c r="D296" t="s">
         <v>20</v>
       </c>
       <c r="E296" t="s">
-        <v>1812</v>
+        <v>1801</v>
       </c>
       <c r="F296" t="s">
         <v>20</v>
       </c>
       <c r="G296" t="s">
-        <v>1813</v>
+        <v>1802</v>
       </c>
       <c r="H296" t="s">
-        <v>1814</v>
+        <v>1803</v>
       </c>
       <c r="I296" t="n">
         <v>0.0</v>
       </c>
       <c r="J296" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K296" t="s">
-        <v>1815</v>
+        <v>1804</v>
       </c>
       <c r="L296" t="s">
-        <v>897</v>
+        <v>892</v>
       </c>
       <c r="M296" t="s">
         <v>20</v>
       </c>
       <c r="N296" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="O296" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P296" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q296" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R296" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="s">
         <v>18</v>
       </c>
       <c r="B297" t="s">
-        <v>1816</v>
+        <v>1805</v>
       </c>
       <c r="C297" t="s">
         <v>20</v>
       </c>
       <c r="D297" t="s">
         <v>20</v>
       </c>
       <c r="E297" t="s">
-        <v>1817</v>
+        <v>1806</v>
       </c>
       <c r="F297" t="s">
         <v>20</v>
       </c>
       <c r="G297" t="s">
-        <v>1818</v>
+        <v>1807</v>
       </c>
       <c r="H297" t="s">
-        <v>1819</v>
+        <v>1808</v>
       </c>
       <c r="I297" t="n">
         <v>0.0</v>
       </c>
       <c r="J297" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K297" t="s">
-        <v>1820</v>
+        <v>1809</v>
       </c>
       <c r="L297" t="s">
-        <v>1821</v>
+        <v>1810</v>
       </c>
       <c r="M297" t="s">
         <v>20</v>
       </c>
       <c r="N297" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="O297" t="s">
-        <v>1822</v>
+        <v>1811</v>
       </c>
       <c r="P297" t="s">
-        <v>1823</v>
+        <v>1812</v>
       </c>
       <c r="Q297" t="s">
-        <v>1824</v>
+        <v>1813</v>
       </c>
       <c r="R297" t="s">
-        <v>1825</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="s">
         <v>18</v>
       </c>
       <c r="B298" t="s">
-        <v>1826</v>
+        <v>1815</v>
       </c>
       <c r="C298" t="s">
         <v>20</v>
       </c>
       <c r="D298" t="s">
         <v>20</v>
       </c>
       <c r="E298" t="s">
-        <v>1827</v>
+        <v>1816</v>
       </c>
       <c r="F298" t="s">
         <v>20</v>
       </c>
       <c r="G298" t="s">
-        <v>1828</v>
+        <v>1817</v>
       </c>
       <c r="H298" t="s">
-        <v>1829</v>
+        <v>1818</v>
       </c>
       <c r="I298" t="n">
         <v>0.0</v>
       </c>
       <c r="J298" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K298" t="s">
-        <v>1830</v>
+        <v>1819</v>
       </c>
       <c r="L298" t="s">
-        <v>1831</v>
+        <v>1820</v>
       </c>
       <c r="M298" t="s">
         <v>20</v>
       </c>
       <c r="N298" t="s">
-        <v>1323</v>
+        <v>39</v>
       </c>
       <c r="O298" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P298" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q298" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R298" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="s">
         <v>18</v>
       </c>
       <c r="B299" t="s">
-        <v>1832</v>
+        <v>1821</v>
       </c>
       <c r="C299" t="s">
         <v>20</v>
       </c>
       <c r="D299" t="s">
         <v>20</v>
       </c>
       <c r="E299" t="s">
-        <v>1833</v>
+        <v>1822</v>
       </c>
       <c r="F299" t="s">
         <v>20</v>
       </c>
       <c r="G299" t="s">
-        <v>1834</v>
+        <v>1823</v>
       </c>
       <c r="H299" t="s">
-        <v>1835</v>
+        <v>1824</v>
       </c>
       <c r="I299" t="n">
         <v>0.0</v>
       </c>
       <c r="J299" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K299" t="s">
-        <v>1836</v>
+        <v>1825</v>
       </c>
       <c r="L299" t="s">
-        <v>1837</v>
+        <v>1826</v>
       </c>
       <c r="M299" t="s">
         <v>20</v>
       </c>
       <c r="N299" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="O299" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P299" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q299" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R299" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="s">
         <v>18</v>
       </c>
       <c r="B300" t="s">
-        <v>1838</v>
+        <v>1827</v>
       </c>
       <c r="C300" t="s">
         <v>20</v>
       </c>
       <c r="D300" t="s">
         <v>20</v>
       </c>
       <c r="E300" t="s">
-        <v>1839</v>
+        <v>1828</v>
       </c>
       <c r="F300" t="s">
         <v>20</v>
       </c>
       <c r="G300" t="s">
-        <v>1840</v>
+        <v>1829</v>
       </c>
       <c r="H300" t="s">
-        <v>1841</v>
+        <v>1830</v>
       </c>
       <c r="I300" t="n">
         <v>0.0</v>
       </c>
       <c r="J300" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K300" t="s">
-        <v>1842</v>
+        <v>1831</v>
       </c>
       <c r="L300" t="s">
-        <v>1509</v>
+        <v>1495</v>
       </c>
       <c r="M300" t="s">
         <v>20</v>
       </c>
       <c r="N300" t="s">
-        <v>1360</v>
+        <v>236</v>
       </c>
       <c r="O300" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P300" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q300" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R300" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="s">
         <v>18</v>
       </c>
       <c r="B301" t="s">
-        <v>1843</v>
+        <v>1832</v>
       </c>
       <c r="C301" t="s">
         <v>20</v>
       </c>
       <c r="D301" t="s">
         <v>20</v>
       </c>
       <c r="E301" t="s">
-        <v>1844</v>
+        <v>1833</v>
       </c>
       <c r="F301" t="s">
         <v>20</v>
       </c>
       <c r="G301" t="s">
-        <v>1845</v>
+        <v>1834</v>
       </c>
       <c r="H301" t="s">
-        <v>1846</v>
+        <v>1835</v>
       </c>
       <c r="I301" t="n">
         <v>0.0</v>
       </c>
       <c r="J301" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K301" t="s">
-        <v>1847</v>
+        <v>1836</v>
       </c>
       <c r="L301" t="s">
-        <v>1804</v>
+        <v>1793</v>
       </c>
       <c r="M301" t="s">
         <v>20</v>
       </c>
       <c r="N301" t="s">
         <v>650</v>
       </c>
       <c r="O301" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P301" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q301" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R301" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="s">
         <v>18</v>
       </c>
       <c r="B302" t="s">
-        <v>1848</v>
+        <v>1837</v>
       </c>
       <c r="C302" t="s">
         <v>20</v>
       </c>
       <c r="D302" t="s">
         <v>20</v>
       </c>
       <c r="E302" t="s">
-        <v>1844</v>
+        <v>1833</v>
       </c>
       <c r="F302" t="s">
         <v>20</v>
       </c>
       <c r="G302" t="s">
-        <v>1849</v>
+        <v>1838</v>
       </c>
       <c r="H302" t="s">
-        <v>1850</v>
+        <v>1839</v>
       </c>
       <c r="I302" t="n">
         <v>0.0</v>
       </c>
       <c r="J302" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K302" t="s">
-        <v>1851</v>
+        <v>1840</v>
       </c>
       <c r="L302" t="s">
-        <v>1852</v>
+        <v>1841</v>
       </c>
       <c r="M302" t="s">
         <v>20</v>
       </c>
       <c r="N302" t="s">
-        <v>1367</v>
+        <v>263</v>
       </c>
       <c r="O302" t="s">
-        <v>390</v>
+        <v>28</v>
       </c>
       <c r="P302" t="s">
-        <v>391</v>
+        <v>29</v>
       </c>
       <c r="Q302" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R302" t="s">
-        <v>392</v>
+        <v>31</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="s">
         <v>18</v>
       </c>
       <c r="B303" t="s">
-        <v>1853</v>
+        <v>1842</v>
       </c>
       <c r="C303" t="s">
         <v>20</v>
       </c>
       <c r="D303" t="s">
         <v>20</v>
       </c>
       <c r="E303" t="s">
-        <v>1854</v>
+        <v>1843</v>
       </c>
       <c r="F303" t="s">
         <v>20</v>
       </c>
       <c r="G303" t="s">
-        <v>1855</v>
+        <v>1844</v>
       </c>
       <c r="H303" t="s">
-        <v>1856</v>
+        <v>1845</v>
       </c>
       <c r="I303" t="n">
         <v>0.0</v>
       </c>
       <c r="J303" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K303" t="s">
-        <v>1857</v>
+        <v>1846</v>
       </c>
       <c r="L303" t="s">
-        <v>1858</v>
+        <v>1847</v>
       </c>
       <c r="M303" t="s">
         <v>20</v>
       </c>
       <c r="N303" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="O303" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P303" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q303" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R303" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="s">
         <v>18</v>
       </c>
       <c r="B304" t="s">
-        <v>1859</v>
+        <v>1848</v>
       </c>
       <c r="C304" t="s">
         <v>20</v>
       </c>
       <c r="D304" t="s">
         <v>20</v>
       </c>
       <c r="E304" t="s">
-        <v>1860</v>
+        <v>1849</v>
       </c>
       <c r="F304" t="s">
         <v>20</v>
       </c>
       <c r="G304" t="s">
-        <v>1861</v>
+        <v>1850</v>
       </c>
       <c r="H304" t="s">
-        <v>1862</v>
+        <v>1851</v>
       </c>
       <c r="I304" t="n">
         <v>0.0</v>
       </c>
       <c r="J304" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K304" t="s">
-        <v>1863</v>
+        <v>1852</v>
       </c>
       <c r="L304" t="s">
-        <v>1864</v>
+        <v>1853</v>
       </c>
       <c r="M304" t="s">
         <v>20</v>
       </c>
       <c r="N304" t="s">
-        <v>904</v>
+        <v>263</v>
       </c>
       <c r="O304" t="s">
-        <v>1865</v>
+        <v>1854</v>
       </c>
       <c r="P304" t="s">
-        <v>391</v>
+        <v>29</v>
       </c>
       <c r="Q304" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="R304" t="s">
-        <v>1867</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="s">
         <v>18</v>
       </c>
       <c r="B305" t="s">
-        <v>1868</v>
+        <v>1857</v>
       </c>
       <c r="C305" t="s">
         <v>20</v>
       </c>
       <c r="D305" t="s">
         <v>20</v>
       </c>
       <c r="E305" t="s">
-        <v>1869</v>
+        <v>1858</v>
       </c>
       <c r="F305" t="s">
         <v>20</v>
       </c>
       <c r="G305" t="s">
-        <v>1870</v>
+        <v>1859</v>
       </c>
       <c r="H305" t="s">
-        <v>1871</v>
+        <v>1860</v>
       </c>
       <c r="I305" t="n">
         <v>0.0</v>
       </c>
       <c r="J305" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K305" t="s">
-        <v>1872</v>
+        <v>1861</v>
       </c>
       <c r="L305" t="s">
-        <v>1873</v>
+        <v>1862</v>
       </c>
       <c r="M305" t="s">
         <v>20</v>
       </c>
       <c r="N305" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="O305" t="s">
-        <v>390</v>
+        <v>28</v>
       </c>
       <c r="P305" t="s">
-        <v>391</v>
+        <v>29</v>
       </c>
       <c r="Q305" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="R305" t="s">
-        <v>392</v>
+        <v>31</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="s">
         <v>18</v>
       </c>
       <c r="B306" t="s">
-        <v>1874</v>
+        <v>1863</v>
       </c>
       <c r="C306" t="s">
         <v>20</v>
       </c>
       <c r="D306" t="s">
         <v>20</v>
       </c>
       <c r="E306" t="s">
-        <v>1875</v>
+        <v>1864</v>
       </c>
       <c r="F306" t="s">
         <v>20</v>
       </c>
       <c r="G306" t="s">
-        <v>1876</v>
+        <v>1865</v>
       </c>
       <c r="H306" t="s">
-        <v>1877</v>
+        <v>1866</v>
       </c>
       <c r="I306" t="n">
         <v>0.0</v>
       </c>
       <c r="J306" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K306" t="s">
-        <v>1878</v>
+        <v>1867</v>
       </c>
       <c r="L306" t="s">
-        <v>1879</v>
+        <v>1868</v>
       </c>
       <c r="M306" t="s">
         <v>20</v>
       </c>
       <c r="N306" t="s">
-        <v>1535</v>
+        <v>1521</v>
       </c>
       <c r="O306" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="P306" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q306" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R306" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="s">
         <v>18</v>
       </c>
       <c r="B307" t="s">
-        <v>1880</v>
+        <v>1869</v>
       </c>
       <c r="C307" t="s">
         <v>20</v>
       </c>
       <c r="D307" t="s">
         <v>20</v>
       </c>
       <c r="E307" t="s">
-        <v>1881</v>
+        <v>1870</v>
       </c>
       <c r="F307" t="s">
         <v>20</v>
       </c>
       <c r="G307" t="s">
-        <v>1882</v>
+        <v>1871</v>
       </c>
       <c r="H307" t="s">
-        <v>1883</v>
+        <v>1872</v>
       </c>
       <c r="I307" t="n">
         <v>0.0</v>
       </c>
       <c r="J307" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K307" t="s">
-        <v>1884</v>
+        <v>1873</v>
       </c>
       <c r="L307" t="s">
-        <v>1329</v>
+        <v>1316</v>
       </c>
       <c r="M307" t="s">
         <v>20</v>
       </c>
       <c r="N307" t="s">
-        <v>847</v>
+        <v>70</v>
       </c>
       <c r="O307" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="P307" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q307" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="R307" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="s">
         <v>18</v>
       </c>
       <c r="B308" t="s">
-        <v>1885</v>
+        <v>1874</v>
       </c>
       <c r="C308" t="s">
         <v>20</v>
       </c>
       <c r="D308" t="s">
         <v>20</v>
       </c>
       <c r="E308" t="s">
-        <v>1886</v>
+        <v>1875</v>
       </c>
       <c r="F308" t="s">
         <v>20</v>
       </c>
       <c r="G308" t="s">
-        <v>1887</v>
+        <v>1876</v>
       </c>
       <c r="H308" t="s">
-        <v>1888</v>
+        <v>1877</v>
       </c>
       <c r="I308" t="n">
         <v>0.0</v>
       </c>
       <c r="J308" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K308" t="s">
-        <v>1889</v>
+        <v>1878</v>
       </c>
       <c r="L308" t="s">
-        <v>150</v>
+        <v>161</v>
       </c>
       <c r="M308" t="s">
         <v>20</v>
       </c>
       <c r="N308" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="O308" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="P308" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q308" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="R308" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="s">
         <v>18</v>
       </c>
       <c r="B309" t="s">
-        <v>1890</v>
+        <v>1879</v>
       </c>
       <c r="C309" t="s">
         <v>20</v>
       </c>
       <c r="D309" t="s">
         <v>20</v>
       </c>
       <c r="E309" t="s">
-        <v>1891</v>
+        <v>1880</v>
       </c>
       <c r="F309" t="s">
         <v>20</v>
       </c>
       <c r="G309" t="s">
-        <v>1892</v>
+        <v>1881</v>
       </c>
       <c r="H309" t="s">
-        <v>1893</v>
+        <v>1882</v>
       </c>
       <c r="I309" t="n">
         <v>0.0</v>
       </c>
       <c r="J309" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K309" t="s">
-        <v>1894</v>
+        <v>1883</v>
       </c>
       <c r="L309" t="s">
-        <v>1895</v>
+        <v>1884</v>
       </c>
       <c r="M309" t="s">
         <v>20</v>
       </c>
       <c r="N309" t="s">
-        <v>808</v>
+        <v>81</v>
       </c>
       <c r="O309" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P309" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q309" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R309" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="s">
         <v>18</v>
       </c>
       <c r="B310" t="s">
-        <v>1896</v>
+        <v>1885</v>
       </c>
       <c r="C310" t="s">
         <v>20</v>
       </c>
       <c r="D310" t="s">
         <v>20</v>
       </c>
       <c r="E310" t="s">
-        <v>1897</v>
+        <v>1886</v>
       </c>
       <c r="F310" t="s">
         <v>20</v>
       </c>
       <c r="G310" t="s">
-        <v>1898</v>
+        <v>1887</v>
       </c>
       <c r="H310" t="s">
-        <v>1899</v>
+        <v>1888</v>
       </c>
       <c r="I310" t="n">
         <v>0.0</v>
       </c>
       <c r="J310" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K310" t="s">
-        <v>1900</v>
+        <v>1889</v>
       </c>
       <c r="L310" t="s">
-        <v>897</v>
+        <v>892</v>
       </c>
       <c r="M310" t="s">
         <v>20</v>
       </c>
       <c r="N310" t="s">
-        <v>1276</v>
+        <v>1264</v>
       </c>
       <c r="O310" t="s">
-        <v>1901</v>
+        <v>1890</v>
       </c>
       <c r="P310" t="s">
-        <v>1902</v>
+        <v>1891</v>
       </c>
       <c r="Q310" t="s">
-        <v>1903</v>
+        <v>1892</v>
       </c>
       <c r="R310" t="s">
-        <v>1904</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="s">
         <v>18</v>
       </c>
       <c r="B311" t="s">
-        <v>1905</v>
+        <v>1894</v>
       </c>
       <c r="C311" t="s">
         <v>20</v>
       </c>
       <c r="D311" t="s">
         <v>20</v>
       </c>
       <c r="E311" t="s">
-        <v>1906</v>
+        <v>1895</v>
       </c>
       <c r="F311" t="s">
         <v>20</v>
       </c>
       <c r="G311" t="s">
-        <v>1907</v>
+        <v>1896</v>
       </c>
       <c r="H311" t="s">
-        <v>1908</v>
+        <v>1897</v>
       </c>
       <c r="I311" t="n">
         <v>0.0</v>
       </c>
       <c r="J311" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K311" t="s">
-        <v>1909</v>
+        <v>1898</v>
       </c>
       <c r="L311" t="s">
-        <v>1670</v>
+        <v>1658</v>
       </c>
       <c r="M311" t="s">
         <v>20</v>
       </c>
       <c r="N311" t="s">
-        <v>1271</v>
+        <v>39</v>
       </c>
       <c r="O311" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P311" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q311" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R311" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="s">
         <v>18</v>
       </c>
       <c r="B312" t="s">
-        <v>1910</v>
+        <v>1899</v>
       </c>
       <c r="C312" t="s">
         <v>20</v>
       </c>
       <c r="D312" t="s">
         <v>20</v>
       </c>
       <c r="E312" t="s">
-        <v>1911</v>
+        <v>1900</v>
       </c>
       <c r="F312" t="s">
         <v>20</v>
       </c>
       <c r="G312" t="s">
-        <v>1912</v>
+        <v>1901</v>
       </c>
       <c r="H312" t="s">
-        <v>1913</v>
+        <v>1902</v>
       </c>
       <c r="I312" t="n">
         <v>0.0</v>
       </c>
       <c r="J312" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K312" t="s">
-        <v>1914</v>
+        <v>1903</v>
       </c>
       <c r="L312" t="s">
-        <v>1329</v>
+        <v>1316</v>
       </c>
       <c r="M312" t="s">
         <v>20</v>
       </c>
       <c r="N312" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="O312" t="s">
-        <v>1915</v>
+        <v>1904</v>
       </c>
       <c r="P312" t="s">
-        <v>1916</v>
+        <v>1905</v>
       </c>
       <c r="Q312" t="s">
-        <v>1917</v>
+        <v>1906</v>
       </c>
       <c r="R312" t="s">
-        <v>1918</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="s">
         <v>18</v>
       </c>
       <c r="B313" t="s">
-        <v>1919</v>
+        <v>1908</v>
       </c>
       <c r="C313" t="s">
         <v>20</v>
       </c>
       <c r="D313" t="s">
         <v>20</v>
       </c>
       <c r="E313" t="s">
-        <v>1920</v>
+        <v>1909</v>
       </c>
       <c r="F313" t="s">
         <v>20</v>
       </c>
       <c r="G313" t="s">
-        <v>1921</v>
+        <v>1910</v>
       </c>
       <c r="H313" t="s">
-        <v>1922</v>
+        <v>1911</v>
       </c>
       <c r="I313" t="n">
         <v>0.0</v>
       </c>
       <c r="J313" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K313" t="s">
-        <v>1923</v>
+        <v>1912</v>
       </c>
       <c r="L313" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="M313" t="s">
         <v>20</v>
       </c>
       <c r="N313" t="s">
-        <v>1264</v>
+        <v>39</v>
       </c>
       <c r="O313" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="P313" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q313" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R313" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="s">
         <v>18</v>
       </c>
       <c r="B314" t="s">
-        <v>1924</v>
+        <v>1913</v>
       </c>
       <c r="C314" t="s">
         <v>20</v>
       </c>
       <c r="D314" t="s">
         <v>20</v>
       </c>
       <c r="E314" t="s">
-        <v>1925</v>
+        <v>1914</v>
       </c>
       <c r="F314" t="s">
         <v>20</v>
       </c>
       <c r="G314" t="s">
-        <v>1926</v>
+        <v>1915</v>
       </c>
       <c r="H314" t="s">
-        <v>1927</v>
+        <v>1916</v>
       </c>
       <c r="I314" t="n">
         <v>0.0</v>
       </c>
       <c r="J314" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K314" t="s">
-        <v>1928</v>
+        <v>1917</v>
       </c>
       <c r="L314" t="s">
-        <v>1929</v>
+        <v>1918</v>
       </c>
       <c r="M314" t="s">
         <v>20</v>
       </c>
       <c r="N314" t="s">
-        <v>784</v>
+        <v>783</v>
       </c>
       <c r="O314" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="P314" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="Q314" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="R314" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="s">
         <v>18</v>
       </c>
       <c r="B315" t="s">
-        <v>1930</v>
+        <v>1919</v>
       </c>
       <c r="C315" t="s">
         <v>20</v>
       </c>
       <c r="D315" t="s">
         <v>20</v>
       </c>
       <c r="E315" t="s">
-        <v>1925</v>
+        <v>1914</v>
       </c>
       <c r="F315" t="s">
         <v>20</v>
       </c>
       <c r="G315" t="s">
-        <v>1931</v>
+        <v>1920</v>
       </c>
       <c r="H315" t="s">
-        <v>1932</v>
+        <v>1921</v>
       </c>
       <c r="I315" t="n">
         <v>0.0</v>
       </c>
       <c r="J315" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K315" t="s">
-        <v>885</v>
+        <v>880</v>
       </c>
       <c r="L315" t="s">
-        <v>1933</v>
+        <v>1922</v>
       </c>
       <c r="M315" t="s">
         <v>20</v>
       </c>
       <c r="N315" t="s">
         <v>650</v>
       </c>
       <c r="O315" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="P315" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q315" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="R315" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="s">
         <v>18</v>
       </c>
       <c r="B316" t="s">
-        <v>1934</v>
+        <v>1923</v>
       </c>
       <c r="C316" t="s">
         <v>20</v>
       </c>
       <c r="D316" t="s">
         <v>20</v>
       </c>
       <c r="E316" t="s">
+        <v>1914</v>
+      </c>
+      <c r="F316" t="s">
+        <v>20</v>
+      </c>
+      <c r="G316" t="s">
+        <v>1924</v>
+      </c>
+      <c r="H316" t="s">
         <v>1925</v>
-      </c>
-[...7 lines deleted...]
-        <v>1936</v>
       </c>
       <c r="I316" t="n">
         <v>0.0</v>
       </c>
       <c r="J316" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K316" t="s">
-        <v>1937</v>
+        <v>1926</v>
       </c>
       <c r="L316" t="s">
-        <v>1864</v>
+        <v>1853</v>
       </c>
       <c r="M316" t="s">
         <v>20</v>
       </c>
       <c r="N316" t="s">
-        <v>911</v>
+        <v>905</v>
       </c>
       <c r="O316" t="s">
-        <v>1938</v>
+        <v>1927</v>
       </c>
       <c r="P316" t="s">
-        <v>1939</v>
+        <v>1928</v>
       </c>
       <c r="Q316" t="s">
-        <v>1940</v>
+        <v>1929</v>
       </c>
       <c r="R316" t="s">
-        <v>1941</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="s">
         <v>18</v>
       </c>
       <c r="B317" t="s">
-        <v>1942</v>
+        <v>1931</v>
       </c>
       <c r="C317" t="s">
         <v>20</v>
       </c>
       <c r="D317" t="s">
         <v>20</v>
       </c>
       <c r="E317" t="s">
-        <v>1925</v>
+        <v>1914</v>
       </c>
       <c r="F317" t="s">
         <v>20</v>
       </c>
       <c r="G317" t="s">
-        <v>1943</v>
+        <v>1932</v>
       </c>
       <c r="H317" t="s">
-        <v>1944</v>
+        <v>1933</v>
       </c>
       <c r="I317" t="n">
         <v>0.0</v>
       </c>
       <c r="J317" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K317" t="s">
-        <v>1945</v>
+        <v>1934</v>
       </c>
       <c r="L317" t="s">
-        <v>1946</v>
+        <v>1935</v>
       </c>
       <c r="M317" t="s">
         <v>20</v>
       </c>
       <c r="N317" t="s">
         <v>650</v>
       </c>
       <c r="O317" t="s">
-        <v>1947</v>
+        <v>1936</v>
       </c>
       <c r="P317" t="s">
-        <v>1948</v>
+        <v>1937</v>
       </c>
       <c r="Q317" t="s">
-        <v>1949</v>
+        <v>1938</v>
       </c>
       <c r="R317" t="s">
-        <v>1950</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="s">
         <v>18</v>
       </c>
       <c r="B318" t="s">
-        <v>1951</v>
+        <v>1940</v>
       </c>
       <c r="C318" t="s">
         <v>20</v>
       </c>
       <c r="D318" t="s">
         <v>20</v>
       </c>
       <c r="E318" t="s">
-        <v>1952</v>
+        <v>1941</v>
       </c>
       <c r="F318" t="s">
         <v>20</v>
       </c>
       <c r="G318" t="s">
-        <v>1953</v>
+        <v>1942</v>
       </c>
       <c r="H318" t="s">
-        <v>1954</v>
+        <v>1943</v>
       </c>
       <c r="I318" t="n">
         <v>0.0</v>
       </c>
       <c r="J318" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K318" t="s">
-        <v>1955</v>
+        <v>1944</v>
       </c>
       <c r="L318" t="s">
-        <v>1956</v>
+        <v>1945</v>
       </c>
       <c r="M318" t="s">
         <v>20</v>
       </c>
       <c r="N318" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="O318" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P318" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q318" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R318" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="s">
         <v>18</v>
       </c>
       <c r="B319" t="s">
-        <v>1957</v>
+        <v>1946</v>
       </c>
       <c r="C319" t="s">
         <v>20</v>
       </c>
       <c r="D319" t="s">
         <v>20</v>
       </c>
       <c r="E319" t="s">
-        <v>1958</v>
+        <v>1947</v>
       </c>
       <c r="F319" t="s">
         <v>20</v>
       </c>
       <c r="G319" t="s">
-        <v>1959</v>
+        <v>1948</v>
       </c>
       <c r="H319" t="s">
-        <v>1960</v>
+        <v>1949</v>
       </c>
       <c r="I319" t="n">
         <v>0.0</v>
       </c>
       <c r="J319" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K319" t="s">
-        <v>1961</v>
+        <v>1950</v>
       </c>
       <c r="L319" t="s">
-        <v>1962</v>
+        <v>1951</v>
       </c>
       <c r="M319" t="s">
         <v>20</v>
       </c>
       <c r="N319" t="s">
         <v>650</v>
       </c>
       <c r="O319" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P319" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q319" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R319" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="s">
         <v>18</v>
       </c>
       <c r="B320" t="s">
-        <v>1963</v>
+        <v>1952</v>
       </c>
       <c r="C320" t="s">
         <v>20</v>
       </c>
       <c r="D320" t="s">
         <v>20</v>
       </c>
       <c r="E320" t="s">
-        <v>1958</v>
+        <v>1947</v>
       </c>
       <c r="F320" t="s">
         <v>20</v>
       </c>
       <c r="G320" t="s">
-        <v>1964</v>
+        <v>1953</v>
       </c>
       <c r="H320" t="s">
-        <v>1965</v>
+        <v>1954</v>
       </c>
       <c r="I320" t="n">
         <v>0.0</v>
       </c>
       <c r="J320" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K320" t="s">
-        <v>1966</v>
+        <v>1955</v>
       </c>
       <c r="L320" t="s">
-        <v>1967</v>
+        <v>1956</v>
       </c>
       <c r="M320" t="s">
         <v>20</v>
       </c>
       <c r="N320" t="s">
         <v>650</v>
       </c>
       <c r="O320" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="P320" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q320" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="R320" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="s">
         <v>18</v>
       </c>
       <c r="B321" t="s">
-        <v>1968</v>
+        <v>1957</v>
       </c>
       <c r="C321" t="s">
         <v>20</v>
       </c>
       <c r="D321" t="s">
         <v>20</v>
       </c>
       <c r="E321" t="s">
+        <v>1947</v>
+      </c>
+      <c r="F321" t="s">
+        <v>20</v>
+      </c>
+      <c r="G321" t="s">
         <v>1958</v>
       </c>
-      <c r="F321" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H321" t="s">
-        <v>1970</v>
+        <v>1959</v>
       </c>
       <c r="I321" t="n">
         <v>0.0</v>
       </c>
       <c r="J321" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K321" t="s">
-        <v>1971</v>
+        <v>1960</v>
       </c>
       <c r="L321" t="s">
-        <v>1509</v>
+        <v>1495</v>
       </c>
       <c r="M321" t="s">
         <v>20</v>
       </c>
       <c r="N321" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="O321" t="s">
-        <v>1095</v>
+        <v>1084</v>
       </c>
       <c r="P321" t="s">
-        <v>1096</v>
+        <v>1085</v>
       </c>
       <c r="Q321" t="s">
-        <v>1097</v>
+        <v>1086</v>
       </c>
       <c r="R321" t="s">
-        <v>1098</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="s">
         <v>18</v>
       </c>
       <c r="B322" t="s">
-        <v>1972</v>
+        <v>1961</v>
       </c>
       <c r="C322" t="s">
         <v>20</v>
       </c>
       <c r="D322" t="s">
         <v>20</v>
       </c>
       <c r="E322" t="s">
-        <v>1973</v>
+        <v>1962</v>
       </c>
       <c r="F322" t="s">
         <v>20</v>
       </c>
       <c r="G322" t="s">
-        <v>1974</v>
+        <v>1963</v>
       </c>
       <c r="H322" t="s">
-        <v>1975</v>
+        <v>1964</v>
       </c>
       <c r="I322" t="n">
         <v>0.0</v>
       </c>
       <c r="J322" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K322" t="s">
-        <v>1976</v>
+        <v>1965</v>
       </c>
       <c r="L322" t="s">
-        <v>897</v>
+        <v>892</v>
       </c>
       <c r="M322" t="s">
         <v>20</v>
       </c>
       <c r="N322" t="s">
         <v>650</v>
       </c>
       <c r="O322" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="P322" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="Q322" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="R322" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="s">
         <v>18</v>
       </c>
       <c r="B323" t="s">
-        <v>1977</v>
+        <v>1966</v>
       </c>
       <c r="C323" t="s">
         <v>20</v>
       </c>
       <c r="D323" t="s">
         <v>20</v>
       </c>
       <c r="E323" t="s">
-        <v>1978</v>
+        <v>1967</v>
       </c>
       <c r="F323" t="s">
         <v>20</v>
       </c>
       <c r="G323" t="s">
-        <v>1979</v>
+        <v>1968</v>
       </c>
       <c r="H323" t="s">
-        <v>1980</v>
+        <v>1969</v>
       </c>
       <c r="I323" t="n">
         <v>0.0</v>
       </c>
       <c r="J323" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K323" t="s">
-        <v>1981</v>
+        <v>1970</v>
       </c>
       <c r="L323" t="s">
-        <v>897</v>
+        <v>892</v>
       </c>
       <c r="M323" t="s">
         <v>20</v>
       </c>
       <c r="N323" t="s">
-        <v>1982</v>
+        <v>1971</v>
       </c>
       <c r="O323" t="s">
-        <v>1915</v>
+        <v>1904</v>
       </c>
       <c r="P323" t="s">
-        <v>1916</v>
+        <v>1905</v>
       </c>
       <c r="Q323" t="s">
-        <v>1917</v>
+        <v>1906</v>
       </c>
       <c r="R323" t="s">
-        <v>1918</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="s">
         <v>18</v>
       </c>
       <c r="B324" t="s">
-        <v>1983</v>
+        <v>1972</v>
       </c>
       <c r="C324" t="s">
         <v>20</v>
       </c>
       <c r="D324" t="s">
         <v>20</v>
       </c>
       <c r="E324" t="s">
-        <v>1984</v>
+        <v>1973</v>
       </c>
       <c r="F324" t="s">
         <v>20</v>
       </c>
       <c r="G324" t="s">
-        <v>1985</v>
+        <v>1974</v>
       </c>
       <c r="H324" t="s">
-        <v>1986</v>
+        <v>1975</v>
       </c>
       <c r="I324" t="n">
         <v>0.0</v>
       </c>
       <c r="J324" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K324" t="s">
-        <v>1987</v>
+        <v>1976</v>
       </c>
       <c r="L324" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="M324" t="s">
         <v>20</v>
       </c>
       <c r="N324" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="O324" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="P324" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q324" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R324" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="s">
         <v>18</v>
       </c>
       <c r="B325" t="s">
-        <v>1988</v>
+        <v>1977</v>
       </c>
       <c r="C325" t="s">
         <v>20</v>
       </c>
       <c r="D325" t="s">
         <v>20</v>
       </c>
       <c r="E325" t="s">
-        <v>1989</v>
+        <v>1978</v>
       </c>
       <c r="F325" t="s">
         <v>20</v>
       </c>
       <c r="G325" t="s">
-        <v>1990</v>
+        <v>1979</v>
       </c>
       <c r="H325" t="s">
-        <v>1991</v>
+        <v>1980</v>
       </c>
       <c r="I325" t="n">
         <v>0.0</v>
       </c>
       <c r="J325" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K325" t="s">
-        <v>1992</v>
+        <v>1981</v>
       </c>
       <c r="L325" t="s">
-        <v>1329</v>
+        <v>1316</v>
       </c>
       <c r="M325" t="s">
         <v>20</v>
       </c>
       <c r="N325" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="O325" t="s">
-        <v>1993</v>
+        <v>1982</v>
       </c>
       <c r="P325" t="s">
-        <v>1994</v>
+        <v>1983</v>
       </c>
       <c r="Q325" t="s">
-        <v>1995</v>
+        <v>1984</v>
       </c>
       <c r="R325" t="s">
-        <v>1996</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="s">
         <v>18</v>
       </c>
       <c r="B326" t="s">
-        <v>1997</v>
+        <v>1986</v>
       </c>
       <c r="C326" t="s">
         <v>20</v>
       </c>
       <c r="D326" t="s">
         <v>20</v>
       </c>
       <c r="E326" t="s">
-        <v>1998</v>
+        <v>1987</v>
       </c>
       <c r="F326" t="s">
         <v>20</v>
       </c>
       <c r="G326" t="s">
-        <v>1999</v>
+        <v>1988</v>
       </c>
       <c r="H326" t="s">
-        <v>2000</v>
+        <v>1989</v>
       </c>
       <c r="I326" t="n">
         <v>0.0</v>
       </c>
       <c r="J326" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K326" t="s">
-        <v>2001</v>
+        <v>1990</v>
       </c>
       <c r="L326" t="s">
-        <v>2002</v>
+        <v>1991</v>
       </c>
       <c r="M326" t="s">
         <v>20</v>
       </c>
       <c r="N326" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="O326" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P326" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Q326" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R326" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P224"/>
+  <dimension ref="A1:P158"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>2003</v>
+        <v>1992</v>
       </c>
       <c r="J1" t="s">
-        <v>2004</v>
+        <v>1993</v>
       </c>
       <c r="K1" t="s">
-        <v>2005</v>
+        <v>1994</v>
       </c>
       <c r="L1" t="s">
-        <v>2006</v>
+        <v>1995</v>
       </c>
       <c r="M1" t="s">
-        <v>2007</v>
+        <v>1996</v>
       </c>
       <c r="N1" t="s">
-        <v>2008</v>
+        <v>1997</v>
       </c>
       <c r="O1" t="s">
-        <v>2009</v>
+        <v>1998</v>
       </c>
       <c r="P1" t="s">
-        <v>2010</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>2000</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2001</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2002</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2003</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2004</v>
+      </c>
+      <c r="I2" t="s">
+        <v>2005</v>
+      </c>
+      <c r="J2" t="s">
+        <v>2006</v>
+      </c>
+      <c r="K2" t="s">
+        <v>2007</v>
+      </c>
+      <c r="L2" t="s">
+        <v>2008</v>
+      </c>
+      <c r="M2" t="s">
+        <v>2009</v>
+      </c>
+      <c r="N2" t="s">
+        <v>2010</v>
+      </c>
+      <c r="O2" t="s">
         <v>2011</v>
       </c>
-      <c r="B2" t="s">
+      <c r="P2" t="s">
         <v>2012</v>
-      </c>
-[...40 lines deleted...]
-        <v>2022</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B3" t="s">
-        <v>2023</v>
+        <v>2013</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>2025</v>
+        <v>2015</v>
       </c>
       <c r="H3" t="s">
-        <v>2026</v>
+        <v>2016</v>
       </c>
       <c r="I3" t="s">
-        <v>2027</v>
+        <v>2017</v>
       </c>
       <c r="J3" t="s">
-        <v>2028</v>
+        <v>2018</v>
       </c>
       <c r="K3" t="s">
-        <v>2029</v>
+        <v>2019</v>
       </c>
       <c r="L3" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M3" t="s">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="N3" t="s">
-        <v>2030</v>
+        <v>2020</v>
       </c>
       <c r="O3" t="s">
-        <v>2031</v>
+        <v>2021</v>
       </c>
       <c r="P3" t="s">
-        <v>2032</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B4" t="s">
-        <v>2033</v>
+        <v>2023</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>2034</v>
+        <v>2024</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>2035</v>
+        <v>2025</v>
       </c>
       <c r="H4" t="s">
-        <v>2036</v>
+        <v>2026</v>
       </c>
       <c r="I4" t="s">
-        <v>2037</v>
+        <v>2027</v>
       </c>
       <c r="J4" t="s">
-        <v>2038</v>
+        <v>2028</v>
       </c>
       <c r="K4" t="s">
-        <v>2039</v>
+        <v>1855</v>
       </c>
       <c r="L4" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M4" t="s">
-        <v>2019</v>
+        <v>2029</v>
       </c>
       <c r="N4" t="s">
+        <v>2020</v>
+      </c>
+      <c r="O4" t="s">
+        <v>2021</v>
+      </c>
+      <c r="P4" t="s">
         <v>2030</v>
-      </c>
-[...4 lines deleted...]
-        <v>2040</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B5" t="s">
-        <v>2041</v>
+        <v>2031</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>2042</v>
+        <v>2032</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>2043</v>
+        <v>2033</v>
       </c>
       <c r="H5" t="s">
-        <v>2044</v>
+        <v>2034</v>
       </c>
       <c r="I5" t="s">
-        <v>2045</v>
+        <v>2035</v>
       </c>
       <c r="J5" t="s">
-        <v>2046</v>
+        <v>2036</v>
       </c>
       <c r="K5" t="s">
-        <v>2047</v>
+        <v>1855</v>
       </c>
       <c r="L5" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M5" t="s">
-        <v>2019</v>
+        <v>2029</v>
       </c>
       <c r="N5" t="s">
-        <v>2030</v>
+        <v>2020</v>
       </c>
       <c r="O5" t="s">
-        <v>2031</v>
+        <v>2021</v>
       </c>
       <c r="P5" t="s">
-        <v>2048</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B6" t="s">
-        <v>2049</v>
+        <v>2038</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>2050</v>
+        <v>2039</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>2051</v>
+        <v>2040</v>
       </c>
       <c r="H6" t="s">
-        <v>2052</v>
+        <v>2041</v>
       </c>
       <c r="I6" t="s">
-        <v>2053</v>
+        <v>2042</v>
       </c>
       <c r="J6" t="s">
-        <v>2054</v>
+        <v>2043</v>
       </c>
       <c r="K6" t="s">
-        <v>2055</v>
+        <v>1855</v>
       </c>
       <c r="L6" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M6" t="s">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="N6" t="s">
-        <v>2030</v>
+        <v>2044</v>
       </c>
       <c r="O6" t="s">
-        <v>2031</v>
+        <v>2045</v>
       </c>
       <c r="P6" t="s">
-        <v>2056</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B7" t="s">
-        <v>2057</v>
+        <v>2047</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
+        <v>2048</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2049</v>
+      </c>
+      <c r="H7" t="s">
         <v>2050</v>
       </c>
-      <c r="F7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I7" t="s">
-        <v>2060</v>
+        <v>2051</v>
       </c>
       <c r="J7" t="s">
-        <v>2061</v>
+        <v>2052</v>
       </c>
       <c r="K7" t="s">
-        <v>2062</v>
+        <v>2053</v>
       </c>
       <c r="L7" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M7" t="s">
-        <v>2019</v>
+        <v>2054</v>
       </c>
       <c r="N7" t="s">
-        <v>2030</v>
+        <v>2020</v>
       </c>
       <c r="O7" t="s">
-        <v>2031</v>
+        <v>2021</v>
       </c>
       <c r="P7" t="s">
-        <v>2063</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B8" t="s">
-        <v>2064</v>
+        <v>2056</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>2050</v>
+        <v>2057</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>2065</v>
+        <v>2058</v>
       </c>
       <c r="H8" t="s">
-        <v>2066</v>
+        <v>2059</v>
       </c>
       <c r="I8" t="s">
-        <v>2067</v>
+        <v>2060</v>
       </c>
       <c r="J8" t="s">
-        <v>2068</v>
+        <v>2028</v>
       </c>
       <c r="K8" t="s">
-        <v>2069</v>
+        <v>1855</v>
       </c>
       <c r="L8" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M8" t="s">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="N8" t="s">
-        <v>2030</v>
+        <v>2010</v>
       </c>
       <c r="O8" t="s">
-        <v>2031</v>
+        <v>2061</v>
       </c>
       <c r="P8" t="s">
-        <v>2070</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B9" t="s">
-        <v>2071</v>
+        <v>2063</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>2072</v>
+        <v>2064</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>2073</v>
+        <v>2065</v>
       </c>
       <c r="H9" t="s">
-        <v>2074</v>
+        <v>2066</v>
       </c>
       <c r="I9" t="s">
-        <v>2075</v>
+        <v>2067</v>
       </c>
       <c r="J9" t="s">
-        <v>2076</v>
+        <v>2028</v>
       </c>
       <c r="K9" t="s">
-        <v>2077</v>
+        <v>1855</v>
       </c>
       <c r="L9" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M9" t="s">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="N9" t="s">
-        <v>2030</v>
+        <v>2020</v>
       </c>
       <c r="O9" t="s">
-        <v>2031</v>
+        <v>2021</v>
       </c>
       <c r="P9" t="s">
-        <v>2078</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B10" t="s">
-        <v>2079</v>
+        <v>2069</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>2080</v>
+        <v>2070</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>2081</v>
+        <v>2071</v>
       </c>
       <c r="H10" t="s">
-        <v>2082</v>
+        <v>2072</v>
       </c>
       <c r="I10" t="s">
-        <v>2083</v>
+        <v>2073</v>
       </c>
       <c r="J10" t="s">
-        <v>2084</v>
+        <v>2074</v>
       </c>
       <c r="K10" t="s">
-        <v>2085</v>
+        <v>1855</v>
       </c>
       <c r="L10" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M10" t="s">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="N10" t="s">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="O10" t="s">
-        <v>2021</v>
+        <v>2075</v>
       </c>
       <c r="P10" t="s">
-        <v>2086</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B11" t="s">
-        <v>2087</v>
+        <v>2077</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>2088</v>
+        <v>2078</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>2089</v>
+        <v>2079</v>
       </c>
       <c r="H11" t="s">
-        <v>2090</v>
+        <v>2080</v>
       </c>
       <c r="I11" t="s">
-        <v>2091</v>
+        <v>2081</v>
       </c>
       <c r="J11" t="s">
-        <v>2092</v>
+        <v>2082</v>
       </c>
       <c r="K11" t="s">
-        <v>2093</v>
+        <v>2083</v>
       </c>
       <c r="L11" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M11" t="s">
-        <v>2019</v>
+        <v>2029</v>
       </c>
       <c r="N11" t="s">
-        <v>2030</v>
+        <v>2020</v>
       </c>
       <c r="O11" t="s">
-        <v>2031</v>
+        <v>2021</v>
       </c>
       <c r="P11" t="s">
-        <v>2094</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B12" t="s">
-        <v>2095</v>
+        <v>2085</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>2096</v>
+        <v>2086</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>2097</v>
+        <v>2087</v>
       </c>
       <c r="H12" t="s">
-        <v>2098</v>
+        <v>2088</v>
       </c>
       <c r="I12" t="s">
-        <v>2099</v>
+        <v>2089</v>
       </c>
       <c r="J12" t="s">
-        <v>2100</v>
+        <v>2028</v>
       </c>
       <c r="K12" t="s">
-        <v>2101</v>
+        <v>1855</v>
       </c>
       <c r="L12" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M12" t="s">
-        <v>2102</v>
+        <v>2029</v>
       </c>
       <c r="N12" t="s">
-        <v>2030</v>
+        <v>2090</v>
       </c>
       <c r="O12" t="s">
-        <v>2031</v>
+        <v>2091</v>
       </c>
       <c r="P12" t="s">
-        <v>2103</v>
+        <v>2092</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B13" t="s">
-        <v>2104</v>
+        <v>2093</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>2105</v>
+        <v>2094</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>2106</v>
+        <v>2095</v>
       </c>
       <c r="H13" t="s">
-        <v>2107</v>
+        <v>2096</v>
       </c>
       <c r="I13" t="s">
-        <v>2108</v>
+        <v>2097</v>
       </c>
       <c r="J13" t="s">
-        <v>2109</v>
+        <v>2098</v>
       </c>
       <c r="K13" t="s">
-        <v>2110</v>
+        <v>2099</v>
       </c>
       <c r="L13" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M13" t="s">
-        <v>2019</v>
+        <v>2029</v>
       </c>
       <c r="N13" t="s">
         <v>2020</v>
       </c>
       <c r="O13" t="s">
         <v>2021</v>
       </c>
       <c r="P13" t="s">
-        <v>2111</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B14" t="s">
-        <v>2112</v>
+        <v>2101</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>2113</v>
+        <v>2102</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>2114</v>
+        <v>2103</v>
       </c>
       <c r="H14" t="s">
-        <v>2115</v>
+        <v>2104</v>
       </c>
       <c r="I14" t="s">
-        <v>2116</v>
+        <v>2105</v>
       </c>
       <c r="J14" t="s">
-        <v>2117</v>
+        <v>2106</v>
       </c>
       <c r="K14" t="s">
-        <v>2118</v>
+        <v>2107</v>
       </c>
       <c r="L14" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M14" t="s">
-        <v>2019</v>
+        <v>2029</v>
       </c>
       <c r="N14" t="s">
         <v>2020</v>
       </c>
       <c r="O14" t="s">
         <v>2021</v>
       </c>
       <c r="P14" t="s">
-        <v>2119</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B15" t="s">
-        <v>2120</v>
+        <v>2109</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>2121</v>
+        <v>2110</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>2122</v>
+        <v>2111</v>
       </c>
       <c r="H15" t="s">
-        <v>2123</v>
+        <v>2112</v>
       </c>
       <c r="I15" t="s">
-        <v>2124</v>
+        <v>2113</v>
       </c>
       <c r="J15" t="s">
-        <v>2125</v>
+        <v>2114</v>
       </c>
       <c r="K15" t="s">
-        <v>2126</v>
+        <v>2115</v>
       </c>
       <c r="L15" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M15" t="s">
-        <v>2102</v>
+        <v>2029</v>
       </c>
       <c r="N15" t="s">
         <v>2020</v>
       </c>
       <c r="O15" t="s">
         <v>2021</v>
       </c>
       <c r="P15" t="s">
-        <v>2127</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B16" t="s">
-        <v>2128</v>
+        <v>2117</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>2129</v>
+        <v>2118</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>2130</v>
+        <v>2119</v>
       </c>
       <c r="H16" t="s">
-        <v>2131</v>
+        <v>2120</v>
       </c>
       <c r="I16" t="s">
-        <v>2132</v>
+        <v>2121</v>
       </c>
       <c r="J16" t="s">
-        <v>2133</v>
+        <v>2122</v>
       </c>
       <c r="K16" t="s">
-        <v>2134</v>
+        <v>2123</v>
       </c>
       <c r="L16" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M16" t="s">
-        <v>2019</v>
+        <v>2029</v>
       </c>
       <c r="N16" t="s">
-        <v>2030</v>
+        <v>2020</v>
       </c>
       <c r="O16" t="s">
-        <v>2031</v>
+        <v>2021</v>
       </c>
       <c r="P16" t="s">
-        <v>2135</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B17" t="s">
-        <v>2136</v>
+        <v>2125</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>2137</v>
+        <v>2118</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>2138</v>
+        <v>2126</v>
       </c>
       <c r="H17" t="s">
-        <v>2139</v>
+        <v>2127</v>
       </c>
       <c r="I17" t="s">
-        <v>2140</v>
+        <v>2128</v>
       </c>
       <c r="J17" t="s">
-        <v>2141</v>
+        <v>2129</v>
       </c>
       <c r="K17" t="s">
-        <v>2142</v>
+        <v>2130</v>
       </c>
       <c r="L17" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M17" t="s">
-        <v>2019</v>
+        <v>2029</v>
       </c>
       <c r="N17" t="s">
         <v>2020</v>
       </c>
       <c r="O17" t="s">
         <v>2021</v>
       </c>
       <c r="P17" t="s">
-        <v>2143</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B18" t="s">
-        <v>2144</v>
+        <v>2132</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>2145</v>
+        <v>2118</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>2146</v>
+        <v>2133</v>
       </c>
       <c r="H18" t="s">
-        <v>2147</v>
+        <v>2134</v>
       </c>
       <c r="I18" t="s">
-        <v>2148</v>
+        <v>2135</v>
       </c>
       <c r="J18" t="s">
-        <v>2149</v>
+        <v>2136</v>
       </c>
       <c r="K18" t="s">
-        <v>62</v>
+        <v>2137</v>
       </c>
       <c r="L18" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M18" t="s">
-        <v>2019</v>
+        <v>2029</v>
       </c>
       <c r="N18" t="s">
-        <v>2030</v>
+        <v>2020</v>
       </c>
       <c r="O18" t="s">
-        <v>2031</v>
+        <v>2021</v>
       </c>
       <c r="P18" t="s">
-        <v>2150</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B19" t="s">
-        <v>2151</v>
+        <v>2139</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>2152</v>
+        <v>2140</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>2153</v>
+        <v>2141</v>
       </c>
       <c r="H19" t="s">
-        <v>2154</v>
+        <v>2142</v>
       </c>
       <c r="I19" t="s">
-        <v>2155</v>
+        <v>2143</v>
       </c>
       <c r="J19" t="s">
-        <v>2017</v>
+        <v>2144</v>
       </c>
       <c r="K19" t="s">
-        <v>1866</v>
+        <v>2145</v>
       </c>
       <c r="L19" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M19" t="s">
-        <v>2019</v>
+        <v>2029</v>
       </c>
       <c r="N19" t="s">
-        <v>2030</v>
+        <v>2020</v>
       </c>
       <c r="O19" t="s">
-        <v>2031</v>
+        <v>2021</v>
       </c>
       <c r="P19" t="s">
-        <v>2156</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B20" t="s">
-        <v>2157</v>
+        <v>2147</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>2158</v>
+        <v>2148</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>2159</v>
+        <v>2149</v>
       </c>
       <c r="H20" t="s">
-        <v>2160</v>
+        <v>2150</v>
       </c>
       <c r="I20" t="s">
-        <v>2161</v>
+        <v>2151</v>
       </c>
       <c r="J20" t="s">
-        <v>2017</v>
+        <v>2152</v>
       </c>
       <c r="K20" t="s">
-        <v>1866</v>
+        <v>2153</v>
       </c>
       <c r="L20" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M20" t="s">
-        <v>2102</v>
+        <v>2029</v>
       </c>
       <c r="N20" t="s">
-        <v>2162</v>
+        <v>2020</v>
       </c>
       <c r="O20" t="s">
-        <v>2163</v>
+        <v>2021</v>
       </c>
       <c r="P20" t="s">
-        <v>2164</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B21" t="s">
-        <v>2165</v>
+        <v>2155</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>2166</v>
+        <v>2156</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>2167</v>
+        <v>2157</v>
       </c>
       <c r="H21" t="s">
-        <v>2168</v>
+        <v>2158</v>
       </c>
       <c r="I21" t="s">
-        <v>2169</v>
+        <v>2159</v>
       </c>
       <c r="J21" t="s">
-        <v>2170</v>
+        <v>2160</v>
       </c>
       <c r="K21" t="s">
-        <v>2171</v>
+        <v>2161</v>
       </c>
       <c r="L21" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M21" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N21" t="s">
         <v>2020</v>
       </c>
       <c r="O21" t="s">
         <v>2021</v>
       </c>
       <c r="P21" t="s">
-        <v>2172</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B22" t="s">
-        <v>2173</v>
+        <v>2163</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>2174</v>
+        <v>2164</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>2175</v>
+        <v>2165</v>
       </c>
       <c r="H22" t="s">
-        <v>2176</v>
+        <v>2166</v>
       </c>
       <c r="I22" t="s">
-        <v>2177</v>
+        <v>2167</v>
       </c>
       <c r="J22" t="s">
-        <v>2178</v>
+        <v>2168</v>
       </c>
       <c r="K22" t="s">
-        <v>2179</v>
+        <v>2169</v>
       </c>
       <c r="L22" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M22" t="s">
-        <v>2102</v>
+        <v>2029</v>
       </c>
       <c r="N22" t="s">
-        <v>2180</v>
+        <v>2090</v>
       </c>
       <c r="O22" t="s">
-        <v>2181</v>
+        <v>2091</v>
       </c>
       <c r="P22" t="s">
-        <v>2182</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B23" t="s">
-        <v>2183</v>
+        <v>2171</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>2184</v>
+        <v>2172</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>2185</v>
+        <v>2173</v>
       </c>
       <c r="H23" t="s">
-        <v>2186</v>
+        <v>2174</v>
       </c>
       <c r="I23" t="s">
-        <v>2187</v>
+        <v>2175</v>
       </c>
       <c r="J23" t="s">
-        <v>2188</v>
+        <v>2176</v>
       </c>
       <c r="K23" t="s">
-        <v>2189</v>
+        <v>2177</v>
       </c>
       <c r="L23" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M23" t="s">
-        <v>2019</v>
+        <v>2029</v>
       </c>
       <c r="N23" t="s">
         <v>2020</v>
       </c>
       <c r="O23" t="s">
         <v>2021</v>
       </c>
       <c r="P23" t="s">
-        <v>2190</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B24" t="s">
-        <v>2191</v>
+        <v>2179</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>2192</v>
+        <v>2180</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>2193</v>
+        <v>2181</v>
       </c>
       <c r="H24" t="s">
-        <v>2194</v>
+        <v>2182</v>
       </c>
       <c r="I24" t="s">
-        <v>2195</v>
+        <v>2183</v>
       </c>
       <c r="J24" t="s">
-        <v>2196</v>
+        <v>2184</v>
       </c>
       <c r="K24" t="s">
-        <v>2197</v>
+        <v>73</v>
       </c>
       <c r="L24" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M24" t="s">
-        <v>2019</v>
+        <v>2029</v>
       </c>
       <c r="N24" t="s">
         <v>2020</v>
       </c>
       <c r="O24" t="s">
         <v>2021</v>
       </c>
       <c r="P24" t="s">
-        <v>2198</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B25" t="s">
-        <v>2199</v>
+        <v>2186</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>2200</v>
+        <v>2187</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>2201</v>
+        <v>2188</v>
       </c>
       <c r="H25" t="s">
-        <v>2202</v>
+        <v>2189</v>
       </c>
       <c r="I25" t="s">
-        <v>2203</v>
+        <v>2190</v>
       </c>
       <c r="J25" t="s">
-        <v>20</v>
+        <v>2028</v>
       </c>
       <c r="K25" t="s">
-        <v>2204</v>
+        <v>1855</v>
       </c>
       <c r="L25" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M25" t="s">
-        <v>2102</v>
+        <v>2029</v>
       </c>
       <c r="N25" t="s">
         <v>2020</v>
       </c>
       <c r="O25" t="s">
         <v>2021</v>
       </c>
       <c r="P25" t="s">
-        <v>2205</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B26" t="s">
-        <v>2206</v>
+        <v>2192</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>2207</v>
+        <v>2193</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>2208</v>
+        <v>2194</v>
       </c>
       <c r="H26" t="s">
-        <v>2209</v>
+        <v>2195</v>
       </c>
       <c r="I26" t="s">
-        <v>2210</v>
+        <v>2196</v>
       </c>
       <c r="J26" t="s">
-        <v>2211</v>
+        <v>20</v>
       </c>
       <c r="K26" t="s">
-        <v>1866</v>
+        <v>2197</v>
       </c>
       <c r="L26" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M26" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N26" t="s">
-        <v>2212</v>
+        <v>2090</v>
       </c>
       <c r="O26" t="s">
-        <v>2213</v>
+        <v>2091</v>
       </c>
       <c r="P26" t="s">
-        <v>2214</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B27" t="s">
-        <v>2215</v>
+        <v>2199</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>2216</v>
+        <v>2200</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>2217</v>
+        <v>2201</v>
       </c>
       <c r="H27" t="s">
-        <v>2218</v>
+        <v>2202</v>
       </c>
       <c r="I27" t="s">
-        <v>2219</v>
+        <v>2203</v>
       </c>
       <c r="J27" t="s">
-        <v>20</v>
+        <v>2204</v>
       </c>
       <c r="K27" t="s">
-        <v>2220</v>
+        <v>2205</v>
       </c>
       <c r="L27" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M27" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N27" t="s">
-        <v>2020</v>
+        <v>2090</v>
       </c>
       <c r="O27" t="s">
-        <v>2021</v>
+        <v>2206</v>
       </c>
       <c r="P27" t="s">
-        <v>2221</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B28" t="s">
-        <v>2222</v>
+        <v>2208</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>2223</v>
+        <v>2209</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>2224</v>
+        <v>2210</v>
       </c>
       <c r="H28" t="s">
-        <v>2225</v>
+        <v>2211</v>
       </c>
       <c r="I28" t="s">
-        <v>2226</v>
+        <v>2212</v>
       </c>
       <c r="J28" t="s">
         <v>20</v>
       </c>
       <c r="K28" t="s">
-        <v>2227</v>
+        <v>2213</v>
       </c>
       <c r="L28" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M28" t="s">
-        <v>2019</v>
+        <v>2054</v>
       </c>
       <c r="N28" t="s">
-        <v>2020</v>
+        <v>2214</v>
       </c>
       <c r="O28" t="s">
-        <v>2021</v>
+        <v>2215</v>
       </c>
       <c r="P28" t="s">
-        <v>2228</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B29" t="s">
-        <v>2229</v>
+        <v>2217</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>2230</v>
+        <v>2218</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>2231</v>
+        <v>2219</v>
       </c>
       <c r="H29" t="s">
-        <v>2232</v>
+        <v>2220</v>
       </c>
       <c r="I29" t="s">
-        <v>2233</v>
+        <v>2221</v>
       </c>
       <c r="J29" t="s">
-        <v>2234</v>
+        <v>2028</v>
       </c>
       <c r="K29" t="s">
-        <v>2235</v>
+        <v>1855</v>
       </c>
       <c r="L29" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M29" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N29" t="s">
-        <v>2020</v>
+        <v>2044</v>
       </c>
       <c r="O29" t="s">
-        <v>2236</v>
+        <v>2222</v>
       </c>
       <c r="P29" t="s">
-        <v>2237</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B30" t="s">
-        <v>2238</v>
+        <v>2217</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>2239</v>
+        <v>2218</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>2240</v>
+        <v>2224</v>
       </c>
       <c r="H30" t="s">
-        <v>2241</v>
+        <v>2225</v>
       </c>
       <c r="I30" t="s">
-        <v>2242</v>
+        <v>2226</v>
       </c>
       <c r="J30" t="s">
-        <v>2243</v>
+        <v>2018</v>
       </c>
       <c r="K30" t="s">
-        <v>1866</v>
+        <v>2019</v>
       </c>
       <c r="L30" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M30" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N30" t="s">
-        <v>2244</v>
+        <v>2044</v>
       </c>
       <c r="O30" t="s">
-        <v>2245</v>
+        <v>2222</v>
       </c>
       <c r="P30" t="s">
-        <v>2246</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B31" t="s">
-        <v>2247</v>
+        <v>2228</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>2248</v>
+        <v>2229</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>2249</v>
+        <v>2230</v>
       </c>
       <c r="H31" t="s">
-        <v>2250</v>
+        <v>2231</v>
       </c>
       <c r="I31" t="s">
-        <v>2251</v>
+        <v>2232</v>
       </c>
       <c r="J31" t="s">
-        <v>20</v>
+        <v>2043</v>
       </c>
       <c r="K31" t="s">
-        <v>2252</v>
+        <v>1855</v>
       </c>
       <c r="L31" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M31" t="s">
-        <v>2102</v>
+        <v>2029</v>
       </c>
       <c r="N31" t="s">
-        <v>2180</v>
+        <v>2090</v>
       </c>
       <c r="O31" t="s">
-        <v>2253</v>
+        <v>2091</v>
       </c>
       <c r="P31" t="s">
-        <v>2254</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B32" t="s">
-        <v>2255</v>
+        <v>2234</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>2248</v>
+        <v>2235</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>2256</v>
+        <v>2236</v>
       </c>
       <c r="H32" t="s">
-        <v>2257</v>
+        <v>2237</v>
       </c>
       <c r="I32" t="s">
-        <v>2258</v>
+        <v>2238</v>
       </c>
       <c r="J32" t="s">
-        <v>2251</v>
+        <v>2239</v>
       </c>
       <c r="K32" t="s">
-        <v>2252</v>
+        <v>2240</v>
       </c>
       <c r="L32" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M32" t="s">
-        <v>2102</v>
+        <v>2029</v>
       </c>
       <c r="N32" t="s">
-        <v>2180</v>
+        <v>2090</v>
       </c>
       <c r="O32" t="s">
-        <v>2259</v>
+        <v>2091</v>
       </c>
       <c r="P32" t="s">
-        <v>2260</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B33" t="s">
-        <v>2261</v>
+        <v>2242</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>2248</v>
+        <v>2243</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>2262</v>
+        <v>2244</v>
       </c>
       <c r="H33" t="s">
-        <v>2263</v>
+        <v>2245</v>
       </c>
       <c r="I33" t="s">
-        <v>2264</v>
+        <v>2246</v>
       </c>
       <c r="J33" t="s">
-        <v>2251</v>
+        <v>2018</v>
       </c>
       <c r="K33" t="s">
-        <v>2252</v>
+        <v>2019</v>
       </c>
       <c r="L33" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M33" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N33" t="s">
-        <v>2180</v>
+        <v>2090</v>
       </c>
       <c r="O33" t="s">
-        <v>2265</v>
+        <v>2206</v>
       </c>
       <c r="P33" t="s">
-        <v>2266</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B34" t="s">
-        <v>2267</v>
+        <v>2248</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>2268</v>
+        <v>2249</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>2269</v>
+        <v>2250</v>
       </c>
       <c r="H34" t="s">
-        <v>2270</v>
+        <v>2251</v>
       </c>
       <c r="I34" t="s">
-        <v>2271</v>
+        <v>2252</v>
       </c>
       <c r="J34" t="s">
-        <v>2243</v>
+        <v>2043</v>
       </c>
       <c r="K34" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="L34" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M34" t="s">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="N34" t="s">
-        <v>2020</v>
+        <v>2253</v>
       </c>
       <c r="O34" t="s">
-        <v>2021</v>
+        <v>2254</v>
       </c>
       <c r="P34" t="s">
-        <v>2272</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B35" t="s">
-        <v>2273</v>
+        <v>2256</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>2274</v>
+        <v>2257</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>2275</v>
+        <v>2258</v>
       </c>
       <c r="H35" t="s">
-        <v>2276</v>
+        <v>2259</v>
       </c>
       <c r="I35" t="s">
-        <v>2277</v>
+        <v>2260</v>
       </c>
       <c r="J35" t="s">
-        <v>2278</v>
+        <v>2261</v>
       </c>
       <c r="K35" t="s">
-        <v>2279</v>
+        <v>1855</v>
       </c>
       <c r="L35" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M35" t="s">
-        <v>2102</v>
+        <v>2054</v>
       </c>
       <c r="N35" t="s">
-        <v>2020</v>
+        <v>2090</v>
       </c>
       <c r="O35" t="s">
-        <v>2021</v>
+        <v>2206</v>
       </c>
       <c r="P35" t="s">
-        <v>2280</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B36" t="s">
-        <v>2281</v>
+        <v>2263</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>2274</v>
+        <v>2257</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>2282</v>
+        <v>2264</v>
       </c>
       <c r="H36" t="s">
-        <v>2283</v>
+        <v>2265</v>
       </c>
       <c r="I36" t="s">
-        <v>2284</v>
+        <v>2266</v>
       </c>
       <c r="J36" t="s">
-        <v>2285</v>
+        <v>2261</v>
       </c>
       <c r="K36" t="s">
-        <v>2286</v>
+        <v>1855</v>
       </c>
       <c r="L36" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M36" t="s">
-        <v>2102</v>
+        <v>2054</v>
       </c>
       <c r="N36" t="s">
-        <v>2020</v>
+        <v>2090</v>
       </c>
       <c r="O36" t="s">
-        <v>2021</v>
+        <v>2206</v>
       </c>
       <c r="P36" t="s">
-        <v>2287</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B37" t="s">
-        <v>2288</v>
+        <v>2268</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>2274</v>
+        <v>2269</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>2289</v>
+        <v>2270</v>
       </c>
       <c r="H37" t="s">
-        <v>2290</v>
+        <v>2271</v>
       </c>
       <c r="I37" t="s">
-        <v>2291</v>
+        <v>2272</v>
       </c>
       <c r="J37" t="s">
-        <v>2292</v>
+        <v>2028</v>
       </c>
       <c r="K37" t="s">
-        <v>2293</v>
+        <v>1855</v>
       </c>
       <c r="L37" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M37" t="s">
-        <v>2102</v>
+        <v>2029</v>
       </c>
       <c r="N37" t="s">
-        <v>2020</v>
+        <v>2090</v>
       </c>
       <c r="O37" t="s">
-        <v>2021</v>
+        <v>2091</v>
       </c>
       <c r="P37" t="s">
-        <v>2294</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B38" t="s">
-        <v>2295</v>
+        <v>2274</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>2296</v>
+        <v>2275</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>2297</v>
+        <v>2276</v>
       </c>
       <c r="H38" t="s">
-        <v>2298</v>
+        <v>2277</v>
       </c>
       <c r="I38" t="s">
-        <v>2299</v>
+        <v>2278</v>
       </c>
       <c r="J38" t="s">
-        <v>2203</v>
+        <v>2279</v>
       </c>
       <c r="K38" t="s">
-        <v>2204</v>
+        <v>2280</v>
       </c>
       <c r="L38" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M38" t="s">
-        <v>2102</v>
+        <v>2054</v>
       </c>
       <c r="N38" t="s">
-        <v>2212</v>
+        <v>2090</v>
       </c>
       <c r="O38" t="s">
-        <v>2300</v>
+        <v>2091</v>
       </c>
       <c r="P38" t="s">
-        <v>2301</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B39" t="s">
-        <v>2302</v>
+        <v>2282</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>2296</v>
+        <v>2283</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>2303</v>
+        <v>2284</v>
       </c>
       <c r="H39" t="s">
-        <v>2304</v>
+        <v>2285</v>
       </c>
       <c r="I39" t="s">
-        <v>2299</v>
+        <v>2286</v>
       </c>
       <c r="J39" t="s">
-        <v>2203</v>
+        <v>2287</v>
       </c>
       <c r="K39" t="s">
-        <v>2204</v>
+        <v>2288</v>
       </c>
       <c r="L39" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M39" t="s">
-        <v>2102</v>
+        <v>2029</v>
       </c>
       <c r="N39" t="s">
-        <v>2020</v>
+        <v>2090</v>
       </c>
       <c r="O39" t="s">
-        <v>2021</v>
+        <v>2091</v>
       </c>
       <c r="P39" t="s">
-        <v>2305</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B40" t="s">
-        <v>2306</v>
+        <v>2290</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>2307</v>
+        <v>2291</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>2308</v>
+        <v>2292</v>
       </c>
       <c r="H40" t="s">
-        <v>2309</v>
+        <v>2293</v>
       </c>
       <c r="I40" t="s">
-        <v>2310</v>
+        <v>2294</v>
       </c>
       <c r="J40" t="s">
-        <v>20</v>
+        <v>2106</v>
       </c>
       <c r="K40" t="s">
-        <v>2311</v>
+        <v>2107</v>
       </c>
       <c r="L40" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M40" t="s">
-        <v>2312</v>
+        <v>2029</v>
       </c>
       <c r="N40" t="s">
-        <v>2212</v>
+        <v>2090</v>
       </c>
       <c r="O40" t="s">
-        <v>2313</v>
+        <v>2091</v>
       </c>
       <c r="P40" t="s">
-        <v>2314</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B41" t="s">
-        <v>2315</v>
+        <v>2296</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>2316</v>
+        <v>2291</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>2317</v>
+        <v>2297</v>
       </c>
       <c r="H41" t="s">
-        <v>2318</v>
+        <v>2298</v>
       </c>
       <c r="I41" t="s">
-        <v>2319</v>
+        <v>2299</v>
       </c>
       <c r="J41" t="s">
-        <v>2320</v>
+        <v>2036</v>
       </c>
       <c r="K41" t="s">
-        <v>2321</v>
+        <v>1855</v>
       </c>
       <c r="L41" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M41" t="s">
-        <v>2102</v>
+        <v>2054</v>
       </c>
       <c r="N41" t="s">
-        <v>2212</v>
+        <v>2090</v>
       </c>
       <c r="O41" t="s">
-        <v>2322</v>
+        <v>2206</v>
       </c>
       <c r="P41" t="s">
-        <v>2323</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B42" t="s">
-        <v>2324</v>
+        <v>2301</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>2316</v>
+        <v>2302</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>2325</v>
+        <v>2303</v>
       </c>
       <c r="H42" t="s">
-        <v>2326</v>
+        <v>2304</v>
       </c>
       <c r="I42" t="s">
-        <v>2327</v>
+        <v>2074</v>
       </c>
       <c r="J42" t="s">
-        <v>2328</v>
+        <v>20</v>
       </c>
       <c r="K42" t="s">
-        <v>2329</v>
+        <v>1855</v>
       </c>
       <c r="L42" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M42" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N42" t="s">
-        <v>2212</v>
+        <v>2253</v>
       </c>
       <c r="O42" t="s">
-        <v>2322</v>
+        <v>2305</v>
       </c>
       <c r="P42" t="s">
-        <v>2330</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B43" t="s">
-        <v>2331</v>
+        <v>2307</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>2332</v>
+        <v>2308</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>2333</v>
+        <v>2309</v>
       </c>
       <c r="H43" t="s">
-        <v>2334</v>
+        <v>2310</v>
       </c>
       <c r="I43" t="s">
-        <v>2335</v>
+        <v>2311</v>
       </c>
       <c r="J43" t="s">
-        <v>2017</v>
+        <v>2312</v>
       </c>
       <c r="K43" t="s">
-        <v>1866</v>
+        <v>2313</v>
       </c>
       <c r="L43" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M43" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N43" t="s">
-        <v>2162</v>
+        <v>2214</v>
       </c>
       <c r="O43" t="s">
-        <v>2336</v>
+        <v>2314</v>
       </c>
       <c r="P43" t="s">
-        <v>2337</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B44" t="s">
-        <v>2331</v>
+        <v>2316</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>2332</v>
+        <v>2317</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>2338</v>
+        <v>2318</v>
       </c>
       <c r="H44" t="s">
-        <v>2339</v>
+        <v>2319</v>
       </c>
       <c r="I44" t="s">
-        <v>2340</v>
+        <v>2320</v>
       </c>
       <c r="J44" t="s">
-        <v>2341</v>
+        <v>20</v>
       </c>
       <c r="K44" t="s">
-        <v>2342</v>
+        <v>2321</v>
       </c>
       <c r="L44" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M44" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N44" t="s">
-        <v>2162</v>
+        <v>2214</v>
       </c>
       <c r="O44" t="s">
-        <v>2336</v>
+        <v>2322</v>
       </c>
       <c r="P44" t="s">
-        <v>2343</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B45" t="s">
-        <v>2344</v>
+        <v>2324</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>2345</v>
+        <v>2317</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>2346</v>
+        <v>2325</v>
       </c>
       <c r="H45" t="s">
-        <v>2347</v>
+        <v>2326</v>
       </c>
       <c r="I45" t="s">
-        <v>2348</v>
+        <v>2320</v>
       </c>
       <c r="J45" t="s">
-        <v>2243</v>
+        <v>20</v>
       </c>
       <c r="K45" t="s">
-        <v>1866</v>
+        <v>2321</v>
       </c>
       <c r="L45" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M45" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N45" t="s">
-        <v>2244</v>
+        <v>2214</v>
       </c>
       <c r="O45" t="s">
-        <v>2349</v>
+        <v>2327</v>
       </c>
       <c r="P45" t="s">
-        <v>2350</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B46" t="s">
-        <v>2351</v>
+        <v>2329</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>2352</v>
+        <v>2330</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>2353</v>
+        <v>2331</v>
       </c>
       <c r="H46" t="s">
-        <v>2354</v>
+        <v>2332</v>
       </c>
       <c r="I46" t="s">
-        <v>2355</v>
+        <v>2333</v>
       </c>
       <c r="J46" t="s">
-        <v>2211</v>
+        <v>20</v>
       </c>
       <c r="K46" t="s">
-        <v>1866</v>
+        <v>42</v>
       </c>
       <c r="L46" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M46" t="s">
-        <v>2019</v>
+        <v>2054</v>
       </c>
       <c r="N46" t="s">
-        <v>2020</v>
+        <v>2253</v>
       </c>
       <c r="O46" t="s">
-        <v>2021</v>
+        <v>2334</v>
       </c>
       <c r="P46" t="s">
-        <v>2356</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B47" t="s">
-        <v>2357</v>
+        <v>2336</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>2358</v>
+        <v>2337</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>2359</v>
+        <v>2338</v>
       </c>
       <c r="H47" t="s">
-        <v>2360</v>
+        <v>2339</v>
       </c>
       <c r="I47" t="s">
-        <v>2361</v>
+        <v>2340</v>
       </c>
       <c r="J47" t="s">
-        <v>2320</v>
+        <v>20</v>
       </c>
       <c r="K47" t="s">
-        <v>2321</v>
+        <v>2341</v>
       </c>
       <c r="L47" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M47" t="s">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="N47" t="s">
-        <v>2020</v>
+        <v>2214</v>
       </c>
       <c r="O47" t="s">
-        <v>2021</v>
+        <v>2314</v>
       </c>
       <c r="P47" t="s">
-        <v>2362</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B48" t="s">
-        <v>2363</v>
+        <v>2343</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>2364</v>
+        <v>2344</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>2365</v>
+        <v>2345</v>
       </c>
       <c r="H48" t="s">
-        <v>2366</v>
+        <v>2346</v>
       </c>
       <c r="I48" t="s">
-        <v>2367</v>
+        <v>2347</v>
       </c>
       <c r="J48" t="s">
-        <v>2341</v>
+        <v>2348</v>
       </c>
       <c r="K48" t="s">
-        <v>2342</v>
+        <v>2349</v>
       </c>
       <c r="L48" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M48" t="s">
-        <v>2102</v>
+        <v>2029</v>
       </c>
       <c r="N48" t="s">
-        <v>2020</v>
+        <v>2090</v>
       </c>
       <c r="O48" t="s">
-        <v>2236</v>
+        <v>2091</v>
       </c>
       <c r="P48" t="s">
-        <v>2368</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B49" t="s">
-        <v>2369</v>
+        <v>2351</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>2370</v>
+        <v>2352</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>2371</v>
+        <v>2353</v>
       </c>
       <c r="H49" t="s">
-        <v>2372</v>
+        <v>2354</v>
       </c>
       <c r="I49" t="s">
-        <v>2373</v>
+        <v>2355</v>
       </c>
       <c r="J49" t="s">
-        <v>2211</v>
+        <v>2036</v>
       </c>
       <c r="K49" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="L49" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M49" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N49" t="s">
-        <v>2244</v>
+        <v>2010</v>
       </c>
       <c r="O49" t="s">
-        <v>2374</v>
+        <v>2356</v>
       </c>
       <c r="P49" t="s">
-        <v>2375</v>
+        <v>2357</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B50" t="s">
-        <v>2376</v>
+        <v>2358</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>2370</v>
+        <v>2352</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>2377</v>
+        <v>2359</v>
       </c>
       <c r="H50" t="s">
-        <v>2378</v>
+        <v>2360</v>
       </c>
       <c r="I50" t="s">
-        <v>2054</v>
+        <v>2355</v>
       </c>
       <c r="J50" t="s">
-        <v>20</v>
+        <v>2036</v>
       </c>
       <c r="K50" t="s">
-        <v>2055</v>
+        <v>1855</v>
       </c>
       <c r="L50" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M50" t="s">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="N50" t="s">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="O50" t="s">
-        <v>2021</v>
+        <v>2061</v>
       </c>
       <c r="P50" t="s">
-        <v>2379</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B51" t="s">
-        <v>2380</v>
+        <v>2362</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>2381</v>
+        <v>2363</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>2382</v>
+        <v>2364</v>
       </c>
       <c r="H51" t="s">
-        <v>2383</v>
+        <v>2365</v>
       </c>
       <c r="I51" t="s">
-        <v>2384</v>
+        <v>2366</v>
       </c>
       <c r="J51" t="s">
-        <v>2385</v>
+        <v>2074</v>
       </c>
       <c r="K51" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="L51" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M51" t="s">
-        <v>2312</v>
+        <v>2009</v>
       </c>
       <c r="N51" t="s">
-        <v>2020</v>
+        <v>2044</v>
       </c>
       <c r="O51" t="s">
-        <v>2236</v>
+        <v>2367</v>
       </c>
       <c r="P51" t="s">
-        <v>2386</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B52" t="s">
-        <v>2387</v>
+        <v>2369</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>2381</v>
+        <v>2370</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>2388</v>
+        <v>2371</v>
       </c>
       <c r="H52" t="s">
-        <v>2389</v>
+        <v>2372</v>
       </c>
       <c r="I52" t="s">
-        <v>2390</v>
+        <v>2373</v>
       </c>
       <c r="J52" t="s">
-        <v>2385</v>
+        <v>2374</v>
       </c>
       <c r="K52" t="s">
-        <v>1866</v>
+        <v>2280</v>
       </c>
       <c r="L52" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M52" t="s">
-        <v>2312</v>
+        <v>2009</v>
       </c>
       <c r="N52" t="s">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="O52" t="s">
-        <v>2236</v>
+        <v>2375</v>
       </c>
       <c r="P52" t="s">
-        <v>2391</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B53" t="s">
-        <v>2392</v>
+        <v>2377</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
+        <v>2378</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>2379</v>
+      </c>
+      <c r="H53" t="s">
+        <v>2380</v>
+      </c>
+      <c r="I53" t="s">
         <v>2381</v>
       </c>
-      <c r="F53" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J53" t="s">
-        <v>2385</v>
+        <v>2036</v>
       </c>
       <c r="K53" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="L53" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M53" t="s">
-        <v>2312</v>
+        <v>2009</v>
       </c>
       <c r="N53" t="s">
-        <v>2020</v>
+        <v>2253</v>
       </c>
       <c r="O53" t="s">
-        <v>2236</v>
+        <v>2334</v>
       </c>
       <c r="P53" t="s">
-        <v>2396</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B54" t="s">
-        <v>2397</v>
+        <v>2383</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>2398</v>
+        <v>2384</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>2399</v>
+        <v>2385</v>
       </c>
       <c r="H54" t="s">
-        <v>2400</v>
+        <v>2386</v>
       </c>
       <c r="I54" t="s">
-        <v>2401</v>
+        <v>2374</v>
       </c>
       <c r="J54" t="s">
-        <v>2243</v>
+        <v>20</v>
       </c>
       <c r="K54" t="s">
-        <v>1866</v>
+        <v>2280</v>
       </c>
       <c r="L54" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M54" t="s">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="N54" t="s">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="O54" t="s">
-        <v>2021</v>
+        <v>2387</v>
       </c>
       <c r="P54" t="s">
-        <v>2402</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B55" t="s">
-        <v>2403</v>
+        <v>2389</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>2404</v>
+        <v>2384</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>2405</v>
+        <v>2390</v>
       </c>
       <c r="H55" t="s">
-        <v>2406</v>
+        <v>2391</v>
       </c>
       <c r="I55" t="s">
-        <v>2407</v>
+        <v>2392</v>
       </c>
       <c r="J55" t="s">
-        <v>2408</v>
+        <v>2374</v>
       </c>
       <c r="K55" t="s">
-        <v>73</v>
+        <v>2280</v>
       </c>
       <c r="L55" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M55" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N55" t="s">
-        <v>2212</v>
+        <v>2010</v>
       </c>
       <c r="O55" t="s">
-        <v>2409</v>
+        <v>2393</v>
       </c>
       <c r="P55" t="s">
-        <v>2410</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
+        <v>2000</v>
+      </c>
+      <c r="B56" t="s">
+        <v>2395</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>2384</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>2396</v>
+      </c>
+      <c r="H56" t="s">
+        <v>2397</v>
+      </c>
+      <c r="I56" t="s">
+        <v>2398</v>
+      </c>
+      <c r="J56" t="s">
+        <v>2374</v>
+      </c>
+      <c r="K56" t="s">
+        <v>2280</v>
+      </c>
+      <c r="L56" t="s">
+        <v>2008</v>
+      </c>
+      <c r="M56" t="s">
+        <v>2009</v>
+      </c>
+      <c r="N56" t="s">
+        <v>2010</v>
+      </c>
+      <c r="O56" t="s">
         <v>2011</v>
       </c>
-      <c r="B56" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="P56" t="s">
-        <v>2416</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B57" t="s">
-        <v>2417</v>
+        <v>2400</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>2418</v>
+        <v>2401</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>2419</v>
+        <v>2402</v>
       </c>
       <c r="H57" t="s">
-        <v>2420</v>
+        <v>2403</v>
       </c>
       <c r="I57" t="s">
-        <v>2421</v>
+        <v>2404</v>
       </c>
       <c r="J57" t="s">
-        <v>2422</v>
+        <v>2036</v>
       </c>
       <c r="K57" t="s">
-        <v>2252</v>
+        <v>1855</v>
       </c>
       <c r="L57" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M57" t="s">
-        <v>2312</v>
+        <v>2029</v>
       </c>
       <c r="N57" t="s">
-        <v>2020</v>
+        <v>2090</v>
       </c>
       <c r="O57" t="s">
-        <v>2021</v>
+        <v>2091</v>
       </c>
       <c r="P57" t="s">
-        <v>2423</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B58" t="s">
-        <v>2424</v>
+        <v>2406</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>2425</v>
+        <v>2407</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>2426</v>
+        <v>2408</v>
       </c>
       <c r="H58" t="s">
-        <v>2427</v>
+        <v>2409</v>
       </c>
       <c r="I58" t="s">
-        <v>2428</v>
+        <v>2410</v>
       </c>
       <c r="J58" t="s">
-        <v>2429</v>
+        <v>2411</v>
       </c>
       <c r="K58" t="s">
-        <v>2430</v>
+        <v>2412</v>
       </c>
       <c r="L58" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M58" t="s">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="N58" t="s">
-        <v>2020</v>
+        <v>2090</v>
       </c>
       <c r="O58" t="s">
-        <v>2021</v>
+        <v>2091</v>
       </c>
       <c r="P58" t="s">
-        <v>2431</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B59" t="s">
-        <v>2432</v>
+        <v>2414</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>2425</v>
+        <v>2407</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>2433</v>
+        <v>2415</v>
       </c>
       <c r="H59" t="s">
-        <v>2434</v>
+        <v>2416</v>
       </c>
       <c r="I59" t="s">
-        <v>2435</v>
+        <v>2417</v>
       </c>
       <c r="J59" t="s">
-        <v>2436</v>
+        <v>2418</v>
       </c>
       <c r="K59" t="s">
-        <v>2437</v>
+        <v>2419</v>
       </c>
       <c r="L59" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M59" t="s">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="N59" t="s">
-        <v>2020</v>
+        <v>2090</v>
       </c>
       <c r="O59" t="s">
-        <v>2021</v>
+        <v>2091</v>
       </c>
       <c r="P59" t="s">
-        <v>2438</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B60" t="s">
-        <v>2439</v>
+        <v>2421</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>2440</v>
+        <v>2407</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>2441</v>
+        <v>2422</v>
       </c>
       <c r="H60" t="s">
-        <v>2442</v>
+        <v>2423</v>
       </c>
       <c r="I60" t="s">
-        <v>2443</v>
+        <v>2424</v>
       </c>
       <c r="J60" t="s">
-        <v>2017</v>
+        <v>2425</v>
       </c>
       <c r="K60" t="s">
-        <v>1866</v>
+        <v>2426</v>
       </c>
       <c r="L60" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M60" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N60" t="s">
-        <v>2212</v>
+        <v>2090</v>
       </c>
       <c r="O60" t="s">
-        <v>2444</v>
+        <v>2091</v>
       </c>
       <c r="P60" t="s">
-        <v>2445</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B61" t="s">
-        <v>2446</v>
+        <v>2428</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>2447</v>
+        <v>2429</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>2448</v>
+        <v>2430</v>
       </c>
       <c r="H61" t="s">
-        <v>2449</v>
+        <v>2431</v>
       </c>
       <c r="I61" t="s">
-        <v>2450</v>
+        <v>2432</v>
       </c>
       <c r="J61" t="s">
-        <v>2211</v>
+        <v>2196</v>
       </c>
       <c r="K61" t="s">
-        <v>1866</v>
+        <v>2197</v>
       </c>
       <c r="L61" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M61" t="s">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="N61" t="s">
-        <v>2020</v>
+        <v>2214</v>
       </c>
       <c r="O61" t="s">
-        <v>2021</v>
+        <v>2327</v>
       </c>
       <c r="P61" t="s">
-        <v>2451</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B62" t="s">
-        <v>2452</v>
+        <v>2434</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>2447</v>
+        <v>2429</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>2453</v>
+        <v>2435</v>
       </c>
       <c r="H62" t="s">
-        <v>2454</v>
+        <v>2436</v>
       </c>
       <c r="I62" t="s">
-        <v>2455</v>
+        <v>2432</v>
       </c>
       <c r="J62" t="s">
-        <v>2038</v>
+        <v>2196</v>
       </c>
       <c r="K62" t="s">
-        <v>2039</v>
+        <v>2197</v>
       </c>
       <c r="L62" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M62" t="s">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="N62" t="s">
-        <v>2020</v>
+        <v>2090</v>
       </c>
       <c r="O62" t="s">
-        <v>2021</v>
+        <v>2091</v>
       </c>
       <c r="P62" t="s">
-        <v>2456</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B63" t="s">
-        <v>2457</v>
+        <v>2438</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>2458</v>
+        <v>2439</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>2459</v>
+        <v>2440</v>
       </c>
       <c r="H63" t="s">
-        <v>2460</v>
+        <v>2441</v>
       </c>
       <c r="I63" t="s">
-        <v>2461</v>
+        <v>2442</v>
       </c>
       <c r="J63" t="s">
-        <v>2462</v>
+        <v>2239</v>
       </c>
       <c r="K63" t="s">
-        <v>2463</v>
+        <v>2240</v>
       </c>
       <c r="L63" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M63" t="s">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="N63" t="s">
-        <v>2020</v>
+        <v>2214</v>
       </c>
       <c r="O63" t="s">
-        <v>2021</v>
+        <v>2322</v>
       </c>
       <c r="P63" t="s">
-        <v>2464</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B64" t="s">
-        <v>2465</v>
+        <v>2444</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>2458</v>
+        <v>2249</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>2466</v>
+        <v>2445</v>
       </c>
       <c r="H64" t="s">
-        <v>2467</v>
+        <v>2446</v>
       </c>
       <c r="I64" t="s">
-        <v>2468</v>
+        <v>2122</v>
       </c>
       <c r="J64" t="s">
-        <v>2038</v>
+        <v>20</v>
       </c>
       <c r="K64" t="s">
-        <v>2039</v>
+        <v>2123</v>
       </c>
       <c r="L64" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M64" t="s">
-        <v>2019</v>
+        <v>2029</v>
       </c>
       <c r="N64" t="s">
-        <v>2020</v>
+        <v>2090</v>
       </c>
       <c r="O64" t="s">
-        <v>2021</v>
+        <v>2091</v>
       </c>
       <c r="P64" t="s">
-        <v>2469</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B65" t="s">
-        <v>2470</v>
+        <v>2448</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>2458</v>
+        <v>2449</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>2471</v>
+        <v>2450</v>
       </c>
       <c r="H65" t="s">
-        <v>2472</v>
+        <v>2451</v>
       </c>
       <c r="I65" t="s">
-        <v>2473</v>
+        <v>2452</v>
       </c>
       <c r="J65" t="s">
-        <v>2243</v>
+        <v>2036</v>
       </c>
       <c r="K65" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="L65" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M65" t="s">
-        <v>2312</v>
+        <v>2029</v>
       </c>
       <c r="N65" t="s">
-        <v>2020</v>
+        <v>2090</v>
       </c>
       <c r="O65" t="s">
-        <v>2236</v>
+        <v>2091</v>
       </c>
       <c r="P65" t="s">
-        <v>2474</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B66" t="s">
-        <v>2475</v>
+        <v>2454</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>2476</v>
+        <v>2455</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>2477</v>
+        <v>2456</v>
       </c>
       <c r="H66" t="s">
-        <v>2478</v>
+        <v>2457</v>
       </c>
       <c r="I66" t="s">
-        <v>2479</v>
+        <v>2458</v>
       </c>
       <c r="J66" t="s">
-        <v>2341</v>
+        <v>2459</v>
       </c>
       <c r="K66" t="s">
-        <v>2342</v>
+        <v>84</v>
       </c>
       <c r="L66" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M66" t="s">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="N66" t="s">
-        <v>2020</v>
+        <v>2214</v>
       </c>
       <c r="O66" t="s">
-        <v>2021</v>
+        <v>2460</v>
       </c>
       <c r="P66" t="s">
-        <v>2480</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B67" t="s">
-        <v>2481</v>
+        <v>2462</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>2482</v>
+        <v>2283</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>2483</v>
+        <v>2463</v>
       </c>
       <c r="H67" t="s">
-        <v>2484</v>
+        <v>2464</v>
       </c>
       <c r="I67" t="s">
-        <v>2485</v>
+        <v>2465</v>
       </c>
       <c r="J67" t="s">
-        <v>2486</v>
+        <v>2466</v>
       </c>
       <c r="K67" t="s">
-        <v>2487</v>
+        <v>2467</v>
       </c>
       <c r="L67" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M67" t="s">
-        <v>2312</v>
+        <v>2029</v>
       </c>
       <c r="N67" t="s">
-        <v>2020</v>
+        <v>2090</v>
       </c>
       <c r="O67" t="s">
-        <v>2488</v>
+        <v>2091</v>
       </c>
       <c r="P67" t="s">
-        <v>2489</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B68" t="s">
-        <v>2490</v>
+        <v>2469</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>2491</v>
+        <v>2470</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>2492</v>
+        <v>2471</v>
       </c>
       <c r="H68" t="s">
-        <v>2493</v>
+        <v>2472</v>
       </c>
       <c r="I68" t="s">
-        <v>2494</v>
+        <v>2473</v>
       </c>
       <c r="J68" t="s">
-        <v>20</v>
+        <v>2028</v>
       </c>
       <c r="K68" t="s">
-        <v>2495</v>
+        <v>1855</v>
       </c>
       <c r="L68" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M68" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N68" t="s">
-        <v>2496</v>
+        <v>2214</v>
       </c>
       <c r="O68" t="s">
-        <v>2497</v>
+        <v>2474</v>
       </c>
       <c r="P68" t="s">
-        <v>2498</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B69" t="s">
-        <v>2499</v>
+        <v>2476</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>2500</v>
+        <v>2477</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>2501</v>
+        <v>2478</v>
       </c>
       <c r="H69" t="s">
-        <v>2502</v>
+        <v>2479</v>
       </c>
       <c r="I69" t="s">
-        <v>2503</v>
+        <v>2480</v>
       </c>
       <c r="J69" t="s">
-        <v>2017</v>
+        <v>2043</v>
       </c>
       <c r="K69" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="L69" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M69" t="s">
-        <v>2102</v>
+        <v>2029</v>
       </c>
       <c r="N69" t="s">
-        <v>2162</v>
+        <v>2090</v>
       </c>
       <c r="O69" t="s">
-        <v>2163</v>
+        <v>2091</v>
       </c>
       <c r="P69" t="s">
-        <v>2504</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B70" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>2506</v>
+        <v>2291</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>2507</v>
+        <v>2483</v>
       </c>
       <c r="H70" t="s">
-        <v>2508</v>
+        <v>2484</v>
       </c>
       <c r="I70" t="s">
-        <v>2509</v>
+        <v>2485</v>
       </c>
       <c r="J70" t="s">
-        <v>2017</v>
+        <v>2486</v>
       </c>
       <c r="K70" t="s">
-        <v>1866</v>
+        <v>2487</v>
       </c>
       <c r="L70" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M70" t="s">
-        <v>2312</v>
+        <v>2029</v>
       </c>
       <c r="N70" t="s">
-        <v>2496</v>
+        <v>2090</v>
       </c>
       <c r="O70" t="s">
-        <v>2510</v>
+        <v>2091</v>
       </c>
       <c r="P70" t="s">
-        <v>2511</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B71" t="s">
-        <v>2512</v>
+        <v>2489</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>2513</v>
+        <v>2490</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>2514</v>
+        <v>2491</v>
       </c>
       <c r="H71" t="s">
-        <v>2515</v>
+        <v>2492</v>
       </c>
       <c r="I71" t="s">
-        <v>2516</v>
+        <v>2493</v>
       </c>
       <c r="J71" t="s">
-        <v>2517</v>
+        <v>2494</v>
       </c>
       <c r="K71" t="s">
-        <v>1866</v>
+        <v>2495</v>
       </c>
       <c r="L71" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M71" t="s">
-        <v>2102</v>
+        <v>2054</v>
       </c>
       <c r="N71" t="s">
-        <v>2162</v>
+        <v>2090</v>
       </c>
       <c r="O71" t="s">
-        <v>2163</v>
+        <v>2496</v>
       </c>
       <c r="P71" t="s">
-        <v>2518</v>
+        <v>2497</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B72" t="s">
-        <v>2519</v>
+        <v>2498</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>2520</v>
+        <v>2499</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>2521</v>
+        <v>2500</v>
       </c>
       <c r="H72" t="s">
-        <v>2522</v>
+        <v>2501</v>
       </c>
       <c r="I72" t="s">
-        <v>2523</v>
+        <v>2502</v>
       </c>
       <c r="J72" t="s">
-        <v>2285</v>
+        <v>20</v>
       </c>
       <c r="K72" t="s">
-        <v>2286</v>
+        <v>2503</v>
       </c>
       <c r="L72" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M72" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N72" t="s">
-        <v>2212</v>
+        <v>2504</v>
       </c>
       <c r="O72" t="s">
-        <v>2409</v>
+        <v>2505</v>
       </c>
       <c r="P72" t="s">
-        <v>2524</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B73" t="s">
-        <v>2525</v>
+        <v>2507</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>2526</v>
+        <v>2508</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>2527</v>
+        <v>2509</v>
       </c>
       <c r="H73" t="s">
-        <v>2528</v>
+        <v>2510</v>
       </c>
       <c r="I73" t="s">
-        <v>2529</v>
+        <v>2511</v>
       </c>
       <c r="J73" t="s">
-        <v>2530</v>
+        <v>2074</v>
       </c>
       <c r="K73" t="s">
-        <v>1743</v>
+        <v>1855</v>
       </c>
       <c r="L73" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M73" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N73" t="s">
-        <v>2212</v>
+        <v>2044</v>
       </c>
       <c r="O73" t="s">
-        <v>2444</v>
+        <v>2045</v>
       </c>
       <c r="P73" t="s">
-        <v>2531</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B74" t="s">
-        <v>2532</v>
+        <v>2513</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>2533</v>
+        <v>2514</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>2534</v>
+        <v>2515</v>
       </c>
       <c r="H74" t="s">
-        <v>2535</v>
+        <v>2516</v>
       </c>
       <c r="I74" t="s">
-        <v>2536</v>
+        <v>2517</v>
       </c>
       <c r="J74" t="s">
-        <v>2537</v>
+        <v>2418</v>
       </c>
       <c r="K74" t="s">
-        <v>2538</v>
+        <v>2419</v>
       </c>
       <c r="L74" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M74" t="s">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="N74" t="s">
-        <v>2020</v>
+        <v>2214</v>
       </c>
       <c r="O74" t="s">
-        <v>2021</v>
+        <v>2460</v>
       </c>
       <c r="P74" t="s">
-        <v>2539</v>
+        <v>2518</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B75" t="s">
-        <v>2540</v>
+        <v>2519</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>2541</v>
+        <v>2520</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>2542</v>
+        <v>2521</v>
       </c>
       <c r="H75" t="s">
-        <v>2543</v>
+        <v>2522</v>
       </c>
       <c r="I75" t="s">
-        <v>2544</v>
+        <v>2523</v>
       </c>
       <c r="J75" t="s">
-        <v>2545</v>
+        <v>2524</v>
       </c>
       <c r="K75" t="s">
-        <v>2546</v>
+        <v>2525</v>
       </c>
       <c r="L75" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M75" t="s">
-        <v>2102</v>
+        <v>2029</v>
       </c>
       <c r="N75" t="s">
-        <v>2212</v>
+        <v>2090</v>
       </c>
       <c r="O75" t="s">
-        <v>2409</v>
+        <v>2091</v>
       </c>
       <c r="P75" t="s">
-        <v>2547</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B76" t="s">
-        <v>2548</v>
+        <v>2527</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>2549</v>
+        <v>2528</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>2550</v>
+        <v>2529</v>
       </c>
       <c r="H76" t="s">
-        <v>2551</v>
+        <v>2530</v>
       </c>
       <c r="I76" t="s">
-        <v>2552</v>
+        <v>2531</v>
       </c>
       <c r="J76" t="s">
-        <v>2517</v>
+        <v>2006</v>
       </c>
       <c r="K76" t="s">
-        <v>1866</v>
+        <v>2007</v>
       </c>
       <c r="L76" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M76" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N76" t="s">
-        <v>2162</v>
+        <v>2214</v>
       </c>
       <c r="O76" t="s">
-        <v>2163</v>
+        <v>2460</v>
       </c>
       <c r="P76" t="s">
-        <v>2553</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B77" t="s">
-        <v>2554</v>
+        <v>2533</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
-        <v>2555</v>
+        <v>2534</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>2556</v>
+        <v>2535</v>
       </c>
       <c r="H77" t="s">
-        <v>2557</v>
+        <v>2536</v>
       </c>
       <c r="I77" t="s">
-        <v>2558</v>
+        <v>2366</v>
       </c>
       <c r="J77" t="s">
-        <v>2559</v>
+        <v>2074</v>
       </c>
       <c r="K77" t="s">
-        <v>1013</v>
+        <v>1855</v>
       </c>
       <c r="L77" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M77" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N77" t="s">
-        <v>2560</v>
+        <v>2044</v>
       </c>
       <c r="O77" t="s">
-        <v>2561</v>
+        <v>2045</v>
       </c>
       <c r="P77" t="s">
-        <v>2562</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B78" t="s">
-        <v>2563</v>
+        <v>2538</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>2564</v>
+        <v>2302</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>2565</v>
+        <v>2539</v>
       </c>
       <c r="H78" t="s">
-        <v>2566</v>
+        <v>2540</v>
       </c>
       <c r="I78" t="s">
-        <v>2567</v>
+        <v>2541</v>
       </c>
       <c r="J78" t="s">
-        <v>2243</v>
+        <v>2036</v>
       </c>
       <c r="K78" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="L78" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M78" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N78" t="s">
-        <v>2162</v>
+        <v>2044</v>
       </c>
       <c r="O78" t="s">
-        <v>2163</v>
+        <v>2045</v>
       </c>
       <c r="P78" t="s">
-        <v>2568</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B79" t="s">
-        <v>2569</v>
+        <v>2543</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>2564</v>
+        <v>2302</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>2570</v>
+        <v>2544</v>
       </c>
       <c r="H79" t="s">
-        <v>2571</v>
+        <v>2545</v>
       </c>
       <c r="I79" t="s">
-        <v>2517</v>
+        <v>2546</v>
       </c>
       <c r="J79" t="s">
-        <v>20</v>
+        <v>2261</v>
       </c>
       <c r="K79" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="L79" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M79" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N79" t="s">
-        <v>2244</v>
+        <v>2253</v>
       </c>
       <c r="O79" t="s">
-        <v>2572</v>
+        <v>2334</v>
       </c>
       <c r="P79" t="s">
-        <v>2573</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B80" t="s">
-        <v>2574</v>
+        <v>2548</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>2564</v>
+        <v>2549</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>2575</v>
+        <v>2550</v>
       </c>
       <c r="H80" t="s">
-        <v>2576</v>
+        <v>2551</v>
       </c>
       <c r="I80" t="s">
-        <v>2577</v>
+        <v>2552</v>
       </c>
       <c r="J80" t="s">
-        <v>2385</v>
+        <v>2074</v>
       </c>
       <c r="K80" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="L80" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M80" t="s">
-        <v>2102</v>
+        <v>2029</v>
       </c>
       <c r="N80" t="s">
-        <v>2244</v>
+        <v>2090</v>
       </c>
       <c r="O80" t="s">
-        <v>2245</v>
+        <v>2091</v>
       </c>
       <c r="P80" t="s">
-        <v>2578</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B81" t="s">
-        <v>2579</v>
+        <v>2554</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>2580</v>
+        <v>2555</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>2581</v>
+        <v>2556</v>
       </c>
       <c r="H81" t="s">
-        <v>2582</v>
+        <v>2557</v>
       </c>
       <c r="I81" t="s">
-        <v>2583</v>
+        <v>2558</v>
       </c>
       <c r="J81" t="s">
-        <v>2517</v>
+        <v>20</v>
       </c>
       <c r="K81" t="s">
-        <v>1866</v>
+        <v>2559</v>
       </c>
       <c r="L81" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M81" t="s">
-        <v>2019</v>
+        <v>2029</v>
       </c>
       <c r="N81" t="s">
-        <v>2020</v>
+        <v>2090</v>
       </c>
       <c r="O81" t="s">
-        <v>2021</v>
+        <v>2091</v>
       </c>
       <c r="P81" t="s">
-        <v>2584</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
+        <v>2000</v>
+      </c>
+      <c r="B82" t="s">
+        <v>2561</v>
+      </c>
+      <c r="C82" t="s">
+        <v>20</v>
+      </c>
+      <c r="D82" t="s">
+        <v>20</v>
+      </c>
+      <c r="E82" t="s">
+        <v>2562</v>
+      </c>
+      <c r="F82" t="s">
+        <v>20</v>
+      </c>
+      <c r="G82" t="s">
+        <v>2563</v>
+      </c>
+      <c r="H82" t="s">
+        <v>2564</v>
+      </c>
+      <c r="I82" t="s">
+        <v>2565</v>
+      </c>
+      <c r="J82" t="s">
+        <v>2566</v>
+      </c>
+      <c r="K82" t="s">
+        <v>2567</v>
+      </c>
+      <c r="L82" t="s">
+        <v>2008</v>
+      </c>
+      <c r="M82" t="s">
+        <v>2009</v>
+      </c>
+      <c r="N82" t="s">
+        <v>2010</v>
+      </c>
+      <c r="O82" t="s">
         <v>2011</v>
       </c>
-      <c r="B82" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="P82" t="s">
-        <v>2593</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
+        <v>2000</v>
+      </c>
+      <c r="B83" t="s">
+        <v>2569</v>
+      </c>
+      <c r="C83" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>2562</v>
+      </c>
+      <c r="F83" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" t="s">
+        <v>2570</v>
+      </c>
+      <c r="H83" t="s">
+        <v>2571</v>
+      </c>
+      <c r="I83" t="s">
+        <v>2565</v>
+      </c>
+      <c r="J83" t="s">
+        <v>2566</v>
+      </c>
+      <c r="K83" t="s">
+        <v>2567</v>
+      </c>
+      <c r="L83" t="s">
+        <v>2008</v>
+      </c>
+      <c r="M83" t="s">
+        <v>2009</v>
+      </c>
+      <c r="N83" t="s">
+        <v>2010</v>
+      </c>
+      <c r="O83" t="s">
         <v>2011</v>
       </c>
-      <c r="B83" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="P83" t="s">
-        <v>2598</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B84" t="s">
-        <v>2599</v>
+        <v>2573</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>2600</v>
+        <v>2574</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>2601</v>
+        <v>2575</v>
       </c>
       <c r="H84" t="s">
-        <v>2602</v>
+        <v>2576</v>
       </c>
       <c r="I84" t="s">
-        <v>2603</v>
+        <v>2577</v>
       </c>
       <c r="J84" t="s">
-        <v>2084</v>
+        <v>2074</v>
       </c>
       <c r="K84" t="s">
-        <v>2085</v>
+        <v>1855</v>
       </c>
       <c r="L84" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M84" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N84" t="s">
-        <v>2180</v>
+        <v>2214</v>
       </c>
       <c r="O84" t="s">
-        <v>2265</v>
+        <v>2578</v>
       </c>
       <c r="P84" t="s">
-        <v>2604</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B85" t="s">
-        <v>2605</v>
+        <v>2580</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
-        <v>2600</v>
+        <v>2574</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>2606</v>
+        <v>2581</v>
       </c>
       <c r="H85" t="s">
-        <v>2607</v>
+        <v>2582</v>
       </c>
       <c r="I85" t="s">
-        <v>2603</v>
+        <v>2583</v>
       </c>
       <c r="J85" t="s">
-        <v>2084</v>
+        <v>2074</v>
       </c>
       <c r="K85" t="s">
-        <v>2085</v>
+        <v>1855</v>
       </c>
       <c r="L85" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M85" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N85" t="s">
-        <v>2180</v>
+        <v>2214</v>
       </c>
       <c r="O85" t="s">
-        <v>2265</v>
+        <v>2584</v>
       </c>
       <c r="P85" t="s">
-        <v>2608</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B86" t="s">
-        <v>2609</v>
+        <v>2586</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
-        <v>2610</v>
+        <v>2587</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>2611</v>
+        <v>2588</v>
       </c>
       <c r="H86" t="s">
-        <v>2612</v>
+        <v>2589</v>
       </c>
       <c r="I86" t="s">
-        <v>2613</v>
+        <v>2590</v>
       </c>
       <c r="J86" t="s">
         <v>20</v>
       </c>
       <c r="K86" t="s">
-        <v>2614</v>
+        <v>2591</v>
       </c>
       <c r="L86" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M86" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N86" t="s">
-        <v>2212</v>
+        <v>2214</v>
       </c>
       <c r="O86" t="s">
-        <v>2322</v>
+        <v>2474</v>
       </c>
       <c r="P86" t="s">
-        <v>2615</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B87" t="s">
-        <v>2616</v>
+        <v>2593</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87" t="s">
-        <v>2610</v>
+        <v>2594</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>2617</v>
+        <v>2595</v>
       </c>
       <c r="H87" t="s">
-        <v>2618</v>
+        <v>2596</v>
       </c>
       <c r="I87" t="s">
-        <v>2613</v>
+        <v>2597</v>
       </c>
       <c r="J87" t="s">
-        <v>20</v>
+        <v>2598</v>
       </c>
       <c r="K87" t="s">
-        <v>2614</v>
+        <v>2599</v>
       </c>
       <c r="L87" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M87" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N87" t="s">
-        <v>2212</v>
+        <v>2010</v>
       </c>
       <c r="O87" t="s">
-        <v>2300</v>
+        <v>2356</v>
       </c>
       <c r="P87" t="s">
-        <v>2619</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
+        <v>2000</v>
+      </c>
+      <c r="B88" t="s">
+        <v>2601</v>
+      </c>
+      <c r="C88" t="s">
+        <v>20</v>
+      </c>
+      <c r="D88" t="s">
+        <v>20</v>
+      </c>
+      <c r="E88" t="s">
+        <v>2602</v>
+      </c>
+      <c r="F88" t="s">
+        <v>20</v>
+      </c>
+      <c r="G88" t="s">
+        <v>2603</v>
+      </c>
+      <c r="H88" t="s">
+        <v>2604</v>
+      </c>
+      <c r="I88" t="s">
+        <v>2605</v>
+      </c>
+      <c r="J88" t="s">
+        <v>2036</v>
+      </c>
+      <c r="K88" t="s">
+        <v>1855</v>
+      </c>
+      <c r="L88" t="s">
+        <v>2008</v>
+      </c>
+      <c r="M88" t="s">
+        <v>2009</v>
+      </c>
+      <c r="N88" t="s">
+        <v>2010</v>
+      </c>
+      <c r="O88" t="s">
         <v>2011</v>
       </c>
-      <c r="B88" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="P88" t="s">
-        <v>2624</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
+        <v>2000</v>
+      </c>
+      <c r="B89" t="s">
+        <v>2607</v>
+      </c>
+      <c r="C89" t="s">
+        <v>20</v>
+      </c>
+      <c r="D89" t="s">
+        <v>20</v>
+      </c>
+      <c r="E89" t="s">
+        <v>2602</v>
+      </c>
+      <c r="F89" t="s">
+        <v>20</v>
+      </c>
+      <c r="G89" t="s">
+        <v>2608</v>
+      </c>
+      <c r="H89" t="s">
+        <v>2609</v>
+      </c>
+      <c r="I89" t="s">
+        <v>2610</v>
+      </c>
+      <c r="J89" t="s">
+        <v>2611</v>
+      </c>
+      <c r="K89" t="s">
+        <v>2612</v>
+      </c>
+      <c r="L89" t="s">
+        <v>2008</v>
+      </c>
+      <c r="M89" t="s">
+        <v>2009</v>
+      </c>
+      <c r="N89" t="s">
+        <v>2010</v>
+      </c>
+      <c r="O89" t="s">
         <v>2011</v>
       </c>
-      <c r="B89" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="P89" t="s">
-        <v>2630</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B90" t="s">
-        <v>2631</v>
+        <v>2614</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90" t="s">
-        <v>2632</v>
+        <v>2602</v>
       </c>
       <c r="F90" t="s">
         <v>20</v>
       </c>
       <c r="G90" t="s">
-        <v>2633</v>
+        <v>2615</v>
       </c>
       <c r="H90" t="s">
-        <v>2634</v>
+        <v>2616</v>
       </c>
       <c r="I90" t="s">
-        <v>2635</v>
+        <v>2617</v>
       </c>
       <c r="J90" t="s">
-        <v>20</v>
+        <v>2196</v>
       </c>
       <c r="K90" t="s">
-        <v>2636</v>
+        <v>2197</v>
       </c>
       <c r="L90" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M90" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N90" t="s">
-        <v>2212</v>
+        <v>2010</v>
       </c>
       <c r="O90" t="s">
-        <v>2592</v>
+        <v>2061</v>
       </c>
       <c r="P90" t="s">
-        <v>2637</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
+        <v>2000</v>
+      </c>
+      <c r="B91" t="s">
+        <v>2619</v>
+      </c>
+      <c r="C91" t="s">
+        <v>20</v>
+      </c>
+      <c r="D91" t="s">
+        <v>20</v>
+      </c>
+      <c r="E91" t="s">
+        <v>2602</v>
+      </c>
+      <c r="F91" t="s">
+        <v>20</v>
+      </c>
+      <c r="G91" t="s">
+        <v>2620</v>
+      </c>
+      <c r="H91" t="s">
+        <v>2621</v>
+      </c>
+      <c r="I91" t="s">
+        <v>2622</v>
+      </c>
+      <c r="J91" t="s">
+        <v>2028</v>
+      </c>
+      <c r="K91" t="s">
+        <v>1855</v>
+      </c>
+      <c r="L91" t="s">
+        <v>2008</v>
+      </c>
+      <c r="M91" t="s">
+        <v>2009</v>
+      </c>
+      <c r="N91" t="s">
+        <v>2010</v>
+      </c>
+      <c r="O91" t="s">
         <v>2011</v>
       </c>
-      <c r="B91" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="P91" t="s">
-        <v>2645</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
+        <v>2000</v>
+      </c>
+      <c r="B92" t="s">
+        <v>2624</v>
+      </c>
+      <c r="C92" t="s">
+        <v>20</v>
+      </c>
+      <c r="D92" t="s">
+        <v>20</v>
+      </c>
+      <c r="E92" t="s">
+        <v>2602</v>
+      </c>
+      <c r="F92" t="s">
+        <v>20</v>
+      </c>
+      <c r="G92" t="s">
+        <v>2625</v>
+      </c>
+      <c r="H92" t="s">
+        <v>2626</v>
+      </c>
+      <c r="I92" t="s">
+        <v>2627</v>
+      </c>
+      <c r="J92" t="s">
+        <v>2028</v>
+      </c>
+      <c r="K92" t="s">
+        <v>1855</v>
+      </c>
+      <c r="L92" t="s">
+        <v>2008</v>
+      </c>
+      <c r="M92" t="s">
+        <v>2009</v>
+      </c>
+      <c r="N92" t="s">
+        <v>2010</v>
+      </c>
+      <c r="O92" t="s">
         <v>2011</v>
       </c>
-      <c r="B92" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="P92" t="s">
-        <v>2651</v>
+        <v>2628</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B93" t="s">
-        <v>2652</v>
+        <v>2629</v>
       </c>
       <c r="C93" t="s">
         <v>20</v>
       </c>
       <c r="D93" t="s">
         <v>20</v>
       </c>
       <c r="E93" t="s">
-        <v>2647</v>
+        <v>2630</v>
       </c>
       <c r="F93" t="s">
         <v>20</v>
       </c>
       <c r="G93" t="s">
-        <v>2653</v>
+        <v>2631</v>
       </c>
       <c r="H93" t="s">
-        <v>2654</v>
+        <v>2632</v>
       </c>
       <c r="I93" t="s">
-        <v>2655</v>
+        <v>2633</v>
       </c>
       <c r="J93" t="s">
-        <v>2517</v>
+        <v>2634</v>
       </c>
       <c r="K93" t="s">
-        <v>1866</v>
+        <v>2635</v>
       </c>
       <c r="L93" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M93" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N93" t="s">
-        <v>2212</v>
+        <v>2010</v>
       </c>
       <c r="O93" t="s">
-        <v>2656</v>
+        <v>2061</v>
       </c>
       <c r="P93" t="s">
-        <v>2657</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B94" t="s">
-        <v>2658</v>
+        <v>2637</v>
       </c>
       <c r="C94" t="s">
         <v>20</v>
       </c>
       <c r="D94" t="s">
         <v>20</v>
       </c>
       <c r="E94" t="s">
-        <v>2659</v>
+        <v>2638</v>
       </c>
       <c r="F94" t="s">
         <v>20</v>
       </c>
       <c r="G94" t="s">
-        <v>2660</v>
+        <v>2639</v>
       </c>
       <c r="H94" t="s">
-        <v>2661</v>
+        <v>2640</v>
       </c>
       <c r="I94" t="s">
-        <v>2662</v>
+        <v>2641</v>
       </c>
       <c r="J94" t="s">
-        <v>2243</v>
+        <v>2642</v>
       </c>
       <c r="K94" t="s">
-        <v>1866</v>
+        <v>2643</v>
       </c>
       <c r="L94" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M94" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N94" t="s">
-        <v>2180</v>
+        <v>2214</v>
       </c>
       <c r="O94" t="s">
-        <v>2663</v>
+        <v>2314</v>
       </c>
       <c r="P94" t="s">
-        <v>2664</v>
+        <v>2644</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B95" t="s">
-        <v>2665</v>
+        <v>2645</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95" t="s">
-        <v>2659</v>
+        <v>2646</v>
       </c>
       <c r="F95" t="s">
         <v>20</v>
       </c>
       <c r="G95" t="s">
-        <v>2666</v>
+        <v>2647</v>
       </c>
       <c r="H95" t="s">
-        <v>2667</v>
+        <v>2648</v>
       </c>
       <c r="I95" t="s">
-        <v>2662</v>
+        <v>2649</v>
       </c>
       <c r="J95" t="s">
-        <v>2243</v>
+        <v>2036</v>
       </c>
       <c r="K95" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="L95" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M95" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N95" t="s">
-        <v>2180</v>
+        <v>2214</v>
       </c>
       <c r="O95" t="s">
-        <v>2181</v>
+        <v>2215</v>
       </c>
       <c r="P95" t="s">
-        <v>2668</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B96" t="s">
-        <v>2669</v>
+        <v>2651</v>
       </c>
       <c r="C96" t="s">
         <v>20</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96" t="s">
-        <v>2670</v>
+        <v>2646</v>
       </c>
       <c r="F96" t="s">
         <v>20</v>
       </c>
       <c r="G96" t="s">
-        <v>2671</v>
+        <v>2652</v>
       </c>
       <c r="H96" t="s">
-        <v>2672</v>
+        <v>2653</v>
       </c>
       <c r="I96" t="s">
-        <v>2552</v>
+        <v>2590</v>
       </c>
       <c r="J96" t="s">
-        <v>2211</v>
+        <v>20</v>
       </c>
       <c r="K96" t="s">
-        <v>1866</v>
+        <v>2591</v>
       </c>
       <c r="L96" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M96" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N96" t="s">
-        <v>2162</v>
+        <v>2214</v>
       </c>
       <c r="O96" t="s">
-        <v>2673</v>
+        <v>2215</v>
       </c>
       <c r="P96" t="s">
-        <v>2674</v>
+        <v>2654</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B97" t="s">
-        <v>2675</v>
+        <v>2655</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" t="s">
         <v>20</v>
       </c>
       <c r="E97" t="s">
-        <v>2670</v>
+        <v>2656</v>
       </c>
       <c r="F97" t="s">
         <v>20</v>
       </c>
       <c r="G97" t="s">
-        <v>2676</v>
+        <v>2657</v>
       </c>
       <c r="H97" t="s">
-        <v>2677</v>
+        <v>2658</v>
       </c>
       <c r="I97" t="s">
-        <v>2552</v>
+        <v>2659</v>
       </c>
       <c r="J97" t="s">
-        <v>2517</v>
+        <v>20</v>
       </c>
       <c r="K97" t="s">
-        <v>1866</v>
+        <v>2660</v>
       </c>
       <c r="L97" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M97" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N97" t="s">
-        <v>2162</v>
+        <v>2214</v>
       </c>
       <c r="O97" t="s">
-        <v>2678</v>
+        <v>2661</v>
       </c>
       <c r="P97" t="s">
-        <v>2679</v>
+        <v>2662</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B98" t="s">
-        <v>2680</v>
+        <v>2663</v>
       </c>
       <c r="C98" t="s">
         <v>20</v>
       </c>
       <c r="D98" t="s">
         <v>20</v>
       </c>
       <c r="E98" t="s">
-        <v>2681</v>
+        <v>2664</v>
       </c>
       <c r="F98" t="s">
         <v>20</v>
       </c>
       <c r="G98" t="s">
-        <v>2682</v>
+        <v>2665</v>
       </c>
       <c r="H98" t="s">
-        <v>2683</v>
+        <v>2666</v>
       </c>
       <c r="I98" t="s">
-        <v>2684</v>
+        <v>2667</v>
       </c>
       <c r="J98" t="s">
-        <v>20</v>
+        <v>2466</v>
       </c>
       <c r="K98" t="s">
-        <v>2685</v>
+        <v>2467</v>
       </c>
       <c r="L98" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M98" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N98" t="s">
-        <v>2212</v>
+        <v>2214</v>
       </c>
       <c r="O98" t="s">
-        <v>2444</v>
+        <v>2314</v>
       </c>
       <c r="P98" t="s">
-        <v>2686</v>
+        <v>2668</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B99" t="s">
-        <v>2687</v>
+        <v>2669</v>
       </c>
       <c r="C99" t="s">
         <v>20</v>
       </c>
       <c r="D99" t="s">
         <v>20</v>
       </c>
       <c r="E99" t="s">
-        <v>2681</v>
+        <v>2670</v>
       </c>
       <c r="F99" t="s">
         <v>20</v>
       </c>
       <c r="G99" t="s">
-        <v>2688</v>
+        <v>2671</v>
       </c>
       <c r="H99" t="s">
-        <v>2689</v>
+        <v>2672</v>
       </c>
       <c r="I99" t="s">
-        <v>2690</v>
+        <v>2673</v>
       </c>
       <c r="J99" t="s">
-        <v>2211</v>
+        <v>2028</v>
       </c>
       <c r="K99" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="L99" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M99" t="s">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="N99" t="s">
-        <v>2162</v>
+        <v>2044</v>
       </c>
       <c r="O99" t="s">
-        <v>2678</v>
+        <v>2222</v>
       </c>
       <c r="P99" t="s">
-        <v>2691</v>
+        <v>2674</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B100" t="s">
-        <v>2692</v>
+        <v>2675</v>
       </c>
       <c r="C100" t="s">
         <v>20</v>
       </c>
       <c r="D100" t="s">
         <v>20</v>
       </c>
       <c r="E100" t="s">
-        <v>2693</v>
+        <v>2670</v>
       </c>
       <c r="F100" t="s">
         <v>20</v>
       </c>
       <c r="G100" t="s">
-        <v>2694</v>
+        <v>2676</v>
       </c>
       <c r="H100" t="s">
-        <v>2695</v>
+        <v>2677</v>
       </c>
       <c r="I100" t="s">
-        <v>2696</v>
+        <v>2678</v>
       </c>
       <c r="J100" t="s">
-        <v>2697</v>
+        <v>2261</v>
       </c>
       <c r="K100" t="s">
-        <v>2698</v>
+        <v>1855</v>
       </c>
       <c r="L100" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M100" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N100" t="s">
-        <v>2180</v>
+        <v>2044</v>
       </c>
       <c r="O100" t="s">
-        <v>2663</v>
+        <v>2222</v>
       </c>
       <c r="P100" t="s">
-        <v>2699</v>
+        <v>2679</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B101" t="s">
-        <v>2700</v>
+        <v>2680</v>
       </c>
       <c r="C101" t="s">
         <v>20</v>
       </c>
       <c r="D101" t="s">
         <v>20</v>
       </c>
       <c r="E101" t="s">
-        <v>2701</v>
+        <v>2670</v>
       </c>
       <c r="F101" t="s">
         <v>20</v>
       </c>
       <c r="G101" t="s">
-        <v>2702</v>
+        <v>2681</v>
       </c>
       <c r="H101" t="s">
-        <v>2703</v>
+        <v>2682</v>
       </c>
       <c r="I101" t="s">
-        <v>2704</v>
+        <v>2683</v>
       </c>
       <c r="J101" t="s">
-        <v>2517</v>
+        <v>2684</v>
       </c>
       <c r="K101" t="s">
-        <v>1866</v>
+        <v>2685</v>
       </c>
       <c r="L101" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M101" t="s">
-        <v>2312</v>
+        <v>2009</v>
       </c>
       <c r="N101" t="s">
-        <v>2496</v>
+        <v>2044</v>
       </c>
       <c r="O101" t="s">
-        <v>2510</v>
+        <v>2222</v>
       </c>
       <c r="P101" t="s">
-        <v>2705</v>
+        <v>2686</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B102" t="s">
-        <v>2706</v>
+        <v>2687</v>
       </c>
       <c r="C102" t="s">
         <v>20</v>
       </c>
       <c r="D102" t="s">
         <v>20</v>
       </c>
       <c r="E102" t="s">
-        <v>2707</v>
+        <v>2670</v>
       </c>
       <c r="F102" t="s">
         <v>20</v>
       </c>
       <c r="G102" t="s">
-        <v>2708</v>
+        <v>2688</v>
       </c>
       <c r="H102" t="s">
-        <v>2709</v>
+        <v>2689</v>
       </c>
       <c r="I102" t="s">
-        <v>2710</v>
+        <v>2690</v>
       </c>
       <c r="J102" t="s">
-        <v>2243</v>
+        <v>2261</v>
       </c>
       <c r="K102" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="L102" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M102" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N102" t="s">
-        <v>2180</v>
+        <v>2044</v>
       </c>
       <c r="O102" t="s">
-        <v>2265</v>
+        <v>2222</v>
       </c>
       <c r="P102" t="s">
-        <v>2711</v>
+        <v>2691</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B103" t="s">
-        <v>2712</v>
+        <v>2692</v>
       </c>
       <c r="C103" t="s">
         <v>20</v>
       </c>
       <c r="D103" t="s">
         <v>20</v>
       </c>
       <c r="E103" t="s">
-        <v>2707</v>
+        <v>2670</v>
       </c>
       <c r="F103" t="s">
         <v>20</v>
       </c>
       <c r="G103" t="s">
-        <v>2713</v>
+        <v>2693</v>
       </c>
       <c r="H103" t="s">
-        <v>2714</v>
+        <v>2694</v>
       </c>
       <c r="I103" t="s">
-        <v>2715</v>
+        <v>2036</v>
       </c>
       <c r="J103" t="s">
-        <v>2716</v>
+        <v>20</v>
       </c>
       <c r="K103" t="s">
-        <v>2717</v>
+        <v>1855</v>
       </c>
       <c r="L103" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M103" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N103" t="s">
-        <v>2180</v>
+        <v>2044</v>
       </c>
       <c r="O103" t="s">
-        <v>2265</v>
+        <v>2222</v>
       </c>
       <c r="P103" t="s">
-        <v>2718</v>
+        <v>2695</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B104" t="s">
-        <v>2719</v>
+        <v>2696</v>
       </c>
       <c r="C104" t="s">
         <v>20</v>
       </c>
       <c r="D104" t="s">
         <v>20</v>
       </c>
       <c r="E104" t="s">
-        <v>2707</v>
+        <v>2697</v>
       </c>
       <c r="F104" t="s">
         <v>20</v>
       </c>
       <c r="G104" t="s">
-        <v>2720</v>
+        <v>2698</v>
       </c>
       <c r="H104" t="s">
-        <v>2721</v>
+        <v>2699</v>
       </c>
       <c r="I104" t="s">
-        <v>2722</v>
+        <v>2373</v>
       </c>
       <c r="J104" t="s">
-        <v>2203</v>
+        <v>2279</v>
       </c>
       <c r="K104" t="s">
-        <v>2204</v>
+        <v>2280</v>
       </c>
       <c r="L104" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M104" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N104" t="s">
-        <v>2180</v>
+        <v>2214</v>
       </c>
       <c r="O104" t="s">
-        <v>2181</v>
+        <v>2474</v>
       </c>
       <c r="P104" t="s">
-        <v>2723</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B105" t="s">
-        <v>2724</v>
+        <v>2701</v>
       </c>
       <c r="C105" t="s">
         <v>20</v>
       </c>
       <c r="D105" t="s">
         <v>20</v>
       </c>
       <c r="E105" t="s">
+        <v>2702</v>
+      </c>
+      <c r="F105" t="s">
+        <v>20</v>
+      </c>
+      <c r="G105" t="s">
+        <v>2703</v>
+      </c>
+      <c r="H105" t="s">
+        <v>2704</v>
+      </c>
+      <c r="I105" t="s">
+        <v>2705</v>
+      </c>
+      <c r="J105" t="s">
+        <v>2706</v>
+      </c>
+      <c r="K105" t="s">
         <v>2707</v>
       </c>
-      <c r="F105" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="L105" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M105" t="s">
-        <v>2102</v>
+        <v>2029</v>
       </c>
       <c r="N105" t="s">
-        <v>2180</v>
+        <v>2090</v>
       </c>
       <c r="O105" t="s">
-        <v>2265</v>
+        <v>2091</v>
       </c>
       <c r="P105" t="s">
-        <v>2728</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B106" t="s">
-        <v>2729</v>
+        <v>2709</v>
       </c>
       <c r="C106" t="s">
         <v>20</v>
       </c>
       <c r="D106" t="s">
         <v>20</v>
       </c>
       <c r="E106" t="s">
-        <v>2707</v>
+        <v>2710</v>
       </c>
       <c r="F106" t="s">
         <v>20</v>
       </c>
       <c r="G106" t="s">
-        <v>2730</v>
+        <v>2711</v>
       </c>
       <c r="H106" t="s">
-        <v>2731</v>
+        <v>2712</v>
       </c>
       <c r="I106" t="s">
-        <v>2732</v>
+        <v>2713</v>
       </c>
       <c r="J106" t="s">
-        <v>2017</v>
+        <v>2466</v>
       </c>
       <c r="K106" t="s">
-        <v>1866</v>
+        <v>2467</v>
       </c>
       <c r="L106" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M106" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N106" t="s">
-        <v>2180</v>
+        <v>2090</v>
       </c>
       <c r="O106" t="s">
-        <v>2265</v>
+        <v>2091</v>
       </c>
       <c r="P106" t="s">
-        <v>2733</v>
+        <v>2714</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B107" t="s">
-        <v>2734</v>
+        <v>2715</v>
       </c>
       <c r="C107" t="s">
         <v>20</v>
       </c>
       <c r="D107" t="s">
         <v>20</v>
       </c>
       <c r="E107" t="s">
-        <v>2735</v>
+        <v>2716</v>
       </c>
       <c r="F107" t="s">
         <v>20</v>
       </c>
       <c r="G107" t="s">
-        <v>2736</v>
+        <v>2717</v>
       </c>
       <c r="H107" t="s">
-        <v>2737</v>
+        <v>2718</v>
       </c>
       <c r="I107" t="s">
-        <v>2738</v>
+        <v>2719</v>
       </c>
       <c r="J107" t="s">
-        <v>2243</v>
+        <v>2279</v>
       </c>
       <c r="K107" t="s">
-        <v>1866</v>
+        <v>2280</v>
       </c>
       <c r="L107" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M107" t="s">
-        <v>2019</v>
+        <v>2054</v>
       </c>
       <c r="N107" t="s">
-        <v>2020</v>
+        <v>2090</v>
       </c>
       <c r="O107" t="s">
-        <v>2021</v>
+        <v>2206</v>
       </c>
       <c r="P107" t="s">
-        <v>2739</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B108" t="s">
-        <v>2740</v>
+        <v>2721</v>
       </c>
       <c r="C108" t="s">
         <v>20</v>
       </c>
       <c r="D108" t="s">
         <v>20</v>
       </c>
       <c r="E108" t="s">
-        <v>2741</v>
+        <v>2716</v>
       </c>
       <c r="F108" t="s">
         <v>20</v>
       </c>
       <c r="G108" t="s">
-        <v>2742</v>
+        <v>2722</v>
       </c>
       <c r="H108" t="s">
-        <v>2743</v>
+        <v>2723</v>
       </c>
       <c r="I108" t="s">
-        <v>2744</v>
+        <v>2724</v>
       </c>
       <c r="J108" t="s">
-        <v>2243</v>
+        <v>2725</v>
       </c>
       <c r="K108" t="s">
-        <v>1866</v>
+        <v>95</v>
       </c>
       <c r="L108" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M108" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N108" t="s">
-        <v>2244</v>
+        <v>2214</v>
       </c>
       <c r="O108" t="s">
-        <v>2245</v>
+        <v>2661</v>
       </c>
       <c r="P108" t="s">
-        <v>2745</v>
+        <v>2726</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B109" t="s">
-        <v>2746</v>
+        <v>2727</v>
       </c>
       <c r="C109" t="s">
         <v>20</v>
       </c>
       <c r="D109" t="s">
         <v>20</v>
       </c>
       <c r="E109" t="s">
-        <v>2747</v>
+        <v>2728</v>
       </c>
       <c r="F109" t="s">
         <v>20</v>
       </c>
       <c r="G109" t="s">
-        <v>2748</v>
+        <v>2729</v>
       </c>
       <c r="H109" t="s">
-        <v>2749</v>
+        <v>2730</v>
       </c>
       <c r="I109" t="s">
-        <v>2750</v>
+        <v>2731</v>
       </c>
       <c r="J109" t="s">
-        <v>2211</v>
+        <v>2418</v>
       </c>
       <c r="K109" t="s">
-        <v>1866</v>
+        <v>2419</v>
       </c>
       <c r="L109" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M109" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N109" t="s">
-        <v>2162</v>
+        <v>2214</v>
       </c>
       <c r="O109" t="s">
-        <v>2673</v>
+        <v>2460</v>
       </c>
       <c r="P109" t="s">
-        <v>2751</v>
+        <v>2732</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B110" t="s">
-        <v>2752</v>
+        <v>2733</v>
       </c>
       <c r="C110" t="s">
         <v>20</v>
       </c>
       <c r="D110" t="s">
         <v>20</v>
       </c>
       <c r="E110" t="s">
-        <v>2747</v>
+        <v>2734</v>
       </c>
       <c r="F110" t="s">
         <v>20</v>
       </c>
       <c r="G110" t="s">
-        <v>2753</v>
+        <v>2735</v>
       </c>
       <c r="H110" t="s">
-        <v>2754</v>
+        <v>2736</v>
       </c>
       <c r="I110" t="s">
-        <v>2755</v>
+        <v>2737</v>
       </c>
       <c r="J110" t="s">
-        <v>2211</v>
+        <v>2261</v>
       </c>
       <c r="K110" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="L110" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M110" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N110" t="s">
-        <v>2162</v>
+        <v>2090</v>
       </c>
       <c r="O110" t="s">
-        <v>2678</v>
+        <v>2091</v>
       </c>
       <c r="P110" t="s">
-        <v>2756</v>
+        <v>2738</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B111" t="s">
-        <v>2757</v>
+        <v>2739</v>
       </c>
       <c r="C111" t="s">
         <v>20</v>
       </c>
       <c r="D111" t="s">
         <v>20</v>
       </c>
       <c r="E111" t="s">
-        <v>2758</v>
+        <v>2439</v>
       </c>
       <c r="F111" t="s">
         <v>20</v>
       </c>
       <c r="G111" t="s">
-        <v>2759</v>
+        <v>2740</v>
       </c>
       <c r="H111" t="s">
-        <v>2760</v>
+        <v>2741</v>
       </c>
       <c r="I111" t="s">
-        <v>2761</v>
+        <v>2742</v>
       </c>
       <c r="J111" t="s">
-        <v>2211</v>
+        <v>2743</v>
       </c>
       <c r="K111" t="s">
-        <v>1866</v>
+        <v>2744</v>
       </c>
       <c r="L111" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M111" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N111" t="s">
-        <v>2162</v>
+        <v>2214</v>
       </c>
       <c r="O111" t="s">
-        <v>2336</v>
+        <v>2322</v>
       </c>
       <c r="P111" t="s">
-        <v>2762</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B112" t="s">
-        <v>2763</v>
+        <v>2746</v>
       </c>
       <c r="C112" t="s">
         <v>20</v>
       </c>
       <c r="D112" t="s">
         <v>20</v>
       </c>
       <c r="E112" t="s">
-        <v>2758</v>
+        <v>2477</v>
       </c>
       <c r="F112" t="s">
         <v>20</v>
       </c>
       <c r="G112" t="s">
-        <v>2764</v>
+        <v>2747</v>
       </c>
       <c r="H112" t="s">
-        <v>2765</v>
+        <v>2748</v>
       </c>
       <c r="I112" t="s">
-        <v>2766</v>
+        <v>2749</v>
       </c>
       <c r="J112" t="s">
-        <v>2341</v>
+        <v>2106</v>
       </c>
       <c r="K112" t="s">
-        <v>2342</v>
+        <v>2107</v>
       </c>
       <c r="L112" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M112" t="s">
-        <v>2102</v>
+        <v>2029</v>
       </c>
       <c r="N112" t="s">
-        <v>2162</v>
+        <v>2090</v>
       </c>
       <c r="O112" t="s">
-        <v>2336</v>
+        <v>2091</v>
       </c>
       <c r="P112" t="s">
-        <v>2767</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B113" t="s">
-        <v>2768</v>
+        <v>2751</v>
       </c>
       <c r="C113" t="s">
         <v>20</v>
       </c>
       <c r="D113" t="s">
         <v>20</v>
       </c>
       <c r="E113" t="s">
-        <v>2758</v>
+        <v>2752</v>
       </c>
       <c r="F113" t="s">
         <v>20</v>
       </c>
       <c r="G113" t="s">
-        <v>2769</v>
+        <v>2753</v>
       </c>
       <c r="H113" t="s">
-        <v>2770</v>
+        <v>2754</v>
       </c>
       <c r="I113" t="s">
-        <v>2373</v>
+        <v>2755</v>
       </c>
       <c r="J113" t="s">
-        <v>2211</v>
+        <v>2018</v>
       </c>
       <c r="K113" t="s">
-        <v>1866</v>
+        <v>2019</v>
       </c>
       <c r="L113" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M113" t="s">
-        <v>2102</v>
+        <v>2029</v>
       </c>
       <c r="N113" t="s">
-        <v>2162</v>
+        <v>2090</v>
       </c>
       <c r="O113" t="s">
-        <v>2336</v>
+        <v>2091</v>
       </c>
       <c r="P113" t="s">
-        <v>2771</v>
+        <v>2756</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B114" t="s">
-        <v>2772</v>
+        <v>2757</v>
       </c>
       <c r="C114" t="s">
         <v>20</v>
       </c>
       <c r="D114" t="s">
         <v>20</v>
       </c>
       <c r="E114" t="s">
         <v>2758</v>
       </c>
       <c r="F114" t="s">
         <v>20</v>
       </c>
       <c r="G114" t="s">
-        <v>2773</v>
+        <v>2759</v>
       </c>
       <c r="H114" t="s">
-        <v>2774</v>
+        <v>2760</v>
       </c>
       <c r="I114" t="s">
-        <v>2775</v>
+        <v>2761</v>
       </c>
       <c r="J114" t="s">
-        <v>2211</v>
+        <v>2762</v>
       </c>
       <c r="K114" t="s">
-        <v>1866</v>
+        <v>1003</v>
       </c>
       <c r="L114" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M114" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N114" t="s">
-        <v>2162</v>
+        <v>2763</v>
       </c>
       <c r="O114" t="s">
-        <v>2336</v>
+        <v>2764</v>
       </c>
       <c r="P114" t="s">
-        <v>2776</v>
+        <v>2765</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B115" t="s">
-        <v>2777</v>
+        <v>2766</v>
       </c>
       <c r="C115" t="s">
         <v>20</v>
       </c>
       <c r="D115" t="s">
         <v>20</v>
       </c>
       <c r="E115" t="s">
-        <v>2778</v>
+        <v>2317</v>
       </c>
       <c r="F115" t="s">
         <v>20</v>
       </c>
       <c r="G115" t="s">
-        <v>2779</v>
+        <v>2767</v>
       </c>
       <c r="H115" t="s">
-        <v>2780</v>
+        <v>2768</v>
       </c>
       <c r="I115" t="s">
-        <v>2781</v>
+        <v>2769</v>
       </c>
       <c r="J115" t="s">
-        <v>2782</v>
+        <v>20</v>
       </c>
       <c r="K115" t="s">
-        <v>2783</v>
+        <v>42</v>
       </c>
       <c r="L115" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M115" t="s">
-        <v>2102</v>
+        <v>2054</v>
       </c>
       <c r="N115" t="s">
-        <v>2212</v>
+        <v>2253</v>
       </c>
       <c r="O115" t="s">
-        <v>2592</v>
+        <v>2770</v>
       </c>
       <c r="P115" t="s">
-        <v>2784</v>
+        <v>2771</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B116" t="s">
-        <v>2785</v>
+        <v>2772</v>
       </c>
       <c r="C116" t="s">
         <v>20</v>
       </c>
       <c r="D116" t="s">
         <v>20</v>
       </c>
       <c r="E116" t="s">
-        <v>2786</v>
+        <v>2773</v>
       </c>
       <c r="F116" t="s">
         <v>20</v>
       </c>
       <c r="G116" t="s">
-        <v>2787</v>
+        <v>2774</v>
       </c>
       <c r="H116" t="s">
-        <v>2788</v>
+        <v>2775</v>
       </c>
       <c r="I116" t="s">
-        <v>2789</v>
+        <v>2776</v>
       </c>
       <c r="J116" t="s">
-        <v>2790</v>
+        <v>2036</v>
       </c>
       <c r="K116" t="s">
-        <v>1743</v>
+        <v>1855</v>
       </c>
       <c r="L116" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M116" t="s">
-        <v>2312</v>
+        <v>2009</v>
       </c>
       <c r="N116" t="s">
-        <v>2791</v>
+        <v>2253</v>
       </c>
       <c r="O116" t="s">
-        <v>2792</v>
+        <v>2334</v>
       </c>
       <c r="P116" t="s">
-        <v>2793</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B117" t="s">
-        <v>2794</v>
+        <v>2778</v>
       </c>
       <c r="C117" t="s">
         <v>20</v>
       </c>
       <c r="D117" t="s">
         <v>20</v>
       </c>
       <c r="E117" t="s">
-        <v>2795</v>
+        <v>2779</v>
       </c>
       <c r="F117" t="s">
         <v>20</v>
       </c>
       <c r="G117" t="s">
-        <v>2796</v>
+        <v>2780</v>
       </c>
       <c r="H117" t="s">
-        <v>2797</v>
+        <v>2781</v>
       </c>
       <c r="I117" t="s">
-        <v>2798</v>
+        <v>2782</v>
       </c>
       <c r="J117" t="s">
-        <v>2530</v>
+        <v>2043</v>
       </c>
       <c r="K117" t="s">
-        <v>1743</v>
+        <v>1855</v>
       </c>
       <c r="L117" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M117" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N117" t="s">
-        <v>2162</v>
+        <v>2044</v>
       </c>
       <c r="O117" t="s">
-        <v>2163</v>
+        <v>2783</v>
       </c>
       <c r="P117" t="s">
-        <v>2799</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B118" t="s">
-        <v>2800</v>
+        <v>2785</v>
       </c>
       <c r="C118" t="s">
         <v>20</v>
       </c>
       <c r="D118" t="s">
         <v>20</v>
       </c>
       <c r="E118" t="s">
-        <v>2801</v>
+        <v>2779</v>
       </c>
       <c r="F118" t="s">
         <v>20</v>
       </c>
       <c r="G118" t="s">
-        <v>2802</v>
+        <v>2786</v>
       </c>
       <c r="H118" t="s">
-        <v>2803</v>
+        <v>2787</v>
       </c>
       <c r="I118" t="s">
-        <v>2804</v>
+        <v>2788</v>
       </c>
       <c r="J118" t="s">
-        <v>2251</v>
+        <v>2043</v>
       </c>
       <c r="K118" t="s">
-        <v>2252</v>
+        <v>1855</v>
       </c>
       <c r="L118" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M118" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N118" t="s">
-        <v>2180</v>
+        <v>2044</v>
       </c>
       <c r="O118" t="s">
-        <v>2805</v>
+        <v>2367</v>
       </c>
       <c r="P118" t="s">
-        <v>2806</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B119" t="s">
-        <v>2807</v>
+        <v>2790</v>
       </c>
       <c r="C119" t="s">
         <v>20</v>
       </c>
       <c r="D119" t="s">
         <v>20</v>
       </c>
       <c r="E119" t="s">
-        <v>2808</v>
+        <v>2791</v>
       </c>
       <c r="F119" t="s">
         <v>20</v>
       </c>
       <c r="G119" t="s">
-        <v>2809</v>
+        <v>2792</v>
       </c>
       <c r="H119" t="s">
-        <v>2810</v>
+        <v>2793</v>
       </c>
       <c r="I119" t="s">
-        <v>2811</v>
+        <v>2794</v>
       </c>
       <c r="J119" t="s">
-        <v>2530</v>
+        <v>2043</v>
       </c>
       <c r="K119" t="s">
-        <v>1743</v>
+        <v>1855</v>
       </c>
       <c r="L119" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M119" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N119" t="s">
-        <v>2180</v>
+        <v>2044</v>
       </c>
       <c r="O119" t="s">
-        <v>2663</v>
+        <v>2222</v>
       </c>
       <c r="P119" t="s">
-        <v>2812</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B120" t="s">
-        <v>2813</v>
+        <v>2796</v>
       </c>
       <c r="C120" t="s">
         <v>20</v>
       </c>
       <c r="D120" t="s">
         <v>20</v>
       </c>
       <c r="E120" t="s">
-        <v>2808</v>
+        <v>2791</v>
       </c>
       <c r="F120" t="s">
         <v>20</v>
       </c>
       <c r="G120" t="s">
-        <v>2814</v>
+        <v>2797</v>
       </c>
       <c r="H120" t="s">
-        <v>2815</v>
+        <v>2798</v>
       </c>
       <c r="I120" t="s">
-        <v>2816</v>
+        <v>2799</v>
       </c>
       <c r="J120" t="s">
-        <v>2817</v>
+        <v>2018</v>
       </c>
       <c r="K120" t="s">
-        <v>2818</v>
+        <v>2019</v>
       </c>
       <c r="L120" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M120" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N120" t="s">
-        <v>2180</v>
+        <v>2044</v>
       </c>
       <c r="O120" t="s">
-        <v>2181</v>
+        <v>2222</v>
       </c>
       <c r="P120" t="s">
-        <v>2819</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B121" t="s">
-        <v>2820</v>
+        <v>2801</v>
       </c>
       <c r="C121" t="s">
         <v>20</v>
       </c>
       <c r="D121" t="s">
         <v>20</v>
       </c>
       <c r="E121" t="s">
-        <v>2821</v>
+        <v>2791</v>
       </c>
       <c r="F121" t="s">
         <v>20</v>
       </c>
       <c r="G121" t="s">
-        <v>2822</v>
+        <v>2802</v>
       </c>
       <c r="H121" t="s">
-        <v>2823</v>
+        <v>2803</v>
       </c>
       <c r="I121" t="s">
-        <v>2824</v>
+        <v>2252</v>
       </c>
       <c r="J121" t="s">
-        <v>2517</v>
+        <v>2043</v>
       </c>
       <c r="K121" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="L121" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M121" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N121" t="s">
-        <v>2244</v>
+        <v>2044</v>
       </c>
       <c r="O121" t="s">
-        <v>2572</v>
+        <v>2222</v>
       </c>
       <c r="P121" t="s">
-        <v>2825</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B122" t="s">
-        <v>2826</v>
+        <v>2805</v>
       </c>
       <c r="C122" t="s">
         <v>20</v>
       </c>
       <c r="D122" t="s">
         <v>20</v>
       </c>
       <c r="E122" t="s">
-        <v>2827</v>
+        <v>2791</v>
       </c>
       <c r="F122" t="s">
         <v>20</v>
       </c>
       <c r="G122" t="s">
-        <v>2828</v>
+        <v>2806</v>
       </c>
       <c r="H122" t="s">
-        <v>2829</v>
+        <v>2807</v>
       </c>
       <c r="I122" t="s">
-        <v>2830</v>
+        <v>2808</v>
       </c>
       <c r="J122" t="s">
-        <v>2831</v>
+        <v>2043</v>
       </c>
       <c r="K122" t="s">
-        <v>2832</v>
+        <v>1855</v>
       </c>
       <c r="L122" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M122" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N122" t="s">
-        <v>2212</v>
+        <v>2044</v>
       </c>
       <c r="O122" t="s">
-        <v>2592</v>
+        <v>2222</v>
       </c>
       <c r="P122" t="s">
-        <v>2833</v>
+        <v>2809</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B123" t="s">
-        <v>2834</v>
+        <v>2810</v>
       </c>
       <c r="C123" t="s">
         <v>20</v>
       </c>
       <c r="D123" t="s">
         <v>20</v>
       </c>
       <c r="E123" t="s">
-        <v>2827</v>
+        <v>2811</v>
       </c>
       <c r="F123" t="s">
         <v>20</v>
       </c>
       <c r="G123" t="s">
-        <v>2835</v>
+        <v>2812</v>
       </c>
       <c r="H123" t="s">
-        <v>2836</v>
+        <v>2813</v>
       </c>
       <c r="I123" t="s">
-        <v>2837</v>
+        <v>2814</v>
       </c>
       <c r="J123" t="s">
-        <v>2838</v>
+        <v>2815</v>
       </c>
       <c r="K123" t="s">
-        <v>2839</v>
+        <v>2816</v>
       </c>
       <c r="L123" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M123" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N123" t="s">
-        <v>2212</v>
+        <v>2214</v>
       </c>
       <c r="O123" t="s">
-        <v>2592</v>
+        <v>2314</v>
       </c>
       <c r="P123" t="s">
-        <v>2840</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B124" t="s">
-        <v>2841</v>
+        <v>2818</v>
       </c>
       <c r="C124" t="s">
         <v>20</v>
       </c>
       <c r="D124" t="s">
         <v>20</v>
       </c>
       <c r="E124" t="s">
-        <v>2842</v>
+        <v>2819</v>
       </c>
       <c r="F124" t="s">
         <v>20</v>
       </c>
       <c r="G124" t="s">
-        <v>2843</v>
+        <v>2820</v>
       </c>
       <c r="H124" t="s">
-        <v>2844</v>
+        <v>2821</v>
       </c>
       <c r="I124" t="s">
-        <v>2845</v>
+        <v>2822</v>
       </c>
       <c r="J124" t="s">
-        <v>2084</v>
+        <v>2823</v>
       </c>
       <c r="K124" t="s">
-        <v>2085</v>
+        <v>1732</v>
       </c>
       <c r="L124" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M124" t="s">
-        <v>2102</v>
+        <v>2054</v>
       </c>
       <c r="N124" t="s">
-        <v>2212</v>
+        <v>2824</v>
       </c>
       <c r="O124" t="s">
-        <v>2322</v>
+        <v>2825</v>
       </c>
       <c r="P124" t="s">
-        <v>2846</v>
+        <v>2826</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B125" t="s">
-        <v>2847</v>
+        <v>2827</v>
       </c>
       <c r="C125" t="s">
         <v>20</v>
       </c>
       <c r="D125" t="s">
         <v>20</v>
       </c>
       <c r="E125" t="s">
-        <v>2848</v>
+        <v>2828</v>
       </c>
       <c r="F125" t="s">
         <v>20</v>
       </c>
       <c r="G125" t="s">
-        <v>2849</v>
+        <v>2829</v>
       </c>
       <c r="H125" t="s">
-        <v>2850</v>
+        <v>2830</v>
       </c>
       <c r="I125" t="s">
-        <v>2851</v>
+        <v>2831</v>
       </c>
       <c r="J125" t="s">
-        <v>2243</v>
+        <v>2832</v>
       </c>
       <c r="K125" t="s">
-        <v>1866</v>
+        <v>1732</v>
       </c>
       <c r="L125" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M125" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N125" t="s">
-        <v>2212</v>
+        <v>2044</v>
       </c>
       <c r="O125" t="s">
-        <v>2313</v>
+        <v>2045</v>
       </c>
       <c r="P125" t="s">
-        <v>2852</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B126" t="s">
-        <v>2853</v>
+        <v>2834</v>
       </c>
       <c r="C126" t="s">
         <v>20</v>
       </c>
       <c r="D126" t="s">
         <v>20</v>
       </c>
       <c r="E126" t="s">
-        <v>2848</v>
+        <v>2835</v>
       </c>
       <c r="F126" t="s">
         <v>20</v>
       </c>
       <c r="G126" t="s">
-        <v>2854</v>
+        <v>2836</v>
       </c>
       <c r="H126" t="s">
-        <v>2855</v>
+        <v>2837</v>
       </c>
       <c r="I126" t="s">
-        <v>2684</v>
+        <v>2838</v>
       </c>
       <c r="J126" t="s">
-        <v>20</v>
+        <v>2839</v>
       </c>
       <c r="K126" t="s">
-        <v>2685</v>
+        <v>2840</v>
       </c>
       <c r="L126" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M126" t="s">
-        <v>2102</v>
+        <v>2029</v>
       </c>
       <c r="N126" t="s">
-        <v>2212</v>
+        <v>2090</v>
       </c>
       <c r="O126" t="s">
-        <v>2313</v>
+        <v>2091</v>
       </c>
       <c r="P126" t="s">
-        <v>2856</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B127" t="s">
-        <v>2857</v>
+        <v>2842</v>
       </c>
       <c r="C127" t="s">
         <v>20</v>
       </c>
       <c r="D127" t="s">
         <v>20</v>
       </c>
       <c r="E127" t="s">
-        <v>2858</v>
+        <v>2843</v>
       </c>
       <c r="F127" t="s">
         <v>20</v>
       </c>
       <c r="G127" t="s">
-        <v>2859</v>
+        <v>2844</v>
       </c>
       <c r="H127" t="s">
-        <v>2860</v>
+        <v>2845</v>
       </c>
       <c r="I127" t="s">
-        <v>2861</v>
+        <v>2846</v>
       </c>
       <c r="J127" t="s">
-        <v>2211</v>
+        <v>2847</v>
       </c>
       <c r="K127" t="s">
-        <v>1866</v>
+        <v>30</v>
       </c>
       <c r="L127" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M127" t="s">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="N127" t="s">
-        <v>2020</v>
+        <v>2253</v>
       </c>
       <c r="O127" t="s">
-        <v>2021</v>
+        <v>2848</v>
       </c>
       <c r="P127" t="s">
-        <v>2862</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B128" t="s">
-        <v>2863</v>
+        <v>2850</v>
       </c>
       <c r="C128" t="s">
         <v>20</v>
       </c>
       <c r="D128" t="s">
         <v>20</v>
       </c>
       <c r="E128" t="s">
-        <v>2864</v>
+        <v>2851</v>
       </c>
       <c r="F128" t="s">
         <v>20</v>
       </c>
       <c r="G128" t="s">
-        <v>2865</v>
+        <v>2852</v>
       </c>
       <c r="H128" t="s">
-        <v>2866</v>
+        <v>2853</v>
       </c>
       <c r="I128" t="s">
-        <v>2867</v>
+        <v>2854</v>
       </c>
       <c r="J128" t="s">
-        <v>2868</v>
+        <v>20</v>
       </c>
       <c r="K128" t="s">
-        <v>84</v>
+        <v>2855</v>
       </c>
       <c r="L128" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M128" t="s">
-        <v>2312</v>
+        <v>2009</v>
       </c>
       <c r="N128" t="s">
-        <v>2212</v>
+        <v>2856</v>
       </c>
       <c r="O128" t="s">
-        <v>2869</v>
+        <v>2505</v>
       </c>
       <c r="P128" t="s">
-        <v>2870</v>
+        <v>2857</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B129" t="s">
-        <v>2871</v>
+        <v>2858</v>
       </c>
       <c r="C129" t="s">
         <v>20</v>
       </c>
       <c r="D129" t="s">
         <v>20</v>
       </c>
       <c r="E129" t="s">
-        <v>2864</v>
+        <v>2670</v>
       </c>
       <c r="F129" t="s">
         <v>20</v>
       </c>
       <c r="G129" t="s">
-        <v>2872</v>
+        <v>2859</v>
       </c>
       <c r="H129" t="s">
-        <v>2873</v>
+        <v>2860</v>
       </c>
       <c r="I129" t="s">
-        <v>2867</v>
+        <v>2861</v>
       </c>
       <c r="J129" t="s">
-        <v>2868</v>
+        <v>20</v>
       </c>
       <c r="K129" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="L129" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M129" t="s">
-        <v>2312</v>
+        <v>2009</v>
       </c>
       <c r="N129" t="s">
-        <v>2212</v>
+        <v>2044</v>
       </c>
       <c r="O129" t="s">
-        <v>2874</v>
+        <v>2222</v>
       </c>
       <c r="P129" t="s">
-        <v>2875</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B130" t="s">
-        <v>2876</v>
+        <v>2863</v>
       </c>
       <c r="C130" t="s">
         <v>20</v>
       </c>
       <c r="D130" t="s">
         <v>20</v>
       </c>
       <c r="E130" t="s">
-        <v>2877</v>
+        <v>2864</v>
       </c>
       <c r="F130" t="s">
         <v>20</v>
       </c>
       <c r="G130" t="s">
-        <v>2878</v>
+        <v>2865</v>
       </c>
       <c r="H130" t="s">
-        <v>2879</v>
+        <v>2866</v>
       </c>
       <c r="I130" t="s">
-        <v>2880</v>
+        <v>2867</v>
       </c>
       <c r="J130" t="s">
-        <v>20</v>
+        <v>2868</v>
       </c>
       <c r="K130" t="s">
-        <v>2881</v>
+        <v>2869</v>
       </c>
       <c r="L130" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M130" t="s">
-        <v>2102</v>
+        <v>2054</v>
       </c>
       <c r="N130" t="s">
-        <v>2212</v>
+        <v>2090</v>
       </c>
       <c r="O130" t="s">
-        <v>2882</v>
+        <v>2091</v>
       </c>
       <c r="P130" t="s">
-        <v>2883</v>
+        <v>2870</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B131" t="s">
-        <v>2884</v>
+        <v>2871</v>
       </c>
       <c r="C131" t="s">
         <v>20</v>
       </c>
       <c r="D131" t="s">
         <v>20</v>
       </c>
       <c r="E131" t="s">
-        <v>2885</v>
+        <v>2864</v>
       </c>
       <c r="F131" t="s">
         <v>20</v>
       </c>
       <c r="G131" t="s">
-        <v>2886</v>
+        <v>2872</v>
       </c>
       <c r="H131" t="s">
-        <v>2887</v>
+        <v>2873</v>
       </c>
       <c r="I131" t="s">
-        <v>2888</v>
+        <v>2874</v>
       </c>
       <c r="J131" t="s">
-        <v>2889</v>
+        <v>2868</v>
       </c>
       <c r="K131" t="s">
-        <v>2890</v>
+        <v>2869</v>
       </c>
       <c r="L131" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M131" t="s">
-        <v>2019</v>
+        <v>2054</v>
       </c>
       <c r="N131" t="s">
-        <v>2020</v>
+        <v>2090</v>
       </c>
       <c r="O131" t="s">
-        <v>2021</v>
+        <v>2091</v>
       </c>
       <c r="P131" t="s">
-        <v>2891</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B132" t="s">
-        <v>2892</v>
+        <v>2876</v>
       </c>
       <c r="C132" t="s">
         <v>20</v>
       </c>
       <c r="D132" t="s">
         <v>20</v>
       </c>
       <c r="E132" t="s">
-        <v>2893</v>
+        <v>2877</v>
       </c>
       <c r="F132" t="s">
         <v>20</v>
       </c>
       <c r="G132" t="s">
-        <v>2894</v>
+        <v>2878</v>
       </c>
       <c r="H132" t="s">
-        <v>2895</v>
+        <v>2879</v>
       </c>
       <c r="I132" t="s">
-        <v>2896</v>
+        <v>2880</v>
       </c>
       <c r="J132" t="s">
-        <v>2076</v>
+        <v>2881</v>
       </c>
       <c r="K132" t="s">
-        <v>2077</v>
+        <v>2882</v>
       </c>
       <c r="L132" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M132" t="s">
-        <v>2102</v>
+        <v>2029</v>
       </c>
       <c r="N132" t="s">
         <v>2020</v>
       </c>
       <c r="O132" t="s">
         <v>2021</v>
       </c>
       <c r="P132" t="s">
-        <v>2897</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
+        <v>2000</v>
+      </c>
+      <c r="B133" t="s">
+        <v>2884</v>
+      </c>
+      <c r="C133" t="s">
+        <v>20</v>
+      </c>
+      <c r="D133" t="s">
+        <v>20</v>
+      </c>
+      <c r="E133" t="s">
+        <v>2885</v>
+      </c>
+      <c r="F133" t="s">
+        <v>20</v>
+      </c>
+      <c r="G133" t="s">
+        <v>2886</v>
+      </c>
+      <c r="H133" t="s">
+        <v>2887</v>
+      </c>
+      <c r="I133" t="s">
+        <v>2888</v>
+      </c>
+      <c r="J133" t="s">
+        <v>2725</v>
+      </c>
+      <c r="K133" t="s">
+        <v>95</v>
+      </c>
+      <c r="L133" t="s">
+        <v>2008</v>
+      </c>
+      <c r="M133" t="s">
+        <v>2054</v>
+      </c>
+      <c r="N133" t="s">
+        <v>2010</v>
+      </c>
+      <c r="O133" t="s">
         <v>2011</v>
       </c>
-      <c r="B133" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="P133" t="s">
-        <v>2903</v>
+        <v>2889</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B134" t="s">
-        <v>2904</v>
+        <v>2890</v>
       </c>
       <c r="C134" t="s">
         <v>20</v>
       </c>
       <c r="D134" t="s">
         <v>20</v>
       </c>
       <c r="E134" t="s">
-        <v>2905</v>
+        <v>2891</v>
       </c>
       <c r="F134" t="s">
         <v>20</v>
       </c>
       <c r="G134" t="s">
-        <v>2906</v>
+        <v>2892</v>
       </c>
       <c r="H134" t="s">
-        <v>2907</v>
+        <v>2893</v>
       </c>
       <c r="I134" t="s">
-        <v>2908</v>
+        <v>2524</v>
       </c>
       <c r="J134" t="s">
-        <v>2909</v>
+        <v>20</v>
       </c>
       <c r="K134" t="s">
-        <v>164</v>
+        <v>2525</v>
       </c>
       <c r="L134" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M134" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N134" t="s">
-        <v>2244</v>
+        <v>2214</v>
       </c>
       <c r="O134" t="s">
-        <v>2910</v>
+        <v>2474</v>
       </c>
       <c r="P134" t="s">
-        <v>2911</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B135" t="s">
-        <v>2912</v>
+        <v>2895</v>
       </c>
       <c r="C135" t="s">
         <v>20</v>
       </c>
       <c r="D135" t="s">
         <v>20</v>
       </c>
       <c r="E135" t="s">
-        <v>2913</v>
+        <v>2891</v>
       </c>
       <c r="F135" t="s">
         <v>20</v>
       </c>
       <c r="G135" t="s">
-        <v>2914</v>
+        <v>2896</v>
       </c>
       <c r="H135" t="s">
-        <v>2915</v>
+        <v>2897</v>
       </c>
       <c r="I135" t="s">
-        <v>2916</v>
+        <v>2898</v>
       </c>
       <c r="J135" t="s">
-        <v>2429</v>
+        <v>2899</v>
       </c>
       <c r="K135" t="s">
-        <v>2430</v>
+        <v>2900</v>
       </c>
       <c r="L135" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M135" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N135" t="s">
-        <v>2212</v>
+        <v>2214</v>
       </c>
       <c r="O135" t="s">
-        <v>2592</v>
+        <v>2474</v>
       </c>
       <c r="P135" t="s">
-        <v>2917</v>
+        <v>2901</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B136" t="s">
-        <v>2918</v>
+        <v>2902</v>
       </c>
       <c r="C136" t="s">
         <v>20</v>
       </c>
       <c r="D136" t="s">
         <v>20</v>
       </c>
       <c r="E136" t="s">
-        <v>2919</v>
+        <v>2903</v>
       </c>
       <c r="F136" t="s">
         <v>20</v>
       </c>
       <c r="G136" t="s">
-        <v>2920</v>
+        <v>2904</v>
       </c>
       <c r="H136" t="s">
-        <v>2921</v>
+        <v>2905</v>
       </c>
       <c r="I136" t="s">
-        <v>2922</v>
+        <v>2906</v>
       </c>
       <c r="J136" t="s">
-        <v>20</v>
+        <v>2036</v>
       </c>
       <c r="K136" t="s">
-        <v>2923</v>
+        <v>1855</v>
       </c>
       <c r="L136" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M136" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N136" t="s">
-        <v>2924</v>
+        <v>2020</v>
       </c>
       <c r="O136" t="s">
-        <v>2497</v>
+        <v>2021</v>
       </c>
       <c r="P136" t="s">
-        <v>2925</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B137" t="s">
-        <v>2926</v>
+        <v>2908</v>
       </c>
       <c r="C137" t="s">
         <v>20</v>
       </c>
       <c r="D137" t="s">
         <v>20</v>
       </c>
       <c r="E137" t="s">
-        <v>2927</v>
+        <v>2903</v>
       </c>
       <c r="F137" t="s">
         <v>20</v>
       </c>
       <c r="G137" t="s">
-        <v>2928</v>
+        <v>2909</v>
       </c>
       <c r="H137" t="s">
-        <v>2929</v>
+        <v>2910</v>
       </c>
       <c r="I137" t="s">
-        <v>2930</v>
+        <v>2911</v>
       </c>
       <c r="J137" t="s">
-        <v>2017</v>
+        <v>2912</v>
       </c>
       <c r="K137" t="s">
-        <v>1866</v>
+        <v>2913</v>
       </c>
       <c r="L137" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M137" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N137" t="s">
-        <v>2162</v>
+        <v>2214</v>
       </c>
       <c r="O137" t="s">
-        <v>2336</v>
+        <v>2314</v>
       </c>
       <c r="P137" t="s">
-        <v>2931</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B138" t="s">
-        <v>2932</v>
+        <v>2915</v>
       </c>
       <c r="C138" t="s">
         <v>20</v>
       </c>
       <c r="D138" t="s">
         <v>20</v>
       </c>
       <c r="E138" t="s">
-        <v>2927</v>
+        <v>2916</v>
       </c>
       <c r="F138" t="s">
         <v>20</v>
       </c>
       <c r="G138" t="s">
-        <v>2933</v>
+        <v>2917</v>
       </c>
       <c r="H138" t="s">
-        <v>2934</v>
+        <v>2918</v>
       </c>
       <c r="I138" t="s">
-        <v>2935</v>
+        <v>2919</v>
       </c>
       <c r="J138" t="s">
         <v>20</v>
       </c>
       <c r="K138" t="s">
-        <v>84</v>
+        <v>2920</v>
       </c>
       <c r="L138" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M138" t="s">
-        <v>2102</v>
+        <v>2054</v>
       </c>
       <c r="N138" t="s">
-        <v>2162</v>
+        <v>2090</v>
       </c>
       <c r="O138" t="s">
-        <v>2336</v>
+        <v>2091</v>
       </c>
       <c r="P138" t="s">
-        <v>2936</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B139" t="s">
-        <v>2937</v>
+        <v>2922</v>
       </c>
       <c r="C139" t="s">
         <v>20</v>
       </c>
       <c r="D139" t="s">
         <v>20</v>
       </c>
       <c r="E139" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F139" t="s">
+        <v>20</v>
+      </c>
+      <c r="G139" t="s">
+        <v>2923</v>
+      </c>
+      <c r="H139" t="s">
+        <v>2924</v>
+      </c>
+      <c r="I139" t="s">
+        <v>2925</v>
+      </c>
+      <c r="J139" t="s">
+        <v>20</v>
+      </c>
+      <c r="K139" t="s">
+        <v>2926</v>
+      </c>
+      <c r="L139" t="s">
+        <v>2008</v>
+      </c>
+      <c r="M139" t="s">
+        <v>2054</v>
+      </c>
+      <c r="N139" t="s">
+        <v>2090</v>
+      </c>
+      <c r="O139" t="s">
+        <v>2091</v>
+      </c>
+      <c r="P139" t="s">
         <v>2927</v>
-      </c>
-[...31 lines deleted...]
-        <v>2941</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B140" t="s">
-        <v>2942</v>
+        <v>2928</v>
       </c>
       <c r="C140" t="s">
         <v>20</v>
       </c>
       <c r="D140" t="s">
         <v>20</v>
       </c>
       <c r="E140" t="s">
-        <v>2927</v>
+        <v>2929</v>
       </c>
       <c r="F140" t="s">
         <v>20</v>
       </c>
       <c r="G140" t="s">
-        <v>2943</v>
+        <v>2930</v>
       </c>
       <c r="H140" t="s">
-        <v>2944</v>
+        <v>2931</v>
       </c>
       <c r="I140" t="s">
-        <v>2945</v>
+        <v>2932</v>
       </c>
       <c r="J140" t="s">
-        <v>2946</v>
+        <v>2933</v>
       </c>
       <c r="K140" t="s">
-        <v>2947</v>
+        <v>2934</v>
       </c>
       <c r="L140" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M140" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N140" t="s">
-        <v>2162</v>
+        <v>2020</v>
       </c>
       <c r="O140" t="s">
-        <v>2336</v>
+        <v>2021</v>
       </c>
       <c r="P140" t="s">
-        <v>2948</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B141" t="s">
-        <v>2949</v>
+        <v>2936</v>
       </c>
       <c r="C141" t="s">
         <v>20</v>
       </c>
       <c r="D141" t="s">
         <v>20</v>
       </c>
       <c r="E141" t="s">
-        <v>2927</v>
+        <v>2937</v>
       </c>
       <c r="F141" t="s">
         <v>20</v>
       </c>
       <c r="G141" t="s">
-        <v>2950</v>
+        <v>2938</v>
       </c>
       <c r="H141" t="s">
-        <v>2951</v>
+        <v>2939</v>
       </c>
       <c r="I141" t="s">
-        <v>2952</v>
+        <v>2940</v>
       </c>
       <c r="J141" t="s">
-        <v>2385</v>
+        <v>2941</v>
       </c>
       <c r="K141" t="s">
-        <v>1866</v>
+        <v>2942</v>
       </c>
       <c r="L141" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M141" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N141" t="s">
-        <v>2162</v>
+        <v>2090</v>
       </c>
       <c r="O141" t="s">
-        <v>2336</v>
+        <v>2091</v>
       </c>
       <c r="P141" t="s">
-        <v>2953</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B142" t="s">
-        <v>2954</v>
+        <v>2944</v>
       </c>
       <c r="C142" t="s">
         <v>20</v>
       </c>
       <c r="D142" t="s">
         <v>20</v>
       </c>
       <c r="E142" t="s">
-        <v>2927</v>
+        <v>2945</v>
       </c>
       <c r="F142" t="s">
         <v>20</v>
       </c>
       <c r="G142" t="s">
-        <v>2955</v>
+        <v>2946</v>
       </c>
       <c r="H142" t="s">
-        <v>2956</v>
+        <v>2947</v>
       </c>
       <c r="I142" t="s">
-        <v>2243</v>
+        <v>2948</v>
       </c>
       <c r="J142" t="s">
-        <v>20</v>
+        <v>2949</v>
       </c>
       <c r="K142" t="s">
-        <v>1866</v>
+        <v>2950</v>
       </c>
       <c r="L142" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M142" t="s">
-        <v>2102</v>
+        <v>2054</v>
       </c>
       <c r="N142" t="s">
-        <v>2162</v>
+        <v>2020</v>
       </c>
       <c r="O142" t="s">
-        <v>2336</v>
+        <v>2021</v>
       </c>
       <c r="P142" t="s">
-        <v>2957</v>
+        <v>2951</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B143" t="s">
-        <v>2958</v>
+        <v>2952</v>
       </c>
       <c r="C143" t="s">
         <v>20</v>
       </c>
       <c r="D143" t="s">
         <v>20</v>
       </c>
       <c r="E143" t="s">
-        <v>2959</v>
+        <v>2945</v>
       </c>
       <c r="F143" t="s">
         <v>20</v>
       </c>
       <c r="G143" t="s">
-        <v>2960</v>
+        <v>2953</v>
       </c>
       <c r="H143" t="s">
-        <v>2961</v>
+        <v>2954</v>
       </c>
       <c r="I143" t="s">
-        <v>2962</v>
+        <v>2955</v>
       </c>
       <c r="J143" t="s">
-        <v>2963</v>
+        <v>2212</v>
       </c>
       <c r="K143" t="s">
-        <v>2964</v>
+        <v>2213</v>
       </c>
       <c r="L143" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M143" t="s">
-        <v>2312</v>
+        <v>2054</v>
       </c>
       <c r="N143" t="s">
         <v>2020</v>
       </c>
       <c r="O143" t="s">
         <v>2021</v>
       </c>
       <c r="P143" t="s">
-        <v>2965</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B144" t="s">
-        <v>2966</v>
+        <v>2957</v>
       </c>
       <c r="C144" t="s">
         <v>20</v>
       </c>
       <c r="D144" t="s">
         <v>20</v>
       </c>
       <c r="E144" t="s">
+        <v>2958</v>
+      </c>
+      <c r="F144" t="s">
+        <v>20</v>
+      </c>
+      <c r="G144" t="s">
         <v>2959</v>
       </c>
-      <c r="F144" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H144" t="s">
-        <v>2968</v>
+        <v>2960</v>
       </c>
       <c r="I144" t="s">
-        <v>2969</v>
+        <v>2961</v>
       </c>
       <c r="J144" t="s">
+        <v>20</v>
+      </c>
+      <c r="K144" t="s">
+        <v>2962</v>
+      </c>
+      <c r="L144" t="s">
+        <v>2008</v>
+      </c>
+      <c r="M144" t="s">
+        <v>2009</v>
+      </c>
+      <c r="N144" t="s">
+        <v>2090</v>
+      </c>
+      <c r="O144" t="s">
+        <v>2091</v>
+      </c>
+      <c r="P144" t="s">
         <v>2963</v>
-      </c>
-[...16 lines deleted...]
-        <v>2970</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B145" t="s">
-        <v>2971</v>
+        <v>2964</v>
       </c>
       <c r="C145" t="s">
         <v>20</v>
       </c>
       <c r="D145" t="s">
         <v>20</v>
       </c>
       <c r="E145" t="s">
-        <v>2972</v>
+        <v>2965</v>
       </c>
       <c r="F145" t="s">
         <v>20</v>
       </c>
       <c r="G145" t="s">
-        <v>2973</v>
+        <v>2966</v>
       </c>
       <c r="H145" t="s">
-        <v>2974</v>
+        <v>2967</v>
       </c>
       <c r="I145" t="s">
-        <v>2975</v>
+        <v>2968</v>
       </c>
       <c r="J145" t="s">
-        <v>2976</v>
+        <v>2839</v>
       </c>
       <c r="K145" t="s">
-        <v>2977</v>
+        <v>2840</v>
       </c>
       <c r="L145" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M145" t="s">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="N145" t="s">
-        <v>2030</v>
+        <v>2090</v>
       </c>
       <c r="O145" t="s">
-        <v>2031</v>
+        <v>2091</v>
       </c>
       <c r="P145" t="s">
-        <v>2978</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B146" t="s">
-        <v>2979</v>
+        <v>2970</v>
       </c>
       <c r="C146" t="s">
         <v>20</v>
       </c>
       <c r="D146" t="s">
         <v>20</v>
       </c>
       <c r="E146" t="s">
-        <v>2980</v>
+        <v>2971</v>
       </c>
       <c r="F146" t="s">
         <v>20</v>
       </c>
       <c r="G146" t="s">
-        <v>2981</v>
+        <v>2972</v>
       </c>
       <c r="H146" t="s">
-        <v>2982</v>
+        <v>2973</v>
       </c>
       <c r="I146" t="s">
-        <v>2983</v>
+        <v>2974</v>
       </c>
       <c r="J146" t="s">
-        <v>2868</v>
+        <v>2861</v>
       </c>
       <c r="K146" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="L146" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M146" t="s">
-        <v>2312</v>
+        <v>2009</v>
       </c>
       <c r="N146" t="s">
-        <v>2212</v>
+        <v>2090</v>
       </c>
       <c r="O146" t="s">
-        <v>2592</v>
+        <v>2091</v>
       </c>
       <c r="P146" t="s">
-        <v>2984</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B147" t="s">
-        <v>2985</v>
+        <v>2976</v>
       </c>
       <c r="C147" t="s">
         <v>20</v>
       </c>
       <c r="D147" t="s">
         <v>20</v>
       </c>
       <c r="E147" t="s">
+        <v>2977</v>
+      </c>
+      <c r="F147" t="s">
+        <v>20</v>
+      </c>
+      <c r="G147" t="s">
+        <v>2978</v>
+      </c>
+      <c r="H147" t="s">
+        <v>2979</v>
+      </c>
+      <c r="I147" t="s">
         <v>2980</v>
       </c>
-      <c r="F147" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J147" t="s">
-        <v>2868</v>
+        <v>2261</v>
       </c>
       <c r="K147" t="s">
-        <v>84</v>
+        <v>1855</v>
       </c>
       <c r="L147" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M147" t="s">
-        <v>2312</v>
+        <v>2009</v>
       </c>
       <c r="N147" t="s">
-        <v>2212</v>
+        <v>2214</v>
       </c>
       <c r="O147" t="s">
-        <v>2300</v>
+        <v>2474</v>
       </c>
       <c r="P147" t="s">
-        <v>2988</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B148" t="s">
-        <v>2989</v>
+        <v>2982</v>
       </c>
       <c r="C148" t="s">
         <v>20</v>
       </c>
       <c r="D148" t="s">
         <v>20</v>
       </c>
       <c r="E148" t="s">
-        <v>2980</v>
+        <v>2983</v>
       </c>
       <c r="F148" t="s">
         <v>20</v>
       </c>
       <c r="G148" t="s">
-        <v>2990</v>
+        <v>2984</v>
       </c>
       <c r="H148" t="s">
-        <v>2991</v>
+        <v>2985</v>
       </c>
       <c r="I148" t="s">
-        <v>2983</v>
+        <v>2986</v>
       </c>
       <c r="J148" t="s">
-        <v>2868</v>
+        <v>2642</v>
       </c>
       <c r="K148" t="s">
-        <v>84</v>
+        <v>2643</v>
       </c>
       <c r="L148" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M148" t="s">
-        <v>2312</v>
+        <v>2009</v>
       </c>
       <c r="N148" t="s">
-        <v>2180</v>
+        <v>2090</v>
       </c>
       <c r="O148" t="s">
-        <v>2265</v>
+        <v>2091</v>
       </c>
       <c r="P148" t="s">
-        <v>2992</v>
+        <v>2987</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B149" t="s">
+        <v>2988</v>
+      </c>
+      <c r="C149" t="s">
+        <v>20</v>
+      </c>
+      <c r="D149" t="s">
+        <v>20</v>
+      </c>
+      <c r="E149" t="s">
+        <v>2989</v>
+      </c>
+      <c r="F149" t="s">
+        <v>20</v>
+      </c>
+      <c r="G149" t="s">
+        <v>2990</v>
+      </c>
+      <c r="H149" t="s">
+        <v>2991</v>
+      </c>
+      <c r="I149" t="s">
+        <v>2992</v>
+      </c>
+      <c r="J149" t="s">
+        <v>20</v>
+      </c>
+      <c r="K149" t="s">
         <v>2993</v>
       </c>
-      <c r="C149" t="s">
-[...11 lines deleted...]
-      <c r="G149" t="s">
+      <c r="L149" t="s">
+        <v>2008</v>
+      </c>
+      <c r="M149" t="s">
+        <v>2009</v>
+      </c>
+      <c r="N149" t="s">
+        <v>2020</v>
+      </c>
+      <c r="O149" t="s">
+        <v>2021</v>
+      </c>
+      <c r="P149" t="s">
         <v>2994</v>
-      </c>
-[...25 lines deleted...]
-        <v>2996</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B150" t="s">
+        <v>2995</v>
+      </c>
+      <c r="C150" t="s">
+        <v>20</v>
+      </c>
+      <c r="D150" t="s">
+        <v>20</v>
+      </c>
+      <c r="E150" t="s">
+        <v>2996</v>
+      </c>
+      <c r="F150" t="s">
+        <v>20</v>
+      </c>
+      <c r="G150" t="s">
         <v>2997</v>
       </c>
-      <c r="C150" t="s">
-[...5 lines deleted...]
-      <c r="E150" t="s">
+      <c r="H150" t="s">
         <v>2998</v>
       </c>
-      <c r="F150" t="s">
-[...2 lines deleted...]
-      <c r="G150" t="s">
+      <c r="I150" t="s">
         <v>2999</v>
       </c>
-      <c r="H150" t="s">
+      <c r="J150" t="s">
         <v>3000</v>
       </c>
-      <c r="I150" t="s">
+      <c r="K150" t="s">
+        <v>255</v>
+      </c>
+      <c r="L150" t="s">
+        <v>2008</v>
+      </c>
+      <c r="M150" t="s">
+        <v>2029</v>
+      </c>
+      <c r="N150" t="s">
+        <v>2090</v>
+      </c>
+      <c r="O150" t="s">
+        <v>2091</v>
+      </c>
+      <c r="P150" t="s">
         <v>3001</v>
-      </c>
-[...19 lines deleted...]
-        <v>3002</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B151" t="s">
+        <v>3002</v>
+      </c>
+      <c r="C151" t="s">
+        <v>20</v>
+      </c>
+      <c r="D151" t="s">
+        <v>20</v>
+      </c>
+      <c r="E151" t="s">
         <v>3003</v>
       </c>
-      <c r="C151" t="s">
-[...5 lines deleted...]
-      <c r="E151" t="s">
+      <c r="F151" t="s">
+        <v>20</v>
+      </c>
+      <c r="G151" t="s">
         <v>3004</v>
       </c>
-      <c r="F151" t="s">
-[...2 lines deleted...]
-      <c r="G151" t="s">
+      <c r="H151" t="s">
         <v>3005</v>
       </c>
-      <c r="H151" t="s">
+      <c r="I151" t="s">
         <v>3006</v>
       </c>
-      <c r="I151" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J151" t="s">
-        <v>20</v>
+        <v>3007</v>
       </c>
       <c r="K151" t="s">
-        <v>2538</v>
+        <v>3008</v>
       </c>
       <c r="L151" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M151" t="s">
-        <v>2102</v>
+        <v>2029</v>
       </c>
       <c r="N151" t="s">
-        <v>2212</v>
+        <v>2020</v>
       </c>
       <c r="O151" t="s">
-        <v>2444</v>
+        <v>2021</v>
       </c>
       <c r="P151" t="s">
-        <v>3007</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B152" t="s">
-        <v>3008</v>
+        <v>3010</v>
       </c>
       <c r="C152" t="s">
         <v>20</v>
       </c>
       <c r="D152" t="s">
         <v>20</v>
       </c>
       <c r="E152" t="s">
-        <v>3004</v>
+        <v>3011</v>
       </c>
       <c r="F152" t="s">
         <v>20</v>
       </c>
       <c r="G152" t="s">
-        <v>3009</v>
+        <v>3012</v>
       </c>
       <c r="H152" t="s">
-        <v>3010</v>
+        <v>3013</v>
       </c>
       <c r="I152" t="s">
-        <v>3011</v>
+        <v>3014</v>
       </c>
       <c r="J152" t="s">
-        <v>3012</v>
+        <v>2832</v>
       </c>
       <c r="K152" t="s">
-        <v>3013</v>
+        <v>1732</v>
       </c>
       <c r="L152" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M152" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N152" t="s">
-        <v>2212</v>
+        <v>2090</v>
       </c>
       <c r="O152" t="s">
-        <v>2444</v>
+        <v>2091</v>
       </c>
       <c r="P152" t="s">
-        <v>3014</v>
+        <v>3015</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B153" t="s">
-        <v>3015</v>
+        <v>3016</v>
       </c>
       <c r="C153" t="s">
         <v>20</v>
       </c>
       <c r="D153" t="s">
         <v>20</v>
       </c>
       <c r="E153" t="s">
-        <v>3016</v>
+        <v>3017</v>
       </c>
       <c r="F153" t="s">
         <v>20</v>
       </c>
       <c r="G153" t="s">
-        <v>3017</v>
+        <v>3018</v>
       </c>
       <c r="H153" t="s">
-        <v>3018</v>
+        <v>3019</v>
       </c>
       <c r="I153" t="s">
-        <v>3019</v>
+        <v>3020</v>
       </c>
       <c r="J153" t="s">
-        <v>2243</v>
+        <v>3021</v>
       </c>
       <c r="K153" t="s">
-        <v>1866</v>
+        <v>3022</v>
       </c>
       <c r="L153" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M153" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N153" t="s">
-        <v>2030</v>
+        <v>2090</v>
       </c>
       <c r="O153" t="s">
-        <v>2031</v>
+        <v>2091</v>
       </c>
       <c r="P153" t="s">
-        <v>3020</v>
+        <v>3023</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B154" t="s">
-        <v>3021</v>
+        <v>3024</v>
       </c>
       <c r="C154" t="s">
         <v>20</v>
       </c>
       <c r="D154" t="s">
         <v>20</v>
       </c>
       <c r="E154" t="s">
-        <v>3016</v>
+        <v>3025</v>
       </c>
       <c r="F154" t="s">
         <v>20</v>
       </c>
       <c r="G154" t="s">
-        <v>3022</v>
+        <v>3026</v>
       </c>
       <c r="H154" t="s">
-        <v>3023</v>
+        <v>3027</v>
       </c>
       <c r="I154" t="s">
-        <v>3024</v>
+        <v>3028</v>
       </c>
       <c r="J154" t="s">
-        <v>3025</v>
+        <v>2598</v>
       </c>
       <c r="K154" t="s">
-        <v>3026</v>
+        <v>2599</v>
       </c>
       <c r="L154" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M154" t="s">
-        <v>2102</v>
+        <v>2054</v>
       </c>
       <c r="N154" t="s">
-        <v>2212</v>
+        <v>2090</v>
       </c>
       <c r="O154" t="s">
-        <v>2592</v>
+        <v>2091</v>
       </c>
       <c r="P154" t="s">
-        <v>3027</v>
+        <v>3029</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B155" t="s">
-        <v>3028</v>
+        <v>3030</v>
       </c>
       <c r="C155" t="s">
         <v>20</v>
       </c>
       <c r="D155" t="s">
         <v>20</v>
       </c>
       <c r="E155" t="s">
-        <v>3029</v>
+        <v>3031</v>
       </c>
       <c r="F155" t="s">
         <v>20</v>
       </c>
       <c r="G155" t="s">
-        <v>3030</v>
+        <v>3032</v>
       </c>
       <c r="H155" t="s">
-        <v>3031</v>
+        <v>3033</v>
       </c>
       <c r="I155" t="s">
-        <v>3032</v>
+        <v>3034</v>
       </c>
       <c r="J155" t="s">
-        <v>2046</v>
+        <v>3035</v>
       </c>
       <c r="K155" t="s">
-        <v>2047</v>
+        <v>3036</v>
       </c>
       <c r="L155" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M155" t="s">
-        <v>2312</v>
+        <v>2009</v>
       </c>
       <c r="N155" t="s">
-        <v>2020</v>
+        <v>2763</v>
       </c>
       <c r="O155" t="s">
-        <v>2236</v>
+        <v>2764</v>
       </c>
       <c r="P155" t="s">
-        <v>3033</v>
+        <v>3037</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B156" t="s">
-        <v>3034</v>
+        <v>3038</v>
       </c>
       <c r="C156" t="s">
         <v>20</v>
       </c>
       <c r="D156" t="s">
         <v>20</v>
       </c>
       <c r="E156" t="s">
-        <v>3029</v>
+        <v>3039</v>
       </c>
       <c r="F156" t="s">
         <v>20</v>
       </c>
       <c r="G156" t="s">
-        <v>3035</v>
+        <v>3040</v>
       </c>
       <c r="H156" t="s">
-        <v>3036</v>
+        <v>3041</v>
       </c>
       <c r="I156" t="s">
-        <v>2537</v>
+        <v>3042</v>
       </c>
       <c r="J156" t="s">
-        <v>20</v>
+        <v>2933</v>
       </c>
       <c r="K156" t="s">
-        <v>2538</v>
+        <v>2934</v>
       </c>
       <c r="L156" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M156" t="s">
-        <v>2102</v>
+        <v>2029</v>
       </c>
       <c r="N156" t="s">
-        <v>2212</v>
+        <v>2090</v>
       </c>
       <c r="O156" t="s">
-        <v>2300</v>
+        <v>2091</v>
       </c>
       <c r="P156" t="s">
-        <v>3037</v>
+        <v>3043</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B157" t="s">
-        <v>3038</v>
+        <v>3044</v>
       </c>
       <c r="C157" t="s">
         <v>20</v>
       </c>
       <c r="D157" t="s">
         <v>20</v>
       </c>
       <c r="E157" t="s">
-        <v>3039</v>
+        <v>3045</v>
       </c>
       <c r="F157" t="s">
         <v>20</v>
       </c>
       <c r="G157" t="s">
-        <v>3040</v>
+        <v>3046</v>
       </c>
       <c r="H157" t="s">
-        <v>3041</v>
+        <v>3047</v>
       </c>
       <c r="I157" t="s">
-        <v>2804</v>
+        <v>3048</v>
       </c>
       <c r="J157" t="s">
-        <v>2422</v>
+        <v>2043</v>
       </c>
       <c r="K157" t="s">
-        <v>2252</v>
+        <v>1855</v>
       </c>
       <c r="L157" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M157" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="N157" t="s">
-        <v>2212</v>
+        <v>2044</v>
       </c>
       <c r="O157" t="s">
-        <v>2444</v>
+        <v>2367</v>
       </c>
       <c r="P157" t="s">
-        <v>3042</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="B158" t="s">
-        <v>3043</v>
+        <v>3044</v>
       </c>
       <c r="C158" t="s">
         <v>20</v>
       </c>
       <c r="D158" t="s">
         <v>20</v>
       </c>
       <c r="E158" t="s">
-        <v>3044</v>
+        <v>3045</v>
       </c>
       <c r="F158" t="s">
         <v>20</v>
       </c>
       <c r="G158" t="s">
-        <v>3045</v>
+        <v>3050</v>
       </c>
       <c r="H158" t="s">
-        <v>3046</v>
+        <v>3051</v>
       </c>
       <c r="I158" t="s">
-        <v>3047</v>
+        <v>3052</v>
       </c>
       <c r="J158" t="s">
-        <v>20</v>
+        <v>3053</v>
       </c>
       <c r="K158" t="s">
-        <v>3048</v>
+        <v>3054</v>
       </c>
       <c r="L158" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="M158" t="s">
-        <v>2312</v>
+        <v>2009</v>
       </c>
       <c r="N158" t="s">
-        <v>2020</v>
+        <v>2044</v>
       </c>
       <c r="O158" t="s">
-        <v>2021</v>
+        <v>2367</v>
       </c>
       <c r="P158" t="s">
-        <v>3049</v>
-[...48 lines deleted...]
-      <c r="P159" t="s">
         <v>3055</v>
-      </c>
-[...3248 lines deleted...]
-        <v>3447</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M26"/>
+  <dimension ref="A1:M27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>13</v>
       </c>
       <c r="J1" t="s">
         <v>14</v>
       </c>
       <c r="K1" t="s">
-        <v>3448</v>
+        <v>3056</v>
       </c>
       <c r="L1" t="s">
-        <v>3449</v>
+        <v>3057</v>
       </c>
       <c r="M1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3450</v>
+        <v>3058</v>
       </c>
       <c r="B2" t="s">
-        <v>3451</v>
+        <v>3059</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>3060</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>3452</v>
+        <v>3061</v>
       </c>
       <c r="H2" t="s">
-        <v>3453</v>
+        <v>3062</v>
       </c>
       <c r="I2" t="s">
-        <v>3454</v>
+        <v>3063</v>
       </c>
       <c r="J2" t="s">
-        <v>45</v>
+        <v>109</v>
       </c>
       <c r="K2" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="L2" t="s">
-        <v>46</v>
+        <v>110</v>
       </c>
       <c r="M2" t="s">
-        <v>3455</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>3450</v>
+        <v>3058</v>
       </c>
       <c r="B3" t="s">
-        <v>3456</v>
+        <v>3065</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>3457</v>
+        <v>33</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>3458</v>
+        <v>3066</v>
       </c>
       <c r="H3" t="s">
-        <v>3459</v>
+        <v>3067</v>
       </c>
       <c r="I3" t="s">
-        <v>3460</v>
+        <v>3068</v>
       </c>
       <c r="J3" t="s">
-        <v>71</v>
+        <v>56</v>
       </c>
       <c r="K3" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="L3" t="s">
-        <v>74</v>
+        <v>57</v>
       </c>
       <c r="M3" t="s">
-        <v>3461</v>
+        <v>3069</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>3450</v>
+        <v>3058</v>
       </c>
       <c r="B4" t="s">
-        <v>3462</v>
+        <v>3070</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>3463</v>
+        <v>3071</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>3464</v>
+        <v>3072</v>
       </c>
       <c r="H4" t="s">
-        <v>3465</v>
+        <v>3073</v>
       </c>
       <c r="I4" t="s">
-        <v>3466</v>
+        <v>3074</v>
       </c>
       <c r="J4" t="s">
-        <v>60</v>
+        <v>82</v>
       </c>
       <c r="K4" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="L4" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="M4" t="s">
-        <v>3467</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>3450</v>
+        <v>3058</v>
       </c>
       <c r="B5" t="s">
-        <v>3468</v>
+        <v>3076</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>167</v>
+        <v>3077</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>3469</v>
+        <v>3078</v>
       </c>
       <c r="H5" t="s">
-        <v>3470</v>
+        <v>3079</v>
       </c>
       <c r="I5" t="s">
-        <v>3471</v>
+        <v>3080</v>
       </c>
       <c r="J5" t="s">
-        <v>98</v>
+        <v>71</v>
       </c>
       <c r="K5" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="L5" t="s">
-        <v>99</v>
+        <v>74</v>
       </c>
       <c r="M5" t="s">
-        <v>3472</v>
+        <v>3081</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>3450</v>
+        <v>3058</v>
       </c>
       <c r="B6" t="s">
-        <v>3473</v>
+        <v>3082</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>3474</v>
+        <v>177</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>3475</v>
+        <v>3083</v>
       </c>
       <c r="H6" t="s">
-        <v>3476</v>
+        <v>3084</v>
       </c>
       <c r="I6" t="s">
-        <v>3477</v>
+        <v>3085</v>
       </c>
       <c r="J6" t="s">
-        <v>60</v>
+        <v>109</v>
       </c>
       <c r="K6" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="L6" t="s">
-        <v>63</v>
+        <v>110</v>
       </c>
       <c r="M6" t="s">
-        <v>3478</v>
+        <v>3086</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>3450</v>
+        <v>3058</v>
       </c>
       <c r="B7" t="s">
-        <v>3479</v>
+        <v>3087</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>3480</v>
+        <v>3088</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>3481</v>
+        <v>3089</v>
       </c>
       <c r="H7" t="s">
-        <v>3482</v>
+        <v>3090</v>
       </c>
       <c r="I7" t="s">
-        <v>3483</v>
+        <v>3091</v>
       </c>
       <c r="J7" t="s">
         <v>71</v>
       </c>
       <c r="K7" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="L7" t="s">
         <v>74</v>
       </c>
       <c r="M7" t="s">
-        <v>3484</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>3450</v>
+        <v>3058</v>
       </c>
       <c r="B8" t="s">
-        <v>3473</v>
+        <v>3093</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>3485</v>
+        <v>3094</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>3486</v>
+        <v>3095</v>
       </c>
       <c r="H8" t="s">
-        <v>3487</v>
+        <v>3096</v>
       </c>
       <c r="I8" t="s">
-        <v>3477</v>
+        <v>3097</v>
       </c>
       <c r="J8" t="s">
-        <v>60</v>
+        <v>82</v>
       </c>
       <c r="K8" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="L8" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="M8" t="s">
-        <v>3488</v>
+        <v>3098</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>3450</v>
+        <v>3058</v>
       </c>
       <c r="B9" t="s">
-        <v>3489</v>
+        <v>3087</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>3490</v>
+        <v>3099</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>3491</v>
+        <v>3100</v>
       </c>
       <c r="H9" t="s">
-        <v>3492</v>
+        <v>3101</v>
       </c>
       <c r="I9" t="s">
-        <v>3493</v>
+        <v>3091</v>
       </c>
       <c r="J9" t="s">
-        <v>292</v>
+        <v>71</v>
       </c>
       <c r="K9" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="L9" t="s">
-        <v>293</v>
+        <v>74</v>
       </c>
       <c r="M9" t="s">
-        <v>3494</v>
+        <v>3102</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>3450</v>
+        <v>3058</v>
       </c>
       <c r="B10" t="s">
-        <v>3495</v>
+        <v>3103</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>3496</v>
+        <v>3104</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>3497</v>
+        <v>3105</v>
       </c>
       <c r="H10" t="s">
-        <v>3498</v>
+        <v>3106</v>
       </c>
       <c r="I10" t="s">
-        <v>3499</v>
+        <v>3107</v>
       </c>
       <c r="J10" t="s">
-        <v>71</v>
+        <v>296</v>
       </c>
       <c r="K10" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="L10" t="s">
-        <v>74</v>
+        <v>297</v>
       </c>
       <c r="M10" t="s">
-        <v>3500</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>3450</v>
+        <v>3058</v>
       </c>
       <c r="B11" t="s">
-        <v>3462</v>
+        <v>3109</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>295</v>
+        <v>3110</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>3501</v>
+        <v>3111</v>
       </c>
       <c r="H11" t="s">
-        <v>3502</v>
+        <v>3112</v>
       </c>
       <c r="I11" t="s">
-        <v>3503</v>
+        <v>3113</v>
       </c>
       <c r="J11" t="s">
-        <v>60</v>
+        <v>82</v>
       </c>
       <c r="K11" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="L11" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="M11" t="s">
-        <v>3504</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>3450</v>
+        <v>3058</v>
       </c>
       <c r="B12" t="s">
-        <v>3505</v>
+        <v>3076</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>323</v>
+        <v>299</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>3506</v>
+        <v>3115</v>
       </c>
       <c r="H12" t="s">
-        <v>3507</v>
+        <v>3116</v>
       </c>
       <c r="I12" t="s">
-        <v>3508</v>
+        <v>3117</v>
       </c>
       <c r="J12" t="s">
-        <v>329</v>
+        <v>71</v>
       </c>
       <c r="K12" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="L12" t="s">
-        <v>330</v>
+        <v>74</v>
       </c>
       <c r="M12" t="s">
-        <v>3509</v>
+        <v>3118</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>3450</v>
+        <v>3058</v>
       </c>
       <c r="B13" t="s">
-        <v>3510</v>
+        <v>3119</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>332</v>
+        <v>327</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>3511</v>
+        <v>3120</v>
       </c>
       <c r="H13" t="s">
-        <v>3512</v>
+        <v>3121</v>
       </c>
       <c r="I13" t="s">
-        <v>3513</v>
+        <v>3122</v>
       </c>
       <c r="J13" t="s">
-        <v>243</v>
+        <v>333</v>
       </c>
       <c r="K13" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="L13" t="s">
-        <v>246</v>
+        <v>334</v>
       </c>
       <c r="M13" t="s">
-        <v>3514</v>
+        <v>3123</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>3450</v>
+        <v>3058</v>
       </c>
       <c r="B14" t="s">
-        <v>3515</v>
+        <v>3124</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>3516</v>
+        <v>336</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>3517</v>
+        <v>3125</v>
       </c>
       <c r="H14" t="s">
-        <v>3518</v>
+        <v>3126</v>
       </c>
       <c r="I14" t="s">
-        <v>3519</v>
+        <v>3127</v>
       </c>
       <c r="J14" t="s">
-        <v>390</v>
+        <v>253</v>
       </c>
       <c r="K14" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="L14" t="s">
-        <v>392</v>
+        <v>256</v>
       </c>
       <c r="M14" t="s">
-        <v>3520</v>
+        <v>3128</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>3450</v>
+        <v>3058</v>
       </c>
       <c r="B15" t="s">
-        <v>3521</v>
+        <v>3129</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>543</v>
+        <v>3130</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>3522</v>
+        <v>3131</v>
       </c>
       <c r="H15" t="s">
-        <v>3523</v>
+        <v>3132</v>
       </c>
       <c r="I15" t="s">
-        <v>3524</v>
+        <v>3133</v>
       </c>
       <c r="J15" t="s">
-        <v>107</v>
+        <v>28</v>
       </c>
       <c r="K15" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="L15" t="s">
-        <v>108</v>
+        <v>31</v>
       </c>
       <c r="M15" t="s">
-        <v>3525</v>
+        <v>3134</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>3450</v>
+        <v>3058</v>
       </c>
       <c r="B16" t="s">
-        <v>3526</v>
+        <v>3135</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>3527</v>
+        <v>545</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>3528</v>
+        <v>3136</v>
       </c>
       <c r="H16" t="s">
-        <v>3529</v>
+        <v>3137</v>
       </c>
       <c r="I16" t="s">
-        <v>3530</v>
+        <v>3138</v>
       </c>
       <c r="J16" t="s">
-        <v>45</v>
+        <v>118</v>
       </c>
       <c r="K16" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="L16" t="s">
-        <v>46</v>
+        <v>119</v>
       </c>
       <c r="M16" t="s">
-        <v>3531</v>
+        <v>3139</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>3450</v>
+        <v>3058</v>
       </c>
       <c r="B17" t="s">
-        <v>3510</v>
+        <v>3140</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>3532</v>
+        <v>3141</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>3533</v>
+        <v>3142</v>
       </c>
       <c r="H17" t="s">
-        <v>3534</v>
+        <v>3143</v>
       </c>
       <c r="I17" t="s">
-        <v>3535</v>
+        <v>3144</v>
       </c>
       <c r="J17" t="s">
-        <v>243</v>
+        <v>56</v>
       </c>
       <c r="K17" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="L17" t="s">
-        <v>246</v>
+        <v>57</v>
       </c>
       <c r="M17" t="s">
-        <v>3536</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>3450</v>
+        <v>3058</v>
       </c>
       <c r="B18" t="s">
-        <v>3479</v>
+        <v>3124</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>3537</v>
+        <v>3146</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>3538</v>
+        <v>3147</v>
       </c>
       <c r="H18" t="s">
-        <v>3539</v>
+        <v>3148</v>
       </c>
       <c r="I18" t="s">
-        <v>3483</v>
+        <v>3149</v>
       </c>
       <c r="J18" t="s">
-        <v>71</v>
+        <v>253</v>
       </c>
       <c r="K18" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="L18" t="s">
-        <v>74</v>
+        <v>256</v>
       </c>
       <c r="M18" t="s">
-        <v>3540</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>3450</v>
+        <v>3058</v>
       </c>
       <c r="B19" t="s">
-        <v>3541</v>
+        <v>3093</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>3542</v>
+        <v>3151</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>3543</v>
+        <v>3152</v>
       </c>
       <c r="H19" t="s">
-        <v>3544</v>
+        <v>3153</v>
       </c>
       <c r="I19" t="s">
-        <v>3477</v>
+        <v>3097</v>
       </c>
       <c r="J19" t="s">
-        <v>3545</v>
+        <v>82</v>
       </c>
       <c r="K19" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="L19" t="s">
-        <v>3546</v>
+        <v>85</v>
       </c>
       <c r="M19" t="s">
-        <v>3547</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>3450</v>
+        <v>3058</v>
       </c>
       <c r="B20" t="s">
-        <v>3548</v>
+        <v>3155</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>3549</v>
+        <v>3156</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>3550</v>
+        <v>3157</v>
       </c>
       <c r="H20" t="s">
-        <v>3551</v>
+        <v>3158</v>
       </c>
       <c r="I20" t="s">
-        <v>3552</v>
+        <v>3091</v>
       </c>
       <c r="J20" t="s">
-        <v>1011</v>
+        <v>3159</v>
       </c>
       <c r="K20" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="L20" t="s">
-        <v>1014</v>
+        <v>3160</v>
       </c>
       <c r="M20" t="s">
-        <v>3553</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>3450</v>
+        <v>3058</v>
       </c>
       <c r="B21" t="s">
-        <v>3554</v>
+        <v>3162</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>3555</v>
+        <v>3163</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>3556</v>
+        <v>3164</v>
       </c>
       <c r="H21" t="s">
-        <v>3557</v>
+        <v>3165</v>
       </c>
       <c r="I21" t="s">
-        <v>3558</v>
+        <v>3166</v>
       </c>
       <c r="J21" t="s">
-        <v>227</v>
+        <v>1001</v>
       </c>
       <c r="K21" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="L21" t="s">
-        <v>230</v>
+        <v>1004</v>
       </c>
       <c r="M21" t="s">
-        <v>3559</v>
+        <v>3167</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>3450</v>
+        <v>3058</v>
       </c>
       <c r="B22" t="s">
-        <v>3510</v>
+        <v>3168</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>3560</v>
+        <v>3169</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>3561</v>
+        <v>3170</v>
       </c>
       <c r="H22" t="s">
-        <v>3562</v>
+        <v>3171</v>
       </c>
       <c r="I22" t="s">
-        <v>3563</v>
+        <v>3172</v>
       </c>
       <c r="J22" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="K22" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="L22" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="M22" t="s">
-        <v>3564</v>
+        <v>3173</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>3450</v>
+        <v>3058</v>
       </c>
       <c r="B23" t="s">
-        <v>3489</v>
+        <v>3124</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>3565</v>
+        <v>3174</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>3566</v>
+        <v>3175</v>
       </c>
       <c r="H23" t="s">
-        <v>3567</v>
+        <v>3176</v>
       </c>
       <c r="I23" t="s">
-        <v>3493</v>
+        <v>3177</v>
       </c>
       <c r="J23" t="s">
-        <v>292</v>
+        <v>253</v>
       </c>
       <c r="K23" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="L23" t="s">
-        <v>293</v>
+        <v>256</v>
       </c>
       <c r="M23" t="s">
-        <v>3568</v>
+        <v>3178</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>3450</v>
+        <v>3058</v>
       </c>
       <c r="B24" t="s">
-        <v>3569</v>
+        <v>3103</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>3570</v>
+        <v>3179</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>3571</v>
+        <v>3180</v>
       </c>
       <c r="H24" t="s">
-        <v>3572</v>
+        <v>3181</v>
       </c>
       <c r="I24" t="s">
-        <v>3573</v>
+        <v>3107</v>
       </c>
       <c r="J24" t="s">
-        <v>71</v>
+        <v>296</v>
       </c>
       <c r="K24" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="L24" t="s">
-        <v>74</v>
+        <v>297</v>
       </c>
       <c r="M24" t="s">
-        <v>3574</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>3450</v>
+        <v>3058</v>
       </c>
       <c r="B25" t="s">
-        <v>3575</v>
+        <v>3183</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>3576</v>
+        <v>3184</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>3577</v>
+        <v>3185</v>
       </c>
       <c r="H25" t="s">
-        <v>3578</v>
+        <v>3186</v>
       </c>
       <c r="I25" t="s">
-        <v>3579</v>
+        <v>3187</v>
       </c>
       <c r="J25" t="s">
-        <v>227</v>
+        <v>82</v>
       </c>
       <c r="K25" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="L25" t="s">
-        <v>230</v>
+        <v>85</v>
       </c>
       <c r="M25" t="s">
-        <v>3580</v>
+        <v>3188</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>3450</v>
+        <v>3058</v>
       </c>
       <c r="B26" t="s">
-        <v>3581</v>
+        <v>3189</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>3582</v>
+        <v>3190</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>3583</v>
+        <v>3191</v>
       </c>
       <c r="H26" t="s">
-        <v>3584</v>
+        <v>3192</v>
       </c>
       <c r="I26" t="s">
-        <v>3585</v>
+        <v>3193</v>
       </c>
       <c r="J26" t="s">
-        <v>82</v>
+        <v>237</v>
       </c>
       <c r="K26" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="L26" t="s">
-        <v>85</v>
+        <v>240</v>
       </c>
       <c r="M26" t="s">
-        <v>3586</v>
+        <v>3194</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>3058</v>
+      </c>
+      <c r="B27" t="s">
+        <v>3195</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>3196</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>3197</v>
+      </c>
+      <c r="H27" t="s">
+        <v>3198</v>
+      </c>
+      <c r="I27" t="s">
+        <v>3199</v>
+      </c>
+      <c r="J27" t="s">
+        <v>93</v>
+      </c>
+      <c r="K27" t="s">
+        <v>2008</v>
+      </c>
+      <c r="L27" t="s">
+        <v>96</v>
+      </c>
+      <c r="M27" t="s">
+        <v>3200</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:M1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T89"/>
+  <dimension ref="A1:T90"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>3587</v>
+        <v>3201</v>
       </c>
       <c r="J1" t="s">
-        <v>2003</v>
+        <v>1992</v>
       </c>
       <c r="K1" t="s">
-        <v>3588</v>
+        <v>3202</v>
       </c>
       <c r="L1" t="s">
-        <v>2005</v>
+        <v>1994</v>
       </c>
       <c r="M1" t="s">
-        <v>2006</v>
+        <v>1995</v>
       </c>
       <c r="N1" t="s">
-        <v>3589</v>
+        <v>3203</v>
       </c>
       <c r="O1" t="s">
-        <v>3590</v>
+        <v>3204</v>
       </c>
       <c r="P1" t="s">
-        <v>3591</v>
+        <v>3205</v>
       </c>
       <c r="Q1" t="s">
-        <v>3592</v>
+        <v>3206</v>
       </c>
       <c r="R1" t="s">
-        <v>2007</v>
+        <v>1996</v>
       </c>
       <c r="S1" t="s">
-        <v>3593</v>
+        <v>3207</v>
       </c>
       <c r="T1" t="s">
-        <v>3594</v>
+        <v>3208</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B2" t="s">
-        <v>3596</v>
+        <v>3210</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>3597</v>
+        <v>3211</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>3598</v>
+        <v>3212</v>
       </c>
       <c r="H2" t="s">
-        <v>3599</v>
+        <v>3213</v>
       </c>
       <c r="I2" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J2" t="s">
-        <v>3601</v>
+        <v>3215</v>
       </c>
       <c r="K2" t="s">
-        <v>3602</v>
+        <v>3216</v>
       </c>
       <c r="L2" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="M2" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N2" t="s">
-        <v>3603</v>
+        <v>3217</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q2" t="s">
-        <v>3605</v>
+        <v>3219</v>
       </c>
       <c r="R2" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S2" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
       <c r="T2" t="s">
-        <v>3606</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B3" t="s">
-        <v>3607</v>
+        <v>3221</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>3608</v>
+        <v>3222</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>3609</v>
+        <v>3223</v>
       </c>
       <c r="H3" t="s">
-        <v>3610</v>
+        <v>3224</v>
       </c>
       <c r="I3" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J3" t="s">
-        <v>3611</v>
+        <v>3225</v>
       </c>
       <c r="K3" t="s">
-        <v>2017</v>
+        <v>2028</v>
       </c>
       <c r="L3" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="M3" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N3" t="s">
-        <v>3612</v>
+        <v>3226</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="Q3" t="s">
-        <v>3613</v>
+        <v>3227</v>
       </c>
       <c r="R3" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="S3" t="s">
-        <v>3614</v>
+        <v>3228</v>
       </c>
       <c r="T3" t="s">
-        <v>3606</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B4" t="s">
-        <v>3615</v>
+        <v>3229</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>3616</v>
+        <v>3230</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>3617</v>
+        <v>3231</v>
       </c>
       <c r="H4" t="s">
-        <v>3618</v>
+        <v>3232</v>
       </c>
       <c r="I4" t="s">
-        <v>3619</v>
+        <v>3233</v>
       </c>
       <c r="J4" t="s">
-        <v>3620</v>
+        <v>3234</v>
       </c>
       <c r="K4" t="s">
-        <v>3246</v>
+        <v>3000</v>
       </c>
       <c r="L4" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="M4" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N4" t="s">
-        <v>3621</v>
+        <v>3235</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q4" t="s">
-        <v>3622</v>
+        <v>3236</v>
       </c>
       <c r="R4" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S4" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
       <c r="T4" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B5" t="s">
-        <v>3624</v>
+        <v>3238</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>3625</v>
+        <v>3239</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>3626</v>
+        <v>3240</v>
       </c>
       <c r="H5" t="s">
-        <v>3627</v>
+        <v>3241</v>
       </c>
       <c r="I5" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J5" t="s">
-        <v>3628</v>
+        <v>3242</v>
       </c>
       <c r="K5" t="s">
-        <v>2038</v>
+        <v>2106</v>
       </c>
       <c r="L5" t="s">
-        <v>2039</v>
+        <v>2107</v>
       </c>
       <c r="M5" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N5" t="s">
-        <v>3629</v>
+        <v>3243</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q5" t="s">
-        <v>3630</v>
+        <v>3244</v>
       </c>
       <c r="R5" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S5" t="s">
-        <v>3631</v>
+        <v>3245</v>
       </c>
       <c r="T5" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B6" t="s">
-        <v>3632</v>
+        <v>3246</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>3633</v>
+        <v>3247</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>3634</v>
+        <v>3248</v>
       </c>
       <c r="H6" t="s">
-        <v>3635</v>
+        <v>3249</v>
       </c>
       <c r="I6" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J6" t="s">
-        <v>3636</v>
+        <v>3250</v>
       </c>
       <c r="K6" t="s">
-        <v>3246</v>
+        <v>3000</v>
       </c>
       <c r="L6" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="M6" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N6" t="s">
-        <v>3637</v>
+        <v>3251</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q6" t="s">
-        <v>3630</v>
+        <v>3244</v>
       </c>
       <c r="R6" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S6" t="s">
-        <v>3638</v>
+        <v>3252</v>
       </c>
       <c r="T6" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B7" t="s">
-        <v>3640</v>
+        <v>3254</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>3641</v>
+        <v>3255</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>3642</v>
+        <v>3256</v>
       </c>
       <c r="H7" t="s">
-        <v>3643</v>
+        <v>3257</v>
       </c>
       <c r="I7" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J7" t="s">
-        <v>3644</v>
+        <v>3258</v>
       </c>
       <c r="K7" t="s">
-        <v>3219</v>
+        <v>3259</v>
       </c>
       <c r="L7" t="s">
-        <v>3220</v>
+        <v>3260</v>
       </c>
       <c r="M7" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N7" t="s">
-        <v>3645</v>
+        <v>3261</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q7" t="s">
-        <v>3630</v>
+        <v>3244</v>
       </c>
       <c r="R7" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S7" t="s">
-        <v>3646</v>
+        <v>3262</v>
       </c>
       <c r="T7" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B8" t="s">
-        <v>3647</v>
+        <v>3263</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>3648</v>
+        <v>3264</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>3649</v>
+        <v>3265</v>
       </c>
       <c r="H8" t="s">
-        <v>3650</v>
+        <v>3266</v>
       </c>
       <c r="I8" t="s">
-        <v>3619</v>
+        <v>3233</v>
       </c>
       <c r="J8" t="s">
-        <v>3651</v>
+        <v>3267</v>
       </c>
       <c r="K8" t="s">
-        <v>2517</v>
+        <v>2074</v>
       </c>
       <c r="L8" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="M8" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N8" t="s">
-        <v>3652</v>
+        <v>3268</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>2312</v>
+        <v>2054</v>
       </c>
       <c r="Q8" t="s">
-        <v>3613</v>
+        <v>3227</v>
       </c>
       <c r="R8" t="s">
-        <v>2312</v>
+        <v>2054</v>
       </c>
       <c r="S8" t="s">
-        <v>3653</v>
+        <v>3269</v>
       </c>
       <c r="T8" t="s">
-        <v>3654</v>
+        <v>3270</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B9" t="s">
-        <v>3655</v>
+        <v>3271</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>3648</v>
+        <v>3264</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>3656</v>
+        <v>3272</v>
       </c>
       <c r="H9" t="s">
-        <v>3657</v>
+        <v>3273</v>
       </c>
       <c r="I9" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J9" t="s">
         <v>20</v>
       </c>
       <c r="K9" t="s">
-        <v>2517</v>
+        <v>2074</v>
       </c>
       <c r="L9" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="M9" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N9" t="s">
-        <v>3658</v>
+        <v>3274</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
-        <v>2312</v>
+        <v>2054</v>
       </c>
       <c r="Q9" t="s">
-        <v>3659</v>
+        <v>3275</v>
       </c>
       <c r="R9" t="s">
-        <v>2312</v>
+        <v>2054</v>
       </c>
       <c r="S9" t="s">
-        <v>3660</v>
+        <v>3276</v>
       </c>
       <c r="T9" t="s">
-        <v>3654</v>
+        <v>3270</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B10" t="s">
-        <v>3661</v>
+        <v>3277</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>3662</v>
+        <v>3278</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>3663</v>
+        <v>3279</v>
       </c>
       <c r="H10" t="s">
-        <v>3664</v>
+        <v>3280</v>
       </c>
       <c r="I10" t="s">
-        <v>3619</v>
+        <v>3233</v>
       </c>
       <c r="J10" t="s">
-        <v>3665</v>
+        <v>3281</v>
       </c>
       <c r="K10" t="s">
-        <v>2623</v>
+        <v>2769</v>
       </c>
       <c r="L10" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="M10" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N10" t="s">
-        <v>3666</v>
+        <v>3282</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
-        <v>3667</v>
+        <v>3283</v>
       </c>
       <c r="Q10" t="s">
-        <v>3668</v>
+        <v>3284</v>
       </c>
       <c r="R10" t="s">
-        <v>2312</v>
+        <v>2054</v>
       </c>
       <c r="S10" t="s">
-        <v>3669</v>
+        <v>3285</v>
       </c>
       <c r="T10" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B11" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>3662</v>
+        <v>3278</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>3670</v>
+        <v>3286</v>
       </c>
       <c r="H11" t="s">
-        <v>3671</v>
+        <v>3287</v>
       </c>
       <c r="I11" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J11" t="s">
-        <v>3672</v>
+        <v>3288</v>
       </c>
       <c r="K11" t="s">
-        <v>2623</v>
+        <v>2769</v>
       </c>
       <c r="L11" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="M11" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N11" t="s">
-        <v>3666</v>
+        <v>3282</v>
       </c>
       <c r="O11" t="s">
         <v>20</v>
       </c>
       <c r="P11" t="s">
-        <v>3667</v>
+        <v>3283</v>
       </c>
       <c r="Q11" t="s">
-        <v>3673</v>
+        <v>3289</v>
       </c>
       <c r="R11" t="s">
-        <v>2312</v>
+        <v>2054</v>
       </c>
       <c r="S11" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="T11" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B12" t="s">
-        <v>3674</v>
+        <v>3290</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>3662</v>
+        <v>3278</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>3675</v>
+        <v>3291</v>
       </c>
       <c r="H12" t="s">
-        <v>3676</v>
+        <v>3292</v>
       </c>
       <c r="I12" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J12" t="s">
-        <v>3677</v>
+        <v>3293</v>
       </c>
       <c r="K12" t="s">
-        <v>2623</v>
+        <v>2769</v>
       </c>
       <c r="L12" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="M12" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N12" t="s">
-        <v>3678</v>
+        <v>3294</v>
       </c>
       <c r="O12" t="s">
         <v>20</v>
       </c>
       <c r="P12" t="s">
-        <v>3667</v>
+        <v>3283</v>
       </c>
       <c r="Q12" t="s">
-        <v>3679</v>
+        <v>3295</v>
       </c>
       <c r="R12" t="s">
-        <v>2312</v>
+        <v>2054</v>
       </c>
       <c r="S12" t="s">
-        <v>3680</v>
+        <v>3296</v>
       </c>
       <c r="T12" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B13" t="s">
-        <v>3681</v>
+        <v>3297</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>3662</v>
+        <v>3278</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>3682</v>
+        <v>3298</v>
       </c>
       <c r="H13" t="s">
-        <v>3683</v>
+        <v>3299</v>
       </c>
       <c r="I13" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J13" t="s">
-        <v>3684</v>
+        <v>3300</v>
       </c>
       <c r="K13" t="s">
-        <v>2623</v>
+        <v>2769</v>
       </c>
       <c r="L13" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="M13" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N13" t="s">
-        <v>3685</v>
+        <v>3301</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
-        <v>3667</v>
+        <v>3283</v>
       </c>
       <c r="Q13" t="s">
-        <v>3686</v>
+        <v>3302</v>
       </c>
       <c r="R13" t="s">
-        <v>2312</v>
+        <v>2054</v>
       </c>
       <c r="S13" t="s">
-        <v>3687</v>
+        <v>3303</v>
       </c>
       <c r="T13" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B14" t="s">
-        <v>3688</v>
+        <v>3304</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>3662</v>
+        <v>3278</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>3689</v>
+        <v>3305</v>
       </c>
       <c r="H14" t="s">
-        <v>3690</v>
+        <v>3306</v>
       </c>
       <c r="I14" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J14" t="s">
         <v>20</v>
       </c>
       <c r="K14" t="s">
-        <v>2285</v>
+        <v>2418</v>
       </c>
       <c r="L14" t="s">
-        <v>2286</v>
+        <v>2419</v>
       </c>
       <c r="M14" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N14" t="s">
-        <v>3691</v>
+        <v>3307</v>
       </c>
       <c r="O14" t="s">
         <v>20</v>
       </c>
       <c r="P14" t="s">
-        <v>3667</v>
+        <v>3283</v>
       </c>
       <c r="Q14" t="s">
-        <v>3630</v>
+        <v>3244</v>
       </c>
       <c r="R14" t="s">
-        <v>2312</v>
+        <v>2054</v>
       </c>
       <c r="S14" t="s">
-        <v>3692</v>
+        <v>3308</v>
       </c>
       <c r="T14" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B15" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>3662</v>
+        <v>3278</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>3693</v>
+        <v>3309</v>
       </c>
       <c r="H15" t="s">
-        <v>3694</v>
+        <v>3310</v>
       </c>
       <c r="I15" t="s">
-        <v>3619</v>
+        <v>3233</v>
       </c>
       <c r="J15" t="s">
         <v>20</v>
       </c>
       <c r="K15" t="s">
-        <v>2623</v>
+        <v>2769</v>
       </c>
       <c r="L15" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="M15" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N15" t="s">
-        <v>3666</v>
+        <v>3282</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
-        <v>3667</v>
+        <v>3283</v>
       </c>
       <c r="Q15" t="s">
-        <v>3695</v>
+        <v>3311</v>
       </c>
       <c r="R15" t="s">
-        <v>2312</v>
+        <v>2054</v>
       </c>
       <c r="S15" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="T15" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B16" t="s">
-        <v>3696</v>
+        <v>3312</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>3662</v>
+        <v>3278</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>3697</v>
+        <v>3313</v>
       </c>
       <c r="H16" t="s">
-        <v>3698</v>
+        <v>3314</v>
       </c>
       <c r="I16" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J16" t="s">
         <v>20</v>
       </c>
       <c r="K16" t="s">
-        <v>2623</v>
+        <v>2769</v>
       </c>
       <c r="L16" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="M16" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N16" t="s">
-        <v>3699</v>
+        <v>3315</v>
       </c>
       <c r="O16" t="s">
         <v>20</v>
       </c>
       <c r="P16" t="s">
-        <v>3667</v>
+        <v>3283</v>
       </c>
       <c r="Q16" t="s">
-        <v>3700</v>
+        <v>3316</v>
       </c>
       <c r="R16" t="s">
-        <v>2312</v>
+        <v>2054</v>
       </c>
       <c r="S16" t="s">
-        <v>3701</v>
+        <v>3317</v>
       </c>
       <c r="T16" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B17" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>3662</v>
+        <v>3278</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>3702</v>
+        <v>3318</v>
       </c>
       <c r="H17" t="s">
-        <v>3703</v>
+        <v>3319</v>
       </c>
       <c r="I17" t="s">
-        <v>3619</v>
+        <v>3233</v>
       </c>
       <c r="J17" t="s">
-        <v>3704</v>
+        <v>3320</v>
       </c>
       <c r="K17" t="s">
-        <v>2623</v>
+        <v>2769</v>
       </c>
       <c r="L17" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="M17" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N17" t="s">
-        <v>3705</v>
+        <v>3321</v>
       </c>
       <c r="O17" t="s">
         <v>20</v>
       </c>
       <c r="P17" t="s">
-        <v>3667</v>
+        <v>3283</v>
       </c>
       <c r="Q17" t="s">
-        <v>3706</v>
+        <v>3322</v>
       </c>
       <c r="R17" t="s">
-        <v>2312</v>
+        <v>2054</v>
       </c>
       <c r="S17" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="T17" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B18" t="s">
-        <v>3707</v>
+        <v>3323</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>3662</v>
+        <v>3278</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>3708</v>
+        <v>3324</v>
       </c>
       <c r="H18" t="s">
-        <v>3709</v>
+        <v>3325</v>
       </c>
       <c r="I18" t="s">
-        <v>3710</v>
+        <v>3326</v>
       </c>
       <c r="J18" t="s">
-        <v>3684</v>
+        <v>3300</v>
       </c>
       <c r="K18" t="s">
-        <v>2623</v>
+        <v>2769</v>
       </c>
       <c r="L18" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="M18" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N18" t="s">
-        <v>3711</v>
+        <v>3327</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
-        <v>3667</v>
+        <v>3283</v>
       </c>
       <c r="Q18" t="s">
-        <v>3659</v>
+        <v>3275</v>
       </c>
       <c r="R18" t="s">
-        <v>2312</v>
+        <v>2054</v>
       </c>
       <c r="S18" t="s">
-        <v>3712</v>
+        <v>3328</v>
       </c>
       <c r="T18" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B19" t="s">
-        <v>3713</v>
+        <v>3329</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>3662</v>
+        <v>3278</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>3714</v>
+        <v>3330</v>
       </c>
       <c r="H19" t="s">
-        <v>3715</v>
+        <v>3331</v>
       </c>
       <c r="I19" t="s">
-        <v>3710</v>
+        <v>3326</v>
       </c>
       <c r="J19" t="s">
-        <v>3716</v>
+        <v>3332</v>
       </c>
       <c r="K19" t="s">
-        <v>2623</v>
+        <v>2769</v>
       </c>
       <c r="L19" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="M19" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N19" t="s">
-        <v>3717</v>
+        <v>3333</v>
       </c>
       <c r="O19" t="s">
         <v>20</v>
       </c>
       <c r="P19" t="s">
-        <v>3667</v>
+        <v>3283</v>
       </c>
       <c r="Q19" t="s">
-        <v>3613</v>
+        <v>3227</v>
       </c>
       <c r="R19" t="s">
-        <v>2312</v>
+        <v>2054</v>
       </c>
       <c r="S19" t="s">
-        <v>3718</v>
+        <v>3334</v>
       </c>
       <c r="T19" t="s">
-        <v>3719</v>
+        <v>3335</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B20" t="s">
-        <v>3720</v>
+        <v>3336</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>3662</v>
+        <v>3278</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>3721</v>
+        <v>3337</v>
       </c>
       <c r="H20" t="s">
-        <v>3722</v>
+        <v>3338</v>
       </c>
       <c r="I20" t="s">
-        <v>3710</v>
+        <v>3326</v>
       </c>
       <c r="J20" t="s">
-        <v>3723</v>
+        <v>3339</v>
       </c>
       <c r="K20" t="s">
-        <v>2623</v>
+        <v>2769</v>
       </c>
       <c r="L20" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="M20" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N20" t="s">
-        <v>3724</v>
+        <v>3340</v>
       </c>
       <c r="O20" t="s">
         <v>20</v>
       </c>
       <c r="P20" t="s">
-        <v>3667</v>
+        <v>3283</v>
       </c>
       <c r="Q20" t="s">
         <v>20</v>
       </c>
       <c r="R20" t="s">
-        <v>2312</v>
+        <v>2054</v>
       </c>
       <c r="S20" t="s">
-        <v>3725</v>
+        <v>3341</v>
       </c>
       <c r="T20" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B21" t="s">
-        <v>3726</v>
+        <v>3342</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>3662</v>
+        <v>3278</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>3727</v>
+        <v>3343</v>
       </c>
       <c r="H21" t="s">
-        <v>3728</v>
+        <v>3344</v>
       </c>
       <c r="I21" t="s">
-        <v>3710</v>
+        <v>3326</v>
       </c>
       <c r="J21" t="s">
-        <v>3665</v>
+        <v>3281</v>
       </c>
       <c r="K21" t="s">
-        <v>2623</v>
+        <v>2769</v>
       </c>
       <c r="L21" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="M21" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N21" t="s">
-        <v>3729</v>
+        <v>3345</v>
       </c>
       <c r="O21" t="s">
         <v>20</v>
       </c>
       <c r="P21" t="s">
-        <v>3667</v>
+        <v>3283</v>
       </c>
       <c r="Q21" t="s">
-        <v>3613</v>
+        <v>3227</v>
       </c>
       <c r="R21" t="s">
-        <v>2312</v>
+        <v>2054</v>
       </c>
       <c r="S21" t="s">
-        <v>3730</v>
+        <v>3346</v>
       </c>
       <c r="T21" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B22" t="s">
-        <v>3731</v>
+        <v>3347</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>3732</v>
+        <v>3348</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>3733</v>
+        <v>3349</v>
       </c>
       <c r="H22" t="s">
-        <v>3734</v>
+        <v>3350</v>
       </c>
       <c r="I22" t="s">
-        <v>3619</v>
+        <v>3233</v>
       </c>
       <c r="J22" t="s">
         <v>20</v>
       </c>
       <c r="K22" t="s">
-        <v>3735</v>
+        <v>3351</v>
       </c>
       <c r="L22" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="M22" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N22" t="s">
-        <v>3736</v>
+        <v>3352</v>
       </c>
       <c r="O22" t="s">
         <v>20</v>
       </c>
       <c r="P22" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q22" t="s">
-        <v>3737</v>
+        <v>3353</v>
       </c>
       <c r="R22" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S22" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
       <c r="T22" t="s">
-        <v>3606</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B23" t="s">
-        <v>3738</v>
+        <v>3354</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>3732</v>
+        <v>3348</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>3739</v>
+        <v>3355</v>
       </c>
       <c r="H23" t="s">
-        <v>3740</v>
+        <v>3356</v>
       </c>
       <c r="I23" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J23" t="s">
         <v>20</v>
       </c>
       <c r="K23" t="s">
-        <v>3735</v>
+        <v>3351</v>
       </c>
       <c r="L23" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="M23" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N23" t="s">
-        <v>3741</v>
+        <v>3357</v>
       </c>
       <c r="O23" t="s">
         <v>20</v>
       </c>
       <c r="P23" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q23" t="s">
-        <v>3630</v>
+        <v>3244</v>
       </c>
       <c r="R23" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S23" t="s">
-        <v>3742</v>
+        <v>3358</v>
       </c>
       <c r="T23" t="s">
-        <v>3606</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B24" t="s">
-        <v>3743</v>
+        <v>3359</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>3744</v>
+        <v>3360</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>3745</v>
+        <v>3361</v>
       </c>
       <c r="H24" t="s">
-        <v>3746</v>
+        <v>3362</v>
       </c>
       <c r="I24" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J24" t="s">
-        <v>3747</v>
+        <v>3363</v>
       </c>
       <c r="K24" t="s">
-        <v>2149</v>
+        <v>2184</v>
       </c>
       <c r="L24" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="M24" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N24" t="s">
-        <v>3748</v>
+        <v>3364</v>
       </c>
       <c r="O24" t="s">
         <v>20</v>
       </c>
       <c r="P24" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q24" t="s">
-        <v>3605</v>
+        <v>3219</v>
       </c>
       <c r="R24" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S24" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="T24" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B25" t="s">
-        <v>3749</v>
+        <v>3365</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>3750</v>
+        <v>3366</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>3751</v>
+        <v>3367</v>
       </c>
       <c r="H25" t="s">
-        <v>3752</v>
+        <v>3368</v>
       </c>
       <c r="I25" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J25" t="s">
         <v>20</v>
       </c>
       <c r="K25" t="s">
-        <v>3753</v>
+        <v>3369</v>
       </c>
       <c r="L25" t="s">
-        <v>1743</v>
+        <v>1732</v>
       </c>
       <c r="M25" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N25" t="s">
-        <v>3754</v>
+        <v>3370</v>
       </c>
       <c r="O25" t="s">
         <v>20</v>
       </c>
       <c r="P25" t="s">
-        <v>3755</v>
+        <v>3371</v>
       </c>
       <c r="Q25" t="s">
-        <v>3756</v>
+        <v>3372</v>
       </c>
       <c r="R25" t="s">
-        <v>2312</v>
+        <v>2054</v>
       </c>
       <c r="S25" t="s">
-        <v>1744</v>
+        <v>1733</v>
       </c>
       <c r="T25" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B26" t="s">
-        <v>3757</v>
+        <v>3373</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>3758</v>
+        <v>3374</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>3759</v>
+        <v>3375</v>
       </c>
       <c r="H26" t="s">
-        <v>3760</v>
+        <v>3376</v>
       </c>
       <c r="I26" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J26" t="s">
-        <v>3761</v>
+        <v>3377</v>
       </c>
       <c r="K26" t="s">
-        <v>2684</v>
+        <v>2590</v>
       </c>
       <c r="L26" t="s">
-        <v>2685</v>
+        <v>2591</v>
       </c>
       <c r="M26" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N26" t="s">
-        <v>3762</v>
+        <v>3378</v>
       </c>
       <c r="O26" t="s">
         <v>20</v>
       </c>
       <c r="P26" t="s">
-        <v>3755</v>
+        <v>3371</v>
       </c>
       <c r="Q26" t="s">
-        <v>3630</v>
+        <v>3244</v>
       </c>
       <c r="R26" t="s">
-        <v>2312</v>
+        <v>2054</v>
       </c>
       <c r="S26" t="s">
-        <v>3763</v>
+        <v>3379</v>
       </c>
       <c r="T26" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B27" t="s">
-        <v>3764</v>
+        <v>3380</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>3765</v>
+        <v>3381</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>3766</v>
+        <v>3382</v>
       </c>
       <c r="H27" t="s">
-        <v>3767</v>
+        <v>3383</v>
       </c>
       <c r="I27" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J27" t="s">
-        <v>3768</v>
+        <v>3384</v>
       </c>
       <c r="K27" t="s">
-        <v>2243</v>
+        <v>2036</v>
       </c>
       <c r="L27" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="M27" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N27" t="s">
-        <v>3769</v>
+        <v>3385</v>
       </c>
       <c r="O27" t="s">
         <v>20</v>
       </c>
       <c r="P27" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="Q27" t="s">
-        <v>3770</v>
+        <v>3386</v>
       </c>
       <c r="R27" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="S27" t="s">
-        <v>3771</v>
+        <v>3387</v>
       </c>
       <c r="T27" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B28" t="s">
-        <v>3772</v>
+        <v>3388</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>3773</v>
+        <v>3389</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>3774</v>
+        <v>3390</v>
       </c>
       <c r="H28" t="s">
-        <v>3775</v>
+        <v>3391</v>
       </c>
       <c r="I28" t="s">
-        <v>3710</v>
+        <v>3326</v>
       </c>
       <c r="J28" t="s">
-        <v>2983</v>
+        <v>2888</v>
       </c>
       <c r="K28" t="s">
-        <v>2868</v>
+        <v>2725</v>
       </c>
       <c r="L28" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="M28" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N28" t="s">
-        <v>3776</v>
+        <v>3392</v>
       </c>
       <c r="O28" t="s">
         <v>20</v>
       </c>
       <c r="P28" t="s">
-        <v>2312</v>
+        <v>2054</v>
       </c>
       <c r="Q28" t="s">
-        <v>3659</v>
+        <v>3275</v>
       </c>
       <c r="R28" t="s">
-        <v>2312</v>
+        <v>2054</v>
       </c>
       <c r="S28" t="s">
-        <v>3777</v>
+        <v>3393</v>
       </c>
       <c r="T28" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B29" t="s">
-        <v>3778</v>
+        <v>3394</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>3779</v>
+        <v>3395</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>3780</v>
+        <v>3396</v>
       </c>
       <c r="H29" t="s">
-        <v>3781</v>
+        <v>3397</v>
       </c>
       <c r="I29" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J29" t="s">
-        <v>2962</v>
+        <v>2867</v>
       </c>
       <c r="K29" t="s">
-        <v>2963</v>
+        <v>2868</v>
       </c>
       <c r="L29" t="s">
-        <v>2964</v>
+        <v>2869</v>
       </c>
       <c r="M29" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N29" t="s">
-        <v>3782</v>
+        <v>3398</v>
       </c>
       <c r="O29" t="s">
         <v>20</v>
       </c>
       <c r="P29" t="s">
-        <v>3755</v>
+        <v>3371</v>
       </c>
       <c r="Q29" t="s">
-        <v>3630</v>
+        <v>3244</v>
       </c>
       <c r="R29" t="s">
-        <v>2312</v>
+        <v>2054</v>
       </c>
       <c r="S29" t="s">
-        <v>3783</v>
+        <v>3399</v>
       </c>
       <c r="T29" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B30" t="s">
-        <v>3784</v>
+        <v>3400</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>3785</v>
+        <v>3401</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>3786</v>
+        <v>3402</v>
       </c>
       <c r="H30" t="s">
-        <v>3787</v>
+        <v>3403</v>
       </c>
       <c r="I30" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J30" t="s">
-        <v>3788</v>
+        <v>3404</v>
       </c>
       <c r="K30" t="s">
-        <v>2530</v>
+        <v>2832</v>
       </c>
       <c r="L30" t="s">
-        <v>1743</v>
+        <v>1732</v>
       </c>
       <c r="M30" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N30" t="s">
-        <v>3789</v>
+        <v>3405</v>
       </c>
       <c r="O30" t="s">
         <v>20</v>
       </c>
       <c r="P30" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="Q30" t="s">
-        <v>3630</v>
+        <v>3244</v>
       </c>
       <c r="R30" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="S30" t="s">
-        <v>3790</v>
+        <v>3406</v>
       </c>
       <c r="T30" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B31" t="s">
-        <v>3791</v>
+        <v>3407</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>3773</v>
+        <v>3389</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>3792</v>
+        <v>3408</v>
       </c>
       <c r="H31" t="s">
-        <v>3793</v>
+        <v>3409</v>
       </c>
       <c r="I31" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J31" t="s">
-        <v>2983</v>
+        <v>2888</v>
       </c>
       <c r="K31" t="s">
-        <v>2868</v>
+        <v>2725</v>
       </c>
       <c r="L31" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="M31" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N31" t="s">
-        <v>3776</v>
+        <v>3392</v>
       </c>
       <c r="O31" t="s">
         <v>20</v>
       </c>
       <c r="P31" t="s">
-        <v>3755</v>
+        <v>3371</v>
       </c>
       <c r="Q31" t="s">
-        <v>3686</v>
+        <v>3302</v>
       </c>
       <c r="R31" t="s">
-        <v>2312</v>
+        <v>2054</v>
       </c>
       <c r="S31" t="s">
-        <v>3794</v>
+        <v>3410</v>
       </c>
       <c r="T31" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B32" t="s">
-        <v>3795</v>
+        <v>3411</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>3779</v>
+        <v>3395</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>3796</v>
+        <v>3412</v>
       </c>
       <c r="H32" t="s">
-        <v>3797</v>
+        <v>3413</v>
       </c>
       <c r="I32" t="s">
-        <v>3710</v>
+        <v>3326</v>
       </c>
       <c r="J32" t="s">
-        <v>3798</v>
+        <v>3414</v>
       </c>
       <c r="K32" t="s">
-        <v>2243</v>
+        <v>2036</v>
       </c>
       <c r="L32" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="M32" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N32" t="s">
-        <v>3799</v>
+        <v>3415</v>
       </c>
       <c r="O32" t="s">
         <v>20</v>
       </c>
       <c r="P32" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="Q32" t="s">
-        <v>3659</v>
+        <v>3275</v>
       </c>
       <c r="R32" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="S32" t="s">
-        <v>3800</v>
+        <v>3416</v>
       </c>
       <c r="T32" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B33" t="s">
-        <v>3801</v>
+        <v>3417</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>3802</v>
+        <v>3418</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>3803</v>
+        <v>3419</v>
       </c>
       <c r="H33" t="s">
-        <v>3804</v>
+        <v>3420</v>
       </c>
       <c r="I33" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J33" t="s">
-        <v>3805</v>
+        <v>3421</v>
       </c>
       <c r="K33" t="s">
-        <v>3219</v>
+        <v>3259</v>
       </c>
       <c r="L33" t="s">
-        <v>3220</v>
+        <v>3260</v>
       </c>
       <c r="M33" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N33" t="s">
-        <v>3806</v>
+        <v>3422</v>
       </c>
       <c r="O33" t="s">
         <v>20</v>
       </c>
       <c r="P33" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q33" t="s">
-        <v>3630</v>
+        <v>3244</v>
       </c>
       <c r="R33" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S33" t="s">
-        <v>3807</v>
+        <v>3423</v>
       </c>
       <c r="T33" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B34" t="s">
-        <v>3808</v>
+        <v>3424</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>3809</v>
+        <v>3425</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>3810</v>
+        <v>3426</v>
       </c>
       <c r="H34" t="s">
-        <v>3811</v>
+        <v>3427</v>
       </c>
       <c r="I34" t="s">
-        <v>3619</v>
+        <v>3233</v>
       </c>
       <c r="J34" t="s">
         <v>20</v>
       </c>
       <c r="K34" t="s">
-        <v>3114</v>
+        <v>2949</v>
       </c>
       <c r="L34" t="s">
-        <v>3115</v>
+        <v>2950</v>
       </c>
       <c r="M34" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N34" t="s">
-        <v>3812</v>
+        <v>3428</v>
       </c>
       <c r="O34" t="s">
         <v>20</v>
       </c>
       <c r="P34" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q34" t="s">
-        <v>3613</v>
+        <v>3227</v>
       </c>
       <c r="R34" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S34" t="s">
-        <v>3813</v>
+        <v>3429</v>
       </c>
       <c r="T34" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B35" t="s">
-        <v>3814</v>
+        <v>3430</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>3815</v>
+        <v>3431</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>3816</v>
+        <v>3432</v>
       </c>
       <c r="H35" t="s">
-        <v>3817</v>
+        <v>3433</v>
       </c>
       <c r="I35" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J35" t="s">
-        <v>3818</v>
+        <v>3434</v>
       </c>
       <c r="K35" t="s">
-        <v>3819</v>
+        <v>3435</v>
       </c>
       <c r="L35" t="s">
-        <v>3820</v>
+        <v>3436</v>
       </c>
       <c r="M35" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N35" t="s">
-        <v>3821</v>
+        <v>3437</v>
       </c>
       <c r="O35" t="s">
         <v>20</v>
       </c>
       <c r="P35" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q35" t="s">
-        <v>3613</v>
+        <v>3227</v>
       </c>
       <c r="R35" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S35" t="s">
-        <v>3822</v>
+        <v>3438</v>
       </c>
       <c r="T35" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B36" t="s">
-        <v>3823</v>
+        <v>3439</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>3824</v>
+        <v>3440</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>3825</v>
+        <v>3441</v>
       </c>
       <c r="H36" t="s">
-        <v>3826</v>
+        <v>3442</v>
       </c>
       <c r="I36" t="s">
-        <v>3619</v>
+        <v>3233</v>
       </c>
       <c r="J36" t="s">
-        <v>2148</v>
+        <v>2183</v>
       </c>
       <c r="K36" t="s">
-        <v>2149</v>
+        <v>2184</v>
       </c>
       <c r="L36" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="M36" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N36" t="s">
-        <v>3827</v>
+        <v>3443</v>
       </c>
       <c r="O36" t="s">
         <v>20</v>
       </c>
       <c r="P36" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q36" t="s">
-        <v>3679</v>
+        <v>3295</v>
       </c>
       <c r="R36" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S36" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="T36" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B37" t="s">
-        <v>3828</v>
+        <v>3444</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>3829</v>
+        <v>3445</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>3830</v>
+        <v>3446</v>
       </c>
       <c r="H37" t="s">
-        <v>3831</v>
+        <v>3447</v>
       </c>
       <c r="I37" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J37" t="s">
-        <v>3832</v>
+        <v>3448</v>
       </c>
       <c r="K37" t="s">
-        <v>2341</v>
+        <v>2018</v>
       </c>
       <c r="L37" t="s">
-        <v>2342</v>
+        <v>2019</v>
       </c>
       <c r="M37" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N37" t="s">
-        <v>3833</v>
+        <v>3449</v>
       </c>
       <c r="O37" t="s">
         <v>20</v>
       </c>
       <c r="P37" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q37" t="s">
-        <v>3630</v>
+        <v>3244</v>
       </c>
       <c r="R37" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S37" t="s">
-        <v>3834</v>
+        <v>3450</v>
       </c>
       <c r="T37" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B38" t="s">
-        <v>3835</v>
+        <v>3451</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>3836</v>
+        <v>3452</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>3837</v>
+        <v>3453</v>
       </c>
       <c r="H38" t="s">
-        <v>3838</v>
+        <v>3454</v>
       </c>
       <c r="I38" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J38" t="s">
         <v>20</v>
       </c>
       <c r="K38" t="s">
-        <v>2054</v>
+        <v>2122</v>
       </c>
       <c r="L38" t="s">
-        <v>2055</v>
+        <v>2123</v>
       </c>
       <c r="M38" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N38" t="s">
-        <v>3839</v>
+        <v>3455</v>
       </c>
       <c r="O38" t="s">
         <v>20</v>
       </c>
       <c r="P38" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q38" t="s">
-        <v>3686</v>
+        <v>3302</v>
       </c>
       <c r="R38" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S38" t="s">
-        <v>3840</v>
+        <v>3456</v>
       </c>
       <c r="T38" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B39" t="s">
-        <v>3841</v>
+        <v>3457</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>3842</v>
+        <v>3458</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>3843</v>
+        <v>3459</v>
       </c>
       <c r="H39" t="s">
-        <v>3844</v>
+        <v>3460</v>
       </c>
       <c r="I39" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J39" t="s">
-        <v>3845</v>
+        <v>3461</v>
       </c>
       <c r="K39" t="s">
-        <v>3846</v>
+        <v>3462</v>
       </c>
       <c r="L39" t="s">
-        <v>3847</v>
+        <v>3463</v>
       </c>
       <c r="M39" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N39" t="s">
-        <v>3848</v>
+        <v>3464</v>
       </c>
       <c r="O39" t="s">
         <v>20</v>
       </c>
       <c r="P39" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q39" t="s">
-        <v>3613</v>
+        <v>3227</v>
       </c>
       <c r="R39" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S39" t="s">
-        <v>3849</v>
+        <v>3465</v>
       </c>
       <c r="T39" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B40" t="s">
-        <v>3850</v>
+        <v>3466</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>3851</v>
+        <v>3467</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>3852</v>
+        <v>3468</v>
       </c>
       <c r="H40" t="s">
-        <v>3853</v>
+        <v>3469</v>
       </c>
       <c r="I40" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J40" t="s">
         <v>20</v>
       </c>
       <c r="K40" t="s">
-        <v>2408</v>
+        <v>2459</v>
       </c>
       <c r="L40" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="M40" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N40" t="s">
-        <v>3854</v>
+        <v>3470</v>
       </c>
       <c r="O40" t="s">
         <v>20</v>
       </c>
       <c r="P40" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q40" t="s">
-        <v>3605</v>
+        <v>3219</v>
       </c>
       <c r="R40" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S40" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="T40" t="s">
-        <v>3606</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B41" t="s">
-        <v>3855</v>
+        <v>3471</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>3856</v>
+        <v>3472</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>3857</v>
+        <v>3473</v>
       </c>
       <c r="H41" t="s">
-        <v>3858</v>
+        <v>3474</v>
       </c>
       <c r="I41" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J41" t="s">
         <v>20</v>
       </c>
       <c r="K41" t="s">
-        <v>3859</v>
+        <v>3475</v>
       </c>
       <c r="L41" t="s">
-        <v>3860</v>
+        <v>3476</v>
       </c>
       <c r="M41" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N41" t="s">
-        <v>3861</v>
+        <v>3477</v>
       </c>
       <c r="O41" t="s">
         <v>20</v>
       </c>
       <c r="P41" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q41" t="s">
-        <v>3630</v>
+        <v>3244</v>
       </c>
       <c r="R41" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S41" t="s">
-        <v>3862</v>
+        <v>3478</v>
       </c>
       <c r="T41" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B42" t="s">
-        <v>3863</v>
+        <v>3479</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>3864</v>
+        <v>3480</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>3865</v>
+        <v>3481</v>
       </c>
       <c r="H42" t="s">
-        <v>3866</v>
+        <v>3482</v>
       </c>
       <c r="I42" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J42" t="s">
-        <v>3867</v>
+        <v>3483</v>
       </c>
       <c r="K42" t="s">
-        <v>3868</v>
+        <v>3484</v>
       </c>
       <c r="L42" t="s">
-        <v>3869</v>
+        <v>3485</v>
       </c>
       <c r="M42" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N42" t="s">
-        <v>3870</v>
+        <v>3486</v>
       </c>
       <c r="O42" t="s">
         <v>20</v>
       </c>
       <c r="P42" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="Q42" t="s">
-        <v>3630</v>
+        <v>3244</v>
       </c>
       <c r="R42" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="S42" t="s">
-        <v>3871</v>
+        <v>3487</v>
       </c>
       <c r="T42" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B43" t="s">
-        <v>3872</v>
+        <v>3488</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>3873</v>
+        <v>3489</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>3874</v>
+        <v>3490</v>
       </c>
       <c r="H43" t="s">
-        <v>3875</v>
+        <v>3491</v>
       </c>
       <c r="I43" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J43" t="s">
         <v>20</v>
       </c>
       <c r="K43" t="s">
-        <v>3876</v>
+        <v>3492</v>
       </c>
       <c r="L43" t="s">
-        <v>3877</v>
+        <v>3493</v>
       </c>
       <c r="M43" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N43" t="s">
-        <v>3878</v>
+        <v>3494</v>
       </c>
       <c r="O43" t="s">
         <v>20</v>
       </c>
       <c r="P43" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q43" t="s">
-        <v>3613</v>
+        <v>3227</v>
       </c>
       <c r="R43" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S43" t="s">
-        <v>3879</v>
+        <v>3495</v>
       </c>
       <c r="T43" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B44" t="s">
-        <v>3880</v>
+        <v>3496</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>3881</v>
+        <v>3497</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>3882</v>
+        <v>3498</v>
       </c>
       <c r="H44" t="s">
-        <v>3883</v>
+        <v>3499</v>
       </c>
       <c r="I44" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J44" t="s">
-        <v>3884</v>
+        <v>3500</v>
       </c>
       <c r="K44" t="s">
-        <v>3885</v>
+        <v>3501</v>
       </c>
       <c r="L44" t="s">
-        <v>3886</v>
+        <v>3502</v>
       </c>
       <c r="M44" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N44" t="s">
-        <v>3887</v>
+        <v>3503</v>
       </c>
       <c r="O44" t="s">
         <v>20</v>
       </c>
       <c r="P44" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q44" t="s">
-        <v>3613</v>
+        <v>3227</v>
       </c>
       <c r="R44" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S44" t="s">
-        <v>3888</v>
+        <v>3504</v>
       </c>
       <c r="T44" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B45" t="s">
-        <v>3889</v>
+        <v>3505</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>3890</v>
+        <v>3506</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>3891</v>
+        <v>3507</v>
       </c>
       <c r="H45" t="s">
-        <v>3892</v>
+        <v>3508</v>
       </c>
       <c r="I45" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J45" t="s">
-        <v>3893</v>
+        <v>3509</v>
       </c>
       <c r="K45" t="s">
-        <v>2149</v>
+        <v>2184</v>
       </c>
       <c r="L45" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="M45" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N45" t="s">
-        <v>3894</v>
+        <v>3510</v>
       </c>
       <c r="O45" t="s">
         <v>20</v>
       </c>
       <c r="P45" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="Q45" t="s">
-        <v>3895</v>
+        <v>3511</v>
       </c>
       <c r="R45" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="S45" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="T45" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B46" t="s">
-        <v>3896</v>
+        <v>3512</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>3897</v>
+        <v>3513</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>3898</v>
+        <v>3514</v>
       </c>
       <c r="H46" t="s">
-        <v>3899</v>
+        <v>3515</v>
       </c>
       <c r="I46" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J46" t="s">
-        <v>2264</v>
+        <v>2398</v>
       </c>
       <c r="K46" t="s">
-        <v>2422</v>
+        <v>2279</v>
       </c>
       <c r="L46" t="s">
-        <v>2252</v>
+        <v>2280</v>
       </c>
       <c r="M46" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N46" t="s">
-        <v>3900</v>
+        <v>3516</v>
       </c>
       <c r="O46" t="s">
         <v>20</v>
       </c>
       <c r="P46" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="Q46" t="s">
-        <v>3630</v>
+        <v>3244</v>
       </c>
       <c r="R46" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="S46" t="s">
-        <v>3901</v>
+        <v>3517</v>
       </c>
       <c r="T46" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B47" t="s">
-        <v>3902</v>
+        <v>3518</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>3903</v>
+        <v>3519</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>3904</v>
+        <v>3520</v>
       </c>
       <c r="H47" t="s">
-        <v>3905</v>
+        <v>3521</v>
       </c>
       <c r="I47" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J47" t="s">
-        <v>3906</v>
+        <v>3522</v>
       </c>
       <c r="K47" t="s">
-        <v>3907</v>
+        <v>3523</v>
       </c>
       <c r="L47" t="s">
-        <v>3908</v>
+        <v>3524</v>
       </c>
       <c r="M47" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N47" t="s">
-        <v>3909</v>
+        <v>3525</v>
       </c>
       <c r="O47" t="s">
         <v>20</v>
       </c>
       <c r="P47" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q47" t="s">
-        <v>3613</v>
+        <v>3227</v>
       </c>
       <c r="R47" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S47" t="s">
-        <v>3910</v>
+        <v>3526</v>
       </c>
       <c r="T47" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B48" t="s">
-        <v>3911</v>
+        <v>3527</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>3912</v>
+        <v>3528</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>3913</v>
+        <v>3529</v>
       </c>
       <c r="H48" t="s">
-        <v>3914</v>
+        <v>3530</v>
       </c>
       <c r="I48" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J48" t="s">
-        <v>3915</v>
+        <v>3531</v>
       </c>
       <c r="K48" t="s">
-        <v>3916</v>
+        <v>3532</v>
       </c>
       <c r="L48" t="s">
-        <v>3917</v>
+        <v>3533</v>
       </c>
       <c r="M48" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N48" t="s">
-        <v>3918</v>
+        <v>3534</v>
       </c>
       <c r="O48" t="s">
         <v>20</v>
       </c>
       <c r="P48" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q48" t="s">
-        <v>3613</v>
+        <v>3227</v>
       </c>
       <c r="R48" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S48" t="s">
-        <v>3919</v>
+        <v>3535</v>
       </c>
       <c r="T48" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B49" t="s">
-        <v>3920</v>
+        <v>3536</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>3921</v>
+        <v>3537</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>3922</v>
+        <v>3538</v>
       </c>
       <c r="H49" t="s">
-        <v>3923</v>
+        <v>3539</v>
       </c>
       <c r="I49" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J49" t="s">
         <v>20</v>
       </c>
       <c r="K49" t="s">
-        <v>3924</v>
+        <v>3540</v>
       </c>
       <c r="L49" t="s">
-        <v>3925</v>
+        <v>3541</v>
       </c>
       <c r="M49" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N49" t="s">
-        <v>3926</v>
+        <v>3542</v>
       </c>
       <c r="O49" t="s">
         <v>20</v>
       </c>
       <c r="P49" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q49" t="s">
-        <v>3630</v>
+        <v>3244</v>
       </c>
       <c r="R49" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S49" t="s">
-        <v>3927</v>
+        <v>3543</v>
       </c>
       <c r="T49" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B50" t="s">
-        <v>3928</v>
+        <v>3544</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>3912</v>
+        <v>3528</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>3929</v>
+        <v>3545</v>
       </c>
       <c r="H50" t="s">
-        <v>3930</v>
+        <v>3546</v>
       </c>
       <c r="I50" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J50" t="s">
-        <v>3931</v>
+        <v>3547</v>
       </c>
       <c r="K50" t="s">
-        <v>3932</v>
+        <v>3548</v>
       </c>
       <c r="L50" t="s">
-        <v>3933</v>
+        <v>3549</v>
       </c>
       <c r="M50" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N50" t="s">
-        <v>3934</v>
+        <v>3550</v>
       </c>
       <c r="O50" t="s">
         <v>20</v>
       </c>
       <c r="P50" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q50" t="s">
-        <v>3686</v>
+        <v>3302</v>
       </c>
       <c r="R50" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S50" t="s">
-        <v>3935</v>
+        <v>3551</v>
       </c>
       <c r="T50" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B51" t="s">
-        <v>3936</v>
+        <v>3552</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>3937</v>
+        <v>3553</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>3938</v>
+        <v>3554</v>
       </c>
       <c r="H51" t="s">
-        <v>3939</v>
+        <v>3555</v>
       </c>
       <c r="I51" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J51" t="s">
-        <v>3940</v>
+        <v>3556</v>
       </c>
       <c r="K51" t="s">
-        <v>2868</v>
+        <v>2725</v>
       </c>
       <c r="L51" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="M51" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N51" t="s">
-        <v>3941</v>
+        <v>3557</v>
       </c>
       <c r="O51" t="s">
         <v>20</v>
       </c>
       <c r="P51" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q51" t="s">
-        <v>3605</v>
+        <v>3219</v>
       </c>
       <c r="R51" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S51" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="T51" t="s">
-        <v>3942</v>
+        <v>3558</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B52" t="s">
-        <v>3943</v>
+        <v>3559</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>3944</v>
+        <v>3560</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>3945</v>
+        <v>3561</v>
       </c>
       <c r="H52" t="s">
-        <v>3946</v>
+        <v>3562</v>
       </c>
       <c r="I52" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J52" t="s">
-        <v>3677</v>
+        <v>3293</v>
       </c>
       <c r="K52" t="s">
-        <v>2623</v>
+        <v>2769</v>
       </c>
       <c r="L52" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="M52" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N52" t="s">
-        <v>3678</v>
+        <v>3294</v>
       </c>
       <c r="O52" t="s">
         <v>20</v>
       </c>
       <c r="P52" t="s">
-        <v>3947</v>
+        <v>3563</v>
       </c>
       <c r="Q52" t="s">
-        <v>3948</v>
+        <v>3564</v>
       </c>
       <c r="R52" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="S52" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
       <c r="T52" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B53" t="s">
-        <v>3949</v>
+        <v>3565</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>3950</v>
+        <v>3566</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>3951</v>
+        <v>3567</v>
       </c>
       <c r="H53" t="s">
-        <v>3952</v>
+        <v>3568</v>
       </c>
       <c r="I53" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J53" t="s">
-        <v>3953</v>
+        <v>3569</v>
       </c>
       <c r="K53" t="s">
-        <v>3954</v>
+        <v>3570</v>
       </c>
       <c r="L53" t="s">
-        <v>1013</v>
+        <v>1003</v>
       </c>
       <c r="M53" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N53" t="s">
-        <v>3955</v>
+        <v>3571</v>
       </c>
       <c r="O53" t="s">
         <v>20</v>
       </c>
       <c r="P53" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q53" t="s">
-        <v>3956</v>
+        <v>3572</v>
       </c>
       <c r="R53" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S53" t="s">
-        <v>1444</v>
+        <v>1430</v>
       </c>
       <c r="T53" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B54" t="s">
-        <v>3957</v>
+        <v>3573</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>3958</v>
+        <v>3574</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>3959</v>
+        <v>3575</v>
       </c>
       <c r="H54" t="s">
-        <v>3960</v>
+        <v>3576</v>
       </c>
       <c r="I54" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J54" t="s">
-        <v>3961</v>
+        <v>3577</v>
       </c>
       <c r="K54" t="s">
-        <v>2211</v>
+        <v>2043</v>
       </c>
       <c r="L54" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="M54" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N54" t="s">
-        <v>3962</v>
+        <v>3578</v>
       </c>
       <c r="O54" t="s">
         <v>20</v>
       </c>
       <c r="P54" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q54" t="s">
-        <v>3630</v>
+        <v>3244</v>
       </c>
       <c r="R54" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S54" t="s">
-        <v>3963</v>
+        <v>3579</v>
       </c>
       <c r="T54" t="s">
-        <v>3942</v>
+        <v>3558</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B55" t="s">
-        <v>3964</v>
+        <v>3580</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>3758</v>
+        <v>3374</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>3965</v>
+        <v>3581</v>
       </c>
       <c r="H55" t="s">
-        <v>3966</v>
+        <v>3582</v>
       </c>
       <c r="I55" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J55" t="s">
-        <v>3967</v>
+        <v>3583</v>
       </c>
       <c r="K55" t="s">
-        <v>2684</v>
+        <v>2590</v>
       </c>
       <c r="L55" t="s">
-        <v>2685</v>
+        <v>2591</v>
       </c>
       <c r="M55" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N55" t="s">
-        <v>3968</v>
+        <v>3584</v>
       </c>
       <c r="O55" t="s">
         <v>20</v>
       </c>
       <c r="P55" t="s">
-        <v>3755</v>
+        <v>3371</v>
       </c>
       <c r="Q55" t="s">
-        <v>3630</v>
+        <v>3244</v>
       </c>
       <c r="R55" t="s">
-        <v>2312</v>
+        <v>2054</v>
       </c>
       <c r="S55" t="s">
-        <v>3969</v>
+        <v>3585</v>
       </c>
       <c r="T55" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B56" t="s">
-        <v>3970</v>
+        <v>3586</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>3779</v>
+        <v>3395</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>3971</v>
+        <v>3587</v>
       </c>
       <c r="H56" t="s">
-        <v>3972</v>
+        <v>3588</v>
       </c>
       <c r="I56" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J56" t="s">
-        <v>3798</v>
+        <v>3414</v>
       </c>
       <c r="K56" t="s">
-        <v>2243</v>
+        <v>2036</v>
       </c>
       <c r="L56" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="M56" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N56" t="s">
-        <v>3799</v>
+        <v>3415</v>
       </c>
       <c r="O56" t="s">
         <v>20</v>
       </c>
       <c r="P56" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="Q56" t="s">
-        <v>3630</v>
+        <v>3244</v>
       </c>
       <c r="R56" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="S56" t="s">
-        <v>3973</v>
+        <v>3589</v>
       </c>
       <c r="T56" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
+        <v>3209</v>
+      </c>
+      <c r="B57" t="s">
+        <v>3590</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>3591</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>3592</v>
+      </c>
+      <c r="H57" t="s">
+        <v>3593</v>
+      </c>
+      <c r="I57" t="s">
+        <v>3214</v>
+      </c>
+      <c r="J57" t="s">
+        <v>3594</v>
+      </c>
+      <c r="K57" t="s">
+        <v>2018</v>
+      </c>
+      <c r="L57" t="s">
+        <v>2019</v>
+      </c>
+      <c r="M57" t="s">
+        <v>2008</v>
+      </c>
+      <c r="N57" t="s">
         <v>3595</v>
       </c>
-      <c r="B57" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="O57" t="s">
         <v>20</v>
       </c>
       <c r="P57" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q57" t="s">
-        <v>3686</v>
+        <v>3302</v>
       </c>
       <c r="R57" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S57" t="s">
-        <v>3980</v>
+        <v>3596</v>
       </c>
       <c r="T57" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B58" t="s">
-        <v>3981</v>
+        <v>3597</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>3982</v>
+        <v>3598</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>3983</v>
+        <v>3599</v>
       </c>
       <c r="H58" t="s">
-        <v>3984</v>
+        <v>3600</v>
       </c>
       <c r="I58" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J58" t="s">
-        <v>3985</v>
+        <v>3601</v>
       </c>
       <c r="K58" t="s">
-        <v>2590</v>
+        <v>2312</v>
       </c>
       <c r="L58" t="s">
-        <v>2591</v>
+        <v>2313</v>
       </c>
       <c r="M58" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N58" t="s">
-        <v>3986</v>
+        <v>3602</v>
       </c>
       <c r="O58" t="s">
         <v>20</v>
       </c>
       <c r="P58" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q58" t="s">
-        <v>3630</v>
+        <v>3244</v>
       </c>
       <c r="R58" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S58" t="s">
-        <v>3987</v>
+        <v>3603</v>
       </c>
       <c r="T58" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B59" t="s">
-        <v>3988</v>
+        <v>3604</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>3890</v>
+        <v>3506</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>3989</v>
+        <v>3605</v>
       </c>
       <c r="H59" t="s">
-        <v>3990</v>
+        <v>3606</v>
       </c>
       <c r="I59" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J59" t="s">
-        <v>3991</v>
+        <v>3607</v>
       </c>
       <c r="K59" t="s">
-        <v>2517</v>
+        <v>2074</v>
       </c>
       <c r="L59" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="M59" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N59" t="s">
-        <v>3992</v>
+        <v>3608</v>
       </c>
       <c r="O59" t="s">
         <v>20</v>
       </c>
       <c r="P59" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="Q59" t="s">
-        <v>3630</v>
+        <v>3244</v>
       </c>
       <c r="R59" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="S59" t="s">
-        <v>3993</v>
+        <v>3609</v>
       </c>
       <c r="T59" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B60" t="s">
-        <v>3994</v>
+        <v>3610</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>3995</v>
+        <v>3611</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>3996</v>
+        <v>3612</v>
       </c>
       <c r="H60" t="s">
-        <v>3997</v>
+        <v>3613</v>
       </c>
       <c r="I60" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J60" t="s">
-        <v>3998</v>
+        <v>3614</v>
       </c>
       <c r="K60" t="s">
-        <v>3999</v>
+        <v>3615</v>
       </c>
       <c r="L60" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="M60" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N60" t="s">
-        <v>4000</v>
+        <v>3616</v>
       </c>
       <c r="O60" t="s">
         <v>20</v>
       </c>
       <c r="P60" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q60" t="s">
-        <v>4001</v>
+        <v>3617</v>
       </c>
       <c r="R60" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S60" t="s">
-        <v>4002</v>
+        <v>3618</v>
       </c>
       <c r="T60" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B61" t="s">
-        <v>4003</v>
+        <v>3619</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>4004</v>
+        <v>3620</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>4005</v>
+        <v>3621</v>
       </c>
       <c r="H61" t="s">
-        <v>4006</v>
+        <v>3622</v>
       </c>
       <c r="I61" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J61" t="s">
-        <v>4007</v>
+        <v>3623</v>
       </c>
       <c r="K61" t="s">
-        <v>3106</v>
+        <v>3624</v>
       </c>
       <c r="L61" t="s">
-        <v>3107</v>
+        <v>3625</v>
       </c>
       <c r="M61" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N61" t="s">
-        <v>4008</v>
+        <v>3626</v>
       </c>
       <c r="O61" t="s">
         <v>20</v>
       </c>
       <c r="P61" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="Q61" t="s">
-        <v>3630</v>
+        <v>3244</v>
       </c>
       <c r="R61" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="S61" t="s">
-        <v>4009</v>
+        <v>3627</v>
       </c>
       <c r="T61" t="s">
-        <v>3942</v>
+        <v>3558</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B62" t="s">
-        <v>4010</v>
+        <v>3628</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>3851</v>
+        <v>3467</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>4011</v>
+        <v>3629</v>
       </c>
       <c r="H62" t="s">
-        <v>4012</v>
+        <v>3630</v>
       </c>
       <c r="I62" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J62" t="s">
         <v>20</v>
       </c>
       <c r="K62" t="s">
-        <v>2408</v>
+        <v>2459</v>
       </c>
       <c r="L62" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="M62" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N62" t="s">
-        <v>3854</v>
+        <v>3470</v>
       </c>
       <c r="O62" t="s">
         <v>20</v>
       </c>
       <c r="P62" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q62" t="s">
-        <v>3630</v>
+        <v>3244</v>
       </c>
       <c r="R62" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S62" t="s">
-        <v>4013</v>
+        <v>3631</v>
       </c>
       <c r="T62" t="s">
-        <v>3606</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B63" t="s">
-        <v>4014</v>
+        <v>3632</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>3779</v>
+        <v>3395</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>4015</v>
+        <v>3633</v>
       </c>
       <c r="H63" t="s">
-        <v>4016</v>
+        <v>3634</v>
       </c>
       <c r="I63" t="s">
-        <v>3710</v>
+        <v>3326</v>
       </c>
       <c r="J63" t="s">
-        <v>2962</v>
+        <v>2867</v>
       </c>
       <c r="K63" t="s">
-        <v>2963</v>
+        <v>2868</v>
       </c>
       <c r="L63" t="s">
-        <v>2964</v>
+        <v>2869</v>
       </c>
       <c r="M63" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N63" t="s">
-        <v>3782</v>
+        <v>3398</v>
       </c>
       <c r="O63" t="s">
         <v>20</v>
       </c>
       <c r="P63" t="s">
-        <v>2312</v>
+        <v>2054</v>
       </c>
       <c r="Q63" t="s">
-        <v>3659</v>
+        <v>3275</v>
       </c>
       <c r="R63" t="s">
-        <v>2312</v>
+        <v>2054</v>
       </c>
       <c r="S63" t="s">
-        <v>4017</v>
+        <v>3635</v>
       </c>
       <c r="T63" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B64" t="s">
-        <v>4018</v>
+        <v>3636</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>3750</v>
+        <v>3366</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>4019</v>
+        <v>3637</v>
       </c>
       <c r="H64" t="s">
-        <v>4020</v>
+        <v>3638</v>
       </c>
       <c r="I64" t="s">
-        <v>3710</v>
+        <v>3326</v>
       </c>
       <c r="J64" t="s">
         <v>20</v>
       </c>
       <c r="K64" t="s">
-        <v>2530</v>
+        <v>2832</v>
       </c>
       <c r="L64" t="s">
-        <v>1743</v>
+        <v>1732</v>
       </c>
       <c r="M64" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N64" t="s">
-        <v>4021</v>
+        <v>3639</v>
       </c>
       <c r="O64" t="s">
         <v>20</v>
       </c>
       <c r="P64" t="s">
-        <v>2312</v>
+        <v>2054</v>
       </c>
       <c r="Q64" t="s">
-        <v>3659</v>
+        <v>3275</v>
       </c>
       <c r="R64" t="s">
-        <v>2312</v>
+        <v>2054</v>
       </c>
       <c r="S64" t="s">
-        <v>4022</v>
+        <v>3640</v>
       </c>
       <c r="T64" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B65" t="s">
-        <v>4023</v>
+        <v>3641</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>3950</v>
+        <v>3566</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>4024</v>
+        <v>3642</v>
       </c>
       <c r="H65" t="s">
-        <v>4025</v>
+        <v>3643</v>
       </c>
       <c r="I65" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J65" t="s">
         <v>20</v>
       </c>
       <c r="K65" t="s">
-        <v>2408</v>
+        <v>2459</v>
       </c>
       <c r="L65" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="M65" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N65" t="s">
-        <v>3955</v>
+        <v>3571</v>
       </c>
       <c r="O65" t="s">
         <v>20</v>
       </c>
       <c r="P65" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q65" t="s">
-        <v>4001</v>
+        <v>3617</v>
       </c>
       <c r="R65" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S65" t="s">
-        <v>4026</v>
+        <v>3644</v>
       </c>
       <c r="T65" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B66" t="s">
-        <v>4027</v>
+        <v>3645</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>4028</v>
+        <v>3646</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>4029</v>
+        <v>3647</v>
       </c>
       <c r="H66" t="s">
-        <v>4030</v>
+        <v>3648</v>
       </c>
       <c r="I66" t="s">
-        <v>3710</v>
+        <v>3326</v>
       </c>
       <c r="J66" t="s">
-        <v>4031</v>
+        <v>3649</v>
       </c>
       <c r="K66" t="s">
-        <v>2341</v>
+        <v>2018</v>
       </c>
       <c r="L66" t="s">
-        <v>2342</v>
+        <v>2019</v>
       </c>
       <c r="M66" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N66" t="s">
-        <v>4032</v>
+        <v>3650</v>
       </c>
       <c r="O66" t="s">
         <v>20</v>
       </c>
       <c r="P66" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="Q66" t="s">
-        <v>4001</v>
+        <v>3617</v>
       </c>
       <c r="R66" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="S66" t="s">
-        <v>4033</v>
+        <v>3651</v>
       </c>
       <c r="T66" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B67" t="s">
-        <v>4034</v>
+        <v>3652</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>3950</v>
+        <v>3566</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>4035</v>
+        <v>3653</v>
       </c>
       <c r="H67" t="s">
-        <v>4036</v>
+        <v>3654</v>
       </c>
       <c r="I67" t="s">
-        <v>3710</v>
+        <v>3326</v>
       </c>
       <c r="J67" t="s">
-        <v>4037</v>
+        <v>3655</v>
       </c>
       <c r="K67" t="s">
-        <v>2517</v>
+        <v>2074</v>
       </c>
       <c r="L67" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="M67" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N67" t="s">
-        <v>3955</v>
+        <v>3571</v>
       </c>
       <c r="O67" t="s">
         <v>20</v>
       </c>
       <c r="P67" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q67" t="s">
         <v>20</v>
       </c>
       <c r="R67" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S67" t="s">
-        <v>4038</v>
+        <v>3656</v>
       </c>
       <c r="T67" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B68" t="s">
-        <v>4039</v>
+        <v>3657</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>3995</v>
+        <v>3611</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>4040</v>
+        <v>3658</v>
       </c>
       <c r="H68" t="s">
-        <v>4041</v>
+        <v>3659</v>
       </c>
       <c r="I68" t="s">
-        <v>3710</v>
+        <v>3326</v>
       </c>
       <c r="J68" t="s">
         <v>20</v>
       </c>
       <c r="K68" t="s">
-        <v>3735</v>
+        <v>3351</v>
       </c>
       <c r="L68" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="M68" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N68" t="s">
-        <v>3955</v>
+        <v>3571</v>
       </c>
       <c r="O68" t="s">
         <v>20</v>
       </c>
       <c r="P68" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q68" t="s">
-        <v>4001</v>
+        <v>3617</v>
       </c>
       <c r="R68" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S68" t="s">
-        <v>4042</v>
+        <v>3660</v>
       </c>
       <c r="T68" t="s">
-        <v>3942</v>
+        <v>3558</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B69" t="s">
-        <v>4043</v>
+        <v>3661</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>3995</v>
+        <v>3611</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>4044</v>
+        <v>3662</v>
       </c>
       <c r="H69" t="s">
-        <v>4045</v>
+        <v>3663</v>
       </c>
       <c r="I69" t="s">
-        <v>3710</v>
+        <v>3326</v>
       </c>
       <c r="J69" t="s">
         <v>20</v>
       </c>
       <c r="K69" t="s">
-        <v>2310</v>
+        <v>2212</v>
       </c>
       <c r="L69" t="s">
-        <v>2311</v>
+        <v>2213</v>
       </c>
       <c r="M69" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N69" t="s">
-        <v>4046</v>
+        <v>3664</v>
       </c>
       <c r="O69" t="s">
         <v>20</v>
       </c>
       <c r="P69" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q69" t="s">
-        <v>4001</v>
+        <v>3617</v>
       </c>
       <c r="R69" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S69" t="s">
-        <v>4047</v>
+        <v>3665</v>
       </c>
       <c r="T69" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B70" t="s">
-        <v>4048</v>
+        <v>3666</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>3950</v>
+        <v>3566</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>4049</v>
+        <v>3667</v>
       </c>
       <c r="H70" t="s">
-        <v>4050</v>
+        <v>3668</v>
       </c>
       <c r="I70" t="s">
-        <v>3710</v>
+        <v>3326</v>
       </c>
       <c r="J70" t="s">
         <v>20</v>
       </c>
       <c r="K70" t="s">
-        <v>2963</v>
+        <v>2868</v>
       </c>
       <c r="L70" t="s">
-        <v>2964</v>
+        <v>2869</v>
       </c>
       <c r="M70" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N70" t="s">
-        <v>3955</v>
+        <v>3571</v>
       </c>
       <c r="O70" t="s">
         <v>20</v>
       </c>
       <c r="P70" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q70" t="s">
-        <v>4001</v>
+        <v>3617</v>
       </c>
       <c r="R70" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S70" t="s">
-        <v>4051</v>
+        <v>3669</v>
       </c>
       <c r="T70" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B71" t="s">
-        <v>4052</v>
+        <v>3670</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>3950</v>
+        <v>3566</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>4053</v>
+        <v>3671</v>
       </c>
       <c r="H71" t="s">
-        <v>4054</v>
+        <v>3672</v>
       </c>
       <c r="I71" t="s">
-        <v>3710</v>
+        <v>3326</v>
       </c>
       <c r="J71" t="s">
-        <v>4055</v>
+        <v>3673</v>
       </c>
       <c r="K71" t="s">
-        <v>2684</v>
+        <v>2590</v>
       </c>
       <c r="L71" t="s">
-        <v>2685</v>
+        <v>2591</v>
       </c>
       <c r="M71" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N71" t="s">
-        <v>3955</v>
+        <v>3571</v>
       </c>
       <c r="O71" t="s">
         <v>20</v>
       </c>
       <c r="P71" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q71" t="s">
-        <v>4001</v>
+        <v>3617</v>
       </c>
       <c r="R71" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S71" t="s">
-        <v>4056</v>
+        <v>3674</v>
       </c>
       <c r="T71" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B72" t="s">
-        <v>4057</v>
+        <v>3675</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>3950</v>
+        <v>3566</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>4058</v>
+        <v>3676</v>
       </c>
       <c r="H72" t="s">
-        <v>4059</v>
+        <v>3677</v>
       </c>
       <c r="I72" t="s">
-        <v>3710</v>
+        <v>3326</v>
       </c>
       <c r="J72" t="s">
-        <v>4060</v>
+        <v>3678</v>
       </c>
       <c r="K72" t="s">
-        <v>2211</v>
+        <v>2043</v>
       </c>
       <c r="L72" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="M72" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N72" t="s">
-        <v>3955</v>
+        <v>3571</v>
       </c>
       <c r="O72" t="s">
         <v>20</v>
       </c>
       <c r="P72" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q72" t="s">
-        <v>4001</v>
+        <v>3617</v>
       </c>
       <c r="R72" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S72" t="s">
-        <v>4061</v>
+        <v>3679</v>
       </c>
       <c r="T72" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B73" t="s">
-        <v>4062</v>
+        <v>3680</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>4028</v>
+        <v>3646</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>4063</v>
+        <v>3681</v>
       </c>
       <c r="H73" t="s">
-        <v>4064</v>
+        <v>3682</v>
       </c>
       <c r="I73" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J73" t="s">
-        <v>4065</v>
+        <v>3683</v>
       </c>
       <c r="K73" t="s">
-        <v>2530</v>
+        <v>2832</v>
       </c>
       <c r="L73" t="s">
-        <v>1743</v>
+        <v>1732</v>
       </c>
       <c r="M73" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N73" t="s">
-        <v>4032</v>
+        <v>3650</v>
       </c>
       <c r="O73" t="s">
         <v>20</v>
       </c>
       <c r="P73" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="Q73" t="s">
-        <v>4001</v>
+        <v>3617</v>
       </c>
       <c r="R73" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="S73" t="s">
-        <v>4066</v>
+        <v>3684</v>
       </c>
       <c r="T73" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B74" t="s">
-        <v>4067</v>
+        <v>3685</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>3950</v>
+        <v>3566</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>4068</v>
+        <v>3686</v>
       </c>
       <c r="H74" t="s">
-        <v>4069</v>
+        <v>3687</v>
       </c>
       <c r="I74" t="s">
-        <v>3710</v>
+        <v>3326</v>
       </c>
       <c r="J74" t="s">
         <v>20</v>
       </c>
       <c r="K74" t="s">
-        <v>4070</v>
+        <v>3688</v>
       </c>
       <c r="L74" t="s">
-        <v>4071</v>
+        <v>3689</v>
       </c>
       <c r="M74" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N74" t="s">
-        <v>3955</v>
+        <v>3571</v>
       </c>
       <c r="O74" t="s">
         <v>20</v>
       </c>
       <c r="P74" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q74" t="s">
-        <v>4001</v>
+        <v>3617</v>
       </c>
       <c r="R74" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S74" t="s">
-        <v>4072</v>
+        <v>3690</v>
       </c>
       <c r="T74" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B75" t="s">
-        <v>4073</v>
+        <v>3691</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>4028</v>
+        <v>3646</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>4074</v>
+        <v>3692</v>
       </c>
       <c r="H75" t="s">
-        <v>4075</v>
+        <v>3693</v>
       </c>
       <c r="I75" t="s">
-        <v>3710</v>
+        <v>3326</v>
       </c>
       <c r="J75" t="s">
-        <v>4076</v>
+        <v>3694</v>
       </c>
       <c r="K75" t="s">
-        <v>2517</v>
+        <v>2074</v>
       </c>
       <c r="L75" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="M75" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N75" t="s">
-        <v>4032</v>
+        <v>3650</v>
       </c>
       <c r="O75" t="s">
         <v>20</v>
       </c>
       <c r="P75" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="Q75" t="s">
-        <v>4001</v>
+        <v>3617</v>
       </c>
       <c r="R75" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="S75" t="s">
-        <v>4077</v>
+        <v>3695</v>
       </c>
       <c r="T75" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B76" t="s">
-        <v>4078</v>
+        <v>3696</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>4028</v>
+        <v>3646</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>4079</v>
+        <v>3697</v>
       </c>
       <c r="H76" t="s">
-        <v>4080</v>
+        <v>3698</v>
       </c>
       <c r="I76" t="s">
-        <v>3710</v>
+        <v>3326</v>
       </c>
       <c r="J76" t="s">
-        <v>4081</v>
+        <v>3699</v>
       </c>
       <c r="K76" t="s">
-        <v>2038</v>
+        <v>2106</v>
       </c>
       <c r="L76" t="s">
-        <v>2039</v>
+        <v>2107</v>
       </c>
       <c r="M76" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N76" t="s">
-        <v>4032</v>
+        <v>3650</v>
       </c>
       <c r="O76" t="s">
         <v>20</v>
       </c>
       <c r="P76" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="Q76" t="s">
-        <v>4001</v>
+        <v>3617</v>
       </c>
       <c r="R76" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="S76" t="s">
-        <v>4082</v>
+        <v>3700</v>
       </c>
       <c r="T76" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B77" t="s">
-        <v>4083</v>
+        <v>3701</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
-        <v>3950</v>
+        <v>3566</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>4084</v>
+        <v>3702</v>
       </c>
       <c r="H77" t="s">
-        <v>4085</v>
+        <v>3703</v>
       </c>
       <c r="I77" t="s">
-        <v>3710</v>
+        <v>3326</v>
       </c>
       <c r="J77" t="s">
         <v>20</v>
       </c>
       <c r="K77" t="s">
-        <v>2054</v>
+        <v>2122</v>
       </c>
       <c r="L77" t="s">
-        <v>2055</v>
+        <v>2123</v>
       </c>
       <c r="M77" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N77" t="s">
-        <v>3955</v>
+        <v>3571</v>
       </c>
       <c r="O77" t="s">
         <v>20</v>
       </c>
       <c r="P77" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q77" t="s">
-        <v>4001</v>
+        <v>3617</v>
       </c>
       <c r="R77" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S77" t="s">
-        <v>4086</v>
+        <v>3704</v>
       </c>
       <c r="T77" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B78" t="s">
-        <v>4087</v>
+        <v>3705</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>3950</v>
+        <v>3566</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>4088</v>
+        <v>3706</v>
       </c>
       <c r="H78" t="s">
-        <v>4089</v>
+        <v>3707</v>
       </c>
       <c r="I78" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J78" t="s">
-        <v>4065</v>
+        <v>3683</v>
       </c>
       <c r="K78" t="s">
-        <v>2530</v>
+        <v>2832</v>
       </c>
       <c r="L78" t="s">
-        <v>1743</v>
+        <v>1732</v>
       </c>
       <c r="M78" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N78" t="s">
-        <v>3955</v>
+        <v>3571</v>
       </c>
       <c r="O78" t="s">
         <v>20</v>
       </c>
       <c r="P78" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q78" t="s">
-        <v>4001</v>
+        <v>3617</v>
       </c>
       <c r="R78" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S78" t="s">
-        <v>4090</v>
+        <v>3708</v>
       </c>
       <c r="T78" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B79" t="s">
-        <v>4091</v>
+        <v>3709</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>3950</v>
+        <v>3566</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>4092</v>
+        <v>3710</v>
       </c>
       <c r="H79" t="s">
-        <v>4093</v>
+        <v>3711</v>
       </c>
       <c r="I79" t="s">
-        <v>3710</v>
+        <v>3326</v>
       </c>
       <c r="J79" t="s">
         <v>20</v>
       </c>
       <c r="K79" t="s">
-        <v>2188</v>
+        <v>3712</v>
       </c>
       <c r="L79" t="s">
-        <v>2189</v>
+        <v>3713</v>
       </c>
       <c r="M79" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N79" t="s">
-        <v>3955</v>
+        <v>3571</v>
       </c>
       <c r="O79" t="s">
         <v>20</v>
       </c>
       <c r="P79" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q79" t="s">
-        <v>4001</v>
+        <v>3617</v>
       </c>
       <c r="R79" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S79" t="s">
-        <v>4094</v>
+        <v>3714</v>
       </c>
       <c r="T79" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B80" t="s">
-        <v>4095</v>
+        <v>3715</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>4028</v>
+        <v>3646</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>4096</v>
+        <v>3716</v>
       </c>
       <c r="H80" t="s">
-        <v>4097</v>
+        <v>3717</v>
       </c>
       <c r="I80" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J80" t="s">
-        <v>4098</v>
+        <v>3718</v>
       </c>
       <c r="K80" t="s">
-        <v>2211</v>
+        <v>2043</v>
       </c>
       <c r="L80" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="M80" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N80" t="s">
-        <v>4032</v>
+        <v>3650</v>
       </c>
       <c r="O80" t="s">
         <v>20</v>
       </c>
       <c r="P80" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="Q80" t="s">
-        <v>4001</v>
+        <v>3617</v>
       </c>
       <c r="R80" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="S80" t="s">
-        <v>4099</v>
+        <v>3719</v>
       </c>
       <c r="T80" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B81" t="s">
-        <v>4100</v>
+        <v>3720</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>4028</v>
+        <v>3646</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>4101</v>
+        <v>3721</v>
       </c>
       <c r="H81" t="s">
-        <v>4102</v>
+        <v>3722</v>
       </c>
       <c r="I81" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J81" t="s">
-        <v>4103</v>
+        <v>3723</v>
       </c>
       <c r="K81" t="s">
-        <v>2385</v>
+        <v>2261</v>
       </c>
       <c r="L81" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="M81" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N81" t="s">
-        <v>4032</v>
+        <v>3650</v>
       </c>
       <c r="O81" t="s">
         <v>20</v>
       </c>
       <c r="P81" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="Q81" t="s">
-        <v>4001</v>
+        <v>3617</v>
       </c>
       <c r="R81" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="S81" t="s">
-        <v>4104</v>
+        <v>3724</v>
       </c>
       <c r="T81" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B82" t="s">
-        <v>4105</v>
+        <v>3725</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>4028</v>
+        <v>3646</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>4106</v>
+        <v>3726</v>
       </c>
       <c r="H82" t="s">
-        <v>4107</v>
+        <v>3727</v>
       </c>
       <c r="I82" t="s">
-        <v>3710</v>
+        <v>3326</v>
       </c>
       <c r="J82" t="s">
-        <v>4108</v>
+        <v>3728</v>
       </c>
       <c r="K82" t="s">
-        <v>2422</v>
+        <v>2279</v>
       </c>
       <c r="L82" t="s">
-        <v>2252</v>
+        <v>2280</v>
       </c>
       <c r="M82" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N82" t="s">
-        <v>4032</v>
+        <v>3650</v>
       </c>
       <c r="O82" t="s">
         <v>20</v>
       </c>
       <c r="P82" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="Q82" t="s">
-        <v>4001</v>
+        <v>3617</v>
       </c>
       <c r="R82" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="S82" t="s">
-        <v>4109</v>
+        <v>3729</v>
       </c>
       <c r="T82" t="s">
-        <v>3623</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B83" t="s">
-        <v>4110</v>
+        <v>3730</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
-        <v>3950</v>
+        <v>3566</v>
       </c>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>4111</v>
+        <v>3731</v>
       </c>
       <c r="H83" t="s">
-        <v>4112</v>
+        <v>3732</v>
       </c>
       <c r="I83" t="s">
-        <v>3710</v>
+        <v>3326</v>
       </c>
       <c r="J83" t="s">
-        <v>4113</v>
+        <v>3733</v>
       </c>
       <c r="K83" t="s">
-        <v>3246</v>
+        <v>3000</v>
       </c>
       <c r="L83" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="M83" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N83" t="s">
-        <v>3955</v>
+        <v>3571</v>
       </c>
       <c r="O83" t="s">
         <v>20</v>
       </c>
       <c r="P83" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q83" t="s">
-        <v>4001</v>
+        <v>3617</v>
       </c>
       <c r="R83" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S83" t="s">
-        <v>4114</v>
+        <v>3734</v>
       </c>
       <c r="T83" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B84" t="s">
-        <v>4115</v>
+        <v>3735</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>4116</v>
+        <v>3736</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>4117</v>
+        <v>3737</v>
       </c>
       <c r="H84" t="s">
-        <v>4118</v>
+        <v>3738</v>
       </c>
       <c r="I84" t="s">
-        <v>3710</v>
+        <v>3326</v>
       </c>
       <c r="J84" t="s">
-        <v>4119</v>
+        <v>3739</v>
       </c>
       <c r="K84" t="s">
-        <v>2946</v>
+        <v>2684</v>
       </c>
       <c r="L84" t="s">
-        <v>2947</v>
+        <v>2685</v>
       </c>
       <c r="M84" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N84" t="s">
-        <v>4120</v>
+        <v>3740</v>
       </c>
       <c r="O84" t="s">
         <v>20</v>
       </c>
       <c r="P84" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="Q84" t="s">
         <v>20</v>
       </c>
       <c r="R84" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="S84" t="s">
-        <v>4121</v>
+        <v>3741</v>
       </c>
       <c r="T84" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B85" t="s">
-        <v>4122</v>
+        <v>3742</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
-        <v>4123</v>
+        <v>3743</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>4124</v>
+        <v>3744</v>
       </c>
       <c r="H85" t="s">
-        <v>4125</v>
+        <v>3745</v>
       </c>
       <c r="I85" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J85" t="s">
-        <v>4126</v>
+        <v>3746</v>
       </c>
       <c r="K85" t="s">
-        <v>2385</v>
+        <v>2261</v>
       </c>
       <c r="L85" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="M85" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N85" t="s">
-        <v>4127</v>
+        <v>3747</v>
       </c>
       <c r="O85" t="s">
         <v>20</v>
       </c>
       <c r="P85" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="Q85" t="s">
-        <v>3613</v>
+        <v>3227</v>
       </c>
       <c r="R85" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="S85" t="s">
-        <v>4128</v>
+        <v>3748</v>
       </c>
       <c r="T85" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B86" t="s">
-        <v>4129</v>
+        <v>3749</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
-        <v>4130</v>
+        <v>3750</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>4131</v>
+        <v>3751</v>
       </c>
       <c r="H86" t="s">
-        <v>4132</v>
+        <v>3752</v>
       </c>
       <c r="I86" t="s">
-        <v>3710</v>
+        <v>3326</v>
       </c>
       <c r="J86" t="s">
-        <v>4133</v>
+        <v>3753</v>
       </c>
       <c r="K86" t="s">
-        <v>2243</v>
+        <v>2036</v>
       </c>
       <c r="L86" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="M86" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N86" t="s">
-        <v>4134</v>
+        <v>3754</v>
       </c>
       <c r="O86" t="s">
         <v>20</v>
       </c>
       <c r="P86" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q86" t="s">
-        <v>3659</v>
+        <v>3275</v>
       </c>
       <c r="R86" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S86" t="s">
-        <v>4135</v>
+        <v>3755</v>
       </c>
       <c r="T86" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B87" t="s">
-        <v>4136</v>
+        <v>3756</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87" t="s">
-        <v>4130</v>
+        <v>3750</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>4137</v>
+        <v>3757</v>
       </c>
       <c r="H87" t="s">
-        <v>4138</v>
+        <v>3758</v>
       </c>
       <c r="I87" t="s">
-        <v>3600</v>
+        <v>3214</v>
       </c>
       <c r="J87" t="s">
         <v>20</v>
       </c>
       <c r="K87" t="s">
-        <v>2243</v>
+        <v>2036</v>
       </c>
       <c r="L87" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="M87" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N87" t="s">
         <v>20</v>
       </c>
       <c r="O87" t="s">
         <v>20</v>
       </c>
       <c r="P87" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="Q87" t="s">
-        <v>3686</v>
+        <v>3302</v>
       </c>
       <c r="R87" t="s">
-        <v>3604</v>
+        <v>3218</v>
       </c>
       <c r="S87" t="s">
-        <v>4139</v>
+        <v>3759</v>
       </c>
       <c r="T87" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B88" t="s">
-        <v>4140</v>
+        <v>3760</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>4141</v>
+        <v>3761</v>
       </c>
       <c r="H88" t="s">
-        <v>4142</v>
+        <v>3762</v>
       </c>
       <c r="I88" t="s">
-        <v>3710</v>
+        <v>3326</v>
       </c>
       <c r="J88" t="s">
-        <v>4143</v>
+        <v>3763</v>
       </c>
       <c r="K88" t="s">
-        <v>2017</v>
+        <v>2028</v>
       </c>
       <c r="L88" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="M88" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N88" t="s">
-        <v>4144</v>
+        <v>3764</v>
       </c>
       <c r="O88" t="s">
         <v>20</v>
       </c>
       <c r="P88" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="Q88" t="s">
-        <v>3613</v>
+        <v>3227</v>
       </c>
       <c r="R88" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="S88" t="s">
-        <v>4145</v>
+        <v>3765</v>
       </c>
       <c r="T88" t="s">
-        <v>3639</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>3595</v>
+        <v>3209</v>
       </c>
       <c r="B89" t="s">
-        <v>4146</v>
+        <v>3766</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
         <v>20</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
-        <v>4147</v>
+        <v>3767</v>
       </c>
       <c r="H89" t="s">
-        <v>4148</v>
+        <v>3768</v>
       </c>
       <c r="I89" t="s">
-        <v>3710</v>
+        <v>3326</v>
       </c>
       <c r="J89" t="s">
-        <v>4149</v>
+        <v>3769</v>
       </c>
       <c r="K89" t="s">
-        <v>4150</v>
+        <v>3770</v>
       </c>
       <c r="L89" t="s">
-        <v>4151</v>
+        <v>3771</v>
       </c>
       <c r="M89" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="N89" t="s">
         <v>20</v>
       </c>
       <c r="O89" t="s">
         <v>20</v>
       </c>
       <c r="P89" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="Q89" t="s">
-        <v>4001</v>
+        <v>3617</v>
       </c>
       <c r="R89" t="s">
-        <v>2102</v>
+        <v>2009</v>
       </c>
       <c r="S89" t="s">
-        <v>4152</v>
+        <v>3772</v>
       </c>
       <c r="T89" t="s">
-        <v>3623</v>
+        <v>3237</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>3209</v>
+      </c>
+      <c r="B90" t="s">
+        <v>3773</v>
+      </c>
+      <c r="C90" t="s">
+        <v>20</v>
+      </c>
+      <c r="D90" t="s">
+        <v>20</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>20</v>
+      </c>
+      <c r="G90" t="s">
+        <v>3774</v>
+      </c>
+      <c r="H90" t="s">
+        <v>3775</v>
+      </c>
+      <c r="I90" t="s">
+        <v>3326</v>
+      </c>
+      <c r="J90" t="s">
+        <v>3776</v>
+      </c>
+      <c r="K90" t="s">
+        <v>2684</v>
+      </c>
+      <c r="L90" t="s">
+        <v>2685</v>
+      </c>
+      <c r="M90" t="s">
+        <v>2008</v>
+      </c>
+      <c r="N90" t="s">
+        <v>3740</v>
+      </c>
+      <c r="O90" t="s">
+        <v>20</v>
+      </c>
+      <c r="P90" t="s">
+        <v>2009</v>
+      </c>
+      <c r="Q90" t="s">
+        <v>3227</v>
+      </c>
+      <c r="R90" t="s">
+        <v>2009</v>
+      </c>
+      <c r="S90" t="s">
+        <v>3777</v>
+      </c>
+      <c r="T90" t="s">
+        <v>3253</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>