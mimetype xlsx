--- v0 (2025-10-31)
+++ v1 (2026-01-17)
@@ -1,59 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export ESSMS" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="324" uniqueCount="156">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -119,68 +122,92 @@
   <si>
     <t>460003239</t>
   </si>
   <si>
     <t>FV L'OREE DU BOIS</t>
   </si>
   <si>
     <t>10/09/2025 12:17:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2235_FicheESSMS/fr/fv-l-oree-du-bois</t>
   </si>
   <si>
     <t>2235_FicheESSMS</t>
   </si>
   <si>
     <t>Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Foyer de Vie pour Adultes Handicapés</t>
   </si>
   <si>
     <t>460002751</t>
   </si>
   <si>
-    <t>SESSAD "L'ENVOL"</t>
+    <t>IME LES ROITELETS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6887_FicheESSMS/fr/ime-les-roitelets</t>
+  </si>
+  <si>
+    <t>6887_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46100 FONS</t>
+  </si>
+  <si>
+    <t>FONS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>460780182</t>
+  </si>
+  <si>
+    <t>SESSAD L'ENVOL -SITE DE FIGEAC</t>
   </si>
   <si>
     <t>10/09/2025 12:24:24</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7094_FicheESSMS/fr/sessad-l-envol</t>
+    <t>https://www.has-sante.fr/jcms/7094_FicheESSMS/fr/sessad-l-envol-site-de-figeac</t>
   </si>
   <si>
     <t>7094_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue Plancat</t>
   </si>
   <si>
-    <t>Personne en situation de handicap enfant</t>
-[...1 lines deleted...]
-  <si>
     <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
   </si>
   <si>
     <t>460005721</t>
   </si>
   <si>
     <t>EHPA RESIDENCE  BATAILLÉ</t>
   </si>
   <si>
     <t>10/09/2025 12:25:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7863_FicheESSMS/fr/ehpa-residence-bataille</t>
   </si>
   <si>
     <t>7863_FicheESSMS</t>
   </si>
   <si>
     <t>14 Chemin De Bataillé</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>Personne âgée</t>
@@ -188,144 +215,366 @@
   <si>
     <t>EHPA ne percevant pas des crédits d'assurance maladie</t>
   </si>
   <si>
     <t>460007925</t>
   </si>
   <si>
     <t>EHPAD LE  BATAILLÉ</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7862_FicheESSMS/fr/ehpad-le-bataille</t>
   </si>
   <si>
     <t>7862_FicheESSMS</t>
   </si>
   <si>
     <t>14 Chemin Du Bataillé</t>
   </si>
   <si>
     <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
   </si>
   <si>
     <t>460004989</t>
   </si>
   <si>
-    <t>IME LES ROITELETS</t>
-[...20 lines deleted...]
-    <t>460780182</t>
+    <t>SAD AZALEE DOMICILE SERVICES FIGEAC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9939_FicheESSMS/fr/sad-azalee-domicile-services-figeac</t>
+  </si>
+  <si>
+    <t>9939_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Rue Du Faubourg Du Pin</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>460007545</t>
+  </si>
+  <si>
+    <t>FJT  LES SOLEIHOS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10433_FicheESSMS/fr/fjt-les-soleihos</t>
+  </si>
+  <si>
+    <t>10433_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Avenue Bernard Fontanges</t>
+  </si>
+  <si>
+    <t>Foyer de Jeunes Travailleurs (résidence sociale ou non)</t>
+  </si>
+  <si>
+    <t>460006935</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE "LES CEDRES"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11868_FicheESSMS/fr/foyer-de-vie-les-cedres</t>
+  </si>
+  <si>
+    <t>11868_FicheESSMS</t>
+  </si>
+  <si>
+    <t>460006687</t>
+  </si>
+  <si>
+    <t>EAM LES CEDRES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11867_FicheESSMS/fr/eam-les-cedres</t>
+  </si>
+  <si>
+    <t>11867_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Avenue Georges Clemenceau</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>460782725</t>
+  </si>
+  <si>
+    <t>S.A.V.S. APEAI -ADAR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11866_FicheESSMS/fr/s-a-v-s-apeai-adar</t>
+  </si>
+  <si>
+    <t>11866_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Germain Petitjean</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>460006695</t>
+  </si>
+  <si>
+    <t>S.A.M.S.A.H</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11865_FicheESSMS/fr/s-a-m-s-a-h</t>
+  </si>
+  <si>
+    <t>11865_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Germain Petit Jean</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>460005689</t>
   </si>
   <si>
     <t>FOYER D'HEBERGEMENT ARC EN CIEL FIGEAC</t>
   </si>
   <si>
-    <t>10/09/2025 12:27:20</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/11863_FicheESSMS/fr/foyer-d-hebergement-arc-en-ciel-figeac</t>
   </si>
   <si>
     <t>11863_FicheESSMS</t>
   </si>
   <si>
     <t>42 Avenue J Loubet</t>
   </si>
   <si>
     <t>Foyer Hébergement Adultes Handicapés</t>
   </si>
   <si>
     <t>460787286</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>HAD 46</t>
+  </si>
+  <si>
+    <t>22/05/2025 15:37:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5408_FicheEtablissement/fr/had-46-figeac</t>
+  </si>
+  <si>
+    <t>5408_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>35 Allée Victor Hugo</t>
+  </si>
+  <si>
+    <t>0565100446</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>460007404</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>AAIR UAD UDM FIGEAC</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3805_FicheEtablissement/fr/aair-uad-udm-figeac</t>
+  </si>
+  <si>
+    <t>3805_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>1239 Chemin Des Cretes</t>
+  </si>
+  <si>
+    <t>0561161100</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>460786353</t>
+  </si>
+  <si>
+    <t>USLD CH FIGEAC SITE EHPAD MONTVIGUIER</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7639_FicheEtablissement/fr/usld-ch-figeac-site-ehpad-montviguier</t>
+  </si>
+  <si>
+    <t>7639_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>22 Rue Du Grial</t>
+  </si>
+  <si>
+    <t>0565506503</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>460008063</t>
+  </si>
+  <si>
+    <t>CH FIGEAC SITE FONT REDONDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7638_FicheEtablissement/fr/ch-figeac-site-font-redonde</t>
+  </si>
+  <si>
+    <t>7638_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Avenue Georges Clemenceau</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>460007842</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P8"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -466,264 +715,888 @@
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4" t="s">
         <v>37</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>38</v>
       </c>
       <c r="H4" t="s">
         <v>39</v>
       </c>
       <c r="I4" t="s">
         <v>40</v>
       </c>
       <c r="J4" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K4" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="L4" t="s">
         <v>24</v>
       </c>
       <c r="M4" t="s">
         <v>25</v>
       </c>
       <c r="N4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="O4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="P4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
       <c r="E5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F5" t="s">
         <v>18</v>
       </c>
       <c r="G5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="J5" t="s">
         <v>22</v>
       </c>
       <c r="K5" t="s">
         <v>23</v>
       </c>
       <c r="L5" t="s">
         <v>24</v>
       </c>
       <c r="M5" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="N5" t="s">
+        <v>42</v>
+      </c>
+      <c r="O5" t="s">
         <v>50</v>
       </c>
-      <c r="O5" t="s">
+      <c r="P5" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>53</v>
-      </c>
-[...7 lines deleted...]
-        <v>45</v>
       </c>
       <c r="F6" t="s">
         <v>18</v>
       </c>
       <c r="G6" t="s">
         <v>54</v>
       </c>
       <c r="H6" t="s">
         <v>55</v>
       </c>
       <c r="I6" t="s">
         <v>56</v>
       </c>
       <c r="J6" t="s">
         <v>22</v>
       </c>
       <c r="K6" t="s">
         <v>23</v>
       </c>
       <c r="L6" t="s">
         <v>24</v>
       </c>
       <c r="M6" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="N6" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="O6" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="P6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="F7" t="s">
         <v>18</v>
       </c>
       <c r="G7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="H7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="J7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K7" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
       <c r="L7" t="s">
         <v>24</v>
       </c>
       <c r="M7" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="N7" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="O7" t="s">
         <v>65</v>
       </c>
       <c r="P7" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>67</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>18</v>
       </c>
       <c r="E8" t="s">
         <v>68</v>
       </c>
       <c r="F8" t="s">
         <v>18</v>
       </c>
       <c r="G8" t="s">
         <v>69</v>
       </c>
       <c r="H8" t="s">
         <v>70</v>
       </c>
       <c r="I8" t="s">
         <v>71</v>
       </c>
       <c r="J8" t="s">
         <v>22</v>
       </c>
       <c r="K8" t="s">
         <v>23</v>
       </c>
       <c r="L8" t="s">
         <v>24</v>
       </c>
       <c r="M8" t="s">
+        <v>72</v>
+      </c>
+      <c r="N8" t="s">
+        <v>73</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>18</v>
+      </c>
+      <c r="E9" t="s">
+        <v>77</v>
+      </c>
+      <c r="F9" t="s">
+        <v>18</v>
+      </c>
+      <c r="G9" t="s">
+        <v>78</v>
+      </c>
+      <c r="H9" t="s">
+        <v>79</v>
+      </c>
+      <c r="I9" t="s">
+        <v>80</v>
+      </c>
+      <c r="J9" t="s">
+        <v>22</v>
+      </c>
+      <c r="K9" t="s">
+        <v>23</v>
+      </c>
+      <c r="L9" t="s">
+        <v>24</v>
+      </c>
+      <c r="M9" t="s">
         <v>25</v>
       </c>
-      <c r="N8" t="s">
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E10" t="s">
+        <v>84</v>
+      </c>
+      <c r="F10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G10" t="s">
+        <v>85</v>
+      </c>
+      <c r="H10" t="s">
+        <v>86</v>
+      </c>
+      <c r="I10" t="s">
+        <v>22</v>
+      </c>
+      <c r="J10" t="s">
+        <v>18</v>
+      </c>
+      <c r="K10" t="s">
+        <v>23</v>
+      </c>
+      <c r="L10" t="s">
+        <v>24</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
         <v>33</v>
       </c>
-      <c r="O8" t="s">
-[...3 lines deleted...]
-        <v>73</v>
+      <c r="O10" t="s">
+        <v>34</v>
+      </c>
+      <c r="P10" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>18</v>
+      </c>
+      <c r="E11" t="s">
+        <v>84</v>
+      </c>
+      <c r="F11" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" t="s">
+        <v>89</v>
+      </c>
+      <c r="H11" t="s">
+        <v>90</v>
+      </c>
+      <c r="I11" t="s">
+        <v>91</v>
+      </c>
+      <c r="J11" t="s">
+        <v>22</v>
+      </c>
+      <c r="K11" t="s">
+        <v>23</v>
+      </c>
+      <c r="L11" t="s">
+        <v>24</v>
+      </c>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>33</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" t="s">
+        <v>94</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>18</v>
+      </c>
+      <c r="E12" t="s">
+        <v>84</v>
+      </c>
+      <c r="F12" t="s">
+        <v>18</v>
+      </c>
+      <c r="G12" t="s">
+        <v>95</v>
+      </c>
+      <c r="H12" t="s">
+        <v>96</v>
+      </c>
+      <c r="I12" t="s">
+        <v>97</v>
+      </c>
+      <c r="J12" t="s">
+        <v>22</v>
+      </c>
+      <c r="K12" t="s">
+        <v>23</v>
+      </c>
+      <c r="L12" t="s">
+        <v>24</v>
+      </c>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>33</v>
+      </c>
+      <c r="O12" t="s">
+        <v>98</v>
+      </c>
+      <c r="P12" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>18</v>
+      </c>
+      <c r="E13" t="s">
+        <v>84</v>
+      </c>
+      <c r="F13" t="s">
+        <v>18</v>
+      </c>
+      <c r="G13" t="s">
+        <v>101</v>
+      </c>
+      <c r="H13" t="s">
+        <v>102</v>
+      </c>
+      <c r="I13" t="s">
+        <v>103</v>
+      </c>
+      <c r="J13" t="s">
+        <v>22</v>
+      </c>
+      <c r="K13" t="s">
+        <v>23</v>
+      </c>
+      <c r="L13" t="s">
+        <v>24</v>
+      </c>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>33</v>
+      </c>
+      <c r="O13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>18</v>
+      </c>
+      <c r="E14" t="s">
+        <v>84</v>
+      </c>
+      <c r="F14" t="s">
+        <v>18</v>
+      </c>
+      <c r="G14" t="s">
+        <v>107</v>
+      </c>
+      <c r="H14" t="s">
+        <v>108</v>
+      </c>
+      <c r="I14" t="s">
+        <v>109</v>
+      </c>
+      <c r="J14" t="s">
+        <v>22</v>
+      </c>
+      <c r="K14" t="s">
+        <v>23</v>
+      </c>
+      <c r="L14" t="s">
+        <v>24</v>
+      </c>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>33</v>
+      </c>
+      <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14" t="s">
+        <v>111</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>112</v>
+      </c>
+      <c r="J1" t="s">
+        <v>8</v>
+      </c>
+      <c r="K1" t="s">
+        <v>113</v>
+      </c>
+      <c r="L1" t="s">
+        <v>10</v>
+      </c>
+      <c r="M1" t="s">
+        <v>11</v>
+      </c>
+      <c r="N1" t="s">
+        <v>114</v>
+      </c>
+      <c r="O1" t="s">
+        <v>115</v>
+      </c>
+      <c r="P1" t="s">
+        <v>116</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>117</v>
+      </c>
+      <c r="R1" t="s">
+        <v>12</v>
+      </c>
+      <c r="S1" t="s">
+        <v>118</v>
+      </c>
+      <c r="T1" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>120</v>
+      </c>
+      <c r="B2" t="s">
+        <v>121</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" t="s">
+        <v>122</v>
+      </c>
+      <c r="F2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H2" t="s">
+        <v>124</v>
+      </c>
+      <c r="I2" t="s">
+        <v>125</v>
+      </c>
+      <c r="J2" t="s">
+        <v>126</v>
+      </c>
+      <c r="K2" t="s">
+        <v>22</v>
+      </c>
+      <c r="L2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N2" t="s">
+        <v>127</v>
+      </c>
+      <c r="O2" t="s">
+        <v>18</v>
+      </c>
+      <c r="P2" t="s">
+        <v>128</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>129</v>
+      </c>
+      <c r="R2" t="s">
+        <v>128</v>
+      </c>
+      <c r="S2" t="s">
+        <v>130</v>
+      </c>
+      <c r="T2" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B3" t="s">
+        <v>132</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>133</v>
+      </c>
+      <c r="F3" t="s">
+        <v>18</v>
+      </c>
+      <c r="G3" t="s">
+        <v>134</v>
+      </c>
+      <c r="H3" t="s">
+        <v>135</v>
+      </c>
+      <c r="I3" t="s">
+        <v>136</v>
+      </c>
+      <c r="J3" t="s">
+        <v>137</v>
+      </c>
+      <c r="K3" t="s">
+        <v>22</v>
+      </c>
+      <c r="L3" t="s">
+        <v>23</v>
+      </c>
+      <c r="M3" t="s">
+        <v>24</v>
+      </c>
+      <c r="N3" t="s">
+        <v>138</v>
+      </c>
+      <c r="O3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P3" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>139</v>
+      </c>
+      <c r="R3" t="s">
+        <v>25</v>
+      </c>
+      <c r="S3" t="s">
+        <v>140</v>
+      </c>
+      <c r="T3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>120</v>
+      </c>
+      <c r="B4" t="s">
+        <v>141</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>18</v>
+      </c>
+      <c r="E4" t="s">
+        <v>142</v>
+      </c>
+      <c r="F4" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" t="s">
+        <v>143</v>
+      </c>
+      <c r="H4" t="s">
+        <v>144</v>
+      </c>
+      <c r="I4" t="s">
+        <v>125</v>
+      </c>
+      <c r="J4" t="s">
+        <v>145</v>
+      </c>
+      <c r="K4" t="s">
+        <v>22</v>
+      </c>
+      <c r="L4" t="s">
+        <v>23</v>
+      </c>
+      <c r="M4" t="s">
+        <v>24</v>
+      </c>
+      <c r="N4" t="s">
+        <v>146</v>
+      </c>
+      <c r="O4" t="s">
+        <v>18</v>
+      </c>
+      <c r="P4" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>147</v>
+      </c>
+      <c r="R4" t="s">
+        <v>57</v>
+      </c>
+      <c r="S4" t="s">
+        <v>148</v>
+      </c>
+      <c r="T4" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>120</v>
+      </c>
+      <c r="B5" t="s">
+        <v>149</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5" t="s">
+        <v>142</v>
+      </c>
+      <c r="F5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" t="s">
+        <v>150</v>
+      </c>
+      <c r="H5" t="s">
+        <v>151</v>
+      </c>
+      <c r="I5" t="s">
+        <v>125</v>
+      </c>
+      <c r="J5" t="s">
+        <v>152</v>
+      </c>
+      <c r="K5" t="s">
+        <v>22</v>
+      </c>
+      <c r="L5" t="s">
+        <v>23</v>
+      </c>
+      <c r="M5" t="s">
+        <v>24</v>
+      </c>
+      <c r="N5" t="s">
+        <v>146</v>
+      </c>
+      <c r="O5" t="s">
+        <v>18</v>
+      </c>
+      <c r="P5" t="s">
+        <v>153</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>154</v>
+      </c>
+      <c r="R5" t="s">
+        <v>57</v>
+      </c>
+      <c r="S5" t="s">
+        <v>155</v>
+      </c>
+      <c r="T5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>