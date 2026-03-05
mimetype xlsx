--- v1 (2026-01-17)
+++ v2 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export ESSMS" r:id="rId3" sheetId="1"/>
     <sheet name="Export Etablissement de santé" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="324" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="292" uniqueCount="143">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -65,279 +65,240 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>FV L'OREE DU BOIS</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2235_FicheESSMS/fr/fv-l-oree-du-bois</t>
+  </si>
+  <si>
+    <t>2235_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46100 FIGEAC</t>
+  </si>
+  <si>
+    <t>FIGEAC</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>460002751</t>
+  </si>
+  <si>
+    <t>EHPA RESIDENCE  BATAILLÉ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7863_FicheESSMS/fr/ehpa-residence-bataille</t>
+  </si>
+  <si>
+    <t>7863_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Chemin De Bataillé</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>EHPA ne percevant pas des crédits d'assurance maladie</t>
+  </si>
+  <si>
+    <t>460007925</t>
+  </si>
+  <si>
+    <t>EHPAD LE  BATAILLÉ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7862_FicheESSMS/fr/ehpad-le-bataille</t>
+  </si>
+  <si>
+    <t>7862_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Chemin Du Bataillé</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>460004989</t>
+  </si>
+  <si>
     <t>CADA PAYSAGES LOT</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>10/09/2025 12:17:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1884_FicheESSMS/fr/cada-paysages-lot</t>
   </si>
   <si>
     <t>1884_FicheESSMS</t>
   </si>
   <si>
-    <t>46100 FIGEAC</t>
-[...10 lines deleted...]
-  <si>
     <t>Accueil, Hébergement, Insertion</t>
   </si>
   <si>
     <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
   </si>
   <si>
     <t>460003239</t>
   </si>
   <si>
-    <t>FV L'OREE DU BOIS</t>
-[...19 lines deleted...]
-  <si>
     <t>IME LES ROITELETS</t>
   </si>
   <si>
     <t>10/09/2025 12:24:05</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6887_FicheESSMS/fr/ime-les-roitelets</t>
   </si>
   <si>
     <t>6887_FicheESSMS</t>
   </si>
   <si>
     <t>46100 FONS</t>
   </si>
   <si>
     <t>FONS</t>
   </si>
   <si>
     <t>Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Institut Médico-Educatif (I.M.E.)</t>
   </si>
   <si>
     <t>460780182</t>
   </si>
   <si>
     <t>SESSAD L'ENVOL -SITE DE FIGEAC</t>
   </si>
   <si>
     <t>10/09/2025 12:24:24</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7094_FicheESSMS/fr/sessad-l-envol-site-de-figeac</t>
   </si>
   <si>
     <t>7094_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue Plancat</t>
   </si>
   <si>
     <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
   </si>
   <si>
     <t>460005721</t>
   </si>
   <si>
-    <t>EHPA RESIDENCE  BATAILLÉ</t>
-[...43 lines deleted...]
-  <si>
     <t>SAD AZALEE DOMICILE SERVICES FIGEAC</t>
   </si>
   <si>
     <t>10/09/2025 12:26:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9939_FicheESSMS/fr/sad-azalee-domicile-services-figeac</t>
   </si>
   <si>
     <t>9939_FicheESSMS</t>
   </si>
   <si>
     <t>16 Rue Du Faubourg Du Pin</t>
   </si>
   <si>
     <t>Privé commercial</t>
   </si>
   <si>
     <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Service autonomie aide (SAA)</t>
   </si>
   <si>
     <t>460007545</t>
   </si>
   <si>
-    <t>FJT  LES SOLEIHOS</t>
-[...19 lines deleted...]
-  <si>
     <t>FOYER DE VIE "LES CEDRES"</t>
   </si>
   <si>
     <t>10/09/2025 12:27:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11868_FicheESSMS/fr/foyer-de-vie-les-cedres</t>
   </si>
   <si>
     <t>11868_FicheESSMS</t>
   </si>
   <si>
     <t>460006687</t>
-  </si>
-[...16 lines deleted...]
-    <t>460782725</t>
   </si>
   <si>
     <t>S.A.V.S. APEAI -ADAR</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11866_FicheESSMS/fr/s-a-v-s-apeai-adar</t>
   </si>
   <si>
     <t>11866_FicheESSMS</t>
   </si>
   <si>
     <t>4 Rue Germain Petitjean</t>
   </si>
   <si>
     <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
   </si>
   <si>
     <t>460006695</t>
   </si>
   <si>
     <t>S.A.M.S.A.H</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11865_FicheESSMS/fr/s-a-m-s-a-h</t>
   </si>
@@ -530,51 +491,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P14"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -662,266 +623,266 @@
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>29</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>30</v>
       </c>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3" t="s">
         <v>31</v>
       </c>
       <c r="H3" t="s">
         <v>32</v>
       </c>
       <c r="I3" t="s">
+        <v>33</v>
+      </c>
+      <c r="J3" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="K3" t="s">
         <v>23</v>
       </c>
       <c r="L3" t="s">
         <v>24</v>
       </c>
       <c r="M3" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="N3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="J4" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K4" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="L4" t="s">
         <v>24</v>
       </c>
       <c r="M4" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="N4" t="s">
+        <v>35</v>
+      </c>
+      <c r="O4" t="s">
         <v>42</v>
       </c>
-      <c r="O4" t="s">
+      <c r="P4" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5" t="s">
         <v>45</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" t="s">
         <v>46</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>47</v>
       </c>
-      <c r="H5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I5" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="J5" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K5" t="s">
         <v>23</v>
       </c>
       <c r="L5" t="s">
         <v>24</v>
       </c>
       <c r="M5" t="s">
         <v>25</v>
       </c>
       <c r="N5" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>52</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G6" t="s">
         <v>53</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>54</v>
       </c>
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>55</v>
       </c>
-      <c r="I6" t="s">
+      <c r="J6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K6" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
       <c r="L6" t="s">
         <v>24</v>
       </c>
       <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
         <v>57</v>
       </c>
-      <c r="N6" t="s">
+      <c r="O6" t="s">
         <v>58</v>
       </c>
-      <c r="O6" t="s">
+      <c r="P6" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" t="s">
         <v>61</v>
-      </c>
-[...7 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F7" t="s">
         <v>18</v>
       </c>
       <c r="G7" t="s">
         <v>62</v>
       </c>
       <c r="H7" t="s">
         <v>63</v>
       </c>
       <c r="I7" t="s">
         <v>64</v>
       </c>
       <c r="J7" t="s">
         <v>22</v>
       </c>
       <c r="K7" t="s">
         <v>23</v>
       </c>
       <c r="L7" t="s">
         <v>24</v>
       </c>
       <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="O7" t="s">
         <v>65</v>
       </c>
       <c r="P7" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>67</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>18</v>
       </c>
       <c r="E8" t="s">
         <v>68</v>
       </c>
       <c r="F8" t="s">
@@ -962,641 +923,541 @@
       <c r="A9" t="s">
         <v>16</v>
       </c>
       <c r="B9" t="s">
         <v>76</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>18</v>
       </c>
       <c r="E9" t="s">
         <v>77</v>
       </c>
       <c r="F9" t="s">
         <v>18</v>
       </c>
       <c r="G9" t="s">
         <v>78</v>
       </c>
       <c r="H9" t="s">
         <v>79</v>
       </c>
       <c r="I9" t="s">
-        <v>80</v>
+        <v>22</v>
       </c>
       <c r="J9" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K9" t="s">
         <v>23</v>
       </c>
       <c r="L9" t="s">
         <v>24</v>
       </c>
       <c r="M9" t="s">
         <v>25</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>81</v>
+        <v>27</v>
       </c>
       <c r="P9" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>16</v>
       </c>
       <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E10" t="s">
+        <v>77</v>
+      </c>
+      <c r="F10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G10" t="s">
+        <v>82</v>
+      </c>
+      <c r="H10" t="s">
         <v>83</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="I10" t="s">
         <v>84</v>
       </c>
-      <c r="F10" t="s">
-[...8 lines deleted...]
-      <c r="I10" t="s">
+      <c r="J10" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="K10" t="s">
         <v>23</v>
       </c>
       <c r="L10" t="s">
         <v>24</v>
       </c>
       <c r="M10" t="s">
         <v>25</v>
       </c>
       <c r="N10" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>34</v>
+        <v>85</v>
       </c>
       <c r="P10" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>16</v>
       </c>
       <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>18</v>
+      </c>
+      <c r="E11" t="s">
+        <v>77</v>
+      </c>
+      <c r="F11" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" t="s">
         <v>88</v>
       </c>
-      <c r="C11" t="s">
-[...11 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>89</v>
       </c>
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="J11" t="s">
         <v>22</v>
       </c>
       <c r="K11" t="s">
         <v>23</v>
       </c>
       <c r="L11" t="s">
         <v>24</v>
       </c>
       <c r="M11" t="s">
         <v>25</v>
       </c>
       <c r="N11" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O11" t="s">
+        <v>91</v>
+      </c>
+      <c r="P11" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>18</v>
+      </c>
+      <c r="E12" t="s">
+        <v>77</v>
+      </c>
+      <c r="F12" t="s">
+        <v>18</v>
+      </c>
+      <c r="G12" t="s">
         <v>94</v>
       </c>
-      <c r="C12" t="s">
-[...11 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>95</v>
       </c>
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="J12" t="s">
         <v>22</v>
       </c>
       <c r="K12" t="s">
         <v>23</v>
       </c>
       <c r="L12" t="s">
         <v>24</v>
       </c>
       <c r="M12" t="s">
         <v>25</v>
       </c>
       <c r="N12" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
         <v>98</v>
-      </c>
-[...101 lines deleted...]
-        <v>111</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>112</v>
+        <v>99</v>
       </c>
       <c r="J1" t="s">
         <v>8</v>
       </c>
       <c r="K1" t="s">
-        <v>113</v>
+        <v>100</v>
       </c>
       <c r="L1" t="s">
         <v>10</v>
       </c>
       <c r="M1" t="s">
         <v>11</v>
       </c>
       <c r="N1" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="O1" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="P1" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="Q1" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="R1" t="s">
         <v>12</v>
       </c>
       <c r="S1" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="T1" t="s">
-        <v>119</v>
+        <v>106</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>120</v>
+        <v>107</v>
       </c>
       <c r="B2" t="s">
-        <v>121</v>
+        <v>108</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>18</v>
       </c>
       <c r="E2" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="F2" t="s">
         <v>18</v>
       </c>
       <c r="G2" t="s">
-        <v>123</v>
+        <v>110</v>
       </c>
       <c r="H2" t="s">
-        <v>124</v>
+        <v>111</v>
       </c>
       <c r="I2" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="J2" t="s">
-        <v>126</v>
+        <v>113</v>
       </c>
       <c r="K2" t="s">
         <v>22</v>
       </c>
       <c r="L2" t="s">
         <v>23</v>
       </c>
       <c r="M2" t="s">
         <v>24</v>
       </c>
       <c r="N2" t="s">
-        <v>127</v>
+        <v>114</v>
       </c>
       <c r="O2" t="s">
         <v>18</v>
       </c>
       <c r="P2" t="s">
-        <v>128</v>
+        <v>115</v>
       </c>
       <c r="Q2" t="s">
-        <v>129</v>
+        <v>116</v>
       </c>
       <c r="R2" t="s">
-        <v>128</v>
+        <v>115</v>
       </c>
       <c r="S2" t="s">
-        <v>130</v>
+        <v>117</v>
       </c>
       <c r="T2" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B3" t="s">
+        <v>119</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
         <v>120</v>
       </c>
-      <c r="B3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3" t="s">
-        <v>134</v>
+        <v>121</v>
       </c>
       <c r="H3" t="s">
-        <v>135</v>
+        <v>122</v>
       </c>
       <c r="I3" t="s">
-        <v>136</v>
+        <v>123</v>
       </c>
       <c r="J3" t="s">
-        <v>137</v>
+        <v>124</v>
       </c>
       <c r="K3" t="s">
         <v>22</v>
       </c>
       <c r="L3" t="s">
         <v>23</v>
       </c>
       <c r="M3" t="s">
         <v>24</v>
       </c>
       <c r="N3" t="s">
-        <v>138</v>
+        <v>125</v>
       </c>
       <c r="O3" t="s">
         <v>18</v>
       </c>
       <c r="P3" t="s">
         <v>25</v>
       </c>
       <c r="Q3" t="s">
-        <v>139</v>
+        <v>126</v>
       </c>
       <c r="R3" t="s">
         <v>25</v>
       </c>
       <c r="S3" t="s">
-        <v>140</v>
+        <v>127</v>
       </c>
       <c r="T3" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>120</v>
+        <v>107</v>
       </c>
       <c r="B4" t="s">
-        <v>141</v>
+        <v>128</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4" t="s">
-        <v>142</v>
+        <v>129</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
-        <v>143</v>
+        <v>130</v>
       </c>
       <c r="H4" t="s">
-        <v>144</v>
+        <v>131</v>
       </c>
       <c r="I4" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="J4" t="s">
-        <v>145</v>
+        <v>132</v>
       </c>
       <c r="K4" t="s">
         <v>22</v>
       </c>
       <c r="L4" t="s">
         <v>23</v>
       </c>
       <c r="M4" t="s">
         <v>24</v>
       </c>
       <c r="N4" t="s">
-        <v>146</v>
+        <v>133</v>
       </c>
       <c r="O4" t="s">
         <v>18</v>
       </c>
       <c r="P4" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="Q4" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="R4" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="S4" t="s">
-        <v>148</v>
+        <v>135</v>
       </c>
       <c r="T4" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>120</v>
+        <v>107</v>
       </c>
       <c r="B5" t="s">
-        <v>149</v>
+        <v>136</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
       <c r="E5" t="s">
-        <v>142</v>
+        <v>129</v>
       </c>
       <c r="F5" t="s">
         <v>18</v>
       </c>
       <c r="G5" t="s">
-        <v>150</v>
+        <v>137</v>
       </c>
       <c r="H5" t="s">
-        <v>151</v>
+        <v>138</v>
       </c>
       <c r="I5" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="J5" t="s">
-        <v>152</v>
+        <v>139</v>
       </c>
       <c r="K5" t="s">
         <v>22</v>
       </c>
       <c r="L5" t="s">
         <v>23</v>
       </c>
       <c r="M5" t="s">
         <v>24</v>
       </c>
       <c r="N5" t="s">
-        <v>146</v>
+        <v>133</v>
       </c>
       <c r="O5" t="s">
         <v>18</v>
       </c>
       <c r="P5" t="s">
-        <v>153</v>
+        <v>140</v>
       </c>
       <c r="Q5" t="s">
-        <v>154</v>
+        <v>141</v>
       </c>
       <c r="R5" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="S5" t="s">
-        <v>155</v>
+        <v>142</v>
       </c>
       <c r="T5" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>