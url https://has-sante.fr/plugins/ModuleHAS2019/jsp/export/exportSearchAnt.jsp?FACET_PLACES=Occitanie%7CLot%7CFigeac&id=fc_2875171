--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -92,51 +92,51 @@
   <si>
     <t>Docteur Guy MARTIN</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>08/11/2016 11:30:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708861/fr/docteur-guy-martin</t>
   </si>
   <si>
     <t>c_2708861</t>
   </si>
   <si>
     <t>Docteur</t>
   </si>
   <si>
     <t>MARTIN</t>
   </si>
   <si>
     <t>Guy</t>
   </si>
   <si>
-    <t>25 November 2021</t>
+    <t>18 December 2025</t>
   </si>
   <si>
     <t>CH FIGEAC SITE MARTIN MALVY,CH JEAN COULON GOURDON</t>
   </si>
   <si>
     <t>46106,46300</t>
   </si>
   <si>
     <t>FIGEAC,GOURDON</t>
   </si>
   <si>
     <t>460000045,460000102</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>