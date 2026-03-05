--- v0 (2025-10-18)
+++ v1 (2026-03-05)
@@ -92,51 +92,51 @@
   <si>
     <t>Docteur Guy MARTIN</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>08/11/2016 11:30:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708861/fr/docteur-guy-martin</t>
   </si>
   <si>
     <t>c_2708861</t>
   </si>
   <si>
     <t>Docteur</t>
   </si>
   <si>
     <t>MARTIN</t>
   </si>
   <si>
     <t>Guy</t>
   </si>
   <si>
-    <t>25 November 2021</t>
+    <t>18 December 2025</t>
   </si>
   <si>
     <t>CH FIGEAC SITE MARTIN MALVY,CH JEAN COULON GOURDON</t>
   </si>
   <si>
     <t>46106,46300</t>
   </si>
   <si>
     <t>FIGEAC,GOURDON</t>
   </si>
   <si>
     <t>460000045,460000102</t>
   </si>
   <si>
     <t>Docteur Olivier PAGE</t>
   </si>
   <si>
     <t>08/11/2016 11:35:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712761/fr/docteur-olivier-page</t>
   </si>
   <si>
     <t>c_2712761</t>
   </si>