--- v0 (2025-12-02)
+++ v1 (2026-01-17)
@@ -146,57 +146,57 @@
   <si>
     <t>UNITE DE SOINS DE LONGUE DUREE CENTRE HOSPITALIER SAINT CERE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1507_FicheEtablissement/fr/usld-ch-st-cere</t>
   </si>
   <si>
     <t>1507_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>11 Avenue Du Docteur Roux</t>
   </si>
   <si>
     <t>0565380480</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>460786767</t>
   </si>
   <si>
-    <t>AAIR UAD SAINT CERE</t>
+    <t>AAIR UAD UDM SAINT CERE</t>
   </si>
   <si>
     <t>21/01/2025 10:16:12</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4143_FicheEtablissement/fr/aair-uad-st-cere</t>
+    <t>https://www.has-sante.fr/jcms/4143_FicheEtablissement/fr/aair-uad-udm-st-cere</t>
   </si>
   <si>
     <t>4143_FicheEtablissement</t>
   </si>
   <si>
     <t>11 Avenue Du Dr Roux</t>
   </si>
   <si>
     <t>0561161100</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>460006612</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>