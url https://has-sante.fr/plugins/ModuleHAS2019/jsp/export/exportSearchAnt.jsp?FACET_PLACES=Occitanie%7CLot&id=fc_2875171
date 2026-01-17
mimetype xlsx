--- v0 (2025-10-19)
+++ v1 (2026-01-17)
@@ -1,59 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="205" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1635" uniqueCount="677">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -324,96 +333,1812 @@
     <t>https://www.has-sante.fr/jcms/c_2712761/fr/docteur-olivier-page</t>
   </si>
   <si>
     <t>c_2712761</t>
   </si>
   <si>
     <t>PAGE</t>
   </si>
   <si>
     <t>Olivier</t>
   </si>
   <si>
     <t>28 April 2022</t>
   </si>
   <si>
     <t>POLYCLINIQUE FRANCHEVILLE,CENTRE HOSPITALIER DE PERIGUEUX,CH JEAN COULON GOURDON</t>
   </si>
   <si>
     <t>24004,24019,46300</t>
   </si>
   <si>
     <t>PERIGUEUX,PERIGUEUX,GOURDON</t>
   </si>
   <si>
     <t>240000190,240000489,460000102</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>EHPAD LES LAVANDES</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:26:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14363_FicheESSMS/fr/ehpad-les-lavandes</t>
+  </si>
+  <si>
+    <t>14363_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46700 PUY L EVEQUE</t>
+  </si>
+  <si>
+    <t>PUY L EVEQUE</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>460780323</t>
+  </si>
+  <si>
+    <t>UEMO CAHORS (STEMO MONTAUBAN)</t>
+  </si>
+  <si>
+    <t>28/09/2025 16:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13693_FicheESSMS/fr/uemo-cahors-stemo-montauban</t>
+  </si>
+  <si>
+    <t>13693_FicheESSMS</t>
+  </si>
+  <si>
+    <t>297 Rue St Gery</t>
+  </si>
+  <si>
+    <t>46000 CAHORS</t>
+  </si>
+  <si>
+    <t>CAHORS</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service d'Intervention Educative en Milieu Ouvert</t>
+  </si>
+  <si>
+    <t>460008303</t>
+  </si>
+  <si>
+    <t>EHPAD VAL DU CELE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/32_FicheESSMS/fr/ehpad-val-du-cele</t>
+  </si>
+  <si>
+    <t>32_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Route Des Sonneries</t>
+  </si>
+  <si>
+    <t>46270 BAGNAC SUR CELE</t>
+  </si>
+  <si>
+    <t>BAGNAC SUR CELE</t>
+  </si>
+  <si>
+    <t>460781768</t>
+  </si>
+  <si>
+    <t>SERV. M.J.P.M. CAHORS ALISE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/426_FicheESSMS/fr/serv-m-j-p-m-cahors-alise</t>
+  </si>
+  <si>
+    <t>426_FicheESSMS</t>
+  </si>
+  <si>
+    <t>116 Rue Fernand Mirabel</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>460005853</t>
+  </si>
+  <si>
+    <t>ASS FOYER JEUNES EN QUERCY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/835_FicheESSMS/fr/ass-foyer-jeunes-en-quercy</t>
+  </si>
+  <si>
+    <t>835_FicheESSMS</t>
+  </si>
+  <si>
+    <t>129 Rue Fondue Haute</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Foyer de Jeunes Travailleurs (résidence sociale ou non)</t>
+  </si>
+  <si>
+    <t>460781917</t>
+  </si>
+  <si>
+    <t>SERV. D.P.F. CAHORS ALISE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/993_FicheESSMS/fr/serv-d-p-f-cahors-alise</t>
+  </si>
+  <si>
+    <t>993_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>460784911</t>
+  </si>
+  <si>
+    <t>CADA PAYSAGES LOT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1884_FicheESSMS/fr/cada-paysages-lot</t>
+  </si>
+  <si>
+    <t>1884_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46100 FIGEAC</t>
+  </si>
+  <si>
+    <t>FIGEAC</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>460003239</t>
+  </si>
+  <si>
+    <t>CPH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1883_FicheESSMS/fr/cph</t>
+  </si>
+  <si>
+    <t>1883_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Impasse Des Rosiers</t>
+  </si>
+  <si>
+    <t>46160 CAJARC</t>
+  </si>
+  <si>
+    <t>CAJARC</t>
+  </si>
+  <si>
+    <t>Centre Provisoire Hébergement (C.P.H.)</t>
+  </si>
+  <si>
+    <t>460007453</t>
+  </si>
+  <si>
+    <t>CHRS A.H.I.S.</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2216_FicheESSMS/fr/chrs-a-h-i-s</t>
+  </si>
+  <si>
+    <t>2216_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1091 Avenue Du Maquis</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>460782618</t>
+  </si>
+  <si>
+    <t>FOYER OCCUPATIONNEL MARTHE ROBIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2236_FicheESSMS/fr/foyer-occupationnel-marthe-robin</t>
+  </si>
+  <si>
+    <t>2236_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46500 GRAMAT</t>
+  </si>
+  <si>
+    <t>GRAMAT</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>460002918</t>
+  </si>
+  <si>
+    <t>FV L'OREE DU BOIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2235_FicheESSMS/fr/fv-l-oree-du-bois</t>
+  </si>
+  <si>
+    <t>2235_FicheESSMS</t>
+  </si>
+  <si>
+    <t>460002751</t>
+  </si>
+  <si>
+    <t>CHRS L'AUBERGE CAJARC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2807_FicheESSMS/fr/chrs-l-auberge-cajarc</t>
+  </si>
+  <si>
+    <t>2807_FicheESSMS</t>
+  </si>
+  <si>
+    <t>460784820</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE ADULTES HANDICAPEES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3091_FicheESSMS/fr/foyer-de-vie-adultes-handicapees</t>
+  </si>
+  <si>
+    <t>3091_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46140 LUZECH</t>
+  </si>
+  <si>
+    <t>LUZECH</t>
+  </si>
+  <si>
+    <t>460006711</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERGEMENT ADULTES HANDICAPES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3090_FicheESSMS/fr/foyer-d-hebergement-adultes-handicapes</t>
+  </si>
+  <si>
+    <t>3090_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>460006703</t>
+  </si>
+  <si>
+    <t>S.A.V.S. BOISSOR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3089_FicheESSMS/fr/s-a-v-s-boissor</t>
+  </si>
+  <si>
+    <t>3089_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>460005747</t>
+  </si>
+  <si>
+    <t>ACCUEIL DE JOUR AUTONOME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3663_FicheESSMS/fr/accueil-de-jour-autonome</t>
+  </si>
+  <si>
+    <t>3663_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Centre de Jour pour Personnes Agées</t>
+  </si>
+  <si>
+    <t>460006604</t>
+  </si>
+  <si>
+    <t>ESAT HORS MURS PLEIN CAP</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4848_FicheESSMS/fr/esat-hors-murs-plein-cap</t>
+  </si>
+  <si>
+    <t>4848_FicheESSMS</t>
+  </si>
+  <si>
+    <t>256 Route De Lacapelle Marival</t>
+  </si>
+  <si>
+    <t>46120 LEYME</t>
+  </si>
+  <si>
+    <t>LEYME</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>460005952</t>
+  </si>
+  <si>
+    <t>SESSAD LE CHEMIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4864_FicheESSMS/fr/sessad-le-chemin</t>
+  </si>
+  <si>
+    <t>4864_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Rue Frederic Suisse</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>460005424</t>
+  </si>
+  <si>
+    <t>IME CENTRE GENYER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4863_FicheESSMS/fr/ime-centre-genyer</t>
+  </si>
+  <si>
+    <t>4863_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>460780190</t>
+  </si>
+  <si>
+    <t>MAS LE CHEMIN D'EOLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4862_FicheESSMS/fr/mas-le-chemin-d-eole</t>
+  </si>
+  <si>
+    <t>4862_FicheESSMS</t>
+  </si>
+  <si>
+    <t>49 Chemin De Cornus Berbery</t>
+  </si>
+  <si>
+    <t>46170 CASTELNAU MONTRATIER STE A</t>
+  </si>
+  <si>
+    <t>CASTELNAU MONTRATIER STE A</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>460004849</t>
+  </si>
+  <si>
+    <t>SAMSAH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4860_FicheESSMS/fr/samsah</t>
+  </si>
+  <si>
+    <t>4860_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>460005259</t>
+  </si>
+  <si>
+    <t>ACCUEIL DE JOUR ET DE SOINS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5725_FicheESSMS/fr/accueil-de-jour-et-de-soins</t>
+  </si>
+  <si>
+    <t>5725_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46102 FIGEAC</t>
+  </si>
+  <si>
+    <t>460005416</t>
+  </si>
+  <si>
+    <t>SSIAD DE FIGEAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5724_FicheESSMS/fr/ssiad-de-figeac</t>
+  </si>
+  <si>
+    <t>5724_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Avenue Des Carmes</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>460785066</t>
+  </si>
+  <si>
+    <t>EHPAD "JACQUES DUMAS"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6005_FicheESSMS/fr/ehpad-jacques-dumas</t>
+  </si>
+  <si>
+    <t>6005_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Des Ursulines</t>
+  </si>
+  <si>
+    <t>46190 SOUSCEYRAC EN QUERCY</t>
+  </si>
+  <si>
+    <t>SOUSCEYRAC EN QUERCY</t>
+  </si>
+  <si>
+    <t>460781669</t>
+  </si>
+  <si>
+    <t>FOYER OCCUPATIONNEL LALBENQUE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6162_FicheESSMS/fr/foyer-occupationnel-lalbenque</t>
+  </si>
+  <si>
+    <t>6162_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46230 LALBENQUE</t>
+  </si>
+  <si>
+    <t>LALBENQUE</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>460786775</t>
+  </si>
+  <si>
+    <t>FOYER OCCUPATIONNEL CAZALS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6161_FicheESSMS/fr/foyer-occupationnel-cazals</t>
+  </si>
+  <si>
+    <t>6161_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46250 CAZALS</t>
+  </si>
+  <si>
+    <t>CAZALS</t>
+  </si>
+  <si>
+    <t>460786965</t>
+  </si>
+  <si>
+    <t>FOYER DU MAS DE LA TOUR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6160_FicheESSMS/fr/foyer-du-mas-de-la-tour</t>
+  </si>
+  <si>
+    <t>6160_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46150 CATUS</t>
+  </si>
+  <si>
+    <t>CATUS</t>
+  </si>
+  <si>
+    <t>460780166</t>
+  </si>
+  <si>
+    <t>EHPAD LE MOUTIER NOTRE DAME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6188_FicheESSMS/fr/ehpad-le-moutier-notre-dame</t>
+  </si>
+  <si>
+    <t>6188_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46120 LACAPELLE MARIVAL</t>
+  </si>
+  <si>
+    <t>LACAPELLE MARIVAL</t>
+  </si>
+  <si>
+    <t>460780406</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE VALPRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6394_FicheESSMS/fr/ehpad-residence-valpre</t>
+  </si>
+  <si>
+    <t>6394_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46110 VAYRAC</t>
+  </si>
+  <si>
+    <t>VAYRAC</t>
+  </si>
+  <si>
+    <t>460781677</t>
+  </si>
+  <si>
+    <t>CENTRE DEPARTEMENTAL ENFANCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6609_FicheESSMS/fr/centre-departemental-enfance</t>
+  </si>
+  <si>
+    <t>6609_FicheESSMS</t>
+  </si>
+  <si>
+    <t>327 Chemin Chemin  Communal De Bégoux</t>
+  </si>
+  <si>
+    <t>Foyer de l'Enfance</t>
+  </si>
+  <si>
+    <t>460780372</t>
+  </si>
+  <si>
+    <t>EHPAD LES CONSULS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6676_FicheESSMS/fr/ehpad-les-consuls</t>
+  </si>
+  <si>
+    <t>6676_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46600 MARTEL</t>
+  </si>
+  <si>
+    <t>MARTEL</t>
+  </si>
+  <si>
+    <t>460780299</t>
+  </si>
+  <si>
+    <t>IME LES ROITELETS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6887_FicheESSMS/fr/ime-les-roitelets</t>
+  </si>
+  <si>
+    <t>6887_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46100 FONS</t>
+  </si>
+  <si>
+    <t>FONS</t>
+  </si>
+  <si>
+    <t>460780182</t>
+  </si>
+  <si>
+    <t>SESSAD L'ENVOL- SITE DE CAHORS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7095_FicheESSMS/fr/sessad-l-envol-site-de-cahors</t>
+  </si>
+  <si>
+    <t>7095_FicheESSMS</t>
+  </si>
+  <si>
+    <t>460006133</t>
+  </si>
+  <si>
+    <t>SESSAD L'ENVOL -SITE DE FIGEAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7094_FicheESSMS/fr/sessad-l-envol-site-de-figeac</t>
+  </si>
+  <si>
+    <t>7094_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Plancat</t>
+  </si>
+  <si>
+    <t>460005721</t>
+  </si>
+  <si>
+    <t>EHPA RESIDENCE  BATAILLÉ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7863_FicheESSMS/fr/ehpa-residence-bataille</t>
+  </si>
+  <si>
+    <t>7863_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Chemin De Bataillé</t>
+  </si>
+  <si>
+    <t>EHPA ne percevant pas des crédits d'assurance maladie</t>
+  </si>
+  <si>
+    <t>460007925</t>
+  </si>
+  <si>
+    <t>EHPAD LE  BATAILLÉ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7862_FicheESSMS/fr/ehpad-le-bataille</t>
+  </si>
+  <si>
+    <t>7862_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Chemin Du Bataillé</t>
+  </si>
+  <si>
+    <t>460004989</t>
+  </si>
+  <si>
+    <t>EHPAD LES RESIDENCES DU QUERCY BLANC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8027_FicheESSMS/fr/ehpad-les-residences-du-quercy-blanc</t>
+  </si>
+  <si>
+    <t>8027_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51 Boulevard Jacques Chapou</t>
+  </si>
+  <si>
+    <t>46800 MONTCUQ EN QUERCY BLANC</t>
+  </si>
+  <si>
+    <t>MONTCUQ EN QUERCY BLANC</t>
+  </si>
+  <si>
+    <t>460780307</t>
+  </si>
+  <si>
+    <t>LES RESIDENCES DU QUERCY BLANC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8026_FicheESSMS/fr/les-residences-du-quercy-blanc</t>
+  </si>
+  <si>
+    <t>8026_FicheESSMS</t>
+  </si>
+  <si>
+    <t>126 Chemin Des Cornus</t>
+  </si>
+  <si>
+    <t>460780281</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE "LA CERISAIE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8777_FicheESSMS/fr/residence-autonomie-la-cerisaie</t>
+  </si>
+  <si>
+    <t>8777_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Des Ecoles</t>
+  </si>
+  <si>
+    <t>46110 LE VIGNON EN QUERCY</t>
+  </si>
+  <si>
+    <t>LE VIGNON EN QUERCY</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>460003569</t>
+  </si>
+  <si>
+    <t>CADA WELCOME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8885_FicheESSMS/fr/cada-welcome</t>
+  </si>
+  <si>
+    <t>8885_FicheESSMS</t>
+  </si>
+  <si>
+    <t>331 Boulevard De La Madeleine</t>
+  </si>
+  <si>
+    <t>46300 GOURDON</t>
+  </si>
+  <si>
+    <t>GOURDON</t>
+  </si>
+  <si>
+    <t>460006927</t>
+  </si>
+  <si>
+    <t>FJT LOT POUR TOITS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9346_FicheESSMS/fr/fjt-lot-pour-toits</t>
+  </si>
+  <si>
+    <t>9346_FicheESSMS</t>
+  </si>
+  <si>
+    <t>188 Avenue Jean Jaures</t>
+  </si>
+  <si>
+    <t>460780224</t>
+  </si>
+  <si>
+    <t>SAD AZALEE DOMICILE SERVICES FIGEAC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9939_FicheESSMS/fr/sad-azalee-domicile-services-figeac</t>
+  </si>
+  <si>
+    <t>9939_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Rue Du Faubourg Du Pin</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>460007545</t>
+  </si>
+  <si>
+    <t>FJT  LES SOLEIHOS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10433_FicheESSMS/fr/fjt-les-soleihos</t>
+  </si>
+  <si>
+    <t>10433_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Avenue Bernard Fontanges</t>
+  </si>
+  <si>
+    <t>460006935</t>
+  </si>
+  <si>
+    <t>RESIDENCE DES PINS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10600_FicheESSMS/fr/residence-des-pins</t>
+  </si>
+  <si>
+    <t>10600_FicheESSMS</t>
+  </si>
+  <si>
+    <t>89 Avenue Maryse Bastie</t>
+  </si>
+  <si>
+    <t>460781628</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE  D'OLT CAHORS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10599_FicheESSMS/fr/ehpad-residence-d-olt-cahors</t>
+  </si>
+  <si>
+    <t>10599_FicheESSMS</t>
+  </si>
+  <si>
+    <t>460005374</t>
+  </si>
+  <si>
+    <t>EHPAD LOUIS CONTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10868_FicheESSMS/fr/ehpad-louis-conte</t>
+  </si>
+  <si>
+    <t>10868_FicheESSMS</t>
+  </si>
+  <si>
+    <t>150 Avenue Francois Souladie</t>
+  </si>
+  <si>
+    <t>460785850</t>
+  </si>
+  <si>
+    <t>EHPAD CHARLES DE GAULLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10867_FicheESSMS/fr/ehpad-charles-de-gaulle</t>
+  </si>
+  <si>
+    <t>10867_FicheESSMS</t>
+  </si>
+  <si>
+    <t>460786569</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE "LES CEDRES"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11868_FicheESSMS/fr/foyer-de-vie-les-cedres</t>
+  </si>
+  <si>
+    <t>11868_FicheESSMS</t>
+  </si>
+  <si>
+    <t>460006687</t>
+  </si>
+  <si>
+    <t>EAM LES CEDRES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11867_FicheESSMS/fr/eam-les-cedres</t>
+  </si>
+  <si>
+    <t>11867_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Avenue Georges Clemenceau</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>460782725</t>
+  </si>
+  <si>
+    <t>S.A.V.S. APEAI -ADAR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11866_FicheESSMS/fr/s-a-v-s-apeai-adar</t>
+  </si>
+  <si>
+    <t>11866_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Germain Petitjean</t>
+  </si>
+  <si>
+    <t>460006695</t>
+  </si>
+  <si>
+    <t>S.A.M.S.A.H</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11865_FicheESSMS/fr/s-a-m-s-a-h</t>
+  </si>
+  <si>
+    <t>11865_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Germain Petit Jean</t>
+  </si>
+  <si>
+    <t>460005689</t>
+  </si>
+  <si>
+    <t>ESAT "L'ABEILLE"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11864_FicheESSMS/fr/esat-l-abeille</t>
+  </si>
+  <si>
+    <t>11864_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue De Londieu</t>
+  </si>
+  <si>
+    <t>46103 FIGEAC</t>
+  </si>
+  <si>
+    <t>460786486</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERGEMENT ARC EN CIEL FIGEAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11863_FicheESSMS/fr/foyer-d-hebergement-arc-en-ciel-figeac</t>
+  </si>
+  <si>
+    <t>11863_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Avenue J Loubet</t>
+  </si>
+  <si>
+    <t>460787286</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE LE GALAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12234_FicheESSMS/fr/residence-autonomie-le-galau</t>
+  </si>
+  <si>
+    <t>12234_FicheESSMS</t>
+  </si>
+  <si>
+    <t>460782584</t>
+  </si>
+  <si>
+    <t>CSAPA "LE PEYRY"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12543_FicheESSMS/fr/csapa-le-peyry</t>
+  </si>
+  <si>
+    <t>12543_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46170 LHOSPITALET</t>
+  </si>
+  <si>
+    <t>LHOSPITALET</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>460780273</t>
+  </si>
+  <si>
+    <t>EHPAD LES BALCONS DU LOT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12913_FicheESSMS/fr/ehpad-les-balcons-du-lot</t>
+  </si>
+  <si>
+    <t>12913_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Soeur Marguerite Meynen</t>
+  </si>
+  <si>
+    <t>46220 PRAYSSAC</t>
+  </si>
+  <si>
+    <t>PRAYSSAC</t>
+  </si>
+  <si>
+    <t>460780315</t>
+  </si>
+  <si>
+    <t>RESID, AUTONOMIE  "LES QUATRE SAISONS"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12938_FicheESSMS/fr/resid-autonomie-les-quatre-saisons</t>
+  </si>
+  <si>
+    <t>12938_FicheESSMS</t>
+  </si>
+  <si>
+    <t>88 Chemin De La Vaysse</t>
+  </si>
+  <si>
+    <t>46350 PAYRAC</t>
+  </si>
+  <si>
+    <t>PAYRAC</t>
+  </si>
+  <si>
+    <t>460003189</t>
+  </si>
+  <si>
+    <t>SERV. M.J.P.M. CAHORS UDAF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13160_FicheESSMS/fr/serv-m-j-p-m-cahors-udaf</t>
+  </si>
+  <si>
+    <t>13160_FicheESSMS</t>
+  </si>
+  <si>
+    <t>159 Rue Du Pape Jean Xxiii</t>
+  </si>
+  <si>
+    <t>46003 CAHORS CEDEX 9</t>
+  </si>
+  <si>
+    <t>460005846</t>
+  </si>
+  <si>
+    <t>Département de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Code Finess de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Équipe accréditée</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CH JEAN ROUGIER CAHORS  (46)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578546/fr/equipe-d-anesthesie-reanimation-ch-jean-rougier-cahors-46</t>
+  </si>
+  <si>
+    <t>p_3578546</t>
+  </si>
+  <si>
+    <t>23 December 2024</t>
+  </si>
+  <si>
+    <t>Docteur Karima ZOGHLAMI, Docteur Zeineb KRAIEM, Docteur Mustapha BOUDER, Docteur Ebrahim EBRAHIMI, Docteur ALBERTO GALLEGO CASILDA, Docteur Dominique BOZZOLO-GRIGIS</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>HAD 46</t>
+  </si>
+  <si>
+    <t>22/05/2025 15:37:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5408_FicheEtablissement/fr/had-46-figeac</t>
+  </si>
+  <si>
+    <t>5408_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>35 Allée Victor Hugo</t>
+  </si>
+  <si>
+    <t>0565100446</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>460007404</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE DE SOINS DE SUITE ET DE READAPTATION NOTRE DAME</t>
+  </si>
+  <si>
+    <t>25/03/2025 14:46:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1501_FicheEtablissement/fr/cssr-notre-dame-bretenoux</t>
+  </si>
+  <si>
+    <t>1501_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>119 Rue Du Moulin De Cere</t>
+  </si>
+  <si>
+    <t>46130 BRETENOUX</t>
+  </si>
+  <si>
+    <t>BRETENOUX</t>
+  </si>
+  <si>
+    <t>0565102030</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>460006083</t>
+  </si>
+  <si>
+    <t>Établissements certifiés sous conditions</t>
+  </si>
+  <si>
+    <t>HC HDJ AMBU ADULT ICM CAHORS CHS JP FALRET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1499_FicheEtablissement/fr/hc-hdj-ambu-adult-icm-cahors</t>
+  </si>
+  <si>
+    <t>1499_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>125 Rue Pierre Bourthoumieux</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>460005507</t>
+  </si>
+  <si>
+    <t>CHS JP FALRET LEYME PSY ET SMR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1504_FicheEtablissement/fr/chs-jp-falret-leyme-psy-et-smr</t>
+  </si>
+  <si>
+    <t>1504_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>375 Route De Lacapelle Marival</t>
+  </si>
+  <si>
+    <t>Psychiatrie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>460780554</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER FIGEAC SITE MARTIN MALVY</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1493_FicheEtablissement/fr/ch-figeac-site-martin-malvy</t>
+  </si>
+  <si>
+    <t>1493_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Esplanade Martin Malvy</t>
+  </si>
+  <si>
+    <t>46106 FIGEAC</t>
+  </si>
+  <si>
+    <t>0565506550</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Réanimation</t>
+  </si>
+  <si>
+    <t>460000045</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER SAINT CERE (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1494_FicheEtablissement/fr/ch-st-jacques-st-cere</t>
+  </si>
+  <si>
+    <t>1494_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>11 Avenue Docteur Roux</t>
+  </si>
+  <si>
+    <t>46400 ST CERE</t>
+  </si>
+  <si>
+    <t>ST CERE</t>
+  </si>
+  <si>
+    <t>0565104000</t>
+  </si>
+  <si>
+    <t>Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>460000052</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER JEAN ROUGIER CAHORS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1497_FicheEtablissement/fr/ch-jean-rougier-cahors</t>
+  </si>
+  <si>
+    <t>1497_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>52 Place Antonin Bergon</t>
+  </si>
+  <si>
+    <t>46005 CAHORS CEDEX 9</t>
+  </si>
+  <si>
+    <t>0565205050</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER JEAN COULON GOURDON</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1496_FicheEtablissement/fr/ch-jean-coulon-gourdon</t>
+  </si>
+  <si>
+    <t>1496_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0565276527</t>
+  </si>
+  <si>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Soins de longue durée, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>460000102</t>
+  </si>
+  <si>
+    <t>CENTRE DE REEDUCATION FONCTIONNNELLE LA ROSERAIE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1495_FicheEtablissement/fr/crf-la-roseraie-montfaucon</t>
+  </si>
+  <si>
+    <t>1495_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Place De La Mairie</t>
+  </si>
+  <si>
+    <t>46240 MONTFAUCON</t>
+  </si>
+  <si>
+    <t>MONTFAUCON</t>
+  </si>
+  <si>
+    <t>0565241010</t>
+  </si>
+  <si>
+    <t>460000060</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER LOUIS CONTE GRAMAT (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1498_FicheEtablissement/fr/ch-louis-conte-gramat</t>
+  </si>
+  <si>
+    <t>1498_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0565387350</t>
+  </si>
+  <si>
+    <t>460000227</t>
+  </si>
+  <si>
+    <t>CL DU QUERCY SMR BELLEVUE CAHORS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1503_FicheEtablissement/fr/cl-du-quercy-smr-bellevue-cahors</t>
+  </si>
+  <si>
+    <t>1503_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>186 Rue Du Dr Jean Segala</t>
+  </si>
+  <si>
+    <t>0565237580</t>
+  </si>
+  <si>
+    <t>460780042</t>
+  </si>
+  <si>
+    <t>SMR BEAUSEJOUR MERCUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1502_FicheEtablissement/fr/smr-beausejour-mercues</t>
+  </si>
+  <si>
+    <t>1502_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>212 Rue Du Comte De Mosbourg</t>
+  </si>
+  <si>
+    <t>46090 MERCUES</t>
+  </si>
+  <si>
+    <t>MERCUES</t>
+  </si>
+  <si>
+    <t>0565303434</t>
+  </si>
+  <si>
+    <t>460006349</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE CENTRE HOSPITALIER SAINT CERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1507_FicheEtablissement/fr/usld-ch-st-cere</t>
+  </si>
+  <si>
+    <t>1507_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>11 Avenue Du Docteur Roux</t>
+  </si>
+  <si>
+    <t>0565380480</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>460786767</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU RELAIS CAILLAC</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1506_FicheEtablissement/fr/cl-du-relais-caillac</t>
+  </si>
+  <si>
+    <t>1506_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>46140 CAILLAC</t>
+  </si>
+  <si>
+    <t>CAILLAC</t>
+  </si>
+  <si>
+    <t>0565309797</t>
+  </si>
+  <si>
+    <t>460785900</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE CH JEAN ROUGIER CAHORS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1505_FicheEtablissement/fr/usld-ch-cahors</t>
+  </si>
+  <si>
+    <t>1505_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0565205000</t>
+  </si>
+  <si>
+    <t>460785595</t>
+  </si>
+  <si>
+    <t>AAIR UAD UDM PRAYSSAC</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3803_FicheEtablissement/fr/aair-uad-udm-prayssac</t>
+  </si>
+  <si>
+    <t>3803_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0561161100</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>460004641</t>
+  </si>
+  <si>
+    <t>AAIR UAD UDM MONTFAUCON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3806_FicheEtablissement/fr/aair-uad-udm-montfaucon</t>
+  </si>
+  <si>
+    <t>3806_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>460786478</t>
+  </si>
+  <si>
+    <t>AAIR UAD UDM FIGEAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3805_FicheEtablissement/fr/aair-uad-udm-figeac</t>
+  </si>
+  <si>
+    <t>3805_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1239 Chemin Des Cretes</t>
+  </si>
+  <si>
+    <t>460786353</t>
+  </si>
+  <si>
+    <t>AAIR UAD UDM DD CAHORS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3804_FicheEtablissement/fr/aair-uad-udm-dd-cahors</t>
+  </si>
+  <si>
+    <t>3804_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>477 Avenue Maryse Bastie</t>
+  </si>
+  <si>
+    <t>460786346</t>
+  </si>
+  <si>
+    <t>AAIR UAD UDM SAINT CERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4143_FicheEtablissement/fr/aair-uad-udm-st-cere</t>
+  </si>
+  <si>
+    <t>4143_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>11 Avenue Du Dr Roux</t>
+  </si>
+  <si>
+    <t>460006612</t>
+  </si>
+  <si>
+    <t>USLD CH FIGEAC SITE EHPAD MONTVIGUIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7639_FicheEtablissement/fr/usld-ch-figeac-site-ehpad-montviguier</t>
+  </si>
+  <si>
+    <t>7639_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>22 Rue Du Grial</t>
+  </si>
+  <si>
+    <t>0565506503</t>
+  </si>
+  <si>
+    <t>460008063</t>
+  </si>
+  <si>
+    <t>CH FIGEAC SITE FONT REDONDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7638_FicheEtablissement/fr/ch-figeac-site-font-redonde</t>
+  </si>
+  <si>
+    <t>7638_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Avenue Georges Clemenceau</t>
+  </si>
+  <si>
+    <t>460007842</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R12"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -1054,41 +2779,4541 @@
       </c>
       <c r="L12" t="s">
         <v>99</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
         <v>100</v>
       </c>
       <c r="O12" t="s">
         <v>101</v>
       </c>
       <c r="P12" t="s">
         <v>102</v>
       </c>
       <c r="Q12" t="s">
         <v>103</v>
       </c>
       <c r="R12" t="s">
         <v>104</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P59"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>105</v>
+      </c>
+      <c r="J1" t="s">
+        <v>106</v>
+      </c>
+      <c r="K1" t="s">
+        <v>107</v>
+      </c>
+      <c r="L1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N1" t="s">
+        <v>110</v>
+      </c>
+      <c r="O1" t="s">
+        <v>111</v>
+      </c>
+      <c r="P1" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>113</v>
+      </c>
+      <c r="B2" t="s">
+        <v>114</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>115</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>116</v>
+      </c>
+      <c r="H2" t="s">
+        <v>117</v>
+      </c>
+      <c r="I2" t="s">
+        <v>118</v>
+      </c>
+      <c r="J2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K2" t="s">
+        <v>119</v>
+      </c>
+      <c r="L2" t="s">
+        <v>120</v>
+      </c>
+      <c r="M2" t="s">
+        <v>121</v>
+      </c>
+      <c r="N2" t="s">
+        <v>122</v>
+      </c>
+      <c r="O2" t="s">
+        <v>123</v>
+      </c>
+      <c r="P2" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B3" t="s">
+        <v>125</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>126</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>127</v>
+      </c>
+      <c r="H3" t="s">
+        <v>128</v>
+      </c>
+      <c r="I3" t="s">
+        <v>129</v>
+      </c>
+      <c r="J3" t="s">
+        <v>130</v>
+      </c>
+      <c r="K3" t="s">
+        <v>131</v>
+      </c>
+      <c r="L3" t="s">
+        <v>120</v>
+      </c>
+      <c r="M3" t="s">
+        <v>121</v>
+      </c>
+      <c r="N3" t="s">
+        <v>132</v>
+      </c>
+      <c r="O3" t="s">
+        <v>133</v>
+      </c>
+      <c r="P3" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>113</v>
+      </c>
+      <c r="B4" t="s">
+        <v>135</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>136</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>137</v>
+      </c>
+      <c r="H4" t="s">
+        <v>138</v>
+      </c>
+      <c r="I4" t="s">
+        <v>139</v>
+      </c>
+      <c r="J4" t="s">
+        <v>140</v>
+      </c>
+      <c r="K4" t="s">
+        <v>141</v>
+      </c>
+      <c r="L4" t="s">
+        <v>120</v>
+      </c>
+      <c r="M4" t="s">
+        <v>121</v>
+      </c>
+      <c r="N4" t="s">
+        <v>122</v>
+      </c>
+      <c r="O4" t="s">
+        <v>123</v>
+      </c>
+      <c r="P4" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>113</v>
+      </c>
+      <c r="B5" t="s">
+        <v>143</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>144</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>145</v>
+      </c>
+      <c r="H5" t="s">
+        <v>146</v>
+      </c>
+      <c r="I5" t="s">
+        <v>147</v>
+      </c>
+      <c r="J5" t="s">
+        <v>130</v>
+      </c>
+      <c r="K5" t="s">
+        <v>131</v>
+      </c>
+      <c r="L5" t="s">
+        <v>120</v>
+      </c>
+      <c r="M5" t="s">
+        <v>148</v>
+      </c>
+      <c r="N5" t="s">
+        <v>149</v>
+      </c>
+      <c r="O5" t="s">
+        <v>150</v>
+      </c>
+      <c r="P5" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>113</v>
+      </c>
+      <c r="B6" t="s">
+        <v>152</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>153</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>154</v>
+      </c>
+      <c r="H6" t="s">
+        <v>155</v>
+      </c>
+      <c r="I6" t="s">
+        <v>156</v>
+      </c>
+      <c r="J6" t="s">
+        <v>130</v>
+      </c>
+      <c r="K6" t="s">
+        <v>131</v>
+      </c>
+      <c r="L6" t="s">
+        <v>120</v>
+      </c>
+      <c r="M6" t="s">
+        <v>148</v>
+      </c>
+      <c r="N6" t="s">
+        <v>157</v>
+      </c>
+      <c r="O6" t="s">
+        <v>158</v>
+      </c>
+      <c r="P6" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>113</v>
+      </c>
+      <c r="B7" t="s">
+        <v>160</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>161</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>162</v>
+      </c>
+      <c r="H7" t="s">
+        <v>163</v>
+      </c>
+      <c r="I7" t="s">
+        <v>147</v>
+      </c>
+      <c r="J7" t="s">
+        <v>130</v>
+      </c>
+      <c r="K7" t="s">
+        <v>131</v>
+      </c>
+      <c r="L7" t="s">
+        <v>120</v>
+      </c>
+      <c r="M7" t="s">
+        <v>148</v>
+      </c>
+      <c r="N7" t="s">
+        <v>132</v>
+      </c>
+      <c r="O7" t="s">
+        <v>164</v>
+      </c>
+      <c r="P7" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>113</v>
+      </c>
+      <c r="B8" t="s">
+        <v>166</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>167</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>168</v>
+      </c>
+      <c r="H8" t="s">
+        <v>169</v>
+      </c>
+      <c r="I8" t="s">
+        <v>170</v>
+      </c>
+      <c r="J8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K8" t="s">
+        <v>171</v>
+      </c>
+      <c r="L8" t="s">
+        <v>120</v>
+      </c>
+      <c r="M8" t="s">
+        <v>148</v>
+      </c>
+      <c r="N8" t="s">
+        <v>157</v>
+      </c>
+      <c r="O8" t="s">
+        <v>172</v>
+      </c>
+      <c r="P8" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>113</v>
+      </c>
+      <c r="B9" t="s">
+        <v>174</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>167</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>175</v>
+      </c>
+      <c r="H9" t="s">
+        <v>176</v>
+      </c>
+      <c r="I9" t="s">
+        <v>177</v>
+      </c>
+      <c r="J9" t="s">
+        <v>178</v>
+      </c>
+      <c r="K9" t="s">
+        <v>179</v>
+      </c>
+      <c r="L9" t="s">
+        <v>120</v>
+      </c>
+      <c r="M9" t="s">
+        <v>148</v>
+      </c>
+      <c r="N9" t="s">
+        <v>157</v>
+      </c>
+      <c r="O9" t="s">
+        <v>180</v>
+      </c>
+      <c r="P9" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>113</v>
+      </c>
+      <c r="B10" t="s">
+        <v>182</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>183</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>184</v>
+      </c>
+      <c r="H10" t="s">
+        <v>185</v>
+      </c>
+      <c r="I10" t="s">
+        <v>186</v>
+      </c>
+      <c r="J10" t="s">
+        <v>130</v>
+      </c>
+      <c r="K10" t="s">
+        <v>131</v>
+      </c>
+      <c r="L10" t="s">
+        <v>120</v>
+      </c>
+      <c r="M10" t="s">
+        <v>148</v>
+      </c>
+      <c r="N10" t="s">
+        <v>157</v>
+      </c>
+      <c r="O10" t="s">
+        <v>187</v>
+      </c>
+      <c r="P10" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>113</v>
+      </c>
+      <c r="B11" t="s">
+        <v>189</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>190</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>191</v>
+      </c>
+      <c r="H11" t="s">
+        <v>192</v>
+      </c>
+      <c r="I11" t="s">
+        <v>193</v>
+      </c>
+      <c r="J11" t="s">
+        <v>20</v>
+      </c>
+      <c r="K11" t="s">
+        <v>194</v>
+      </c>
+      <c r="L11" t="s">
+        <v>120</v>
+      </c>
+      <c r="M11" t="s">
+        <v>148</v>
+      </c>
+      <c r="N11" t="s">
+        <v>195</v>
+      </c>
+      <c r="O11" t="s">
+        <v>196</v>
+      </c>
+      <c r="P11" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>113</v>
+      </c>
+      <c r="B12" t="s">
+        <v>198</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>190</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>199</v>
+      </c>
+      <c r="H12" t="s">
+        <v>200</v>
+      </c>
+      <c r="I12" t="s">
+        <v>170</v>
+      </c>
+      <c r="J12" t="s">
+        <v>20</v>
+      </c>
+      <c r="K12" t="s">
+        <v>171</v>
+      </c>
+      <c r="L12" t="s">
+        <v>120</v>
+      </c>
+      <c r="M12" t="s">
+        <v>148</v>
+      </c>
+      <c r="N12" t="s">
+        <v>195</v>
+      </c>
+      <c r="O12" t="s">
+        <v>196</v>
+      </c>
+      <c r="P12" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>113</v>
+      </c>
+      <c r="B13" t="s">
+        <v>202</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>203</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>204</v>
+      </c>
+      <c r="H13" t="s">
+        <v>205</v>
+      </c>
+      <c r="I13" t="s">
+        <v>177</v>
+      </c>
+      <c r="J13" t="s">
+        <v>178</v>
+      </c>
+      <c r="K13" t="s">
+        <v>179</v>
+      </c>
+      <c r="L13" t="s">
+        <v>120</v>
+      </c>
+      <c r="M13" t="s">
+        <v>148</v>
+      </c>
+      <c r="N13" t="s">
+        <v>157</v>
+      </c>
+      <c r="O13" t="s">
+        <v>187</v>
+      </c>
+      <c r="P13" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>113</v>
+      </c>
+      <c r="B14" t="s">
+        <v>207</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>208</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>209</v>
+      </c>
+      <c r="H14" t="s">
+        <v>210</v>
+      </c>
+      <c r="I14" t="s">
+        <v>211</v>
+      </c>
+      <c r="J14" t="s">
+        <v>20</v>
+      </c>
+      <c r="K14" t="s">
+        <v>212</v>
+      </c>
+      <c r="L14" t="s">
+        <v>120</v>
+      </c>
+      <c r="M14" t="s">
+        <v>148</v>
+      </c>
+      <c r="N14" t="s">
+        <v>195</v>
+      </c>
+      <c r="O14" t="s">
+        <v>196</v>
+      </c>
+      <c r="P14" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>113</v>
+      </c>
+      <c r="B15" t="s">
+        <v>214</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>208</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>215</v>
+      </c>
+      <c r="H15" t="s">
+        <v>216</v>
+      </c>
+      <c r="I15" t="s">
+        <v>211</v>
+      </c>
+      <c r="J15" t="s">
+        <v>20</v>
+      </c>
+      <c r="K15" t="s">
+        <v>212</v>
+      </c>
+      <c r="L15" t="s">
+        <v>120</v>
+      </c>
+      <c r="M15" t="s">
+        <v>148</v>
+      </c>
+      <c r="N15" t="s">
+        <v>195</v>
+      </c>
+      <c r="O15" t="s">
+        <v>217</v>
+      </c>
+      <c r="P15" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>113</v>
+      </c>
+      <c r="B16" t="s">
+        <v>219</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>208</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>220</v>
+      </c>
+      <c r="H16" t="s">
+        <v>221</v>
+      </c>
+      <c r="I16" t="s">
+        <v>211</v>
+      </c>
+      <c r="J16" t="s">
+        <v>20</v>
+      </c>
+      <c r="K16" t="s">
+        <v>212</v>
+      </c>
+      <c r="L16" t="s">
+        <v>120</v>
+      </c>
+      <c r="M16" t="s">
+        <v>148</v>
+      </c>
+      <c r="N16" t="s">
+        <v>195</v>
+      </c>
+      <c r="O16" t="s">
+        <v>222</v>
+      </c>
+      <c r="P16" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>113</v>
+      </c>
+      <c r="B17" t="s">
+        <v>224</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>225</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>226</v>
+      </c>
+      <c r="H17" t="s">
+        <v>227</v>
+      </c>
+      <c r="I17" t="s">
+        <v>130</v>
+      </c>
+      <c r="J17" t="s">
+        <v>20</v>
+      </c>
+      <c r="K17" t="s">
+        <v>131</v>
+      </c>
+      <c r="L17" t="s">
+        <v>120</v>
+      </c>
+      <c r="M17" t="s">
+        <v>148</v>
+      </c>
+      <c r="N17" t="s">
+        <v>122</v>
+      </c>
+      <c r="O17" t="s">
+        <v>228</v>
+      </c>
+      <c r="P17" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>113</v>
+      </c>
+      <c r="B18" t="s">
+        <v>230</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>231</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>232</v>
+      </c>
+      <c r="H18" t="s">
+        <v>233</v>
+      </c>
+      <c r="I18" t="s">
+        <v>234</v>
+      </c>
+      <c r="J18" t="s">
+        <v>235</v>
+      </c>
+      <c r="K18" t="s">
+        <v>236</v>
+      </c>
+      <c r="L18" t="s">
+        <v>120</v>
+      </c>
+      <c r="M18" t="s">
+        <v>148</v>
+      </c>
+      <c r="N18" t="s">
+        <v>195</v>
+      </c>
+      <c r="O18" t="s">
+        <v>237</v>
+      </c>
+      <c r="P18" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>113</v>
+      </c>
+      <c r="B19" t="s">
+        <v>239</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>240</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>241</v>
+      </c>
+      <c r="H19" t="s">
+        <v>242</v>
+      </c>
+      <c r="I19" t="s">
+        <v>243</v>
+      </c>
+      <c r="J19" t="s">
+        <v>130</v>
+      </c>
+      <c r="K19" t="s">
+        <v>131</v>
+      </c>
+      <c r="L19" t="s">
+        <v>120</v>
+      </c>
+      <c r="M19" t="s">
+        <v>148</v>
+      </c>
+      <c r="N19" t="s">
+        <v>244</v>
+      </c>
+      <c r="O19" t="s">
+        <v>245</v>
+      </c>
+      <c r="P19" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>113</v>
+      </c>
+      <c r="B20" t="s">
+        <v>247</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>240</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>248</v>
+      </c>
+      <c r="H20" t="s">
+        <v>249</v>
+      </c>
+      <c r="I20" t="s">
+        <v>243</v>
+      </c>
+      <c r="J20" t="s">
+        <v>130</v>
+      </c>
+      <c r="K20" t="s">
+        <v>131</v>
+      </c>
+      <c r="L20" t="s">
+        <v>120</v>
+      </c>
+      <c r="M20" t="s">
+        <v>148</v>
+      </c>
+      <c r="N20" t="s">
+        <v>244</v>
+      </c>
+      <c r="O20" t="s">
+        <v>250</v>
+      </c>
+      <c r="P20" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>113</v>
+      </c>
+      <c r="B21" t="s">
+        <v>252</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>240</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>253</v>
+      </c>
+      <c r="H21" t="s">
+        <v>254</v>
+      </c>
+      <c r="I21" t="s">
+        <v>255</v>
+      </c>
+      <c r="J21" t="s">
+        <v>256</v>
+      </c>
+      <c r="K21" t="s">
+        <v>257</v>
+      </c>
+      <c r="L21" t="s">
+        <v>120</v>
+      </c>
+      <c r="M21" t="s">
+        <v>148</v>
+      </c>
+      <c r="N21" t="s">
+        <v>195</v>
+      </c>
+      <c r="O21" t="s">
+        <v>258</v>
+      </c>
+      <c r="P21" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>113</v>
+      </c>
+      <c r="B22" t="s">
+        <v>260</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>240</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>261</v>
+      </c>
+      <c r="H22" t="s">
+        <v>262</v>
+      </c>
+      <c r="I22" t="s">
+        <v>235</v>
+      </c>
+      <c r="J22" t="s">
+        <v>20</v>
+      </c>
+      <c r="K22" t="s">
+        <v>236</v>
+      </c>
+      <c r="L22" t="s">
+        <v>120</v>
+      </c>
+      <c r="M22" t="s">
+        <v>148</v>
+      </c>
+      <c r="N22" t="s">
+        <v>195</v>
+      </c>
+      <c r="O22" t="s">
+        <v>263</v>
+      </c>
+      <c r="P22" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>113</v>
+      </c>
+      <c r="B23" t="s">
+        <v>265</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>266</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>267</v>
+      </c>
+      <c r="H23" t="s">
+        <v>268</v>
+      </c>
+      <c r="I23" t="s">
+        <v>269</v>
+      </c>
+      <c r="J23" t="s">
+        <v>20</v>
+      </c>
+      <c r="K23" t="s">
+        <v>171</v>
+      </c>
+      <c r="L23" t="s">
+        <v>120</v>
+      </c>
+      <c r="M23" t="s">
+        <v>148</v>
+      </c>
+      <c r="N23" t="s">
+        <v>122</v>
+      </c>
+      <c r="O23" t="s">
+        <v>228</v>
+      </c>
+      <c r="P23" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>113</v>
+      </c>
+      <c r="B24" t="s">
+        <v>271</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>266</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>272</v>
+      </c>
+      <c r="H24" t="s">
+        <v>273</v>
+      </c>
+      <c r="I24" t="s">
+        <v>274</v>
+      </c>
+      <c r="J24" t="s">
+        <v>269</v>
+      </c>
+      <c r="K24" t="s">
+        <v>171</v>
+      </c>
+      <c r="L24" t="s">
+        <v>120</v>
+      </c>
+      <c r="M24" t="s">
+        <v>148</v>
+      </c>
+      <c r="N24" t="s">
+        <v>275</v>
+      </c>
+      <c r="O24" t="s">
+        <v>276</v>
+      </c>
+      <c r="P24" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>113</v>
+      </c>
+      <c r="B25" t="s">
+        <v>278</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>279</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>280</v>
+      </c>
+      <c r="H25" t="s">
+        <v>281</v>
+      </c>
+      <c r="I25" t="s">
+        <v>282</v>
+      </c>
+      <c r="J25" t="s">
+        <v>283</v>
+      </c>
+      <c r="K25" t="s">
+        <v>284</v>
+      </c>
+      <c r="L25" t="s">
+        <v>120</v>
+      </c>
+      <c r="M25" t="s">
+        <v>148</v>
+      </c>
+      <c r="N25" t="s">
+        <v>122</v>
+      </c>
+      <c r="O25" t="s">
+        <v>123</v>
+      </c>
+      <c r="P25" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>113</v>
+      </c>
+      <c r="B26" t="s">
+        <v>286</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>287</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>288</v>
+      </c>
+      <c r="H26" t="s">
+        <v>289</v>
+      </c>
+      <c r="I26" t="s">
+        <v>290</v>
+      </c>
+      <c r="J26" t="s">
+        <v>20</v>
+      </c>
+      <c r="K26" t="s">
+        <v>291</v>
+      </c>
+      <c r="L26" t="s">
+        <v>120</v>
+      </c>
+      <c r="M26" t="s">
+        <v>148</v>
+      </c>
+      <c r="N26" t="s">
+        <v>195</v>
+      </c>
+      <c r="O26" t="s">
+        <v>292</v>
+      </c>
+      <c r="P26" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>113</v>
+      </c>
+      <c r="B27" t="s">
+        <v>294</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>287</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>295</v>
+      </c>
+      <c r="H27" t="s">
+        <v>296</v>
+      </c>
+      <c r="I27" t="s">
+        <v>297</v>
+      </c>
+      <c r="J27" t="s">
+        <v>20</v>
+      </c>
+      <c r="K27" t="s">
+        <v>298</v>
+      </c>
+      <c r="L27" t="s">
+        <v>120</v>
+      </c>
+      <c r="M27" t="s">
+        <v>148</v>
+      </c>
+      <c r="N27" t="s">
+        <v>195</v>
+      </c>
+      <c r="O27" t="s">
+        <v>292</v>
+      </c>
+      <c r="P27" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>113</v>
+      </c>
+      <c r="B28" t="s">
+        <v>300</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>287</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>301</v>
+      </c>
+      <c r="H28" t="s">
+        <v>302</v>
+      </c>
+      <c r="I28" t="s">
+        <v>303</v>
+      </c>
+      <c r="J28" t="s">
+        <v>20</v>
+      </c>
+      <c r="K28" t="s">
+        <v>304</v>
+      </c>
+      <c r="L28" t="s">
+        <v>120</v>
+      </c>
+      <c r="M28" t="s">
+        <v>148</v>
+      </c>
+      <c r="N28" t="s">
+        <v>195</v>
+      </c>
+      <c r="O28" t="s">
+        <v>292</v>
+      </c>
+      <c r="P28" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>113</v>
+      </c>
+      <c r="B29" t="s">
+        <v>306</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>307</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>308</v>
+      </c>
+      <c r="H29" t="s">
+        <v>309</v>
+      </c>
+      <c r="I29" t="s">
+        <v>310</v>
+      </c>
+      <c r="J29" t="s">
+        <v>20</v>
+      </c>
+      <c r="K29" t="s">
+        <v>311</v>
+      </c>
+      <c r="L29" t="s">
+        <v>120</v>
+      </c>
+      <c r="M29" t="s">
+        <v>148</v>
+      </c>
+      <c r="N29" t="s">
+        <v>122</v>
+      </c>
+      <c r="O29" t="s">
+        <v>123</v>
+      </c>
+      <c r="P29" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>113</v>
+      </c>
+      <c r="B30" t="s">
+        <v>313</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>314</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>315</v>
+      </c>
+      <c r="H30" t="s">
+        <v>316</v>
+      </c>
+      <c r="I30" t="s">
+        <v>317</v>
+      </c>
+      <c r="J30" t="s">
+        <v>20</v>
+      </c>
+      <c r="K30" t="s">
+        <v>318</v>
+      </c>
+      <c r="L30" t="s">
+        <v>120</v>
+      </c>
+      <c r="M30" t="s">
+        <v>148</v>
+      </c>
+      <c r="N30" t="s">
+        <v>122</v>
+      </c>
+      <c r="O30" t="s">
+        <v>123</v>
+      </c>
+      <c r="P30" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>113</v>
+      </c>
+      <c r="B31" t="s">
+        <v>320</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>321</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>322</v>
+      </c>
+      <c r="H31" t="s">
+        <v>323</v>
+      </c>
+      <c r="I31" t="s">
+        <v>324</v>
+      </c>
+      <c r="J31" t="s">
+        <v>130</v>
+      </c>
+      <c r="K31" t="s">
+        <v>131</v>
+      </c>
+      <c r="L31" t="s">
+        <v>120</v>
+      </c>
+      <c r="M31" t="s">
+        <v>121</v>
+      </c>
+      <c r="N31" t="s">
+        <v>132</v>
+      </c>
+      <c r="O31" t="s">
+        <v>325</v>
+      </c>
+      <c r="P31" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>113</v>
+      </c>
+      <c r="B32" t="s">
+        <v>327</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>328</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>329</v>
+      </c>
+      <c r="H32" t="s">
+        <v>330</v>
+      </c>
+      <c r="I32" t="s">
+        <v>331</v>
+      </c>
+      <c r="J32" t="s">
+        <v>20</v>
+      </c>
+      <c r="K32" t="s">
+        <v>332</v>
+      </c>
+      <c r="L32" t="s">
+        <v>120</v>
+      </c>
+      <c r="M32" t="s">
+        <v>121</v>
+      </c>
+      <c r="N32" t="s">
+        <v>122</v>
+      </c>
+      <c r="O32" t="s">
+        <v>123</v>
+      </c>
+      <c r="P32" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>113</v>
+      </c>
+      <c r="B33" t="s">
+        <v>334</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>335</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>336</v>
+      </c>
+      <c r="H33" t="s">
+        <v>337</v>
+      </c>
+      <c r="I33" t="s">
+        <v>338</v>
+      </c>
+      <c r="J33" t="s">
+        <v>20</v>
+      </c>
+      <c r="K33" t="s">
+        <v>339</v>
+      </c>
+      <c r="L33" t="s">
+        <v>120</v>
+      </c>
+      <c r="M33" t="s">
+        <v>148</v>
+      </c>
+      <c r="N33" t="s">
+        <v>244</v>
+      </c>
+      <c r="O33" t="s">
+        <v>250</v>
+      </c>
+      <c r="P33" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>113</v>
+      </c>
+      <c r="B34" t="s">
+        <v>341</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>342</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>343</v>
+      </c>
+      <c r="H34" t="s">
+        <v>344</v>
+      </c>
+      <c r="I34" t="s">
+        <v>130</v>
+      </c>
+      <c r="J34" t="s">
+        <v>20</v>
+      </c>
+      <c r="K34" t="s">
+        <v>131</v>
+      </c>
+      <c r="L34" t="s">
+        <v>120</v>
+      </c>
+      <c r="M34" t="s">
+        <v>148</v>
+      </c>
+      <c r="N34" t="s">
+        <v>244</v>
+      </c>
+      <c r="O34" t="s">
+        <v>245</v>
+      </c>
+      <c r="P34" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>113</v>
+      </c>
+      <c r="B35" t="s">
+        <v>346</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>342</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>347</v>
+      </c>
+      <c r="H35" t="s">
+        <v>348</v>
+      </c>
+      <c r="I35" t="s">
+        <v>349</v>
+      </c>
+      <c r="J35" t="s">
+        <v>170</v>
+      </c>
+      <c r="K35" t="s">
+        <v>171</v>
+      </c>
+      <c r="L35" t="s">
+        <v>120</v>
+      </c>
+      <c r="M35" t="s">
+        <v>148</v>
+      </c>
+      <c r="N35" t="s">
+        <v>244</v>
+      </c>
+      <c r="O35" t="s">
+        <v>245</v>
+      </c>
+      <c r="P35" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>113</v>
+      </c>
+      <c r="B36" t="s">
+        <v>351</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>352</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>353</v>
+      </c>
+      <c r="H36" t="s">
+        <v>354</v>
+      </c>
+      <c r="I36" t="s">
+        <v>355</v>
+      </c>
+      <c r="J36" t="s">
+        <v>170</v>
+      </c>
+      <c r="K36" t="s">
+        <v>171</v>
+      </c>
+      <c r="L36" t="s">
+        <v>120</v>
+      </c>
+      <c r="M36" t="s">
+        <v>121</v>
+      </c>
+      <c r="N36" t="s">
+        <v>122</v>
+      </c>
+      <c r="O36" t="s">
+        <v>356</v>
+      </c>
+      <c r="P36" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>113</v>
+      </c>
+      <c r="B37" t="s">
+        <v>358</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>352</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>359</v>
+      </c>
+      <c r="H37" t="s">
+        <v>360</v>
+      </c>
+      <c r="I37" t="s">
+        <v>361</v>
+      </c>
+      <c r="J37" t="s">
+        <v>170</v>
+      </c>
+      <c r="K37" t="s">
+        <v>171</v>
+      </c>
+      <c r="L37" t="s">
+        <v>120</v>
+      </c>
+      <c r="M37" t="s">
+        <v>121</v>
+      </c>
+      <c r="N37" t="s">
+        <v>122</v>
+      </c>
+      <c r="O37" t="s">
+        <v>123</v>
+      </c>
+      <c r="P37" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>113</v>
+      </c>
+      <c r="B38" t="s">
+        <v>363</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>364</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>365</v>
+      </c>
+      <c r="H38" t="s">
+        <v>366</v>
+      </c>
+      <c r="I38" t="s">
+        <v>367</v>
+      </c>
+      <c r="J38" t="s">
+        <v>368</v>
+      </c>
+      <c r="K38" t="s">
+        <v>369</v>
+      </c>
+      <c r="L38" t="s">
+        <v>120</v>
+      </c>
+      <c r="M38" t="s">
+        <v>121</v>
+      </c>
+      <c r="N38" t="s">
+        <v>122</v>
+      </c>
+      <c r="O38" t="s">
+        <v>123</v>
+      </c>
+      <c r="P38" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>113</v>
+      </c>
+      <c r="B39" t="s">
+        <v>371</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>364</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>372</v>
+      </c>
+      <c r="H39" t="s">
+        <v>373</v>
+      </c>
+      <c r="I39" t="s">
+        <v>374</v>
+      </c>
+      <c r="J39" t="s">
+        <v>256</v>
+      </c>
+      <c r="K39" t="s">
+        <v>257</v>
+      </c>
+      <c r="L39" t="s">
+        <v>120</v>
+      </c>
+      <c r="M39" t="s">
+        <v>121</v>
+      </c>
+      <c r="N39" t="s">
+        <v>122</v>
+      </c>
+      <c r="O39" t="s">
+        <v>123</v>
+      </c>
+      <c r="P39" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>113</v>
+      </c>
+      <c r="B40" t="s">
+        <v>376</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>377</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>378</v>
+      </c>
+      <c r="H40" t="s">
+        <v>379</v>
+      </c>
+      <c r="I40" t="s">
+        <v>380</v>
+      </c>
+      <c r="J40" t="s">
+        <v>381</v>
+      </c>
+      <c r="K40" t="s">
+        <v>382</v>
+      </c>
+      <c r="L40" t="s">
+        <v>120</v>
+      </c>
+      <c r="M40" t="s">
+        <v>148</v>
+      </c>
+      <c r="N40" t="s">
+        <v>122</v>
+      </c>
+      <c r="O40" t="s">
+        <v>383</v>
+      </c>
+      <c r="P40" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>113</v>
+      </c>
+      <c r="B41" t="s">
+        <v>385</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>386</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>387</v>
+      </c>
+      <c r="H41" t="s">
+        <v>388</v>
+      </c>
+      <c r="I41" t="s">
+        <v>389</v>
+      </c>
+      <c r="J41" t="s">
+        <v>390</v>
+      </c>
+      <c r="K41" t="s">
+        <v>391</v>
+      </c>
+      <c r="L41" t="s">
+        <v>120</v>
+      </c>
+      <c r="M41" t="s">
+        <v>148</v>
+      </c>
+      <c r="N41" t="s">
+        <v>157</v>
+      </c>
+      <c r="O41" t="s">
+        <v>172</v>
+      </c>
+      <c r="P41" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>113</v>
+      </c>
+      <c r="B42" t="s">
+        <v>393</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>394</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>395</v>
+      </c>
+      <c r="H42" t="s">
+        <v>396</v>
+      </c>
+      <c r="I42" t="s">
+        <v>397</v>
+      </c>
+      <c r="J42" t="s">
+        <v>130</v>
+      </c>
+      <c r="K42" t="s">
+        <v>131</v>
+      </c>
+      <c r="L42" t="s">
+        <v>120</v>
+      </c>
+      <c r="M42" t="s">
+        <v>148</v>
+      </c>
+      <c r="N42" t="s">
+        <v>157</v>
+      </c>
+      <c r="O42" t="s">
+        <v>158</v>
+      </c>
+      <c r="P42" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>113</v>
+      </c>
+      <c r="B43" t="s">
+        <v>399</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>400</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>401</v>
+      </c>
+      <c r="H43" t="s">
+        <v>402</v>
+      </c>
+      <c r="I43" t="s">
+        <v>403</v>
+      </c>
+      <c r="J43" t="s">
+        <v>170</v>
+      </c>
+      <c r="K43" t="s">
+        <v>171</v>
+      </c>
+      <c r="L43" t="s">
+        <v>120</v>
+      </c>
+      <c r="M43" t="s">
+        <v>404</v>
+      </c>
+      <c r="N43" t="s">
+        <v>405</v>
+      </c>
+      <c r="O43" t="s">
+        <v>406</v>
+      </c>
+      <c r="P43" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>113</v>
+      </c>
+      <c r="B44" t="s">
+        <v>408</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>409</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>410</v>
+      </c>
+      <c r="H44" t="s">
+        <v>411</v>
+      </c>
+      <c r="I44" t="s">
+        <v>412</v>
+      </c>
+      <c r="J44" t="s">
+        <v>170</v>
+      </c>
+      <c r="K44" t="s">
+        <v>171</v>
+      </c>
+      <c r="L44" t="s">
+        <v>120</v>
+      </c>
+      <c r="M44" t="s">
+        <v>148</v>
+      </c>
+      <c r="N44" t="s">
+        <v>157</v>
+      </c>
+      <c r="O44" t="s">
+        <v>158</v>
+      </c>
+      <c r="P44" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>113</v>
+      </c>
+      <c r="B45" t="s">
+        <v>414</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>415</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>416</v>
+      </c>
+      <c r="H45" t="s">
+        <v>417</v>
+      </c>
+      <c r="I45" t="s">
+        <v>418</v>
+      </c>
+      <c r="J45" t="s">
+        <v>130</v>
+      </c>
+      <c r="K45" t="s">
+        <v>131</v>
+      </c>
+      <c r="L45" t="s">
+        <v>120</v>
+      </c>
+      <c r="M45" t="s">
+        <v>121</v>
+      </c>
+      <c r="N45" t="s">
+        <v>122</v>
+      </c>
+      <c r="O45" t="s">
+        <v>383</v>
+      </c>
+      <c r="P45" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>113</v>
+      </c>
+      <c r="B46" t="s">
+        <v>420</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>415</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>421</v>
+      </c>
+      <c r="H46" t="s">
+        <v>422</v>
+      </c>
+      <c r="I46" t="s">
+        <v>130</v>
+      </c>
+      <c r="J46" t="s">
+        <v>20</v>
+      </c>
+      <c r="K46" t="s">
+        <v>131</v>
+      </c>
+      <c r="L46" t="s">
+        <v>120</v>
+      </c>
+      <c r="M46" t="s">
+        <v>121</v>
+      </c>
+      <c r="N46" t="s">
+        <v>122</v>
+      </c>
+      <c r="O46" t="s">
+        <v>123</v>
+      </c>
+      <c r="P46" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>113</v>
+      </c>
+      <c r="B47" t="s">
+        <v>424</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>425</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>426</v>
+      </c>
+      <c r="H47" t="s">
+        <v>427</v>
+      </c>
+      <c r="I47" t="s">
+        <v>428</v>
+      </c>
+      <c r="J47" t="s">
+        <v>193</v>
+      </c>
+      <c r="K47" t="s">
+        <v>194</v>
+      </c>
+      <c r="L47" t="s">
+        <v>120</v>
+      </c>
+      <c r="M47" t="s">
+        <v>121</v>
+      </c>
+      <c r="N47" t="s">
+        <v>122</v>
+      </c>
+      <c r="O47" t="s">
+        <v>123</v>
+      </c>
+      <c r="P47" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>113</v>
+      </c>
+      <c r="B48" t="s">
+        <v>430</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>425</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>431</v>
+      </c>
+      <c r="H48" t="s">
+        <v>432</v>
+      </c>
+      <c r="I48" t="s">
+        <v>193</v>
+      </c>
+      <c r="J48" t="s">
+        <v>20</v>
+      </c>
+      <c r="K48" t="s">
+        <v>194</v>
+      </c>
+      <c r="L48" t="s">
+        <v>120</v>
+      </c>
+      <c r="M48" t="s">
+        <v>121</v>
+      </c>
+      <c r="N48" t="s">
+        <v>122</v>
+      </c>
+      <c r="O48" t="s">
+        <v>123</v>
+      </c>
+      <c r="P48" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>113</v>
+      </c>
+      <c r="B49" t="s">
+        <v>434</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>435</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>436</v>
+      </c>
+      <c r="H49" t="s">
+        <v>437</v>
+      </c>
+      <c r="I49" t="s">
+        <v>170</v>
+      </c>
+      <c r="J49" t="s">
+        <v>20</v>
+      </c>
+      <c r="K49" t="s">
+        <v>171</v>
+      </c>
+      <c r="L49" t="s">
+        <v>120</v>
+      </c>
+      <c r="M49" t="s">
+        <v>148</v>
+      </c>
+      <c r="N49" t="s">
+        <v>195</v>
+      </c>
+      <c r="O49" t="s">
+        <v>196</v>
+      </c>
+      <c r="P49" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>113</v>
+      </c>
+      <c r="B50" t="s">
+        <v>439</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>435</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>440</v>
+      </c>
+      <c r="H50" t="s">
+        <v>441</v>
+      </c>
+      <c r="I50" t="s">
+        <v>442</v>
+      </c>
+      <c r="J50" t="s">
+        <v>170</v>
+      </c>
+      <c r="K50" t="s">
+        <v>171</v>
+      </c>
+      <c r="L50" t="s">
+        <v>120</v>
+      </c>
+      <c r="M50" t="s">
+        <v>148</v>
+      </c>
+      <c r="N50" t="s">
+        <v>195</v>
+      </c>
+      <c r="O50" t="s">
+        <v>443</v>
+      </c>
+      <c r="P50" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>113</v>
+      </c>
+      <c r="B51" t="s">
+        <v>445</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>435</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>446</v>
+      </c>
+      <c r="H51" t="s">
+        <v>447</v>
+      </c>
+      <c r="I51" t="s">
+        <v>448</v>
+      </c>
+      <c r="J51" t="s">
+        <v>170</v>
+      </c>
+      <c r="K51" t="s">
+        <v>171</v>
+      </c>
+      <c r="L51" t="s">
+        <v>120</v>
+      </c>
+      <c r="M51" t="s">
+        <v>148</v>
+      </c>
+      <c r="N51" t="s">
+        <v>195</v>
+      </c>
+      <c r="O51" t="s">
+        <v>222</v>
+      </c>
+      <c r="P51" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>113</v>
+      </c>
+      <c r="B52" t="s">
+        <v>450</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>435</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>451</v>
+      </c>
+      <c r="H52" t="s">
+        <v>452</v>
+      </c>
+      <c r="I52" t="s">
+        <v>453</v>
+      </c>
+      <c r="J52" t="s">
+        <v>170</v>
+      </c>
+      <c r="K52" t="s">
+        <v>171</v>
+      </c>
+      <c r="L52" t="s">
+        <v>120</v>
+      </c>
+      <c r="M52" t="s">
+        <v>148</v>
+      </c>
+      <c r="N52" t="s">
+        <v>195</v>
+      </c>
+      <c r="O52" t="s">
+        <v>263</v>
+      </c>
+      <c r="P52" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>113</v>
+      </c>
+      <c r="B53" t="s">
+        <v>455</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>435</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>456</v>
+      </c>
+      <c r="H53" t="s">
+        <v>457</v>
+      </c>
+      <c r="I53" t="s">
+        <v>458</v>
+      </c>
+      <c r="J53" t="s">
+        <v>459</v>
+      </c>
+      <c r="K53" t="s">
+        <v>171</v>
+      </c>
+      <c r="L53" t="s">
+        <v>120</v>
+      </c>
+      <c r="M53" t="s">
+        <v>148</v>
+      </c>
+      <c r="N53" t="s">
+        <v>195</v>
+      </c>
+      <c r="O53" t="s">
+        <v>237</v>
+      </c>
+      <c r="P53" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>113</v>
+      </c>
+      <c r="B54" t="s">
+        <v>461</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>435</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>462</v>
+      </c>
+      <c r="H54" t="s">
+        <v>463</v>
+      </c>
+      <c r="I54" t="s">
+        <v>464</v>
+      </c>
+      <c r="J54" t="s">
+        <v>170</v>
+      </c>
+      <c r="K54" t="s">
+        <v>171</v>
+      </c>
+      <c r="L54" t="s">
+        <v>120</v>
+      </c>
+      <c r="M54" t="s">
+        <v>148</v>
+      </c>
+      <c r="N54" t="s">
+        <v>195</v>
+      </c>
+      <c r="O54" t="s">
+        <v>217</v>
+      </c>
+      <c r="P54" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" t="s">
+        <v>466</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>467</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>468</v>
+      </c>
+      <c r="H55" t="s">
+        <v>469</v>
+      </c>
+      <c r="I55" t="s">
+        <v>310</v>
+      </c>
+      <c r="J55" t="s">
+        <v>20</v>
+      </c>
+      <c r="K55" t="s">
+        <v>311</v>
+      </c>
+      <c r="L55" t="s">
+        <v>120</v>
+      </c>
+      <c r="M55" t="s">
+        <v>121</v>
+      </c>
+      <c r="N55" t="s">
+        <v>122</v>
+      </c>
+      <c r="O55" t="s">
+        <v>383</v>
+      </c>
+      <c r="P55" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>113</v>
+      </c>
+      <c r="B56" t="s">
+        <v>471</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>472</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>473</v>
+      </c>
+      <c r="H56" t="s">
+        <v>474</v>
+      </c>
+      <c r="I56" t="s">
+        <v>475</v>
+      </c>
+      <c r="J56" t="s">
+        <v>20</v>
+      </c>
+      <c r="K56" t="s">
+        <v>476</v>
+      </c>
+      <c r="L56" t="s">
+        <v>120</v>
+      </c>
+      <c r="M56" t="s">
+        <v>148</v>
+      </c>
+      <c r="N56" t="s">
+        <v>477</v>
+      </c>
+      <c r="O56" t="s">
+        <v>478</v>
+      </c>
+      <c r="P56" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>113</v>
+      </c>
+      <c r="B57" t="s">
+        <v>480</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>481</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>482</v>
+      </c>
+      <c r="H57" t="s">
+        <v>483</v>
+      </c>
+      <c r="I57" t="s">
+        <v>484</v>
+      </c>
+      <c r="J57" t="s">
+        <v>485</v>
+      </c>
+      <c r="K57" t="s">
+        <v>486</v>
+      </c>
+      <c r="L57" t="s">
+        <v>120</v>
+      </c>
+      <c r="M57" t="s">
+        <v>121</v>
+      </c>
+      <c r="N57" t="s">
+        <v>122</v>
+      </c>
+      <c r="O57" t="s">
+        <v>123</v>
+      </c>
+      <c r="P57" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>113</v>
+      </c>
+      <c r="B58" t="s">
+        <v>488</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>489</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>490</v>
+      </c>
+      <c r="H58" t="s">
+        <v>491</v>
+      </c>
+      <c r="I58" t="s">
+        <v>492</v>
+      </c>
+      <c r="J58" t="s">
+        <v>493</v>
+      </c>
+      <c r="K58" t="s">
+        <v>494</v>
+      </c>
+      <c r="L58" t="s">
+        <v>120</v>
+      </c>
+      <c r="M58" t="s">
+        <v>404</v>
+      </c>
+      <c r="N58" t="s">
+        <v>122</v>
+      </c>
+      <c r="O58" t="s">
+        <v>383</v>
+      </c>
+      <c r="P58" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>113</v>
+      </c>
+      <c r="B59" t="s">
+        <v>496</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>497</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>498</v>
+      </c>
+      <c r="H59" t="s">
+        <v>499</v>
+      </c>
+      <c r="I59" t="s">
+        <v>500</v>
+      </c>
+      <c r="J59" t="s">
+        <v>501</v>
+      </c>
+      <c r="K59" t="s">
+        <v>30</v>
+      </c>
+      <c r="L59" t="s">
+        <v>120</v>
+      </c>
+      <c r="M59" t="s">
+        <v>148</v>
+      </c>
+      <c r="N59" t="s">
+        <v>149</v>
+      </c>
+      <c r="O59" t="s">
+        <v>150</v>
+      </c>
+      <c r="P59" t="s">
+        <v>502</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>13</v>
+      </c>
+      <c r="J1" t="s">
+        <v>14</v>
+      </c>
+      <c r="K1" t="s">
+        <v>503</v>
+      </c>
+      <c r="L1" t="s">
+        <v>504</v>
+      </c>
+      <c r="M1" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>505</v>
+      </c>
+      <c r="B2" t="s">
+        <v>506</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>507</v>
+      </c>
+      <c r="H2" t="s">
+        <v>508</v>
+      </c>
+      <c r="I2" t="s">
+        <v>509</v>
+      </c>
+      <c r="J2" t="s">
+        <v>28</v>
+      </c>
+      <c r="K2" t="s">
+        <v>120</v>
+      </c>
+      <c r="L2" t="s">
+        <v>31</v>
+      </c>
+      <c r="M2" t="s">
+        <v>510</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:M1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T23"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>511</v>
+      </c>
+      <c r="J1" t="s">
+        <v>105</v>
+      </c>
+      <c r="K1" t="s">
+        <v>512</v>
+      </c>
+      <c r="L1" t="s">
+        <v>107</v>
+      </c>
+      <c r="M1" t="s">
+        <v>108</v>
+      </c>
+      <c r="N1" t="s">
+        <v>513</v>
+      </c>
+      <c r="O1" t="s">
+        <v>514</v>
+      </c>
+      <c r="P1" t="s">
+        <v>515</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>516</v>
+      </c>
+      <c r="R1" t="s">
+        <v>109</v>
+      </c>
+      <c r="S1" t="s">
+        <v>517</v>
+      </c>
+      <c r="T1" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>519</v>
+      </c>
+      <c r="B2" t="s">
+        <v>520</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>521</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>522</v>
+      </c>
+      <c r="H2" t="s">
+        <v>523</v>
+      </c>
+      <c r="I2" t="s">
+        <v>524</v>
+      </c>
+      <c r="J2" t="s">
+        <v>525</v>
+      </c>
+      <c r="K2" t="s">
+        <v>170</v>
+      </c>
+      <c r="L2" t="s">
+        <v>171</v>
+      </c>
+      <c r="M2" t="s">
+        <v>120</v>
+      </c>
+      <c r="N2" t="s">
+        <v>526</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>527</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>528</v>
+      </c>
+      <c r="R2" t="s">
+        <v>527</v>
+      </c>
+      <c r="S2" t="s">
+        <v>529</v>
+      </c>
+      <c r="T2" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>519</v>
+      </c>
+      <c r="B3" t="s">
+        <v>531</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>532</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>533</v>
+      </c>
+      <c r="H3" t="s">
+        <v>534</v>
+      </c>
+      <c r="I3" t="s">
+        <v>524</v>
+      </c>
+      <c r="J3" t="s">
+        <v>535</v>
+      </c>
+      <c r="K3" t="s">
+        <v>536</v>
+      </c>
+      <c r="L3" t="s">
+        <v>537</v>
+      </c>
+      <c r="M3" t="s">
+        <v>120</v>
+      </c>
+      <c r="N3" t="s">
+        <v>538</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>148</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>539</v>
+      </c>
+      <c r="R3" t="s">
+        <v>148</v>
+      </c>
+      <c r="S3" t="s">
+        <v>540</v>
+      </c>
+      <c r="T3" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>519</v>
+      </c>
+      <c r="B4" t="s">
+        <v>542</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>532</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>543</v>
+      </c>
+      <c r="H4" t="s">
+        <v>544</v>
+      </c>
+      <c r="I4" t="s">
+        <v>545</v>
+      </c>
+      <c r="J4" t="s">
+        <v>546</v>
+      </c>
+      <c r="K4" t="s">
+        <v>130</v>
+      </c>
+      <c r="L4" t="s">
+        <v>131</v>
+      </c>
+      <c r="M4" t="s">
+        <v>120</v>
+      </c>
+      <c r="N4" t="s">
+        <v>538</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>148</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>547</v>
+      </c>
+      <c r="R4" t="s">
+        <v>148</v>
+      </c>
+      <c r="S4" t="s">
+        <v>548</v>
+      </c>
+      <c r="T4" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>519</v>
+      </c>
+      <c r="B5" t="s">
+        <v>549</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>532</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>550</v>
+      </c>
+      <c r="H5" t="s">
+        <v>551</v>
+      </c>
+      <c r="I5" t="s">
+        <v>545</v>
+      </c>
+      <c r="J5" t="s">
+        <v>552</v>
+      </c>
+      <c r="K5" t="s">
+        <v>235</v>
+      </c>
+      <c r="L5" t="s">
+        <v>236</v>
+      </c>
+      <c r="M5" t="s">
+        <v>120</v>
+      </c>
+      <c r="N5" t="s">
+        <v>538</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>148</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>553</v>
+      </c>
+      <c r="R5" t="s">
+        <v>148</v>
+      </c>
+      <c r="S5" t="s">
+        <v>554</v>
+      </c>
+      <c r="T5" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>519</v>
+      </c>
+      <c r="B6" t="s">
+        <v>555</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>556</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>557</v>
+      </c>
+      <c r="H6" t="s">
+        <v>558</v>
+      </c>
+      <c r="I6" t="s">
+        <v>524</v>
+      </c>
+      <c r="J6" t="s">
+        <v>559</v>
+      </c>
+      <c r="K6" t="s">
+        <v>560</v>
+      </c>
+      <c r="L6" t="s">
+        <v>171</v>
+      </c>
+      <c r="M6" t="s">
+        <v>120</v>
+      </c>
+      <c r="N6" t="s">
+        <v>561</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>562</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>563</v>
+      </c>
+      <c r="R6" t="s">
+        <v>121</v>
+      </c>
+      <c r="S6" t="s">
+        <v>564</v>
+      </c>
+      <c r="T6" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>519</v>
+      </c>
+      <c r="B7" t="s">
+        <v>565</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>566</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>567</v>
+      </c>
+      <c r="H7" t="s">
+        <v>568</v>
+      </c>
+      <c r="I7" t="s">
+        <v>524</v>
+      </c>
+      <c r="J7" t="s">
+        <v>569</v>
+      </c>
+      <c r="K7" t="s">
+        <v>570</v>
+      </c>
+      <c r="L7" t="s">
+        <v>571</v>
+      </c>
+      <c r="M7" t="s">
+        <v>120</v>
+      </c>
+      <c r="N7" t="s">
+        <v>572</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>562</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>573</v>
+      </c>
+      <c r="R7" t="s">
+        <v>121</v>
+      </c>
+      <c r="S7" t="s">
+        <v>574</v>
+      </c>
+      <c r="T7" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>519</v>
+      </c>
+      <c r="B8" t="s">
+        <v>575</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>566</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>576</v>
+      </c>
+      <c r="H8" t="s">
+        <v>577</v>
+      </c>
+      <c r="I8" t="s">
+        <v>524</v>
+      </c>
+      <c r="J8" t="s">
+        <v>578</v>
+      </c>
+      <c r="K8" t="s">
+        <v>579</v>
+      </c>
+      <c r="L8" t="s">
+        <v>30</v>
+      </c>
+      <c r="M8" t="s">
+        <v>120</v>
+      </c>
+      <c r="N8" t="s">
+        <v>580</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>562</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>581</v>
+      </c>
+      <c r="R8" t="s">
+        <v>121</v>
+      </c>
+      <c r="S8" t="s">
+        <v>31</v>
+      </c>
+      <c r="T8" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>519</v>
+      </c>
+      <c r="B9" t="s">
+        <v>582</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>583</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>584</v>
+      </c>
+      <c r="H9" t="s">
+        <v>585</v>
+      </c>
+      <c r="I9" t="s">
+        <v>524</v>
+      </c>
+      <c r="J9" t="s">
+        <v>20</v>
+      </c>
+      <c r="K9" t="s">
+        <v>390</v>
+      </c>
+      <c r="L9" t="s">
+        <v>391</v>
+      </c>
+      <c r="M9" t="s">
+        <v>120</v>
+      </c>
+      <c r="N9" t="s">
+        <v>586</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>562</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>587</v>
+      </c>
+      <c r="R9" t="s">
+        <v>121</v>
+      </c>
+      <c r="S9" t="s">
+        <v>588</v>
+      </c>
+      <c r="T9" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>519</v>
+      </c>
+      <c r="B10" t="s">
+        <v>589</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>590</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>591</v>
+      </c>
+      <c r="H10" t="s">
+        <v>592</v>
+      </c>
+      <c r="I10" t="s">
+        <v>524</v>
+      </c>
+      <c r="J10" t="s">
+        <v>593</v>
+      </c>
+      <c r="K10" t="s">
+        <v>594</v>
+      </c>
+      <c r="L10" t="s">
+        <v>595</v>
+      </c>
+      <c r="M10" t="s">
+        <v>120</v>
+      </c>
+      <c r="N10" t="s">
+        <v>596</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>148</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>539</v>
+      </c>
+      <c r="R10" t="s">
+        <v>148</v>
+      </c>
+      <c r="S10" t="s">
+        <v>597</v>
+      </c>
+      <c r="T10" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>519</v>
+      </c>
+      <c r="B11" t="s">
+        <v>598</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>599</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>600</v>
+      </c>
+      <c r="H11" t="s">
+        <v>601</v>
+      </c>
+      <c r="I11" t="s">
+        <v>524</v>
+      </c>
+      <c r="J11" t="s">
+        <v>428</v>
+      </c>
+      <c r="K11" t="s">
+        <v>193</v>
+      </c>
+      <c r="L11" t="s">
+        <v>194</v>
+      </c>
+      <c r="M11" t="s">
+        <v>120</v>
+      </c>
+      <c r="N11" t="s">
+        <v>602</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>562</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>528</v>
+      </c>
+      <c r="R11" t="s">
+        <v>121</v>
+      </c>
+      <c r="S11" t="s">
+        <v>603</v>
+      </c>
+      <c r="T11" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>519</v>
+      </c>
+      <c r="B12" t="s">
+        <v>604</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>605</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>606</v>
+      </c>
+      <c r="H12" t="s">
+        <v>607</v>
+      </c>
+      <c r="I12" t="s">
+        <v>524</v>
+      </c>
+      <c r="J12" t="s">
+        <v>608</v>
+      </c>
+      <c r="K12" t="s">
+        <v>130</v>
+      </c>
+      <c r="L12" t="s">
+        <v>131</v>
+      </c>
+      <c r="M12" t="s">
+        <v>120</v>
+      </c>
+      <c r="N12" t="s">
+        <v>609</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>527</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>539</v>
+      </c>
+      <c r="R12" t="s">
+        <v>527</v>
+      </c>
+      <c r="S12" t="s">
+        <v>610</v>
+      </c>
+      <c r="T12" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>519</v>
+      </c>
+      <c r="B13" t="s">
+        <v>611</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>605</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>612</v>
+      </c>
+      <c r="H13" t="s">
+        <v>613</v>
+      </c>
+      <c r="I13" t="s">
+        <v>524</v>
+      </c>
+      <c r="J13" t="s">
+        <v>614</v>
+      </c>
+      <c r="K13" t="s">
+        <v>615</v>
+      </c>
+      <c r="L13" t="s">
+        <v>616</v>
+      </c>
+      <c r="M13" t="s">
+        <v>120</v>
+      </c>
+      <c r="N13" t="s">
+        <v>617</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>527</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>539</v>
+      </c>
+      <c r="R13" t="s">
+        <v>527</v>
+      </c>
+      <c r="S13" t="s">
+        <v>618</v>
+      </c>
+      <c r="T13" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>519</v>
+      </c>
+      <c r="B14" t="s">
+        <v>619</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>566</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>620</v>
+      </c>
+      <c r="H14" t="s">
+        <v>621</v>
+      </c>
+      <c r="I14" t="s">
+        <v>545</v>
+      </c>
+      <c r="J14" t="s">
+        <v>622</v>
+      </c>
+      <c r="K14" t="s">
+        <v>570</v>
+      </c>
+      <c r="L14" t="s">
+        <v>571</v>
+      </c>
+      <c r="M14" t="s">
+        <v>120</v>
+      </c>
+      <c r="N14" t="s">
+        <v>623</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>121</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>624</v>
+      </c>
+      <c r="R14" t="s">
+        <v>121</v>
+      </c>
+      <c r="S14" t="s">
+        <v>625</v>
+      </c>
+      <c r="T14" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>519</v>
+      </c>
+      <c r="B15" t="s">
+        <v>626</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>627</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>628</v>
+      </c>
+      <c r="H15" t="s">
+        <v>629</v>
+      </c>
+      <c r="I15" t="s">
+        <v>524</v>
+      </c>
+      <c r="J15" t="s">
+        <v>20</v>
+      </c>
+      <c r="K15" t="s">
+        <v>630</v>
+      </c>
+      <c r="L15" t="s">
+        <v>631</v>
+      </c>
+      <c r="M15" t="s">
+        <v>120</v>
+      </c>
+      <c r="N15" t="s">
+        <v>632</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>527</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>539</v>
+      </c>
+      <c r="R15" t="s">
+        <v>527</v>
+      </c>
+      <c r="S15" t="s">
+        <v>633</v>
+      </c>
+      <c r="T15" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>519</v>
+      </c>
+      <c r="B16" t="s">
+        <v>635</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>566</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>636</v>
+      </c>
+      <c r="H16" t="s">
+        <v>637</v>
+      </c>
+      <c r="I16" t="s">
+        <v>524</v>
+      </c>
+      <c r="J16" t="s">
+        <v>20</v>
+      </c>
+      <c r="K16" t="s">
+        <v>130</v>
+      </c>
+      <c r="L16" t="s">
+        <v>131</v>
+      </c>
+      <c r="M16" t="s">
+        <v>120</v>
+      </c>
+      <c r="N16" t="s">
+        <v>638</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>121</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>624</v>
+      </c>
+      <c r="R16" t="s">
+        <v>121</v>
+      </c>
+      <c r="S16" t="s">
+        <v>639</v>
+      </c>
+      <c r="T16" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>519</v>
+      </c>
+      <c r="B17" t="s">
+        <v>640</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>641</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>642</v>
+      </c>
+      <c r="H17" t="s">
+        <v>643</v>
+      </c>
+      <c r="I17" t="s">
+        <v>545</v>
+      </c>
+      <c r="J17" t="s">
+        <v>20</v>
+      </c>
+      <c r="K17" t="s">
+        <v>485</v>
+      </c>
+      <c r="L17" t="s">
+        <v>486</v>
+      </c>
+      <c r="M17" t="s">
+        <v>120</v>
+      </c>
+      <c r="N17" t="s">
+        <v>644</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>148</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>645</v>
+      </c>
+      <c r="R17" t="s">
+        <v>148</v>
+      </c>
+      <c r="S17" t="s">
+        <v>646</v>
+      </c>
+      <c r="T17" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>519</v>
+      </c>
+      <c r="B18" t="s">
+        <v>647</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>641</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>648</v>
+      </c>
+      <c r="H18" t="s">
+        <v>649</v>
+      </c>
+      <c r="I18" t="s">
+        <v>545</v>
+      </c>
+      <c r="J18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K18" t="s">
+        <v>594</v>
+      </c>
+      <c r="L18" t="s">
+        <v>595</v>
+      </c>
+      <c r="M18" t="s">
+        <v>120</v>
+      </c>
+      <c r="N18" t="s">
+        <v>644</v>
+      </c>
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>148</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>645</v>
+      </c>
+      <c r="R18" t="s">
+        <v>148</v>
+      </c>
+      <c r="S18" t="s">
+        <v>650</v>
+      </c>
+      <c r="T18" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>519</v>
+      </c>
+      <c r="B19" t="s">
+        <v>651</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>641</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>652</v>
+      </c>
+      <c r="H19" t="s">
+        <v>653</v>
+      </c>
+      <c r="I19" t="s">
+        <v>545</v>
+      </c>
+      <c r="J19" t="s">
+        <v>654</v>
+      </c>
+      <c r="K19" t="s">
+        <v>170</v>
+      </c>
+      <c r="L19" t="s">
+        <v>171</v>
+      </c>
+      <c r="M19" t="s">
+        <v>120</v>
+      </c>
+      <c r="N19" t="s">
+        <v>644</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
+        <v>148</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>645</v>
+      </c>
+      <c r="R19" t="s">
+        <v>148</v>
+      </c>
+      <c r="S19" t="s">
+        <v>655</v>
+      </c>
+      <c r="T19" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>519</v>
+      </c>
+      <c r="B20" t="s">
+        <v>656</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>641</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>657</v>
+      </c>
+      <c r="H20" t="s">
+        <v>658</v>
+      </c>
+      <c r="I20" t="s">
+        <v>545</v>
+      </c>
+      <c r="J20" t="s">
+        <v>659</v>
+      </c>
+      <c r="K20" t="s">
+        <v>130</v>
+      </c>
+      <c r="L20" t="s">
+        <v>131</v>
+      </c>
+      <c r="M20" t="s">
+        <v>120</v>
+      </c>
+      <c r="N20" t="s">
+        <v>644</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
+        <v>148</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>645</v>
+      </c>
+      <c r="R20" t="s">
+        <v>148</v>
+      </c>
+      <c r="S20" t="s">
+        <v>660</v>
+      </c>
+      <c r="T20" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>519</v>
+      </c>
+      <c r="B21" t="s">
+        <v>661</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>641</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>662</v>
+      </c>
+      <c r="H21" t="s">
+        <v>663</v>
+      </c>
+      <c r="I21" t="s">
+        <v>545</v>
+      </c>
+      <c r="J21" t="s">
+        <v>664</v>
+      </c>
+      <c r="K21" t="s">
+        <v>570</v>
+      </c>
+      <c r="L21" t="s">
+        <v>571</v>
+      </c>
+      <c r="M21" t="s">
+        <v>120</v>
+      </c>
+      <c r="N21" t="s">
+        <v>644</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>148</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>645</v>
+      </c>
+      <c r="R21" t="s">
+        <v>148</v>
+      </c>
+      <c r="S21" t="s">
+        <v>665</v>
+      </c>
+      <c r="T21" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>519</v>
+      </c>
+      <c r="B22" t="s">
+        <v>666</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>556</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>667</v>
+      </c>
+      <c r="H22" t="s">
+        <v>668</v>
+      </c>
+      <c r="I22" t="s">
+        <v>524</v>
+      </c>
+      <c r="J22" t="s">
+        <v>669</v>
+      </c>
+      <c r="K22" t="s">
+        <v>170</v>
+      </c>
+      <c r="L22" t="s">
+        <v>171</v>
+      </c>
+      <c r="M22" t="s">
+        <v>120</v>
+      </c>
+      <c r="N22" t="s">
+        <v>670</v>
+      </c>
+      <c r="O22" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" t="s">
+        <v>121</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>624</v>
+      </c>
+      <c r="R22" t="s">
+        <v>121</v>
+      </c>
+      <c r="S22" t="s">
+        <v>671</v>
+      </c>
+      <c r="T22" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>519</v>
+      </c>
+      <c r="B23" t="s">
+        <v>672</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>556</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>673</v>
+      </c>
+      <c r="H23" t="s">
+        <v>674</v>
+      </c>
+      <c r="I23" t="s">
+        <v>524</v>
+      </c>
+      <c r="J23" t="s">
+        <v>675</v>
+      </c>
+      <c r="K23" t="s">
+        <v>170</v>
+      </c>
+      <c r="L23" t="s">
+        <v>171</v>
+      </c>
+      <c r="M23" t="s">
+        <v>120</v>
+      </c>
+      <c r="N23" t="s">
+        <v>670</v>
+      </c>
+      <c r="O23" t="s">
+        <v>20</v>
+      </c>
+      <c r="P23" t="s">
+        <v>562</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>539</v>
+      </c>
+      <c r="R23" t="s">
+        <v>121</v>
+      </c>
+      <c r="S23" t="s">
+        <v>676</v>
+      </c>
+      <c r="T23" t="s">
+        <v>530</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>