--- v1 (2026-01-17)
+++ v2 (2026-03-05)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
     <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1635" uniqueCount="677">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1331" uniqueCount="557">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -266,51 +266,51 @@
   <si>
     <t>BERENICE</t>
   </si>
   <si>
     <t>15 June 2023</t>
   </si>
   <si>
     <t>Docteur Guy MARTIN</t>
   </si>
   <si>
     <t>08/11/2016 11:30:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708861/fr/docteur-guy-martin</t>
   </si>
   <si>
     <t>c_2708861</t>
   </si>
   <si>
     <t>MARTIN</t>
   </si>
   <si>
     <t>Guy</t>
   </si>
   <si>
-    <t>25 November 2021</t>
+    <t>18 December 2025</t>
   </si>
   <si>
     <t>CH FIGEAC SITE MARTIN MALVY,CH JEAN COULON GOURDON</t>
   </si>
   <si>
     <t>46106,46300</t>
   </si>
   <si>
     <t>FIGEAC,GOURDON</t>
   </si>
   <si>
     <t>460000045,460000102</t>
   </si>
   <si>
     <t>Docteur Sandra HENNEQUIN</t>
   </si>
   <si>
     <t>08/11/2016 11:34:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712165/fr/docteur-sandra-hennequin</t>
   </si>
   <si>
     <t>c_2712165</t>
   </si>
@@ -362,566 +362,602 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
-    <t>EHPAD LES LAVANDES</t>
-[...14 lines deleted...]
-    <t>PUY L EVEQUE</t>
+    <t>SERV. D.P.F. CAHORS ALISE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/993_FicheESSMS/fr/serv-d-p-f-cahors-alise</t>
+  </si>
+  <si>
+    <t>993_FicheESSMS</t>
+  </si>
+  <si>
+    <t>116 Rue Fernand Mirabel</t>
+  </si>
+  <si>
+    <t>46000 CAHORS</t>
+  </si>
+  <si>
+    <t>CAHORS</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>460784911</t>
+  </si>
+  <si>
+    <t>ASS FOYER JEUNES EN QUERCY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/835_FicheESSMS/fr/ass-foyer-jeunes-en-quercy</t>
+  </si>
+  <si>
+    <t>835_FicheESSMS</t>
+  </si>
+  <si>
+    <t>129 Rue Fondue Haute</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Foyer de Jeunes Travailleurs (résidence sociale ou non)</t>
+  </si>
+  <si>
+    <t>460781917</t>
+  </si>
+  <si>
+    <t>CHRS A.H.I.S.</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2216_FicheESSMS/fr/chrs-a-h-i-s</t>
+  </si>
+  <si>
+    <t>2216_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1091 Avenue Du Maquis</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>460782618</t>
+  </si>
+  <si>
+    <t>FOYER OCCUPATIONNEL MARTHE ROBIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2236_FicheESSMS/fr/foyer-occupationnel-marthe-robin</t>
+  </si>
+  <si>
+    <t>2236_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46500 GRAMAT</t>
+  </si>
+  <si>
+    <t>GRAMAT</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>460002918</t>
+  </si>
+  <si>
+    <t>SESSAD LE CHEMIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4864_FicheESSMS/fr/sessad-le-chemin</t>
+  </si>
+  <si>
+    <t>4864_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Rue Frederic Suisse</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>460005424</t>
+  </si>
+  <si>
+    <t>MAS LE CHEMIN D'EOLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4862_FicheESSMS/fr/mas-le-chemin-d-eole</t>
+  </si>
+  <si>
+    <t>4862_FicheESSMS</t>
+  </si>
+  <si>
+    <t>49 Chemin De Cornus Berbery</t>
+  </si>
+  <si>
+    <t>46170 CASTELNAU MONTRATIER STE A</t>
+  </si>
+  <si>
+    <t>CASTELNAU MONTRATIER STE A</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>460004849</t>
+  </si>
+  <si>
+    <t>EHPAD VAL DU CELE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/32_FicheESSMS/fr/ehpad-val-du-cele</t>
+  </si>
+  <si>
+    <t>32_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Route Des Sonneries</t>
+  </si>
+  <si>
+    <t>46270 BAGNAC SUR CELE</t>
+  </si>
+  <si>
+    <t>BAGNAC SUR CELE</t>
+  </si>
+  <si>
     <t>Public</t>
   </si>
   <si>
     <t>Personne âgée</t>
   </si>
   <si>
     <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
   </si>
   <si>
-    <t>460780323</t>
-[...52 lines deleted...]
-  <si>
     <t>460781768</t>
   </si>
   <si>
+    <t>CPH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1883_FicheESSMS/fr/cph</t>
+  </si>
+  <si>
+    <t>1883_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Impasse Des Rosiers</t>
+  </si>
+  <si>
+    <t>46160 CAJARC</t>
+  </si>
+  <si>
+    <t>CAJARC</t>
+  </si>
+  <si>
+    <t>Centre Provisoire Hébergement (C.P.H.)</t>
+  </si>
+  <si>
+    <t>460007453</t>
+  </si>
+  <si>
+    <t>FV L'OREE DU BOIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2235_FicheESSMS/fr/fv-l-oree-du-bois</t>
+  </si>
+  <si>
+    <t>2235_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46100 FIGEAC</t>
+  </si>
+  <si>
+    <t>FIGEAC</t>
+  </si>
+  <si>
+    <t>460002751</t>
+  </si>
+  <si>
+    <t>CHRS L'AUBERGE CAJARC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2807_FicheESSMS/fr/chrs-l-auberge-cajarc</t>
+  </si>
+  <si>
+    <t>2807_FicheESSMS</t>
+  </si>
+  <si>
+    <t>460784820</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE ADULTES HANDICAPEES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3091_FicheESSMS/fr/foyer-de-vie-adultes-handicapees</t>
+  </si>
+  <si>
+    <t>3091_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46140 LUZECH</t>
+  </si>
+  <si>
+    <t>LUZECH</t>
+  </si>
+  <si>
+    <t>460006711</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERGEMENT ADULTES HANDICAPES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3090_FicheESSMS/fr/foyer-d-hebergement-adultes-handicapes</t>
+  </si>
+  <si>
+    <t>3090_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>460006703</t>
+  </si>
+  <si>
+    <t>S.A.V.S. BOISSOR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3089_FicheESSMS/fr/s-a-v-s-boissor</t>
+  </si>
+  <si>
+    <t>3089_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>460005747</t>
+  </si>
+  <si>
+    <t>ESAT HORS MURS PLEIN CAP</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4848_FicheESSMS/fr/esat-hors-murs-plein-cap</t>
+  </si>
+  <si>
+    <t>4848_FicheESSMS</t>
+  </si>
+  <si>
+    <t>256 Route De Lacapelle Marival</t>
+  </si>
+  <si>
+    <t>46120 LEYME</t>
+  </si>
+  <si>
+    <t>LEYME</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>460005952</t>
+  </si>
+  <si>
+    <t>ACCUEIL DE JOUR ET DE SOINS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5725_FicheESSMS/fr/accueil-de-jour-et-de-soins</t>
+  </si>
+  <si>
+    <t>5725_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46102 FIGEAC</t>
+  </si>
+  <si>
+    <t>Centre de Jour pour Personnes Agées</t>
+  </si>
+  <si>
+    <t>460005416</t>
+  </si>
+  <si>
+    <t>EHPAD LE MOUTIER NOTRE DAME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6188_FicheESSMS/fr/ehpad-le-moutier-notre-dame</t>
+  </si>
+  <si>
+    <t>6188_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46120 LACAPELLE MARIVAL</t>
+  </si>
+  <si>
+    <t>LACAPELLE MARIVAL</t>
+  </si>
+  <si>
+    <t>460780406</t>
+  </si>
+  <si>
+    <t>EHPAD LES CONSULS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6676_FicheESSMS/fr/ehpad-les-consuls</t>
+  </si>
+  <si>
+    <t>6676_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46600 MARTEL</t>
+  </si>
+  <si>
+    <t>MARTEL</t>
+  </si>
+  <si>
+    <t>460780299</t>
+  </si>
+  <si>
+    <t>EHPA RESIDENCE  BATAILLÉ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7863_FicheESSMS/fr/ehpa-residence-bataille</t>
+  </si>
+  <si>
+    <t>7863_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Chemin De Bataillé</t>
+  </si>
+  <si>
+    <t>EHPA ne percevant pas des crédits d'assurance maladie</t>
+  </si>
+  <si>
+    <t>460007925</t>
+  </si>
+  <si>
+    <t>EHPAD LE  BATAILLÉ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7862_FicheESSMS/fr/ehpad-le-bataille</t>
+  </si>
+  <si>
+    <t>7862_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Chemin Du Bataillé</t>
+  </si>
+  <si>
+    <t>460004989</t>
+  </si>
+  <si>
+    <t>CADA WELCOME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8885_FicheESSMS/fr/cada-welcome</t>
+  </si>
+  <si>
+    <t>8885_FicheESSMS</t>
+  </si>
+  <si>
+    <t>331 Boulevard De La Madeleine</t>
+  </si>
+  <si>
+    <t>46300 GOURDON</t>
+  </si>
+  <si>
+    <t>GOURDON</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>460006927</t>
+  </si>
+  <si>
     <t>SERV. M.J.P.M. CAHORS ALISE</t>
   </si>
   <si>
     <t>10/09/2025 12:15:22</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/426_FicheESSMS/fr/serv-m-j-p-m-cahors-alise</t>
   </si>
   <si>
     <t>426_FicheESSMS</t>
   </si>
   <si>
-    <t>116 Rue Fernand Mirabel</t>
-[...4 lines deleted...]
-  <si>
     <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Service mandataire judiciaire à la protection des majeurs</t>
   </si>
   <si>
     <t>460005853</t>
   </si>
   <si>
-    <t>ASS FOYER JEUNES EN QUERCY</t>
-[...40 lines deleted...]
-  <si>
     <t>CADA PAYSAGES LOT</t>
   </si>
   <si>
-    <t>10/09/2025 12:17:18</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/1884_FicheESSMS/fr/cada-paysages-lot</t>
   </si>
   <si>
     <t>1884_FicheESSMS</t>
   </si>
   <si>
-    <t>46100 FIGEAC</t>
-[...7 lines deleted...]
-  <si>
     <t>460003239</t>
   </si>
   <si>
-    <t>CPH</t>
-[...148 lines deleted...]
-  <si>
     <t>ACCUEIL DE JOUR AUTONOME</t>
   </si>
   <si>
     <t>10/09/2025 12:19:40</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3663_FicheESSMS/fr/accueil-de-jour-autonome</t>
   </si>
   <si>
     <t>3663_FicheESSMS</t>
   </si>
   <si>
-    <t>Centre de Jour pour Personnes Agées</t>
-[...1 lines deleted...]
-  <si>
     <t>460006604</t>
   </si>
   <si>
-    <t>ESAT HORS MURS PLEIN CAP</t>
-[...49 lines deleted...]
-  <si>
     <t>IME CENTRE GENYER</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4863_FicheESSMS/fr/ime-centre-genyer</t>
   </si>
   <si>
     <t>4863_FicheESSMS</t>
   </si>
   <si>
     <t>Institut Médico-Educatif (I.M.E.)</t>
   </si>
   <si>
     <t>460780190</t>
   </si>
   <si>
-    <t>MAS LE CHEMIN D'EOLE</t>
-[...22 lines deleted...]
-  <si>
     <t>SAMSAH</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4860_FicheESSMS/fr/samsah</t>
   </si>
   <si>
     <t>4860_FicheESSMS</t>
   </si>
   <si>
     <t>Service d'accompagnement médico-social adultes handicapés</t>
   </si>
   <si>
     <t>460005259</t>
   </si>
   <si>
-    <t>ACCUEIL DE JOUR ET DE SOINS</t>
-[...16 lines deleted...]
-  <si>
     <t>SSIAD DE FIGEAC</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5724_FicheESSMS/fr/ssiad-de-figeac</t>
   </si>
   <si>
     <t>5724_FicheESSMS</t>
   </si>
   <si>
     <t>10 Avenue Des Carmes</t>
   </si>
   <si>
     <t>Personne âgée, Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
   </si>
   <si>
     <t>460785066</t>
   </si>
   <si>
-    <t>EHPAD "JACQUES DUMAS"</t>
-[...22 lines deleted...]
-  <si>
     <t>FOYER OCCUPATIONNEL LALBENQUE</t>
   </si>
   <si>
     <t>10/09/2025 12:23:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6162_FicheESSMS/fr/foyer-occupationnel-lalbenque</t>
   </si>
   <si>
     <t>6162_FicheESSMS</t>
   </si>
   <si>
     <t>46230 LALBENQUE</t>
   </si>
   <si>
     <t>LALBENQUE</t>
   </si>
   <si>
     <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
   </si>
   <si>
     <t>460786775</t>
   </si>
   <si>
     <t>FOYER OCCUPATIONNEL CAZALS</t>
@@ -938,134 +974,50 @@
   <si>
     <t>CAZALS</t>
   </si>
   <si>
     <t>460786965</t>
   </si>
   <si>
     <t>FOYER DU MAS DE LA TOUR</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6160_FicheESSMS/fr/foyer-du-mas-de-la-tour</t>
   </si>
   <si>
     <t>6160_FicheESSMS</t>
   </si>
   <si>
     <t>46150 CATUS</t>
   </si>
   <si>
     <t>CATUS</t>
   </si>
   <si>
     <t>460780166</t>
   </si>
   <si>
-    <t>EHPAD LE MOUTIER NOTRE DAME</t>
-[...82 lines deleted...]
-  <si>
     <t>IME LES ROITELETS</t>
   </si>
   <si>
     <t>10/09/2025 12:24:05</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6887_FicheESSMS/fr/ime-les-roitelets</t>
   </si>
   <si>
     <t>6887_FicheESSMS</t>
   </si>
   <si>
     <t>46100 FONS</t>
   </si>
   <si>
     <t>FONS</t>
   </si>
   <si>
     <t>460780182</t>
   </si>
   <si>
     <t>SESSAD L'ENVOL- SITE DE CAHORS</t>
   </si>
   <si>
     <t>10/09/2025 12:24:24</t>
@@ -1073,927 +1025,615 @@
   <si>
     <t>https://www.has-sante.fr/jcms/7095_FicheESSMS/fr/sessad-l-envol-site-de-cahors</t>
   </si>
   <si>
     <t>7095_FicheESSMS</t>
   </si>
   <si>
     <t>460006133</t>
   </si>
   <si>
     <t>SESSAD L'ENVOL -SITE DE FIGEAC</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7094_FicheESSMS/fr/sessad-l-envol-site-de-figeac</t>
   </si>
   <si>
     <t>7094_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue Plancat</t>
   </si>
   <si>
     <t>460005721</t>
   </si>
   <si>
-    <t>EHPA RESIDENCE  BATAILLÉ</t>
-[...142 lines deleted...]
-  <si>
     <t>SAD AZALEE DOMICILE SERVICES FIGEAC</t>
   </si>
   <si>
     <t>10/09/2025 12:26:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9939_FicheESSMS/fr/sad-azalee-domicile-services-figeac</t>
   </si>
   <si>
     <t>9939_FicheESSMS</t>
   </si>
   <si>
     <t>16 Rue Du Faubourg Du Pin</t>
   </si>
   <si>
     <t>Privé commercial</t>
   </si>
   <si>
     <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Service autonomie aide (SAA)</t>
   </si>
   <si>
     <t>460007545</t>
   </si>
   <si>
-    <t>FJT  LES SOLEIHOS</t>
-[...56 lines deleted...]
-    <t>10868_FicheESSMS</t>
+    <t>FOYER DE VIE "LES CEDRES"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11868_FicheESSMS/fr/foyer-de-vie-les-cedres</t>
+  </si>
+  <si>
+    <t>11868_FicheESSMS</t>
+  </si>
+  <si>
+    <t>460006687</t>
+  </si>
+  <si>
+    <t>S.A.V.S. APEAI -ADAR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11866_FicheESSMS/fr/s-a-v-s-apeai-adar</t>
+  </si>
+  <si>
+    <t>11866_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Germain Petitjean</t>
+  </si>
+  <si>
+    <t>460006695</t>
+  </si>
+  <si>
+    <t>S.A.M.S.A.H</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11865_FicheESSMS/fr/s-a-m-s-a-h</t>
+  </si>
+  <si>
+    <t>11865_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Germain Petit Jean</t>
+  </si>
+  <si>
+    <t>460005689</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERGEMENT ARC EN CIEL FIGEAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11863_FicheESSMS/fr/foyer-d-hebergement-arc-en-ciel-figeac</t>
+  </si>
+  <si>
+    <t>11863_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Avenue J Loubet</t>
+  </si>
+  <si>
+    <t>460787286</t>
+  </si>
+  <si>
+    <t>CSAPA "LE PEYRY"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12543_FicheESSMS/fr/csapa-le-peyry</t>
+  </si>
+  <si>
+    <t>12543_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46170 LHOSPITALET</t>
+  </si>
+  <si>
+    <t>LHOSPITALET</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>460780273</t>
+  </si>
+  <si>
+    <t>SERV. M.J.P.M. CAHORS UDAF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13160_FicheESSMS/fr/serv-m-j-p-m-cahors-udaf</t>
+  </si>
+  <si>
+    <t>13160_FicheESSMS</t>
+  </si>
+  <si>
+    <t>159 Rue Du Pape Jean Xxiii</t>
+  </si>
+  <si>
+    <t>46003 CAHORS CEDEX 9</t>
+  </si>
+  <si>
+    <t>460005846</t>
+  </si>
+  <si>
+    <t>Département de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Code Finess de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Équipe accréditée</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CH JEAN ROUGIER CAHORS  (46)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578546/fr/equipe-d-anesthesie-reanimation-ch-jean-rougier-cahors-46</t>
+  </si>
+  <si>
+    <t>p_3578546</t>
+  </si>
+  <si>
+    <t>23 December 2024</t>
+  </si>
+  <si>
+    <t>Docteur Karima ZOGHLAMI, Docteur Zeineb KRAIEM, Docteur Mustapha BOUDER, Docteur Ebrahim EBRAHIMI, Docteur ALBERTO GALLEGO CASILDA, Docteur Dominique BOZZOLO-GRIGIS</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>HAD 46</t>
+  </si>
+  <si>
+    <t>22/05/2025 15:37:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5408_FicheEtablissement/fr/had-46-figeac</t>
+  </si>
+  <si>
+    <t>5408_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>35 Allée Victor Hugo</t>
+  </si>
+  <si>
+    <t>0565100446</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>460007404</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE DE SOINS DE SUITE ET DE READAPTATION NOTRE DAME</t>
+  </si>
+  <si>
+    <t>25/03/2025 14:46:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1501_FicheEtablissement/fr/cssr-notre-dame-bretenoux</t>
+  </si>
+  <si>
+    <t>1501_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>119 Rue Du Moulin De Cere</t>
+  </si>
+  <si>
+    <t>46130 BRETENOUX</t>
+  </si>
+  <si>
+    <t>BRETENOUX</t>
+  </si>
+  <si>
+    <t>0565102030</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>460006083</t>
+  </si>
+  <si>
+    <t>Établissements certifiés sous conditions</t>
+  </si>
+  <si>
+    <t>HC HDJ AMBU ADULT ICM CAHORS CHS JP FALRET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1499_FicheEtablissement/fr/hc-hdj-ambu-adult-icm-cahors</t>
+  </si>
+  <si>
+    <t>1499_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>125 Rue Pierre Bourthoumieux</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>460005507</t>
+  </si>
+  <si>
+    <t>CHS JP FALRET LEYME PSY ET SMR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1504_FicheEtablissement/fr/chs-jp-falret-leyme-psy-et-smr</t>
+  </si>
+  <si>
+    <t>1504_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>375 Route De Lacapelle Marival</t>
+  </si>
+  <si>
+    <t>Psychiatrie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>460780554</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER FIGEAC SITE MARTIN MALVY</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1493_FicheEtablissement/fr/ch-figeac-site-martin-malvy</t>
+  </si>
+  <si>
+    <t>1493_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Esplanade Martin Malvy</t>
+  </si>
+  <si>
+    <t>46106 FIGEAC</t>
+  </si>
+  <si>
+    <t>0565506550</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Réanimation</t>
+  </si>
+  <si>
+    <t>460000045</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER SAINT CERE (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1494_FicheEtablissement/fr/ch-st-jacques-st-cere</t>
+  </si>
+  <si>
+    <t>1494_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>11 Avenue Docteur Roux</t>
+  </si>
+  <si>
+    <t>46400 ST CERE</t>
+  </si>
+  <si>
+    <t>ST CERE</t>
+  </si>
+  <si>
+    <t>0565104000</t>
+  </si>
+  <si>
+    <t>Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>460000052</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER JEAN ROUGIER CAHORS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1497_FicheEtablissement/fr/ch-jean-rougier-cahors</t>
+  </si>
+  <si>
+    <t>1497_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>52 Place Antonin Bergon</t>
+  </si>
+  <si>
+    <t>46005 CAHORS CEDEX 9</t>
+  </si>
+  <si>
+    <t>0565205050</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER JEAN COULON GOURDON</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1496_FicheEtablissement/fr/ch-jean-coulon-gourdon</t>
+  </si>
+  <si>
+    <t>1496_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0565276527</t>
+  </si>
+  <si>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Soins de longue durée, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>460000102</t>
+  </si>
+  <si>
+    <t>CENTRE DE REEDUCATION FONCTIONNNELLE LA ROSERAIE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1495_FicheEtablissement/fr/crf-la-roseraie-montfaucon</t>
+  </si>
+  <si>
+    <t>1495_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Place De La Mairie</t>
+  </si>
+  <si>
+    <t>46240 MONTFAUCON</t>
+  </si>
+  <si>
+    <t>MONTFAUCON</t>
+  </si>
+  <si>
+    <t>0565241010</t>
+  </si>
+  <si>
+    <t>460000060</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER LOUIS CONTE GRAMAT (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1498_FicheEtablissement/fr/ch-louis-conte-gramat</t>
+  </si>
+  <si>
+    <t>1498_FicheEtablissement</t>
   </si>
   <si>
     <t>150 Avenue Francois Souladie</t>
   </si>
   <si>
-    <t>460785850</t>
-[...164 lines deleted...]
-    <t>4 Rue Soeur Marguerite Meynen</t>
+    <t>0565387350</t>
+  </si>
+  <si>
+    <t>460000227</t>
+  </si>
+  <si>
+    <t>CL DU QUERCY SMR BELLEVUE CAHORS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1503_FicheEtablissement/fr/cl-du-quercy-smr-bellevue-cahors</t>
+  </si>
+  <si>
+    <t>1503_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>186 Rue Du Dr Jean Segala</t>
+  </si>
+  <si>
+    <t>0565237580</t>
+  </si>
+  <si>
+    <t>460780042</t>
+  </si>
+  <si>
+    <t>SMR BEAUSEJOUR MERCUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1502_FicheEtablissement/fr/smr-beausejour-mercues</t>
+  </si>
+  <si>
+    <t>1502_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>212 Rue Du Comte De Mosbourg</t>
+  </si>
+  <si>
+    <t>46090 MERCUES</t>
+  </si>
+  <si>
+    <t>MERCUES</t>
+  </si>
+  <si>
+    <t>0565303434</t>
+  </si>
+  <si>
+    <t>460006349</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE CENTRE HOSPITALIER SAINT CERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1507_FicheEtablissement/fr/usld-ch-st-cere</t>
+  </si>
+  <si>
+    <t>1507_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>11 Avenue Du Docteur Roux</t>
+  </si>
+  <si>
+    <t>0565380480</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>460786767</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU RELAIS CAILLAC</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1506_FicheEtablissement/fr/cl-du-relais-caillac</t>
+  </si>
+  <si>
+    <t>1506_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>46140 CAILLAC</t>
+  </si>
+  <si>
+    <t>CAILLAC</t>
+  </si>
+  <si>
+    <t>0565309797</t>
+  </si>
+  <si>
+    <t>460785900</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE CH JEAN ROUGIER CAHORS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1505_FicheEtablissement/fr/usld-ch-cahors</t>
+  </si>
+  <si>
+    <t>1505_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0565205000</t>
+  </si>
+  <si>
+    <t>460785595</t>
+  </si>
+  <si>
+    <t>AAIR UAD UDM PRAYSSAC</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3803_FicheEtablissement/fr/aair-uad-udm-prayssac</t>
+  </si>
+  <si>
+    <t>3803_FicheEtablissement</t>
   </si>
   <si>
     <t>46220 PRAYSSAC</t>
   </si>
   <si>
     <t>PRAYSSAC</t>
-  </si>
-[...469 lines deleted...]
-    <t>3803_FicheEtablissement</t>
   </si>
   <si>
     <t>0561161100</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>460004641</t>
   </si>
   <si>
     <t>AAIR UAD UDM MONTFAUCON</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3806_FicheEtablissement/fr/aair-uad-udm-montfaucon</t>
   </si>
   <si>
     <t>3806_FicheEtablissement</t>
   </si>
   <si>
     <t>460786478</t>
   </si>
   <si>
     <t>AAIR UAD UDM FIGEAC</t>
   </si>
@@ -2785,51 +2425,51 @@
       </c>
       <c r="N12" t="s">
         <v>100</v>
       </c>
       <c r="O12" t="s">
         <v>101</v>
       </c>
       <c r="P12" t="s">
         <v>102</v>
       </c>
       <c r="Q12" t="s">
         <v>103</v>
       </c>
       <c r="R12" t="s">
         <v>104</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P59"/>
+  <dimension ref="A1:P40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2870,4450 +2510,3500 @@
       <c r="B2" t="s">
         <v>114</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
         <v>115</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
         <v>116</v>
       </c>
       <c r="H2" t="s">
         <v>117</v>
       </c>
       <c r="I2" t="s">
         <v>118</v>
       </c>
       <c r="J2" t="s">
-        <v>20</v>
+        <v>119</v>
       </c>
       <c r="K2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="L2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="O2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>113</v>
       </c>
       <c r="B3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="I3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="J3" t="s">
-        <v>130</v>
+        <v>119</v>
       </c>
       <c r="K3" t="s">
+        <v>120</v>
+      </c>
+      <c r="L3" t="s">
+        <v>121</v>
+      </c>
+      <c r="M3" t="s">
+        <v>122</v>
+      </c>
+      <c r="N3" t="s">
         <v>131</v>
       </c>
-      <c r="L3" t="s">
-[...5 lines deleted...]
-      <c r="N3" t="s">
+      <c r="O3" t="s">
         <v>132</v>
       </c>
-      <c r="O3" t="s">
+      <c r="P3" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>113</v>
       </c>
       <c r="B4" t="s">
+        <v>134</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
         <v>135</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
         <v>136</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>137</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>138</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J4" t="s">
+        <v>119</v>
+      </c>
+      <c r="K4" t="s">
+        <v>120</v>
+      </c>
+      <c r="L4" t="s">
+        <v>121</v>
+      </c>
+      <c r="M4" t="s">
+        <v>122</v>
+      </c>
+      <c r="N4" t="s">
+        <v>131</v>
+      </c>
+      <c r="O4" t="s">
         <v>139</v>
       </c>
-      <c r="J4" t="s">
+      <c r="P4" t="s">
         <v>140</v>
-      </c>
-[...16 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>113</v>
       </c>
       <c r="B5" t="s">
+        <v>141</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>142</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
         <v>143</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>144</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="I5" t="s">
         <v>145</v>
       </c>
-      <c r="H5" t="s">
+      <c r="J5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K5" t="s">
         <v>146</v>
       </c>
-      <c r="I5" t="s">
+      <c r="L5" t="s">
+        <v>121</v>
+      </c>
+      <c r="M5" t="s">
+        <v>122</v>
+      </c>
+      <c r="N5" t="s">
         <v>147</v>
       </c>
-      <c r="J5" t="s">
-[...8 lines deleted...]
-      <c r="M5" t="s">
+      <c r="O5" t="s">
         <v>148</v>
       </c>
-      <c r="N5" t="s">
+      <c r="P5" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>113</v>
       </c>
       <c r="B6" t="s">
+        <v>150</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>151</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
         <v>152</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="H6" t="s">
         <v>153</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="I6" t="s">
         <v>154</v>
       </c>
-      <c r="H6" t="s">
+      <c r="J6" t="s">
+        <v>119</v>
+      </c>
+      <c r="K6" t="s">
+        <v>120</v>
+      </c>
+      <c r="L6" t="s">
+        <v>121</v>
+      </c>
+      <c r="M6" t="s">
+        <v>122</v>
+      </c>
+      <c r="N6" t="s">
         <v>155</v>
       </c>
-      <c r="I6" t="s">
+      <c r="O6" t="s">
         <v>156</v>
       </c>
-      <c r="J6" t="s">
-[...11 lines deleted...]
-      <c r="N6" t="s">
+      <c r="P6" t="s">
         <v>157</v>
-      </c>
-[...4 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>113</v>
       </c>
       <c r="B7" t="s">
+        <v>158</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>151</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>159</v>
+      </c>
+      <c r="H7" t="s">
         <v>160</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="I7" t="s">
         <v>161</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="J7" t="s">
         <v>162</v>
       </c>
-      <c r="H7" t="s">
+      <c r="K7" t="s">
         <v>163</v>
       </c>
-      <c r="I7" t="s">
+      <c r="L7" t="s">
+        <v>121</v>
+      </c>
+      <c r="M7" t="s">
+        <v>122</v>
+      </c>
+      <c r="N7" t="s">
         <v>147</v>
-      </c>
-[...13 lines deleted...]
-        <v>132</v>
       </c>
       <c r="O7" t="s">
         <v>164</v>
       </c>
       <c r="P7" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>113</v>
       </c>
       <c r="B8" t="s">
         <v>166</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
         <v>167</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
         <v>168</v>
       </c>
       <c r="H8" t="s">
         <v>169</v>
       </c>
       <c r="I8" t="s">
         <v>170</v>
       </c>
       <c r="J8" t="s">
-        <v>20</v>
+        <v>171</v>
       </c>
       <c r="K8" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="L8" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M8" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="N8" t="s">
-        <v>157</v>
+        <v>174</v>
       </c>
       <c r="O8" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="P8" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>113</v>
       </c>
       <c r="B9" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="H9" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="I9" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="J9" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="K9" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="L9" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M9" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="N9" t="s">
-        <v>157</v>
+        <v>131</v>
       </c>
       <c r="O9" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="P9" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>113</v>
       </c>
       <c r="B10" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>183</v>
+        <v>142</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="H10" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="I10" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="J10" t="s">
-        <v>130</v>
+        <v>20</v>
       </c>
       <c r="K10" t="s">
-        <v>131</v>
+        <v>190</v>
       </c>
       <c r="L10" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M10" t="s">
+        <v>122</v>
+      </c>
+      <c r="N10" t="s">
+        <v>147</v>
+      </c>
+      <c r="O10" t="s">
         <v>148</v>
       </c>
-      <c r="N10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P10" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>113</v>
       </c>
       <c r="B11" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="H11" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="I11" t="s">
-        <v>193</v>
+        <v>181</v>
       </c>
       <c r="J11" t="s">
-        <v>20</v>
+        <v>182</v>
       </c>
       <c r="K11" t="s">
-        <v>194</v>
+        <v>183</v>
       </c>
       <c r="L11" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M11" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="N11" t="s">
-        <v>195</v>
+        <v>131</v>
       </c>
       <c r="O11" t="s">
+        <v>139</v>
+      </c>
+      <c r="P11" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>113</v>
       </c>
       <c r="B12" t="s">
+        <v>197</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
         <v>198</v>
-      </c>
-[...7 lines deleted...]
-        <v>190</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
         <v>199</v>
       </c>
       <c r="H12" t="s">
         <v>200</v>
       </c>
       <c r="I12" t="s">
-        <v>170</v>
+        <v>201</v>
       </c>
       <c r="J12" t="s">
         <v>20</v>
       </c>
       <c r="K12" t="s">
-        <v>171</v>
+        <v>202</v>
       </c>
       <c r="L12" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M12" t="s">
+        <v>122</v>
+      </c>
+      <c r="N12" t="s">
+        <v>147</v>
+      </c>
+      <c r="O12" t="s">
         <v>148</v>
       </c>
-      <c r="N12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P12" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>113</v>
       </c>
       <c r="B13" t="s">
+        <v>204</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>198</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>205</v>
+      </c>
+      <c r="H13" t="s">
+        <v>206</v>
+      </c>
+      <c r="I13" t="s">
+        <v>201</v>
+      </c>
+      <c r="J13" t="s">
+        <v>20</v>
+      </c>
+      <c r="K13" t="s">
         <v>202</v>
       </c>
-      <c r="C13" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="L13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M13" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="N13" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
       <c r="O13" t="s">
-        <v>187</v>
+        <v>207</v>
       </c>
       <c r="P13" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>113</v>
       </c>
       <c r="B14" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H14" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="I14" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="J14" t="s">
         <v>20</v>
       </c>
       <c r="K14" t="s">
+        <v>202</v>
+      </c>
+      <c r="L14" t="s">
+        <v>121</v>
+      </c>
+      <c r="M14" t="s">
+        <v>122</v>
+      </c>
+      <c r="N14" t="s">
+        <v>147</v>
+      </c>
+      <c r="O14" t="s">
         <v>212</v>
-      </c>
-[...10 lines deleted...]
-        <v>196</v>
       </c>
       <c r="P14" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>113</v>
       </c>
       <c r="B15" t="s">
         <v>214</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="H15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="I15" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
       <c r="J15" t="s">
-        <v>20</v>
+        <v>219</v>
       </c>
       <c r="K15" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="L15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M15" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="N15" t="s">
-        <v>195</v>
+        <v>147</v>
       </c>
       <c r="O15" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="P15" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>113</v>
       </c>
       <c r="B16" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>208</v>
+        <v>224</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="H16" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="I16" t="s">
-        <v>211</v>
+        <v>227</v>
       </c>
       <c r="J16" t="s">
         <v>20</v>
       </c>
       <c r="K16" t="s">
-        <v>212</v>
+        <v>190</v>
       </c>
       <c r="L16" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M16" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="N16" t="s">
-        <v>195</v>
+        <v>174</v>
       </c>
       <c r="O16" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="P16" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>113</v>
       </c>
       <c r="B17" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="H17" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="I17" t="s">
-        <v>130</v>
+        <v>234</v>
       </c>
       <c r="J17" t="s">
         <v>20</v>
       </c>
       <c r="K17" t="s">
-        <v>131</v>
+        <v>235</v>
       </c>
       <c r="L17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M17" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="N17" t="s">
-        <v>122</v>
+        <v>174</v>
       </c>
       <c r="O17" t="s">
-        <v>228</v>
+        <v>175</v>
       </c>
       <c r="P17" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>113</v>
       </c>
       <c r="B18" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="H18" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
       <c r="I18" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="J18" t="s">
-        <v>235</v>
+        <v>20</v>
       </c>
       <c r="K18" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="L18" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M18" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="N18" t="s">
-        <v>195</v>
+        <v>174</v>
       </c>
       <c r="O18" t="s">
-        <v>237</v>
+        <v>175</v>
       </c>
       <c r="P18" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>113</v>
       </c>
       <c r="B19" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="H19" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="I19" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="J19" t="s">
-        <v>130</v>
+        <v>189</v>
       </c>
       <c r="K19" t="s">
-        <v>131</v>
+        <v>190</v>
       </c>
       <c r="L19" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M19" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="N19" t="s">
-        <v>244</v>
+        <v>174</v>
       </c>
       <c r="O19" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="P19" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>113</v>
       </c>
       <c r="B20" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="H20" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="I20" t="s">
-        <v>243</v>
+        <v>254</v>
       </c>
       <c r="J20" t="s">
-        <v>130</v>
+        <v>189</v>
       </c>
       <c r="K20" t="s">
-        <v>131</v>
+        <v>190</v>
       </c>
       <c r="L20" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M20" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="N20" t="s">
-        <v>244</v>
+        <v>174</v>
       </c>
       <c r="O20" t="s">
-        <v>250</v>
+        <v>175</v>
       </c>
       <c r="P20" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>113</v>
       </c>
       <c r="B21" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>240</v>
+        <v>257</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="H21" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="I21" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="J21" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="K21" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="L21" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M21" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="N21" t="s">
-        <v>195</v>
+        <v>131</v>
       </c>
       <c r="O21" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="P21" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>113</v>
       </c>
       <c r="B22" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>240</v>
+        <v>266</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="H22" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="I22" t="s">
-        <v>235</v>
+        <v>118</v>
       </c>
       <c r="J22" t="s">
-        <v>20</v>
+        <v>119</v>
       </c>
       <c r="K22" t="s">
-        <v>236</v>
+        <v>120</v>
       </c>
       <c r="L22" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M22" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="N22" t="s">
-        <v>195</v>
+        <v>269</v>
       </c>
       <c r="O22" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="P22" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>113</v>
       </c>
       <c r="B23" t="s">
-        <v>265</v>
+        <v>272</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>266</v>
+        <v>178</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="H23" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="I23" t="s">
-        <v>269</v>
+        <v>189</v>
       </c>
       <c r="J23" t="s">
         <v>20</v>
       </c>
       <c r="K23" t="s">
-        <v>171</v>
+        <v>190</v>
       </c>
       <c r="L23" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M23" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="N23" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="O23" t="s">
-        <v>228</v>
+        <v>263</v>
       </c>
       <c r="P23" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>113</v>
       </c>
       <c r="B24" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>266</v>
+        <v>277</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="H24" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="I24" t="s">
-        <v>274</v>
+        <v>119</v>
       </c>
       <c r="J24" t="s">
-        <v>269</v>
+        <v>20</v>
       </c>
       <c r="K24" t="s">
-        <v>171</v>
+        <v>120</v>
       </c>
       <c r="L24" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M24" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="N24" t="s">
-        <v>275</v>
+        <v>174</v>
       </c>
       <c r="O24" t="s">
-        <v>276</v>
+        <v>228</v>
       </c>
       <c r="P24" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>113</v>
       </c>
       <c r="B25" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>279</v>
+        <v>151</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="H25" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="I25" t="s">
-        <v>282</v>
+        <v>154</v>
       </c>
       <c r="J25" t="s">
-        <v>283</v>
+        <v>119</v>
       </c>
       <c r="K25" t="s">
+        <v>120</v>
+      </c>
+      <c r="L25" t="s">
+        <v>121</v>
+      </c>
+      <c r="M25" t="s">
+        <v>122</v>
+      </c>
+      <c r="N25" t="s">
+        <v>155</v>
+      </c>
+      <c r="O25" t="s">
         <v>284</v>
-      </c>
-[...10 lines deleted...]
-        <v>123</v>
       </c>
       <c r="P25" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>113</v>
       </c>
       <c r="B26" t="s">
         <v>286</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
+        <v>151</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
         <v>287</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="H26" t="s">
         <v>288</v>
       </c>
-      <c r="H26" t="s">
+      <c r="I26" t="s">
+        <v>219</v>
+      </c>
+      <c r="J26" t="s">
+        <v>20</v>
+      </c>
+      <c r="K26" t="s">
+        <v>220</v>
+      </c>
+      <c r="L26" t="s">
+        <v>121</v>
+      </c>
+      <c r="M26" t="s">
+        <v>122</v>
+      </c>
+      <c r="N26" t="s">
+        <v>147</v>
+      </c>
+      <c r="O26" t="s">
         <v>289</v>
       </c>
-      <c r="I26" t="s">
+      <c r="P26" t="s">
         <v>290</v>
-      </c>
-[...19 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>113</v>
       </c>
       <c r="B27" t="s">
+        <v>291</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>224</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>292</v>
+      </c>
+      <c r="H27" t="s">
+        <v>293</v>
+      </c>
+      <c r="I27" t="s">
         <v>294</v>
       </c>
-      <c r="C27" t="s">
-[...11 lines deleted...]
-      <c r="G27" t="s">
+      <c r="J27" t="s">
+        <v>227</v>
+      </c>
+      <c r="K27" t="s">
+        <v>190</v>
+      </c>
+      <c r="L27" t="s">
+        <v>121</v>
+      </c>
+      <c r="M27" t="s">
+        <v>122</v>
+      </c>
+      <c r="N27" t="s">
         <v>295</v>
       </c>
-      <c r="H27" t="s">
+      <c r="O27" t="s">
         <v>296</v>
       </c>
-      <c r="I27" t="s">
+      <c r="P27" t="s">
         <v>297</v>
-      </c>
-[...19 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>113</v>
       </c>
       <c r="B28" t="s">
+        <v>298</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>299</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
         <v>300</v>
       </c>
-      <c r="C28" t="s">
-[...11 lines deleted...]
-      <c r="G28" t="s">
+      <c r="H28" t="s">
         <v>301</v>
       </c>
-      <c r="H28" t="s">
+      <c r="I28" t="s">
         <v>302</v>
       </c>
-      <c r="I28" t="s">
+      <c r="J28" t="s">
+        <v>20</v>
+      </c>
+      <c r="K28" t="s">
         <v>303</v>
       </c>
-      <c r="J28" t="s">
-[...2 lines deleted...]
-      <c r="K28" t="s">
+      <c r="L28" t="s">
+        <v>121</v>
+      </c>
+      <c r="M28" t="s">
+        <v>122</v>
+      </c>
+      <c r="N28" t="s">
+        <v>147</v>
+      </c>
+      <c r="O28" t="s">
         <v>304</v>
-      </c>
-[...10 lines deleted...]
-        <v>292</v>
       </c>
       <c r="P28" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>113</v>
       </c>
       <c r="B29" t="s">
         <v>306</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
+        <v>299</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
         <v>307</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="H29" t="s">
         <v>308</v>
       </c>
-      <c r="H29" t="s">
+      <c r="I29" t="s">
         <v>309</v>
       </c>
-      <c r="I29" t="s">
+      <c r="J29" t="s">
+        <v>20</v>
+      </c>
+      <c r="K29" t="s">
         <v>310</v>
       </c>
-      <c r="J29" t="s">
-[...2 lines deleted...]
-      <c r="K29" t="s">
+      <c r="L29" t="s">
+        <v>121</v>
+      </c>
+      <c r="M29" t="s">
+        <v>122</v>
+      </c>
+      <c r="N29" t="s">
+        <v>147</v>
+      </c>
+      <c r="O29" t="s">
+        <v>304</v>
+      </c>
+      <c r="P29" t="s">
         <v>311</v>
-      </c>
-[...13 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>113</v>
       </c>
       <c r="B30" t="s">
+        <v>312</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>299</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
         <v>313</v>
       </c>
-      <c r="C30" t="s">
-[...5 lines deleted...]
-      <c r="E30" t="s">
+      <c r="H30" t="s">
         <v>314</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="I30" t="s">
         <v>315</v>
       </c>
-      <c r="H30" t="s">
+      <c r="J30" t="s">
+        <v>20</v>
+      </c>
+      <c r="K30" t="s">
         <v>316</v>
       </c>
-      <c r="I30" t="s">
+      <c r="L30" t="s">
+        <v>121</v>
+      </c>
+      <c r="M30" t="s">
+        <v>122</v>
+      </c>
+      <c r="N30" t="s">
+        <v>147</v>
+      </c>
+      <c r="O30" t="s">
+        <v>304</v>
+      </c>
+      <c r="P30" t="s">
         <v>317</v>
-      </c>
-[...19 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>113</v>
       </c>
       <c r="B31" t="s">
+        <v>318</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>319</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
         <v>320</v>
       </c>
-      <c r="C31" t="s">
-[...5 lines deleted...]
-      <c r="E31" t="s">
+      <c r="H31" t="s">
         <v>321</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31" t="s">
+      <c r="I31" t="s">
         <v>322</v>
       </c>
-      <c r="H31" t="s">
+      <c r="J31" t="s">
+        <v>20</v>
+      </c>
+      <c r="K31" t="s">
         <v>323</v>
       </c>
-      <c r="I31" t="s">
+      <c r="L31" t="s">
+        <v>121</v>
+      </c>
+      <c r="M31" t="s">
+        <v>122</v>
+      </c>
+      <c r="N31" t="s">
+        <v>155</v>
+      </c>
+      <c r="O31" t="s">
+        <v>284</v>
+      </c>
+      <c r="P31" t="s">
         <v>324</v>
-      </c>
-[...19 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>113</v>
       </c>
       <c r="B32" t="s">
+        <v>325</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>326</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
         <v>327</v>
       </c>
-      <c r="C32" t="s">
-[...5 lines deleted...]
-      <c r="E32" t="s">
+      <c r="H32" t="s">
         <v>328</v>
       </c>
-      <c r="F32" t="s">
-[...2 lines deleted...]
-      <c r="G32" t="s">
+      <c r="I32" t="s">
+        <v>119</v>
+      </c>
+      <c r="J32" t="s">
+        <v>20</v>
+      </c>
+      <c r="K32" t="s">
+        <v>120</v>
+      </c>
+      <c r="L32" t="s">
+        <v>121</v>
+      </c>
+      <c r="M32" t="s">
+        <v>122</v>
+      </c>
+      <c r="N32" t="s">
+        <v>155</v>
+      </c>
+      <c r="O32" t="s">
+        <v>156</v>
+      </c>
+      <c r="P32" t="s">
         <v>329</v>
-      </c>
-[...25 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>113</v>
       </c>
       <c r="B33" t="s">
+        <v>330</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>326</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>331</v>
+      </c>
+      <c r="H33" t="s">
+        <v>332</v>
+      </c>
+      <c r="I33" t="s">
+        <v>333</v>
+      </c>
+      <c r="J33" t="s">
+        <v>189</v>
+      </c>
+      <c r="K33" t="s">
+        <v>190</v>
+      </c>
+      <c r="L33" t="s">
+        <v>121</v>
+      </c>
+      <c r="M33" t="s">
+        <v>122</v>
+      </c>
+      <c r="N33" t="s">
+        <v>155</v>
+      </c>
+      <c r="O33" t="s">
+        <v>156</v>
+      </c>
+      <c r="P33" t="s">
         <v>334</v>
-      </c>
-[...40 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>113</v>
       </c>
       <c r="B34" t="s">
+        <v>335</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>336</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>337</v>
+      </c>
+      <c r="H34" t="s">
+        <v>338</v>
+      </c>
+      <c r="I34" t="s">
+        <v>339</v>
+      </c>
+      <c r="J34" t="s">
+        <v>189</v>
+      </c>
+      <c r="K34" t="s">
+        <v>190</v>
+      </c>
+      <c r="L34" t="s">
+        <v>121</v>
+      </c>
+      <c r="M34" t="s">
+        <v>340</v>
+      </c>
+      <c r="N34" t="s">
         <v>341</v>
       </c>
-      <c r="C34" t="s">
-[...5 lines deleted...]
-      <c r="E34" t="s">
+      <c r="O34" t="s">
         <v>342</v>
       </c>
-      <c r="F34" t="s">
-[...2 lines deleted...]
-      <c r="G34" t="s">
+      <c r="P34" t="s">
         <v>343</v>
-      </c>
-[...25 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>113</v>
       </c>
       <c r="B35" t="s">
+        <v>344</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>345</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
         <v>346</v>
       </c>
-      <c r="C35" t="s">
-[...11 lines deleted...]
-      <c r="G35" t="s">
+      <c r="H35" t="s">
         <v>347</v>
       </c>
-      <c r="H35" t="s">
+      <c r="I35" t="s">
+        <v>189</v>
+      </c>
+      <c r="J35" t="s">
+        <v>20</v>
+      </c>
+      <c r="K35" t="s">
+        <v>190</v>
+      </c>
+      <c r="L35" t="s">
+        <v>121</v>
+      </c>
+      <c r="M35" t="s">
+        <v>122</v>
+      </c>
+      <c r="N35" t="s">
+        <v>147</v>
+      </c>
+      <c r="O35" t="s">
+        <v>148</v>
+      </c>
+      <c r="P35" t="s">
         <v>348</v>
-      </c>
-[...22 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>113</v>
       </c>
       <c r="B36" t="s">
+        <v>349</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>345</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>350</v>
+      </c>
+      <c r="H36" t="s">
         <v>351</v>
       </c>
-      <c r="C36" t="s">
-[...5 lines deleted...]
-      <c r="E36" t="s">
+      <c r="I36" t="s">
         <v>352</v>
       </c>
-      <c r="F36" t="s">
-[...2 lines deleted...]
-      <c r="G36" t="s">
+      <c r="J36" t="s">
+        <v>189</v>
+      </c>
+      <c r="K36" t="s">
+        <v>190</v>
+      </c>
+      <c r="L36" t="s">
+        <v>121</v>
+      </c>
+      <c r="M36" t="s">
+        <v>122</v>
+      </c>
+      <c r="N36" t="s">
+        <v>147</v>
+      </c>
+      <c r="O36" t="s">
+        <v>212</v>
+      </c>
+      <c r="P36" t="s">
         <v>353</v>
-      </c>
-[...25 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>113</v>
       </c>
       <c r="B37" t="s">
+        <v>354</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>345</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>355</v>
+      </c>
+      <c r="H37" t="s">
+        <v>356</v>
+      </c>
+      <c r="I37" t="s">
+        <v>357</v>
+      </c>
+      <c r="J37" t="s">
+        <v>189</v>
+      </c>
+      <c r="K37" t="s">
+        <v>190</v>
+      </c>
+      <c r="L37" t="s">
+        <v>121</v>
+      </c>
+      <c r="M37" t="s">
+        <v>122</v>
+      </c>
+      <c r="N37" t="s">
+        <v>147</v>
+      </c>
+      <c r="O37" t="s">
+        <v>289</v>
+      </c>
+      <c r="P37" t="s">
         <v>358</v>
-      </c>
-[...40 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>113</v>
       </c>
       <c r="B38" t="s">
+        <v>359</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>345</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>360</v>
+      </c>
+      <c r="H38" t="s">
+        <v>361</v>
+      </c>
+      <c r="I38" t="s">
+        <v>362</v>
+      </c>
+      <c r="J38" t="s">
+        <v>189</v>
+      </c>
+      <c r="K38" t="s">
+        <v>190</v>
+      </c>
+      <c r="L38" t="s">
+        <v>121</v>
+      </c>
+      <c r="M38" t="s">
+        <v>122</v>
+      </c>
+      <c r="N38" t="s">
+        <v>147</v>
+      </c>
+      <c r="O38" t="s">
+        <v>207</v>
+      </c>
+      <c r="P38" t="s">
         <v>363</v>
-      </c>
-[...40 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>113</v>
       </c>
       <c r="B39" t="s">
+        <v>364</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>365</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>366</v>
+      </c>
+      <c r="H39" t="s">
+        <v>367</v>
+      </c>
+      <c r="I39" t="s">
+        <v>368</v>
+      </c>
+      <c r="J39" t="s">
+        <v>20</v>
+      </c>
+      <c r="K39" t="s">
+        <v>369</v>
+      </c>
+      <c r="L39" t="s">
+        <v>121</v>
+      </c>
+      <c r="M39" t="s">
+        <v>122</v>
+      </c>
+      <c r="N39" t="s">
+        <v>370</v>
+      </c>
+      <c r="O39" t="s">
         <v>371</v>
       </c>
-      <c r="C39" t="s">
-[...11 lines deleted...]
-      <c r="G39" t="s">
+      <c r="P39" t="s">
         <v>372</v>
-      </c>
-[...25 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>113</v>
       </c>
       <c r="B40" t="s">
+        <v>373</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>374</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>375</v>
+      </c>
+      <c r="H40" t="s">
         <v>376</v>
       </c>
-      <c r="C40" t="s">
-[...5 lines deleted...]
-      <c r="E40" t="s">
+      <c r="I40" t="s">
         <v>377</v>
       </c>
-      <c r="F40" t="s">
-[...2 lines deleted...]
-      <c r="G40" t="s">
+      <c r="J40" t="s">
         <v>378</v>
       </c>
-      <c r="H40" t="s">
+      <c r="K40" t="s">
+        <v>30</v>
+      </c>
+      <c r="L40" t="s">
+        <v>121</v>
+      </c>
+      <c r="M40" t="s">
+        <v>122</v>
+      </c>
+      <c r="N40" t="s">
+        <v>269</v>
+      </c>
+      <c r="O40" t="s">
+        <v>270</v>
+      </c>
+      <c r="P40" t="s">
         <v>379</v>
-      </c>
-[...972 lines deleted...]
-        <v>502</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>13</v>
       </c>
       <c r="J1" t="s">
         <v>14</v>
       </c>
       <c r="K1" t="s">
-        <v>503</v>
+        <v>380</v>
       </c>
       <c r="L1" t="s">
-        <v>504</v>
+        <v>381</v>
       </c>
       <c r="M1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>505</v>
+        <v>382</v>
       </c>
       <c r="B2" t="s">
-        <v>506</v>
+        <v>383</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
         <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>507</v>
+        <v>384</v>
       </c>
       <c r="H2" t="s">
-        <v>508</v>
+        <v>385</v>
       </c>
       <c r="I2" t="s">
-        <v>509</v>
+        <v>386</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="L2" t="s">
         <v>31</v>
       </c>
       <c r="M2" t="s">
-        <v>510</v>
+        <v>387</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:M1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>511</v>
+        <v>388</v>
       </c>
       <c r="J1" t="s">
         <v>105</v>
       </c>
       <c r="K1" t="s">
-        <v>512</v>
+        <v>389</v>
       </c>
       <c r="L1" t="s">
         <v>107</v>
       </c>
       <c r="M1" t="s">
         <v>108</v>
       </c>
       <c r="N1" t="s">
-        <v>513</v>
+        <v>390</v>
       </c>
       <c r="O1" t="s">
-        <v>514</v>
+        <v>391</v>
       </c>
       <c r="P1" t="s">
-        <v>515</v>
+        <v>392</v>
       </c>
       <c r="Q1" t="s">
-        <v>516</v>
+        <v>393</v>
       </c>
       <c r="R1" t="s">
         <v>109</v>
       </c>
       <c r="S1" t="s">
-        <v>517</v>
+        <v>394</v>
       </c>
       <c r="T1" t="s">
-        <v>518</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>519</v>
+        <v>396</v>
       </c>
       <c r="B2" t="s">
-        <v>520</v>
+        <v>397</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>521</v>
+        <v>398</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>522</v>
+        <v>399</v>
       </c>
       <c r="H2" t="s">
-        <v>523</v>
+        <v>400</v>
       </c>
       <c r="I2" t="s">
-        <v>524</v>
+        <v>401</v>
       </c>
       <c r="J2" t="s">
-        <v>525</v>
+        <v>402</v>
       </c>
       <c r="K2" t="s">
-        <v>170</v>
+        <v>189</v>
       </c>
       <c r="L2" t="s">
-        <v>171</v>
+        <v>190</v>
       </c>
       <c r="M2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N2" t="s">
-        <v>526</v>
+        <v>403</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>527</v>
+        <v>404</v>
       </c>
       <c r="Q2" t="s">
-        <v>528</v>
+        <v>405</v>
       </c>
       <c r="R2" t="s">
-        <v>527</v>
+        <v>404</v>
       </c>
       <c r="S2" t="s">
-        <v>529</v>
+        <v>406</v>
       </c>
       <c r="T2" t="s">
-        <v>530</v>
+        <v>407</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>519</v>
+        <v>396</v>
       </c>
       <c r="B3" t="s">
-        <v>531</v>
+        <v>408</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>532</v>
+        <v>409</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>533</v>
+        <v>410</v>
       </c>
       <c r="H3" t="s">
-        <v>534</v>
+        <v>411</v>
       </c>
       <c r="I3" t="s">
-        <v>524</v>
+        <v>401</v>
       </c>
       <c r="J3" t="s">
-        <v>535</v>
+        <v>412</v>
       </c>
       <c r="K3" t="s">
-        <v>536</v>
+        <v>413</v>
       </c>
       <c r="L3" t="s">
-        <v>537</v>
+        <v>414</v>
       </c>
       <c r="M3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N3" t="s">
-        <v>538</v>
+        <v>415</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="Q3" t="s">
-        <v>539</v>
+        <v>416</v>
       </c>
       <c r="R3" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="S3" t="s">
-        <v>540</v>
+        <v>417</v>
       </c>
       <c r="T3" t="s">
-        <v>541</v>
+        <v>418</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>519</v>
+        <v>396</v>
       </c>
       <c r="B4" t="s">
-        <v>542</v>
+        <v>419</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>532</v>
+        <v>409</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>543</v>
+        <v>420</v>
       </c>
       <c r="H4" t="s">
-        <v>544</v>
+        <v>421</v>
       </c>
       <c r="I4" t="s">
-        <v>545</v>
+        <v>422</v>
       </c>
       <c r="J4" t="s">
-        <v>546</v>
+        <v>423</v>
       </c>
       <c r="K4" t="s">
-        <v>130</v>
+        <v>119</v>
       </c>
       <c r="L4" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="M4" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N4" t="s">
-        <v>538</v>
+        <v>415</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="Q4" t="s">
-        <v>547</v>
+        <v>424</v>
       </c>
       <c r="R4" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="S4" t="s">
-        <v>548</v>
+        <v>425</v>
       </c>
       <c r="T4" t="s">
-        <v>541</v>
+        <v>418</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>519</v>
+        <v>396</v>
       </c>
       <c r="B5" t="s">
-        <v>549</v>
+        <v>426</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>532</v>
+        <v>409</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>550</v>
+        <v>427</v>
       </c>
       <c r="H5" t="s">
-        <v>551</v>
+        <v>428</v>
       </c>
       <c r="I5" t="s">
-        <v>545</v>
+        <v>422</v>
       </c>
       <c r="J5" t="s">
-        <v>552</v>
+        <v>429</v>
       </c>
       <c r="K5" t="s">
-        <v>235</v>
+        <v>219</v>
       </c>
       <c r="L5" t="s">
-        <v>236</v>
+        <v>220</v>
       </c>
       <c r="M5" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N5" t="s">
-        <v>538</v>
+        <v>415</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="Q5" t="s">
-        <v>553</v>
+        <v>430</v>
       </c>
       <c r="R5" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="S5" t="s">
-        <v>554</v>
+        <v>431</v>
       </c>
       <c r="T5" t="s">
-        <v>541</v>
+        <v>418</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>519</v>
+        <v>396</v>
       </c>
       <c r="B6" t="s">
-        <v>555</v>
+        <v>432</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>556</v>
+        <v>433</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>557</v>
+        <v>434</v>
       </c>
       <c r="H6" t="s">
-        <v>558</v>
+        <v>435</v>
       </c>
       <c r="I6" t="s">
-        <v>524</v>
+        <v>401</v>
       </c>
       <c r="J6" t="s">
-        <v>559</v>
+        <v>436</v>
       </c>
       <c r="K6" t="s">
-        <v>560</v>
+        <v>437</v>
       </c>
       <c r="L6" t="s">
-        <v>171</v>
+        <v>190</v>
       </c>
       <c r="M6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N6" t="s">
-        <v>561</v>
+        <v>438</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>562</v>
+        <v>439</v>
       </c>
       <c r="Q6" t="s">
-        <v>563</v>
+        <v>440</v>
       </c>
       <c r="R6" t="s">
-        <v>121</v>
+        <v>173</v>
       </c>
       <c r="S6" t="s">
-        <v>564</v>
+        <v>441</v>
       </c>
       <c r="T6" t="s">
-        <v>530</v>
+        <v>407</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>519</v>
+        <v>396</v>
       </c>
       <c r="B7" t="s">
-        <v>565</v>
+        <v>442</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>566</v>
+        <v>443</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>567</v>
+        <v>444</v>
       </c>
       <c r="H7" t="s">
-        <v>568</v>
+        <v>445</v>
       </c>
       <c r="I7" t="s">
-        <v>524</v>
+        <v>401</v>
       </c>
       <c r="J7" t="s">
-        <v>569</v>
+        <v>446</v>
       </c>
       <c r="K7" t="s">
-        <v>570</v>
+        <v>447</v>
       </c>
       <c r="L7" t="s">
-        <v>571</v>
+        <v>448</v>
       </c>
       <c r="M7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N7" t="s">
-        <v>572</v>
+        <v>449</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>562</v>
+        <v>439</v>
       </c>
       <c r="Q7" t="s">
-        <v>573</v>
+        <v>450</v>
       </c>
       <c r="R7" t="s">
-        <v>121</v>
+        <v>173</v>
       </c>
       <c r="S7" t="s">
-        <v>574</v>
+        <v>451</v>
       </c>
       <c r="T7" t="s">
-        <v>530</v>
+        <v>407</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>519</v>
+        <v>396</v>
       </c>
       <c r="B8" t="s">
-        <v>575</v>
+        <v>452</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>566</v>
+        <v>443</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>576</v>
+        <v>453</v>
       </c>
       <c r="H8" t="s">
-        <v>577</v>
+        <v>454</v>
       </c>
       <c r="I8" t="s">
-        <v>524</v>
+        <v>401</v>
       </c>
       <c r="J8" t="s">
-        <v>578</v>
+        <v>455</v>
       </c>
       <c r="K8" t="s">
-        <v>579</v>
+        <v>456</v>
       </c>
       <c r="L8" t="s">
         <v>30</v>
       </c>
       <c r="M8" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N8" t="s">
-        <v>580</v>
+        <v>457</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>562</v>
+        <v>439</v>
       </c>
       <c r="Q8" t="s">
-        <v>581</v>
+        <v>458</v>
       </c>
       <c r="R8" t="s">
-        <v>121</v>
+        <v>173</v>
       </c>
       <c r="S8" t="s">
         <v>31</v>
       </c>
       <c r="T8" t="s">
-        <v>530</v>
+        <v>407</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>519</v>
+        <v>396</v>
       </c>
       <c r="B9" t="s">
-        <v>582</v>
+        <v>459</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>583</v>
+        <v>460</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>584</v>
+        <v>461</v>
       </c>
       <c r="H9" t="s">
-        <v>585</v>
+        <v>462</v>
       </c>
       <c r="I9" t="s">
-        <v>524</v>
+        <v>401</v>
       </c>
       <c r="J9" t="s">
         <v>20</v>
       </c>
       <c r="K9" t="s">
-        <v>390</v>
+        <v>261</v>
       </c>
       <c r="L9" t="s">
-        <v>391</v>
+        <v>262</v>
       </c>
       <c r="M9" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N9" t="s">
-        <v>586</v>
+        <v>463</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
-        <v>562</v>
+        <v>439</v>
       </c>
       <c r="Q9" t="s">
-        <v>587</v>
+        <v>464</v>
       </c>
       <c r="R9" t="s">
-        <v>121</v>
+        <v>173</v>
       </c>
       <c r="S9" t="s">
-        <v>588</v>
+        <v>465</v>
       </c>
       <c r="T9" t="s">
-        <v>530</v>
+        <v>407</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>519</v>
+        <v>396</v>
       </c>
       <c r="B10" t="s">
-        <v>589</v>
+        <v>466</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>590</v>
+        <v>467</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>591</v>
+        <v>468</v>
       </c>
       <c r="H10" t="s">
-        <v>592</v>
+        <v>469</v>
       </c>
       <c r="I10" t="s">
-        <v>524</v>
+        <v>401</v>
       </c>
       <c r="J10" t="s">
-        <v>593</v>
+        <v>470</v>
       </c>
       <c r="K10" t="s">
-        <v>594</v>
+        <v>471</v>
       </c>
       <c r="L10" t="s">
-        <v>595</v>
+        <v>472</v>
       </c>
       <c r="M10" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N10" t="s">
-        <v>596</v>
+        <v>473</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="Q10" t="s">
-        <v>539</v>
+        <v>416</v>
       </c>
       <c r="R10" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="S10" t="s">
-        <v>597</v>
+        <v>474</v>
       </c>
       <c r="T10" t="s">
-        <v>530</v>
+        <v>407</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>519</v>
+        <v>396</v>
       </c>
       <c r="B11" t="s">
-        <v>598</v>
+        <v>475</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>599</v>
+        <v>476</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>600</v>
+        <v>477</v>
       </c>
       <c r="H11" t="s">
-        <v>601</v>
+        <v>478</v>
       </c>
       <c r="I11" t="s">
-        <v>524</v>
+        <v>401</v>
       </c>
       <c r="J11" t="s">
-        <v>428</v>
+        <v>479</v>
       </c>
       <c r="K11" t="s">
-        <v>193</v>
+        <v>145</v>
       </c>
       <c r="L11" t="s">
-        <v>194</v>
+        <v>146</v>
       </c>
       <c r="M11" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N11" t="s">
-        <v>602</v>
+        <v>480</v>
       </c>
       <c r="O11" t="s">
         <v>20</v>
       </c>
       <c r="P11" t="s">
-        <v>562</v>
+        <v>439</v>
       </c>
       <c r="Q11" t="s">
-        <v>528</v>
+        <v>405</v>
       </c>
       <c r="R11" t="s">
-        <v>121</v>
+        <v>173</v>
       </c>
       <c r="S11" t="s">
-        <v>603</v>
+        <v>481</v>
       </c>
       <c r="T11" t="s">
-        <v>530</v>
+        <v>407</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>519</v>
+        <v>396</v>
       </c>
       <c r="B12" t="s">
-        <v>604</v>
+        <v>482</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>605</v>
+        <v>483</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>606</v>
+        <v>484</v>
       </c>
       <c r="H12" t="s">
-        <v>607</v>
+        <v>485</v>
       </c>
       <c r="I12" t="s">
-        <v>524</v>
+        <v>401</v>
       </c>
       <c r="J12" t="s">
-        <v>608</v>
+        <v>486</v>
       </c>
       <c r="K12" t="s">
-        <v>130</v>
+        <v>119</v>
       </c>
       <c r="L12" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="M12" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N12" t="s">
-        <v>609</v>
+        <v>487</v>
       </c>
       <c r="O12" t="s">
         <v>20</v>
       </c>
       <c r="P12" t="s">
-        <v>527</v>
+        <v>404</v>
       </c>
       <c r="Q12" t="s">
-        <v>539</v>
+        <v>416</v>
       </c>
       <c r="R12" t="s">
-        <v>527</v>
+        <v>404</v>
       </c>
       <c r="S12" t="s">
-        <v>610</v>
+        <v>488</v>
       </c>
       <c r="T12" t="s">
-        <v>530</v>
+        <v>407</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>519</v>
+        <v>396</v>
       </c>
       <c r="B13" t="s">
-        <v>611</v>
+        <v>489</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>605</v>
+        <v>483</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>612</v>
+        <v>490</v>
       </c>
       <c r="H13" t="s">
-        <v>613</v>
+        <v>491</v>
       </c>
       <c r="I13" t="s">
-        <v>524</v>
+        <v>401</v>
       </c>
       <c r="J13" t="s">
-        <v>614</v>
+        <v>492</v>
       </c>
       <c r="K13" t="s">
-        <v>615</v>
+        <v>493</v>
       </c>
       <c r="L13" t="s">
-        <v>616</v>
+        <v>494</v>
       </c>
       <c r="M13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N13" t="s">
-        <v>617</v>
+        <v>495</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
-        <v>527</v>
+        <v>404</v>
       </c>
       <c r="Q13" t="s">
-        <v>539</v>
+        <v>416</v>
       </c>
       <c r="R13" t="s">
-        <v>527</v>
+        <v>404</v>
       </c>
       <c r="S13" t="s">
-        <v>618</v>
+        <v>496</v>
       </c>
       <c r="T13" t="s">
-        <v>530</v>
+        <v>407</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>519</v>
+        <v>396</v>
       </c>
       <c r="B14" t="s">
-        <v>619</v>
+        <v>497</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>566</v>
+        <v>443</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>620</v>
+        <v>498</v>
       </c>
       <c r="H14" t="s">
-        <v>621</v>
+        <v>499</v>
       </c>
       <c r="I14" t="s">
-        <v>545</v>
+        <v>422</v>
       </c>
       <c r="J14" t="s">
-        <v>622</v>
+        <v>500</v>
       </c>
       <c r="K14" t="s">
-        <v>570</v>
+        <v>447</v>
       </c>
       <c r="L14" t="s">
-        <v>571</v>
+        <v>448</v>
       </c>
       <c r="M14" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N14" t="s">
-        <v>623</v>
+        <v>501</v>
       </c>
       <c r="O14" t="s">
         <v>20</v>
       </c>
       <c r="P14" t="s">
-        <v>121</v>
+        <v>173</v>
       </c>
       <c r="Q14" t="s">
-        <v>624</v>
+        <v>502</v>
       </c>
       <c r="R14" t="s">
-        <v>121</v>
+        <v>173</v>
       </c>
       <c r="S14" t="s">
-        <v>625</v>
+        <v>503</v>
       </c>
       <c r="T14" t="s">
-        <v>530</v>
+        <v>407</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>519</v>
+        <v>396</v>
       </c>
       <c r="B15" t="s">
-        <v>626</v>
+        <v>504</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>627</v>
+        <v>505</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>628</v>
+        <v>506</v>
       </c>
       <c r="H15" t="s">
-        <v>629</v>
+        <v>507</v>
       </c>
       <c r="I15" t="s">
-        <v>524</v>
+        <v>401</v>
       </c>
       <c r="J15" t="s">
         <v>20</v>
       </c>
       <c r="K15" t="s">
-        <v>630</v>
+        <v>508</v>
       </c>
       <c r="L15" t="s">
-        <v>631</v>
+        <v>509</v>
       </c>
       <c r="M15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N15" t="s">
-        <v>632</v>
+        <v>510</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
-        <v>527</v>
+        <v>404</v>
       </c>
       <c r="Q15" t="s">
-        <v>539</v>
+        <v>416</v>
       </c>
       <c r="R15" t="s">
-        <v>527</v>
+        <v>404</v>
       </c>
       <c r="S15" t="s">
-        <v>633</v>
+        <v>511</v>
       </c>
       <c r="T15" t="s">
-        <v>634</v>
+        <v>512</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>519</v>
+        <v>396</v>
       </c>
       <c r="B16" t="s">
-        <v>635</v>
+        <v>513</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>566</v>
+        <v>443</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>636</v>
+        <v>514</v>
       </c>
       <c r="H16" t="s">
-        <v>637</v>
+        <v>515</v>
       </c>
       <c r="I16" t="s">
-        <v>524</v>
+        <v>401</v>
       </c>
       <c r="J16" t="s">
         <v>20</v>
       </c>
       <c r="K16" t="s">
-        <v>130</v>
+        <v>119</v>
       </c>
       <c r="L16" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="M16" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N16" t="s">
-        <v>638</v>
+        <v>516</v>
       </c>
       <c r="O16" t="s">
         <v>20</v>
       </c>
       <c r="P16" t="s">
-        <v>121</v>
+        <v>173</v>
       </c>
       <c r="Q16" t="s">
-        <v>624</v>
+        <v>502</v>
       </c>
       <c r="R16" t="s">
-        <v>121</v>
+        <v>173</v>
       </c>
       <c r="S16" t="s">
-        <v>639</v>
+        <v>517</v>
       </c>
       <c r="T16" t="s">
-        <v>530</v>
+        <v>407</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
+        <v>396</v>
+      </c>
+      <c r="B17" t="s">
+        <v>518</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
         <v>519</v>
       </c>
-      <c r="B17" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>642</v>
+        <v>520</v>
       </c>
       <c r="H17" t="s">
-        <v>643</v>
+        <v>521</v>
       </c>
       <c r="I17" t="s">
-        <v>545</v>
+        <v>422</v>
       </c>
       <c r="J17" t="s">
         <v>20</v>
       </c>
       <c r="K17" t="s">
-        <v>485</v>
+        <v>522</v>
       </c>
       <c r="L17" t="s">
-        <v>486</v>
+        <v>523</v>
       </c>
       <c r="M17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N17" t="s">
-        <v>644</v>
+        <v>524</v>
       </c>
       <c r="O17" t="s">
         <v>20</v>
       </c>
       <c r="P17" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="Q17" t="s">
-        <v>645</v>
+        <v>525</v>
       </c>
       <c r="R17" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="S17" t="s">
-        <v>646</v>
+        <v>526</v>
       </c>
       <c r="T17" t="s">
-        <v>530</v>
+        <v>407</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
+        <v>396</v>
+      </c>
+      <c r="B18" t="s">
+        <v>527</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
         <v>519</v>
       </c>
-      <c r="B18" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>648</v>
+        <v>528</v>
       </c>
       <c r="H18" t="s">
-        <v>649</v>
+        <v>529</v>
       </c>
       <c r="I18" t="s">
-        <v>545</v>
+        <v>422</v>
       </c>
       <c r="J18" t="s">
         <v>20</v>
       </c>
       <c r="K18" t="s">
-        <v>594</v>
+        <v>471</v>
       </c>
       <c r="L18" t="s">
-        <v>595</v>
+        <v>472</v>
       </c>
       <c r="M18" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N18" t="s">
-        <v>644</v>
+        <v>524</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="Q18" t="s">
-        <v>645</v>
+        <v>525</v>
       </c>
       <c r="R18" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="S18" t="s">
-        <v>650</v>
+        <v>530</v>
       </c>
       <c r="T18" t="s">
-        <v>530</v>
+        <v>407</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
+        <v>396</v>
+      </c>
+      <c r="B19" t="s">
+        <v>531</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
         <v>519</v>
       </c>
-      <c r="B19" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>652</v>
+        <v>532</v>
       </c>
       <c r="H19" t="s">
-        <v>653</v>
+        <v>533</v>
       </c>
       <c r="I19" t="s">
-        <v>545</v>
+        <v>422</v>
       </c>
       <c r="J19" t="s">
-        <v>654</v>
+        <v>534</v>
       </c>
       <c r="K19" t="s">
-        <v>170</v>
+        <v>189</v>
       </c>
       <c r="L19" t="s">
-        <v>171</v>
+        <v>190</v>
       </c>
       <c r="M19" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N19" t="s">
-        <v>644</v>
+        <v>524</v>
       </c>
       <c r="O19" t="s">
         <v>20</v>
       </c>
       <c r="P19" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="Q19" t="s">
-        <v>645</v>
+        <v>525</v>
       </c>
       <c r="R19" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="S19" t="s">
-        <v>655</v>
+        <v>535</v>
       </c>
       <c r="T19" t="s">
-        <v>530</v>
+        <v>407</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
+        <v>396</v>
+      </c>
+      <c r="B20" t="s">
+        <v>536</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
         <v>519</v>
       </c>
-      <c r="B20" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>657</v>
+        <v>537</v>
       </c>
       <c r="H20" t="s">
-        <v>658</v>
+        <v>538</v>
       </c>
       <c r="I20" t="s">
-        <v>545</v>
+        <v>422</v>
       </c>
       <c r="J20" t="s">
-        <v>659</v>
+        <v>539</v>
       </c>
       <c r="K20" t="s">
-        <v>130</v>
+        <v>119</v>
       </c>
       <c r="L20" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="M20" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N20" t="s">
-        <v>644</v>
+        <v>524</v>
       </c>
       <c r="O20" t="s">
         <v>20</v>
       </c>
       <c r="P20" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="Q20" t="s">
-        <v>645</v>
+        <v>525</v>
       </c>
       <c r="R20" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="S20" t="s">
-        <v>660</v>
+        <v>540</v>
       </c>
       <c r="T20" t="s">
-        <v>530</v>
+        <v>407</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
+        <v>396</v>
+      </c>
+      <c r="B21" t="s">
+        <v>541</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
         <v>519</v>
       </c>
-      <c r="B21" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>662</v>
+        <v>542</v>
       </c>
       <c r="H21" t="s">
-        <v>663</v>
+        <v>543</v>
       </c>
       <c r="I21" t="s">
+        <v>422</v>
+      </c>
+      <c r="J21" t="s">
+        <v>544</v>
+      </c>
+      <c r="K21" t="s">
+        <v>447</v>
+      </c>
+      <c r="L21" t="s">
+        <v>448</v>
+      </c>
+      <c r="M21" t="s">
+        <v>121</v>
+      </c>
+      <c r="N21" t="s">
+        <v>524</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>122</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>525</v>
+      </c>
+      <c r="R21" t="s">
+        <v>122</v>
+      </c>
+      <c r="S21" t="s">
         <v>545</v>
       </c>
-      <c r="J21" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="T21" t="s">
-        <v>530</v>
+        <v>407</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>519</v>
+        <v>396</v>
       </c>
       <c r="B22" t="s">
-        <v>666</v>
+        <v>546</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>556</v>
+        <v>433</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>667</v>
+        <v>547</v>
       </c>
       <c r="H22" t="s">
-        <v>668</v>
+        <v>548</v>
       </c>
       <c r="I22" t="s">
-        <v>524</v>
+        <v>401</v>
       </c>
       <c r="J22" t="s">
-        <v>669</v>
+        <v>549</v>
       </c>
       <c r="K22" t="s">
-        <v>170</v>
+        <v>189</v>
       </c>
       <c r="L22" t="s">
-        <v>171</v>
+        <v>190</v>
       </c>
       <c r="M22" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N22" t="s">
-        <v>670</v>
+        <v>550</v>
       </c>
       <c r="O22" t="s">
         <v>20</v>
       </c>
       <c r="P22" t="s">
-        <v>121</v>
+        <v>173</v>
       </c>
       <c r="Q22" t="s">
-        <v>624</v>
+        <v>502</v>
       </c>
       <c r="R22" t="s">
-        <v>121</v>
+        <v>173</v>
       </c>
       <c r="S22" t="s">
-        <v>671</v>
+        <v>551</v>
       </c>
       <c r="T22" t="s">
-        <v>530</v>
+        <v>407</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>519</v>
+        <v>396</v>
       </c>
       <c r="B23" t="s">
-        <v>672</v>
+        <v>552</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
+        <v>433</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>553</v>
+      </c>
+      <c r="H23" t="s">
+        <v>554</v>
+      </c>
+      <c r="I23" t="s">
+        <v>401</v>
+      </c>
+      <c r="J23" t="s">
+        <v>555</v>
+      </c>
+      <c r="K23" t="s">
+        <v>189</v>
+      </c>
+      <c r="L23" t="s">
+        <v>190</v>
+      </c>
+      <c r="M23" t="s">
+        <v>121</v>
+      </c>
+      <c r="N23" t="s">
+        <v>550</v>
+      </c>
+      <c r="O23" t="s">
+        <v>20</v>
+      </c>
+      <c r="P23" t="s">
+        <v>439</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>416</v>
+      </c>
+      <c r="R23" t="s">
+        <v>173</v>
+      </c>
+      <c r="S23" t="s">
         <v>556</v>
       </c>
-      <c r="F23" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="T23" t="s">
-        <v>530</v>
+        <v>407</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>