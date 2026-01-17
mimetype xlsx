--- v0 (2025-10-19)
+++ v1 (2026-01-17)
@@ -1,59 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1234" uniqueCount="518">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -68,68 +74,101 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur BOGDAN MUNTEANU</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>11/12/2025 19:15:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794249/fr/docteur-bogdan-munteanu</t>
+  </si>
+  <si>
+    <t>p_3794249</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>MUNTEANU</t>
+  </si>
+  <si>
+    <t>BOGDAN</t>
+  </si>
+  <si>
+    <t>23 October 2025</t>
+  </si>
+  <si>
+    <t>CLINIQUE BON SECOURS,HOPITAL LOZERE SITE GEVAUDAN</t>
+  </si>
+  <si>
+    <t>43000,48100</t>
+  </si>
+  <si>
+    <t>LE PUY EN VELAY,MARVEJOLS</t>
+  </si>
+  <si>
+    <t>430000109,480002948</t>
+  </si>
+  <si>
     <t>Docteur Marc DELPECH</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>19/12/2024 15:30:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574342/fr/docteur-marc-delpech</t>
   </si>
   <si>
     <t>p_3574342</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>DELPECH</t>
   </si>
   <si>
     <t>Marc</t>
   </si>
   <si>
     <t>19 December 2024</t>
   </si>
   <si>
     <t>HOPITAL LOZERE SITE VALLEE DU LOT</t>
   </si>
   <si>
     <t>48000</t>
   </si>
   <si>
     <t>MENDE</t>
   </si>
   <si>
     <t>480000017</t>
   </si>
   <si>
     <t>Docteur Olivier RITZ</t>
   </si>
   <si>
     <t>08/11/2016 11:33:03</t>
@@ -159,101 +198,1472 @@
     <t>https://www.has-sante.fr/jcms/c_2711493/fr/docteur-yung-tang</t>
   </si>
   <si>
     <t>c_2711493</t>
   </si>
   <si>
     <t>TANG</t>
   </si>
   <si>
     <t>Yung</t>
   </si>
   <si>
     <t>30 March 2023</t>
   </si>
   <si>
     <t>HOPITAL LOZERE SITE GEVAUDAN</t>
   </si>
   <si>
     <t>48100</t>
   </si>
   <si>
     <t>MARVEJOLS</t>
   </si>
   <si>
     <t>480002948</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>CAMSP MENDE</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:26:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14432_FicheESSMS/fr/camsp-mende</t>
+  </si>
+  <si>
+    <t>14432_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48000 MENDE</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
+  </si>
+  <si>
+    <t>480001312</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE LA PERIGOUSE</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:27:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14528_FicheESSMS/fr/lieu-de-vie-la-perigouse</t>
+  </si>
+  <si>
+    <t>14528_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48210 GORGES DU TARN CAUSSES</t>
+  </si>
+  <si>
+    <t>GORGES DU TARN CAUSSES</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Lieux de Vie et d'Accueil</t>
+  </si>
+  <si>
+    <t>480002682</t>
+  </si>
+  <si>
+    <t>LVA LES ENFANTS DU BOUQUET</t>
+  </si>
+  <si>
+    <t>17/10/2025 16:15:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14132_FicheESSMS/fr/lva-les-enfants-du-bouquet</t>
+  </si>
+  <si>
+    <t>14132_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48400 BARRE DES CEVENNES</t>
+  </si>
+  <si>
+    <t>BARRE DES CEVENNES</t>
+  </si>
+  <si>
+    <t>480003284</t>
+  </si>
+  <si>
+    <t>UDAF 48</t>
+  </si>
+  <si>
+    <t>21/09/2025 16:16:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13469_FicheESSMS/fr/udaf-48</t>
+  </si>
+  <si>
+    <t>13469_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Rue Du Chapitre</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>480001957</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13468_FicheESSMS/fr/udaf-48</t>
+  </si>
+  <si>
+    <t>13468_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>480001981</t>
+  </si>
+  <si>
+    <t>ASSOCIATION TUTELAIRE AVEYRON LOZERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1850_FicheESSMS/fr/association-tutelaire-aveyron-lozere</t>
+  </si>
+  <si>
+    <t>1850_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Boulevard De Chambrun</t>
+  </si>
+  <si>
+    <t>48100 MARVEJOLS</t>
+  </si>
+  <si>
+    <t>480002013</t>
+  </si>
+  <si>
+    <t>INSTITUT NOTRE-DAME LA PROVIDENCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2203_FicheESSMS/fr/institut-notre-dame-la-providence</t>
+  </si>
+  <si>
+    <t>2203_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue De La Chicanettte</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>480780790</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE SAINT HELION</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2720_FicheESSMS/fr/foyer-de-vie-saint-helion</t>
+  </si>
+  <si>
+    <t>2720_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>480783711</t>
+  </si>
+  <si>
+    <t>EHPAD ST JACQUES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2739_FicheESSMS/fr/ehpad-st-jacques</t>
+  </si>
+  <si>
+    <t>2739_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>480783166</t>
+  </si>
+  <si>
+    <t>FOYER HEBERGEMENT LES ATELIERS COLAGNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2855_FicheESSMS/fr/foyer-hebergement-les-ateliers-colagne</t>
+  </si>
+  <si>
+    <t>2855_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>480782341</t>
+  </si>
+  <si>
+    <t>FOYER HEBERGEMENT DE PALHERETS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3389_FicheESSMS/fr/foyer-hebergement-de-palherets</t>
+  </si>
+  <si>
+    <t>3389_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48100 PALHERS</t>
+  </si>
+  <si>
+    <t>PALHERS</t>
+  </si>
+  <si>
+    <t>480782366</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE ET D'ACCUEIL LES DRAGEONS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3381_FicheESSMS/fr/lieu-de-vie-et-d-accueil-les-drageons</t>
+  </si>
+  <si>
+    <t>3381_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Rue Du Sud</t>
+  </si>
+  <si>
+    <t>48000 BARJAC</t>
+  </si>
+  <si>
+    <t>BARJAC</t>
+  </si>
+  <si>
+    <t>480003102</t>
+  </si>
+  <si>
+    <t>FOYER HEBERGEMENT DE BOULDOIRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3390_FicheESSMS/fr/foyer-hebergement-de-bouldoire</t>
+  </si>
+  <si>
+    <t>3390_FicheESSMS</t>
+  </si>
+  <si>
+    <t>239 Route De Bouldoire</t>
+  </si>
+  <si>
+    <t>48100 MONTRODAT</t>
+  </si>
+  <si>
+    <t>MONTRODAT</t>
+  </si>
+  <si>
+    <t>480782374</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE HORIZON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3784_FicheESSMS/fr/foyer-de-vie-horizon</t>
+  </si>
+  <si>
+    <t>3784_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48340 ST GERMAIN DU TEIL</t>
+  </si>
+  <si>
+    <t>ST GERMAIN DU TEIL</t>
+  </si>
+  <si>
+    <t>480780303</t>
+  </si>
+  <si>
+    <t>FV LUCIEN OZIOL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3832_FicheESSMS/fr/fv-lucien-oziol</t>
+  </si>
+  <si>
+    <t>3832_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Jeanne D'Arc</t>
+  </si>
+  <si>
+    <t>480782564</t>
+  </si>
+  <si>
+    <t>CENTRE EDUCATIF RENFORCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3881_FicheESSMS/fr/centre-educatif-renforce</t>
+  </si>
+  <si>
+    <t>3881_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Route De L'Aerodrome</t>
+  </si>
+  <si>
+    <t>Etablissement de Placement</t>
+  </si>
+  <si>
+    <t>480001148</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LEON PICY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4567_FicheESSMS/fr/ehpad-residence-leon-picy</t>
+  </si>
+  <si>
+    <t>4567_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48260 RECOULES D AUBRAC</t>
+  </si>
+  <si>
+    <t>RECOULES D AUBRAC</t>
+  </si>
+  <si>
+    <t>480000751</t>
+  </si>
+  <si>
+    <t>SESSAD DISPOSITIF ACCP. A DOM. ENFANCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4618_FicheESSMS/fr/sessad-dispositif-accp-a-dom-enfance</t>
+  </si>
+  <si>
+    <t>4618_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Lotissement Les Grillons</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>480000959</t>
+  </si>
+  <si>
+    <t>IME DISPOSITIF EDUC &amp; FORM INCLUSIVES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4630_FicheESSMS/fr/ime-dispositif-educ-form-inclusives</t>
+  </si>
+  <si>
+    <t>4630_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Avenue Du 19 Mars 1962</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>480780352</t>
+  </si>
+  <si>
+    <t>CHRS YVONNE MALZAC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4836_FicheESSMS/fr/chrs-yvonne-malzac</t>
+  </si>
+  <si>
+    <t>4836_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Avenue De La Gare</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>480783687</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT MARTIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4916_FicheESSMS/fr/ehpad-saint-martin</t>
+  </si>
+  <si>
+    <t>4916_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Maille</t>
+  </si>
+  <si>
+    <t>48500 LA CANOURGUE</t>
+  </si>
+  <si>
+    <t>LA CANOURGUE</t>
+  </si>
+  <si>
+    <t>480781905</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LA COLAGNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5016_FicheESSMS/fr/ehpad-residence-la-colagne</t>
+  </si>
+  <si>
+    <t>5016_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Quartier Du Pont De Peyre</t>
+  </si>
+  <si>
+    <t>480780311</t>
+  </si>
+  <si>
+    <t>EHPAD LE REJAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5015_FicheESSMS/fr/ehpad-le-rejal</t>
+  </si>
+  <si>
+    <t>5015_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48320 ISPAGNAC</t>
+  </si>
+  <si>
+    <t>ISPAGNAC</t>
+  </si>
+  <si>
+    <t>480780527</t>
+  </si>
+  <si>
+    <t>EHPAD COS LA GINESTADO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5014_FicheESSMS/fr/ehpad-cos-la-ginestado</t>
+  </si>
+  <si>
+    <t>5014_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48130 PEYRE EN AUBRAC</t>
+  </si>
+  <si>
+    <t>PEYRE EN AUBRAC</t>
+  </si>
+  <si>
+    <t>480780865</t>
+  </si>
+  <si>
+    <t>EHPAD "L'ADORATION"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6023_FicheESSMS/fr/ehpad-l-adoration</t>
+  </si>
+  <si>
+    <t>6023_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Avenue Du Pere Coudrin</t>
+  </si>
+  <si>
+    <t>480783547</t>
+  </si>
+  <si>
+    <t>LVA GAIA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6451_FicheESSMS/fr/lva-gaia</t>
+  </si>
+  <si>
+    <t>6451_FicheESSMS</t>
+  </si>
+  <si>
+    <t>480003268</t>
+  </si>
+  <si>
+    <t>ITEP MARIA VINCENT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7027_FicheESSMS/fr/itep-maria-vincent</t>
+  </si>
+  <si>
+    <t>7027_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48000 ST ETIENNE DU VALDONNEZ</t>
+  </si>
+  <si>
+    <t>ST ETIENNE DU VALDONNEZ</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>480780691</t>
+  </si>
+  <si>
+    <t>FV BERTRAND DU GUESCLIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8362_FicheESSMS/fr/fv-bertrand-du-guesclin</t>
+  </si>
+  <si>
+    <t>8362_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48170 CHATEAUNEUF DE RANDON</t>
+  </si>
+  <si>
+    <t>CHATEAUNEUF DE RANDON</t>
+  </si>
+  <si>
+    <t>480780253</t>
+  </si>
+  <si>
+    <t>FV L'ARC EN CIEL CHAUDEYRAC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8592_FicheESSMS/fr/fv-l-arc-en-ciel-chaudeyrac</t>
+  </si>
+  <si>
+    <t>8592_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48170 CHAUDEYRAC</t>
+  </si>
+  <si>
+    <t>CHAUDEYRAC</t>
+  </si>
+  <si>
+    <t>480780808</t>
+  </si>
+  <si>
+    <t>EEAP LES GENETS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8626_FicheESSMS/fr/eeap-les-genets</t>
+  </si>
+  <si>
+    <t>8626_FicheESSMS</t>
+  </si>
+  <si>
+    <t>38 Avenue Du Docteur Durand</t>
+  </si>
+  <si>
+    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
+  </si>
+  <si>
+    <t>480780246</t>
+  </si>
+  <si>
+    <t>MAS LES BRUYERES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8625_FicheESSMS/fr/mas-les-bruyeres</t>
+  </si>
+  <si>
+    <t>8625_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>480000801</t>
+  </si>
+  <si>
+    <t>FV L'ARC EN CIEL PIERREFICHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8624_FicheESSMS/fr/fv-l-arc-en-ciel-pierrefiche</t>
+  </si>
+  <si>
+    <t>8624_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48300 PIERREFICHE</t>
+  </si>
+  <si>
+    <t>PIERREFICHE</t>
+  </si>
+  <si>
+    <t>480000660</t>
+  </si>
+  <si>
+    <t>FV L'ARC EN CIEL PREVENCHERES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8612_FicheESSMS/fr/fv-l-arc-en-ciel-prevencheres</t>
+  </si>
+  <si>
+    <t>8612_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48800 PREVENCHERES</t>
+  </si>
+  <si>
+    <t>PREVENCHERES</t>
+  </si>
+  <si>
+    <t>480001346</t>
+  </si>
+  <si>
+    <t>ASSOCIATION TUTELAIRE DE LOZERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8768_FicheESSMS/fr/association-tutelaire-de-lozere</t>
+  </si>
+  <si>
+    <t>8768_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Avenue Du Pere Coudrin</t>
+  </si>
+  <si>
+    <t>480001973</t>
+  </si>
+  <si>
+    <t>SSIAD PA VALLEE LONGUE ET CALBERTOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9118_FicheESSMS/fr/ssiad-pa-vallee-longue-et-calbertois</t>
+  </si>
+  <si>
+    <t>9118_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48160 LE COLLET DE DEZE</t>
+  </si>
+  <si>
+    <t>LE COLLET DE DEZE</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>480001809</t>
+  </si>
+  <si>
+    <t>SSIAD PA LA MARGUERITE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9146_FicheESSMS/fr/ssiad-pa-la-marguerite</t>
+  </si>
+  <si>
+    <t>9146_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Boulevard Theophile Roussel</t>
+  </si>
+  <si>
+    <t>480783695</t>
+  </si>
+  <si>
+    <t>SSIAD PA ADMR MONT LOZERE CEVENNES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9145_FicheESSMS/fr/ssiad-pa-admr-mont-lozere-cevennes</t>
+  </si>
+  <si>
+    <t>9145_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48220 PONT DE MONTVERT SUD MONT</t>
+  </si>
+  <si>
+    <t>PONT DE MONTVERT SUD MONT</t>
+  </si>
+  <si>
+    <t>480001817</t>
+  </si>
+  <si>
+    <t>CSAPA ANPAA 48 MENDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9466_FicheESSMS/fr/csapa-anpaa-48-mende</t>
+  </si>
+  <si>
+    <t>9466_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Impasse Du Faubourg La Vabre</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>480001122</t>
+  </si>
+  <si>
+    <t>EHPAD HUBERT DE FLERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10927_FicheESSMS/fr/ehpad-hubert-de-flers</t>
+  </si>
+  <si>
+    <t>10927_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48140 LE MALZIEU VILLE</t>
+  </si>
+  <si>
+    <t>LE MALZIEU VILLE</t>
+  </si>
+  <si>
+    <t>480783182</t>
+  </si>
+  <si>
+    <t>FAM SAINT HELION</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11337_FicheESSMS/fr/fam-saint-helion</t>
+  </si>
+  <si>
+    <t>11337_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Avenue Du Docteur De Framond</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>480002997</t>
+  </si>
+  <si>
+    <t>FAM DE BERNADES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11648_FicheESSMS/fr/fam-de-bernades</t>
+  </si>
+  <si>
+    <t>11648_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Route Du Cros</t>
+  </si>
+  <si>
+    <t>48230 CHANAC</t>
+  </si>
+  <si>
+    <t>CHANAC</t>
+  </si>
+  <si>
+    <t>480783786</t>
+  </si>
+  <si>
+    <t>EHPAD CH FANNY RAMADIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12305_FicheESSMS/fr/ehpad-ch-fanny-ramadier</t>
+  </si>
+  <si>
+    <t>12305_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48200 ST CHELY D APCHER</t>
+  </si>
+  <si>
+    <t>ST CHELY D APCHER</t>
+  </si>
+  <si>
+    <t>480783158</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CENTRE DE REEDUCATION FONCTIONNELLE DE MONTRODAT</t>
+  </si>
+  <si>
+    <t>19/11/2025 10:35:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1544_FicheEtablissement/fr/crf-de-montrodat</t>
+  </si>
+  <si>
+    <t>1544_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>0466495800</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>480783034</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>SOINS MEDICAUX ET READAPTATION LES TILLEULS MARVEJOLS</t>
+  </si>
+  <si>
+    <t>22/05/2025 15:34:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1542_FicheEtablissement/fr/smr-les-tilleuls</t>
+  </si>
+  <si>
+    <t>1542_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>8 Rue D'Aurelle De Paladines</t>
+  </si>
+  <si>
+    <t>0466426725</t>
+  </si>
+  <si>
+    <t>480780287</t>
+  </si>
+  <si>
+    <t>CENTRE DE SOINS SMR CONDUITES ADDICTIVES LE BOY LANUEJOLS</t>
+  </si>
+  <si>
+    <t>08/03/2025 08:46:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1540_FicheEtablissement/fr/ctre-soins-smr-addicto-le-boy</t>
+  </si>
+  <si>
+    <t>1540_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Du Boy</t>
+  </si>
+  <si>
+    <t>48000 LANUEJOLS</t>
+  </si>
+  <si>
+    <t>LANUEJOLS</t>
+  </si>
+  <si>
+    <t>0466425200</t>
+  </si>
+  <si>
+    <t>480780212</t>
+  </si>
+  <si>
+    <t>HC HJ ADULTE CH SPECIALISE FRANCOIS TOSQUELLES SAINT ALBAN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1531_FicheEtablissement/fr/hc-hj-adult-chs-francois-tosquelles</t>
+  </si>
+  <si>
+    <t>1531_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>48120 ST ALBAN SUR LIMAGNOLE</t>
+  </si>
+  <si>
+    <t>ST ALBAN SUR LIMAGNOLE</t>
+  </si>
+  <si>
+    <t>0466425555</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>480000058</t>
+  </si>
+  <si>
+    <t>Établissements non certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE FLORAC TROIS RIVIERES (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1530_FicheEtablissement/fr/ch-de-florac-trois-rivieres</t>
+  </si>
+  <si>
+    <t>1530_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>48400 FLORAC TROIS RIVIERES</t>
+  </si>
+  <si>
+    <t>FLORAC TROIS RIVIERES</t>
+  </si>
+  <si>
+    <t>0466496300</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>480000041</t>
+  </si>
+  <si>
+    <t>CH FANNY RAMADIER SAINT CHELY D'APCHER (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1529_FicheEtablissement/fr/ch-fanny-ramadier-st-chely-d-apcher</t>
+  </si>
+  <si>
+    <t>1529_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0466310066</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>480000033</t>
+  </si>
+  <si>
+    <t>HOPITAL LOZERE SITE VALLEE DU LOT MENDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1528_FicheEtablissement/fr/hopital-lozere-site-vallee-du-lot</t>
+  </si>
+  <si>
+    <t>1528_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0466494949</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>SMR ADDICTOLOGIE SAINTE MARIE LA CANOURGUE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1536_FicheEtablissement/fr/smr-addicto-ste-marie-canourgue</t>
+  </si>
+  <si>
+    <t>1536_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>6 Place Du Pre Commun</t>
+  </si>
+  <si>
+    <t>0466425656</t>
+  </si>
+  <si>
+    <t>480000835</t>
+  </si>
+  <si>
+    <t>SSR SPECIALISE EN PNEUMOLOGIE ANTRENAS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1535_FicheEtablissement/fr/ssr-specialise-en-pneumologie-antrenas</t>
+  </si>
+  <si>
+    <t>1535_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>48100 ANTRENAS</t>
+  </si>
+  <si>
+    <t>ANTRENAS</t>
+  </si>
+  <si>
+    <t>0466425047</t>
+  </si>
+  <si>
+    <t>480000793</t>
+  </si>
+  <si>
+    <t>CENTRE DE LONG SEJOUR DU CENTRE HOSPITALIER DE FLORAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1534_FicheEtablissement/fr/usld-ch-florac</t>
+  </si>
+  <si>
+    <t>1534_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>480000694</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER SAINT JACQUES MARVEJOLS (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1532_FicheEtablissement/fr/ch-st-jacques-marvejols</t>
+  </si>
+  <si>
+    <t>1532_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0466496800</t>
+  </si>
+  <si>
+    <t>480000066</t>
+  </si>
+  <si>
+    <t>HOPITAL LOZERE SITE GEVAUDAN MARVEJOLS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1539_FicheEtablissement/fr/hopital-lozere-site-gevaudan</t>
+  </si>
+  <si>
+    <t>1539_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0466495200</t>
+  </si>
+  <si>
+    <t>Chirurgie, Médecine</t>
+  </si>
+  <si>
+    <t>HOSPITALISATION A DOMICILE LOZERE MENDE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1538_FicheEtablissement/fr/had-lozere-mende</t>
+  </si>
+  <si>
+    <t>1538_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Traverse Jean De La Fontaine</t>
+  </si>
+  <si>
+    <t>0466943930</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>480001825</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>HC ADULTE SSC UNITE ADMISSION PSYCHIATRIE PAUL ELUARD MENDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1537_FicheEtablissement/fr/hc-adult-ssc-uap-paul-eluard-mende</t>
+  </si>
+  <si>
+    <t>1537_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Avenue Nelson Mandela</t>
+  </si>
+  <si>
+    <t>0466472030</t>
+  </si>
+  <si>
+    <t>480001585</t>
+  </si>
+  <si>
+    <t>SSR PEDIATRIQUE LES ECUREUILS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1543_FicheEtablissement/fr/ssr-pediatrique-les-ecureuils-antrenas</t>
+  </si>
+  <si>
+    <t>1543_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0466425000</t>
+  </si>
+  <si>
+    <t>480780543</t>
+  </si>
+  <si>
+    <t>SMR HOPITAL LOZERE SITE VALLEE DU LOT (CHALDECOSTE)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1541_FicheEtablissement/fr/smr-hopital-lozere-site-vallee-du-lot</t>
+  </si>
+  <si>
+    <t>1541_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>51 Avenue Du 8 Mai 1945</t>
+  </si>
+  <si>
+    <t>480780279</t>
+  </si>
+  <si>
+    <t>CENTRE DE LONG SEJOUR DU CENTRE HOSPITALIER DE MENDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1546_FicheEtablissement/fr/usld-chaldecoste-mende-hopital-lozere</t>
+  </si>
+  <si>
+    <t>1546_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Avenue Du 8 Mai 1945</t>
+  </si>
+  <si>
+    <t>48001 MENDE</t>
+  </si>
+  <si>
+    <t>480783810</t>
+  </si>
+  <si>
+    <t>AIDER SANTE UAD UDM MARVEJOLS HOPITAL LOZERE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3816_FicheEtablissement/fr/aider-sante-uad-udm-marvejols-hop-loz</t>
+  </si>
+  <si>
+    <t>3816_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0430771002</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>480001783</t>
+  </si>
+  <si>
+    <t>AIDER SANTE UAD UDM CENTRE MENDE HOPITAL LOZERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3815_FicheEtablissement/fr/aider-sante-uad-udm-ctre-mende-hop-loz</t>
+  </si>
+  <si>
+    <t>3815_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>480001403</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS EN PSYCHIATRIE ADOLESCENTS MENDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5434_FicheEtablissement/fr/usa-mende-chs-st-alban</t>
+  </si>
+  <si>
+    <t>5434_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0466472070</t>
+  </si>
+  <si>
+    <t>480002716</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE LANGOGNE (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>17/07/2024 09:15:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1533_FicheEtablissement/fr/ch-langogne</t>
+  </si>
+  <si>
+    <t>1533_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>48300 LANGOGNE</t>
+  </si>
+  <si>
+    <t>LANGOGNE</t>
+  </si>
+  <si>
+    <t>0466697800</t>
+  </si>
+  <si>
+    <t>480000074</t>
+  </si>
+  <si>
+    <t>CENTRE DE LONG SEJOUR DU CENTRE HOSPITALIER DE LANGOGNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1545_FicheEtablissement/fr/usld-ch-langogne</t>
+  </si>
+  <si>
+    <t>1545_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>480783208</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R4"/>
+  <dimension ref="A1:R5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -371,111 +1781,3771 @@
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3" t="s">
         <v>35</v>
       </c>
       <c r="I3" t="n">
         <v>0.0</v>
       </c>
       <c r="J3" t="s">
         <v>24</v>
       </c>
       <c r="K3" t="s">
         <v>36</v>
       </c>
       <c r="L3" t="s">
         <v>37</v>
       </c>
       <c r="M3" t="s">
         <v>20</v>
       </c>
       <c r="N3" t="s">
         <v>38</v>
       </c>
       <c r="O3" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="Q3" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R3" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="H4" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="O4" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="P4" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="Q4" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="R4" t="s">
-        <v>49</v>
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H5" t="s">
+        <v>53</v>
+      </c>
+      <c r="I5" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J5" t="s">
+        <v>24</v>
+      </c>
+      <c r="K5" t="s">
+        <v>54</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>20</v>
+      </c>
+      <c r="N5" t="s">
+        <v>56</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>59</v>
+      </c>
+      <c r="R5" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P43"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>61</v>
+      </c>
+      <c r="J1" t="s">
+        <v>62</v>
+      </c>
+      <c r="K1" t="s">
+        <v>63</v>
+      </c>
+      <c r="L1" t="s">
+        <v>64</v>
+      </c>
+      <c r="M1" t="s">
+        <v>65</v>
+      </c>
+      <c r="N1" t="s">
+        <v>66</v>
+      </c>
+      <c r="O1" t="s">
+        <v>67</v>
+      </c>
+      <c r="P1" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>69</v>
+      </c>
+      <c r="B2" t="s">
+        <v>70</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>71</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>72</v>
+      </c>
+      <c r="H2" t="s">
+        <v>73</v>
+      </c>
+      <c r="I2" t="s">
+        <v>74</v>
+      </c>
+      <c r="J2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K2" t="s">
+        <v>41</v>
+      </c>
+      <c r="L2" t="s">
+        <v>75</v>
+      </c>
+      <c r="M2" t="s">
+        <v>76</v>
+      </c>
+      <c r="N2" t="s">
+        <v>77</v>
+      </c>
+      <c r="O2" t="s">
+        <v>78</v>
+      </c>
+      <c r="P2" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B3" t="s">
+        <v>80</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>81</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J3" t="s">
+        <v>20</v>
+      </c>
+      <c r="K3" t="s">
+        <v>85</v>
+      </c>
+      <c r="L3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M3" t="s">
+        <v>86</v>
+      </c>
+      <c r="N3" t="s">
+        <v>87</v>
+      </c>
+      <c r="O3" t="s">
+        <v>88</v>
+      </c>
+      <c r="P3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>69</v>
+      </c>
+      <c r="B4" t="s">
+        <v>90</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>91</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>92</v>
+      </c>
+      <c r="H4" t="s">
+        <v>93</v>
+      </c>
+      <c r="I4" t="s">
+        <v>94</v>
+      </c>
+      <c r="J4" t="s">
+        <v>20</v>
+      </c>
+      <c r="K4" t="s">
+        <v>95</v>
+      </c>
+      <c r="L4" t="s">
+        <v>75</v>
+      </c>
+      <c r="M4" t="s">
+        <v>86</v>
+      </c>
+      <c r="N4" t="s">
+        <v>87</v>
+      </c>
+      <c r="O4" t="s">
+        <v>88</v>
+      </c>
+      <c r="P4" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>69</v>
+      </c>
+      <c r="B5" t="s">
+        <v>97</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>98</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>99</v>
+      </c>
+      <c r="H5" t="s">
+        <v>100</v>
+      </c>
+      <c r="I5" t="s">
+        <v>101</v>
+      </c>
+      <c r="J5" t="s">
+        <v>74</v>
+      </c>
+      <c r="K5" t="s">
+        <v>41</v>
+      </c>
+      <c r="L5" t="s">
+        <v>75</v>
+      </c>
+      <c r="M5" t="s">
+        <v>86</v>
+      </c>
+      <c r="N5" t="s">
+        <v>102</v>
+      </c>
+      <c r="O5" t="s">
+        <v>103</v>
+      </c>
+      <c r="P5" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>69</v>
+      </c>
+      <c r="B6" t="s">
+        <v>97</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>98</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>105</v>
+      </c>
+      <c r="H6" t="s">
+        <v>106</v>
+      </c>
+      <c r="I6" t="s">
+        <v>101</v>
+      </c>
+      <c r="J6" t="s">
+        <v>74</v>
+      </c>
+      <c r="K6" t="s">
+        <v>41</v>
+      </c>
+      <c r="L6" t="s">
+        <v>75</v>
+      </c>
+      <c r="M6" t="s">
+        <v>86</v>
+      </c>
+      <c r="N6" t="s">
+        <v>107</v>
+      </c>
+      <c r="O6" t="s">
+        <v>108</v>
+      </c>
+      <c r="P6" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
+        <v>110</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>111</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>112</v>
+      </c>
+      <c r="H7" t="s">
+        <v>113</v>
+      </c>
+      <c r="I7" t="s">
+        <v>114</v>
+      </c>
+      <c r="J7" t="s">
+        <v>115</v>
+      </c>
+      <c r="K7" t="s">
+        <v>59</v>
+      </c>
+      <c r="L7" t="s">
+        <v>75</v>
+      </c>
+      <c r="M7" t="s">
+        <v>86</v>
+      </c>
+      <c r="N7" t="s">
+        <v>107</v>
+      </c>
+      <c r="O7" t="s">
+        <v>108</v>
+      </c>
+      <c r="P7" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>117</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>118</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>119</v>
+      </c>
+      <c r="H8" t="s">
+        <v>120</v>
+      </c>
+      <c r="I8" t="s">
+        <v>121</v>
+      </c>
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
+        <v>41</v>
+      </c>
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>86</v>
+      </c>
+      <c r="N8" t="s">
+        <v>102</v>
+      </c>
+      <c r="O8" t="s">
+        <v>122</v>
+      </c>
+      <c r="P8" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>124</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>125</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>126</v>
+      </c>
+      <c r="H9" t="s">
+        <v>127</v>
+      </c>
+      <c r="I9" t="s">
+        <v>115</v>
+      </c>
+      <c r="J9" t="s">
+        <v>20</v>
+      </c>
+      <c r="K9" t="s">
+        <v>59</v>
+      </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>86</v>
+      </c>
+      <c r="N9" t="s">
+        <v>128</v>
+      </c>
+      <c r="O9" t="s">
+        <v>129</v>
+      </c>
+      <c r="P9" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>69</v>
+      </c>
+      <c r="B10" t="s">
+        <v>131</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>132</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>133</v>
+      </c>
+      <c r="H10" t="s">
+        <v>134</v>
+      </c>
+      <c r="I10" t="s">
+        <v>115</v>
+      </c>
+      <c r="J10" t="s">
+        <v>20</v>
+      </c>
+      <c r="K10" t="s">
+        <v>59</v>
+      </c>
+      <c r="L10" t="s">
+        <v>75</v>
+      </c>
+      <c r="M10" t="s">
+        <v>76</v>
+      </c>
+      <c r="N10" t="s">
+        <v>135</v>
+      </c>
+      <c r="O10" t="s">
+        <v>136</v>
+      </c>
+      <c r="P10" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>69</v>
+      </c>
+      <c r="B11" t="s">
+        <v>138</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>139</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>140</v>
+      </c>
+      <c r="H11" t="s">
+        <v>141</v>
+      </c>
+      <c r="I11" t="s">
+        <v>115</v>
+      </c>
+      <c r="J11" t="s">
+        <v>20</v>
+      </c>
+      <c r="K11" t="s">
+        <v>59</v>
+      </c>
+      <c r="L11" t="s">
+        <v>75</v>
+      </c>
+      <c r="M11" t="s">
+        <v>86</v>
+      </c>
+      <c r="N11" t="s">
+        <v>128</v>
+      </c>
+      <c r="O11" t="s">
+        <v>142</v>
+      </c>
+      <c r="P11" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>69</v>
+      </c>
+      <c r="B12" t="s">
+        <v>144</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>145</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>146</v>
+      </c>
+      <c r="H12" t="s">
+        <v>147</v>
+      </c>
+      <c r="I12" t="s">
+        <v>148</v>
+      </c>
+      <c r="J12" t="s">
+        <v>20</v>
+      </c>
+      <c r="K12" t="s">
+        <v>149</v>
+      </c>
+      <c r="L12" t="s">
+        <v>75</v>
+      </c>
+      <c r="M12" t="s">
+        <v>86</v>
+      </c>
+      <c r="N12" t="s">
+        <v>128</v>
+      </c>
+      <c r="O12" t="s">
+        <v>142</v>
+      </c>
+      <c r="P12" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>69</v>
+      </c>
+      <c r="B13" t="s">
+        <v>151</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>145</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>152</v>
+      </c>
+      <c r="H13" t="s">
+        <v>153</v>
+      </c>
+      <c r="I13" t="s">
+        <v>154</v>
+      </c>
+      <c r="J13" t="s">
+        <v>155</v>
+      </c>
+      <c r="K13" t="s">
+        <v>156</v>
+      </c>
+      <c r="L13" t="s">
+        <v>75</v>
+      </c>
+      <c r="M13" t="s">
+        <v>86</v>
+      </c>
+      <c r="N13" t="s">
+        <v>102</v>
+      </c>
+      <c r="O13" t="s">
+        <v>88</v>
+      </c>
+      <c r="P13" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>69</v>
+      </c>
+      <c r="B14" t="s">
+        <v>158</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>159</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>160</v>
+      </c>
+      <c r="H14" t="s">
+        <v>161</v>
+      </c>
+      <c r="I14" t="s">
+        <v>162</v>
+      </c>
+      <c r="J14" t="s">
+        <v>163</v>
+      </c>
+      <c r="K14" t="s">
+        <v>164</v>
+      </c>
+      <c r="L14" t="s">
+        <v>75</v>
+      </c>
+      <c r="M14" t="s">
+        <v>86</v>
+      </c>
+      <c r="N14" t="s">
+        <v>128</v>
+      </c>
+      <c r="O14" t="s">
+        <v>142</v>
+      </c>
+      <c r="P14" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B15" t="s">
+        <v>166</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>167</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>168</v>
+      </c>
+      <c r="H15" t="s">
+        <v>169</v>
+      </c>
+      <c r="I15" t="s">
+        <v>170</v>
+      </c>
+      <c r="J15" t="s">
+        <v>20</v>
+      </c>
+      <c r="K15" t="s">
+        <v>171</v>
+      </c>
+      <c r="L15" t="s">
+        <v>75</v>
+      </c>
+      <c r="M15" t="s">
+        <v>86</v>
+      </c>
+      <c r="N15" t="s">
+        <v>128</v>
+      </c>
+      <c r="O15" t="s">
+        <v>129</v>
+      </c>
+      <c r="P15" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>69</v>
+      </c>
+      <c r="B16" t="s">
+        <v>173</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>174</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>175</v>
+      </c>
+      <c r="H16" t="s">
+        <v>176</v>
+      </c>
+      <c r="I16" t="s">
+        <v>177</v>
+      </c>
+      <c r="J16" t="s">
+        <v>115</v>
+      </c>
+      <c r="K16" t="s">
+        <v>59</v>
+      </c>
+      <c r="L16" t="s">
+        <v>75</v>
+      </c>
+      <c r="M16" t="s">
+        <v>86</v>
+      </c>
+      <c r="N16" t="s">
+        <v>128</v>
+      </c>
+      <c r="O16" t="s">
+        <v>129</v>
+      </c>
+      <c r="P16" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>69</v>
+      </c>
+      <c r="B17" t="s">
+        <v>179</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>180</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>181</v>
+      </c>
+      <c r="H17" t="s">
+        <v>182</v>
+      </c>
+      <c r="I17" t="s">
+        <v>183</v>
+      </c>
+      <c r="J17" t="s">
+        <v>74</v>
+      </c>
+      <c r="K17" t="s">
+        <v>41</v>
+      </c>
+      <c r="L17" t="s">
+        <v>75</v>
+      </c>
+      <c r="M17" t="s">
+        <v>86</v>
+      </c>
+      <c r="N17" t="s">
+        <v>102</v>
+      </c>
+      <c r="O17" t="s">
+        <v>184</v>
+      </c>
+      <c r="P17" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>69</v>
+      </c>
+      <c r="B18" t="s">
+        <v>186</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>187</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>188</v>
+      </c>
+      <c r="H18" t="s">
+        <v>189</v>
+      </c>
+      <c r="I18" t="s">
+        <v>190</v>
+      </c>
+      <c r="J18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K18" t="s">
+        <v>191</v>
+      </c>
+      <c r="L18" t="s">
+        <v>75</v>
+      </c>
+      <c r="M18" t="s">
+        <v>76</v>
+      </c>
+      <c r="N18" t="s">
+        <v>135</v>
+      </c>
+      <c r="O18" t="s">
+        <v>136</v>
+      </c>
+      <c r="P18" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>69</v>
+      </c>
+      <c r="B19" t="s">
+        <v>193</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>194</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>195</v>
+      </c>
+      <c r="H19" t="s">
+        <v>196</v>
+      </c>
+      <c r="I19" t="s">
+        <v>197</v>
+      </c>
+      <c r="J19" t="s">
+        <v>115</v>
+      </c>
+      <c r="K19" t="s">
+        <v>59</v>
+      </c>
+      <c r="L19" t="s">
+        <v>75</v>
+      </c>
+      <c r="M19" t="s">
+        <v>86</v>
+      </c>
+      <c r="N19" t="s">
+        <v>77</v>
+      </c>
+      <c r="O19" t="s">
+        <v>198</v>
+      </c>
+      <c r="P19" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>69</v>
+      </c>
+      <c r="B20" t="s">
+        <v>200</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>201</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>202</v>
+      </c>
+      <c r="H20" t="s">
+        <v>203</v>
+      </c>
+      <c r="I20" t="s">
+        <v>204</v>
+      </c>
+      <c r="J20" t="s">
+        <v>115</v>
+      </c>
+      <c r="K20" t="s">
+        <v>59</v>
+      </c>
+      <c r="L20" t="s">
+        <v>75</v>
+      </c>
+      <c r="M20" t="s">
+        <v>86</v>
+      </c>
+      <c r="N20" t="s">
+        <v>77</v>
+      </c>
+      <c r="O20" t="s">
+        <v>205</v>
+      </c>
+      <c r="P20" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>69</v>
+      </c>
+      <c r="B21" t="s">
+        <v>207</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>208</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>209</v>
+      </c>
+      <c r="H21" t="s">
+        <v>210</v>
+      </c>
+      <c r="I21" t="s">
+        <v>211</v>
+      </c>
+      <c r="J21" t="s">
+        <v>74</v>
+      </c>
+      <c r="K21" t="s">
+        <v>41</v>
+      </c>
+      <c r="L21" t="s">
+        <v>75</v>
+      </c>
+      <c r="M21" t="s">
+        <v>86</v>
+      </c>
+      <c r="N21" t="s">
+        <v>212</v>
+      </c>
+      <c r="O21" t="s">
+        <v>213</v>
+      </c>
+      <c r="P21" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>69</v>
+      </c>
+      <c r="B22" t="s">
+        <v>215</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>216</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>217</v>
+      </c>
+      <c r="H22" t="s">
+        <v>218</v>
+      </c>
+      <c r="I22" t="s">
+        <v>219</v>
+      </c>
+      <c r="J22" t="s">
+        <v>220</v>
+      </c>
+      <c r="K22" t="s">
+        <v>221</v>
+      </c>
+      <c r="L22" t="s">
+        <v>75</v>
+      </c>
+      <c r="M22" t="s">
+        <v>86</v>
+      </c>
+      <c r="N22" t="s">
+        <v>135</v>
+      </c>
+      <c r="O22" t="s">
+        <v>136</v>
+      </c>
+      <c r="P22" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>69</v>
+      </c>
+      <c r="B23" t="s">
+        <v>223</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>224</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>225</v>
+      </c>
+      <c r="H23" t="s">
+        <v>226</v>
+      </c>
+      <c r="I23" t="s">
+        <v>227</v>
+      </c>
+      <c r="J23" t="s">
+        <v>115</v>
+      </c>
+      <c r="K23" t="s">
+        <v>59</v>
+      </c>
+      <c r="L23" t="s">
+        <v>75</v>
+      </c>
+      <c r="M23" t="s">
+        <v>86</v>
+      </c>
+      <c r="N23" t="s">
+        <v>135</v>
+      </c>
+      <c r="O23" t="s">
+        <v>136</v>
+      </c>
+      <c r="P23" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>69</v>
+      </c>
+      <c r="B24" t="s">
+        <v>229</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>224</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>230</v>
+      </c>
+      <c r="H24" t="s">
+        <v>231</v>
+      </c>
+      <c r="I24" t="s">
+        <v>232</v>
+      </c>
+      <c r="J24" t="s">
+        <v>20</v>
+      </c>
+      <c r="K24" t="s">
+        <v>233</v>
+      </c>
+      <c r="L24" t="s">
+        <v>75</v>
+      </c>
+      <c r="M24" t="s">
+        <v>86</v>
+      </c>
+      <c r="N24" t="s">
+        <v>135</v>
+      </c>
+      <c r="O24" t="s">
+        <v>136</v>
+      </c>
+      <c r="P24" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" t="s">
+        <v>235</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>224</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>236</v>
+      </c>
+      <c r="H25" t="s">
+        <v>237</v>
+      </c>
+      <c r="I25" t="s">
+        <v>238</v>
+      </c>
+      <c r="J25" t="s">
+        <v>20</v>
+      </c>
+      <c r="K25" t="s">
+        <v>239</v>
+      </c>
+      <c r="L25" t="s">
+        <v>75</v>
+      </c>
+      <c r="M25" t="s">
+        <v>86</v>
+      </c>
+      <c r="N25" t="s">
+        <v>135</v>
+      </c>
+      <c r="O25" t="s">
+        <v>136</v>
+      </c>
+      <c r="P25" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>69</v>
+      </c>
+      <c r="B26" t="s">
+        <v>241</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>242</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>243</v>
+      </c>
+      <c r="H26" t="s">
+        <v>244</v>
+      </c>
+      <c r="I26" t="s">
+        <v>245</v>
+      </c>
+      <c r="J26" t="s">
+        <v>74</v>
+      </c>
+      <c r="K26" t="s">
+        <v>41</v>
+      </c>
+      <c r="L26" t="s">
+        <v>75</v>
+      </c>
+      <c r="M26" t="s">
+        <v>86</v>
+      </c>
+      <c r="N26" t="s">
+        <v>135</v>
+      </c>
+      <c r="O26" t="s">
+        <v>136</v>
+      </c>
+      <c r="P26" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>69</v>
+      </c>
+      <c r="B27" t="s">
+        <v>247</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>248</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>249</v>
+      </c>
+      <c r="H27" t="s">
+        <v>250</v>
+      </c>
+      <c r="I27" t="s">
+        <v>220</v>
+      </c>
+      <c r="J27" t="s">
+        <v>20</v>
+      </c>
+      <c r="K27" t="s">
+        <v>221</v>
+      </c>
+      <c r="L27" t="s">
+        <v>75</v>
+      </c>
+      <c r="M27" t="s">
+        <v>86</v>
+      </c>
+      <c r="N27" t="s">
+        <v>87</v>
+      </c>
+      <c r="O27" t="s">
+        <v>88</v>
+      </c>
+      <c r="P27" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>69</v>
+      </c>
+      <c r="B28" t="s">
+        <v>252</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>253</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>254</v>
+      </c>
+      <c r="H28" t="s">
+        <v>255</v>
+      </c>
+      <c r="I28" t="s">
+        <v>256</v>
+      </c>
+      <c r="J28" t="s">
+        <v>20</v>
+      </c>
+      <c r="K28" t="s">
+        <v>257</v>
+      </c>
+      <c r="L28" t="s">
+        <v>75</v>
+      </c>
+      <c r="M28" t="s">
+        <v>86</v>
+      </c>
+      <c r="N28" t="s">
+        <v>77</v>
+      </c>
+      <c r="O28" t="s">
+        <v>258</v>
+      </c>
+      <c r="P28" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>69</v>
+      </c>
+      <c r="B29" t="s">
+        <v>260</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>261</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>262</v>
+      </c>
+      <c r="H29" t="s">
+        <v>263</v>
+      </c>
+      <c r="I29" t="s">
+        <v>264</v>
+      </c>
+      <c r="J29" t="s">
+        <v>20</v>
+      </c>
+      <c r="K29" t="s">
+        <v>265</v>
+      </c>
+      <c r="L29" t="s">
+        <v>75</v>
+      </c>
+      <c r="M29" t="s">
+        <v>86</v>
+      </c>
+      <c r="N29" t="s">
+        <v>128</v>
+      </c>
+      <c r="O29" t="s">
+        <v>129</v>
+      </c>
+      <c r="P29" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>69</v>
+      </c>
+      <c r="B30" t="s">
+        <v>267</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>268</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>269</v>
+      </c>
+      <c r="H30" t="s">
+        <v>270</v>
+      </c>
+      <c r="I30" t="s">
+        <v>271</v>
+      </c>
+      <c r="J30" t="s">
+        <v>20</v>
+      </c>
+      <c r="K30" t="s">
+        <v>272</v>
+      </c>
+      <c r="L30" t="s">
+        <v>75</v>
+      </c>
+      <c r="M30" t="s">
+        <v>86</v>
+      </c>
+      <c r="N30" t="s">
+        <v>128</v>
+      </c>
+      <c r="O30" t="s">
+        <v>129</v>
+      </c>
+      <c r="P30" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>69</v>
+      </c>
+      <c r="B31" t="s">
+        <v>274</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>275</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>276</v>
+      </c>
+      <c r="H31" t="s">
+        <v>277</v>
+      </c>
+      <c r="I31" t="s">
+        <v>278</v>
+      </c>
+      <c r="J31" t="s">
+        <v>264</v>
+      </c>
+      <c r="K31" t="s">
+        <v>265</v>
+      </c>
+      <c r="L31" t="s">
+        <v>75</v>
+      </c>
+      <c r="M31" t="s">
+        <v>86</v>
+      </c>
+      <c r="N31" t="s">
+        <v>77</v>
+      </c>
+      <c r="O31" t="s">
+        <v>279</v>
+      </c>
+      <c r="P31" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>69</v>
+      </c>
+      <c r="B32" t="s">
+        <v>281</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>275</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>282</v>
+      </c>
+      <c r="H32" t="s">
+        <v>283</v>
+      </c>
+      <c r="I32" t="s">
+        <v>278</v>
+      </c>
+      <c r="J32" t="s">
+        <v>264</v>
+      </c>
+      <c r="K32" t="s">
+        <v>265</v>
+      </c>
+      <c r="L32" t="s">
+        <v>75</v>
+      </c>
+      <c r="M32" t="s">
+        <v>86</v>
+      </c>
+      <c r="N32" t="s">
+        <v>128</v>
+      </c>
+      <c r="O32" t="s">
+        <v>284</v>
+      </c>
+      <c r="P32" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
+        <v>286</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>275</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>287</v>
+      </c>
+      <c r="H33" t="s">
+        <v>288</v>
+      </c>
+      <c r="I33" t="s">
+        <v>289</v>
+      </c>
+      <c r="J33" t="s">
+        <v>20</v>
+      </c>
+      <c r="K33" t="s">
+        <v>290</v>
+      </c>
+      <c r="L33" t="s">
+        <v>75</v>
+      </c>
+      <c r="M33" t="s">
+        <v>86</v>
+      </c>
+      <c r="N33" t="s">
+        <v>128</v>
+      </c>
+      <c r="O33" t="s">
+        <v>129</v>
+      </c>
+      <c r="P33" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>69</v>
+      </c>
+      <c r="B34" t="s">
+        <v>292</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>275</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>293</v>
+      </c>
+      <c r="H34" t="s">
+        <v>294</v>
+      </c>
+      <c r="I34" t="s">
+        <v>295</v>
+      </c>
+      <c r="J34" t="s">
+        <v>20</v>
+      </c>
+      <c r="K34" t="s">
+        <v>296</v>
+      </c>
+      <c r="L34" t="s">
+        <v>75</v>
+      </c>
+      <c r="M34" t="s">
+        <v>86</v>
+      </c>
+      <c r="N34" t="s">
+        <v>128</v>
+      </c>
+      <c r="O34" t="s">
+        <v>129</v>
+      </c>
+      <c r="P34" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>69</v>
+      </c>
+      <c r="B35" t="s">
+        <v>298</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>299</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>300</v>
+      </c>
+      <c r="H35" t="s">
+        <v>301</v>
+      </c>
+      <c r="I35" t="s">
+        <v>302</v>
+      </c>
+      <c r="J35" t="s">
+        <v>74</v>
+      </c>
+      <c r="K35" t="s">
+        <v>41</v>
+      </c>
+      <c r="L35" t="s">
+        <v>75</v>
+      </c>
+      <c r="M35" t="s">
+        <v>86</v>
+      </c>
+      <c r="N35" t="s">
+        <v>107</v>
+      </c>
+      <c r="O35" t="s">
+        <v>108</v>
+      </c>
+      <c r="P35" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>69</v>
+      </c>
+      <c r="B36" t="s">
+        <v>304</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>305</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>306</v>
+      </c>
+      <c r="H36" t="s">
+        <v>307</v>
+      </c>
+      <c r="I36" t="s">
+        <v>308</v>
+      </c>
+      <c r="J36" t="s">
+        <v>20</v>
+      </c>
+      <c r="K36" t="s">
+        <v>309</v>
+      </c>
+      <c r="L36" t="s">
+        <v>75</v>
+      </c>
+      <c r="M36" t="s">
+        <v>86</v>
+      </c>
+      <c r="N36" t="s">
+        <v>310</v>
+      </c>
+      <c r="O36" t="s">
+        <v>311</v>
+      </c>
+      <c r="P36" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>69</v>
+      </c>
+      <c r="B37" t="s">
+        <v>313</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>314</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>315</v>
+      </c>
+      <c r="H37" t="s">
+        <v>316</v>
+      </c>
+      <c r="I37" t="s">
+        <v>317</v>
+      </c>
+      <c r="J37" t="s">
+        <v>74</v>
+      </c>
+      <c r="K37" t="s">
+        <v>41</v>
+      </c>
+      <c r="L37" t="s">
+        <v>75</v>
+      </c>
+      <c r="M37" t="s">
+        <v>86</v>
+      </c>
+      <c r="N37" t="s">
+        <v>310</v>
+      </c>
+      <c r="O37" t="s">
+        <v>311</v>
+      </c>
+      <c r="P37" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>69</v>
+      </c>
+      <c r="B38" t="s">
+        <v>319</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>314</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>320</v>
+      </c>
+      <c r="H38" t="s">
+        <v>321</v>
+      </c>
+      <c r="I38" t="s">
+        <v>322</v>
+      </c>
+      <c r="J38" t="s">
+        <v>20</v>
+      </c>
+      <c r="K38" t="s">
+        <v>323</v>
+      </c>
+      <c r="L38" t="s">
+        <v>75</v>
+      </c>
+      <c r="M38" t="s">
+        <v>86</v>
+      </c>
+      <c r="N38" t="s">
+        <v>310</v>
+      </c>
+      <c r="O38" t="s">
+        <v>311</v>
+      </c>
+      <c r="P38" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>69</v>
+      </c>
+      <c r="B39" t="s">
+        <v>325</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>326</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>327</v>
+      </c>
+      <c r="H39" t="s">
+        <v>328</v>
+      </c>
+      <c r="I39" t="s">
+        <v>329</v>
+      </c>
+      <c r="J39" t="s">
+        <v>74</v>
+      </c>
+      <c r="K39" t="s">
+        <v>41</v>
+      </c>
+      <c r="L39" t="s">
+        <v>75</v>
+      </c>
+      <c r="M39" t="s">
+        <v>86</v>
+      </c>
+      <c r="N39" t="s">
+        <v>330</v>
+      </c>
+      <c r="O39" t="s">
+        <v>331</v>
+      </c>
+      <c r="P39" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>69</v>
+      </c>
+      <c r="B40" t="s">
+        <v>333</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>334</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>335</v>
+      </c>
+      <c r="H40" t="s">
+        <v>336</v>
+      </c>
+      <c r="I40" t="s">
+        <v>337</v>
+      </c>
+      <c r="J40" t="s">
+        <v>20</v>
+      </c>
+      <c r="K40" t="s">
+        <v>338</v>
+      </c>
+      <c r="L40" t="s">
+        <v>75</v>
+      </c>
+      <c r="M40" t="s">
+        <v>76</v>
+      </c>
+      <c r="N40" t="s">
+        <v>135</v>
+      </c>
+      <c r="O40" t="s">
+        <v>136</v>
+      </c>
+      <c r="P40" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>69</v>
+      </c>
+      <c r="B41" t="s">
+        <v>340</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>341</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>342</v>
+      </c>
+      <c r="H41" t="s">
+        <v>343</v>
+      </c>
+      <c r="I41" t="s">
+        <v>344</v>
+      </c>
+      <c r="J41" t="s">
+        <v>115</v>
+      </c>
+      <c r="K41" t="s">
+        <v>59</v>
+      </c>
+      <c r="L41" t="s">
+        <v>75</v>
+      </c>
+      <c r="M41" t="s">
+        <v>86</v>
+      </c>
+      <c r="N41" t="s">
+        <v>128</v>
+      </c>
+      <c r="O41" t="s">
+        <v>345</v>
+      </c>
+      <c r="P41" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>69</v>
+      </c>
+      <c r="B42" t="s">
+        <v>347</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>348</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>349</v>
+      </c>
+      <c r="H42" t="s">
+        <v>350</v>
+      </c>
+      <c r="I42" t="s">
+        <v>351</v>
+      </c>
+      <c r="J42" t="s">
+        <v>352</v>
+      </c>
+      <c r="K42" t="s">
+        <v>353</v>
+      </c>
+      <c r="L42" t="s">
+        <v>75</v>
+      </c>
+      <c r="M42" t="s">
+        <v>86</v>
+      </c>
+      <c r="N42" t="s">
+        <v>128</v>
+      </c>
+      <c r="O42" t="s">
+        <v>345</v>
+      </c>
+      <c r="P42" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>69</v>
+      </c>
+      <c r="B43" t="s">
+        <v>355</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>356</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>357</v>
+      </c>
+      <c r="H43" t="s">
+        <v>358</v>
+      </c>
+      <c r="I43" t="s">
+        <v>359</v>
+      </c>
+      <c r="J43" t="s">
+        <v>20</v>
+      </c>
+      <c r="K43" t="s">
+        <v>360</v>
+      </c>
+      <c r="L43" t="s">
+        <v>75</v>
+      </c>
+      <c r="M43" t="s">
+        <v>76</v>
+      </c>
+      <c r="N43" t="s">
+        <v>135</v>
+      </c>
+      <c r="O43" t="s">
+        <v>136</v>
+      </c>
+      <c r="P43" t="s">
+        <v>361</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T23"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>362</v>
+      </c>
+      <c r="J1" t="s">
+        <v>61</v>
+      </c>
+      <c r="K1" t="s">
+        <v>363</v>
+      </c>
+      <c r="L1" t="s">
+        <v>63</v>
+      </c>
+      <c r="M1" t="s">
+        <v>64</v>
+      </c>
+      <c r="N1" t="s">
+        <v>364</v>
+      </c>
+      <c r="O1" t="s">
+        <v>365</v>
+      </c>
+      <c r="P1" t="s">
+        <v>366</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>367</v>
+      </c>
+      <c r="R1" t="s">
+        <v>65</v>
+      </c>
+      <c r="S1" t="s">
+        <v>368</v>
+      </c>
+      <c r="T1" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>370</v>
+      </c>
+      <c r="B2" t="s">
+        <v>371</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>372</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>373</v>
+      </c>
+      <c r="H2" t="s">
+        <v>374</v>
+      </c>
+      <c r="I2" t="s">
+        <v>375</v>
+      </c>
+      <c r="J2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K2" t="s">
+        <v>163</v>
+      </c>
+      <c r="L2" t="s">
+        <v>164</v>
+      </c>
+      <c r="M2" t="s">
+        <v>75</v>
+      </c>
+      <c r="N2" t="s">
+        <v>376</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>86</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>377</v>
+      </c>
+      <c r="R2" t="s">
+        <v>86</v>
+      </c>
+      <c r="S2" t="s">
+        <v>378</v>
+      </c>
+      <c r="T2" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>370</v>
+      </c>
+      <c r="B3" t="s">
+        <v>380</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>381</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>382</v>
+      </c>
+      <c r="H3" t="s">
+        <v>383</v>
+      </c>
+      <c r="I3" t="s">
+        <v>375</v>
+      </c>
+      <c r="J3" t="s">
+        <v>384</v>
+      </c>
+      <c r="K3" t="s">
+        <v>115</v>
+      </c>
+      <c r="L3" t="s">
+        <v>59</v>
+      </c>
+      <c r="M3" t="s">
+        <v>75</v>
+      </c>
+      <c r="N3" t="s">
+        <v>385</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>86</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>377</v>
+      </c>
+      <c r="R3" t="s">
+        <v>86</v>
+      </c>
+      <c r="S3" t="s">
+        <v>386</v>
+      </c>
+      <c r="T3" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>370</v>
+      </c>
+      <c r="B4" t="s">
+        <v>387</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>388</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>389</v>
+      </c>
+      <c r="H4" t="s">
+        <v>390</v>
+      </c>
+      <c r="I4" t="s">
+        <v>375</v>
+      </c>
+      <c r="J4" t="s">
+        <v>391</v>
+      </c>
+      <c r="K4" t="s">
+        <v>392</v>
+      </c>
+      <c r="L4" t="s">
+        <v>393</v>
+      </c>
+      <c r="M4" t="s">
+        <v>75</v>
+      </c>
+      <c r="N4" t="s">
+        <v>394</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>86</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>377</v>
+      </c>
+      <c r="R4" t="s">
+        <v>86</v>
+      </c>
+      <c r="S4" t="s">
+        <v>395</v>
+      </c>
+      <c r="T4" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>370</v>
+      </c>
+      <c r="B5" t="s">
+        <v>396</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>397</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>398</v>
+      </c>
+      <c r="H5" t="s">
+        <v>399</v>
+      </c>
+      <c r="I5" t="s">
+        <v>375</v>
+      </c>
+      <c r="J5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K5" t="s">
+        <v>400</v>
+      </c>
+      <c r="L5" t="s">
+        <v>401</v>
+      </c>
+      <c r="M5" t="s">
+        <v>75</v>
+      </c>
+      <c r="N5" t="s">
+        <v>402</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>76</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>403</v>
+      </c>
+      <c r="R5" t="s">
+        <v>76</v>
+      </c>
+      <c r="S5" t="s">
+        <v>404</v>
+      </c>
+      <c r="T5" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>370</v>
+      </c>
+      <c r="B6" t="s">
+        <v>406</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>407</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>408</v>
+      </c>
+      <c r="H6" t="s">
+        <v>409</v>
+      </c>
+      <c r="I6" t="s">
+        <v>375</v>
+      </c>
+      <c r="J6" t="s">
+        <v>20</v>
+      </c>
+      <c r="K6" t="s">
+        <v>410</v>
+      </c>
+      <c r="L6" t="s">
+        <v>411</v>
+      </c>
+      <c r="M6" t="s">
+        <v>75</v>
+      </c>
+      <c r="N6" t="s">
+        <v>412</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>413</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>414</v>
+      </c>
+      <c r="R6" t="s">
+        <v>76</v>
+      </c>
+      <c r="S6" t="s">
+        <v>415</v>
+      </c>
+      <c r="T6" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>370</v>
+      </c>
+      <c r="B7" t="s">
+        <v>416</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>417</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>418</v>
+      </c>
+      <c r="H7" t="s">
+        <v>419</v>
+      </c>
+      <c r="I7" t="s">
+        <v>375</v>
+      </c>
+      <c r="J7" t="s">
+        <v>20</v>
+      </c>
+      <c r="K7" t="s">
+        <v>359</v>
+      </c>
+      <c r="L7" t="s">
+        <v>360</v>
+      </c>
+      <c r="M7" t="s">
+        <v>75</v>
+      </c>
+      <c r="N7" t="s">
+        <v>420</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>413</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>421</v>
+      </c>
+      <c r="R7" t="s">
+        <v>76</v>
+      </c>
+      <c r="S7" t="s">
+        <v>422</v>
+      </c>
+      <c r="T7" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>370</v>
+      </c>
+      <c r="B8" t="s">
+        <v>423</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>407</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>424</v>
+      </c>
+      <c r="H8" t="s">
+        <v>425</v>
+      </c>
+      <c r="I8" t="s">
+        <v>375</v>
+      </c>
+      <c r="J8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K8" t="s">
+        <v>74</v>
+      </c>
+      <c r="L8" t="s">
+        <v>41</v>
+      </c>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>426</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>413</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>427</v>
+      </c>
+      <c r="R8" t="s">
+        <v>76</v>
+      </c>
+      <c r="S8" t="s">
+        <v>42</v>
+      </c>
+      <c r="T8" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>370</v>
+      </c>
+      <c r="B9" t="s">
+        <v>428</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>429</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>430</v>
+      </c>
+      <c r="H9" t="s">
+        <v>431</v>
+      </c>
+      <c r="I9" t="s">
+        <v>375</v>
+      </c>
+      <c r="J9" t="s">
+        <v>432</v>
+      </c>
+      <c r="K9" t="s">
+        <v>220</v>
+      </c>
+      <c r="L9" t="s">
+        <v>221</v>
+      </c>
+      <c r="M9" t="s">
+        <v>75</v>
+      </c>
+      <c r="N9" t="s">
+        <v>433</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>377</v>
+      </c>
+      <c r="R9" t="s">
+        <v>86</v>
+      </c>
+      <c r="S9" t="s">
+        <v>434</v>
+      </c>
+      <c r="T9" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>370</v>
+      </c>
+      <c r="B10" t="s">
+        <v>435</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>436</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>437</v>
+      </c>
+      <c r="H10" t="s">
+        <v>438</v>
+      </c>
+      <c r="I10" t="s">
+        <v>375</v>
+      </c>
+      <c r="J10" t="s">
+        <v>20</v>
+      </c>
+      <c r="K10" t="s">
+        <v>439</v>
+      </c>
+      <c r="L10" t="s">
+        <v>440</v>
+      </c>
+      <c r="M10" t="s">
+        <v>75</v>
+      </c>
+      <c r="N10" t="s">
+        <v>441</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>377</v>
+      </c>
+      <c r="R10" t="s">
+        <v>86</v>
+      </c>
+      <c r="S10" t="s">
+        <v>442</v>
+      </c>
+      <c r="T10" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>370</v>
+      </c>
+      <c r="B11" t="s">
+        <v>443</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>407</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>444</v>
+      </c>
+      <c r="H11" t="s">
+        <v>445</v>
+      </c>
+      <c r="I11" t="s">
+        <v>446</v>
+      </c>
+      <c r="J11" t="s">
+        <v>20</v>
+      </c>
+      <c r="K11" t="s">
+        <v>410</v>
+      </c>
+      <c r="L11" t="s">
+        <v>411</v>
+      </c>
+      <c r="M11" t="s">
+        <v>75</v>
+      </c>
+      <c r="N11" t="s">
+        <v>412</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>76</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>447</v>
+      </c>
+      <c r="R11" t="s">
+        <v>76</v>
+      </c>
+      <c r="S11" t="s">
+        <v>448</v>
+      </c>
+      <c r="T11" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>370</v>
+      </c>
+      <c r="B12" t="s">
+        <v>449</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>407</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>450</v>
+      </c>
+      <c r="H12" t="s">
+        <v>451</v>
+      </c>
+      <c r="I12" t="s">
+        <v>375</v>
+      </c>
+      <c r="J12" t="s">
+        <v>20</v>
+      </c>
+      <c r="K12" t="s">
+        <v>115</v>
+      </c>
+      <c r="L12" t="s">
+        <v>59</v>
+      </c>
+      <c r="M12" t="s">
+        <v>75</v>
+      </c>
+      <c r="N12" t="s">
+        <v>452</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>413</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>414</v>
+      </c>
+      <c r="R12" t="s">
+        <v>76</v>
+      </c>
+      <c r="S12" t="s">
+        <v>453</v>
+      </c>
+      <c r="T12" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>370</v>
+      </c>
+      <c r="B13" t="s">
+        <v>454</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>407</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>455</v>
+      </c>
+      <c r="H13" t="s">
+        <v>456</v>
+      </c>
+      <c r="I13" t="s">
+        <v>375</v>
+      </c>
+      <c r="J13" t="s">
+        <v>20</v>
+      </c>
+      <c r="K13" t="s">
+        <v>115</v>
+      </c>
+      <c r="L13" t="s">
+        <v>59</v>
+      </c>
+      <c r="M13" t="s">
+        <v>75</v>
+      </c>
+      <c r="N13" t="s">
+        <v>457</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>413</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>458</v>
+      </c>
+      <c r="R13" t="s">
+        <v>76</v>
+      </c>
+      <c r="S13" t="s">
+        <v>60</v>
+      </c>
+      <c r="T13" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>370</v>
+      </c>
+      <c r="B14" t="s">
+        <v>459</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>460</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>461</v>
+      </c>
+      <c r="H14" t="s">
+        <v>462</v>
+      </c>
+      <c r="I14" t="s">
+        <v>375</v>
+      </c>
+      <c r="J14" t="s">
+        <v>463</v>
+      </c>
+      <c r="K14" t="s">
+        <v>74</v>
+      </c>
+      <c r="L14" t="s">
+        <v>41</v>
+      </c>
+      <c r="M14" t="s">
+        <v>75</v>
+      </c>
+      <c r="N14" t="s">
+        <v>464</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>465</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>421</v>
+      </c>
+      <c r="R14" t="s">
+        <v>465</v>
+      </c>
+      <c r="S14" t="s">
+        <v>466</v>
+      </c>
+      <c r="T14" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>370</v>
+      </c>
+      <c r="B15" t="s">
+        <v>468</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>397</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>469</v>
+      </c>
+      <c r="H15" t="s">
+        <v>470</v>
+      </c>
+      <c r="I15" t="s">
+        <v>446</v>
+      </c>
+      <c r="J15" t="s">
+        <v>471</v>
+      </c>
+      <c r="K15" t="s">
+        <v>74</v>
+      </c>
+      <c r="L15" t="s">
+        <v>41</v>
+      </c>
+      <c r="M15" t="s">
+        <v>75</v>
+      </c>
+      <c r="N15" t="s">
+        <v>472</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>76</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>403</v>
+      </c>
+      <c r="R15" t="s">
+        <v>76</v>
+      </c>
+      <c r="S15" t="s">
+        <v>473</v>
+      </c>
+      <c r="T15" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>370</v>
+      </c>
+      <c r="B16" t="s">
+        <v>474</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>436</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>475</v>
+      </c>
+      <c r="H16" t="s">
+        <v>476</v>
+      </c>
+      <c r="I16" t="s">
+        <v>375</v>
+      </c>
+      <c r="J16" t="s">
+        <v>20</v>
+      </c>
+      <c r="K16" t="s">
+        <v>439</v>
+      </c>
+      <c r="L16" t="s">
+        <v>440</v>
+      </c>
+      <c r="M16" t="s">
+        <v>75</v>
+      </c>
+      <c r="N16" t="s">
+        <v>477</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>86</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>377</v>
+      </c>
+      <c r="R16" t="s">
+        <v>86</v>
+      </c>
+      <c r="S16" t="s">
+        <v>478</v>
+      </c>
+      <c r="T16" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>370</v>
+      </c>
+      <c r="B17" t="s">
+        <v>479</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>407</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>480</v>
+      </c>
+      <c r="H17" t="s">
+        <v>481</v>
+      </c>
+      <c r="I17" t="s">
+        <v>375</v>
+      </c>
+      <c r="J17" t="s">
+        <v>482</v>
+      </c>
+      <c r="K17" t="s">
+        <v>74</v>
+      </c>
+      <c r="L17" t="s">
+        <v>41</v>
+      </c>
+      <c r="M17" t="s">
+        <v>75</v>
+      </c>
+      <c r="N17" t="s">
+        <v>426</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>413</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>377</v>
+      </c>
+      <c r="R17" t="s">
+        <v>76</v>
+      </c>
+      <c r="S17" t="s">
+        <v>483</v>
+      </c>
+      <c r="T17" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>370</v>
+      </c>
+      <c r="B18" t="s">
+        <v>484</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>407</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>485</v>
+      </c>
+      <c r="H18" t="s">
+        <v>486</v>
+      </c>
+      <c r="I18" t="s">
+        <v>446</v>
+      </c>
+      <c r="J18" t="s">
+        <v>487</v>
+      </c>
+      <c r="K18" t="s">
+        <v>488</v>
+      </c>
+      <c r="L18" t="s">
+        <v>41</v>
+      </c>
+      <c r="M18" t="s">
+        <v>75</v>
+      </c>
+      <c r="N18" t="s">
+        <v>426</v>
+      </c>
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>76</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>447</v>
+      </c>
+      <c r="R18" t="s">
+        <v>76</v>
+      </c>
+      <c r="S18" t="s">
+        <v>489</v>
+      </c>
+      <c r="T18" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>370</v>
+      </c>
+      <c r="B19" t="s">
+        <v>490</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>491</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>492</v>
+      </c>
+      <c r="H19" t="s">
+        <v>493</v>
+      </c>
+      <c r="I19" t="s">
+        <v>446</v>
+      </c>
+      <c r="J19" t="s">
+        <v>20</v>
+      </c>
+      <c r="K19" t="s">
+        <v>115</v>
+      </c>
+      <c r="L19" t="s">
+        <v>59</v>
+      </c>
+      <c r="M19" t="s">
+        <v>75</v>
+      </c>
+      <c r="N19" t="s">
+        <v>494</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
+        <v>86</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>495</v>
+      </c>
+      <c r="R19" t="s">
+        <v>86</v>
+      </c>
+      <c r="S19" t="s">
+        <v>496</v>
+      </c>
+      <c r="T19" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>370</v>
+      </c>
+      <c r="B20" t="s">
+        <v>497</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>491</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>498</v>
+      </c>
+      <c r="H20" t="s">
+        <v>499</v>
+      </c>
+      <c r="I20" t="s">
+        <v>375</v>
+      </c>
+      <c r="J20" t="s">
+        <v>20</v>
+      </c>
+      <c r="K20" t="s">
+        <v>488</v>
+      </c>
+      <c r="L20" t="s">
+        <v>41</v>
+      </c>
+      <c r="M20" t="s">
+        <v>75</v>
+      </c>
+      <c r="N20" t="s">
+        <v>494</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
+        <v>86</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>495</v>
+      </c>
+      <c r="R20" t="s">
+        <v>86</v>
+      </c>
+      <c r="S20" t="s">
+        <v>500</v>
+      </c>
+      <c r="T20" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>370</v>
+      </c>
+      <c r="B21" t="s">
+        <v>501</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>397</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>502</v>
+      </c>
+      <c r="H21" t="s">
+        <v>503</v>
+      </c>
+      <c r="I21" t="s">
+        <v>446</v>
+      </c>
+      <c r="J21" t="s">
+        <v>471</v>
+      </c>
+      <c r="K21" t="s">
+        <v>74</v>
+      </c>
+      <c r="L21" t="s">
+        <v>41</v>
+      </c>
+      <c r="M21" t="s">
+        <v>75</v>
+      </c>
+      <c r="N21" t="s">
+        <v>504</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>76</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>403</v>
+      </c>
+      <c r="R21" t="s">
+        <v>76</v>
+      </c>
+      <c r="S21" t="s">
+        <v>505</v>
+      </c>
+      <c r="T21" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>370</v>
+      </c>
+      <c r="B22" t="s">
+        <v>506</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>507</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>508</v>
+      </c>
+      <c r="H22" t="s">
+        <v>509</v>
+      </c>
+      <c r="I22" t="s">
+        <v>375</v>
+      </c>
+      <c r="J22" t="s">
+        <v>20</v>
+      </c>
+      <c r="K22" t="s">
+        <v>510</v>
+      </c>
+      <c r="L22" t="s">
+        <v>511</v>
+      </c>
+      <c r="M22" t="s">
+        <v>75</v>
+      </c>
+      <c r="N22" t="s">
+        <v>512</v>
+      </c>
+      <c r="O22" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" t="s">
+        <v>413</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>421</v>
+      </c>
+      <c r="R22" t="s">
+        <v>76</v>
+      </c>
+      <c r="S22" t="s">
+        <v>513</v>
+      </c>
+      <c r="T22" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>370</v>
+      </c>
+      <c r="B23" t="s">
+        <v>514</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>507</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>515</v>
+      </c>
+      <c r="H23" t="s">
+        <v>516</v>
+      </c>
+      <c r="I23" t="s">
+        <v>446</v>
+      </c>
+      <c r="J23" t="s">
+        <v>20</v>
+      </c>
+      <c r="K23" t="s">
+        <v>510</v>
+      </c>
+      <c r="L23" t="s">
+        <v>511</v>
+      </c>
+      <c r="M23" t="s">
+        <v>75</v>
+      </c>
+      <c r="N23" t="s">
+        <v>512</v>
+      </c>
+      <c r="O23" t="s">
+        <v>20</v>
+      </c>
+      <c r="P23" t="s">
+        <v>76</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>447</v>
+      </c>
+      <c r="R23" t="s">
+        <v>76</v>
+      </c>
+      <c r="S23" t="s">
+        <v>517</v>
+      </c>
+      <c r="T23" t="s">
+        <v>379</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>