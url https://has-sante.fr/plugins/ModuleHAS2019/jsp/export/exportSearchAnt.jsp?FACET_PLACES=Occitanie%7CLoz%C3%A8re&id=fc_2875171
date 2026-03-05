--- v1 (2026-01-17)
+++ v2 (2026-03-05)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1234" uniqueCount="518">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1202" uniqueCount="503">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -227,581 +227,701 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>FV POUR ADULTES HANDICAPES</t>
+  </si>
+  <si>
+    <t>03/03/2026 05:07:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16444_FicheESSMS/fr/fv-pour-adultes-handicapes</t>
+  </si>
+  <si>
+    <t>16444_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48150 MEYRUEIS</t>
+  </si>
+  <si>
+    <t>MEYRUEIS</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>480001213</t>
+  </si>
+  <si>
+    <t>MAS LES BANCELS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16443_FicheESSMS/fr/mas-les-bancels</t>
+  </si>
+  <si>
+    <t>16443_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Avenue Michel Gillibert</t>
+  </si>
+  <si>
+    <t>48400 FLORAC TROIS RIVIERES</t>
+  </si>
+  <si>
+    <t>FLORAC TROIS RIVIERES</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>480783836</t>
+  </si>
+  <si>
+    <t>MAS DU DOMAINE DE BOOZ</t>
+  </si>
+  <si>
+    <t>03/03/2026 05:07:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16499_FicheESSMS/fr/mas-du-domaine-de-booz</t>
+  </si>
+  <si>
+    <t>16499_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48500 LA CANOURGUE</t>
+  </si>
+  <si>
+    <t>LA CANOURGUE</t>
+  </si>
+  <si>
+    <t>480001320</t>
+  </si>
+  <si>
+    <t>FAM L'ENCLOS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16498_FicheESSMS/fr/fam-l-enclos</t>
+  </si>
+  <si>
+    <t>16498_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Avenue Docteur De Framond</t>
+  </si>
+  <si>
+    <t>48100 MARVEJOLS</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>480780204</t>
+  </si>
+  <si>
+    <t>FV RESIDENCE SAINT NICOLAS</t>
+  </si>
+  <si>
+    <t>24/02/2026 05:10:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16305_FicheESSMS/fr/fv-residence-saint-nicolas</t>
+  </si>
+  <si>
+    <t>16305_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Quai Du Langouyrou</t>
+  </si>
+  <si>
+    <t>48300 LANGOGNE</t>
+  </si>
+  <si>
+    <t>LANGOGNE</t>
+  </si>
+  <si>
+    <t>480781962</t>
+  </si>
+  <si>
+    <t>FV RESIDENCE ST NICOLAS</t>
+  </si>
+  <si>
+    <t>19/02/2026 05:10:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15931_FicheESSMS/fr/fv-residence-st-nicolas</t>
+  </si>
+  <si>
+    <t>15931_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48120 ST ALBAN SUR LIMAGNOLE</t>
+  </si>
+  <si>
+    <t>ST ALBAN SUR LIMAGNOLE</t>
+  </si>
+  <si>
+    <t>480001353</t>
+  </si>
+  <si>
+    <t>UEMO MENDE</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:06:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15310_FicheESSMS/fr/uemo-mende</t>
+  </si>
+  <si>
+    <t>15310_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Charles-Morel</t>
+  </si>
+  <si>
+    <t>48001 MENDE</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service d'Intervention Educative en Milieu Ouvert</t>
+  </si>
+  <si>
+    <t>480004217</t>
+  </si>
+  <si>
     <t>CAMSP MENDE</t>
   </si>
   <si>
     <t>07/11/2025 16:26:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14432_FicheESSMS/fr/camsp-mende</t>
   </si>
   <si>
     <t>14432_FicheESSMS</t>
   </si>
   <si>
     <t>48000 MENDE</t>
   </si>
   <si>
-    <t>48</t>
-[...4 lines deleted...]
-  <si>
     <t>Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
   </si>
   <si>
     <t>480001312</t>
   </si>
   <si>
     <t>LIEU DE VIE LA PERIGOUSE</t>
   </si>
   <si>
     <t>07/11/2025 16:27:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14528_FicheESSMS/fr/lieu-de-vie-la-perigouse</t>
   </si>
   <si>
     <t>14528_FicheESSMS</t>
   </si>
   <si>
     <t>48210 GORGES DU TARN CAUSSES</t>
   </si>
   <si>
     <t>GORGES DU TARN CAUSSES</t>
   </si>
   <si>
-    <t>Privé à but non lucratif</t>
-[...1 lines deleted...]
-  <si>
     <t>Personne en situation de handicap adulte, Protection de l’enfance/Protection judiciaire de la jeunesse</t>
   </si>
   <si>
     <t>Lieux de Vie et d'Accueil</t>
   </si>
   <si>
     <t>480002682</t>
   </si>
   <si>
     <t>LVA LES ENFANTS DU BOUQUET</t>
   </si>
   <si>
     <t>17/10/2025 16:15:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14132_FicheESSMS/fr/lva-les-enfants-du-bouquet</t>
   </si>
   <si>
     <t>14132_FicheESSMS</t>
   </si>
   <si>
     <t>48400 BARRE DES CEVENNES</t>
   </si>
   <si>
     <t>BARRE DES CEVENNES</t>
   </si>
   <si>
     <t>480003284</t>
   </si>
   <si>
     <t>UDAF 48</t>
   </si>
   <si>
     <t>21/09/2025 16:16:43</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/13469_FicheESSMS/fr/udaf-48</t>
-[...2 lines deleted...]
-    <t>13469_FicheESSMS</t>
+    <t>https://www.has-sante.fr/jcms/13468_FicheESSMS/fr/udaf-48</t>
+  </si>
+  <si>
+    <t>13468_FicheESSMS</t>
   </si>
   <si>
     <t>28 Rue Du Chapitre</t>
   </si>
   <si>
-    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
-[...13 lines deleted...]
-  <si>
     <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Service mandataire judiciaire à la protection des majeurs</t>
   </si>
   <si>
     <t>480001981</t>
   </si>
   <si>
+    <t>INSTITUT NOTRE-DAME LA PROVIDENCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2203_FicheESSMS/fr/institut-notre-dame-la-providence</t>
+  </si>
+  <si>
+    <t>2203_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue De La Chicanettte</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>480780790</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT MARTIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4916_FicheESSMS/fr/ehpad-saint-martin</t>
+  </si>
+  <si>
+    <t>4916_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Maille</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>480781905</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE SAINT HELION</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2720_FicheESSMS/fr/foyer-de-vie-saint-helion</t>
+  </si>
+  <si>
+    <t>2720_FicheESSMS</t>
+  </si>
+  <si>
+    <t>480783711</t>
+  </si>
+  <si>
+    <t>FOYER HEBERGEMENT LES ATELIERS COLAGNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2855_FicheESSMS/fr/foyer-hebergement-les-ateliers-colagne</t>
+  </si>
+  <si>
+    <t>2855_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>480782341</t>
+  </si>
+  <si>
+    <t>FOYER HEBERGEMENT DE PALHERETS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3389_FicheESSMS/fr/foyer-hebergement-de-palherets</t>
+  </si>
+  <si>
+    <t>3389_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48100 PALHERS</t>
+  </si>
+  <si>
+    <t>PALHERS</t>
+  </si>
+  <si>
+    <t>480782366</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE ET D'ACCUEIL LES DRAGEONS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3381_FicheESSMS/fr/lieu-de-vie-et-d-accueil-les-drageons</t>
+  </si>
+  <si>
+    <t>3381_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Rue Du Sud</t>
+  </si>
+  <si>
+    <t>48000 BARJAC</t>
+  </si>
+  <si>
+    <t>BARJAC</t>
+  </si>
+  <si>
+    <t>480003102</t>
+  </si>
+  <si>
+    <t>FOYER HEBERGEMENT DE BOULDOIRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3390_FicheESSMS/fr/foyer-hebergement-de-bouldoire</t>
+  </si>
+  <si>
+    <t>3390_FicheESSMS</t>
+  </si>
+  <si>
+    <t>239 Route De Bouldoire</t>
+  </si>
+  <si>
+    <t>48100 MONTRODAT</t>
+  </si>
+  <si>
+    <t>MONTRODAT</t>
+  </si>
+  <si>
+    <t>480782374</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE HORIZON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3784_FicheESSMS/fr/foyer-de-vie-horizon</t>
+  </si>
+  <si>
+    <t>3784_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48340 ST GERMAIN DU TEIL</t>
+  </si>
+  <si>
+    <t>ST GERMAIN DU TEIL</t>
+  </si>
+  <si>
+    <t>480780303</t>
+  </si>
+  <si>
+    <t>FV LUCIEN OZIOL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3832_FicheESSMS/fr/fv-lucien-oziol</t>
+  </si>
+  <si>
+    <t>3832_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Jeanne D'Arc</t>
+  </si>
+  <si>
+    <t>480782564</t>
+  </si>
+  <si>
+    <t>CENTRE EDUCATIF RENFORCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3881_FicheESSMS/fr/centre-educatif-renforce</t>
+  </si>
+  <si>
+    <t>3881_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Route De L'Aerodrome</t>
+  </si>
+  <si>
+    <t>Etablissement de Placement</t>
+  </si>
+  <si>
+    <t>480001148</t>
+  </si>
+  <si>
+    <t>SESSAD DISPOSITIF ACCP. A DOM. ENFANCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4618_FicheESSMS/fr/sessad-dispositif-accp-a-dom-enfance</t>
+  </si>
+  <si>
+    <t>4618_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Lotissement Les Grillons</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>480000959</t>
+  </si>
+  <si>
+    <t>CHRS YVONNE MALZAC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4836_FicheESSMS/fr/chrs-yvonne-malzac</t>
+  </si>
+  <si>
+    <t>4836_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Avenue De La Gare</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>480783687</t>
+  </si>
+  <si>
+    <t>EHPAD LE REJAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5015_FicheESSMS/fr/ehpad-le-rejal</t>
+  </si>
+  <si>
+    <t>5015_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48320 ISPAGNAC</t>
+  </si>
+  <si>
+    <t>ISPAGNAC</t>
+  </si>
+  <si>
+    <t>480780527</t>
+  </si>
+  <si>
+    <t>EHPAD COS LA GINESTADO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5014_FicheESSMS/fr/ehpad-cos-la-ginestado</t>
+  </si>
+  <si>
+    <t>5014_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48130 PEYRE EN AUBRAC</t>
+  </si>
+  <si>
+    <t>PEYRE EN AUBRAC</t>
+  </si>
+  <si>
+    <t>480780865</t>
+  </si>
+  <si>
+    <t>EEAP LES GENETS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8626_FicheESSMS/fr/eeap-les-genets</t>
+  </si>
+  <si>
+    <t>8626_FicheESSMS</t>
+  </si>
+  <si>
+    <t>38 Avenue Du Docteur Durand</t>
+  </si>
+  <si>
+    <t>48170 CHATEAUNEUF DE RANDON</t>
+  </si>
+  <si>
+    <t>CHATEAUNEUF DE RANDON</t>
+  </si>
+  <si>
+    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
+  </si>
+  <si>
+    <t>480780246</t>
+  </si>
+  <si>
+    <t>MAS LES BRUYERES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8625_FicheESSMS/fr/mas-les-bruyeres</t>
+  </si>
+  <si>
+    <t>8625_FicheESSMS</t>
+  </si>
+  <si>
+    <t>480000801</t>
+  </si>
+  <si>
+    <t>FV L'ARC EN CIEL PIERREFICHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8624_FicheESSMS/fr/fv-l-arc-en-ciel-pierrefiche</t>
+  </si>
+  <si>
+    <t>8624_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48300 PIERREFICHE</t>
+  </si>
+  <si>
+    <t>PIERREFICHE</t>
+  </si>
+  <si>
+    <t>480000660</t>
+  </si>
+  <si>
+    <t>FV L'ARC EN CIEL PREVENCHERES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8612_FicheESSMS/fr/fv-l-arc-en-ciel-prevencheres</t>
+  </si>
+  <si>
+    <t>8612_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48800 PREVENCHERES</t>
+  </si>
+  <si>
+    <t>PREVENCHERES</t>
+  </si>
+  <si>
+    <t>480001346</t>
+  </si>
+  <si>
     <t>ASSOCIATION TUTELAIRE AVEYRON LOZERE</t>
   </si>
   <si>
     <t>10/09/2025 12:17:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1850_FicheESSMS/fr/association-tutelaire-aveyron-lozere</t>
   </si>
   <si>
     <t>1850_FicheESSMS</t>
   </si>
   <si>
     <t>35 Boulevard De Chambrun</t>
   </si>
   <si>
-    <t>48100 MARVEJOLS</t>
-[...1 lines deleted...]
-  <si>
     <t>480002013</t>
   </si>
   <si>
-    <t>INSTITUT NOTRE-DAME LA PROVIDENCE</t>
-[...388 lines deleted...]
-  <si>
     <t>LVA GAIA</t>
   </si>
   <si>
     <t>10/09/2025 12:23:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6451_FicheESSMS/fr/lva-gaia</t>
   </si>
   <si>
     <t>6451_FicheESSMS</t>
   </si>
   <si>
     <t>480003268</t>
   </si>
   <si>
     <t>ITEP MARIA VINCENT</t>
   </si>
   <si>
     <t>10/09/2025 12:24:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7027_FicheESSMS/fr/itep-maria-vincent</t>
   </si>
   <si>
     <t>7027_FicheESSMS</t>
@@ -809,152 +929,53 @@
   <si>
     <t>48000 ST ETIENNE DU VALDONNEZ</t>
   </si>
   <si>
     <t>ST ETIENNE DU VALDONNEZ</t>
   </si>
   <si>
     <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
   </si>
   <si>
     <t>480780691</t>
   </si>
   <si>
     <t>FV BERTRAND DU GUESCLIN</t>
   </si>
   <si>
     <t>10/09/2025 12:25:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8362_FicheESSMS/fr/fv-bertrand-du-guesclin</t>
   </si>
   <si>
     <t>8362_FicheESSMS</t>
   </si>
   <si>
-    <t>48170 CHATEAUNEUF DE RANDON</t>
-[...4 lines deleted...]
-  <si>
     <t>480780253</t>
   </si>
   <si>
-    <t>FV L'ARC EN CIEL CHAUDEYRAC</t>
-[...91 lines deleted...]
-  <si>
     <t>ASSOCIATION TUTELAIRE DE LOZERE</t>
   </si>
   <si>
     <t>10/09/2025 12:25:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8768_FicheESSMS/fr/association-tutelaire-de-lozere</t>
   </si>
   <si>
     <t>8768_FicheESSMS</t>
   </si>
   <si>
     <t>1 Avenue Du Pere Coudrin</t>
   </si>
   <si>
     <t>480001973</t>
   </si>
   <si>
     <t>SSIAD PA VALLEE LONGUE ET CALBERTOIS</t>
   </si>
   <si>
     <t>10/09/2025 12:25:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9118_FicheESSMS/fr/ssiad-pa-vallee-longue-et-calbertois</t>
@@ -992,116 +1013,71 @@
   <si>
     <t>1 Boulevard Theophile Roussel</t>
   </si>
   <si>
     <t>480783695</t>
   </si>
   <si>
     <t>SSIAD PA ADMR MONT LOZERE CEVENNES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9145_FicheESSMS/fr/ssiad-pa-admr-mont-lozere-cevennes</t>
   </si>
   <si>
     <t>9145_FicheESSMS</t>
   </si>
   <si>
     <t>48220 PONT DE MONTVERT SUD MONT</t>
   </si>
   <si>
     <t>PONT DE MONTVERT SUD MONT</t>
   </si>
   <si>
     <t>480001817</t>
   </si>
   <si>
-    <t>CSAPA ANPAA 48 MENDE</t>
-[...22 lines deleted...]
-  <si>
     <t>EHPAD HUBERT DE FLERS</t>
   </si>
   <si>
     <t>10/09/2025 12:26:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10927_FicheESSMS/fr/ehpad-hubert-de-flers</t>
   </si>
   <si>
     <t>10927_FicheESSMS</t>
   </si>
   <si>
     <t>48140 LE MALZIEU VILLE</t>
   </si>
   <si>
     <t>LE MALZIEU VILLE</t>
   </si>
   <si>
     <t>480783182</t>
   </si>
   <si>
-    <t>FAM SAINT HELION</t>
-[...19 lines deleted...]
-  <si>
     <t>FAM DE BERNADES</t>
   </si>
   <si>
     <t>10/09/2025 12:27:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11648_FicheESSMS/fr/fam-de-bernades</t>
   </si>
   <si>
     <t>11648_FicheESSMS</t>
   </si>
   <si>
     <t>21 Route Du Cros</t>
   </si>
   <si>
     <t>48230 CHANAC</t>
   </si>
   <si>
     <t>CHANAC</t>
   </si>
   <si>
     <t>480783786</t>
   </si>
   <si>
     <t>EHPAD CH FANNY RAMADIER</t>
@@ -1217,86 +1193,74 @@
   <si>
     <t>48000 LANUEJOLS</t>
   </si>
   <si>
     <t>LANUEJOLS</t>
   </si>
   <si>
     <t>0466425200</t>
   </si>
   <si>
     <t>480780212</t>
   </si>
   <si>
     <t>HC HJ ADULTE CH SPECIALISE FRANCOIS TOSQUELLES SAINT ALBAN</t>
   </si>
   <si>
     <t>21/01/2025 10:17:37</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1531_FicheEtablissement/fr/hc-hj-adult-chs-francois-tosquelles</t>
   </si>
   <si>
     <t>1531_FicheEtablissement</t>
   </si>
   <si>
-    <t>48120 ST ALBAN SUR LIMAGNOLE</t>
-[...4 lines deleted...]
-  <si>
     <t>0466425555</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>480000058</t>
   </si>
   <si>
     <t>Établissements non certifiés</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER DE FLORAC TROIS RIVIERES (HOP PROXIMITE)</t>
   </si>
   <si>
     <t>21/01/2025 10:17:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1530_FicheEtablissement/fr/ch-de-florac-trois-rivieres</t>
   </si>
   <si>
     <t>1530_FicheEtablissement</t>
   </si>
   <si>
-    <t>48400 FLORAC TROIS RIVIERES</t>
-[...4 lines deleted...]
-  <si>
     <t>0466496300</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>480000041</t>
   </si>
   <si>
     <t>CH FANNY RAMADIER SAINT CHELY D'APCHER (HOP PROXIMITE)</t>
   </si>
   <si>
     <t>21/01/2025 10:17:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1529_FicheEtablissement/fr/ch-fanny-ramadier-st-chely-d-apcher</t>
   </si>
   <si>
     <t>1529_FicheEtablissement</t>
   </si>
   <si>
     <t>0466310066</t>
@@ -1481,53 +1445,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/1541_FicheEtablissement/fr/smr-hopital-lozere-site-vallee-du-lot</t>
   </si>
   <si>
     <t>1541_FicheEtablissement</t>
   </si>
   <si>
     <t>51 Avenue Du 8 Mai 1945</t>
   </si>
   <si>
     <t>480780279</t>
   </si>
   <si>
     <t>CENTRE DE LONG SEJOUR DU CENTRE HOSPITALIER DE MENDE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1546_FicheEtablissement/fr/usld-chaldecoste-mende-hopital-lozere</t>
   </si>
   <si>
     <t>1546_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Avenue Du 8 Mai 1945</t>
   </si>
   <si>
-    <t>48001 MENDE</t>
-[...1 lines deleted...]
-  <si>
     <t>480783810</t>
   </si>
   <si>
     <t>AIDER SANTE UAD UDM MARVEJOLS HOPITAL LOZERE</t>
   </si>
   <si>
     <t>21/01/2025 10:17:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3816_FicheEtablissement/fr/aider-sante-uad-udm-marvejols-hop-loz</t>
   </si>
   <si>
     <t>3816_FicheEtablissement</t>
   </si>
   <si>
     <t>0430771002</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>480001783</t>
   </si>
   <si>
     <t>AIDER SANTE UAD UDM CENTRE MENDE HOPITAL LOZERE</t>
@@ -1545,56 +1506,50 @@
     <t>UNITE DE SOINS EN PSYCHIATRIE ADOLESCENTS MENDE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5434_FicheEtablissement/fr/usa-mende-chs-st-alban</t>
   </si>
   <si>
     <t>5434_FicheEtablissement</t>
   </si>
   <si>
     <t>0466472070</t>
   </si>
   <si>
     <t>480002716</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER DE LANGOGNE (HOP PROXIMITE)</t>
   </si>
   <si>
     <t>17/07/2024 09:15:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1533_FicheEtablissement/fr/ch-langogne</t>
   </si>
   <si>
     <t>1533_FicheEtablissement</t>
-  </si>
-[...4 lines deleted...]
-    <t>LANGOGNE</t>
   </si>
   <si>
     <t>0466697800</t>
   </si>
   <si>
     <t>480000074</t>
   </si>
   <si>
     <t>CENTRE DE LONG SEJOUR DU CENTRE HOSPITALIER DE LANGOGNE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1545_FicheEtablissement/fr/usld-ch-langogne</t>
   </si>
   <si>
     <t>1545_FicheEtablissement</t>
   </si>
   <si>
     <t>480783208</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
@@ -1913,51 +1868,51 @@
       </c>
       <c r="N5" t="s">
         <v>56</v>
       </c>
       <c r="O5" t="s">
         <v>57</v>
       </c>
       <c r="P5" t="s">
         <v>58</v>
       </c>
       <c r="Q5" t="s">
         <v>59</v>
       </c>
       <c r="R5" t="s">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P43"/>
+  <dimension ref="A1:P41"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2001,3551 +1956,3451 @@
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
         <v>71</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
         <v>72</v>
       </c>
       <c r="H2" t="s">
         <v>73</v>
       </c>
       <c r="I2" t="s">
         <v>74</v>
       </c>
       <c r="J2" t="s">
         <v>20</v>
       </c>
       <c r="K2" t="s">
-        <v>41</v>
+        <v>75</v>
       </c>
       <c r="L2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="N2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="O2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>69</v>
       </c>
       <c r="B3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
         <v>82</v>
       </c>
       <c r="H3" t="s">
         <v>83</v>
       </c>
       <c r="I3" t="s">
         <v>84</v>
       </c>
       <c r="J3" t="s">
-        <v>20</v>
+        <v>85</v>
       </c>
       <c r="K3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M3" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N3" t="s">
+        <v>78</v>
+      </c>
+      <c r="O3" t="s">
         <v>87</v>
       </c>
-      <c r="O3" t="s">
+      <c r="P3" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>69</v>
       </c>
       <c r="B4" t="s">
+        <v>89</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
         <v>90</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
         <v>91</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>92</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>93</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J4" t="s">
+        <v>20</v>
+      </c>
+      <c r="K4" t="s">
         <v>94</v>
       </c>
-      <c r="J4" t="s">
-[...2 lines deleted...]
-      <c r="K4" t="s">
+      <c r="L4" t="s">
+        <v>76</v>
+      </c>
+      <c r="M4" t="s">
+        <v>77</v>
+      </c>
+      <c r="N4" t="s">
+        <v>78</v>
+      </c>
+      <c r="O4" t="s">
+        <v>87</v>
+      </c>
+      <c r="P4" t="s">
         <v>95</v>
-      </c>
-[...13 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>69</v>
       </c>
       <c r="B5" t="s">
+        <v>96</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>90</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
         <v>97</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>98</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="I5" t="s">
         <v>99</v>
       </c>
-      <c r="H5" t="s">
+      <c r="J5" t="s">
         <v>100</v>
       </c>
-      <c r="I5" t="s">
+      <c r="K5" t="s">
+        <v>59</v>
+      </c>
+      <c r="L5" t="s">
+        <v>76</v>
+      </c>
+      <c r="M5" t="s">
+        <v>77</v>
+      </c>
+      <c r="N5" t="s">
+        <v>78</v>
+      </c>
+      <c r="O5" t="s">
         <v>101</v>
       </c>
-      <c r="J5" t="s">
-[...11 lines deleted...]
-      <c r="N5" t="s">
+      <c r="P5" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>69</v>
       </c>
       <c r="B6" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
         <v>105</v>
       </c>
       <c r="H6" t="s">
         <v>106</v>
       </c>
       <c r="I6" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="J6" t="s">
-        <v>74</v>
+        <v>108</v>
       </c>
       <c r="K6" t="s">
-        <v>41</v>
+        <v>109</v>
       </c>
       <c r="L6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M6" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N6" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="O6" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="P6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>69</v>
       </c>
       <c r="B7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H7" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="I7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="J7" t="s">
-        <v>115</v>
+        <v>20</v>
       </c>
       <c r="K7" t="s">
-        <v>59</v>
+        <v>116</v>
       </c>
       <c r="L7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M7" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N7" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="O7" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="P7" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>69</v>
       </c>
       <c r="B8" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="H8" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I8" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="J8" t="s">
-        <v>74</v>
+        <v>123</v>
       </c>
       <c r="K8" t="s">
         <v>41</v>
       </c>
       <c r="L8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M8" t="s">
-        <v>86</v>
+        <v>124</v>
       </c>
       <c r="N8" t="s">
-        <v>102</v>
+        <v>125</v>
       </c>
       <c r="O8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="P8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>69</v>
       </c>
       <c r="B9" t="s">
+        <v>128</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>129</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>130</v>
+      </c>
+      <c r="H9" t="s">
+        <v>131</v>
+      </c>
+      <c r="I9" t="s">
+        <v>132</v>
+      </c>
+      <c r="J9" t="s">
+        <v>20</v>
+      </c>
+      <c r="K9" t="s">
+        <v>41</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
         <v>124</v>
       </c>
-      <c r="C9" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="N9" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="O9" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="P9" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>69</v>
       </c>
       <c r="B10" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="H10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="I10" t="s">
-        <v>115</v>
+        <v>140</v>
       </c>
       <c r="J10" t="s">
         <v>20</v>
       </c>
       <c r="K10" t="s">
-        <v>59</v>
+        <v>141</v>
       </c>
       <c r="L10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="N10" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="O10" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="P10" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>69</v>
       </c>
       <c r="B11" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="H11" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="I11" t="s">
-        <v>115</v>
+        <v>149</v>
       </c>
       <c r="J11" t="s">
         <v>20</v>
       </c>
       <c r="K11" t="s">
-        <v>59</v>
+        <v>150</v>
       </c>
       <c r="L11" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M11" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N11" t="s">
-        <v>128</v>
+        <v>142</v>
       </c>
       <c r="O11" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="P11" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>69</v>
       </c>
       <c r="B12" t="s">
-        <v>144</v>
+        <v>152</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>146</v>
+        <v>154</v>
       </c>
       <c r="H12" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="I12" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="J12" t="s">
-        <v>20</v>
+        <v>132</v>
       </c>
       <c r="K12" t="s">
-        <v>149</v>
+        <v>41</v>
       </c>
       <c r="L12" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M12" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N12" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="O12" t="s">
-        <v>142</v>
+        <v>158</v>
       </c>
       <c r="P12" t="s">
-        <v>150</v>
+        <v>159</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>69</v>
       </c>
       <c r="B13" t="s">
-        <v>151</v>
+        <v>160</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>145</v>
+        <v>161</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="H13" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="I13" t="s">
-        <v>154</v>
+        <v>164</v>
       </c>
       <c r="J13" t="s">
-        <v>155</v>
+        <v>132</v>
       </c>
       <c r="K13" t="s">
-        <v>156</v>
+        <v>41</v>
       </c>
       <c r="L13" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M13" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N13" t="s">
-        <v>102</v>
+        <v>125</v>
       </c>
       <c r="O13" t="s">
-        <v>88</v>
+        <v>165</v>
       </c>
       <c r="P13" t="s">
-        <v>157</v>
+        <v>166</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>69</v>
       </c>
       <c r="B14" t="s">
-        <v>158</v>
+        <v>167</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>160</v>
+        <v>169</v>
       </c>
       <c r="H14" t="s">
-        <v>161</v>
+        <v>170</v>
       </c>
       <c r="I14" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="J14" t="s">
-        <v>163</v>
+        <v>93</v>
       </c>
       <c r="K14" t="s">
-        <v>164</v>
+        <v>94</v>
       </c>
       <c r="L14" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M14" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N14" t="s">
-        <v>128</v>
+        <v>172</v>
       </c>
       <c r="O14" t="s">
-        <v>142</v>
+        <v>173</v>
       </c>
       <c r="P14" t="s">
-        <v>165</v>
+        <v>174</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>69</v>
       </c>
       <c r="B15" t="s">
-        <v>166</v>
+        <v>175</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>167</v>
+        <v>176</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="H15" t="s">
-        <v>169</v>
+        <v>178</v>
       </c>
       <c r="I15" t="s">
-        <v>170</v>
+        <v>100</v>
       </c>
       <c r="J15" t="s">
         <v>20</v>
       </c>
       <c r="K15" t="s">
-        <v>171</v>
+        <v>59</v>
       </c>
       <c r="L15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M15" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N15" t="s">
-        <v>128</v>
+        <v>78</v>
       </c>
       <c r="O15" t="s">
-        <v>129</v>
+        <v>79</v>
       </c>
       <c r="P15" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>69</v>
       </c>
       <c r="B16" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="H16" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="I16" t="s">
-        <v>177</v>
+        <v>100</v>
       </c>
       <c r="J16" t="s">
-        <v>115</v>
+        <v>20</v>
       </c>
       <c r="K16" t="s">
         <v>59</v>
       </c>
       <c r="L16" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M16" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N16" t="s">
-        <v>128</v>
+        <v>78</v>
       </c>
       <c r="O16" t="s">
-        <v>129</v>
+        <v>184</v>
       </c>
       <c r="P16" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>69</v>
       </c>
       <c r="B17" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="H17" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="I17" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="J17" t="s">
-        <v>74</v>
+        <v>20</v>
       </c>
       <c r="K17" t="s">
-        <v>41</v>
+        <v>191</v>
       </c>
       <c r="L17" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M17" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N17" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="O17" t="s">
         <v>184</v>
       </c>
       <c r="P17" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>69</v>
       </c>
       <c r="B18" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
         <v>187</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="H18" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="I18" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="J18" t="s">
-        <v>20</v>
+        <v>197</v>
       </c>
       <c r="K18" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="L18" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M18" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="N18" t="s">
-        <v>135</v>
+        <v>125</v>
       </c>
       <c r="O18" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="P18" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>69</v>
       </c>
       <c r="B19" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="H19" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="I19" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="J19" t="s">
-        <v>115</v>
+        <v>205</v>
       </c>
       <c r="K19" t="s">
-        <v>59</v>
+        <v>206</v>
       </c>
       <c r="L19" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M19" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N19" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="O19" t="s">
-        <v>198</v>
+        <v>184</v>
       </c>
       <c r="P19" t="s">
-        <v>199</v>
+        <v>207</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>69</v>
       </c>
       <c r="B20" t="s">
-        <v>200</v>
+        <v>208</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>201</v>
+        <v>209</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="H20" t="s">
-        <v>203</v>
+        <v>211</v>
       </c>
       <c r="I20" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="J20" t="s">
-        <v>115</v>
+        <v>20</v>
       </c>
       <c r="K20" t="s">
-        <v>59</v>
+        <v>213</v>
       </c>
       <c r="L20" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M20" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N20" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="O20" t="s">
-        <v>205</v>
+        <v>79</v>
       </c>
       <c r="P20" t="s">
-        <v>206</v>
+        <v>214</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>69</v>
       </c>
       <c r="B21" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="H21" t="s">
-        <v>210</v>
+        <v>218</v>
       </c>
       <c r="I21" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="J21" t="s">
-        <v>74</v>
+        <v>100</v>
       </c>
       <c r="K21" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="L21" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M21" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N21" t="s">
-        <v>212</v>
+        <v>78</v>
       </c>
       <c r="O21" t="s">
-        <v>213</v>
+        <v>79</v>
       </c>
       <c r="P21" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>69</v>
       </c>
       <c r="B22" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="H22" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="I22" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="J22" t="s">
-        <v>220</v>
+        <v>132</v>
       </c>
       <c r="K22" t="s">
-        <v>221</v>
+        <v>41</v>
       </c>
       <c r="L22" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M22" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N22" t="s">
-        <v>135</v>
+        <v>125</v>
       </c>
       <c r="O22" t="s">
-        <v>136</v>
+        <v>226</v>
       </c>
       <c r="P22" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>69</v>
       </c>
       <c r="B23" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="H23" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="I23" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="J23" t="s">
-        <v>115</v>
+        <v>100</v>
       </c>
       <c r="K23" t="s">
         <v>59</v>
       </c>
       <c r="L23" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M23" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N23" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="O23" t="s">
-        <v>136</v>
+        <v>233</v>
       </c>
       <c r="P23" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>69</v>
       </c>
       <c r="B24" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>224</v>
+        <v>236</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="H24" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="I24" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="J24" t="s">
-        <v>20</v>
+        <v>132</v>
       </c>
       <c r="K24" t="s">
-        <v>233</v>
+        <v>41</v>
       </c>
       <c r="L24" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M24" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N24" t="s">
-        <v>135</v>
+        <v>240</v>
       </c>
       <c r="O24" t="s">
-        <v>136</v>
+        <v>241</v>
       </c>
       <c r="P24" t="s">
-        <v>234</v>
+        <v>242</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>69</v>
       </c>
       <c r="B25" t="s">
-        <v>235</v>
+        <v>243</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>224</v>
+        <v>244</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="H25" t="s">
-        <v>237</v>
+        <v>246</v>
       </c>
       <c r="I25" t="s">
-        <v>238</v>
+        <v>247</v>
       </c>
       <c r="J25" t="s">
         <v>20</v>
       </c>
       <c r="K25" t="s">
-        <v>239</v>
+        <v>248</v>
       </c>
       <c r="L25" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M25" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N25" t="s">
-        <v>135</v>
+        <v>172</v>
       </c>
       <c r="O25" t="s">
-        <v>136</v>
+        <v>173</v>
       </c>
       <c r="P25" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>69</v>
       </c>
       <c r="B26" t="s">
-        <v>241</v>
+        <v>250</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>243</v>
+        <v>251</v>
       </c>
       <c r="H26" t="s">
-        <v>244</v>
+        <v>252</v>
       </c>
       <c r="I26" t="s">
-        <v>245</v>
+        <v>253</v>
       </c>
       <c r="J26" t="s">
-        <v>74</v>
+        <v>20</v>
       </c>
       <c r="K26" t="s">
-        <v>41</v>
+        <v>254</v>
       </c>
       <c r="L26" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M26" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N26" t="s">
-        <v>135</v>
+        <v>172</v>
       </c>
       <c r="O26" t="s">
-        <v>136</v>
+        <v>173</v>
       </c>
       <c r="P26" t="s">
-        <v>246</v>
+        <v>255</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>69</v>
       </c>
       <c r="B27" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>248</v>
+        <v>257</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>249</v>
+        <v>258</v>
       </c>
       <c r="H27" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
       <c r="I27" t="s">
-        <v>220</v>
+        <v>260</v>
       </c>
       <c r="J27" t="s">
-        <v>20</v>
+        <v>261</v>
       </c>
       <c r="K27" t="s">
-        <v>221</v>
+        <v>262</v>
       </c>
       <c r="L27" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M27" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N27" t="s">
-        <v>87</v>
+        <v>133</v>
       </c>
       <c r="O27" t="s">
-        <v>88</v>
+        <v>263</v>
       </c>
       <c r="P27" t="s">
-        <v>251</v>
+        <v>264</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>69</v>
       </c>
       <c r="B28" t="s">
-        <v>252</v>
+        <v>265</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>254</v>
+        <v>266</v>
       </c>
       <c r="H28" t="s">
-        <v>255</v>
+        <v>267</v>
       </c>
       <c r="I28" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="J28" t="s">
-        <v>20</v>
+        <v>261</v>
       </c>
       <c r="K28" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="L28" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M28" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N28" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="O28" t="s">
-        <v>258</v>
+        <v>87</v>
       </c>
       <c r="P28" t="s">
-        <v>259</v>
+        <v>268</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>69</v>
       </c>
       <c r="B29" t="s">
-        <v>260</v>
+        <v>269</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>262</v>
+        <v>270</v>
       </c>
       <c r="H29" t="s">
-        <v>263</v>
+        <v>271</v>
       </c>
       <c r="I29" t="s">
-        <v>264</v>
+        <v>272</v>
       </c>
       <c r="J29" t="s">
         <v>20</v>
       </c>
       <c r="K29" t="s">
-        <v>265</v>
+        <v>273</v>
       </c>
       <c r="L29" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M29" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N29" t="s">
-        <v>128</v>
+        <v>78</v>
       </c>
       <c r="O29" t="s">
-        <v>129</v>
+        <v>79</v>
       </c>
       <c r="P29" t="s">
-        <v>266</v>
+        <v>274</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>69</v>
       </c>
       <c r="B30" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>268</v>
+        <v>257</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="H30" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="I30" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="J30" t="s">
         <v>20</v>
       </c>
       <c r="K30" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
       <c r="L30" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M30" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N30" t="s">
-        <v>128</v>
+        <v>78</v>
       </c>
       <c r="O30" t="s">
-        <v>129</v>
+        <v>79</v>
       </c>
       <c r="P30" t="s">
-        <v>273</v>
+        <v>280</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>69</v>
       </c>
       <c r="B31" t="s">
-        <v>274</v>
+        <v>281</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>275</v>
+        <v>282</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="H31" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="I31" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="J31" t="s">
-        <v>264</v>
+        <v>100</v>
       </c>
       <c r="K31" t="s">
-        <v>265</v>
+        <v>59</v>
       </c>
       <c r="L31" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M31" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N31" t="s">
-        <v>77</v>
+        <v>157</v>
       </c>
       <c r="O31" t="s">
-        <v>279</v>
+        <v>158</v>
       </c>
       <c r="P31" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>69</v>
       </c>
       <c r="B32" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="H32" t="s">
-        <v>283</v>
+        <v>290</v>
       </c>
       <c r="I32" t="s">
-        <v>278</v>
+        <v>93</v>
       </c>
       <c r="J32" t="s">
-        <v>264</v>
+        <v>20</v>
       </c>
       <c r="K32" t="s">
-        <v>265</v>
+        <v>94</v>
       </c>
       <c r="L32" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M32" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N32" t="s">
-        <v>128</v>
+        <v>142</v>
       </c>
       <c r="O32" t="s">
-        <v>284</v>
+        <v>143</v>
       </c>
       <c r="P32" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>275</v>
+        <v>293</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="H33" t="s">
-        <v>288</v>
+        <v>295</v>
       </c>
       <c r="I33" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="J33" t="s">
         <v>20</v>
       </c>
       <c r="K33" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="L33" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M33" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N33" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="O33" t="s">
-        <v>129</v>
+        <v>298</v>
       </c>
       <c r="P33" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>69</v>
       </c>
       <c r="B34" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>275</v>
+        <v>301</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>293</v>
+        <v>302</v>
       </c>
       <c r="H34" t="s">
-        <v>294</v>
+        <v>303</v>
       </c>
       <c r="I34" t="s">
-        <v>295</v>
+        <v>261</v>
       </c>
       <c r="J34" t="s">
         <v>20</v>
       </c>
       <c r="K34" t="s">
-        <v>296</v>
+        <v>262</v>
       </c>
       <c r="L34" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M34" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N34" t="s">
-        <v>128</v>
+        <v>78</v>
       </c>
       <c r="O34" t="s">
-        <v>129</v>
+        <v>79</v>
       </c>
       <c r="P34" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>69</v>
       </c>
       <c r="B35" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
       <c r="H35" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="I35" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="J35" t="s">
-        <v>74</v>
+        <v>132</v>
       </c>
       <c r="K35" t="s">
         <v>41</v>
       </c>
       <c r="L35" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M35" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N35" t="s">
-        <v>107</v>
+        <v>157</v>
       </c>
       <c r="O35" t="s">
-        <v>108</v>
+        <v>158</v>
       </c>
       <c r="P35" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>69</v>
       </c>
       <c r="B36" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>305</v>
+        <v>312</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="H36" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="I36" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="J36" t="s">
         <v>20</v>
       </c>
       <c r="K36" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
       <c r="L36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M36" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N36" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="O36" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="P36" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>69</v>
       </c>
       <c r="B37" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>315</v>
+        <v>322</v>
       </c>
       <c r="H37" t="s">
-        <v>316</v>
+        <v>323</v>
       </c>
       <c r="I37" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="J37" t="s">
-        <v>74</v>
+        <v>132</v>
       </c>
       <c r="K37" t="s">
         <v>41</v>
       </c>
       <c r="L37" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M37" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N37" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="O37" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="P37" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>69</v>
       </c>
       <c r="B38" t="s">
-        <v>319</v>
+        <v>326</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="H38" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="I38" t="s">
-        <v>322</v>
+        <v>329</v>
       </c>
       <c r="J38" t="s">
         <v>20</v>
       </c>
       <c r="K38" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="L38" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M38" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="N38" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="O38" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="P38" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>69</v>
       </c>
       <c r="B39" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>327</v>
+        <v>334</v>
       </c>
       <c r="H39" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
       <c r="I39" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="J39" t="s">
-        <v>74</v>
+        <v>20</v>
       </c>
       <c r="K39" t="s">
-        <v>41</v>
+        <v>337</v>
       </c>
       <c r="L39" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M39" t="s">
-        <v>86</v>
+        <v>124</v>
       </c>
       <c r="N39" t="s">
-        <v>330</v>
+        <v>172</v>
       </c>
       <c r="O39" t="s">
-        <v>331</v>
+        <v>173</v>
       </c>
       <c r="P39" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>69</v>
       </c>
       <c r="B40" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="H40" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="I40" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="J40" t="s">
-        <v>20</v>
+        <v>344</v>
       </c>
       <c r="K40" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="L40" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M40" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="N40" t="s">
-        <v>135</v>
+        <v>78</v>
       </c>
       <c r="O40" t="s">
-        <v>136</v>
+        <v>101</v>
       </c>
       <c r="P40" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>69</v>
       </c>
       <c r="B41" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>342</v>
+        <v>349</v>
       </c>
       <c r="H41" t="s">
-        <v>343</v>
+        <v>350</v>
       </c>
       <c r="I41" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="J41" t="s">
-        <v>115</v>
+        <v>20</v>
       </c>
       <c r="K41" t="s">
-        <v>59</v>
+        <v>352</v>
       </c>
       <c r="L41" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M41" t="s">
-        <v>86</v>
+        <v>124</v>
       </c>
       <c r="N41" t="s">
-        <v>128</v>
+        <v>172</v>
       </c>
       <c r="O41" t="s">
-        <v>345</v>
+        <v>173</v>
       </c>
       <c r="P41" t="s">
-        <v>346</v>
-[...33 lines deleted...]
-      <c r="K42" t="s">
         <v>353</v>
-      </c>
-[...63 lines deleted...]
-        <v>361</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>362</v>
+        <v>354</v>
       </c>
       <c r="J1" t="s">
         <v>61</v>
       </c>
       <c r="K1" t="s">
-        <v>363</v>
+        <v>355</v>
       </c>
       <c r="L1" t="s">
         <v>63</v>
       </c>
       <c r="M1" t="s">
         <v>64</v>
       </c>
       <c r="N1" t="s">
-        <v>364</v>
+        <v>356</v>
       </c>
       <c r="O1" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="P1" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="Q1" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="R1" t="s">
         <v>65</v>
       </c>
       <c r="S1" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="T1" t="s">
-        <v>369</v>
+        <v>361</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>362</v>
+      </c>
+      <c r="B2" t="s">
+        <v>363</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>364</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>365</v>
+      </c>
+      <c r="H2" t="s">
+        <v>366</v>
+      </c>
+      <c r="I2" t="s">
+        <v>367</v>
+      </c>
+      <c r="J2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K2" t="s">
+        <v>205</v>
+      </c>
+      <c r="L2" t="s">
+        <v>206</v>
+      </c>
+      <c r="M2" t="s">
+        <v>76</v>
+      </c>
+      <c r="N2" t="s">
+        <v>368</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>369</v>
+      </c>
+      <c r="R2" t="s">
+        <v>77</v>
+      </c>
+      <c r="S2" t="s">
         <v>370</v>
       </c>
-      <c r="B2" t="s">
+      <c r="T2" t="s">
         <v>371</v>
-      </c>
-[...52 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="B3" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H3" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="I3" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="J3" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="K3" t="s">
-        <v>115</v>
+        <v>100</v>
       </c>
       <c r="L3" t="s">
         <v>59</v>
       </c>
       <c r="M3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N3" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="Q3" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="R3" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="S3" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="T3" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="B4" t="s">
+        <v>379</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>380</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>381</v>
+      </c>
+      <c r="H4" t="s">
+        <v>382</v>
+      </c>
+      <c r="I4" t="s">
+        <v>367</v>
+      </c>
+      <c r="J4" t="s">
+        <v>383</v>
+      </c>
+      <c r="K4" t="s">
+        <v>384</v>
+      </c>
+      <c r="L4" t="s">
+        <v>385</v>
+      </c>
+      <c r="M4" t="s">
+        <v>76</v>
+      </c>
+      <c r="N4" t="s">
+        <v>386</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>369</v>
+      </c>
+      <c r="R4" t="s">
+        <v>77</v>
+      </c>
+      <c r="S4" t="s">
         <v>387</v>
       </c>
-      <c r="C4" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T4" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="B5" t="s">
-        <v>396</v>
+        <v>388</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>397</v>
+        <v>389</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="H5" t="s">
-        <v>399</v>
+        <v>391</v>
       </c>
       <c r="I5" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="J5" t="s">
         <v>20</v>
       </c>
       <c r="K5" t="s">
-        <v>400</v>
+        <v>115</v>
       </c>
       <c r="L5" t="s">
-        <v>401</v>
+        <v>116</v>
       </c>
       <c r="M5" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N5" t="s">
-        <v>402</v>
+        <v>392</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>76</v>
+        <v>124</v>
       </c>
       <c r="Q5" t="s">
-        <v>403</v>
+        <v>393</v>
       </c>
       <c r="R5" t="s">
-        <v>76</v>
+        <v>124</v>
       </c>
       <c r="S5" t="s">
-        <v>404</v>
+        <v>394</v>
       </c>
       <c r="T5" t="s">
-        <v>405</v>
+        <v>395</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="B6" t="s">
-        <v>406</v>
+        <v>396</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>407</v>
+        <v>397</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>408</v>
+        <v>398</v>
       </c>
       <c r="H6" t="s">
-        <v>409</v>
+        <v>399</v>
       </c>
       <c r="I6" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="J6" t="s">
         <v>20</v>
       </c>
       <c r="K6" t="s">
-        <v>410</v>
+        <v>85</v>
       </c>
       <c r="L6" t="s">
-        <v>411</v>
+        <v>86</v>
       </c>
       <c r="M6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N6" t="s">
-        <v>412</v>
+        <v>400</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>413</v>
+        <v>401</v>
       </c>
       <c r="Q6" t="s">
-        <v>414</v>
+        <v>402</v>
       </c>
       <c r="R6" t="s">
-        <v>76</v>
+        <v>124</v>
       </c>
       <c r="S6" t="s">
-        <v>415</v>
+        <v>403</v>
       </c>
       <c r="T6" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="B7" t="s">
-        <v>416</v>
+        <v>404</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>417</v>
+        <v>405</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>418</v>
+        <v>406</v>
       </c>
       <c r="H7" t="s">
-        <v>419</v>
+        <v>407</v>
       </c>
       <c r="I7" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="J7" t="s">
         <v>20</v>
       </c>
       <c r="K7" t="s">
-        <v>359</v>
+        <v>351</v>
       </c>
       <c r="L7" t="s">
-        <v>360</v>
+        <v>352</v>
       </c>
       <c r="M7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N7" t="s">
-        <v>420</v>
+        <v>408</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>413</v>
+        <v>401</v>
       </c>
       <c r="Q7" t="s">
-        <v>421</v>
+        <v>409</v>
       </c>
       <c r="R7" t="s">
-        <v>76</v>
+        <v>124</v>
       </c>
       <c r="S7" t="s">
-        <v>422</v>
+        <v>410</v>
       </c>
       <c r="T7" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="B8" t="s">
-        <v>423</v>
+        <v>411</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>407</v>
+        <v>397</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>424</v>
+        <v>412</v>
       </c>
       <c r="H8" t="s">
-        <v>425</v>
+        <v>413</v>
       </c>
       <c r="I8" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="J8" t="s">
         <v>20</v>
       </c>
       <c r="K8" t="s">
-        <v>74</v>
+        <v>132</v>
       </c>
       <c r="L8" t="s">
         <v>41</v>
       </c>
       <c r="M8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N8" t="s">
-        <v>426</v>
+        <v>414</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>413</v>
+        <v>401</v>
       </c>
       <c r="Q8" t="s">
-        <v>427</v>
+        <v>415</v>
       </c>
       <c r="R8" t="s">
-        <v>76</v>
+        <v>124</v>
       </c>
       <c r="S8" t="s">
         <v>42</v>
       </c>
       <c r="T8" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="B9" t="s">
-        <v>428</v>
+        <v>416</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>429</v>
+        <v>417</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>430</v>
+        <v>418</v>
       </c>
       <c r="H9" t="s">
-        <v>431</v>
+        <v>419</v>
       </c>
       <c r="I9" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="J9" t="s">
-        <v>432</v>
+        <v>420</v>
       </c>
       <c r="K9" t="s">
-        <v>220</v>
+        <v>93</v>
       </c>
       <c r="L9" t="s">
-        <v>221</v>
+        <v>94</v>
       </c>
       <c r="M9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N9" t="s">
-        <v>433</v>
+        <v>421</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="Q9" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="R9" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="S9" t="s">
-        <v>434</v>
+        <v>422</v>
       </c>
       <c r="T9" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="B10" t="s">
-        <v>435</v>
+        <v>423</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>436</v>
+        <v>424</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>437</v>
+        <v>425</v>
       </c>
       <c r="H10" t="s">
-        <v>438</v>
+        <v>426</v>
       </c>
       <c r="I10" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="J10" t="s">
         <v>20</v>
       </c>
       <c r="K10" t="s">
-        <v>439</v>
+        <v>427</v>
       </c>
       <c r="L10" t="s">
-        <v>440</v>
+        <v>428</v>
       </c>
       <c r="M10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N10" t="s">
-        <v>441</v>
+        <v>429</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="Q10" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="R10" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="S10" t="s">
-        <v>442</v>
+        <v>430</v>
       </c>
       <c r="T10" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="B11" t="s">
-        <v>443</v>
+        <v>431</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>407</v>
+        <v>397</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>444</v>
+        <v>432</v>
       </c>
       <c r="H11" t="s">
-        <v>445</v>
+        <v>433</v>
       </c>
       <c r="I11" t="s">
-        <v>446</v>
+        <v>434</v>
       </c>
       <c r="J11" t="s">
         <v>20</v>
       </c>
       <c r="K11" t="s">
-        <v>410</v>
+        <v>85</v>
       </c>
       <c r="L11" t="s">
-        <v>411</v>
+        <v>86</v>
       </c>
       <c r="M11" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N11" t="s">
-        <v>412</v>
+        <v>400</v>
       </c>
       <c r="O11" t="s">
         <v>20</v>
       </c>
       <c r="P11" t="s">
-        <v>76</v>
+        <v>124</v>
       </c>
       <c r="Q11" t="s">
-        <v>447</v>
+        <v>435</v>
       </c>
       <c r="R11" t="s">
-        <v>76</v>
+        <v>124</v>
       </c>
       <c r="S11" t="s">
-        <v>448</v>
+        <v>436</v>
       </c>
       <c r="T11" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="B12" t="s">
-        <v>449</v>
+        <v>437</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>407</v>
+        <v>397</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>450</v>
+        <v>438</v>
       </c>
       <c r="H12" t="s">
-        <v>451</v>
+        <v>439</v>
       </c>
       <c r="I12" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="J12" t="s">
         <v>20</v>
       </c>
       <c r="K12" t="s">
-        <v>115</v>
+        <v>100</v>
       </c>
       <c r="L12" t="s">
         <v>59</v>
       </c>
       <c r="M12" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N12" t="s">
-        <v>452</v>
+        <v>440</v>
       </c>
       <c r="O12" t="s">
         <v>20</v>
       </c>
       <c r="P12" t="s">
-        <v>413</v>
+        <v>401</v>
       </c>
       <c r="Q12" t="s">
-        <v>414</v>
+        <v>402</v>
       </c>
       <c r="R12" t="s">
-        <v>76</v>
+        <v>124</v>
       </c>
       <c r="S12" t="s">
-        <v>453</v>
+        <v>441</v>
       </c>
       <c r="T12" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="B13" t="s">
-        <v>454</v>
+        <v>442</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>407</v>
+        <v>397</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>455</v>
+        <v>443</v>
       </c>
       <c r="H13" t="s">
-        <v>456</v>
+        <v>444</v>
       </c>
       <c r="I13" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="J13" t="s">
         <v>20</v>
       </c>
       <c r="K13" t="s">
-        <v>115</v>
+        <v>100</v>
       </c>
       <c r="L13" t="s">
         <v>59</v>
       </c>
       <c r="M13" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N13" t="s">
-        <v>457</v>
+        <v>445</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
-        <v>413</v>
+        <v>401</v>
       </c>
       <c r="Q13" t="s">
-        <v>458</v>
+        <v>446</v>
       </c>
       <c r="R13" t="s">
-        <v>76</v>
+        <v>124</v>
       </c>
       <c r="S13" t="s">
         <v>60</v>
       </c>
       <c r="T13" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="B14" t="s">
-        <v>459</v>
+        <v>447</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>460</v>
+        <v>448</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>461</v>
+        <v>449</v>
       </c>
       <c r="H14" t="s">
-        <v>462</v>
+        <v>450</v>
       </c>
       <c r="I14" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="J14" t="s">
-        <v>463</v>
+        <v>451</v>
       </c>
       <c r="K14" t="s">
-        <v>74</v>
+        <v>132</v>
       </c>
       <c r="L14" t="s">
         <v>41</v>
       </c>
       <c r="M14" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N14" t="s">
-        <v>464</v>
+        <v>452</v>
       </c>
       <c r="O14" t="s">
         <v>20</v>
       </c>
       <c r="P14" t="s">
-        <v>465</v>
+        <v>453</v>
       </c>
       <c r="Q14" t="s">
-        <v>421</v>
+        <v>409</v>
       </c>
       <c r="R14" t="s">
-        <v>465</v>
+        <v>453</v>
       </c>
       <c r="S14" t="s">
-        <v>466</v>
+        <v>454</v>
       </c>
       <c r="T14" t="s">
-        <v>467</v>
+        <v>455</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="B15" t="s">
-        <v>468</v>
+        <v>456</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>397</v>
+        <v>389</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>469</v>
+        <v>457</v>
       </c>
       <c r="H15" t="s">
-        <v>470</v>
+        <v>458</v>
       </c>
       <c r="I15" t="s">
-        <v>446</v>
+        <v>434</v>
       </c>
       <c r="J15" t="s">
-        <v>471</v>
+        <v>459</v>
       </c>
       <c r="K15" t="s">
-        <v>74</v>
+        <v>132</v>
       </c>
       <c r="L15" t="s">
         <v>41</v>
       </c>
       <c r="M15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N15" t="s">
-        <v>472</v>
+        <v>460</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
-        <v>76</v>
+        <v>124</v>
       </c>
       <c r="Q15" t="s">
-        <v>403</v>
+        <v>393</v>
       </c>
       <c r="R15" t="s">
-        <v>76</v>
+        <v>124</v>
       </c>
       <c r="S15" t="s">
-        <v>473</v>
+        <v>461</v>
       </c>
       <c r="T15" t="s">
-        <v>405</v>
+        <v>395</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="B16" t="s">
-        <v>474</v>
+        <v>462</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>436</v>
+        <v>424</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>475</v>
+        <v>463</v>
       </c>
       <c r="H16" t="s">
-        <v>476</v>
+        <v>464</v>
       </c>
       <c r="I16" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="J16" t="s">
         <v>20</v>
       </c>
       <c r="K16" t="s">
-        <v>439</v>
+        <v>427</v>
       </c>
       <c r="L16" t="s">
-        <v>440</v>
+        <v>428</v>
       </c>
       <c r="M16" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N16" t="s">
-        <v>477</v>
+        <v>465</v>
       </c>
       <c r="O16" t="s">
         <v>20</v>
       </c>
       <c r="P16" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="Q16" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="R16" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="S16" t="s">
-        <v>478</v>
+        <v>466</v>
       </c>
       <c r="T16" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="B17" t="s">
-        <v>479</v>
+        <v>467</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>407</v>
+        <v>397</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>480</v>
+        <v>468</v>
       </c>
       <c r="H17" t="s">
-        <v>481</v>
+        <v>469</v>
       </c>
       <c r="I17" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="J17" t="s">
-        <v>482</v>
+        <v>470</v>
       </c>
       <c r="K17" t="s">
-        <v>74</v>
+        <v>132</v>
       </c>
       <c r="L17" t="s">
         <v>41</v>
       </c>
       <c r="M17" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N17" t="s">
-        <v>426</v>
+        <v>414</v>
       </c>
       <c r="O17" t="s">
         <v>20</v>
       </c>
       <c r="P17" t="s">
-        <v>413</v>
+        <v>401</v>
       </c>
       <c r="Q17" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="R17" t="s">
-        <v>76</v>
+        <v>124</v>
       </c>
       <c r="S17" t="s">
-        <v>483</v>
+        <v>471</v>
       </c>
       <c r="T17" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="B18" t="s">
-        <v>484</v>
+        <v>472</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>407</v>
+        <v>397</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>485</v>
+        <v>473</v>
       </c>
       <c r="H18" t="s">
-        <v>486</v>
+        <v>474</v>
       </c>
       <c r="I18" t="s">
-        <v>446</v>
+        <v>434</v>
       </c>
       <c r="J18" t="s">
-        <v>487</v>
+        <v>475</v>
       </c>
       <c r="K18" t="s">
-        <v>488</v>
+        <v>123</v>
       </c>
       <c r="L18" t="s">
         <v>41</v>
       </c>
       <c r="M18" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N18" t="s">
-        <v>426</v>
+        <v>414</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
-        <v>76</v>
+        <v>124</v>
       </c>
       <c r="Q18" t="s">
-        <v>447</v>
+        <v>435</v>
       </c>
       <c r="R18" t="s">
-        <v>76</v>
+        <v>124</v>
       </c>
       <c r="S18" t="s">
-        <v>489</v>
+        <v>476</v>
       </c>
       <c r="T18" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="B19" t="s">
-        <v>490</v>
+        <v>477</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>491</v>
+        <v>478</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>492</v>
+        <v>479</v>
       </c>
       <c r="H19" t="s">
-        <v>493</v>
+        <v>480</v>
       </c>
       <c r="I19" t="s">
-        <v>446</v>
+        <v>434</v>
       </c>
       <c r="J19" t="s">
         <v>20</v>
       </c>
       <c r="K19" t="s">
-        <v>115</v>
+        <v>100</v>
       </c>
       <c r="L19" t="s">
         <v>59</v>
       </c>
       <c r="M19" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N19" t="s">
-        <v>494</v>
+        <v>481</v>
       </c>
       <c r="O19" t="s">
         <v>20</v>
       </c>
       <c r="P19" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="Q19" t="s">
-        <v>495</v>
+        <v>482</v>
       </c>
       <c r="R19" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="S19" t="s">
-        <v>496</v>
+        <v>483</v>
       </c>
       <c r="T19" t="s">
-        <v>467</v>
+        <v>455</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="B20" t="s">
-        <v>497</v>
+        <v>484</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>491</v>
+        <v>478</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>498</v>
+        <v>485</v>
       </c>
       <c r="H20" t="s">
-        <v>499</v>
+        <v>486</v>
       </c>
       <c r="I20" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="J20" t="s">
         <v>20</v>
       </c>
       <c r="K20" t="s">
-        <v>488</v>
+        <v>123</v>
       </c>
       <c r="L20" t="s">
         <v>41</v>
       </c>
       <c r="M20" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N20" t="s">
-        <v>494</v>
+        <v>481</v>
       </c>
       <c r="O20" t="s">
         <v>20</v>
       </c>
       <c r="P20" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="Q20" t="s">
-        <v>495</v>
+        <v>482</v>
       </c>
       <c r="R20" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="S20" t="s">
-        <v>500</v>
+        <v>487</v>
       </c>
       <c r="T20" t="s">
-        <v>467</v>
+        <v>455</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="B21" t="s">
-        <v>501</v>
+        <v>488</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>397</v>
+        <v>389</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>502</v>
+        <v>489</v>
       </c>
       <c r="H21" t="s">
-        <v>503</v>
+        <v>490</v>
       </c>
       <c r="I21" t="s">
-        <v>446</v>
+        <v>434</v>
       </c>
       <c r="J21" t="s">
-        <v>471</v>
+        <v>459</v>
       </c>
       <c r="K21" t="s">
-        <v>74</v>
+        <v>132</v>
       </c>
       <c r="L21" t="s">
         <v>41</v>
       </c>
       <c r="M21" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N21" t="s">
-        <v>504</v>
+        <v>491</v>
       </c>
       <c r="O21" t="s">
         <v>20</v>
       </c>
       <c r="P21" t="s">
-        <v>76</v>
+        <v>124</v>
       </c>
       <c r="Q21" t="s">
-        <v>403</v>
+        <v>393</v>
       </c>
       <c r="R21" t="s">
-        <v>76</v>
+        <v>124</v>
       </c>
       <c r="S21" t="s">
-        <v>505</v>
+        <v>492</v>
       </c>
       <c r="T21" t="s">
-        <v>405</v>
+        <v>395</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="B22" t="s">
-        <v>506</v>
+        <v>493</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>507</v>
+        <v>494</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>508</v>
+        <v>495</v>
       </c>
       <c r="H22" t="s">
-        <v>509</v>
+        <v>496</v>
       </c>
       <c r="I22" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="J22" t="s">
         <v>20</v>
       </c>
       <c r="K22" t="s">
-        <v>510</v>
+        <v>108</v>
       </c>
       <c r="L22" t="s">
-        <v>511</v>
+        <v>109</v>
       </c>
       <c r="M22" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N22" t="s">
-        <v>512</v>
+        <v>497</v>
       </c>
       <c r="O22" t="s">
         <v>20</v>
       </c>
       <c r="P22" t="s">
-        <v>413</v>
+        <v>401</v>
       </c>
       <c r="Q22" t="s">
-        <v>421</v>
+        <v>409</v>
       </c>
       <c r="R22" t="s">
-        <v>76</v>
+        <v>124</v>
       </c>
       <c r="S22" t="s">
-        <v>513</v>
+        <v>498</v>
       </c>
       <c r="T22" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="B23" t="s">
-        <v>514</v>
+        <v>499</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>507</v>
+        <v>494</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>515</v>
+        <v>500</v>
       </c>
       <c r="H23" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="I23" t="s">
-        <v>446</v>
+        <v>434</v>
       </c>
       <c r="J23" t="s">
         <v>20</v>
       </c>
       <c r="K23" t="s">
-        <v>510</v>
+        <v>108</v>
       </c>
       <c r="L23" t="s">
-        <v>511</v>
+        <v>109</v>
       </c>
       <c r="M23" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N23" t="s">
-        <v>512</v>
+        <v>497</v>
       </c>
       <c r="O23" t="s">
         <v>20</v>
       </c>
       <c r="P23" t="s">
-        <v>76</v>
+        <v>124</v>
       </c>
       <c r="Q23" t="s">
-        <v>447</v>
+        <v>435</v>
       </c>
       <c r="R23" t="s">
-        <v>76</v>
+        <v>124</v>
       </c>
       <c r="S23" t="s">
-        <v>517</v>
+        <v>502</v>
       </c>
       <c r="T23" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>