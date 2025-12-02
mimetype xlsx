--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -1,59 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="562" uniqueCount="249">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="866" uniqueCount="388">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -756,96 +762,513 @@
     <t>https://www.has-sante.fr/jcms/c_2713225/fr/docteur-charles-neveu</t>
   </si>
   <si>
     <t>c_2713225</t>
   </si>
   <si>
     <t>NEVEU</t>
   </si>
   <si>
     <t>Charles</t>
   </si>
   <si>
     <t>15 February 2024</t>
   </si>
   <si>
     <t>CL DE L'UNION SAINT JEAN,ETAB DE SOINS DE SUITE LE MARQUISAT,CL TOULOUSE LAUTREC ALBI</t>
   </si>
   <si>
     <t>31240,31240,81000</t>
   </si>
   <si>
     <t>ST JEAN,ST JEAN,ALBI</t>
   </si>
   <si>
     <t>310780283,310792635,810101170</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>SERV. D.P.F. ALBI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3492_FicheESSMS/fr/serv-d-p-f-albi</t>
+  </si>
+  <si>
+    <t>3492_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Des Cordeliers</t>
+  </si>
+  <si>
+    <t>81011 ALBI CEDEX 9</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>810010272</t>
+  </si>
+  <si>
+    <t>EHPAD MAISON DU BOUTGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4202_FicheESSMS/fr/ehpad-maison-du-boutge</t>
+  </si>
+  <si>
+    <t>4202_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Rue Emile Grand</t>
+  </si>
+  <si>
+    <t>81000 ALBI</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>810101675</t>
+  </si>
+  <si>
+    <t>SERV. M.J.P.M. ALBI UDAF TARN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3493_FicheESSMS/fr/serv-m-j-p-m-albi-udaf-tarn</t>
+  </si>
+  <si>
+    <t>3493_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>810010280</t>
+  </si>
+  <si>
+    <t>IME L'ECHAPEE VERTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3866_FicheESSMS/fr/ime-l-echapee-verte</t>
+  </si>
+  <si>
+    <t>3866_FicheESSMS</t>
+  </si>
+  <si>
+    <t>78 Avenue De Loirat</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>810000430</t>
+  </si>
+  <si>
+    <t>SERV. M.J.P.M. ALBI AT 81</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10492_FicheESSMS/fr/serv-m-j-p-m-albi-at-81</t>
+  </si>
+  <si>
+    <t>10492_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Rue Gustave Eiffel</t>
+  </si>
+  <si>
+    <t>810010306</t>
+  </si>
+  <si>
+    <t>EHPAD LES JARDINS DE JOUVENCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11019_FicheESSMS/fr/ehpad-les-jardins-de-jouvence</t>
+  </si>
+  <si>
+    <t>11019_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue De Berne Lagarde</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>810010223</t>
+  </si>
+  <si>
+    <t>EAID</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11672_FicheESSMS/fr/eaid</t>
+  </si>
+  <si>
+    <t>11672_FicheESSMS</t>
+  </si>
+  <si>
+    <t>76 Rue Lavaziere</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>810009837</t>
+  </si>
+  <si>
+    <t>EPAS DE  L'APAJH DU TARN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11895_FicheESSMS/fr/epas-de-l-apajh-du-tarn</t>
+  </si>
+  <si>
+    <t>11895_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46 Rue Sere De Rivieres</t>
+  </si>
+  <si>
+    <t>81013 ALBI CEDEX 9</t>
+  </si>
+  <si>
+    <t>810010314</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CLINIQUE CLAUDE BERNARD CTRE MEDICO CHIRURGICAL OBSTETRICAL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2930_FicheEtablissement/fr/cl-claude-bernard-albi</t>
+  </si>
+  <si>
+    <t>2930_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>1 Rue Pere Colombier</t>
+  </si>
+  <si>
+    <t>0563777762</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Réanimation</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>CENTRE MUTUALISTE DE REEDUCATION FONCTIONNELLE D'ALBI</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2931_FicheEtablissement/fr/cmrf-albi</t>
+  </si>
+  <si>
+    <t>2931_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0563457050</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>810000232</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER ALBI</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2933_FicheEtablissement/fr/ch-albi</t>
+  </si>
+  <si>
+    <t>2933_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>22 Boulevard Sibille</t>
+  </si>
+  <si>
+    <t>0563474747</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER SPECIALISE PIERRE JAMET ALBI</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2939_FicheEtablissement/fr/chs-pierre-jamet-albi</t>
+  </si>
+  <si>
+    <t>2939_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>7 Rue Lavaziere</t>
+  </si>
+  <si>
+    <t>81025 ALBI CEDEX 9</t>
+  </si>
+  <si>
+    <t>0563484848</t>
+  </si>
+  <si>
+    <t>Psychiatrie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>810002022</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>CLINIQUE TOULOUSE LAUTREC</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2950_FicheEtablissement/fr/cl-toulouse-lautrec-albi</t>
+  </si>
+  <si>
+    <t>2950_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Jacques Monod</t>
+  </si>
+  <si>
+    <t>0563484687</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>UNITE SOINS LONGUE DUREE CENTRE HOSPITALIER ALBI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2946_FicheEtablissement/fr/usld-ch-albi</t>
+  </si>
+  <si>
+    <t>2946_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0563474306</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>810100297</t>
+  </si>
+  <si>
+    <t>CHS PIERRE JAMET CLINIQUE D'ADDICTOLOGIE SAINT SALVADOU ALBI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2951_FicheEtablissement/fr/chs-jamet-cl-addicto-st-salvadou-albi</t>
+  </si>
+  <si>
+    <t>2951_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0563381578</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>810101303</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R33"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -2662,41 +3085,1015 @@
       </c>
       <c r="L33" t="s">
         <v>243</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
         <v>244</v>
       </c>
       <c r="O33" t="s">
         <v>245</v>
       </c>
       <c r="P33" t="s">
         <v>246</v>
       </c>
       <c r="Q33" t="s">
         <v>247</v>
       </c>
       <c r="R33" t="s">
         <v>248</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>249</v>
+      </c>
+      <c r="J1" t="s">
+        <v>250</v>
+      </c>
+      <c r="K1" t="s">
+        <v>251</v>
+      </c>
+      <c r="L1" t="s">
+        <v>252</v>
+      </c>
+      <c r="M1" t="s">
+        <v>253</v>
+      </c>
+      <c r="N1" t="s">
+        <v>254</v>
+      </c>
+      <c r="O1" t="s">
+        <v>255</v>
+      </c>
+      <c r="P1" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>257</v>
+      </c>
+      <c r="B2" t="s">
+        <v>258</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>259</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>260</v>
+      </c>
+      <c r="H2" t="s">
+        <v>261</v>
+      </c>
+      <c r="I2" t="s">
+        <v>262</v>
+      </c>
+      <c r="J2" t="s">
+        <v>263</v>
+      </c>
+      <c r="K2" t="s">
+        <v>169</v>
+      </c>
+      <c r="L2" t="s">
+        <v>264</v>
+      </c>
+      <c r="M2" t="s">
+        <v>265</v>
+      </c>
+      <c r="N2" t="s">
+        <v>266</v>
+      </c>
+      <c r="O2" t="s">
+        <v>267</v>
+      </c>
+      <c r="P2" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>257</v>
+      </c>
+      <c r="B3" t="s">
+        <v>269</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>270</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>271</v>
+      </c>
+      <c r="H3" t="s">
+        <v>272</v>
+      </c>
+      <c r="I3" t="s">
+        <v>273</v>
+      </c>
+      <c r="J3" t="s">
+        <v>274</v>
+      </c>
+      <c r="K3" t="s">
+        <v>30</v>
+      </c>
+      <c r="L3" t="s">
+        <v>264</v>
+      </c>
+      <c r="M3" t="s">
+        <v>265</v>
+      </c>
+      <c r="N3" t="s">
+        <v>275</v>
+      </c>
+      <c r="O3" t="s">
+        <v>276</v>
+      </c>
+      <c r="P3" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>257</v>
+      </c>
+      <c r="B4" t="s">
+        <v>278</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>259</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>279</v>
+      </c>
+      <c r="H4" t="s">
+        <v>280</v>
+      </c>
+      <c r="I4" t="s">
+        <v>262</v>
+      </c>
+      <c r="J4" t="s">
+        <v>274</v>
+      </c>
+      <c r="K4" t="s">
+        <v>30</v>
+      </c>
+      <c r="L4" t="s">
+        <v>264</v>
+      </c>
+      <c r="M4" t="s">
+        <v>265</v>
+      </c>
+      <c r="N4" t="s">
+        <v>281</v>
+      </c>
+      <c r="O4" t="s">
+        <v>282</v>
+      </c>
+      <c r="P4" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>257</v>
+      </c>
+      <c r="B5" t="s">
+        <v>284</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>285</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>286</v>
+      </c>
+      <c r="H5" t="s">
+        <v>287</v>
+      </c>
+      <c r="I5" t="s">
+        <v>288</v>
+      </c>
+      <c r="J5" t="s">
+        <v>274</v>
+      </c>
+      <c r="K5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L5" t="s">
+        <v>264</v>
+      </c>
+      <c r="M5" t="s">
+        <v>265</v>
+      </c>
+      <c r="N5" t="s">
+        <v>289</v>
+      </c>
+      <c r="O5" t="s">
+        <v>290</v>
+      </c>
+      <c r="P5" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>257</v>
+      </c>
+      <c r="B6" t="s">
+        <v>292</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>293</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>294</v>
+      </c>
+      <c r="H6" t="s">
+        <v>295</v>
+      </c>
+      <c r="I6" t="s">
+        <v>296</v>
+      </c>
+      <c r="J6" t="s">
+        <v>274</v>
+      </c>
+      <c r="K6" t="s">
+        <v>30</v>
+      </c>
+      <c r="L6" t="s">
+        <v>264</v>
+      </c>
+      <c r="M6" t="s">
+        <v>265</v>
+      </c>
+      <c r="N6" t="s">
+        <v>281</v>
+      </c>
+      <c r="O6" t="s">
+        <v>282</v>
+      </c>
+      <c r="P6" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>257</v>
+      </c>
+      <c r="B7" t="s">
+        <v>298</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>299</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>300</v>
+      </c>
+      <c r="H7" t="s">
+        <v>301</v>
+      </c>
+      <c r="I7" t="s">
+        <v>302</v>
+      </c>
+      <c r="J7" t="s">
+        <v>274</v>
+      </c>
+      <c r="K7" t="s">
+        <v>30</v>
+      </c>
+      <c r="L7" t="s">
+        <v>264</v>
+      </c>
+      <c r="M7" t="s">
+        <v>303</v>
+      </c>
+      <c r="N7" t="s">
+        <v>275</v>
+      </c>
+      <c r="O7" t="s">
+        <v>276</v>
+      </c>
+      <c r="P7" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>257</v>
+      </c>
+      <c r="B8" t="s">
+        <v>305</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>306</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>307</v>
+      </c>
+      <c r="H8" t="s">
+        <v>308</v>
+      </c>
+      <c r="I8" t="s">
+        <v>309</v>
+      </c>
+      <c r="J8" t="s">
+        <v>274</v>
+      </c>
+      <c r="K8" t="s">
+        <v>30</v>
+      </c>
+      <c r="L8" t="s">
+        <v>264</v>
+      </c>
+      <c r="M8" t="s">
+        <v>265</v>
+      </c>
+      <c r="N8" t="s">
+        <v>310</v>
+      </c>
+      <c r="O8" t="s">
+        <v>311</v>
+      </c>
+      <c r="P8" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>257</v>
+      </c>
+      <c r="B9" t="s">
+        <v>313</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>314</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>315</v>
+      </c>
+      <c r="H9" t="s">
+        <v>316</v>
+      </c>
+      <c r="I9" t="s">
+        <v>317</v>
+      </c>
+      <c r="J9" t="s">
+        <v>318</v>
+      </c>
+      <c r="K9" t="s">
+        <v>169</v>
+      </c>
+      <c r="L9" t="s">
+        <v>264</v>
+      </c>
+      <c r="M9" t="s">
+        <v>265</v>
+      </c>
+      <c r="N9" t="s">
+        <v>281</v>
+      </c>
+      <c r="O9" t="s">
+        <v>282</v>
+      </c>
+      <c r="P9" t="s">
+        <v>319</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>320</v>
+      </c>
+      <c r="J1" t="s">
+        <v>249</v>
+      </c>
+      <c r="K1" t="s">
+        <v>321</v>
+      </c>
+      <c r="L1" t="s">
+        <v>251</v>
+      </c>
+      <c r="M1" t="s">
+        <v>252</v>
+      </c>
+      <c r="N1" t="s">
+        <v>322</v>
+      </c>
+      <c r="O1" t="s">
+        <v>323</v>
+      </c>
+      <c r="P1" t="s">
+        <v>324</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>325</v>
+      </c>
+      <c r="R1" t="s">
+        <v>253</v>
+      </c>
+      <c r="S1" t="s">
+        <v>326</v>
+      </c>
+      <c r="T1" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>328</v>
+      </c>
+      <c r="B2" t="s">
+        <v>329</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>330</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>331</v>
+      </c>
+      <c r="H2" t="s">
+        <v>332</v>
+      </c>
+      <c r="I2" t="s">
+        <v>333</v>
+      </c>
+      <c r="J2" t="s">
+        <v>334</v>
+      </c>
+      <c r="K2" t="s">
+        <v>274</v>
+      </c>
+      <c r="L2" t="s">
+        <v>30</v>
+      </c>
+      <c r="M2" t="s">
+        <v>264</v>
+      </c>
+      <c r="N2" t="s">
+        <v>335</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>336</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>337</v>
+      </c>
+      <c r="R2" t="s">
+        <v>336</v>
+      </c>
+      <c r="S2" t="s">
+        <v>31</v>
+      </c>
+      <c r="T2" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>328</v>
+      </c>
+      <c r="B3" t="s">
+        <v>339</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>340</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>341</v>
+      </c>
+      <c r="H3" t="s">
+        <v>342</v>
+      </c>
+      <c r="I3" t="s">
+        <v>333</v>
+      </c>
+      <c r="J3" t="s">
+        <v>20</v>
+      </c>
+      <c r="K3" t="s">
+        <v>274</v>
+      </c>
+      <c r="L3" t="s">
+        <v>30</v>
+      </c>
+      <c r="M3" t="s">
+        <v>264</v>
+      </c>
+      <c r="N3" t="s">
+        <v>343</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>265</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>344</v>
+      </c>
+      <c r="R3" t="s">
+        <v>265</v>
+      </c>
+      <c r="S3" t="s">
+        <v>345</v>
+      </c>
+      <c r="T3" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>328</v>
+      </c>
+      <c r="B4" t="s">
+        <v>347</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>348</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>349</v>
+      </c>
+      <c r="H4" t="s">
+        <v>350</v>
+      </c>
+      <c r="I4" t="s">
+        <v>351</v>
+      </c>
+      <c r="J4" t="s">
+        <v>352</v>
+      </c>
+      <c r="K4" t="s">
+        <v>318</v>
+      </c>
+      <c r="L4" t="s">
+        <v>169</v>
+      </c>
+      <c r="M4" t="s">
+        <v>264</v>
+      </c>
+      <c r="N4" t="s">
+        <v>353</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>354</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>355</v>
+      </c>
+      <c r="R4" t="s">
+        <v>356</v>
+      </c>
+      <c r="S4" t="s">
+        <v>170</v>
+      </c>
+      <c r="T4" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>328</v>
+      </c>
+      <c r="B5" t="s">
+        <v>358</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>359</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>360</v>
+      </c>
+      <c r="H5" t="s">
+        <v>361</v>
+      </c>
+      <c r="I5" t="s">
+        <v>362</v>
+      </c>
+      <c r="J5" t="s">
+        <v>363</v>
+      </c>
+      <c r="K5" t="s">
+        <v>364</v>
+      </c>
+      <c r="L5" t="s">
+        <v>169</v>
+      </c>
+      <c r="M5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N5" t="s">
+        <v>365</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>265</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>366</v>
+      </c>
+      <c r="R5" t="s">
+        <v>265</v>
+      </c>
+      <c r="S5" t="s">
+        <v>367</v>
+      </c>
+      <c r="T5" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>328</v>
+      </c>
+      <c r="B6" t="s">
+        <v>369</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>370</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>371</v>
+      </c>
+      <c r="H6" t="s">
+        <v>372</v>
+      </c>
+      <c r="I6" t="s">
+        <v>333</v>
+      </c>
+      <c r="J6" t="s">
+        <v>373</v>
+      </c>
+      <c r="K6" t="s">
+        <v>274</v>
+      </c>
+      <c r="L6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M6" t="s">
+        <v>264</v>
+      </c>
+      <c r="N6" t="s">
+        <v>374</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>336</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>375</v>
+      </c>
+      <c r="R6" t="s">
+        <v>336</v>
+      </c>
+      <c r="S6" t="s">
+        <v>47</v>
+      </c>
+      <c r="T6" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>328</v>
+      </c>
+      <c r="B7" t="s">
+        <v>376</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>348</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>377</v>
+      </c>
+      <c r="H7" t="s">
+        <v>378</v>
+      </c>
+      <c r="I7" t="s">
+        <v>362</v>
+      </c>
+      <c r="J7" t="s">
+        <v>352</v>
+      </c>
+      <c r="K7" t="s">
+        <v>318</v>
+      </c>
+      <c r="L7" t="s">
+        <v>169</v>
+      </c>
+      <c r="M7" t="s">
+        <v>264</v>
+      </c>
+      <c r="N7" t="s">
+        <v>379</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>356</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>380</v>
+      </c>
+      <c r="R7" t="s">
+        <v>356</v>
+      </c>
+      <c r="S7" t="s">
+        <v>381</v>
+      </c>
+      <c r="T7" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>328</v>
+      </c>
+      <c r="B8" t="s">
+        <v>382</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>359</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>383</v>
+      </c>
+      <c r="H8" t="s">
+        <v>384</v>
+      </c>
+      <c r="I8" t="s">
+        <v>362</v>
+      </c>
+      <c r="J8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K8" t="s">
+        <v>274</v>
+      </c>
+      <c r="L8" t="s">
+        <v>30</v>
+      </c>
+      <c r="M8" t="s">
+        <v>264</v>
+      </c>
+      <c r="N8" t="s">
+        <v>385</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>265</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>386</v>
+      </c>
+      <c r="R8" t="s">
+        <v>265</v>
+      </c>
+      <c r="S8" t="s">
+        <v>387</v>
+      </c>
+      <c r="T8" t="s">
+        <v>368</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>