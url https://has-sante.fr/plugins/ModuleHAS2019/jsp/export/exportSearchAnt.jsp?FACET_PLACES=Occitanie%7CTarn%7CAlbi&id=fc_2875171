--- v1 (2025-12-02)
+++ v2 (2026-03-05)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="866" uniqueCount="388">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="902" uniqueCount="397">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -242,113 +242,113 @@
   <si>
     <t>MATHIEU</t>
   </si>
   <si>
     <t>17 November 2022</t>
   </si>
   <si>
     <t>Docteur Bertrand COVIN</t>
   </si>
   <si>
     <t>17/11/2022 14:34:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3387029/fr/docteur-bertrand-covin</t>
   </si>
   <si>
     <t>p_3387029</t>
   </si>
   <si>
     <t>COVIN</t>
   </si>
   <si>
     <t>Bertrand</t>
   </si>
   <si>
+    <t>26 February 2026</t>
+  </si>
+  <si>
     <t>Docteur DAVID REVERDY</t>
   </si>
   <si>
     <t>14/10/2022 16:33:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3378760/fr/docteur-david-reverdy</t>
   </si>
   <si>
     <t>p_3378760</t>
   </si>
   <si>
     <t>REVERDY</t>
   </si>
   <si>
     <t>DAVID</t>
   </si>
   <si>
     <t>13 October 2022</t>
   </si>
   <si>
     <t>Docteur GABRIEL EYMOND</t>
   </si>
   <si>
     <t>23/09/2021 15:31:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3288158/fr/docteur-gabriel-eymond</t>
   </si>
   <si>
     <t>p_3288158</t>
   </si>
   <si>
     <t>EYMOND</t>
   </si>
   <si>
     <t>GABRIEL</t>
   </si>
   <si>
-    <t>23 September 2021</t>
+    <t>23 October 2025</t>
   </si>
   <si>
     <t>Docteur Laurent DELESCLUSE</t>
   </si>
   <si>
     <t>16/07/2021 09:30:49</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3278037/fr/docteur-laurent-delescluse</t>
   </si>
   <si>
     <t>p_3278037</t>
   </si>
   <si>
     <t>DELESCLUSE</t>
   </si>
   <si>
     <t>Laurent</t>
   </si>
   <si>
-    <t>15 July 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Ségolène SYLVESTRE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3278038/fr/docteur-segolene-sylvestre</t>
   </si>
   <si>
     <t>p_3278038</t>
   </si>
   <si>
     <t>SYLVESTRE</t>
   </si>
   <si>
     <t>Ségolène</t>
   </si>
   <si>
     <t>Docteur Bertrand VAYLEUX</t>
   </si>
   <si>
     <t>16/07/2021 09:31:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3278055/fr/docteur-bertrand-vayleux</t>
   </si>
   <si>
     <t>p_3278055</t>
@@ -476,143 +476,140 @@
   <si>
     <t>c_2739621</t>
   </si>
   <si>
     <t>ROLLAND</t>
   </si>
   <si>
     <t>Emmanuel</t>
   </si>
   <si>
     <t>Docteur Bertrand FOPPA</t>
   </si>
   <si>
     <t>17/01/2017 17:32:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2739761/fr/docteur-bertrand-foppa</t>
   </si>
   <si>
     <t>c_2739761</t>
   </si>
   <si>
     <t>FOPPA</t>
   </si>
   <si>
-    <t>26 November 2020</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Julien ABAD</t>
   </si>
   <si>
     <t>17/01/2017 17:32:41</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2740134/fr/docteur-julien-abad</t>
   </si>
   <si>
     <t>c_2740134</t>
   </si>
   <si>
     <t>ABAD</t>
   </si>
   <si>
     <t>Julien</t>
   </si>
   <si>
-    <t>01 April 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Romain TOULZE</t>
   </si>
   <si>
     <t>17/01/2017 17:32:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2740161/fr/docteur-romain-toulze</t>
   </si>
   <si>
     <t>c_2740161</t>
   </si>
   <si>
     <t>TOULZE</t>
   </si>
   <si>
     <t>Romain</t>
   </si>
   <si>
     <t>CH ALBI</t>
   </si>
   <si>
     <t>81013</t>
   </si>
   <si>
     <t>ALBI CEDEX 9</t>
   </si>
   <si>
     <t>810000505</t>
   </si>
   <si>
     <t>Docteur Bertille CHAZE</t>
   </si>
   <si>
     <t>17/01/2017 17:32:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2740210/fr/docteur-bertille-chaze</t>
   </si>
   <si>
     <t>c_2740210</t>
   </si>
   <si>
     <t>CHAZE</t>
   </si>
   <si>
     <t>Bertille</t>
   </si>
   <si>
-    <t>21 January 2021</t>
+    <t>28 January 2026</t>
   </si>
   <si>
     <t>Docteur Pascal CARIVEN</t>
   </si>
   <si>
     <t>08/11/2016 11:31:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709348/fr/docteur-pascal-cariven</t>
   </si>
   <si>
     <t>c_2709348</t>
   </si>
   <si>
     <t>CARIVEN</t>
   </si>
   <si>
     <t>Pascal</t>
   </si>
   <si>
+    <t>20 November 2025</t>
+  </si>
+  <si>
     <t>Docteur Franc HOLMIERE</t>
   </si>
   <si>
     <t>08/11/2016 11:31:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710030/fr/docteur-franc-holmiere</t>
   </si>
   <si>
     <t>c_2710030</t>
   </si>
   <si>
     <t>HOLMIERE</t>
   </si>
   <si>
     <t>Franc</t>
   </si>
   <si>
     <t>26 June 2025</t>
   </si>
   <si>
     <t>Docteur Jean BERGRASER</t>
   </si>
   <si>
     <t>08/11/2016 11:32:08</t>
@@ -671,92 +668,89 @@
   <si>
     <t>LOURDES,ALBI CEDEX 9,BASSE TERRE</t>
   </si>
   <si>
     <t>650000045,810000505,970100392</t>
   </si>
   <si>
     <t>Docteur Geraud CHAUMEIL</t>
   </si>
   <si>
     <t>08/11/2016 11:33:05</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710959/fr/docteur-geraud-chaumeil</t>
   </si>
   <si>
     <t>c_2710959</t>
   </si>
   <si>
     <t>CHAUMEIL</t>
   </si>
   <si>
     <t>Geraud</t>
   </si>
   <si>
-    <t>21 October 2021</t>
+    <t>18 December 2025</t>
   </si>
   <si>
     <t>Docteur Olivier BRAULT</t>
   </si>
   <si>
     <t>08/11/2016 11:33:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711237/fr/docteur-olivier-brault</t>
   </si>
   <si>
     <t>c_2711237</t>
   </si>
   <si>
     <t>BRAULT</t>
   </si>
   <si>
     <t>Olivier</t>
   </si>
   <si>
     <t>Docteur Francois MARTY</t>
   </si>
   <si>
     <t>08/11/2016 11:35:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712546/fr/docteur-francois-marty</t>
   </si>
   <si>
     <t>c_2712546</t>
   </si>
   <si>
     <t>MARTY</t>
   </si>
   <si>
     <t>Francois</t>
   </si>
   <si>
-    <t>29 December 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Pierre arnaud CARRIERES</t>
   </si>
   <si>
     <t>08/11/2016 11:35:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712729/fr/docteur-pierre-arnaud-carrieres</t>
   </si>
   <si>
     <t>c_2712729</t>
   </si>
   <si>
     <t>CARRIERES</t>
   </si>
   <si>
     <t>Pierre arnaud</t>
   </si>
   <si>
     <t>Docteur Charles NEVEU</t>
   </si>
   <si>
     <t>08/11/2016 11:36:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713225/fr/docteur-charles-neveu</t>
@@ -791,293 +785,338 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>MAS MARIE ALLE</t>
+  </si>
+  <si>
+    <t>25/02/2026 05:10:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16366_FicheESSMS/fr/mas-marie-alle</t>
+  </si>
+  <si>
+    <t>16366_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue De Lavaziere</t>
+  </si>
+  <si>
+    <t>81025 ALBI CEDEX 9</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>810002238</t>
+  </si>
+  <si>
+    <t>EHPAD LES MIMOSAS ALBI</t>
+  </si>
+  <si>
+    <t>01/10/2025 16:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13840_FicheESSMS/fr/ehpad-les-mimosas-albi</t>
+  </si>
+  <si>
+    <t>13840_FicheESSMS</t>
+  </si>
+  <si>
+    <t>80 Avenue De Loirat</t>
+  </si>
+  <si>
+    <t>81000 ALBI</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>810101089</t>
+  </si>
+  <si>
     <t>SERV. D.P.F. ALBI</t>
   </si>
   <si>
     <t>10/09/2025 12:19:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3492_FicheESSMS/fr/serv-d-p-f-albi</t>
   </si>
   <si>
     <t>3492_FicheESSMS</t>
   </si>
   <si>
     <t>13 Rue Des Cordeliers</t>
   </si>
   <si>
     <t>81011 ALBI CEDEX 9</t>
   </si>
   <si>
-    <t>81</t>
-[...4 lines deleted...]
-  <si>
     <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
   </si>
   <si>
     <t>Service délégué aux prestations familiales</t>
   </si>
   <si>
     <t>810010272</t>
   </si>
   <si>
+    <t>IME L'ECHAPEE VERTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3866_FicheESSMS/fr/ime-l-echapee-verte</t>
+  </si>
+  <si>
+    <t>3866_FicheESSMS</t>
+  </si>
+  <si>
+    <t>78 Avenue De Loirat</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>810000430</t>
+  </si>
+  <si>
     <t>EHPAD MAISON DU BOUTGE</t>
   </si>
   <si>
     <t>10/09/2025 12:20:22</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4202_FicheESSMS/fr/ehpad-maison-du-boutge</t>
   </si>
   <si>
     <t>4202_FicheESSMS</t>
   </si>
   <si>
     <t>42 Rue Emile Grand</t>
   </si>
   <si>
-    <t>81000 ALBI</t>
-[...7 lines deleted...]
-  <si>
     <t>810101675</t>
   </si>
   <si>
     <t>SERV. M.J.P.M. ALBI UDAF TARN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3493_FicheESSMS/fr/serv-m-j-p-m-albi-udaf-tarn</t>
   </si>
   <si>
     <t>3493_FicheESSMS</t>
   </si>
   <si>
     <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Service mandataire judiciaire à la protection des majeurs</t>
   </si>
   <si>
     <t>810010280</t>
   </si>
   <si>
-    <t>IME L'ECHAPEE VERTE</t>
-[...20 lines deleted...]
-    <t>810000430</t>
+    <t>DITEP LE CHEMIN -SITE LA RENAUDIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5811_FicheESSMS/fr/ditep-le-chemin-site-la-renaudie</t>
+  </si>
+  <si>
+    <t>5811_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Chemin Des  Pasteliers</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>810100453</t>
   </si>
   <si>
     <t>SERV. M.J.P.M. ALBI AT 81</t>
   </si>
   <si>
     <t>10/09/2025 12:26:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10492_FicheESSMS/fr/serv-m-j-p-m-albi-at-81</t>
   </si>
   <si>
     <t>10492_FicheESSMS</t>
   </si>
   <si>
     <t>17 Rue Gustave Eiffel</t>
   </si>
   <si>
     <t>810010306</t>
   </si>
   <si>
-    <t>EHPAD LES JARDINS DE JOUVENCE</t>
-[...43 lines deleted...]
-  <si>
     <t>EPAS DE  L'APAJH DU TARN</t>
   </si>
   <si>
     <t>10/09/2025 12:27:21</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11895_FicheESSMS/fr/epas-de-l-apajh-du-tarn</t>
   </si>
   <si>
     <t>11895_FicheESSMS</t>
   </si>
   <si>
     <t>46 Rue Sere De Rivieres</t>
   </si>
   <si>
     <t>81013 ALBI CEDEX 9</t>
   </si>
   <si>
     <t>810010314</t>
   </si>
   <si>
     <t>Taille établissement</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
+    <t>CHS JAMET UMD LOUIS CROCQ ALBI</t>
+  </si>
+  <si>
+    <t>16/01/2026 03:14:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6907_FicheEtablissement/fr/chs-jamet-umd-louis-crocq-albi</t>
+  </si>
+  <si>
+    <t>6907_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>0563485600</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>810009068</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
     <t>CLINIQUE CLAUDE BERNARD CTRE MEDICO CHIRURGICAL OBSTETRICAL</t>
   </si>
   <si>
     <t>21/01/2025 10:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2930_FicheEtablissement/fr/cl-claude-bernard-albi</t>
   </si>
   <si>
     <t>2930_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>1 Rue Pere Colombier</t>
   </si>
   <si>
     <t>0563777762</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Réanimation</t>
   </si>
   <si>
-    <t>Établissements certifiés avec mention</t>
-[...1 lines deleted...]
-  <si>
     <t>CENTRE MUTUALISTE DE REEDUCATION FONCTIONNELLE D'ALBI</t>
   </si>
   <si>
     <t>21/01/2025 10:15:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2931_FicheEtablissement/fr/cmrf-albi</t>
   </si>
   <si>
     <t>2931_FicheEtablissement</t>
   </si>
   <si>
     <t>0563457050</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>810000232</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER ALBI</t>
@@ -1103,123 +1142,111 @@
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER SPECIALISE PIERRE JAMET ALBI</t>
   </si>
   <si>
     <t>21/01/2025 10:18:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2939_FicheEtablissement/fr/chs-pierre-jamet-albi</t>
   </si>
   <si>
     <t>2939_FicheEtablissement</t>
   </si>
   <si>
-    <t>petit</t>
-[...1 lines deleted...]
-  <si>
     <t>7 Rue Lavaziere</t>
   </si>
   <si>
-    <t>81025 ALBI CEDEX 9</t>
-[...1 lines deleted...]
-  <si>
     <t>0563484848</t>
   </si>
   <si>
     <t>Psychiatrie, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>810002022</t>
   </si>
   <si>
-    <t>A</t>
-[...1 lines deleted...]
-  <si>
     <t>CLINIQUE TOULOUSE LAUTREC</t>
   </si>
   <si>
     <t>21/01/2025 10:17:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2950_FicheEtablissement/fr/cl-toulouse-lautrec-albi</t>
   </si>
   <si>
     <t>2950_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Rue Jacques Monod</t>
   </si>
   <si>
     <t>0563484687</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>UNITE SOINS LONGUE DUREE CENTRE HOSPITALIER ALBI</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2946_FicheEtablissement/fr/usld-ch-albi</t>
   </si>
   <si>
     <t>2946_FicheEtablissement</t>
   </si>
   <si>
     <t>0563474306</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>810100297</t>
   </si>
   <si>
     <t>CHS PIERRE JAMET CLINIQUE D'ADDICTOLOGIE SAINT SALVADOU ALBI</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2951_FicheEtablissement/fr/chs-jamet-cl-addicto-st-salvadou-albi</t>
   </si>
   <si>
     <t>2951_FicheEtablissement</t>
   </si>
   <si>
     <t>0563381578</t>
-  </si>
-[...1 lines deleted...]
-    <t>Psychiatrie</t>
   </si>
   <si>
     <t>810101303</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -1668,275 +1695,275 @@
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
         <v>71</v>
       </c>
       <c r="H8" t="s">
         <v>72</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
         <v>73</v>
       </c>
       <c r="L8" t="s">
         <v>74</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="O8" t="s">
         <v>46</v>
       </c>
       <c r="P8" t="s">
         <v>29</v>
       </c>
       <c r="Q8" t="s">
         <v>30</v>
       </c>
       <c r="R8" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="L9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="O9" t="s">
         <v>46</v>
       </c>
       <c r="P9" t="s">
         <v>29</v>
       </c>
       <c r="Q9" t="s">
         <v>30</v>
       </c>
       <c r="R9" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="L10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="O10" t="s">
         <v>28</v>
       </c>
       <c r="P10" t="s">
         <v>29</v>
       </c>
       <c r="Q10" t="s">
         <v>30</v>
       </c>
       <c r="R10" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H11" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="L11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="O11" t="s">
         <v>46</v>
       </c>
       <c r="P11" t="s">
         <v>29</v>
       </c>
       <c r="Q11" t="s">
         <v>30</v>
       </c>
       <c r="R11" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
         <v>96</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
         <v>97</v>
       </c>
       <c r="H12" t="s">
         <v>98</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
         <v>99</v>
       </c>
       <c r="L12" t="s">
         <v>100</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="O12" t="s">
         <v>46</v>
       </c>
       <c r="P12" t="s">
         <v>29</v>
       </c>
       <c r="Q12" t="s">
         <v>30</v>
       </c>
       <c r="R12" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
         <v>101</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
@@ -1948,51 +1975,51 @@
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
         <v>103</v>
       </c>
       <c r="H13" t="s">
         <v>104</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
         <v>105</v>
       </c>
       <c r="L13" t="s">
         <v>74</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="O13" t="s">
         <v>46</v>
       </c>
       <c r="P13" t="s">
         <v>29</v>
       </c>
       <c r="Q13" t="s">
         <v>30</v>
       </c>
       <c r="R13" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
         <v>106</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
@@ -2166,51 +2193,51 @@
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
         <v>121</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
         <v>127</v>
       </c>
       <c r="H17" t="s">
         <v>128</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
         <v>129</v>
       </c>
       <c r="L17" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
         <v>119</v>
       </c>
       <c r="O17" t="s">
         <v>28</v>
       </c>
       <c r="P17" t="s">
         <v>29</v>
       </c>
       <c r="Q17" t="s">
         <v>30</v>
       </c>
       <c r="R17" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
@@ -2340,51 +2367,51 @@
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
         <v>144</v>
       </c>
       <c r="H20" t="s">
         <v>145</v>
       </c>
       <c r="I20" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
         <v>146</v>
       </c>
       <c r="L20" t="s">
         <v>147</v>
       </c>
       <c r="M20" t="s">
         <v>20</v>
       </c>
       <c r="N20" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="O20" t="s">
         <v>46</v>
       </c>
       <c r="P20" t="s">
         <v>29</v>
       </c>
       <c r="Q20" t="s">
         <v>30</v>
       </c>
       <c r="R20" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
         <v>148</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
@@ -2396,1704 +2423,1816 @@
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
         <v>150</v>
       </c>
       <c r="H21" t="s">
         <v>151</v>
       </c>
       <c r="I21" t="n">
         <v>0.0</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
         <v>152</v>
       </c>
       <c r="L21" t="s">
         <v>74</v>
       </c>
       <c r="M21" t="s">
         <v>20</v>
       </c>
       <c r="N21" t="s">
-        <v>153</v>
+        <v>38</v>
       </c>
       <c r="O21" t="s">
         <v>28</v>
       </c>
       <c r="P21" t="s">
         <v>29</v>
       </c>
       <c r="Q21" t="s">
         <v>30</v>
       </c>
       <c r="R21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
+        <v>153</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
         <v>154</v>
       </c>
-      <c r="C22" t="s">
-[...5 lines deleted...]
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
         <v>155</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="I22" t="n">
         <v>0.0</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
+        <v>157</v>
+      </c>
+      <c r="L22" t="s">
         <v>158</v>
       </c>
-      <c r="L22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M22" t="s">
         <v>20</v>
       </c>
       <c r="N22" t="s">
-        <v>160</v>
+        <v>89</v>
       </c>
       <c r="O22" t="s">
         <v>28</v>
       </c>
       <c r="P22" t="s">
         <v>29</v>
       </c>
       <c r="Q22" t="s">
         <v>30</v>
       </c>
       <c r="R22" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
+        <v>159</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>160</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
         <v>161</v>
       </c>
-      <c r="C23" t="s">
-[...5 lines deleted...]
-      <c r="E23" t="s">
+      <c r="H23" t="s">
         <v>162</v>
-      </c>
-[...7 lines deleted...]
-        <v>164</v>
       </c>
       <c r="I23" t="n">
         <v>0.0</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="L23" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="M23" t="s">
         <v>20</v>
       </c>
       <c r="N23" t="s">
         <v>112</v>
       </c>
       <c r="O23" t="s">
+        <v>165</v>
+      </c>
+      <c r="P23" t="s">
+        <v>166</v>
+      </c>
+      <c r="Q23" t="s">
         <v>167</v>
       </c>
-      <c r="P23" t="s">
+      <c r="R23" t="s">
         <v>168</v>
-      </c>
-[...4 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
+        <v>169</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>170</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
         <v>171</v>
       </c>
-      <c r="C24" t="s">
-[...5 lines deleted...]
-      <c r="E24" t="s">
+      <c r="H24" t="s">
         <v>172</v>
-      </c>
-[...7 lines deleted...]
-        <v>174</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
+        <v>173</v>
+      </c>
+      <c r="L24" t="s">
+        <v>174</v>
+      </c>
+      <c r="M24" t="s">
+        <v>20</v>
+      </c>
+      <c r="N24" t="s">
         <v>175</v>
-      </c>
-[...7 lines deleted...]
-        <v>177</v>
       </c>
       <c r="O24" t="s">
         <v>28</v>
       </c>
       <c r="P24" t="s">
         <v>29</v>
       </c>
       <c r="Q24" t="s">
         <v>30</v>
       </c>
       <c r="R24" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
+        <v>176</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>177</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
         <v>178</v>
       </c>
-      <c r="C25" t="s">
-[...5 lines deleted...]
-      <c r="E25" t="s">
+      <c r="H25" t="s">
         <v>179</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
+        <v>180</v>
+      </c>
+      <c r="L25" t="s">
+        <v>181</v>
+      </c>
+      <c r="M25" t="s">
+        <v>20</v>
+      </c>
+      <c r="N25" t="s">
         <v>182</v>
       </c>
-      <c r="L25" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O25" t="s">
+        <v>165</v>
+      </c>
+      <c r="P25" t="s">
+        <v>166</v>
+      </c>
+      <c r="Q25" t="s">
         <v>167</v>
       </c>
-      <c r="P25" t="s">
+      <c r="R25" t="s">
         <v>168</v>
-      </c>
-[...4 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
+        <v>183</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
         <v>184</v>
       </c>
-      <c r="C26" t="s">
-[...5 lines deleted...]
-      <c r="E26" t="s">
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
         <v>185</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="H26" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
+        <v>187</v>
+      </c>
+      <c r="L26" t="s">
         <v>188</v>
       </c>
-      <c r="L26" t="s">
+      <c r="M26" t="s">
+        <v>20</v>
+      </c>
+      <c r="N26" t="s">
         <v>189</v>
-      </c>
-[...4 lines deleted...]
-        <v>190</v>
       </c>
       <c r="O26" t="s">
         <v>28</v>
       </c>
       <c r="P26" t="s">
         <v>29</v>
       </c>
       <c r="Q26" t="s">
         <v>30</v>
       </c>
       <c r="R26" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
+        <v>190</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
         <v>191</v>
       </c>
-      <c r="C27" t="s">
-[...5 lines deleted...]
-      <c r="E27" t="s">
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
         <v>192</v>
       </c>
-      <c r="F27" t="s">
-[...2 lines deleted...]
-      <c r="G27" t="s">
+      <c r="H27" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
+        <v>194</v>
+      </c>
+      <c r="L27" t="s">
         <v>195</v>
       </c>
-      <c r="L27" t="s">
+      <c r="M27" t="s">
+        <v>20</v>
+      </c>
+      <c r="N27" t="s">
         <v>196</v>
       </c>
-      <c r="M27" t="s">
-[...2 lines deleted...]
-      <c r="N27" t="s">
+      <c r="O27" t="s">
         <v>197</v>
       </c>
-      <c r="O27" t="s">
+      <c r="P27" t="s">
         <v>198</v>
       </c>
-      <c r="P27" t="s">
+      <c r="Q27" t="s">
         <v>199</v>
       </c>
-      <c r="Q27" t="s">
+      <c r="R27" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
+        <v>201</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
         <v>202</v>
       </c>
-      <c r="C28" t="s">
-[...5 lines deleted...]
-      <c r="E28" t="s">
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
         <v>203</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="H28" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
+        <v>205</v>
+      </c>
+      <c r="L28" t="s">
         <v>206</v>
       </c>
-      <c r="L28" t="s">
+      <c r="M28" t="s">
+        <v>20</v>
+      </c>
+      <c r="N28" t="s">
+        <v>82</v>
+      </c>
+      <c r="O28" t="s">
         <v>207</v>
       </c>
-      <c r="M28" t="s">
-[...5 lines deleted...]
-      <c r="O28" t="s">
+      <c r="P28" t="s">
         <v>208</v>
       </c>
-      <c r="P28" t="s">
+      <c r="Q28" t="s">
         <v>209</v>
       </c>
-      <c r="Q28" t="s">
+      <c r="R28" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
+        <v>211</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
         <v>212</v>
       </c>
-      <c r="C29" t="s">
-[...5 lines deleted...]
-      <c r="E29" t="s">
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
         <v>213</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="H29" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
+        <v>215</v>
+      </c>
+      <c r="L29" t="s">
         <v>216</v>
       </c>
-      <c r="L29" t="s">
+      <c r="M29" t="s">
+        <v>20</v>
+      </c>
+      <c r="N29" t="s">
         <v>217</v>
-      </c>
-[...4 lines deleted...]
-        <v>218</v>
       </c>
       <c r="O29" t="s">
         <v>46</v>
       </c>
       <c r="P29" t="s">
         <v>29</v>
       </c>
       <c r="Q29" t="s">
         <v>30</v>
       </c>
       <c r="R29" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
+        <v>218</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
         <v>219</v>
       </c>
-      <c r="C30" t="s">
-[...5 lines deleted...]
-      <c r="E30" t="s">
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
         <v>220</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="H30" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
+        <v>222</v>
+      </c>
+      <c r="L30" t="s">
         <v>223</v>
       </c>
-      <c r="L30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M30" t="s">
         <v>20</v>
       </c>
       <c r="N30" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="O30" t="s">
         <v>46</v>
       </c>
       <c r="P30" t="s">
         <v>29</v>
       </c>
       <c r="Q30" t="s">
         <v>30</v>
       </c>
       <c r="R30" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
+        <v>224</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
         <v>225</v>
       </c>
-      <c r="C31" t="s">
-[...5 lines deleted...]
-      <c r="E31" t="s">
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
         <v>226</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31" t="s">
+      <c r="H31" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
+        <v>228</v>
+      </c>
+      <c r="L31" t="s">
         <v>229</v>
       </c>
-      <c r="L31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
-        <v>231</v>
+        <v>175</v>
       </c>
       <c r="O31" t="s">
+        <v>165</v>
+      </c>
+      <c r="P31" t="s">
+        <v>166</v>
+      </c>
+      <c r="Q31" t="s">
         <v>167</v>
       </c>
-      <c r="P31" t="s">
+      <c r="R31" t="s">
         <v>168</v>
-      </c>
-[...4 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
+        <v>230</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>231</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
         <v>232</v>
       </c>
-      <c r="C32" t="s">
-[...5 lines deleted...]
-      <c r="E32" t="s">
+      <c r="H32" t="s">
         <v>233</v>
-      </c>
-[...7 lines deleted...]
-        <v>235</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="L32" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
       <c r="N32" t="s">
         <v>119</v>
       </c>
       <c r="O32" t="s">
         <v>28</v>
       </c>
       <c r="P32" t="s">
         <v>29</v>
       </c>
       <c r="Q32" t="s">
         <v>30</v>
       </c>
       <c r="R32" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
+        <v>236</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>237</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
         <v>238</v>
       </c>
-      <c r="C33" t="s">
-[...5 lines deleted...]
-      <c r="E33" t="s">
+      <c r="H33" t="s">
         <v>239</v>
-      </c>
-[...7 lines deleted...]
-        <v>241</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
+        <v>240</v>
+      </c>
+      <c r="L33" t="s">
+        <v>241</v>
+      </c>
+      <c r="M33" t="s">
+        <v>20</v>
+      </c>
+      <c r="N33" t="s">
         <v>242</v>
       </c>
-      <c r="L33" t="s">
+      <c r="O33" t="s">
         <v>243</v>
       </c>
-      <c r="M33" t="s">
-[...2 lines deleted...]
-      <c r="N33" t="s">
+      <c r="P33" t="s">
         <v>244</v>
       </c>
-      <c r="O33" t="s">
+      <c r="Q33" t="s">
         <v>245</v>
       </c>
-      <c r="P33" t="s">
+      <c r="R33" t="s">
         <v>246</v>
-      </c>
-[...4 lines deleted...]
-        <v>248</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P9"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
+        <v>247</v>
+      </c>
+      <c r="J1" t="s">
+        <v>248</v>
+      </c>
+      <c r="K1" t="s">
         <v>249</v>
       </c>
-      <c r="J1" t="s">
+      <c r="L1" t="s">
         <v>250</v>
       </c>
-      <c r="K1" t="s">
+      <c r="M1" t="s">
         <v>251</v>
       </c>
-      <c r="L1" t="s">
+      <c r="N1" t="s">
         <v>252</v>
       </c>
-      <c r="M1" t="s">
+      <c r="O1" t="s">
         <v>253</v>
       </c>
-      <c r="N1" t="s">
+      <c r="P1" t="s">
         <v>254</v>
-      </c>
-[...4 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>255</v>
+      </c>
+      <c r="B2" t="s">
+        <v>256</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
         <v>257</v>
       </c>
-      <c r="B2" t="s">
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
         <v>258</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="H2" t="s">
         <v>259</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="I2" t="s">
         <v>260</v>
       </c>
-      <c r="H2" t="s">
+      <c r="J2" t="s">
         <v>261</v>
       </c>
-      <c r="I2" t="s">
+      <c r="K2" t="s">
+        <v>167</v>
+      </c>
+      <c r="L2" t="s">
         <v>262</v>
       </c>
-      <c r="J2" t="s">
+      <c r="M2" t="s">
         <v>263</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="N2" t="s">
         <v>264</v>
       </c>
-      <c r="M2" t="s">
+      <c r="O2" t="s">
         <v>265</v>
       </c>
-      <c r="N2" t="s">
+      <c r="P2" t="s">
         <v>266</v>
-      </c>
-[...4 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="B3" t="s">
+        <v>267</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>268</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
         <v>269</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>270</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="I3" t="s">
         <v>271</v>
       </c>
-      <c r="H3" t="s">
+      <c r="J3" t="s">
         <v>272</v>
-      </c>
-[...4 lines deleted...]
-        <v>274</v>
       </c>
       <c r="K3" t="s">
         <v>30</v>
       </c>
       <c r="L3" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="M3" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="N3" t="s">
+        <v>273</v>
+      </c>
+      <c r="O3" t="s">
+        <v>274</v>
+      </c>
+      <c r="P3" t="s">
         <v>275</v>
-      </c>
-[...4 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="B4" t="s">
+        <v>276</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>277</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
         <v>278</v>
       </c>
-      <c r="C4" t="s">
-[...11 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>279</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>280</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J4" t="s">
+        <v>281</v>
+      </c>
+      <c r="K4" t="s">
+        <v>167</v>
+      </c>
+      <c r="L4" t="s">
         <v>262</v>
       </c>
-      <c r="J4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M4" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="N4" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="O4" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="P4" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="B5" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="H5" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="I5" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="J5" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="K5" t="s">
         <v>30</v>
       </c>
       <c r="L5" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="M5" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="N5" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="O5" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="P5" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="B6" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="H6" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="I6" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="J6" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="K6" t="s">
         <v>30</v>
       </c>
       <c r="L6" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="M6" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="N6" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="O6" t="s">
-        <v>282</v>
+        <v>274</v>
       </c>
       <c r="P6" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="B7" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>299</v>
+        <v>277</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
         <v>300</v>
       </c>
       <c r="H7" t="s">
         <v>301</v>
       </c>
       <c r="I7" t="s">
-        <v>302</v>
+        <v>280</v>
       </c>
       <c r="J7" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="K7" t="s">
         <v>30</v>
       </c>
       <c r="L7" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="M7" t="s">
+        <v>263</v>
+      </c>
+      <c r="N7" t="s">
+        <v>302</v>
+      </c>
+      <c r="O7" t="s">
         <v>303</v>
-      </c>
-[...4 lines deleted...]
-        <v>276</v>
       </c>
       <c r="P7" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="B8" t="s">
         <v>305</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
         <v>306</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
         <v>307</v>
       </c>
       <c r="H8" t="s">
         <v>308</v>
       </c>
       <c r="I8" t="s">
         <v>309</v>
       </c>
       <c r="J8" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="K8" t="s">
         <v>30</v>
       </c>
       <c r="L8" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="M8" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="N8" t="s">
+        <v>290</v>
+      </c>
+      <c r="O8" t="s">
         <v>310</v>
       </c>
-      <c r="O8" t="s">
+      <c r="P8" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="B9" t="s">
+        <v>312</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
         <v>313</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
         <v>314</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>315</v>
       </c>
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>316</v>
       </c>
-      <c r="I9" t="s">
+      <c r="J9" t="s">
+        <v>272</v>
+      </c>
+      <c r="K9" t="s">
+        <v>30</v>
+      </c>
+      <c r="L9" t="s">
+        <v>262</v>
+      </c>
+      <c r="M9" t="s">
+        <v>263</v>
+      </c>
+      <c r="N9" t="s">
+        <v>302</v>
+      </c>
+      <c r="O9" t="s">
+        <v>303</v>
+      </c>
+      <c r="P9" t="s">
         <v>317</v>
       </c>
-      <c r="J9" t="s">
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>255</v>
+      </c>
+      <c r="B10" t="s">
         <v>318</v>
       </c>
-      <c r="K9" t="s">
-[...14 lines deleted...]
-      <c r="P9" t="s">
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
         <v>319</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>320</v>
+      </c>
+      <c r="H10" t="s">
+        <v>321</v>
+      </c>
+      <c r="I10" t="s">
+        <v>322</v>
+      </c>
+      <c r="J10" t="s">
+        <v>323</v>
+      </c>
+      <c r="K10" t="s">
+        <v>167</v>
+      </c>
+      <c r="L10" t="s">
+        <v>262</v>
+      </c>
+      <c r="M10" t="s">
+        <v>263</v>
+      </c>
+      <c r="N10" t="s">
+        <v>302</v>
+      </c>
+      <c r="O10" t="s">
+        <v>303</v>
+      </c>
+      <c r="P10" t="s">
+        <v>324</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T8"/>
+  <dimension ref="A1:T9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="J1" t="s">
+        <v>247</v>
+      </c>
+      <c r="K1" t="s">
+        <v>326</v>
+      </c>
+      <c r="L1" t="s">
         <v>249</v>
       </c>
-      <c r="K1" t="s">
-[...2 lines deleted...]
-      <c r="L1" t="s">
+      <c r="M1" t="s">
+        <v>250</v>
+      </c>
+      <c r="N1" t="s">
+        <v>327</v>
+      </c>
+      <c r="O1" t="s">
+        <v>328</v>
+      </c>
+      <c r="P1" t="s">
+        <v>329</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>330</v>
+      </c>
+      <c r="R1" t="s">
         <v>251</v>
       </c>
-      <c r="M1" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="S1" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="T1" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="B2" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="H2" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="I2" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="J2" t="s">
-        <v>334</v>
+        <v>20</v>
       </c>
       <c r="K2" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="L2" t="s">
         <v>30</v>
       </c>
       <c r="M2" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="N2" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>336</v>
+        <v>263</v>
       </c>
       <c r="Q2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="R2" t="s">
-        <v>336</v>
+        <v>263</v>
       </c>
       <c r="S2" t="s">
-        <v>31</v>
+        <v>341</v>
       </c>
       <c r="T2" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="B3" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="H3" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="I3" t="s">
-        <v>333</v>
+        <v>347</v>
       </c>
       <c r="J3" t="s">
-        <v>20</v>
+        <v>348</v>
       </c>
       <c r="K3" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="L3" t="s">
         <v>30</v>
       </c>
       <c r="M3" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="N3" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>265</v>
+        <v>350</v>
       </c>
       <c r="Q3" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="R3" t="s">
-        <v>265</v>
+        <v>350</v>
       </c>
       <c r="S3" t="s">
-        <v>345</v>
+        <v>31</v>
       </c>
       <c r="T3" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="B4" t="s">
+        <v>352</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>353</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>354</v>
+      </c>
+      <c r="H4" t="s">
+        <v>355</v>
+      </c>
+      <c r="I4" t="s">
         <v>347</v>
       </c>
-      <c r="C4" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J4" t="s">
-        <v>352</v>
+        <v>20</v>
       </c>
       <c r="K4" t="s">
-        <v>318</v>
+        <v>272</v>
       </c>
       <c r="L4" t="s">
-        <v>169</v>
+        <v>30</v>
       </c>
       <c r="M4" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="N4" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>354</v>
+        <v>263</v>
       </c>
       <c r="Q4" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="R4" t="s">
-        <v>356</v>
+        <v>263</v>
       </c>
       <c r="S4" t="s">
-        <v>170</v>
+        <v>358</v>
       </c>
       <c r="T4" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="B5" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="H5" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="I5" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="J5" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="K5" t="s">
-        <v>364</v>
+        <v>323</v>
       </c>
       <c r="L5" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="M5" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="N5" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>265</v>
+        <v>367</v>
       </c>
       <c r="Q5" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="R5" t="s">
-        <v>265</v>
+        <v>369</v>
       </c>
       <c r="S5" t="s">
-        <v>367</v>
+        <v>168</v>
       </c>
       <c r="T5" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="B6" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="H6" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="I6" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="J6" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="K6" t="s">
-        <v>274</v>
+        <v>261</v>
       </c>
       <c r="L6" t="s">
-        <v>30</v>
+        <v>167</v>
       </c>
       <c r="M6" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="N6" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>336</v>
+        <v>263</v>
       </c>
       <c r="Q6" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="R6" t="s">
-        <v>336</v>
+        <v>263</v>
       </c>
       <c r="S6" t="s">
-        <v>47</v>
+        <v>378</v>
       </c>
       <c r="T6" t="s">
-        <v>357</v>
+        <v>342</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="B7" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>348</v>
+        <v>380</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="H7" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="I7" t="s">
-        <v>362</v>
+        <v>347</v>
       </c>
       <c r="J7" t="s">
-        <v>352</v>
+        <v>383</v>
       </c>
       <c r="K7" t="s">
-        <v>318</v>
+        <v>272</v>
       </c>
       <c r="L7" t="s">
-        <v>169</v>
+        <v>30</v>
       </c>
       <c r="M7" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="N7" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>356</v>
+        <v>350</v>
       </c>
       <c r="Q7" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="R7" t="s">
-        <v>356</v>
+        <v>350</v>
       </c>
       <c r="S7" t="s">
-        <v>381</v>
+        <v>47</v>
       </c>
       <c r="T7" t="s">
-        <v>357</v>
+        <v>370</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="B8" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="H8" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="I8" t="s">
-        <v>362</v>
+        <v>338</v>
       </c>
       <c r="J8" t="s">
-        <v>20</v>
+        <v>365</v>
       </c>
       <c r="K8" t="s">
-        <v>274</v>
+        <v>323</v>
       </c>
       <c r="L8" t="s">
+        <v>167</v>
+      </c>
+      <c r="M8" t="s">
+        <v>262</v>
+      </c>
+      <c r="N8" t="s">
+        <v>389</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>369</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>390</v>
+      </c>
+      <c r="R8" t="s">
+        <v>369</v>
+      </c>
+      <c r="S8" t="s">
+        <v>391</v>
+      </c>
+      <c r="T8" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>333</v>
+      </c>
+      <c r="B9" t="s">
+        <v>392</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>372</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>393</v>
+      </c>
+      <c r="H9" t="s">
+        <v>394</v>
+      </c>
+      <c r="I9" t="s">
+        <v>338</v>
+      </c>
+      <c r="J9" t="s">
+        <v>20</v>
+      </c>
+      <c r="K9" t="s">
+        <v>272</v>
+      </c>
+      <c r="L9" t="s">
         <v>30</v>
       </c>
-      <c r="M8" t="s">
-[...21 lines deleted...]
-        <v>368</v>
+      <c r="M9" t="s">
+        <v>262</v>
+      </c>
+      <c r="N9" t="s">
+        <v>395</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>263</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>340</v>
+      </c>
+      <c r="R9" t="s">
+        <v>263</v>
+      </c>
+      <c r="S9" t="s">
+        <v>396</v>
+      </c>
+      <c r="T9" t="s">
+        <v>342</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>