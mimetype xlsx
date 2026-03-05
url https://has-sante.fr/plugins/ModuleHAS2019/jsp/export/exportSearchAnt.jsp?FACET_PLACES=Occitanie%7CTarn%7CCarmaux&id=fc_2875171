--- v0 (2026-01-17)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export ESSMS" r:id="rId3" sheetId="1"/>
     <sheet name="Export Etablissement de santé" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="66">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -65,159 +65,141 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>IME BELLEVUE -AJ / AMBULATOIRE</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5126_FicheESSMS/fr/ime-bellevue-aj-/-ambulatoire</t>
+  </si>
+  <si>
+    <t>5126_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Michel Rondet</t>
+  </si>
+  <si>
+    <t>81400 BLAYE LES MINES</t>
+  </si>
+  <si>
+    <t>BLAYE LES MINES</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>810000315</t>
+  </si>
+  <si>
     <t>ESAT CARAMANTIS</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>10/09/2025 12:18:24</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2710_FicheESSMS/fr/esat-caramantis</t>
   </si>
   <si>
     <t>2710_FicheESSMS</t>
   </si>
   <si>
     <t>34 Rue Du 8 Mai 1945</t>
   </si>
   <si>
     <t>81400 CARMAUX</t>
   </si>
   <si>
     <t>CARMAUX</t>
   </si>
   <si>
-    <t>81</t>
-[...4 lines deleted...]
-  <si>
     <t>Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
   </si>
   <si>
     <t>810100842</t>
   </si>
   <si>
-    <t>IME BELLEVUE -AJ / AMBULATOIRE</t>
-[...28 lines deleted...]
-  <si>
     <t>SSIAD LA SOLEILLADE</t>
   </si>
   <si>
     <t>10/09/2025 12:26:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10231_FicheESSMS/fr/ssiad-la-soleillade</t>
   </si>
   <si>
     <t>10231_FicheESSMS</t>
   </si>
   <si>
     <t>7 Place Jean Baptiste Heral</t>
   </si>
   <si>
     <t>Personne âgée, Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
   </si>
   <si>
     <t>810008318</t>
-  </si>
-[...16 lines deleted...]
-    <t>810010801</t>
   </si>
   <si>
     <t>Taille établissement</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
@@ -278,51 +260,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P5"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -463,252 +445,202 @@
       <c r="B4" t="s">
         <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4" t="s">
         <v>41</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>42</v>
       </c>
       <c r="H4" t="s">
         <v>43</v>
       </c>
       <c r="I4" t="s">
         <v>44</v>
       </c>
       <c r="J4" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="K4" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>25</v>
       </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>45</v>
       </c>
       <c r="O4" t="s">
         <v>46</v>
       </c>
       <c r="P4" t="s">
         <v>47</v>
-      </c>
-[...48 lines deleted...]
-        <v>53</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="J1" t="s">
         <v>8</v>
       </c>
       <c r="K1" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="L1" t="s">
         <v>10</v>
       </c>
       <c r="M1" t="s">
         <v>11</v>
       </c>
       <c r="N1" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="O1" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="P1" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="Q1" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="R1" t="s">
         <v>12</v>
       </c>
       <c r="S1" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="T1" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="B2" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>18</v>
       </c>
       <c r="E2" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="F2" t="s">
         <v>18</v>
       </c>
       <c r="G2" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="H2" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="I2" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="L2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="M2" t="s">
         <v>25</v>
       </c>
       <c r="N2" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="O2" t="s">
         <v>18</v>
       </c>
       <c r="P2" t="s">
         <v>26</v>
       </c>
       <c r="Q2" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="R2" t="s">
         <v>26</v>
       </c>
       <c r="S2" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="T2" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>