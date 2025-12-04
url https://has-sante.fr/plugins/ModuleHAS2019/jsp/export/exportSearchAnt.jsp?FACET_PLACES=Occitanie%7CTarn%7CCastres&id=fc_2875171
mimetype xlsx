--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -1,59 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="256" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="336" uniqueCount="165">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -384,96 +387,216 @@
     <t>Marius titi</t>
   </si>
   <si>
     <t>21 July 2022</t>
   </si>
   <si>
     <t>Docteur Maxime AB DER HALDEN</t>
   </si>
   <si>
     <t>08/11/2016 11:35:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712773/fr/docteur-maxime-ab-der-halden</t>
   </si>
   <si>
     <t>c_2712773</t>
   </si>
   <si>
     <t>AB DER HALDEN</t>
   </si>
   <si>
     <t>Maxime</t>
   </si>
   <si>
     <t>29 December 2021</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CH INTERCOMMUNAL CASTRES MAZAMET SITE PAYS D'AUTAN CASTRES</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2935_FicheEtablissement/fr/chic-castres-mazamet-site-autan</t>
+  </si>
+  <si>
+    <t>2935_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>6 Avenue De La Montagne Noire</t>
+  </si>
+  <si>
+    <t>81108 CASTRES</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>0563716371</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>UNITE SOINS LONGUE DUREE SITE CASTRES CHIC CASTRES MAZAMET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2949_FicheEtablissement/fr/usld-site-castres-chic-castres-mazamet</t>
+  </si>
+  <si>
+    <t>2949_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>12 Rue Des Monges</t>
+  </si>
+  <si>
+    <t>0563716301</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>810100883</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER INTERCOMMUNAL SITE DES MONGES CASTRES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2945_FicheEtablissement/fr/chic-castres-mazamet-site-monges-castr</t>
+  </si>
+  <si>
+    <t>2945_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>810099838</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R15"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -1282,41 +1405,303 @@
       </c>
       <c r="L15" t="s">
         <v>123</v>
       </c>
       <c r="M15" t="s">
         <v>20</v>
       </c>
       <c r="N15" t="s">
         <v>124</v>
       </c>
       <c r="O15" t="s">
         <v>53</v>
       </c>
       <c r="P15" t="s">
         <v>54</v>
       </c>
       <c r="Q15" t="s">
         <v>30</v>
       </c>
       <c r="R15" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>125</v>
+      </c>
+      <c r="J1" t="s">
+        <v>126</v>
+      </c>
+      <c r="K1" t="s">
+        <v>127</v>
+      </c>
+      <c r="L1" t="s">
+        <v>128</v>
+      </c>
+      <c r="M1" t="s">
+        <v>129</v>
+      </c>
+      <c r="N1" t="s">
+        <v>130</v>
+      </c>
+      <c r="O1" t="s">
+        <v>131</v>
+      </c>
+      <c r="P1" t="s">
+        <v>132</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>133</v>
+      </c>
+      <c r="R1" t="s">
+        <v>134</v>
+      </c>
+      <c r="S1" t="s">
+        <v>135</v>
+      </c>
+      <c r="T1" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>137</v>
+      </c>
+      <c r="B2" t="s">
+        <v>138</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>139</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>140</v>
+      </c>
+      <c r="H2" t="s">
+        <v>141</v>
+      </c>
+      <c r="I2" t="s">
+        <v>142</v>
+      </c>
+      <c r="J2" t="s">
+        <v>143</v>
+      </c>
+      <c r="K2" t="s">
+        <v>144</v>
+      </c>
+      <c r="L2" t="s">
+        <v>30</v>
+      </c>
+      <c r="M2" t="s">
+        <v>145</v>
+      </c>
+      <c r="N2" t="s">
+        <v>146</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>147</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>148</v>
+      </c>
+      <c r="R2" t="s">
+        <v>149</v>
+      </c>
+      <c r="S2" t="s">
+        <v>55</v>
+      </c>
+      <c r="T2" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B3" t="s">
+        <v>151</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>139</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>152</v>
+      </c>
+      <c r="H3" t="s">
+        <v>153</v>
+      </c>
+      <c r="I3" t="s">
+        <v>154</v>
+      </c>
+      <c r="J3" t="s">
+        <v>155</v>
+      </c>
+      <c r="K3" t="s">
+        <v>144</v>
+      </c>
+      <c r="L3" t="s">
+        <v>30</v>
+      </c>
+      <c r="M3" t="s">
+        <v>145</v>
+      </c>
+      <c r="N3" t="s">
+        <v>156</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>157</v>
+      </c>
+      <c r="R3" t="s">
+        <v>149</v>
+      </c>
+      <c r="S3" t="s">
+        <v>158</v>
+      </c>
+      <c r="T3" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>137</v>
+      </c>
+      <c r="B4" t="s">
+        <v>159</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>139</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>160</v>
+      </c>
+      <c r="H4" t="s">
+        <v>161</v>
+      </c>
+      <c r="I4" t="s">
+        <v>162</v>
+      </c>
+      <c r="J4" t="s">
+        <v>155</v>
+      </c>
+      <c r="K4" t="s">
+        <v>144</v>
+      </c>
+      <c r="L4" t="s">
+        <v>30</v>
+      </c>
+      <c r="M4" t="s">
+        <v>145</v>
+      </c>
+      <c r="N4" t="s">
+        <v>156</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>147</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>163</v>
+      </c>
+      <c r="R4" t="s">
+        <v>149</v>
+      </c>
+      <c r="S4" t="s">
+        <v>164</v>
+      </c>
+      <c r="T4" t="s">
+        <v>150</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>