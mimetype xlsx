--- v1 (2025-12-04)
+++ v2 (2026-01-20)
@@ -1335,60 +1335,60 @@
       <c r="G14" t="s">
         <v>113</v>
       </c>
       <c r="H14" t="s">
         <v>114</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
         <v>115</v>
       </c>
       <c r="L14" t="s">
         <v>116</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
         <v>117</v>
       </c>
       <c r="O14" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="P14" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="Q14" t="s">
         <v>30</v>
       </c>
       <c r="R14" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
         <v>118</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
         <v>119</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
         <v>120</v>
       </c>
       <c r="H15" t="s">