--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export Etablissement de santé" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="336" uniqueCount="165">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="302" uniqueCount="151">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -203,113 +203,71 @@
   <si>
     <t>810000521</t>
   </si>
   <si>
     <t>Docteur THIERRY MAULINE</t>
   </si>
   <si>
     <t>18/10/2024 10:33:22</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3550447/fr/docteur-thierry-mauline</t>
   </si>
   <si>
     <t>p_3550447</t>
   </si>
   <si>
     <t>MAULINE</t>
   </si>
   <si>
     <t>THIERRY</t>
   </si>
   <si>
     <t>17 October 2024</t>
   </si>
   <si>
-    <t>Docteur FREDERIC MIGNOT</t>
-[...19 lines deleted...]
-  <si>
     <t>Docteur MAFALDA DOS SANTOS COUTO</t>
   </si>
   <si>
     <t>20/04/2023 10:33:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3429378/fr/docteur-mafalda-dos-santos-couto</t>
   </si>
   <si>
     <t>p_3429378</t>
   </si>
   <si>
     <t>DOS SANTOS COUTO</t>
   </si>
   <si>
     <t>MAFALDA</t>
   </si>
   <si>
     <t>30 March 2023</t>
   </si>
   <si>
-    <t>Docteur HUGUES LEGENDRE</t>
-[...19 lines deleted...]
-  <si>
     <t>Docteur Christian DE LA PORTE</t>
   </si>
   <si>
     <t>08/11/2016 11:33:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711309/fr/docteur-christian-de-la-porte</t>
   </si>
   <si>
     <t>c_2711309</t>
   </si>
   <si>
     <t>DE LA PORTE</t>
   </si>
   <si>
     <t>Christian</t>
   </si>
   <si>
     <t>14 December 2023</t>
   </si>
   <si>
     <t>Docteur Pascal FARGUES</t>
   </si>
   <si>
     <t>08/11/2016 11:33:34</t>
@@ -323,72 +281,72 @@
   <si>
     <t>FARGUES</t>
   </si>
   <si>
     <t>Pascal</t>
   </si>
   <si>
     <t>21 December 2023</t>
   </si>
   <si>
     <t>Docteur Gilles MARIAMBOURG</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711330/fr/docteur-gilles-mariambourg</t>
   </si>
   <si>
     <t>c_2711330</t>
   </si>
   <si>
     <t>MARIAMBOURG</t>
   </si>
   <si>
     <t>Gilles</t>
   </si>
   <si>
-    <t>23 September 2021</t>
+    <t>20 November 2025</t>
   </si>
   <si>
     <t>Docteur Julien NORMAND</t>
   </si>
   <si>
     <t>08/11/2016 11:35:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712515/fr/docteur-julien-normand</t>
   </si>
   <si>
     <t>c_2712515</t>
   </si>
   <si>
     <t>NORMAND</t>
   </si>
   <si>
     <t>Julien</t>
   </si>
   <si>
-    <t>18 February 2021</t>
+    <t>03 April 2025</t>
   </si>
   <si>
     <t>Docteur Marius titi MORUZI</t>
   </si>
   <si>
     <t>08/11/2016 11:35:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712760/fr/docteur-marius-titi-moruzi</t>
   </si>
   <si>
     <t>c_2712760</t>
   </si>
   <si>
     <t>MORUZI</t>
   </si>
   <si>
     <t>Marius titi</t>
   </si>
   <si>
     <t>21 July 2022</t>
   </si>
   <si>
     <t>Docteur Maxime AB DER HALDEN</t>
   </si>
@@ -557,51 +515,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R15"/>
+  <dimension ref="A1:R13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1081,627 +1039,515 @@
       </c>
       <c r="P9" t="s">
         <v>29</v>
       </c>
       <c r="Q9" t="s">
         <v>30</v>
       </c>
       <c r="R9" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
         <v>84</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
+        <v>78</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
         <v>85</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
+        <v>87</v>
+      </c>
+      <c r="L10" t="s">
         <v>88</v>
       </c>
-      <c r="L10" t="s">
+      <c r="M10" t="s">
+        <v>20</v>
+      </c>
+      <c r="N10" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
       <c r="O10" t="s">
         <v>28</v>
       </c>
       <c r="P10" t="s">
         <v>29</v>
       </c>
       <c r="Q10" t="s">
         <v>30</v>
       </c>
       <c r="R10" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
         <v>91</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
         <v>92</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
+        <v>94</v>
+      </c>
+      <c r="L11" t="s">
         <v>95</v>
       </c>
-      <c r="L11" t="s">
+      <c r="M11" t="s">
+        <v>20</v>
+      </c>
+      <c r="N11" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
       <c r="O11" t="s">
         <v>28</v>
       </c>
       <c r="P11" t="s">
         <v>29</v>
       </c>
       <c r="Q11" t="s">
         <v>30</v>
       </c>
       <c r="R11" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
         <v>98</v>
-      </c>
-[...7 lines deleted...]
-        <v>92</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
         <v>99</v>
       </c>
       <c r="H12" t="s">
         <v>100</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
         <v>101</v>
       </c>
       <c r="L12" t="s">
         <v>102</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
         <v>103</v>
       </c>
       <c r="O12" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="P12" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="Q12" t="s">
         <v>30</v>
       </c>
       <c r="R12" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
         <v>104</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
         <v>105</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
         <v>106</v>
       </c>
       <c r="H13" t="s">
         <v>107</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
         <v>108</v>
       </c>
       <c r="L13" t="s">
         <v>109</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
         <v>110</v>
       </c>
       <c r="O13" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="P13" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="Q13" t="s">
         <v>30</v>
       </c>
       <c r="R13" t="s">
-        <v>31</v>
-[...110 lines deleted...]
-      <c r="R15" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>125</v>
+        <v>111</v>
       </c>
       <c r="J1" t="s">
-        <v>126</v>
+        <v>112</v>
       </c>
       <c r="K1" t="s">
-        <v>127</v>
+        <v>113</v>
       </c>
       <c r="L1" t="s">
-        <v>128</v>
+        <v>114</v>
       </c>
       <c r="M1" t="s">
-        <v>129</v>
+        <v>115</v>
       </c>
       <c r="N1" t="s">
-        <v>130</v>
+        <v>116</v>
       </c>
       <c r="O1" t="s">
-        <v>131</v>
+        <v>117</v>
       </c>
       <c r="P1" t="s">
-        <v>132</v>
+        <v>118</v>
       </c>
       <c r="Q1" t="s">
-        <v>133</v>
+        <v>119</v>
       </c>
       <c r="R1" t="s">
-        <v>134</v>
+        <v>120</v>
       </c>
       <c r="S1" t="s">
-        <v>135</v>
+        <v>121</v>
       </c>
       <c r="T1" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>137</v>
+        <v>123</v>
       </c>
       <c r="B2" t="s">
-        <v>138</v>
+        <v>124</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>140</v>
+        <v>126</v>
       </c>
       <c r="H2" t="s">
-        <v>141</v>
+        <v>127</v>
       </c>
       <c r="I2" t="s">
-        <v>142</v>
+        <v>128</v>
       </c>
       <c r="J2" t="s">
-        <v>143</v>
+        <v>129</v>
       </c>
       <c r="K2" t="s">
-        <v>144</v>
+        <v>130</v>
       </c>
       <c r="L2" t="s">
         <v>30</v>
       </c>
       <c r="M2" t="s">
-        <v>145</v>
+        <v>131</v>
       </c>
       <c r="N2" t="s">
-        <v>146</v>
+        <v>132</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>147</v>
+        <v>133</v>
       </c>
       <c r="Q2" t="s">
-        <v>148</v>
+        <v>134</v>
       </c>
       <c r="R2" t="s">
-        <v>149</v>
+        <v>135</v>
       </c>
       <c r="S2" t="s">
         <v>55</v>
       </c>
       <c r="T2" t="s">
-        <v>150</v>
+        <v>136</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B3" t="s">
         <v>137</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
+        <v>125</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>138</v>
+      </c>
+      <c r="H3" t="s">
         <v>139</v>
       </c>
-      <c r="F3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I3" t="s">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="J3" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="K3" t="s">
-        <v>144</v>
+        <v>130</v>
       </c>
       <c r="L3" t="s">
         <v>30</v>
       </c>
       <c r="M3" t="s">
-        <v>145</v>
+        <v>131</v>
       </c>
       <c r="N3" t="s">
-        <v>156</v>
+        <v>142</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>149</v>
+        <v>135</v>
       </c>
       <c r="Q3" t="s">
-        <v>157</v>
+        <v>143</v>
       </c>
       <c r="R3" t="s">
-        <v>149</v>
+        <v>135</v>
       </c>
       <c r="S3" t="s">
-        <v>158</v>
+        <v>144</v>
       </c>
       <c r="T3" t="s">
-        <v>150</v>
+        <v>136</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>137</v>
+        <v>123</v>
       </c>
       <c r="B4" t="s">
-        <v>159</v>
+        <v>145</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>160</v>
+        <v>146</v>
       </c>
       <c r="H4" t="s">
-        <v>161</v>
+        <v>147</v>
       </c>
       <c r="I4" t="s">
-        <v>162</v>
+        <v>148</v>
       </c>
       <c r="J4" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="K4" t="s">
-        <v>144</v>
+        <v>130</v>
       </c>
       <c r="L4" t="s">
         <v>30</v>
       </c>
       <c r="M4" t="s">
-        <v>145</v>
+        <v>131</v>
       </c>
       <c r="N4" t="s">
-        <v>156</v>
+        <v>142</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>147</v>
+        <v>133</v>
       </c>
       <c r="Q4" t="s">
-        <v>163</v>
+        <v>149</v>
       </c>
       <c r="R4" t="s">
-        <v>149</v>
+        <v>135</v>
       </c>
       <c r="S4" t="s">
-        <v>164</v>
+        <v>150</v>
       </c>
       <c r="T4" t="s">
-        <v>150</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>