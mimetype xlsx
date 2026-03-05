--- v0 (2025-11-05)
+++ v1 (2026-03-05)
@@ -95,51 +95,51 @@
   <si>
     <t>CL CLAUDE BERNARD ALBI</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>810000224</t>
   </si>
   <si>
     <t>Docteur Delphine PENA, Docteur Marie LEFEBVRE-LANQUETIN, Docteur ROMAIN GRACIA, Docteur Adrien MANNEVY, Docteur Jean pierre MIRAMONT, Docteur LAURENCE VIGUIER-HOURCASTAGNOU, Docteur DAVID GROUSSET, Docteur Pierre arnaud CARRIERES</t>
   </si>
   <si>
     <t>Équipe de Chirurgie urologique CL TOULOUSE LAUTREC ALBI  (81)</t>
   </si>
   <si>
     <t>24/02/2022 08:34:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319288/fr/equipe-de-chirurgie-urologique-cl-toulouse-lautrec-albi-81</t>
   </si>
   <si>
     <t>p_3319288</t>
   </si>
   <si>
-    <t>02 July 2021</t>
+    <t>31 January 2026</t>
   </si>
   <si>
     <t>CL TOULOUSE LAUTREC ALBI</t>
   </si>
   <si>
     <t>810101170</t>
   </si>
   <si>
     <t>Docteur Bertrand VAYLEUX, Docteur Laurent DELESCLUSE, Docteur Ségolène SYLVESTRE, Docteur Olivier BRAULT, Docteur Emmanuel ROLLAND, Docteur Bertrand COVIN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>