--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -1,59 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4540" uniqueCount="1627">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8466" uniqueCount="3138">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -4890,96 +4899,4629 @@
     <t>https://www.has-sante.fr/jcms/c_2713185/fr/docteur-jerome-paulus</t>
   </si>
   <si>
     <t>c_2713185</t>
   </si>
   <si>
     <t>PAULUS</t>
   </si>
   <si>
     <t>Docteur Delphine FERRIER CHÉRON</t>
   </si>
   <si>
     <t>08/11/2016 11:36:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713276/fr/docteur-delphine-ferrier-cheron</t>
   </si>
   <si>
     <t>c_2713276</t>
   </si>
   <si>
     <t>FERRIER CHÉRON</t>
   </si>
   <si>
     <t>Delphine</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>EHPAD DE LA BRIERE</t>
+  </si>
+  <si>
+    <t>30/11/2025 05:05:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14959_FicheESSMS/fr/ehpad-de-la-briere</t>
+  </si>
+  <si>
+    <t>14959_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Des Ajoncs</t>
+  </si>
+  <si>
+    <t>44410 ST LYPHARD</t>
+  </si>
+  <si>
+    <t>ST LYPHARD</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>440002822</t>
+  </si>
+  <si>
+    <t>ACCUEIL TEMPORAIRE L'ESCALE</t>
+  </si>
+  <si>
+    <t>27/11/2025 16:23:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14907_FicheESSMS/fr/accueil-temporaire-l-escale</t>
+  </si>
+  <si>
+    <t>14907_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Des Mares</t>
+  </si>
+  <si>
+    <t>44320 FROSSAY</t>
+  </si>
+  <si>
+    <t>FROSSAY</t>
+  </si>
+  <si>
+    <t>EHPA percevant des crédits d'assurance maladie</t>
+  </si>
+  <si>
+    <t>440044584</t>
+  </si>
+  <si>
+    <t>EHPAD LES EGLANTINES</t>
+  </si>
+  <si>
+    <t>27/11/2025 16:23:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14910_FicheESSMS/fr/ehpad-les-eglantines</t>
+  </si>
+  <si>
+    <t>14910_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue De Bel Air</t>
+  </si>
+  <si>
+    <t>440024727</t>
+  </si>
+  <si>
+    <t>RESIDENCE LE BEGUINAGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14909_FicheESSMS/fr/residence-le-beguinage</t>
+  </si>
+  <si>
+    <t>14909_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>440053841</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE L'ESCALE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14908_FicheESSMS/fr/foyer-de-vie-l-escale</t>
+  </si>
+  <si>
+    <t>14908_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>440044774</t>
+  </si>
+  <si>
+    <t>SAAD ADHAP SERVICES</t>
+  </si>
+  <si>
+    <t>24/11/2025 16:17:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14842_FicheESSMS/fr/saad-adhap-services</t>
+  </si>
+  <si>
+    <t>14842_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Avenue Rene Coty</t>
+  </si>
+  <si>
+    <t>44600 ST NAZAIRE</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>440057842</t>
+  </si>
+  <si>
+    <t>SAA APEF SERVICES</t>
+  </si>
+  <si>
+    <t>24/11/2025 16:17:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14847_FicheESSMS/fr/saa-apef-services</t>
+  </si>
+  <si>
+    <t>14847_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue De Nantes</t>
+  </si>
+  <si>
+    <t>44260 SAVENAY</t>
+  </si>
+  <si>
+    <t>SAVENAY</t>
+  </si>
+  <si>
+    <t>440060408</t>
+  </si>
+  <si>
+    <t>SAAD TITI SERVICES</t>
+  </si>
+  <si>
+    <t>17/11/2025 16:18:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14727_FicheESSMS/fr/saad-titi-services</t>
+  </si>
+  <si>
+    <t>14727_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Louis Bleriot</t>
+  </si>
+  <si>
+    <t>44700 ORVAULT</t>
+  </si>
+  <si>
+    <t>ORVAULT</t>
+  </si>
+  <si>
+    <t>440057107</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE LA COLOMBE</t>
+  </si>
+  <si>
+    <t>16/11/2025 16:18:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14708_FicheESSMS/fr/lieu-de-vie-la-colombe</t>
+  </si>
+  <si>
+    <t>14708_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue De La Madone</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Lieux de Vie et d'Accueil</t>
+  </si>
+  <si>
+    <t>440045854</t>
+  </si>
+  <si>
+    <t>SAAD CCAS CARQUEFOU</t>
+  </si>
+  <si>
+    <t>10/11/2025 16:16:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14650_FicheESSMS/fr/saad-ccas-carquefou</t>
+  </si>
+  <si>
+    <t>14650_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Jules Verne</t>
+  </si>
+  <si>
+    <t>44470 CARQUEFOU</t>
+  </si>
+  <si>
+    <t>CARQUEFOU</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>440024826</t>
+  </si>
+  <si>
+    <t>CLIC PONTCHATEAU ST GILDAS DES BOIS</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:27:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14576_FicheESSMS/fr/clic-pontchateau-st-gildas-des-bois</t>
+  </si>
+  <si>
+    <t>14576_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Des Chataigniers</t>
+  </si>
+  <si>
+    <t>44160 PONTCHATEAU</t>
+  </si>
+  <si>
+    <t>PONTCHATEAU</t>
+  </si>
+  <si>
+    <t>Centres Locaux Information Coordination P.A .(C.L.I.C.)</t>
+  </si>
+  <si>
+    <t>440050870</t>
+  </si>
+  <si>
+    <t>SAAD SERVICE DOM</t>
+  </si>
+  <si>
+    <t>22/10/2025 16:16:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14190_FicheESSMS/fr/saad-service-dom</t>
+  </si>
+  <si>
+    <t>14190_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Allée De La Gare D Anjou</t>
+  </si>
+  <si>
+    <t>44230 ST SEBASTIEN SUR LOIRE</t>
+  </si>
+  <si>
+    <t>ST SEBASTIEN SUR LOIRE</t>
+  </si>
+  <si>
+    <t>440054492</t>
+  </si>
+  <si>
+    <t>SAAD DOMIPREST SAINT NAZAIRE</t>
+  </si>
+  <si>
+    <t>22/10/2025 16:16:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14194_FicheESSMS/fr/saad-domiprest-saint-nazaire</t>
+  </si>
+  <si>
+    <t>14194_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De L'Etoile Du Matin</t>
+  </si>
+  <si>
+    <t>440056752</t>
+  </si>
+  <si>
+    <t>SAAD CCAS SAVENAY</t>
+  </si>
+  <si>
+    <t>21/10/2025 16:17:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14186_FicheESSMS/fr/saad-ccas-savenay</t>
+  </si>
+  <si>
+    <t>14186_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Parc Des Sports</t>
+  </si>
+  <si>
+    <t>440024768</t>
+  </si>
+  <si>
+    <t>SAAD O2 NANTES SUD</t>
+  </si>
+  <si>
+    <t>15/09/2025 16:20:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13319_FicheESSMS/fr/saad-o2-nantes-sud</t>
+  </si>
+  <si>
+    <t>13319_FicheESSMS</t>
+  </si>
+  <si>
+    <t>90 Rue Jean Jaures</t>
+  </si>
+  <si>
+    <t>44400 REZE</t>
+  </si>
+  <si>
+    <t>REZE</t>
+  </si>
+  <si>
+    <t>440056968</t>
+  </si>
+  <si>
+    <t>ITEP MARIE MOREAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/96_FicheESSMS/fr/itep-marie-moreau</t>
+  </si>
+  <si>
+    <t>96_FicheESSMS</t>
+  </si>
+  <si>
+    <t>40 Rue Du Dr Albert Schweitzer</t>
+  </si>
+  <si>
+    <t>44612 ST NAZAIRE</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>440033249</t>
+  </si>
+  <si>
+    <t>IME MARIE MOREAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/95_FicheESSMS/fr/ime-marie-moreau</t>
+  </si>
+  <si>
+    <t>95_FicheESSMS</t>
+  </si>
+  <si>
+    <t>40 Rue Du Dr Schweitzer</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>440001105</t>
+  </si>
+  <si>
+    <t>CSAPA COORDINATION</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/722_FicheESSMS/fr/csapa-coordination</t>
+  </si>
+  <si>
+    <t>722_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Impasse Du Petit Rocher</t>
+  </si>
+  <si>
+    <t>44340 BOUGUENAIS</t>
+  </si>
+  <si>
+    <t>BOUGUENAIS</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>440051449</t>
+  </si>
+  <si>
+    <t>CLIC ECLAIR'AGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1720_FicheESSMS/fr/clic-eclair-age</t>
+  </si>
+  <si>
+    <t>1720_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Faubourg Sainte Anne</t>
+  </si>
+  <si>
+    <t>44350 GUERANDE</t>
+  </si>
+  <si>
+    <t>GUERANDE</t>
+  </si>
+  <si>
+    <t>440050615</t>
+  </si>
+  <si>
+    <t>CLIC ERDRE ET GESVRES PAYS DE BLAIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1718_FicheESSMS/fr/clic-erdre-et-gesvres-pays-de-blain</t>
+  </si>
+  <si>
+    <t>1718_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Marie Curie</t>
+  </si>
+  <si>
+    <t>44119 GRANDCHAMPS DES FONTAINES</t>
+  </si>
+  <si>
+    <t>GRANDCHAMPS DES FONTAINES</t>
+  </si>
+  <si>
+    <t>440050896</t>
+  </si>
+  <si>
+    <t>SAMSAH ADAPEI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1732_FicheESSMS/fr/samsah-adapei</t>
+  </si>
+  <si>
+    <t>1732_FicheESSMS</t>
+  </si>
+  <si>
+    <t>150 Rue Des Fresnes</t>
+  </si>
+  <si>
+    <t>44150 ANCENIS ST GEREON</t>
+  </si>
+  <si>
+    <t>ANCENIS ST GEREON</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>440060069</t>
+  </si>
+  <si>
+    <t>SAVS LES SIX FRENES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1939_FicheESSMS/fr/savs-les-six-frenes</t>
+  </si>
+  <si>
+    <t>1939_FicheESSMS</t>
+  </si>
+  <si>
+    <t>245 Rue Des Jeux Olympiques</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>440033512</t>
+  </si>
+  <si>
+    <t>FV LES 6 FRENES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1938_FicheESSMS/fr/fv-les-6-frenes</t>
+  </si>
+  <si>
+    <t>1938_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>440036309</t>
+  </si>
+  <si>
+    <t>LAM VERTOU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1968_FicheESSMS/fr/lam-vertou</t>
+  </si>
+  <si>
+    <t>1968_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Allée Du Cap Horn</t>
+  </si>
+  <si>
+    <t>44120 VERTOU</t>
+  </si>
+  <si>
+    <t>VERTOU</t>
+  </si>
+  <si>
+    <t>Lits d'Accueil Médicalisés (L.A.M.)</t>
+  </si>
+  <si>
+    <t>440054062</t>
+  </si>
+  <si>
+    <t>LHSS L'ATRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1967_FicheESSMS/fr/lhss-l-atre</t>
+  </si>
+  <si>
+    <t>1967_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Lits Halte Soins Santé (L.H.S.S.)</t>
+  </si>
+  <si>
+    <t>440046704</t>
+  </si>
+  <si>
+    <t>SERVICE D'ACCUEIL ET D'HÉBERGEMENT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2058_FicheESSMS/fr/service-d-accueil-et-d-hebergement</t>
+  </si>
+  <si>
+    <t>2058_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Des Meules</t>
+  </si>
+  <si>
+    <t>44130 BLAIN</t>
+  </si>
+  <si>
+    <t>BLAIN</t>
+  </si>
+  <si>
+    <t>440031540</t>
+  </si>
+  <si>
+    <t>EAM LA CHARMELIÈRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2078_FicheESSMS/fr/eam-la-charmeliere</t>
+  </si>
+  <si>
+    <t>2078_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>440044857</t>
+  </si>
+  <si>
+    <t>EHPAD ROCHE MAILLARD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2093_FicheESSMS/fr/ehpad-roche-maillard</t>
+  </si>
+  <si>
+    <t>2093_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44360 VIGNEUX DE BRETAGNE</t>
+  </si>
+  <si>
+    <t>VIGNEUX DE BRETAGNE</t>
+  </si>
+  <si>
+    <t>440024644</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN LE RANZAY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2572_FicheESSMS/fr/ehpad-korian-le-ranzay</t>
+  </si>
+  <si>
+    <t>2572_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Du Port Durand</t>
+  </si>
+  <si>
+    <t>44300 NANTES</t>
+  </si>
+  <si>
+    <t>NANTES</t>
+  </si>
+  <si>
+    <t>440009439</t>
+  </si>
+  <si>
+    <t>EHPAD LA BOURGONNIERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4467_FicheESSMS/fr/ehpad-la-bourgonniere</t>
+  </si>
+  <si>
+    <t>4467_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Allée De La Bourgonniere</t>
+  </si>
+  <si>
+    <t>44807 ST HERBLAIN</t>
+  </si>
+  <si>
+    <t>440002855</t>
+  </si>
+  <si>
+    <t>CLIC DU PAYS DE CHATEAUBRIANT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/70_FicheESSMS/fr/clic-du-pays-de-chateaubriant</t>
+  </si>
+  <si>
+    <t>70_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue D'Ancenis</t>
+  </si>
+  <si>
+    <t>44110 CHATEAUBRIANT</t>
+  </si>
+  <si>
+    <t>440050607</t>
+  </si>
+  <si>
+    <t>ESAT MARIE MOREAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/93_FicheESSMS/fr/esat-marie-moreau</t>
+  </si>
+  <si>
+    <t>93_FicheESSMS</t>
+  </si>
+  <si>
+    <t>40 Rue Albert Schweitzer</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>440030476</t>
+  </si>
+  <si>
+    <t>SESSAD MARIE MOREAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/92_FicheESSMS/fr/sessad-marie-moreau</t>
+  </si>
+  <si>
+    <t>92_FicheESSMS</t>
+  </si>
+  <si>
+    <t>69 Rue André Chenier</t>
+  </si>
+  <si>
+    <t>440046340</t>
+  </si>
+  <si>
+    <t>DITEP GESVRES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/203_FicheESSMS/fr/ditep-gesvres</t>
+  </si>
+  <si>
+    <t>203_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Des Coteaux</t>
+  </si>
+  <si>
+    <t>44119 TREILLIERES</t>
+  </si>
+  <si>
+    <t>TREILLIERES</t>
+  </si>
+  <si>
+    <t>440000743</t>
+  </si>
+  <si>
+    <t>EHPAD LES 3 MOULINS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/185_FicheESSMS/fr/ehpad-les-3-moulins</t>
+  </si>
+  <si>
+    <t>185_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44440 RIAILLE</t>
+  </si>
+  <si>
+    <t>RIAILLE</t>
+  </si>
+  <si>
+    <t>440002871</t>
+  </si>
+  <si>
+    <t>EHPAD ELSA TRIOLET</t>
+  </si>
+  <si>
+    <t>10/09/2023 11:34:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/234_FicheESSMS/fr/ehpad-elsa-triolet</t>
+  </si>
+  <si>
+    <t>234_FicheESSMS</t>
+  </si>
+  <si>
+    <t>62 Rue Louis Aragon</t>
+  </si>
+  <si>
+    <t>44720 ST JOACHIM</t>
+  </si>
+  <si>
+    <t>ST JOACHIM</t>
+  </si>
+  <si>
+    <t>440009371</t>
+  </si>
+  <si>
+    <t>MAS FRAICHE PASQUIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/324_FicheESSMS/fr/mas-fraiche-pasquier</t>
+  </si>
+  <si>
+    <t>324_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Route Du Fraiche Pasquier</t>
+  </si>
+  <si>
+    <t>44220 COUERON</t>
+  </si>
+  <si>
+    <t>COUERON</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>440017952</t>
+  </si>
+  <si>
+    <t>EHPAD LE PERE LAURENT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/871_FicheESSMS/fr/ehpad-le-pere-laurent</t>
+  </si>
+  <si>
+    <t>871_FicheESSMS</t>
+  </si>
+  <si>
+    <t>39 Rue Du Pere Laurent</t>
+  </si>
+  <si>
+    <t>44410 HERBIGNAC</t>
+  </si>
+  <si>
+    <t>HERBIGNAC</t>
+  </si>
+  <si>
+    <t>440024651</t>
+  </si>
+  <si>
+    <t>EHPAD MAISON D'ACCUEIL ST JULIEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/874_FicheESSMS/fr/ehpad-maison-d-accueil-st-julien</t>
+  </si>
+  <si>
+    <t>874_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Des Rochettes</t>
+  </si>
+  <si>
+    <t>44670 ST JULIEN DE VOUVANTES</t>
+  </si>
+  <si>
+    <t>ST JULIEN DE VOUVANTES</t>
+  </si>
+  <si>
+    <t>440002830</t>
+  </si>
+  <si>
+    <t>EHPAD LES PAMPRES DORES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1152_FicheESSMS/fr/ehpad-les-pampres-dores</t>
+  </si>
+  <si>
+    <t>1152_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44330 VALLET</t>
+  </si>
+  <si>
+    <t>VALLET</t>
+  </si>
+  <si>
+    <t>440002673</t>
+  </si>
+  <si>
+    <t>EHPAD BEAULIEU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1346_FicheESSMS/fr/ehpad-beaulieu</t>
+  </si>
+  <si>
+    <t>1346_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440002079</t>
+  </si>
+  <si>
+    <t>RESIDENCE BEL AIR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1342_FicheESSMS/fr/residence-bel-air</t>
+  </si>
+  <si>
+    <t>1342_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue De L'Erdre</t>
+  </si>
+  <si>
+    <t>44240 LA CHAPELLE SUR ERDRE</t>
+  </si>
+  <si>
+    <t>LA CHAPELLE SUR ERDRE</t>
+  </si>
+  <si>
+    <t>440009389</t>
+  </si>
+  <si>
+    <t>CLIC CA PORNIC AGGLO PAYS DE RETZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1390_FicheESSMS/fr/clic-ca-pornic-agglo-pays-de-retz</t>
+  </si>
+  <si>
+    <t>1390_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Dr Ange Guepin</t>
+  </si>
+  <si>
+    <t>44215 PORNIC</t>
+  </si>
+  <si>
+    <t>PORNIC</t>
+  </si>
+  <si>
+    <t>440050854</t>
+  </si>
+  <si>
+    <t>EHPAD CREISKER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1476_FicheESSMS/fr/ehpad-creisker</t>
+  </si>
+  <si>
+    <t>1476_FicheESSMS</t>
+  </si>
+  <si>
+    <t>78 Avenue Saint Sebastien</t>
+  </si>
+  <si>
+    <t>44380 PORNICHET</t>
+  </si>
+  <si>
+    <t>PORNICHET</t>
+  </si>
+  <si>
+    <t>440041739</t>
+  </si>
+  <si>
+    <t>EHPAD HAMEAU SAINT-JOSEPH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1624_FicheESSMS/fr/ehpad-hameau-saint-joseph</t>
+  </si>
+  <si>
+    <t>1624_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Allée Rene Bernard</t>
+  </si>
+  <si>
+    <t>44130 FAY DE BRETAGNE</t>
+  </si>
+  <si>
+    <t>FAY DE BRETAGNE</t>
+  </si>
+  <si>
+    <t>440003549</t>
+  </si>
+  <si>
+    <t>EHPAD FLEURS DES CHAMPS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1691_FicheESSMS/fr/ehpad-fleurs-des-champs</t>
+  </si>
+  <si>
+    <t>1691_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Rue De La Paix</t>
+  </si>
+  <si>
+    <t>44140 LA PLANCHE</t>
+  </si>
+  <si>
+    <t>LA PLANCHE</t>
+  </si>
+  <si>
+    <t>440003051</t>
+  </si>
+  <si>
+    <t>SAESAT ANCENIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1722_FicheESSMS/fr/saesat-ancenis</t>
+  </si>
+  <si>
+    <t>1722_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440035368</t>
+  </si>
+  <si>
+    <t>FAH LES SIX FRENES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1721_FicheESSMS/fr/fah-les-six-frenes</t>
+  </si>
+  <si>
+    <t>1721_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>440026938</t>
+  </si>
+  <si>
+    <t>EHPAD BON REPOS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2067_FicheESSMS/fr/ehpad-bon-repos</t>
+  </si>
+  <si>
+    <t>2067_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue Camille Pelletan</t>
+  </si>
+  <si>
+    <t>44620 LA MONTAGNE</t>
+  </si>
+  <si>
+    <t>LA MONTAGNE</t>
+  </si>
+  <si>
+    <t>440003069</t>
+  </si>
+  <si>
+    <t>SAVS CHATEAUBRIANT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2079_FicheESSMS/fr/savs-chateaubriant</t>
+  </si>
+  <si>
+    <t>2079_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue De Launay</t>
+  </si>
+  <si>
+    <t>440053908</t>
+  </si>
+  <si>
+    <t>CHRS AMETIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2077_FicheESSMS/fr/chrs-ametis</t>
+  </si>
+  <si>
+    <t>2077_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>440012581</t>
+  </si>
+  <si>
+    <t>EHPAD LE VAL DE L'EVE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2068_FicheESSMS/fr/ehpad-le-val-de-l-eve</t>
+  </si>
+  <si>
+    <t>2068_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Boulevard De L'Universite</t>
+  </si>
+  <si>
+    <t>44606 ST NAZAIRE</t>
+  </si>
+  <si>
+    <t>440009421</t>
+  </si>
+  <si>
+    <t>EHPAD LBA - LES SOURCES DU VERDET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2092_FicheESSMS/fr/ehpad-lba-les-sources-du-verdet</t>
+  </si>
+  <si>
+    <t>2092_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Impasse Des Bouvreuils</t>
+  </si>
+  <si>
+    <t>440040467</t>
+  </si>
+  <si>
+    <t>SAVS BLAIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2099_FicheESSMS/fr/savs-blain</t>
+  </si>
+  <si>
+    <t>2099_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440042315</t>
+  </si>
+  <si>
+    <t>CLIC SEVRE ET LOIRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2175_FicheESSMS/fr/clic-sevre-et-loire</t>
+  </si>
+  <si>
+    <t>2175_FicheESSMS</t>
+  </si>
+  <si>
+    <t>84 Rue Jean Monnet</t>
+  </si>
+  <si>
+    <t>44450 DIVATTE SUR LOIRE</t>
+  </si>
+  <si>
+    <t>DIVATTE SUR LOIRE</t>
+  </si>
+  <si>
+    <t>440050581</t>
+  </si>
+  <si>
+    <t>CLIC VALLEE CLISSON SEVRE ET MAINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2174_FicheESSMS/fr/clic-vallee-clisson-sevre-et-maine</t>
+  </si>
+  <si>
+    <t>2174_FicheESSMS</t>
+  </si>
+  <si>
+    <t>26 Rue De L'Ancienne Mairie</t>
+  </si>
+  <si>
+    <t>44190 ST HILAIRE DE CLISSON</t>
+  </si>
+  <si>
+    <t>ST HILAIRE DE CLISSON</t>
+  </si>
+  <si>
+    <t>440050839</t>
+  </si>
+  <si>
+    <t>EHPAD L'ILE VERTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2229_FicheESSMS/fr/ehpad-l-ile-verte</t>
+  </si>
+  <si>
+    <t>2229_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Rue De L'Ile Verte</t>
+  </si>
+  <si>
+    <t>44310 ST PHILBERT DE GRAND LIEU</t>
+  </si>
+  <si>
+    <t>ST PHILBERT DE GRAND LIEU</t>
+  </si>
+  <si>
+    <t>440002798</t>
+  </si>
+  <si>
+    <t>EHPAD LE CHENE DE LA CORMIERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2337_FicheESSMS/fr/ehpad-le-chene-de-la-cormiere</t>
+  </si>
+  <si>
+    <t>2337_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue De Coetmeleuc</t>
+  </si>
+  <si>
+    <t>44530 GUENROUET</t>
+  </si>
+  <si>
+    <t>GUENROUET</t>
+  </si>
+  <si>
+    <t>440003119</t>
+  </si>
+  <si>
+    <t>FOYER VIE DU ROUET PERSONNES AGEES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2336_FicheESSMS/fr/foyer-vie-du-rouet-personnes-agees</t>
+  </si>
+  <si>
+    <t>2336_FicheESSMS</t>
+  </si>
+  <si>
+    <t>39 Rue De La Roche Buttee</t>
+  </si>
+  <si>
+    <t>440042877</t>
+  </si>
+  <si>
+    <t>CLIC DU PAYS D'ANCENIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2331_FicheESSMS/fr/clic-du-pays-d-ancenis</t>
+  </si>
+  <si>
+    <t>2331_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Place Francis Robert</t>
+  </si>
+  <si>
+    <t>440050672</t>
+  </si>
+  <si>
+    <t>CLIC ORVAULT LA CHAPELLE-SUR-ERDRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2373_FicheESSMS/fr/clic-orvault-la-chapelle-sur-erdre</t>
+  </si>
+  <si>
+    <t>2373_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Marcel Deniau</t>
+  </si>
+  <si>
+    <t>440053569</t>
+  </si>
+  <si>
+    <t>EHPAD QUIETUS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2542_FicheESSMS/fr/ehpad-quietus</t>
+  </si>
+  <si>
+    <t>2542_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Avenue Victor Duruy</t>
+  </si>
+  <si>
+    <t>44500 LA BAULE</t>
+  </si>
+  <si>
+    <t>LA BAULE</t>
+  </si>
+  <si>
+    <t>440029866</t>
+  </si>
+  <si>
+    <t>IEM LA GRILLONNAIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2647_FicheESSMS/fr/iem-la-grillonnais</t>
+  </si>
+  <si>
+    <t>2647_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De La Croix Des Fosses</t>
+  </si>
+  <si>
+    <t>44115 BASSE GOULAINE</t>
+  </si>
+  <si>
+    <t>BASSE GOULAINE</t>
+  </si>
+  <si>
+    <t>Institut d'éducation motrice</t>
+  </si>
+  <si>
+    <t>440000230</t>
+  </si>
+  <si>
+    <t>EANM FV HEBAC ST JEAN DE DIEU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2681_FicheESSMS/fr/eanm-fv-hebac-st-jean-de-dieu</t>
+  </si>
+  <si>
+    <t>2681_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Avenue St Goustan</t>
+  </si>
+  <si>
+    <t>44490 LE CROISIC</t>
+  </si>
+  <si>
+    <t>LE CROISIC</t>
+  </si>
+  <si>
+    <t>440032589</t>
+  </si>
+  <si>
+    <t>SAMSAH POLE ADULTES 44 APF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4274_FicheESSMS/fr/samsah-pole-adultes-44-apf</t>
+  </si>
+  <si>
+    <t>4274_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Boulevard Albert Einstein</t>
+  </si>
+  <si>
+    <t>44323 NANTES CEDEX 3</t>
+  </si>
+  <si>
+    <t>440035228</t>
+  </si>
+  <si>
+    <t>SESSAD NORD ADAPEI 44</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4365_FicheESSMS/fr/sessad-nord-adapei-44</t>
+  </si>
+  <si>
+    <t>4365_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue De La Frelaudais</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>440026524</t>
+  </si>
+  <si>
+    <t>UEMA CHATEAUBRIANT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4364_FicheESSMS/fr/uema-chateaubriant</t>
+  </si>
+  <si>
+    <t>4364_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34 Rue Des Chenes</t>
+  </si>
+  <si>
+    <t>440026532</t>
+  </si>
+  <si>
+    <t>CAFS IME PAUL ELUARD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4373_FicheESSMS/fr/cafs-ime-paul-eluard</t>
+  </si>
+  <si>
+    <t>4373_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44153 ANCENIS</t>
+  </si>
+  <si>
+    <t>ANCENIS</t>
+  </si>
+  <si>
+    <t>Centre d'Accueil Familial Spécialisé</t>
+  </si>
+  <si>
+    <t>440034700</t>
+  </si>
+  <si>
+    <t>CAFS IME LES PERRIÈRES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4372_FicheESSMS/fr/cafs-ime-les-perrieres</t>
+  </si>
+  <si>
+    <t>4372_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Rue Henry De Montherland</t>
+  </si>
+  <si>
+    <t>440026474</t>
+  </si>
+  <si>
+    <t>IME PAUL ELUARD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4371_FicheESSMS/fr/ime-paul-eluard</t>
+  </si>
+  <si>
+    <t>4371_FicheESSMS</t>
+  </si>
+  <si>
+    <t>100 Impasse Paul Eluard</t>
+  </si>
+  <si>
+    <t>440000123</t>
+  </si>
+  <si>
+    <t>IME LA GOUPILLAIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4367_FicheESSMS/fr/ime-la-goupillais</t>
+  </si>
+  <si>
+    <t>4367_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Rue De La Goupillais</t>
+  </si>
+  <si>
+    <t>440000164</t>
+  </si>
+  <si>
+    <t>IME LES PERRIÈRES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4366_FicheESSMS/fr/ime-les-perrieres</t>
+  </si>
+  <si>
+    <t>4366_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Rue Henry De Montherlant</t>
+  </si>
+  <si>
+    <t>440000131</t>
+  </si>
+  <si>
+    <t>RESIDENCE FLORILEGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4430_FicheESSMS/fr/residence-florilege</t>
+  </si>
+  <si>
+    <t>4430_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Avenue Des Argonautes</t>
+  </si>
+  <si>
+    <t>EHPA ne percevant pas des crédits d'assurance maladie</t>
+  </si>
+  <si>
+    <t>440034304</t>
+  </si>
+  <si>
+    <t>EHPAD MICHELLE GUILLAUME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4598_FicheESSMS/fr/ehpad-michelle-guillaume</t>
+  </si>
+  <si>
+    <t>4598_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue Du Pont</t>
+  </si>
+  <si>
+    <t>44530 ST GILDAS DES BOIS</t>
+  </si>
+  <si>
+    <t>ST GILDAS DES BOIS</t>
+  </si>
+  <si>
+    <t>440044543</t>
+  </si>
+  <si>
+    <t>EHPAD MAISON SAINT GABRIEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5193_FicheESSMS/fr/ehpad-maison-saint-gabriel</t>
+  </si>
+  <si>
+    <t>5193_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De La Pamprie</t>
+  </si>
+  <si>
+    <t>44470 THOUARE SUR LOIRE</t>
+  </si>
+  <si>
+    <t>THOUARE SUR LOIRE</t>
+  </si>
+  <si>
+    <t>440044485</t>
+  </si>
+  <si>
+    <t>EHPAD LES TROIS CLOCHERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5330_FicheESSMS/fr/ehpad-les-trois-clochers</t>
+  </si>
+  <si>
+    <t>5330_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44190 GETIGNE</t>
+  </si>
+  <si>
+    <t>GETIGNE</t>
+  </si>
+  <si>
+    <t>440007318</t>
+  </si>
+  <si>
+    <t>EAM HORIZONS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5585_FicheESSMS/fr/eam-horizons</t>
+  </si>
+  <si>
+    <t>5585_FicheESSMS</t>
+  </si>
+  <si>
+    <t>40 Rue Piliers De La Chauviniere</t>
+  </si>
+  <si>
+    <t>44800 ST HERBLAIN</t>
+  </si>
+  <si>
+    <t>440042463</t>
+  </si>
+  <si>
+    <t>MAS HORIZONS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5586_FicheESSMS/fr/mas-horizons</t>
+  </si>
+  <si>
+    <t>5586_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440042430</t>
+  </si>
+  <si>
+    <t>SESSAD POLE NANTAIS - ANTENNE NORD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5694_FicheESSMS/fr/sessad-pole-nantais-antenne-nord</t>
+  </si>
+  <si>
+    <t>5694_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Jean Jacques Rousseau</t>
+  </si>
+  <si>
+    <t>440040434</t>
+  </si>
+  <si>
+    <t>SESSAD VENTS D'OUEST</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5728_FicheESSMS/fr/sessad-vents-d-ouest</t>
+  </si>
+  <si>
+    <t>5728_FicheESSMS</t>
+  </si>
+  <si>
+    <t>655 Boulevard Pierre Et Marie Curie</t>
+  </si>
+  <si>
+    <t>440056166</t>
+  </si>
+  <si>
+    <t>EHPAD MOULIN SOLINE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5798_FicheESSMS/fr/ehpad-moulin-soline</t>
+  </si>
+  <si>
+    <t>5798_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Du Moulin De Soline</t>
+  </si>
+  <si>
+    <t>440030484</t>
+  </si>
+  <si>
+    <t>SAVS LES HESPERIDES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5928_FicheESSMS/fr/savs-les-hesperides</t>
+  </si>
+  <si>
+    <t>5928_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Place Du Champ De Foire</t>
+  </si>
+  <si>
+    <t>44650 LEGE</t>
+  </si>
+  <si>
+    <t>LEGE</t>
+  </si>
+  <si>
+    <t>440054096</t>
+  </si>
+  <si>
+    <t>SAESAT LEGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5927_FicheESSMS/fr/saesat-lege</t>
+  </si>
+  <si>
+    <t>5927_FicheESSMS</t>
+  </si>
+  <si>
+    <t>39 Rue De La Chaussee</t>
+  </si>
+  <si>
+    <t>440054088</t>
+  </si>
+  <si>
+    <t>FAH LES HESPERIDES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5926_FicheESSMS/fr/fah-les-hesperides</t>
+  </si>
+  <si>
+    <t>5926_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440042687</t>
+  </si>
+  <si>
+    <t>SAVS CHAUMES EN RETZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5915_FicheESSMS/fr/savs-chaumes-en-retz</t>
+  </si>
+  <si>
+    <t>5915_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Du Moulin</t>
+  </si>
+  <si>
+    <t>44680 CHAUMES EN RETZ</t>
+  </si>
+  <si>
+    <t>CHAUMES EN RETZ</t>
+  </si>
+  <si>
+    <t>440054070</t>
+  </si>
+  <si>
+    <t>EHPAD LES JARDINS DU VERT PRAUD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6015_FicheESSMS/fr/ehpad-les-jardins-du-vert-praud</t>
+  </si>
+  <si>
+    <t>6015_FicheESSMS</t>
+  </si>
+  <si>
+    <t>100 Rue Du Vert Praud</t>
+  </si>
+  <si>
+    <t>440002905</t>
+  </si>
+  <si>
+    <t>MAS SUD LOIRE - L'EPEAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6159_FicheESSMS/fr/mas-sud-loire-l-epeau</t>
+  </si>
+  <si>
+    <t>6159_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Urbain Le Verrier</t>
+  </si>
+  <si>
+    <t>440017945</t>
+  </si>
+  <si>
+    <t>EANM STE PAZANNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6157_FicheESSMS/fr/eanm-ste-pazanne</t>
+  </si>
+  <si>
+    <t>6157_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Francoise Dolto</t>
+  </si>
+  <si>
+    <t>44680 STE PAZANNE</t>
+  </si>
+  <si>
+    <t>STE PAZANNE</t>
+  </si>
+  <si>
+    <t>440017937</t>
+  </si>
+  <si>
+    <t>EHPAD HEOL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6155_FicheESSMS/fr/ehpad-heol</t>
+  </si>
+  <si>
+    <t>6155_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Route Du Haut Rocher</t>
+  </si>
+  <si>
+    <t>440021145</t>
+  </si>
+  <si>
+    <t>EHPAD GALATHEA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6480_FicheESSMS/fr/ehpad-galathea</t>
+  </si>
+  <si>
+    <t>6480_FicheESSMS</t>
+  </si>
+  <si>
+    <t>101 Rue De La Croix Amisse</t>
+  </si>
+  <si>
+    <t>440021160</t>
+  </si>
+  <si>
+    <t>EHPAD LES BORDS DE SEVRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6651_FicheESSMS/fr/ehpad-les-bords-de-sevre</t>
+  </si>
+  <si>
+    <t>6651_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Claude Gaulue</t>
+  </si>
+  <si>
+    <t>440047462</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT ANDRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6649_FicheESSMS/fr/ehpad-saint-andre</t>
+  </si>
+  <si>
+    <t>6649_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Eloi Guitteny</t>
+  </si>
+  <si>
+    <t>44680 ST HILAIRE DE CHALEONS</t>
+  </si>
+  <si>
+    <t>ST HILAIRE DE CHALEONS</t>
+  </si>
+  <si>
+    <t>440002863</t>
+  </si>
+  <si>
+    <t>EHPAD LA JONCIERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6702_FicheESSMS/fr/ehpad-la-jonciere</t>
+  </si>
+  <si>
+    <t>6702_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Du Val De Sevre</t>
+  </si>
+  <si>
+    <t>44190 BOUSSAY</t>
+  </si>
+  <si>
+    <t>BOUSSAY</t>
+  </si>
+  <si>
+    <t>440002061</t>
+  </si>
+  <si>
+    <t>RESIDENCE LA JONCIERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6701_FicheESSMS/fr/residence-la-jonciere</t>
+  </si>
+  <si>
+    <t>6701_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Val De Sevre</t>
+  </si>
+  <si>
+    <t>440058873</t>
+  </si>
+  <si>
+    <t>EANM FOYERS VIE INTERNAT 'JEAN SEROUX'</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6729_FicheESSMS/fr/eanm-foyers-vie-internat-jean-seroux</t>
+  </si>
+  <si>
+    <t>6729_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Brient 1Er</t>
+  </si>
+  <si>
+    <t>44144 CHATEAUBRIANT</t>
+  </si>
+  <si>
+    <t>440032670</t>
+  </si>
+  <si>
+    <t>SAVS MARIE MOREAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/94_FicheESSMS/fr/savs-marie-moreau</t>
+  </si>
+  <si>
+    <t>94_FicheESSMS</t>
+  </si>
+  <si>
+    <t>69 Rue Andre Chenier</t>
+  </si>
+  <si>
+    <t>440040491</t>
+  </si>
+  <si>
+    <t>IME CENRO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1762_FicheESSMS/fr/ime-cenro</t>
+  </si>
+  <si>
+    <t>1762_FicheESSMS</t>
+  </si>
+  <si>
+    <t>40 Rue Des Fraiches</t>
+  </si>
+  <si>
+    <t>440000206</t>
+  </si>
+  <si>
+    <t>SA ESAT CHATEAUBRIANT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2101_FicheESSMS/fr/sa-esat-chateaubriant</t>
+  </si>
+  <si>
+    <t>2101_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue De Launay</t>
+  </si>
+  <si>
+    <t>440056042</t>
+  </si>
+  <si>
+    <t>FAH RENAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2100_FicheESSMS/fr/fah-renac</t>
+  </si>
+  <si>
+    <t>2100_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440011823</t>
+  </si>
+  <si>
+    <t>CLIC SUD RETZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2325_FicheESSMS/fr/clic-sud-retz</t>
+  </si>
+  <si>
+    <t>2325_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Boulevard Pierre De Gondy</t>
+  </si>
+  <si>
+    <t>44270 MACHECOUL ST MEME</t>
+  </si>
+  <si>
+    <t>MACHECOUL ST MEME</t>
+  </si>
+  <si>
+    <t>440050698</t>
+  </si>
+  <si>
+    <t>EHPAD LE CLOS DU MOULIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2945_FicheESSMS/fr/ehpad-le-clos-du-moulin</t>
+  </si>
+  <si>
+    <t>2945_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De La Galerne</t>
+  </si>
+  <si>
+    <t>440003093</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM CRIFO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2992_FicheESSMS/fr/service-mjpm-crifo</t>
+  </si>
+  <si>
+    <t>2992_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Impasse Augustin Fresnel</t>
+  </si>
+  <si>
+    <t>44814 ST HERBLAIN</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>440047884</t>
+  </si>
+  <si>
+    <t>STADE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3250_FicheESSMS/fr/stade</t>
+  </si>
+  <si>
+    <t>3250_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Boulevard Ampere</t>
+  </si>
+  <si>
+    <t>44481 CARQUEFOU</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Services AEMO et AED</t>
+  </si>
+  <si>
+    <t>440052900</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT AVA ST NAZAIRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3265_FicheESSMS/fr/etablissement-ava-st-nazaire</t>
+  </si>
+  <si>
+    <t>3265_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Place Pierre Sémard</t>
+  </si>
+  <si>
+    <t>440052819</t>
+  </si>
+  <si>
+    <t>CLIC VIVRE SON AGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3396_FicheESSMS/fr/clic-vivre-son-age</t>
+  </si>
+  <si>
+    <t>3396_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Rue De La Guillauderie</t>
+  </si>
+  <si>
+    <t>44118 LA CHEVROLIERE</t>
+  </si>
+  <si>
+    <t>LA CHEVROLIERE</t>
+  </si>
+  <si>
+    <t>440050631</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN BOIS ROBILLARD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3409_FicheESSMS/fr/ehpad-korian-bois-robillard</t>
+  </si>
+  <si>
+    <t>3409_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Rue Du Bois Robillard</t>
+  </si>
+  <si>
+    <t>440042612</t>
+  </si>
+  <si>
+    <t>CADA ADOMA NANTES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3457_FicheESSMS/fr/cada-adoma-nantes</t>
+  </si>
+  <si>
+    <t>3457_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Avenue Jose Maria De Heredia</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>440051282</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE GAIA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3479_FicheESSMS/fr/lieu-de-vie-gaia</t>
+  </si>
+  <si>
+    <t>3479_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Route Du Parc De La Garenne</t>
+  </si>
+  <si>
+    <t>440043917</t>
+  </si>
+  <si>
+    <t>MAS ST JEAN DE DIEU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3513_FicheESSMS/fr/mas-st-jean-de-dieu</t>
+  </si>
+  <si>
+    <t>3513_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440032597</t>
+  </si>
+  <si>
+    <t>EAM CENTRE ST JEAN DE DIEU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3528_FicheESSMS/fr/eam-centre-st-jean-de-dieu</t>
+  </si>
+  <si>
+    <t>3528_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440044493</t>
+  </si>
+  <si>
+    <t>IEM LA BUISSONNIERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3552_FicheESSMS/fr/iem-la-buissonniere</t>
+  </si>
+  <si>
+    <t>3552_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Rue Charles De Gaulle</t>
+  </si>
+  <si>
+    <t>440000222</t>
+  </si>
+  <si>
+    <t>SESSAD APF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3558_FicheESSMS/fr/sessad-apf</t>
+  </si>
+  <si>
+    <t>3558_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Route D'Ancenis</t>
+  </si>
+  <si>
+    <t>44390 NORT SUR ERDRE</t>
+  </si>
+  <si>
+    <t>NORT SUR ERDRE</t>
+  </si>
+  <si>
+    <t>440053320</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3557_FicheESSMS/fr/sessad-apf</t>
+  </si>
+  <si>
+    <t>3557_FicheESSMS</t>
+  </si>
+  <si>
+    <t>50 Rue Busson Billault</t>
+  </si>
+  <si>
+    <t>440032043</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3556_FicheESSMS/fr/sessad-apf</t>
+  </si>
+  <si>
+    <t>3556_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Ernest Renan</t>
+  </si>
+  <si>
+    <t>440023752</t>
+  </si>
+  <si>
+    <t>IEM LA MARRIERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3555_FicheESSMS/fr/iem-la-marriere</t>
+  </si>
+  <si>
+    <t>3555_FicheESSMS</t>
+  </si>
+  <si>
+    <t>94 Rue De La Marriere</t>
+  </si>
+  <si>
+    <t>44319 NANTES CEDEX 3</t>
+  </si>
+  <si>
+    <t>440000750</t>
+  </si>
+  <si>
+    <t>FOYER DE SEMAINE LA HALVEQUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3554_FicheESSMS/fr/foyer-de-semaine-la-halveque</t>
+  </si>
+  <si>
+    <t>3554_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Du Champ De Tir</t>
+  </si>
+  <si>
+    <t>440013266</t>
+  </si>
+  <si>
+    <t>IME PIERRE DE LUNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3612_FicheESSMS/fr/ime-pierre-de-lune</t>
+  </si>
+  <si>
+    <t>3612_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44640 ST JEAN DE BOISEAU</t>
+  </si>
+  <si>
+    <t>ST JEAN DE BOISEAU</t>
+  </si>
+  <si>
+    <t>440049971</t>
+  </si>
+  <si>
+    <t>IME L'ESTUAIRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3611_FicheESSMS/fr/ime-l-estuaire</t>
+  </si>
+  <si>
+    <t>3611_FicheESSMS</t>
+  </si>
+  <si>
+    <t>60 Avenue De Bodon</t>
+  </si>
+  <si>
+    <t>44250 ST BREVIN LES PINS</t>
+  </si>
+  <si>
+    <t>ST BREVIN LES PINS</t>
+  </si>
+  <si>
+    <t>440023836</t>
+  </si>
+  <si>
+    <t>EEAP PARC DE LA BLORDIERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3779_FicheESSMS/fr/eeap-parc-de-la-blordiere</t>
+  </si>
+  <si>
+    <t>3779_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Boulevard Mendes France</t>
+  </si>
+  <si>
+    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
+  </si>
+  <si>
+    <t>440007698</t>
+  </si>
+  <si>
+    <t>SAS HANDICAPS RARES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3778_FicheESSMS/fr/sas-handicaps-rares</t>
+  </si>
+  <si>
+    <t>3778_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440053866</t>
+  </si>
+  <si>
+    <t>FJT ANCENIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3787_FicheESSMS/fr/fjt-ancenis</t>
+  </si>
+  <si>
+    <t>3787_FicheESSMS</t>
+  </si>
+  <si>
+    <t>85 Boulevard Huchon</t>
+  </si>
+  <si>
+    <t>Foyer de Jeunes Travailleurs (résidence sociale ou non)</t>
+  </si>
+  <si>
+    <t>440048197</t>
+  </si>
+  <si>
+    <t>EHPAD LES ORMES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3919_FicheESSMS/fr/ehpad-les-ormes</t>
+  </si>
+  <si>
+    <t>3919_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue Des Aigues Marines</t>
+  </si>
+  <si>
+    <t>44210 PORNIC</t>
+  </si>
+  <si>
+    <t>440046936</t>
+  </si>
+  <si>
+    <t>CSAPA LA ROSE DES VENTS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3977_FicheESSMS/fr/csapa-la-rose-des-vents</t>
+  </si>
+  <si>
+    <t>3977_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Rue Roger Salengro</t>
+  </si>
+  <si>
+    <t>440030013</t>
+  </si>
+  <si>
+    <t>CAARUD LA ROSE DES VENTS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3976_FicheESSMS/fr/caarud-la-rose-des-vents</t>
+  </si>
+  <si>
+    <t>3976_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Ctre.Accueil/ Accomp.Réduc.Risq.Usag. Drogues (C.A.A.R.U.D.)</t>
+  </si>
+  <si>
+    <t>440046076</t>
+  </si>
+  <si>
+    <t>SESSAD DU CENRO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6212_FicheESSMS/fr/sessad-du-cenro</t>
+  </si>
+  <si>
+    <t>6212_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440047785</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE UN BOUT DE CHEMIN ENSEMBLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6655_FicheESSMS/fr/lieu-de-vie-un-bout-de-chemin-ensemble</t>
+  </si>
+  <si>
+    <t>6655_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Avenue Des Oeillets</t>
+  </si>
+  <si>
+    <t>44980 STE LUCE SUR LOIRE</t>
+  </si>
+  <si>
+    <t>STE LUCE SUR LOIRE</t>
+  </si>
+  <si>
+    <t>440045870</t>
+  </si>
+  <si>
+    <t>SAAD CCAS ROUGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6999_FicheESSMS/fr/saad-ccas-rouge</t>
+  </si>
+  <si>
+    <t>6999_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De La Gare</t>
+  </si>
+  <si>
+    <t>44660 ROUGE</t>
+  </si>
+  <si>
+    <t>ROUGE</t>
+  </si>
+  <si>
+    <t>440012565</t>
+  </si>
+  <si>
+    <t>SAAD SOL'AID</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8457_FicheESSMS/fr/saad-sol-aid</t>
+  </si>
+  <si>
+    <t>8457_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue De La Jalousie</t>
+  </si>
+  <si>
+    <t>440054716</t>
+  </si>
+  <si>
+    <t>SAAD CH BEL AIR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8818_FicheESSMS/fr/saad-ch-bel-air</t>
+  </si>
+  <si>
+    <t>8818_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44650 CORCOUE SUR LOGNE</t>
+  </si>
+  <si>
+    <t>CORCOUE SUR LOGNE</t>
+  </si>
+  <si>
+    <t>440056307</t>
+  </si>
+  <si>
+    <t>SAAD RESIDENCE EQUIPAGE DOMICILE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8858_FicheESSMS/fr/saad-residence-equipage-domicile</t>
+  </si>
+  <si>
+    <t>8858_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Rue Felix Faure</t>
+  </si>
+  <si>
+    <t>440057206</t>
+  </si>
+  <si>
+    <t>EHPAD LES BIGOURETTES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9012_FicheESSMS/fr/ehpad-les-bigourettes</t>
+  </si>
+  <si>
+    <t>9012_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Avenue Claude Bernard</t>
+  </si>
+  <si>
+    <t>440002665</t>
+  </si>
+  <si>
+    <t>EHPAD LE GUE FLORENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9011_FicheESSMS/fr/ehpad-le-gue-florent</t>
+  </si>
+  <si>
+    <t>9011_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue Du Raffuneau</t>
+  </si>
+  <si>
+    <t>440003887</t>
+  </si>
+  <si>
+    <t>EHPAD LA SEILLERAYE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9065_FicheESSMS/fr/ehpad-la-seilleraye</t>
+  </si>
+  <si>
+    <t>9065_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440047595</t>
+  </si>
+  <si>
+    <t>EAM LE HAMEAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9050_FicheESSMS/fr/eam-le-hameau</t>
+  </si>
+  <si>
+    <t>9050_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44130 BOUVRON</t>
+  </si>
+  <si>
+    <t>BOUVRON</t>
+  </si>
+  <si>
+    <t>440047165</t>
+  </si>
+  <si>
+    <t>EHPAD CH PIERRE DELAROCHE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9124_FicheESSMS/fr/ehpad-ch-pierre-delaroche</t>
+  </si>
+  <si>
+    <t>9124_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Pasteur</t>
+  </si>
+  <si>
+    <t>44194 CLISSON</t>
+  </si>
+  <si>
+    <t>CLISSON</t>
+  </si>
+  <si>
+    <t>440047579</t>
+  </si>
+  <si>
+    <t>EHPAD AOLYS ST ANDRE DES EAUX</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9229_FicheESSMS/fr/ehpad-aolys-st-andre-des-eaux</t>
+  </si>
+  <si>
+    <t>9229_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Pre Du Bourg</t>
+  </si>
+  <si>
+    <t>44117 ST ANDRE DES EAUX</t>
+  </si>
+  <si>
+    <t>ST ANDRE DES EAUX</t>
+  </si>
+  <si>
+    <t>440047447</t>
+  </si>
+  <si>
+    <t>EHPAD LES ECRIVAINS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9588_FicheESSMS/fr/ehpad-les-ecrivains</t>
+  </si>
+  <si>
+    <t>9588_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Avenue Des Mimosas</t>
+  </si>
+  <si>
+    <t>440047744</t>
+  </si>
+  <si>
+    <t>SSIAD DE BOUGUENAIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9884_FicheESSMS/fr/ssiad-de-bouguenais</t>
+  </si>
+  <si>
+    <t>9884_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue De La Grande Ouche</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>440017432</t>
+  </si>
+  <si>
+    <t>EHPAD LE CLOS ST SEBASTIEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10029_FicheESSMS/fr/ehpad-le-clos-st-sebastien</t>
+  </si>
+  <si>
+    <t>10029_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440042851</t>
+  </si>
+  <si>
+    <t>SSIAD ACHENEAU-GRAND LIEU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10185_FicheESSMS/fr/ssiad-acheneau-grand-lieu</t>
+  </si>
+  <si>
+    <t>10185_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Route De Bouguenais</t>
+  </si>
+  <si>
+    <t>44830 BOUAYE</t>
+  </si>
+  <si>
+    <t>BOUAYE</t>
+  </si>
+  <si>
+    <t>440031912</t>
+  </si>
+  <si>
+    <t>EHPAD LE CHAMBELLAN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10350_FicheESSMS/fr/ehpad-le-chambellan</t>
+  </si>
+  <si>
+    <t>10350_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Du Chambellan</t>
+  </si>
+  <si>
+    <t>440007276</t>
+  </si>
+  <si>
+    <t>EHPAD LA HAUTE MITRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10346_FicheESSMS/fr/ehpad-la-haute-mitrie</t>
+  </si>
+  <si>
+    <t>10346_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue De La Haute Mitrie</t>
+  </si>
+  <si>
+    <t>440046134</t>
+  </si>
+  <si>
+    <t>ACCUEIL DE JOUR DE LA HAUTE MITRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10344_FicheESSMS/fr/accueil-de-jour-de-la-haute-mitrie</t>
+  </si>
+  <si>
+    <t>10344_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Centre de Jour pour Personnes Agées</t>
+  </si>
+  <si>
+    <t>440047678</t>
+  </si>
+  <si>
+    <t>EAM DIAPASON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10338_FicheESSMS/fr/eam-diapason</t>
+  </si>
+  <si>
+    <t>10338_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440051795</t>
+  </si>
+  <si>
+    <t>MAS BLAIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11081_FicheESSMS/fr/mas-blain</t>
+  </si>
+  <si>
+    <t>11081_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440056869</t>
+  </si>
+  <si>
+    <t>EHPAD MONTCLAIR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11270_FicheESSMS/fr/ehpad-montclair</t>
+  </si>
+  <si>
+    <t>11270_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Cour De L'Europe</t>
+  </si>
+  <si>
+    <t>44850 LE CELLIER</t>
+  </si>
+  <si>
+    <t>LE CELLIER</t>
+  </si>
+  <si>
+    <t>440003044</t>
+  </si>
+  <si>
+    <t>EHPAD LA HAUTIERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11397_FicheESSMS/fr/ehpad-la-hautiere</t>
+  </si>
+  <si>
+    <t>11397_FicheESSMS</t>
+  </si>
+  <si>
+    <t>144 Rue Descartes</t>
+  </si>
+  <si>
+    <t>44240 SUCE SUR ERDRE</t>
+  </si>
+  <si>
+    <t>SUCE SUR ERDRE</t>
+  </si>
+  <si>
+    <t>440003648</t>
+  </si>
+  <si>
+    <t>EHPAD DU DON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11439_FicheESSMS/fr/ehpad-du-don</t>
+  </si>
+  <si>
+    <t>11439_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44520 ISSE</t>
+  </si>
+  <si>
+    <t>ISSE</t>
+  </si>
+  <si>
+    <t>440033413</t>
+  </si>
+  <si>
+    <t>EHPAD MON REPOS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11435_FicheESSMS/fr/ehpad-mon-repos</t>
+  </si>
+  <si>
+    <t>11435_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Rue De Vieillevigne</t>
+  </si>
+  <si>
+    <t>44140 AIGREFEUILLE SUR MAINE</t>
+  </si>
+  <si>
+    <t>AIGREFEUILLE SUR MAINE</t>
+  </si>
+  <si>
+    <t>440002103</t>
+  </si>
+  <si>
+    <t>EHPAD LE PRIEURE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12038_FicheESSMS/fr/ehpad-le-prieure</t>
+  </si>
+  <si>
+    <t>12038_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Rue Nantaise</t>
+  </si>
+  <si>
+    <t>440001196</t>
+  </si>
+  <si>
+    <t>EHPAD CH CHATEAUBRIANT - PARC LA LANDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12193_FicheESSMS/fr/ehpad-ch-chateaubriant-parc-la-lande</t>
+  </si>
+  <si>
+    <t>12193_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440047629</t>
+  </si>
+  <si>
+    <t>EHPAD CH NOZAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12190_FicheESSMS/fr/ehpad-ch-nozay</t>
+  </si>
+  <si>
+    <t>12190_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Route De Nort Sur Erdre</t>
+  </si>
+  <si>
+    <t>44170 NOZAY</t>
+  </si>
+  <si>
+    <t>NOZAY</t>
+  </si>
+  <si>
+    <t>440021327</t>
+  </si>
+  <si>
+    <t>EHPAD CH CHATEAUBRIANT - MAPA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12194_FicheESSMS/fr/ehpad-ch-chateaubriant-mapa</t>
+  </si>
+  <si>
+    <t>12194_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44146 CHATEAUBRIANT</t>
+  </si>
+  <si>
+    <t>440021368</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT MARTIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12843_FicheESSMS/fr/ehpad-saint-martin</t>
+  </si>
+  <si>
+    <t>12843_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Rue St Martin</t>
+  </si>
+  <si>
+    <t>44750 CAMPBON</t>
+  </si>
+  <si>
+    <t>CAMPBON</t>
+  </si>
+  <si>
+    <t>440028595</t>
+  </si>
+  <si>
+    <t>EHPAD LA CROIX DU GUE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13116_FicheESSMS/fr/ehpad-la-croix-du-gue</t>
+  </si>
+  <si>
+    <t>13116_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Eugene Pottier</t>
+  </si>
+  <si>
+    <t>440028850</t>
+  </si>
+  <si>
+    <t>CADA FRANCE HORIZON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13168_FicheESSMS/fr/cada-france-horizon</t>
+  </si>
+  <si>
+    <t>13168_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue De Pornichet</t>
+  </si>
+  <si>
+    <t>440053684</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE ARZ BEVAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13141_FicheESSMS/fr/lieu-de-vie-arz-bevan</t>
+  </si>
+  <si>
+    <t>13141_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44520 MOISDON LA RIVIERE</t>
+  </si>
+  <si>
+    <t>MOISDON LA RIVIERE</t>
+  </si>
+  <si>
+    <t>440044055</t>
+  </si>
+  <si>
+    <t>ACCUEIL DE JOUR PLAISANCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13193_FicheESSMS/fr/accueil-de-jour-plaisance</t>
+  </si>
+  <si>
+    <t>13193_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Madeleine Joret</t>
+  </si>
+  <si>
+    <t>440050201</t>
+  </si>
+  <si>
+    <t>EHPAD LA FORET D'ESCOUBLAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13192_FicheESSMS/fr/ehpad-la-foret-d-escoublac</t>
+  </si>
+  <si>
+    <t>13192_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Boulevard De La Foret</t>
+  </si>
+  <si>
+    <t>440044337</t>
+  </si>
+  <si>
+    <t>DITEP MOISSONS NOUVELLES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13255_FicheESSMS/fr/ditep-moissons-nouvelles</t>
+  </si>
+  <si>
+    <t>13255_FicheESSMS</t>
+  </si>
+  <si>
+    <t>56 Rue De La Papotiere</t>
+  </si>
+  <si>
+    <t>440000099</t>
+  </si>
+  <si>
+    <t>Département de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Code Finess de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Équipe accréditée</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CLINIQUE BRETECHE VIAUD  (44)</t>
+  </si>
+  <si>
+    <t>24/09/2024 11:31:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3543721/fr/equipe-d-anesthesie-reanimation-clinique-breteche-viaud-44</t>
+  </si>
+  <si>
+    <t>p_3543721</t>
+  </si>
+  <si>
+    <t>16 September 2024</t>
+  </si>
+  <si>
+    <t>Docteur CEDRIC NATHAN, Docteur GABRIEL SAKOU, Docteur ROMAIN KERBRAT, Docteur TANGUY CAZAUBIEL, Docteur Khalid RAFIK, Docteur Omar AMRANI, Docteur DOROTHEE FANGNIGBE-MBIANDJEU, Docteur REMI MOTREUL</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation SANTE ATLANTIQUE  (44)</t>
+  </si>
+  <si>
+    <t>07/06/2024 14:36:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520992/fr/equipe-d-anesthesie-reanimation-sante-atlantique-44</t>
+  </si>
+  <si>
+    <t>p_3520992</t>
+  </si>
+  <si>
+    <t>04 June 2024</t>
+  </si>
+  <si>
+    <t>Docteur FRANCOIS BOUVET, Docteur POME VILLERS CHAUMET, Docteur CLEMENT BONNEFON, Docteur ANNE RICHE, Docteur SOPHIE PAJOT, Docteur GABRIEL MASSON, Docteur XAVIER FOURNET, Docteur JOUMANA AL-ANI, Docteur JULIE BOLLOT, Docteur XAVIER TILLY, Docteur ROMAIN HEIDAR, Docteur Bernard LEFEBVRE, Docteur CATHERINE BILLAUD-DEBARRE, Docteur Hendrik WILLEMSE, Docteur MUSTAPHA BELAIDI, Docteur CELINE GROSCLAUDE, Docteur AURORE DESDOITS, Docteur PEGGY GAUDIOT, Docteur CYRILLE MABILAIS, Docteur VALERIE ROMAIN, Docteur SANDRINE GANDARA, Docteur JULIEN THERAUD</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie urologique SANTE ATLANTIQUE  (44)</t>
+  </si>
+  <si>
+    <t>15/02/2024 16:30:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3495640/fr/equipe-de-chirurgie-urologique-sante-atlantique-44</t>
+  </si>
+  <si>
+    <t>p_3495640</t>
+  </si>
+  <si>
+    <t>19 January 2024</t>
+  </si>
+  <si>
+    <t>Docteur QUENTIN-COME LE CLERC, Docteur Ghislain BOCHEREAU, Docteur Théodore TOINET</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie urologique CLINIQUE UROLOGIQUE NANTES ATLANTIS  (44)</t>
+  </si>
+  <si>
+    <t>15/02/2024 16:30:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3495643/fr/equipe-de-chirurgie-urologique-clinique-urologique-nantes-atlantis-44</t>
+  </si>
+  <si>
+    <t>p_3495643</t>
+  </si>
+  <si>
+    <t>04 February 2024</t>
+  </si>
+  <si>
+    <t>Docteur CHARLES LAINE, Docteur Thierry ROUSSEAU, Docteur ERIC POTIRON, Docteur FLORIAN GERBAUD, Docteur Truong An NGUYEN, Docteur Jacques LACOSTE, Docteur LIONEL HOQUETIS</t>
+  </si>
+  <si>
+    <t>Équipe de Radiologie et Imagerie médicale CHU DE NANTES SITE HOTEL DIEU HME  (44)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328542/fr/equipe-de-radiologie-et-imagerie-medicale-chu-de-nantes-site-hotel-dieu-hme-44</t>
+  </si>
+  <si>
+    <t>p_3328542</t>
+  </si>
+  <si>
+    <t>05 March 2022</t>
+  </si>
+  <si>
+    <t>Docteur PIERRE-PAUL ARRIGONI, Docteur VALERIE LAIGLE-QUERAT, Docteur RENAN LIBERGE, Docteur FLORENCE CAILLON, Docteur ERIC FRAMPAS</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie urologique HÔPITAL PRIVÉ DU CONFLUENT S.A.S.  (44)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319132/fr/equipe-de-chirurgie-urologique-hopital-prive-du-confluent-s-a-s-44</t>
+  </si>
+  <si>
+    <t>p_3319132</t>
+  </si>
+  <si>
+    <t>17 March 2025</t>
+  </si>
+  <si>
+    <t>Docteur ARTHUR FOSSE, Docteur Brice MÜLLER, Docteur GAETAN BERQUET, Docteur Frédéric MAILLET, Docteur Sébastien LARUE</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation HOPITAL PRIVE DU CONFLUENT  (44)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319198/fr/equipe-d-anesthesie-reanimation-hopital-prive-du-confluent-44</t>
+  </si>
+  <si>
+    <t>p_3319198</t>
+  </si>
+  <si>
+    <t>06 December 2021</t>
+  </si>
+  <si>
+    <t>Docteur ADRIEN DELATER, Docteur ANATOLIE MALIDIN, Docteur JEROME PEYRACHE, Docteur FLORENCE POUSSET, Docteur Jean BECHWATI, Docteur ROBERT RISTOVSKI, Docteur Alain PERON, Docteur Anne LE CORRE, Docteur NICOLAS FAUCHOUX, Docteur Pascale SALAUN, Docteur Frédéric LEBRETON, Docteur Olivier LEJEUNE, Docteur Nolwenn CHATEL JOSSE, Docteur Jérôme PAULUS, Docteur Yvon GOARIN, Docteur LUDOVIC RONCHI, Docteur Nicolas BAZIN, Docteur Julien FRAPPIER, Docteur Dominique SOULARD, Docteur NICOLAS COTTRON, Docteur BRIAN EMONET, Docteur Yvon GEFFROY, Docteur Jeremy BLANCHARD, Docteur Richard SANCHEZ, Docteur BAPTISTE HERVOUET</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319239/fr/equipe-d-anesthesie-reanimation-sante-atlantique-44</t>
+  </si>
+  <si>
+    <t>p_3319239</t>
+  </si>
+  <si>
+    <t>21 June 2023</t>
+  </si>
+  <si>
+    <t>Docteur MARIE BRUCKLER, Docteur FABIAN ROY-GASH, Docteur David GOURAUD, Docteur Frédéric SIMONNEAU, Docteur RITHY EA, Docteur Sophie MILLET, Docteur Claire WIGDOROWICZ, Docteur Helene MARTINET-LAGADEC, Docteur Francois PILLET, Docteur Grégoire LANGLOIS, Docteur Ronan BODÉRÉ, Docteur JULIEN FOURNIER, Docteur Helene SAUNIER, Docteur DELPHINE ROLLAND, Docteur GAELLE LABBE, Docteur Eric LEGENDRE</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CLINIQUE JULES VERNE  (44)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:35:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319596/fr/equipe-d-anesthesie-reanimation-clinique-jules-verne-44</t>
+  </si>
+  <si>
+    <t>p_3319596</t>
+  </si>
+  <si>
+    <t>13 July 2022</t>
+  </si>
+  <si>
+    <t>Docteur NAZIM ABDELKRIM, Docteur EDOUARD LEGRAND, Docteur Maëlle MALIDIN, Docteur MARTIN LIARD, Docteur GUILLAUME DEBEC, Docteur PAUL LOUVEL, Docteur SEBASTIEN CAMPARD, Docteur PIERRE MILLOUR, Docteur ELODIE JOUBERT, Docteur NICOLAS JOUHET, Docteur BERTRAND MAUBRAS, Docteur NELLY RONDEAU, Docteur LIONEL DESCHIENS, Docteur THIERRY GAZEAU, Docteur VLAD SUPARSCHI, Docteur WILLIAM BARON</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER SEVRE ET LOIRE- LOROUX BOTTEREAU</t>
+  </si>
+  <si>
+    <t>17/11/2025 15:40:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1412_FicheEtablissement/fr/ch-sevre-et-loire-loroux-bottereau</t>
+  </si>
+  <si>
+    <t>1412_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>51 Rue De La Loire</t>
+  </si>
+  <si>
+    <t>44430 LE LOROUX BOTTEREAU</t>
+  </si>
+  <si>
+    <t>LE LOROUX BOTTEREAU</t>
+  </si>
+  <si>
+    <t>0240808000</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>440000552</t>
+  </si>
+  <si>
+    <t>Établissements non certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER SEVRE ET LOIRE- VERTOU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1420_FicheEtablissement/fr/ch-sevre-et-loire-vertou</t>
+  </si>
+  <si>
+    <t>1420_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Allée Alphonse Fillion</t>
+  </si>
+  <si>
+    <t>44122 VERTOU</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>440000883</t>
+  </si>
+  <si>
+    <t>USLD CH SEVRE ET LOIRE-LOROUX  BOTTEREAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1442_FicheEtablissement/fr/usld-ch-sevre-et-loire-loroux-bt</t>
+  </si>
+  <si>
+    <t>1442_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>440021251</t>
+  </si>
+  <si>
+    <t>UNITE SOINS LONGUE DUREE CH SEVRE ET LOIRE SITE VERTOU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1441_FicheEtablissement/fr/usld-ch-sevre-et-loire-vertou</t>
+  </si>
+  <si>
+    <t>1441_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>440021236</t>
+  </si>
+  <si>
+    <t>CENTRE DE SOINS DE SUITE "LE BOIS RIGNOUX"</t>
+  </si>
+  <si>
+    <t>17/10/2025 18:15:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1446_FicheEtablissement/fr/ssr-le-bois-rignoux</t>
+  </si>
+  <si>
+    <t>1446_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0240574057</t>
+  </si>
+  <si>
+    <t>440024669</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>HOPITAL A DOMICILE NANTES ET REGION</t>
+  </si>
+  <si>
+    <t>29/09/2025 17:06:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1435_FicheEtablissement/fr/had-nantes-et-region</t>
+  </si>
+  <si>
+    <t>1435_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>1 Rue Henri Guillaumet</t>
+  </si>
+  <si>
+    <t>0240160470</t>
+  </si>
+  <si>
+    <t>440012128</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>18/06/2025 13:39:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1454_FicheEtablissement/fr/sante-atlantique</t>
+  </si>
+  <si>
+    <t>1454_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0240959393</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>Établissements certifiés sous conditions</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE SAINT-NAZAIRE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1401_FicheEtablissement/fr/ch-de-saint-nazaire</t>
+  </si>
+  <si>
+    <t>1401_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>11 Boulevard Georges Charpak</t>
+  </si>
+  <si>
+    <t>0272278000</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
+    <t>CENTRE DE READAPTATION FONCTIONELLE LA TOURMALINE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1404_FicheEtablissement/fr/crf-la-tourmaline</t>
+  </si>
+  <si>
+    <t>1404_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>44818 ST HERBLAIN</t>
+  </si>
+  <si>
+    <t>0240385959</t>
+  </si>
+  <si>
+    <t>440000255</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER SPECIALISE DE BLAIN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1403_FicheEtablissement/fr/chs-epsylan-blain</t>
+  </si>
+  <si>
+    <t>1403_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0240515151</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>440000180</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE READAPTATION DE MAUBREUIL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1402_FicheEtablissement/fr/ch-reedaptation-de-maubreuil</t>
+  </si>
+  <si>
+    <t>1402_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>31 Boulevard Salvador Allende</t>
+  </si>
+  <si>
+    <t>44819 ST HERBLAIN</t>
+  </si>
+  <si>
+    <t>0240682727</t>
+  </si>
+  <si>
+    <t>440000024</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER ERDRE ET LOIRE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1406_FicheEtablissement/fr/ch-erdre-et-loire</t>
+  </si>
+  <si>
+    <t>1406_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>160 Rue Du Verger</t>
+  </si>
+  <si>
+    <t>44156 ANCENIS</t>
+  </si>
+  <si>
+    <t>0240094400</t>
+  </si>
+  <si>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Obstétrique</t>
+  </si>
+  <si>
+    <t>440000396</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINTE MARIE - PÔLE SANTE DE CHOISEL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1407_FicheEtablissement/fr/clinique-sainte-marie</t>
+  </si>
+  <si>
+    <t>1407_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>9 Rue De Verdun</t>
+  </si>
+  <si>
+    <t>0240556464</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1410_FicheEtablissement/fr/clinique-urologique-nantes-atlantis</t>
+  </si>
+  <si>
+    <t>1410_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Avenue Jacques Cartier</t>
+  </si>
+  <si>
+    <t>44815 ST HERBLAIN</t>
+  </si>
+  <si>
+    <t>0228030609</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER BEL AIR</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1414_FicheEtablissement/fr/ch-bel-air</t>
+  </si>
+  <si>
+    <t>1414_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>23 Rue Bel Air</t>
+  </si>
+  <si>
+    <t>0251116500</t>
+  </si>
+  <si>
+    <t>440000644</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER LOIRE VENDEE OCEAN SITE DE MACHECOUL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1413_FicheEtablissement/fr/ch-lvo-site-de-machecoul</t>
+  </si>
+  <si>
+    <t>1413_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0240784400</t>
+  </si>
+  <si>
+    <t>440000560</t>
+  </si>
+  <si>
+    <t>SSR LA BARONNAIS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1418_FicheEtablissement/fr/ssr-la-baronnais</t>
+  </si>
+  <si>
+    <t>1418_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>6 Rue De La Neustrie</t>
+  </si>
+  <si>
+    <t>0240269400</t>
+  </si>
+  <si>
+    <t>440000719</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT DE SOINS DE SUITE ET DE RÉADAPTATION ROZ ARVOR</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1417_FicheEtablissement/fr/ssr-roz-arvor</t>
+  </si>
+  <si>
+    <t>1417_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Du Fort</t>
+  </si>
+  <si>
+    <t>44303 NANTES CEDEX 3</t>
+  </si>
+  <si>
+    <t>0240683900</t>
+  </si>
+  <si>
+    <t>440000701</t>
+  </si>
+  <si>
+    <t>CENTRE SSR DE SAINT SEBASTIEN SUR LOIRE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1416_FicheEtablissement/fr/ssr-jules-verne</t>
+  </si>
+  <si>
+    <t>1416_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>440000693</t>
+  </si>
+  <si>
+    <t>HIC PAYS DE RETZ - PORNIC</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1425_FicheEtablissement/fr/hic-pays-de-retz-pornic</t>
+  </si>
+  <si>
+    <t>1425_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0251747878</t>
+  </si>
+  <si>
+    <t>440001287</t>
+  </si>
+  <si>
+    <t>HIC PAYS DE RETZ - PAIMBOEUF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1424_FicheEtablissement/fr/hic-pays-de-retz-paimboeuf</t>
+  </si>
+  <si>
+    <t>1424_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>44560 PAIMBOEUF</t>
+  </si>
+  <si>
+    <t>PAIMBOEUF</t>
+  </si>
+  <si>
+    <t>02 28 53 28 22</t>
+  </si>
+  <si>
+    <t>440001279</t>
+  </si>
+  <si>
+    <t>HIC DE LA PRESQU'ILE - SITE DU CROISIC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1423_FicheEtablissement/fr/hic-de-la-presqu-ile-site-du-croisic</t>
+  </si>
+  <si>
+    <t>1423_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0240626600</t>
+  </si>
+  <si>
+    <t>440001261</t>
+  </si>
+  <si>
+    <t>HIC DE LA PRESQU'ILE- SITE DE GUERANDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1422_FicheEtablissement/fr/hic-de-la-presqu-ile-site-de-guerande</t>
+  </si>
+  <si>
+    <t>1422_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>28 Avenue P De La Bouexiere</t>
+  </si>
+  <si>
+    <t>0240626540</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>440001253</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1429_FicheEtablissement/fr/polyclinique-de-l-europe</t>
+  </si>
+  <si>
+    <t>1429_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>33 Boulevard De L'Université</t>
+  </si>
+  <si>
+    <t>44615 ST NAZAIRE</t>
+  </si>
+  <si>
+    <t>0251161616</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER GEORGES DAUMEZON</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1428_FicheEtablissement/fr/ch-georges-daumezon</t>
+  </si>
+  <si>
+    <t>1428_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>55 Rue Georges Clemenceau</t>
+  </si>
+  <si>
+    <t>44342 BOUGUENAIS</t>
+  </si>
+  <si>
+    <t>0251829300</t>
+  </si>
+  <si>
+    <t>440001972</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER PIERRE DELAROCHE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1427_FicheEtablissement/fr/ch-pierre-delaroche</t>
+  </si>
+  <si>
+    <t>1427_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>44191 CLISSON</t>
+  </si>
+  <si>
+    <t>0240801919</t>
+  </si>
+  <si>
+    <t>440001964</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE SAVENAY</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1426_FicheEtablissement/fr/ch-de-savenay</t>
+  </si>
+  <si>
+    <t>1426_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>13 Rue De L'Hopital</t>
+  </si>
+  <si>
+    <t>0240575000</t>
+  </si>
+  <si>
+    <t>440001295</t>
+  </si>
+  <si>
+    <t>CH ST NAZAIRE - PSY HEINLEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1434_FicheEtablissement/fr/ch-st-nazaire-heinlex</t>
+  </si>
+  <si>
+    <t>1434_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>57 Rue Michel Ange</t>
+  </si>
+  <si>
+    <t>0240906060</t>
+  </si>
+  <si>
+    <t>Médecine, Psychiatrie</t>
+  </si>
+  <si>
+    <t>440007607</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE LA BRIERE - LNA ES</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1433_FicheEtablissement/fr/clinique-de-la-briere-lna-es</t>
+  </si>
+  <si>
+    <t>1433_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>27 Rue De Mesquer</t>
+  </si>
+  <si>
+    <t>0240621550</t>
+  </si>
+  <si>
+    <t>440003390</t>
+  </si>
+  <si>
+    <t>CENTRE DE SOINS DE SUITE ET DE READAPTATION LE BODIO</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1430_FicheEtablissement/fr/ssr-le-bodio</t>
+  </si>
+  <si>
+    <t>1430_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0240175100</t>
+  </si>
+  <si>
+    <t>440002459</t>
+  </si>
+  <si>
+    <t>USLD CH ERDRE ET LOIRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1443_FicheEtablissement/fr/usld-ch-erdre-et-loire</t>
+  </si>
+  <si>
+    <t>1443_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0240094445</t>
+  </si>
+  <si>
+    <t>440021285</t>
+  </si>
+  <si>
+    <t>UNITE SOINS DE LONGUE DUREE CTRE HOSPITALIER MACHECOUL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1440_FicheEtablissement/fr/usld-ch-lvo-machecoul</t>
+  </si>
+  <si>
+    <t>1440_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0240023400</t>
+  </si>
+  <si>
+    <t>440021202</t>
+  </si>
+  <si>
+    <t>UNITE SOINS LONGUE DUREE HIC DE LA PRESQU'ILE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1439_FicheEtablissement/fr/usld-hic-de-la-presqu-ile</t>
+  </si>
+  <si>
+    <t>1439_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0240626553</t>
+  </si>
+  <si>
+    <t>440021194</t>
+  </si>
+  <si>
+    <t>USLD CASSIOPE SITE HEINLEX CENTRE HOSPITALIER SAINT NAZAIRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1438_FicheEtablissement/fr/usld-cassiopee</t>
+  </si>
+  <si>
+    <t>1438_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>440021152</t>
+  </si>
+  <si>
+    <t>USLD ANNE DE BRETAGNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1437_FicheEtablissement/fr/usld-anne-de-bretagne</t>
+  </si>
+  <si>
+    <t>1437_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>440021095</t>
+  </si>
+  <si>
+    <t>CHU DE NANTES: SITE HOPITAL GUILLAUME ET RENE LAENNEC</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1436_FicheEtablissement/fr/chu-de-nantes-site-laennec</t>
+  </si>
+  <si>
+    <t>1436_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0240083333</t>
+  </si>
+  <si>
+    <t>CHU</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Réanimation</t>
+  </si>
+  <si>
+    <t>440017598</t>
+  </si>
+  <si>
+    <t>CLINIQUE JULES VERNE - POLE HOSPITALIER MUTUALISTE DE NANTES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1449_FicheEtablissement/fr/clinique-mutualiste-jules-verne</t>
+  </si>
+  <si>
+    <t>1449_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Route De Paris</t>
+  </si>
+  <si>
+    <t>44314 NANTES CEDEX 3</t>
+  </si>
+  <si>
+    <t>0251171717</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Médecine, Obstétrique</t>
+  </si>
+  <si>
+    <t>440029338</t>
+  </si>
+  <si>
+    <t>CENTRE DE SOINS DE LONGUE DUREE CH BEL AIR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1448_FicheEtablissement/fr/usld-ch-bel-air</t>
+  </si>
+  <si>
+    <t>1448_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>440028884</t>
+  </si>
+  <si>
+    <t>USLD CH PIERRE DELAROCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1447_FicheEtablissement/fr/usld-ch-pierre-delaroche</t>
+  </si>
+  <si>
+    <t>1447_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>440028843</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1450_FicheEtablissement/fr/clinique-jules-verne</t>
+  </si>
+  <si>
+    <t>1450_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>USLD HIC PAYS DE RETZ</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1452_FicheEtablissement/fr/usld-hic-pays-de-retz</t>
+  </si>
+  <si>
+    <t>1452_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>22 Rue Du Marechal Foch</t>
+  </si>
+  <si>
+    <t>0240640142</t>
+  </si>
+  <si>
+    <t>440032399</t>
+  </si>
+  <si>
+    <t>CENTRE DE SOINS DE LONGUE DUREE DE L'ISAC A BLAIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1451_FicheEtablissement/fr/usld-epsylan-l-isac</t>
+  </si>
+  <si>
+    <t>1451_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0240515240</t>
+  </si>
+  <si>
+    <t>440029825</t>
+  </si>
+  <si>
+    <t>L'HOPITAL PRIVE DU CONFLUENT</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1455_FicheEtablissement/fr/hopital-prive-du-confluent</t>
+  </si>
+  <si>
+    <t>1455_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Rue Eric Tabarly</t>
+  </si>
+  <si>
+    <t>44277 NANTES CEDEX 2</t>
+  </si>
+  <si>
+    <t>0228255000</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1460_FicheEtablissement/fr/clinique-mutualiste-de-l-estuaire</t>
+  </si>
+  <si>
+    <t>1460_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0272275300</t>
+  </si>
+  <si>
+    <t>CENTRE DE MEDECINE PHYSIQUE ET DE READAPTATION COTE D'AMOUR</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1463_FicheEtablissement/fr/ssr-cmpr-cote-d-amour</t>
+  </si>
+  <si>
+    <t>1463_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0240000100</t>
+  </si>
+  <si>
+    <t>440053387</t>
+  </si>
+  <si>
+    <t>CENTRE HÉMODIALYSE ECHO REZE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3791_FicheEtablissement/fr/centre-dialyse-echo-reze</t>
+  </si>
+  <si>
+    <t>3791_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>6 Rue De La Gare</t>
+  </si>
+  <si>
+    <t>44402 REZE</t>
+  </si>
+  <si>
+    <t>0272205060</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>440036499</t>
+  </si>
+  <si>
+    <t>CENTRE AUTODIALYSE ECHO BOUGUENAIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3790_FicheEtablissement/fr/dialyse-echo-bouguenais</t>
+  </si>
+  <si>
+    <t>3790_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>11 Rue Galilee</t>
+  </si>
+  <si>
+    <t>0240324301</t>
+  </si>
+  <si>
+    <t>440036473</t>
+  </si>
+  <si>
+    <t>CENTRE AUTODIALYSE ECHO ANCENIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3789_FicheEtablissement/fr/dialyse-echo-ancenis</t>
+  </si>
+  <si>
+    <t>3789_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>440036218</t>
+  </si>
+  <si>
+    <t>UDM ECHO ST HERBLAIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3788_FicheEtablissement/fr/centre-dialyse-echo-st-herblain</t>
+  </si>
+  <si>
+    <t>3788_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>23 Rue Piliers De La Chauviniere</t>
+  </si>
+  <si>
+    <t>44805 ST HERBLAIN</t>
+  </si>
+  <si>
+    <t>0228011782</t>
+  </si>
+  <si>
+    <t>440036176</t>
+  </si>
+  <si>
+    <t>CENTRE AUTODIALYSE ECHO CHATEAUBRIANT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3787_FicheEtablissement/fr/dialyse-echo-chateaubriant</t>
+  </si>
+  <si>
+    <t>3787_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>18 Rue De Verdun</t>
+  </si>
+  <si>
+    <t>440027589</t>
+  </si>
+  <si>
+    <t>CENTRE HEMODIALYSE SITE POLYCLINIQUE DE L'ATLANTIQUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3795_FicheEtablissement/fr/centre-dialyse-echo-st-herblain-psa</t>
+  </si>
+  <si>
+    <t>3795_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0272004072</t>
+  </si>
+  <si>
+    <t>440055770</t>
+  </si>
+  <si>
+    <t>AUTODIALYSE ASSISTÉE-DIALYSE MEDICALISÉE CAP SANTE STNAZAIRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3794_FicheEtablissement/fr/dialyse-echo-st-nazaire</t>
+  </si>
+  <si>
+    <t>3794_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>10 Rue Des Troenes</t>
+  </si>
+  <si>
+    <t>0228550584</t>
+  </si>
+  <si>
+    <t>440050441</t>
+  </si>
+  <si>
+    <t>CENTRE AUTODIALYSE ECHO CARQUEFOU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3793_FicheEtablissement/fr/dialyse-echo-carquefou</t>
+  </si>
+  <si>
+    <t>3793_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>20 Rue Antares</t>
+  </si>
+  <si>
+    <t>440042513</t>
+  </si>
+  <si>
+    <t>UNITE DIALYSE MEDICALISEE  ECHO A LA BAULE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3792_FicheEtablissement/fr/dialyse-echo-la-baule</t>
+  </si>
+  <si>
+    <t>3792_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>90 Avenue Des Noelles</t>
+  </si>
+  <si>
+    <t>440039568</t>
+  </si>
+  <si>
+    <t>SSR VIVALTO CONFLUENT</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5400_FicheEtablissement/fr/ssr-vivalto-confluent</t>
+  </si>
+  <si>
+    <t>5400_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>6 Rue Eric Tabarly</t>
+  </si>
+  <si>
+    <t>0228225254</t>
+  </si>
+  <si>
+    <t>440059335</t>
+  </si>
+  <si>
+    <t>CENTRE DE POST CURE LES BRIORDS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7595_FicheEtablissement/fr/centre-post-cure-les-briords</t>
+  </si>
+  <si>
+    <t>7595_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0240509075</t>
+  </si>
+  <si>
+    <t>440002624</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER CHATEAUBRIANT</t>
+  </si>
+  <si>
+    <t>12/06/2024 16:33:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1411_FicheEtablissement/fr/ch-cnp-site-chateaubriant</t>
+  </si>
+  <si>
+    <t>1411_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0240558800</t>
+  </si>
+  <si>
+    <t>Imagerie Médicale, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER NOZAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1415_FicheEtablissement/fr/ch-cnp-site-nozay</t>
+  </si>
+  <si>
+    <t>1415_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Route De Nort-Sur-Erdre</t>
+  </si>
+  <si>
+    <t>0240794755</t>
+  </si>
+  <si>
+    <t>440000677</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE CH CHATEAUBRIANT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1453_FicheEtablissement/fr/usld-ch-chateaubriant</t>
+  </si>
+  <si>
+    <t>1453_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>440033645</t>
+  </si>
+  <si>
+    <t>INSTITUT DE CANCEROLOGIE DE L'OUEST - CENTRE RENE GAUDUCHEAU</t>
+  </si>
+  <si>
+    <t>05/03/2024 12:09:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1421_FicheEtablissement/fr/ico-site-gauducheau</t>
+  </si>
+  <si>
+    <t>1421_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0240679900</t>
+  </si>
+  <si>
+    <t>CLCC</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R267"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -19900,41 +24442,12325 @@
       </c>
       <c r="L267" t="s">
         <v>1626</v>
       </c>
       <c r="M267" t="s">
         <v>20</v>
       </c>
       <c r="N267" t="s">
         <v>424</v>
       </c>
       <c r="O267" t="s">
         <v>127</v>
       </c>
       <c r="P267" t="s">
         <v>128</v>
       </c>
       <c r="Q267" t="s">
         <v>129</v>
       </c>
       <c r="R267" t="s">
         <v>130</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P161"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="J1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="K1" t="s">
+        <v>1629</v>
+      </c>
+      <c r="L1" t="s">
+        <v>1630</v>
+      </c>
+      <c r="M1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="N1" t="s">
+        <v>1632</v>
+      </c>
+      <c r="O1" t="s">
+        <v>1633</v>
+      </c>
+      <c r="P1" t="s">
+        <v>1634</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1636</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1637</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1638</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1639</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1640</v>
+      </c>
+      <c r="J2" t="s">
+        <v>1641</v>
+      </c>
+      <c r="K2" t="s">
+        <v>1642</v>
+      </c>
+      <c r="L2" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M2" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N2" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O2" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P2" t="s">
+        <v>1647</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1648</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1649</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1650</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1651</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1652</v>
+      </c>
+      <c r="J3" t="s">
+        <v>1653</v>
+      </c>
+      <c r="K3" t="s">
+        <v>1654</v>
+      </c>
+      <c r="L3" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M3" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N3" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O3" t="s">
+        <v>1655</v>
+      </c>
+      <c r="P3" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1658</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1659</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1660</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1661</v>
+      </c>
+      <c r="J4" t="s">
+        <v>1653</v>
+      </c>
+      <c r="K4" t="s">
+        <v>1654</v>
+      </c>
+      <c r="L4" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M4" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N4" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O4" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P4" t="s">
+        <v>1662</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1663</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1658</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1664</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1665</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1661</v>
+      </c>
+      <c r="J5" t="s">
+        <v>1653</v>
+      </c>
+      <c r="K5" t="s">
+        <v>1654</v>
+      </c>
+      <c r="L5" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M5" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N5" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O5" t="s">
+        <v>1666</v>
+      </c>
+      <c r="P5" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1668</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1658</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1669</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1670</v>
+      </c>
+      <c r="I6" t="s">
+        <v>1652</v>
+      </c>
+      <c r="J6" t="s">
+        <v>1653</v>
+      </c>
+      <c r="K6" t="s">
+        <v>1654</v>
+      </c>
+      <c r="L6" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M6" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N6" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O6" t="s">
+        <v>1672</v>
+      </c>
+      <c r="P6" t="s">
+        <v>1673</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1675</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1676</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1677</v>
+      </c>
+      <c r="I7" t="s">
+        <v>1678</v>
+      </c>
+      <c r="J7" t="s">
+        <v>1679</v>
+      </c>
+      <c r="K7" t="s">
+        <v>55</v>
+      </c>
+      <c r="L7" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M7" t="s">
+        <v>1680</v>
+      </c>
+      <c r="N7" t="s">
+        <v>1681</v>
+      </c>
+      <c r="O7" t="s">
+        <v>1682</v>
+      </c>
+      <c r="P7" t="s">
+        <v>1683</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1684</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1685</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1686</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1687</v>
+      </c>
+      <c r="I8" t="s">
+        <v>1688</v>
+      </c>
+      <c r="J8" t="s">
+        <v>1689</v>
+      </c>
+      <c r="K8" t="s">
+        <v>1690</v>
+      </c>
+      <c r="L8" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M8" t="s">
+        <v>1680</v>
+      </c>
+      <c r="N8" t="s">
+        <v>1681</v>
+      </c>
+      <c r="O8" t="s">
+        <v>1682</v>
+      </c>
+      <c r="P8" t="s">
+        <v>1691</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1692</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1693</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1694</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1695</v>
+      </c>
+      <c r="I9" t="s">
+        <v>1696</v>
+      </c>
+      <c r="J9" t="s">
+        <v>1697</v>
+      </c>
+      <c r="K9" t="s">
+        <v>1698</v>
+      </c>
+      <c r="L9" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M9" t="s">
+        <v>1680</v>
+      </c>
+      <c r="N9" t="s">
+        <v>1681</v>
+      </c>
+      <c r="O9" t="s">
+        <v>1682</v>
+      </c>
+      <c r="P9" t="s">
+        <v>1699</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1701</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1702</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1703</v>
+      </c>
+      <c r="I10" t="s">
+        <v>1704</v>
+      </c>
+      <c r="J10" t="s">
+        <v>1697</v>
+      </c>
+      <c r="K10" t="s">
+        <v>1698</v>
+      </c>
+      <c r="L10" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M10" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N10" t="s">
+        <v>1705</v>
+      </c>
+      <c r="O10" t="s">
+        <v>1706</v>
+      </c>
+      <c r="P10" t="s">
+        <v>1707</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1708</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1709</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1710</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1711</v>
+      </c>
+      <c r="I11" t="s">
+        <v>1712</v>
+      </c>
+      <c r="J11" t="s">
+        <v>1713</v>
+      </c>
+      <c r="K11" t="s">
+        <v>1714</v>
+      </c>
+      <c r="L11" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M11" t="s">
+        <v>1715</v>
+      </c>
+      <c r="N11" t="s">
+        <v>1681</v>
+      </c>
+      <c r="O11" t="s">
+        <v>1682</v>
+      </c>
+      <c r="P11" t="s">
+        <v>1716</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1717</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1718</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1719</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1720</v>
+      </c>
+      <c r="I12" t="s">
+        <v>1721</v>
+      </c>
+      <c r="J12" t="s">
+        <v>1722</v>
+      </c>
+      <c r="K12" t="s">
+        <v>1723</v>
+      </c>
+      <c r="L12" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M12" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N12" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O12" t="s">
+        <v>1724</v>
+      </c>
+      <c r="P12" t="s">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1727</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1728</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1729</v>
+      </c>
+      <c r="I13" t="s">
+        <v>1730</v>
+      </c>
+      <c r="J13" t="s">
+        <v>1731</v>
+      </c>
+      <c r="K13" t="s">
+        <v>1732</v>
+      </c>
+      <c r="L13" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M13" t="s">
+        <v>1680</v>
+      </c>
+      <c r="N13" t="s">
+        <v>1681</v>
+      </c>
+      <c r="O13" t="s">
+        <v>1682</v>
+      </c>
+      <c r="P13" t="s">
+        <v>1733</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1735</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1736</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1737</v>
+      </c>
+      <c r="I14" t="s">
+        <v>1738</v>
+      </c>
+      <c r="J14" t="s">
+        <v>1679</v>
+      </c>
+      <c r="K14" t="s">
+        <v>55</v>
+      </c>
+      <c r="L14" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M14" t="s">
+        <v>1680</v>
+      </c>
+      <c r="N14" t="s">
+        <v>1681</v>
+      </c>
+      <c r="O14" t="s">
+        <v>1682</v>
+      </c>
+      <c r="P14" t="s">
+        <v>1739</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1740</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1742</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1743</v>
+      </c>
+      <c r="I15" t="s">
+        <v>1744</v>
+      </c>
+      <c r="J15" t="s">
+        <v>1689</v>
+      </c>
+      <c r="K15" t="s">
+        <v>1690</v>
+      </c>
+      <c r="L15" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M15" t="s">
+        <v>1715</v>
+      </c>
+      <c r="N15" t="s">
+        <v>1681</v>
+      </c>
+      <c r="O15" t="s">
+        <v>1682</v>
+      </c>
+      <c r="P15" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1746</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1747</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1748</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1749</v>
+      </c>
+      <c r="I16" t="s">
+        <v>1750</v>
+      </c>
+      <c r="J16" t="s">
+        <v>1751</v>
+      </c>
+      <c r="K16" t="s">
+        <v>1752</v>
+      </c>
+      <c r="L16" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M16" t="s">
+        <v>1680</v>
+      </c>
+      <c r="N16" t="s">
+        <v>1681</v>
+      </c>
+      <c r="O16" t="s">
+        <v>1682</v>
+      </c>
+      <c r="P16" t="s">
+        <v>1753</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1754</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1755</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1756</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1757</v>
+      </c>
+      <c r="I17" t="s">
+        <v>1758</v>
+      </c>
+      <c r="J17" t="s">
+        <v>1759</v>
+      </c>
+      <c r="K17" t="s">
+        <v>55</v>
+      </c>
+      <c r="L17" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M17" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N17" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O17" t="s">
+        <v>1761</v>
+      </c>
+      <c r="P17" t="s">
+        <v>1762</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1755</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1764</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1765</v>
+      </c>
+      <c r="I18" t="s">
+        <v>1766</v>
+      </c>
+      <c r="J18" t="s">
+        <v>1759</v>
+      </c>
+      <c r="K18" t="s">
+        <v>55</v>
+      </c>
+      <c r="L18" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M18" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N18" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O18" t="s">
+        <v>1767</v>
+      </c>
+      <c r="P18" t="s">
+        <v>1768</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1769</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1770</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1771</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1772</v>
+      </c>
+      <c r="I19" t="s">
+        <v>1773</v>
+      </c>
+      <c r="J19" t="s">
+        <v>1774</v>
+      </c>
+      <c r="K19" t="s">
+        <v>1775</v>
+      </c>
+      <c r="L19" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M19" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N19" t="s">
+        <v>1776</v>
+      </c>
+      <c r="O19" t="s">
+        <v>1777</v>
+      </c>
+      <c r="P19" t="s">
+        <v>1778</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1779</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1780</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1781</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1782</v>
+      </c>
+      <c r="I20" t="s">
+        <v>1783</v>
+      </c>
+      <c r="J20" t="s">
+        <v>1784</v>
+      </c>
+      <c r="K20" t="s">
+        <v>1785</v>
+      </c>
+      <c r="L20" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M20" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N20" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O20" t="s">
+        <v>1724</v>
+      </c>
+      <c r="P20" t="s">
+        <v>1786</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1787</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1780</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1788</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1789</v>
+      </c>
+      <c r="I21" t="s">
+        <v>1790</v>
+      </c>
+      <c r="J21" t="s">
+        <v>1791</v>
+      </c>
+      <c r="K21" t="s">
+        <v>1792</v>
+      </c>
+      <c r="L21" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M21" t="s">
+        <v>1715</v>
+      </c>
+      <c r="N21" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O21" t="s">
+        <v>1724</v>
+      </c>
+      <c r="P21" t="s">
+        <v>1793</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1794</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1795</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1796</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1797</v>
+      </c>
+      <c r="I22" t="s">
+        <v>1798</v>
+      </c>
+      <c r="J22" t="s">
+        <v>1799</v>
+      </c>
+      <c r="K22" t="s">
+        <v>1800</v>
+      </c>
+      <c r="L22" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M22" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N22" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O22" t="s">
+        <v>1801</v>
+      </c>
+      <c r="P22" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1804</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1805</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1806</v>
+      </c>
+      <c r="I23" t="s">
+        <v>1807</v>
+      </c>
+      <c r="J23" t="s">
+        <v>1799</v>
+      </c>
+      <c r="K23" t="s">
+        <v>1800</v>
+      </c>
+      <c r="L23" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M23" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N23" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O23" t="s">
+        <v>1808</v>
+      </c>
+      <c r="P23" t="s">
+        <v>1809</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1810</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1804</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1811</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1812</v>
+      </c>
+      <c r="I24" t="s">
+        <v>1807</v>
+      </c>
+      <c r="J24" t="s">
+        <v>1799</v>
+      </c>
+      <c r="K24" t="s">
+        <v>1800</v>
+      </c>
+      <c r="L24" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M24" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N24" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O24" t="s">
+        <v>1813</v>
+      </c>
+      <c r="P24" t="s">
+        <v>1814</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1815</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1816</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1817</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1818</v>
+      </c>
+      <c r="I25" t="s">
+        <v>1819</v>
+      </c>
+      <c r="J25" t="s">
+        <v>1820</v>
+      </c>
+      <c r="K25" t="s">
+        <v>1821</v>
+      </c>
+      <c r="L25" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M25" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N25" t="s">
+        <v>1776</v>
+      </c>
+      <c r="O25" t="s">
+        <v>1822</v>
+      </c>
+      <c r="P25" t="s">
+        <v>1823</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1816</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1825</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1826</v>
+      </c>
+      <c r="I26" t="s">
+        <v>1820</v>
+      </c>
+      <c r="J26" t="s">
+        <v>20</v>
+      </c>
+      <c r="K26" t="s">
+        <v>1821</v>
+      </c>
+      <c r="L26" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M26" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N26" t="s">
+        <v>1776</v>
+      </c>
+      <c r="O26" t="s">
+        <v>1827</v>
+      </c>
+      <c r="P26" t="s">
+        <v>1828</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1829</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1830</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1831</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1832</v>
+      </c>
+      <c r="I27" t="s">
+        <v>1833</v>
+      </c>
+      <c r="J27" t="s">
+        <v>1834</v>
+      </c>
+      <c r="K27" t="s">
+        <v>1835</v>
+      </c>
+      <c r="L27" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M27" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N27" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O27" t="s">
+        <v>1672</v>
+      </c>
+      <c r="P27" t="s">
+        <v>1836</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1837</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1838</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1839</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1840</v>
+      </c>
+      <c r="I28" t="s">
+        <v>1713</v>
+      </c>
+      <c r="J28" t="s">
+        <v>20</v>
+      </c>
+      <c r="K28" t="s">
+        <v>1714</v>
+      </c>
+      <c r="L28" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M28" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N28" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O28" t="s">
+        <v>1841</v>
+      </c>
+      <c r="P28" t="s">
+        <v>1842</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1843</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1844</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1845</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1846</v>
+      </c>
+      <c r="I29" t="s">
+        <v>1847</v>
+      </c>
+      <c r="J29" t="s">
+        <v>20</v>
+      </c>
+      <c r="K29" t="s">
+        <v>1848</v>
+      </c>
+      <c r="L29" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M29" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N29" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O29" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P29" t="s">
+        <v>1849</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1850</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1851</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1852</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1853</v>
+      </c>
+      <c r="I30" t="s">
+        <v>1854</v>
+      </c>
+      <c r="J30" t="s">
+        <v>1855</v>
+      </c>
+      <c r="K30" t="s">
+        <v>1856</v>
+      </c>
+      <c r="L30" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M30" t="s">
+        <v>1680</v>
+      </c>
+      <c r="N30" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O30" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P30" t="s">
+        <v>1857</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1858</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1859</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1860</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1861</v>
+      </c>
+      <c r="I31" t="s">
+        <v>1862</v>
+      </c>
+      <c r="J31" t="s">
+        <v>1863</v>
+      </c>
+      <c r="K31" t="s">
+        <v>30</v>
+      </c>
+      <c r="L31" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M31" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N31" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O31" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P31" t="s">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1865</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1866</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1867</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1868</v>
+      </c>
+      <c r="I32" t="s">
+        <v>1869</v>
+      </c>
+      <c r="J32" t="s">
+        <v>1870</v>
+      </c>
+      <c r="K32" t="s">
+        <v>186</v>
+      </c>
+      <c r="L32" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M32" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N32" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O32" t="s">
+        <v>1724</v>
+      </c>
+      <c r="P32" t="s">
+        <v>1871</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1872</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1755</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1873</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1874</v>
+      </c>
+      <c r="I33" t="s">
+        <v>1875</v>
+      </c>
+      <c r="J33" t="s">
+        <v>1759</v>
+      </c>
+      <c r="K33" t="s">
+        <v>55</v>
+      </c>
+      <c r="L33" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M33" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N33" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O33" t="s">
+        <v>1876</v>
+      </c>
+      <c r="P33" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1878</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1755</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1879</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1880</v>
+      </c>
+      <c r="I34" t="s">
+        <v>1881</v>
+      </c>
+      <c r="J34" t="s">
+        <v>1759</v>
+      </c>
+      <c r="K34" t="s">
+        <v>55</v>
+      </c>
+      <c r="L34" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M34" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N34" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O34" t="s">
+        <v>1767</v>
+      </c>
+      <c r="P34" t="s">
+        <v>1882</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1883</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1884</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1885</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1886</v>
+      </c>
+      <c r="I35" t="s">
+        <v>1887</v>
+      </c>
+      <c r="J35" t="s">
+        <v>1888</v>
+      </c>
+      <c r="K35" t="s">
+        <v>1889</v>
+      </c>
+      <c r="L35" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M35" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N35" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O35" t="s">
+        <v>1761</v>
+      </c>
+      <c r="P35" t="s">
+        <v>1890</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1884</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1892</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1893</v>
+      </c>
+      <c r="I36" t="s">
+        <v>1894</v>
+      </c>
+      <c r="J36" t="s">
+        <v>20</v>
+      </c>
+      <c r="K36" t="s">
+        <v>1895</v>
+      </c>
+      <c r="L36" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M36" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N36" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O36" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P36" t="s">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1897</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1898</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1899</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1900</v>
+      </c>
+      <c r="I37" t="s">
+        <v>1901</v>
+      </c>
+      <c r="J37" t="s">
+        <v>1902</v>
+      </c>
+      <c r="K37" t="s">
+        <v>1903</v>
+      </c>
+      <c r="L37" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M37" t="s">
+        <v>1715</v>
+      </c>
+      <c r="N37" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O37" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P37" t="s">
+        <v>1904</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1905</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1906</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1907</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1908</v>
+      </c>
+      <c r="I38" t="s">
+        <v>1909</v>
+      </c>
+      <c r="J38" t="s">
+        <v>1910</v>
+      </c>
+      <c r="K38" t="s">
+        <v>1911</v>
+      </c>
+      <c r="L38" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M38" t="s">
+        <v>1715</v>
+      </c>
+      <c r="N38" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O38" t="s">
+        <v>1912</v>
+      </c>
+      <c r="P38" t="s">
+        <v>1913</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1914</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1915</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1916</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1917</v>
+      </c>
+      <c r="I39" t="s">
+        <v>1918</v>
+      </c>
+      <c r="J39" t="s">
+        <v>1919</v>
+      </c>
+      <c r="K39" t="s">
+        <v>1920</v>
+      </c>
+      <c r="L39" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M39" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N39" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O39" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P39" t="s">
+        <v>1921</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1923</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1924</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1925</v>
+      </c>
+      <c r="I40" t="s">
+        <v>1926</v>
+      </c>
+      <c r="J40" t="s">
+        <v>1927</v>
+      </c>
+      <c r="K40" t="s">
+        <v>1928</v>
+      </c>
+      <c r="L40" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M40" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N40" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O40" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P40" t="s">
+        <v>1929</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1930</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1931</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1932</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1933</v>
+      </c>
+      <c r="I41" t="s">
+        <v>1934</v>
+      </c>
+      <c r="J41" t="s">
+        <v>20</v>
+      </c>
+      <c r="K41" t="s">
+        <v>1935</v>
+      </c>
+      <c r="L41" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M41" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N41" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O41" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P41" t="s">
+        <v>1936</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1938</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1939</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1940</v>
+      </c>
+      <c r="I42" t="s">
+        <v>1774</v>
+      </c>
+      <c r="J42" t="s">
+        <v>20</v>
+      </c>
+      <c r="K42" t="s">
+        <v>1775</v>
+      </c>
+      <c r="L42" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M42" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N42" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O42" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P42" t="s">
+        <v>1941</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1942</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1938</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1943</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1944</v>
+      </c>
+      <c r="I43" t="s">
+        <v>1945</v>
+      </c>
+      <c r="J43" t="s">
+        <v>1946</v>
+      </c>
+      <c r="K43" t="s">
+        <v>1947</v>
+      </c>
+      <c r="L43" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M43" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N43" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O43" t="s">
+        <v>1666</v>
+      </c>
+      <c r="P43" t="s">
+        <v>1948</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1949</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1950</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1951</v>
+      </c>
+      <c r="H44" t="s">
+        <v>1952</v>
+      </c>
+      <c r="I44" t="s">
+        <v>1953</v>
+      </c>
+      <c r="J44" t="s">
+        <v>1954</v>
+      </c>
+      <c r="K44" t="s">
+        <v>1955</v>
+      </c>
+      <c r="L44" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M44" t="s">
+        <v>1715</v>
+      </c>
+      <c r="N44" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O44" t="s">
+        <v>1724</v>
+      </c>
+      <c r="P44" t="s">
+        <v>1956</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1957</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1958</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>1959</v>
+      </c>
+      <c r="H45" t="s">
+        <v>1960</v>
+      </c>
+      <c r="I45" t="s">
+        <v>1961</v>
+      </c>
+      <c r="J45" t="s">
+        <v>1962</v>
+      </c>
+      <c r="K45" t="s">
+        <v>1963</v>
+      </c>
+      <c r="L45" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M45" t="s">
+        <v>1680</v>
+      </c>
+      <c r="N45" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O45" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P45" t="s">
+        <v>1964</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1965</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1966</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1967</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1968</v>
+      </c>
+      <c r="I46" t="s">
+        <v>1969</v>
+      </c>
+      <c r="J46" t="s">
+        <v>1970</v>
+      </c>
+      <c r="K46" t="s">
+        <v>1971</v>
+      </c>
+      <c r="L46" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M46" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N46" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O46" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P46" t="s">
+        <v>1972</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1973</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>1974</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>1975</v>
+      </c>
+      <c r="H47" t="s">
+        <v>1976</v>
+      </c>
+      <c r="I47" t="s">
+        <v>1977</v>
+      </c>
+      <c r="J47" t="s">
+        <v>1978</v>
+      </c>
+      <c r="K47" t="s">
+        <v>1979</v>
+      </c>
+      <c r="L47" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M47" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N47" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O47" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P47" t="s">
+        <v>1980</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B48" t="s">
+        <v>1981</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1780</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>1982</v>
+      </c>
+      <c r="H48" t="s">
+        <v>1983</v>
+      </c>
+      <c r="I48" t="s">
+        <v>1807</v>
+      </c>
+      <c r="J48" t="s">
+        <v>1799</v>
+      </c>
+      <c r="K48" t="s">
+        <v>1800</v>
+      </c>
+      <c r="L48" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M48" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N48" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O48" t="s">
+        <v>1813</v>
+      </c>
+      <c r="P48" t="s">
+        <v>1984</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B49" t="s">
+        <v>1985</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1780</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>1986</v>
+      </c>
+      <c r="H49" t="s">
+        <v>1987</v>
+      </c>
+      <c r="I49" t="s">
+        <v>1807</v>
+      </c>
+      <c r="J49" t="s">
+        <v>1799</v>
+      </c>
+      <c r="K49" t="s">
+        <v>1800</v>
+      </c>
+      <c r="L49" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M49" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N49" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O49" t="s">
+        <v>1988</v>
+      </c>
+      <c r="P49" t="s">
+        <v>1989</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B50" t="s">
+        <v>1990</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1830</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>1991</v>
+      </c>
+      <c r="H50" t="s">
+        <v>1992</v>
+      </c>
+      <c r="I50" t="s">
+        <v>1993</v>
+      </c>
+      <c r="J50" t="s">
+        <v>1994</v>
+      </c>
+      <c r="K50" t="s">
+        <v>1995</v>
+      </c>
+      <c r="L50" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M50" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N50" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O50" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P50" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B51" t="s">
+        <v>1997</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>1838</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>1998</v>
+      </c>
+      <c r="H51" t="s">
+        <v>1999</v>
+      </c>
+      <c r="I51" t="s">
+        <v>2000</v>
+      </c>
+      <c r="J51" t="s">
+        <v>1870</v>
+      </c>
+      <c r="K51" t="s">
+        <v>186</v>
+      </c>
+      <c r="L51" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M51" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N51" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O51" t="s">
+        <v>1808</v>
+      </c>
+      <c r="P51" t="s">
+        <v>2001</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B52" t="s">
+        <v>2002</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>1838</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>2003</v>
+      </c>
+      <c r="H52" t="s">
+        <v>2004</v>
+      </c>
+      <c r="I52" t="s">
+        <v>1819</v>
+      </c>
+      <c r="J52" t="s">
+        <v>1820</v>
+      </c>
+      <c r="K52" t="s">
+        <v>1821</v>
+      </c>
+      <c r="L52" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M52" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N52" t="s">
+        <v>2005</v>
+      </c>
+      <c r="O52" t="s">
+        <v>2006</v>
+      </c>
+      <c r="P52" t="s">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B53" t="s">
+        <v>2008</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>1838</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>2009</v>
+      </c>
+      <c r="H53" t="s">
+        <v>2010</v>
+      </c>
+      <c r="I53" t="s">
+        <v>2011</v>
+      </c>
+      <c r="J53" t="s">
+        <v>2012</v>
+      </c>
+      <c r="K53" t="s">
+        <v>55</v>
+      </c>
+      <c r="L53" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M53" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N53" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O53" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P53" t="s">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B54" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>1844</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>2015</v>
+      </c>
+      <c r="H54" t="s">
+        <v>2016</v>
+      </c>
+      <c r="I54" t="s">
+        <v>2017</v>
+      </c>
+      <c r="J54" t="s">
+        <v>1888</v>
+      </c>
+      <c r="K54" t="s">
+        <v>1889</v>
+      </c>
+      <c r="L54" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M54" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N54" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O54" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P54" t="s">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B55" t="s">
+        <v>2019</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>2020</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>2021</v>
+      </c>
+      <c r="H55" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I55" t="s">
+        <v>1833</v>
+      </c>
+      <c r="J55" t="s">
+        <v>1834</v>
+      </c>
+      <c r="K55" t="s">
+        <v>1835</v>
+      </c>
+      <c r="L55" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M55" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N55" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O55" t="s">
+        <v>1808</v>
+      </c>
+      <c r="P55" t="s">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B56" t="s">
+        <v>2024</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>2025</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>2026</v>
+      </c>
+      <c r="H56" t="s">
+        <v>2027</v>
+      </c>
+      <c r="I56" t="s">
+        <v>2028</v>
+      </c>
+      <c r="J56" t="s">
+        <v>2029</v>
+      </c>
+      <c r="K56" t="s">
+        <v>2030</v>
+      </c>
+      <c r="L56" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M56" t="s">
+        <v>1715</v>
+      </c>
+      <c r="N56" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O56" t="s">
+        <v>1724</v>
+      </c>
+      <c r="P56" t="s">
+        <v>2031</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B57" t="s">
+        <v>2032</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>2025</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>2033</v>
+      </c>
+      <c r="H57" t="s">
+        <v>2034</v>
+      </c>
+      <c r="I57" t="s">
+        <v>2035</v>
+      </c>
+      <c r="J57" t="s">
+        <v>2036</v>
+      </c>
+      <c r="K57" t="s">
+        <v>2037</v>
+      </c>
+      <c r="L57" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M57" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N57" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O57" t="s">
+        <v>1724</v>
+      </c>
+      <c r="P57" t="s">
+        <v>2038</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B58" t="s">
+        <v>2039</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>2040</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>2041</v>
+      </c>
+      <c r="H58" t="s">
+        <v>2042</v>
+      </c>
+      <c r="I58" t="s">
+        <v>2043</v>
+      </c>
+      <c r="J58" t="s">
+        <v>2044</v>
+      </c>
+      <c r="K58" t="s">
+        <v>2045</v>
+      </c>
+      <c r="L58" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M58" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N58" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O58" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P58" t="s">
+        <v>2046</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B59" t="s">
+        <v>2047</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>2048</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>2049</v>
+      </c>
+      <c r="H59" t="s">
+        <v>2050</v>
+      </c>
+      <c r="I59" t="s">
+        <v>2051</v>
+      </c>
+      <c r="J59" t="s">
+        <v>2052</v>
+      </c>
+      <c r="K59" t="s">
+        <v>2053</v>
+      </c>
+      <c r="L59" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M59" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N59" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O59" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P59" t="s">
+        <v>2054</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B60" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>2048</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>2056</v>
+      </c>
+      <c r="H60" t="s">
+        <v>2057</v>
+      </c>
+      <c r="I60" t="s">
+        <v>2058</v>
+      </c>
+      <c r="J60" t="s">
+        <v>2052</v>
+      </c>
+      <c r="K60" t="s">
+        <v>2053</v>
+      </c>
+      <c r="L60" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M60" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N60" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O60" t="s">
+        <v>1813</v>
+      </c>
+      <c r="P60" t="s">
+        <v>2059</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B61" t="s">
+        <v>2060</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>2048</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>2061</v>
+      </c>
+      <c r="H61" t="s">
+        <v>2062</v>
+      </c>
+      <c r="I61" t="s">
+        <v>2063</v>
+      </c>
+      <c r="J61" t="s">
+        <v>1799</v>
+      </c>
+      <c r="K61" t="s">
+        <v>1800</v>
+      </c>
+      <c r="L61" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M61" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N61" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O61" t="s">
+        <v>1724</v>
+      </c>
+      <c r="P61" t="s">
+        <v>2064</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B62" t="s">
+        <v>2065</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>2066</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>2067</v>
+      </c>
+      <c r="H62" t="s">
+        <v>2068</v>
+      </c>
+      <c r="I62" t="s">
+        <v>2069</v>
+      </c>
+      <c r="J62" t="s">
+        <v>1697</v>
+      </c>
+      <c r="K62" t="s">
+        <v>1698</v>
+      </c>
+      <c r="L62" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M62" t="s">
+        <v>1715</v>
+      </c>
+      <c r="N62" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O62" t="s">
+        <v>1724</v>
+      </c>
+      <c r="P62" t="s">
+        <v>2070</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B63" t="s">
+        <v>2071</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>2072</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>2073</v>
+      </c>
+      <c r="H63" t="s">
+        <v>2074</v>
+      </c>
+      <c r="I63" t="s">
+        <v>2075</v>
+      </c>
+      <c r="J63" t="s">
+        <v>2076</v>
+      </c>
+      <c r="K63" t="s">
+        <v>2077</v>
+      </c>
+      <c r="L63" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M63" t="s">
+        <v>1680</v>
+      </c>
+      <c r="N63" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O63" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P63" t="s">
+        <v>2078</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B64" t="s">
+        <v>2079</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>2080</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>2081</v>
+      </c>
+      <c r="H64" t="s">
+        <v>2082</v>
+      </c>
+      <c r="I64" t="s">
+        <v>2083</v>
+      </c>
+      <c r="J64" t="s">
+        <v>2084</v>
+      </c>
+      <c r="K64" t="s">
+        <v>2085</v>
+      </c>
+      <c r="L64" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M64" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N64" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O64" t="s">
+        <v>2086</v>
+      </c>
+      <c r="P64" t="s">
+        <v>2087</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B65" t="s">
+        <v>2088</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>2089</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>2090</v>
+      </c>
+      <c r="H65" t="s">
+        <v>2091</v>
+      </c>
+      <c r="I65" t="s">
+        <v>2092</v>
+      </c>
+      <c r="J65" t="s">
+        <v>2093</v>
+      </c>
+      <c r="K65" t="s">
+        <v>2094</v>
+      </c>
+      <c r="L65" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M65" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N65" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O65" t="s">
+        <v>1672</v>
+      </c>
+      <c r="P65" t="s">
+        <v>2095</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B66" t="s">
+        <v>2096</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>2098</v>
+      </c>
+      <c r="H66" t="s">
+        <v>2099</v>
+      </c>
+      <c r="I66" t="s">
+        <v>2100</v>
+      </c>
+      <c r="J66" t="s">
+        <v>2101</v>
+      </c>
+      <c r="K66" t="s">
+        <v>80</v>
+      </c>
+      <c r="L66" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M66" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N66" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O66" t="s">
+        <v>1801</v>
+      </c>
+      <c r="P66" t="s">
+        <v>2102</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B67" t="s">
+        <v>2103</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
+        <v>2104</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
+        <v>2105</v>
+      </c>
+      <c r="H67" t="s">
+        <v>2106</v>
+      </c>
+      <c r="I67" t="s">
+        <v>2107</v>
+      </c>
+      <c r="J67" t="s">
+        <v>1834</v>
+      </c>
+      <c r="K67" t="s">
+        <v>1835</v>
+      </c>
+      <c r="L67" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M67" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N67" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O67" t="s">
+        <v>2108</v>
+      </c>
+      <c r="P67" t="s">
+        <v>2109</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B68" t="s">
+        <v>2110</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>2104</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
+        <v>2111</v>
+      </c>
+      <c r="H68" t="s">
+        <v>2112</v>
+      </c>
+      <c r="I68" t="s">
+        <v>2113</v>
+      </c>
+      <c r="J68" t="s">
+        <v>1870</v>
+      </c>
+      <c r="K68" t="s">
+        <v>186</v>
+      </c>
+      <c r="L68" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M68" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N68" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O68" t="s">
+        <v>2108</v>
+      </c>
+      <c r="P68" t="s">
+        <v>2114</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B69" t="s">
+        <v>2115</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
+        <v>2116</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
+        <v>2117</v>
+      </c>
+      <c r="H69" t="s">
+        <v>2118</v>
+      </c>
+      <c r="I69" t="s">
+        <v>1798</v>
+      </c>
+      <c r="J69" t="s">
+        <v>2119</v>
+      </c>
+      <c r="K69" t="s">
+        <v>2120</v>
+      </c>
+      <c r="L69" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M69" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N69" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O69" t="s">
+        <v>2121</v>
+      </c>
+      <c r="P69" t="s">
+        <v>2122</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B70" t="s">
+        <v>2123</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>2116</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>2124</v>
+      </c>
+      <c r="H70" t="s">
+        <v>2125</v>
+      </c>
+      <c r="I70" t="s">
+        <v>2126</v>
+      </c>
+      <c r="J70" t="s">
+        <v>1870</v>
+      </c>
+      <c r="K70" t="s">
+        <v>186</v>
+      </c>
+      <c r="L70" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M70" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N70" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O70" t="s">
+        <v>2121</v>
+      </c>
+      <c r="P70" t="s">
+        <v>2127</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B71" t="s">
+        <v>2128</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>2116</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
+        <v>2129</v>
+      </c>
+      <c r="H71" t="s">
+        <v>2130</v>
+      </c>
+      <c r="I71" t="s">
+        <v>2131</v>
+      </c>
+      <c r="J71" t="s">
+        <v>1799</v>
+      </c>
+      <c r="K71" t="s">
+        <v>1800</v>
+      </c>
+      <c r="L71" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M71" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N71" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O71" t="s">
+        <v>1767</v>
+      </c>
+      <c r="P71" t="s">
+        <v>2132</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B72" t="s">
+        <v>2133</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>2116</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
+        <v>2134</v>
+      </c>
+      <c r="H72" t="s">
+        <v>2135</v>
+      </c>
+      <c r="I72" t="s">
+        <v>2136</v>
+      </c>
+      <c r="J72" t="s">
+        <v>1834</v>
+      </c>
+      <c r="K72" t="s">
+        <v>1835</v>
+      </c>
+      <c r="L72" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M72" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N72" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O72" t="s">
+        <v>1767</v>
+      </c>
+      <c r="P72" t="s">
+        <v>2137</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B73" t="s">
+        <v>2138</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>2116</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
+        <v>2139</v>
+      </c>
+      <c r="H73" t="s">
+        <v>2140</v>
+      </c>
+      <c r="I73" t="s">
+        <v>2141</v>
+      </c>
+      <c r="J73" t="s">
+        <v>1870</v>
+      </c>
+      <c r="K73" t="s">
+        <v>186</v>
+      </c>
+      <c r="L73" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M73" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N73" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O73" t="s">
+        <v>1767</v>
+      </c>
+      <c r="P73" t="s">
+        <v>2142</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B74" t="s">
+        <v>2143</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>2144</v>
+      </c>
+      <c r="F74" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" t="s">
+        <v>2145</v>
+      </c>
+      <c r="H74" t="s">
+        <v>2146</v>
+      </c>
+      <c r="I74" t="s">
+        <v>2147</v>
+      </c>
+      <c r="J74" t="s">
+        <v>1713</v>
+      </c>
+      <c r="K74" t="s">
+        <v>1714</v>
+      </c>
+      <c r="L74" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M74" t="s">
+        <v>1715</v>
+      </c>
+      <c r="N74" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O74" t="s">
+        <v>2148</v>
+      </c>
+      <c r="P74" t="s">
+        <v>2149</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B75" t="s">
+        <v>2150</v>
+      </c>
+      <c r="C75" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>2151</v>
+      </c>
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" t="s">
+        <v>2152</v>
+      </c>
+      <c r="H75" t="s">
+        <v>2153</v>
+      </c>
+      <c r="I75" t="s">
+        <v>2154</v>
+      </c>
+      <c r="J75" t="s">
+        <v>2155</v>
+      </c>
+      <c r="K75" t="s">
+        <v>2156</v>
+      </c>
+      <c r="L75" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M75" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N75" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O75" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P75" t="s">
+        <v>2157</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B76" t="s">
+        <v>2158</v>
+      </c>
+      <c r="C76" t="s">
+        <v>20</v>
+      </c>
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>2159</v>
+      </c>
+      <c r="F76" t="s">
+        <v>20</v>
+      </c>
+      <c r="G76" t="s">
+        <v>2160</v>
+      </c>
+      <c r="H76" t="s">
+        <v>2161</v>
+      </c>
+      <c r="I76" t="s">
+        <v>2162</v>
+      </c>
+      <c r="J76" t="s">
+        <v>2163</v>
+      </c>
+      <c r="K76" t="s">
+        <v>2164</v>
+      </c>
+      <c r="L76" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M76" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N76" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O76" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P76" t="s">
+        <v>2165</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B77" t="s">
+        <v>2166</v>
+      </c>
+      <c r="C77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D77" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" t="s">
+        <v>2167</v>
+      </c>
+      <c r="F77" t="s">
+        <v>20</v>
+      </c>
+      <c r="G77" t="s">
+        <v>2168</v>
+      </c>
+      <c r="H77" t="s">
+        <v>2169</v>
+      </c>
+      <c r="I77" t="s">
+        <v>2170</v>
+      </c>
+      <c r="J77" t="s">
+        <v>20</v>
+      </c>
+      <c r="K77" t="s">
+        <v>2171</v>
+      </c>
+      <c r="L77" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M77" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N77" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O77" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P77" t="s">
+        <v>2172</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B78" t="s">
+        <v>2173</v>
+      </c>
+      <c r="C78" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" t="s">
+        <v>2174</v>
+      </c>
+      <c r="F78" t="s">
+        <v>20</v>
+      </c>
+      <c r="G78" t="s">
+        <v>2175</v>
+      </c>
+      <c r="H78" t="s">
+        <v>2176</v>
+      </c>
+      <c r="I78" t="s">
+        <v>2177</v>
+      </c>
+      <c r="J78" t="s">
+        <v>2178</v>
+      </c>
+      <c r="K78" t="s">
+        <v>30</v>
+      </c>
+      <c r="L78" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M78" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N78" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O78" t="s">
+        <v>1841</v>
+      </c>
+      <c r="P78" t="s">
+        <v>2179</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B79" t="s">
+        <v>2180</v>
+      </c>
+      <c r="C79" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" t="s">
+        <v>20</v>
+      </c>
+      <c r="E79" t="s">
+        <v>2181</v>
+      </c>
+      <c r="F79" t="s">
+        <v>20</v>
+      </c>
+      <c r="G79" t="s">
+        <v>2182</v>
+      </c>
+      <c r="H79" t="s">
+        <v>2183</v>
+      </c>
+      <c r="I79" t="s">
+        <v>2177</v>
+      </c>
+      <c r="J79" t="s">
+        <v>2178</v>
+      </c>
+      <c r="K79" t="s">
+        <v>30</v>
+      </c>
+      <c r="L79" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M79" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N79" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O79" t="s">
+        <v>1912</v>
+      </c>
+      <c r="P79" t="s">
+        <v>2184</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B80" t="s">
+        <v>2185</v>
+      </c>
+      <c r="C80" t="s">
+        <v>20</v>
+      </c>
+      <c r="D80" t="s">
+        <v>20</v>
+      </c>
+      <c r="E80" t="s">
+        <v>2186</v>
+      </c>
+      <c r="F80" t="s">
+        <v>20</v>
+      </c>
+      <c r="G80" t="s">
+        <v>2187</v>
+      </c>
+      <c r="H80" t="s">
+        <v>2188</v>
+      </c>
+      <c r="I80" t="s">
+        <v>2189</v>
+      </c>
+      <c r="J80" t="s">
+        <v>2178</v>
+      </c>
+      <c r="K80" t="s">
+        <v>30</v>
+      </c>
+      <c r="L80" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M80" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N80" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O80" t="s">
+        <v>2108</v>
+      </c>
+      <c r="P80" t="s">
+        <v>2190</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B81" t="s">
+        <v>2191</v>
+      </c>
+      <c r="C81" t="s">
+        <v>20</v>
+      </c>
+      <c r="D81" t="s">
+        <v>20</v>
+      </c>
+      <c r="E81" t="s">
+        <v>2192</v>
+      </c>
+      <c r="F81" t="s">
+        <v>20</v>
+      </c>
+      <c r="G81" t="s">
+        <v>2193</v>
+      </c>
+      <c r="H81" t="s">
+        <v>2194</v>
+      </c>
+      <c r="I81" t="s">
+        <v>2195</v>
+      </c>
+      <c r="J81" t="s">
+        <v>1799</v>
+      </c>
+      <c r="K81" t="s">
+        <v>1800</v>
+      </c>
+      <c r="L81" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M81" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N81" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O81" t="s">
+        <v>2108</v>
+      </c>
+      <c r="P81" t="s">
+        <v>2196</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B82" t="s">
+        <v>2197</v>
+      </c>
+      <c r="C82" t="s">
+        <v>20</v>
+      </c>
+      <c r="D82" t="s">
+        <v>20</v>
+      </c>
+      <c r="E82" t="s">
+        <v>2198</v>
+      </c>
+      <c r="F82" t="s">
+        <v>20</v>
+      </c>
+      <c r="G82" t="s">
+        <v>2199</v>
+      </c>
+      <c r="H82" t="s">
+        <v>2200</v>
+      </c>
+      <c r="I82" t="s">
+        <v>2201</v>
+      </c>
+      <c r="J82" t="s">
+        <v>2084</v>
+      </c>
+      <c r="K82" t="s">
+        <v>2085</v>
+      </c>
+      <c r="L82" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M82" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N82" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O82" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P82" t="s">
+        <v>2202</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B83" t="s">
+        <v>2203</v>
+      </c>
+      <c r="C83" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>2204</v>
+      </c>
+      <c r="F83" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" t="s">
+        <v>2205</v>
+      </c>
+      <c r="H83" t="s">
+        <v>2206</v>
+      </c>
+      <c r="I83" t="s">
+        <v>2207</v>
+      </c>
+      <c r="J83" t="s">
+        <v>2208</v>
+      </c>
+      <c r="K83" t="s">
+        <v>2209</v>
+      </c>
+      <c r="L83" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M83" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N83" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O83" t="s">
+        <v>1808</v>
+      </c>
+      <c r="P83" t="s">
+        <v>2210</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B84" t="s">
+        <v>2211</v>
+      </c>
+      <c r="C84" t="s">
+        <v>20</v>
+      </c>
+      <c r="D84" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" t="s">
+        <v>2204</v>
+      </c>
+      <c r="F84" t="s">
+        <v>20</v>
+      </c>
+      <c r="G84" t="s">
+        <v>2212</v>
+      </c>
+      <c r="H84" t="s">
+        <v>2213</v>
+      </c>
+      <c r="I84" t="s">
+        <v>2214</v>
+      </c>
+      <c r="J84" t="s">
+        <v>2208</v>
+      </c>
+      <c r="K84" t="s">
+        <v>2209</v>
+      </c>
+      <c r="L84" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M84" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N84" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O84" t="s">
+        <v>1813</v>
+      </c>
+      <c r="P84" t="s">
+        <v>2215</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B85" t="s">
+        <v>2216</v>
+      </c>
+      <c r="C85" t="s">
+        <v>20</v>
+      </c>
+      <c r="D85" t="s">
+        <v>20</v>
+      </c>
+      <c r="E85" t="s">
+        <v>2204</v>
+      </c>
+      <c r="F85" t="s">
+        <v>20</v>
+      </c>
+      <c r="G85" t="s">
+        <v>2217</v>
+      </c>
+      <c r="H85" t="s">
+        <v>2218</v>
+      </c>
+      <c r="I85" t="s">
+        <v>2214</v>
+      </c>
+      <c r="J85" t="s">
+        <v>2208</v>
+      </c>
+      <c r="K85" t="s">
+        <v>2209</v>
+      </c>
+      <c r="L85" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M85" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N85" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O85" t="s">
+        <v>1988</v>
+      </c>
+      <c r="P85" t="s">
+        <v>2219</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B86" t="s">
+        <v>2220</v>
+      </c>
+      <c r="C86" t="s">
+        <v>20</v>
+      </c>
+      <c r="D86" t="s">
+        <v>20</v>
+      </c>
+      <c r="E86" t="s">
+        <v>2204</v>
+      </c>
+      <c r="F86" t="s">
+        <v>20</v>
+      </c>
+      <c r="G86" t="s">
+        <v>2221</v>
+      </c>
+      <c r="H86" t="s">
+        <v>2222</v>
+      </c>
+      <c r="I86" t="s">
+        <v>2223</v>
+      </c>
+      <c r="J86" t="s">
+        <v>2224</v>
+      </c>
+      <c r="K86" t="s">
+        <v>2225</v>
+      </c>
+      <c r="L86" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M86" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N86" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O86" t="s">
+        <v>1808</v>
+      </c>
+      <c r="P86" t="s">
+        <v>2226</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B87" t="s">
+        <v>2227</v>
+      </c>
+      <c r="C87" t="s">
+        <v>20</v>
+      </c>
+      <c r="D87" t="s">
+        <v>20</v>
+      </c>
+      <c r="E87" t="s">
+        <v>2228</v>
+      </c>
+      <c r="F87" t="s">
+        <v>20</v>
+      </c>
+      <c r="G87" t="s">
+        <v>2229</v>
+      </c>
+      <c r="H87" t="s">
+        <v>2230</v>
+      </c>
+      <c r="I87" t="s">
+        <v>2231</v>
+      </c>
+      <c r="J87" t="s">
+        <v>1751</v>
+      </c>
+      <c r="K87" t="s">
+        <v>1752</v>
+      </c>
+      <c r="L87" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M87" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N87" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O87" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P87" t="s">
+        <v>2232</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B88" t="s">
+        <v>2233</v>
+      </c>
+      <c r="C88" t="s">
+        <v>20</v>
+      </c>
+      <c r="D88" t="s">
+        <v>20</v>
+      </c>
+      <c r="E88" t="s">
+        <v>2234</v>
+      </c>
+      <c r="F88" t="s">
+        <v>20</v>
+      </c>
+      <c r="G88" t="s">
+        <v>2235</v>
+      </c>
+      <c r="H88" t="s">
+        <v>2236</v>
+      </c>
+      <c r="I88" t="s">
+        <v>2237</v>
+      </c>
+      <c r="J88" t="s">
+        <v>1774</v>
+      </c>
+      <c r="K88" t="s">
+        <v>1775</v>
+      </c>
+      <c r="L88" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M88" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N88" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O88" t="s">
+        <v>1912</v>
+      </c>
+      <c r="P88" t="s">
+        <v>2238</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B89" t="s">
+        <v>2239</v>
+      </c>
+      <c r="C89" t="s">
+        <v>20</v>
+      </c>
+      <c r="D89" t="s">
+        <v>20</v>
+      </c>
+      <c r="E89" t="s">
+        <v>2234</v>
+      </c>
+      <c r="F89" t="s">
+        <v>20</v>
+      </c>
+      <c r="G89" t="s">
+        <v>2240</v>
+      </c>
+      <c r="H89" t="s">
+        <v>2241</v>
+      </c>
+      <c r="I89" t="s">
+        <v>2242</v>
+      </c>
+      <c r="J89" t="s">
+        <v>2243</v>
+      </c>
+      <c r="K89" t="s">
+        <v>2244</v>
+      </c>
+      <c r="L89" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M89" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N89" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O89" t="s">
+        <v>1672</v>
+      </c>
+      <c r="P89" t="s">
+        <v>2245</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B90" t="s">
+        <v>2246</v>
+      </c>
+      <c r="C90" t="s">
+        <v>20</v>
+      </c>
+      <c r="D90" t="s">
+        <v>20</v>
+      </c>
+      <c r="E90" t="s">
+        <v>2234</v>
+      </c>
+      <c r="F90" t="s">
+        <v>20</v>
+      </c>
+      <c r="G90" t="s">
+        <v>2247</v>
+      </c>
+      <c r="H90" t="s">
+        <v>2248</v>
+      </c>
+      <c r="I90" t="s">
+        <v>2249</v>
+      </c>
+      <c r="J90" t="s">
+        <v>1679</v>
+      </c>
+      <c r="K90" t="s">
+        <v>55</v>
+      </c>
+      <c r="L90" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M90" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N90" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O90" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P90" t="s">
+        <v>2250</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B91" t="s">
+        <v>2251</v>
+      </c>
+      <c r="C91" t="s">
+        <v>20</v>
+      </c>
+      <c r="D91" t="s">
+        <v>20</v>
+      </c>
+      <c r="E91" t="s">
+        <v>2252</v>
+      </c>
+      <c r="F91" t="s">
+        <v>20</v>
+      </c>
+      <c r="G91" t="s">
+        <v>2253</v>
+      </c>
+      <c r="H91" t="s">
+        <v>2254</v>
+      </c>
+      <c r="I91" t="s">
+        <v>2255</v>
+      </c>
+      <c r="J91" t="s">
+        <v>1679</v>
+      </c>
+      <c r="K91" t="s">
+        <v>55</v>
+      </c>
+      <c r="L91" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M91" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N91" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O91" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P91" t="s">
+        <v>2256</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B92" t="s">
+        <v>2257</v>
+      </c>
+      <c r="C92" t="s">
+        <v>20</v>
+      </c>
+      <c r="D92" t="s">
+        <v>20</v>
+      </c>
+      <c r="E92" t="s">
+        <v>2258</v>
+      </c>
+      <c r="F92" t="s">
+        <v>20</v>
+      </c>
+      <c r="G92" t="s">
+        <v>2259</v>
+      </c>
+      <c r="H92" t="s">
+        <v>2260</v>
+      </c>
+      <c r="I92" t="s">
+        <v>2261</v>
+      </c>
+      <c r="J92" t="s">
+        <v>1751</v>
+      </c>
+      <c r="K92" t="s">
+        <v>1752</v>
+      </c>
+      <c r="L92" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M92" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N92" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O92" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P92" t="s">
+        <v>2262</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B93" t="s">
+        <v>2263</v>
+      </c>
+      <c r="C93" t="s">
+        <v>20</v>
+      </c>
+      <c r="D93" t="s">
+        <v>20</v>
+      </c>
+      <c r="E93" t="s">
+        <v>2258</v>
+      </c>
+      <c r="F93" t="s">
+        <v>20</v>
+      </c>
+      <c r="G93" t="s">
+        <v>2264</v>
+      </c>
+      <c r="H93" t="s">
+        <v>2265</v>
+      </c>
+      <c r="I93" t="s">
+        <v>2266</v>
+      </c>
+      <c r="J93" t="s">
+        <v>2267</v>
+      </c>
+      <c r="K93" t="s">
+        <v>2268</v>
+      </c>
+      <c r="L93" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M93" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N93" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O93" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P93" t="s">
+        <v>2269</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B94" t="s">
+        <v>2270</v>
+      </c>
+      <c r="C94" t="s">
+        <v>20</v>
+      </c>
+      <c r="D94" t="s">
+        <v>20</v>
+      </c>
+      <c r="E94" t="s">
+        <v>2271</v>
+      </c>
+      <c r="F94" t="s">
+        <v>20</v>
+      </c>
+      <c r="G94" t="s">
+        <v>2272</v>
+      </c>
+      <c r="H94" t="s">
+        <v>2273</v>
+      </c>
+      <c r="I94" t="s">
+        <v>2274</v>
+      </c>
+      <c r="J94" t="s">
+        <v>2275</v>
+      </c>
+      <c r="K94" t="s">
+        <v>2276</v>
+      </c>
+      <c r="L94" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M94" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N94" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O94" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P94" t="s">
+        <v>2277</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B95" t="s">
+        <v>2278</v>
+      </c>
+      <c r="C95" t="s">
+        <v>20</v>
+      </c>
+      <c r="D95" t="s">
+        <v>20</v>
+      </c>
+      <c r="E95" t="s">
+        <v>2271</v>
+      </c>
+      <c r="F95" t="s">
+        <v>20</v>
+      </c>
+      <c r="G95" t="s">
+        <v>2279</v>
+      </c>
+      <c r="H95" t="s">
+        <v>2280</v>
+      </c>
+      <c r="I95" t="s">
+        <v>2281</v>
+      </c>
+      <c r="J95" t="s">
+        <v>2275</v>
+      </c>
+      <c r="K95" t="s">
+        <v>2276</v>
+      </c>
+      <c r="L95" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M95" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N95" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O95" t="s">
+        <v>1666</v>
+      </c>
+      <c r="P95" t="s">
+        <v>2282</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B96" t="s">
+        <v>2283</v>
+      </c>
+      <c r="C96" t="s">
+        <v>20</v>
+      </c>
+      <c r="D96" t="s">
+        <v>20</v>
+      </c>
+      <c r="E96" t="s">
+        <v>2284</v>
+      </c>
+      <c r="F96" t="s">
+        <v>20</v>
+      </c>
+      <c r="G96" t="s">
+        <v>2285</v>
+      </c>
+      <c r="H96" t="s">
+        <v>2286</v>
+      </c>
+      <c r="I96" t="s">
+        <v>2287</v>
+      </c>
+      <c r="J96" t="s">
+        <v>2288</v>
+      </c>
+      <c r="K96" t="s">
+        <v>186</v>
+      </c>
+      <c r="L96" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M96" t="s">
+        <v>1715</v>
+      </c>
+      <c r="N96" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O96" t="s">
+        <v>1672</v>
+      </c>
+      <c r="P96" t="s">
+        <v>2289</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B97" t="s">
+        <v>2290</v>
+      </c>
+      <c r="C97" t="s">
+        <v>20</v>
+      </c>
+      <c r="D97" t="s">
+        <v>20</v>
+      </c>
+      <c r="E97" t="s">
+        <v>1755</v>
+      </c>
+      <c r="F97" t="s">
+        <v>20</v>
+      </c>
+      <c r="G97" t="s">
+        <v>2291</v>
+      </c>
+      <c r="H97" t="s">
+        <v>2292</v>
+      </c>
+      <c r="I97" t="s">
+        <v>2293</v>
+      </c>
+      <c r="J97" t="s">
+        <v>1679</v>
+      </c>
+      <c r="K97" t="s">
+        <v>55</v>
+      </c>
+      <c r="L97" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M97" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N97" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O97" t="s">
+        <v>1808</v>
+      </c>
+      <c r="P97" t="s">
+        <v>2294</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B98" t="s">
+        <v>2295</v>
+      </c>
+      <c r="C98" t="s">
+        <v>20</v>
+      </c>
+      <c r="D98" t="s">
+        <v>20</v>
+      </c>
+      <c r="E98" t="s">
+        <v>2296</v>
+      </c>
+      <c r="F98" t="s">
+        <v>20</v>
+      </c>
+      <c r="G98" t="s">
+        <v>2297</v>
+      </c>
+      <c r="H98" t="s">
+        <v>2298</v>
+      </c>
+      <c r="I98" t="s">
+        <v>2299</v>
+      </c>
+      <c r="J98" t="s">
+        <v>1820</v>
+      </c>
+      <c r="K98" t="s">
+        <v>1821</v>
+      </c>
+      <c r="L98" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M98" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N98" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O98" t="s">
+        <v>1767</v>
+      </c>
+      <c r="P98" t="s">
+        <v>2300</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B99" t="s">
+        <v>2301</v>
+      </c>
+      <c r="C99" t="s">
+        <v>20</v>
+      </c>
+      <c r="D99" t="s">
+        <v>20</v>
+      </c>
+      <c r="E99" t="s">
+        <v>2020</v>
+      </c>
+      <c r="F99" t="s">
+        <v>20</v>
+      </c>
+      <c r="G99" t="s">
+        <v>2302</v>
+      </c>
+      <c r="H99" t="s">
+        <v>2303</v>
+      </c>
+      <c r="I99" t="s">
+        <v>2304</v>
+      </c>
+      <c r="J99" t="s">
+        <v>1870</v>
+      </c>
+      <c r="K99" t="s">
+        <v>186</v>
+      </c>
+      <c r="L99" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M99" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N99" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O99" t="s">
+        <v>1813</v>
+      </c>
+      <c r="P99" t="s">
+        <v>2305</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B100" t="s">
+        <v>2306</v>
+      </c>
+      <c r="C100" t="s">
+        <v>20</v>
+      </c>
+      <c r="D100" t="s">
+        <v>20</v>
+      </c>
+      <c r="E100" t="s">
+        <v>2020</v>
+      </c>
+      <c r="F100" t="s">
+        <v>20</v>
+      </c>
+      <c r="G100" t="s">
+        <v>2307</v>
+      </c>
+      <c r="H100" t="s">
+        <v>2308</v>
+      </c>
+      <c r="I100" t="s">
+        <v>2304</v>
+      </c>
+      <c r="J100" t="s">
+        <v>1870</v>
+      </c>
+      <c r="K100" t="s">
+        <v>186</v>
+      </c>
+      <c r="L100" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M100" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N100" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O100" t="s">
+        <v>1988</v>
+      </c>
+      <c r="P100" t="s">
+        <v>2309</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B101" t="s">
+        <v>2310</v>
+      </c>
+      <c r="C101" t="s">
+        <v>20</v>
+      </c>
+      <c r="D101" t="s">
+        <v>20</v>
+      </c>
+      <c r="E101" t="s">
+        <v>2311</v>
+      </c>
+      <c r="F101" t="s">
+        <v>20</v>
+      </c>
+      <c r="G101" t="s">
+        <v>2312</v>
+      </c>
+      <c r="H101" t="s">
+        <v>2313</v>
+      </c>
+      <c r="I101" t="s">
+        <v>2314</v>
+      </c>
+      <c r="J101" t="s">
+        <v>2315</v>
+      </c>
+      <c r="K101" t="s">
+        <v>2316</v>
+      </c>
+      <c r="L101" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M101" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N101" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O101" t="s">
+        <v>1724</v>
+      </c>
+      <c r="P101" t="s">
+        <v>2317</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B102" t="s">
+        <v>2318</v>
+      </c>
+      <c r="C102" t="s">
+        <v>20</v>
+      </c>
+      <c r="D102" t="s">
+        <v>20</v>
+      </c>
+      <c r="E102" t="s">
+        <v>2319</v>
+      </c>
+      <c r="F102" t="s">
+        <v>20</v>
+      </c>
+      <c r="G102" t="s">
+        <v>2320</v>
+      </c>
+      <c r="H102" t="s">
+        <v>2321</v>
+      </c>
+      <c r="I102" t="s">
+        <v>2322</v>
+      </c>
+      <c r="J102" t="s">
+        <v>2029</v>
+      </c>
+      <c r="K102" t="s">
+        <v>2030</v>
+      </c>
+      <c r="L102" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M102" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N102" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O102" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P102" t="s">
+        <v>2323</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B103" t="s">
+        <v>2324</v>
+      </c>
+      <c r="C103" t="s">
+        <v>20</v>
+      </c>
+      <c r="D103" t="s">
+        <v>20</v>
+      </c>
+      <c r="E103" t="s">
+        <v>2325</v>
+      </c>
+      <c r="F103" t="s">
+        <v>20</v>
+      </c>
+      <c r="G103" t="s">
+        <v>2326</v>
+      </c>
+      <c r="H103" t="s">
+        <v>2327</v>
+      </c>
+      <c r="I103" t="s">
+        <v>2328</v>
+      </c>
+      <c r="J103" t="s">
+        <v>2329</v>
+      </c>
+      <c r="K103" t="s">
+        <v>30</v>
+      </c>
+      <c r="L103" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M103" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N103" t="s">
+        <v>2330</v>
+      </c>
+      <c r="O103" t="s">
+        <v>2331</v>
+      </c>
+      <c r="P103" t="s">
+        <v>2332</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B104" t="s">
+        <v>2333</v>
+      </c>
+      <c r="C104" t="s">
+        <v>20</v>
+      </c>
+      <c r="D104" t="s">
+        <v>20</v>
+      </c>
+      <c r="E104" t="s">
+        <v>2334</v>
+      </c>
+      <c r="F104" t="s">
+        <v>20</v>
+      </c>
+      <c r="G104" t="s">
+        <v>2335</v>
+      </c>
+      <c r="H104" t="s">
+        <v>2336</v>
+      </c>
+      <c r="I104" t="s">
+        <v>2337</v>
+      </c>
+      <c r="J104" t="s">
+        <v>2338</v>
+      </c>
+      <c r="K104" t="s">
+        <v>1714</v>
+      </c>
+      <c r="L104" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M104" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N104" t="s">
+        <v>2339</v>
+      </c>
+      <c r="O104" t="s">
+        <v>2340</v>
+      </c>
+      <c r="P104" t="s">
+        <v>2341</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B105" t="s">
+        <v>2342</v>
+      </c>
+      <c r="C105" t="s">
+        <v>20</v>
+      </c>
+      <c r="D105" t="s">
+        <v>20</v>
+      </c>
+      <c r="E105" t="s">
+        <v>2343</v>
+      </c>
+      <c r="F105" t="s">
+        <v>20</v>
+      </c>
+      <c r="G105" t="s">
+        <v>2344</v>
+      </c>
+      <c r="H105" t="s">
+        <v>2345</v>
+      </c>
+      <c r="I105" t="s">
+        <v>2346</v>
+      </c>
+      <c r="J105" t="s">
+        <v>1679</v>
+      </c>
+      <c r="K105" t="s">
+        <v>55</v>
+      </c>
+      <c r="L105" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M105" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N105" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O105" t="s">
+        <v>2108</v>
+      </c>
+      <c r="P105" t="s">
+        <v>2347</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B106" t="s">
+        <v>2348</v>
+      </c>
+      <c r="C106" t="s">
+        <v>20</v>
+      </c>
+      <c r="D106" t="s">
+        <v>20</v>
+      </c>
+      <c r="E106" t="s">
+        <v>2349</v>
+      </c>
+      <c r="F106" t="s">
+        <v>20</v>
+      </c>
+      <c r="G106" t="s">
+        <v>2350</v>
+      </c>
+      <c r="H106" t="s">
+        <v>2351</v>
+      </c>
+      <c r="I106" t="s">
+        <v>2352</v>
+      </c>
+      <c r="J106" t="s">
+        <v>2353</v>
+      </c>
+      <c r="K106" t="s">
+        <v>2354</v>
+      </c>
+      <c r="L106" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M106" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N106" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O106" t="s">
+        <v>1724</v>
+      </c>
+      <c r="P106" t="s">
+        <v>2355</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B107" t="s">
+        <v>2356</v>
+      </c>
+      <c r="C107" t="s">
+        <v>20</v>
+      </c>
+      <c r="D107" t="s">
+        <v>20</v>
+      </c>
+      <c r="E107" t="s">
+        <v>2357</v>
+      </c>
+      <c r="F107" t="s">
+        <v>20</v>
+      </c>
+      <c r="G107" t="s">
+        <v>2358</v>
+      </c>
+      <c r="H107" t="s">
+        <v>2359</v>
+      </c>
+      <c r="I107" t="s">
+        <v>2360</v>
+      </c>
+      <c r="J107" t="s">
+        <v>1855</v>
+      </c>
+      <c r="K107" t="s">
+        <v>1856</v>
+      </c>
+      <c r="L107" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M107" t="s">
+        <v>1680</v>
+      </c>
+      <c r="N107" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O107" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P107" t="s">
+        <v>2361</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B108" t="s">
+        <v>2362</v>
+      </c>
+      <c r="C108" t="s">
+        <v>20</v>
+      </c>
+      <c r="D108" t="s">
+        <v>20</v>
+      </c>
+      <c r="E108" t="s">
+        <v>2363</v>
+      </c>
+      <c r="F108" t="s">
+        <v>20</v>
+      </c>
+      <c r="G108" t="s">
+        <v>2364</v>
+      </c>
+      <c r="H108" t="s">
+        <v>2365</v>
+      </c>
+      <c r="I108" t="s">
+        <v>2366</v>
+      </c>
+      <c r="J108" t="s">
+        <v>1855</v>
+      </c>
+      <c r="K108" t="s">
+        <v>1856</v>
+      </c>
+      <c r="L108" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M108" t="s">
+        <v>1680</v>
+      </c>
+      <c r="N108" t="s">
+        <v>2005</v>
+      </c>
+      <c r="O108" t="s">
+        <v>2367</v>
+      </c>
+      <c r="P108" t="s">
+        <v>2368</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B109" t="s">
+        <v>2369</v>
+      </c>
+      <c r="C109" t="s">
+        <v>20</v>
+      </c>
+      <c r="D109" t="s">
+        <v>20</v>
+      </c>
+      <c r="E109" t="s">
+        <v>2370</v>
+      </c>
+      <c r="F109" t="s">
+        <v>20</v>
+      </c>
+      <c r="G109" t="s">
+        <v>2371</v>
+      </c>
+      <c r="H109" t="s">
+        <v>2372</v>
+      </c>
+      <c r="I109" t="s">
+        <v>2373</v>
+      </c>
+      <c r="J109" t="s">
+        <v>1962</v>
+      </c>
+      <c r="K109" t="s">
+        <v>1963</v>
+      </c>
+      <c r="L109" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M109" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N109" t="s">
+        <v>2339</v>
+      </c>
+      <c r="O109" t="s">
+        <v>1706</v>
+      </c>
+      <c r="P109" t="s">
+        <v>2374</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B110" t="s">
+        <v>2375</v>
+      </c>
+      <c r="C110" t="s">
+        <v>20</v>
+      </c>
+      <c r="D110" t="s">
+        <v>20</v>
+      </c>
+      <c r="E110" t="s">
+        <v>2376</v>
+      </c>
+      <c r="F110" t="s">
+        <v>20</v>
+      </c>
+      <c r="G110" t="s">
+        <v>2377</v>
+      </c>
+      <c r="H110" t="s">
+        <v>2378</v>
+      </c>
+      <c r="I110" t="s">
+        <v>2092</v>
+      </c>
+      <c r="J110" t="s">
+        <v>2093</v>
+      </c>
+      <c r="K110" t="s">
+        <v>2094</v>
+      </c>
+      <c r="L110" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M110" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N110" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O110" t="s">
+        <v>1912</v>
+      </c>
+      <c r="P110" t="s">
+        <v>2379</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B111" t="s">
+        <v>2380</v>
+      </c>
+      <c r="C111" t="s">
+        <v>20</v>
+      </c>
+      <c r="D111" t="s">
+        <v>20</v>
+      </c>
+      <c r="E111" t="s">
+        <v>2381</v>
+      </c>
+      <c r="F111" t="s">
+        <v>20</v>
+      </c>
+      <c r="G111" t="s">
+        <v>2382</v>
+      </c>
+      <c r="H111" t="s">
+        <v>2383</v>
+      </c>
+      <c r="I111" t="s">
+        <v>2092</v>
+      </c>
+      <c r="J111" t="s">
+        <v>2093</v>
+      </c>
+      <c r="K111" t="s">
+        <v>2094</v>
+      </c>
+      <c r="L111" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M111" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N111" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O111" t="s">
+        <v>1841</v>
+      </c>
+      <c r="P111" t="s">
+        <v>2384</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B112" t="s">
+        <v>2385</v>
+      </c>
+      <c r="C112" t="s">
+        <v>20</v>
+      </c>
+      <c r="D112" t="s">
+        <v>20</v>
+      </c>
+      <c r="E112" t="s">
+        <v>2386</v>
+      </c>
+      <c r="F112" t="s">
+        <v>20</v>
+      </c>
+      <c r="G112" t="s">
+        <v>2387</v>
+      </c>
+      <c r="H112" t="s">
+        <v>2388</v>
+      </c>
+      <c r="I112" t="s">
+        <v>2389</v>
+      </c>
+      <c r="J112" t="s">
+        <v>1946</v>
+      </c>
+      <c r="K112" t="s">
+        <v>1947</v>
+      </c>
+      <c r="L112" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M112" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N112" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O112" t="s">
+        <v>2086</v>
+      </c>
+      <c r="P112" t="s">
+        <v>2390</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B113" t="s">
+        <v>2391</v>
+      </c>
+      <c r="C113" t="s">
+        <v>20</v>
+      </c>
+      <c r="D113" t="s">
+        <v>20</v>
+      </c>
+      <c r="E113" t="s">
+        <v>2392</v>
+      </c>
+      <c r="F113" t="s">
+        <v>20</v>
+      </c>
+      <c r="G113" t="s">
+        <v>2393</v>
+      </c>
+      <c r="H113" t="s">
+        <v>2394</v>
+      </c>
+      <c r="I113" t="s">
+        <v>2395</v>
+      </c>
+      <c r="J113" t="s">
+        <v>2396</v>
+      </c>
+      <c r="K113" t="s">
+        <v>2397</v>
+      </c>
+      <c r="L113" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M113" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N113" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O113" t="s">
+        <v>2108</v>
+      </c>
+      <c r="P113" t="s">
+        <v>2398</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B114" t="s">
+        <v>2391</v>
+      </c>
+      <c r="C114" t="s">
+        <v>20</v>
+      </c>
+      <c r="D114" t="s">
+        <v>20</v>
+      </c>
+      <c r="E114" t="s">
+        <v>2392</v>
+      </c>
+      <c r="F114" t="s">
+        <v>20</v>
+      </c>
+      <c r="G114" t="s">
+        <v>2399</v>
+      </c>
+      <c r="H114" t="s">
+        <v>2400</v>
+      </c>
+      <c r="I114" t="s">
+        <v>2401</v>
+      </c>
+      <c r="J114" t="s">
+        <v>2084</v>
+      </c>
+      <c r="K114" t="s">
+        <v>2085</v>
+      </c>
+      <c r="L114" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M114" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N114" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O114" t="s">
+        <v>2108</v>
+      </c>
+      <c r="P114" t="s">
+        <v>2402</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B115" t="s">
+        <v>2391</v>
+      </c>
+      <c r="C115" t="s">
+        <v>20</v>
+      </c>
+      <c r="D115" t="s">
+        <v>20</v>
+      </c>
+      <c r="E115" t="s">
+        <v>2392</v>
+      </c>
+      <c r="F115" t="s">
+        <v>20</v>
+      </c>
+      <c r="G115" t="s">
+        <v>2403</v>
+      </c>
+      <c r="H115" t="s">
+        <v>2404</v>
+      </c>
+      <c r="I115" t="s">
+        <v>2405</v>
+      </c>
+      <c r="J115" t="s">
+        <v>1679</v>
+      </c>
+      <c r="K115" t="s">
+        <v>55</v>
+      </c>
+      <c r="L115" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M115" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N115" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O115" t="s">
+        <v>2108</v>
+      </c>
+      <c r="P115" t="s">
+        <v>2406</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B116" t="s">
+        <v>2407</v>
+      </c>
+      <c r="C116" t="s">
+        <v>20</v>
+      </c>
+      <c r="D116" t="s">
+        <v>20</v>
+      </c>
+      <c r="E116" t="s">
+        <v>2392</v>
+      </c>
+      <c r="F116" t="s">
+        <v>20</v>
+      </c>
+      <c r="G116" t="s">
+        <v>2408</v>
+      </c>
+      <c r="H116" t="s">
+        <v>2409</v>
+      </c>
+      <c r="I116" t="s">
+        <v>2410</v>
+      </c>
+      <c r="J116" t="s">
+        <v>2411</v>
+      </c>
+      <c r="K116" t="s">
+        <v>80</v>
+      </c>
+      <c r="L116" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M116" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N116" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O116" t="s">
+        <v>2086</v>
+      </c>
+      <c r="P116" t="s">
+        <v>2412</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B117" t="s">
+        <v>2413</v>
+      </c>
+      <c r="C117" t="s">
+        <v>20</v>
+      </c>
+      <c r="D117" t="s">
+        <v>20</v>
+      </c>
+      <c r="E117" t="s">
+        <v>2392</v>
+      </c>
+      <c r="F117" t="s">
+        <v>20</v>
+      </c>
+      <c r="G117" t="s">
+        <v>2414</v>
+      </c>
+      <c r="H117" t="s">
+        <v>2415</v>
+      </c>
+      <c r="I117" t="s">
+        <v>2416</v>
+      </c>
+      <c r="J117" t="s">
+        <v>1855</v>
+      </c>
+      <c r="K117" t="s">
+        <v>1856</v>
+      </c>
+      <c r="L117" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M117" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N117" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O117" t="s">
+        <v>2086</v>
+      </c>
+      <c r="P117" t="s">
+        <v>2417</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B118" t="s">
+        <v>2418</v>
+      </c>
+      <c r="C118" t="s">
+        <v>20</v>
+      </c>
+      <c r="D118" t="s">
+        <v>20</v>
+      </c>
+      <c r="E118" t="s">
+        <v>2419</v>
+      </c>
+      <c r="F118" t="s">
+        <v>20</v>
+      </c>
+      <c r="G118" t="s">
+        <v>2420</v>
+      </c>
+      <c r="H118" t="s">
+        <v>2421</v>
+      </c>
+      <c r="I118" t="s">
+        <v>2422</v>
+      </c>
+      <c r="J118" t="s">
+        <v>20</v>
+      </c>
+      <c r="K118" t="s">
+        <v>2423</v>
+      </c>
+      <c r="L118" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M118" t="s">
+        <v>1715</v>
+      </c>
+      <c r="N118" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O118" t="s">
+        <v>1767</v>
+      </c>
+      <c r="P118" t="s">
+        <v>2424</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B119" t="s">
+        <v>2425</v>
+      </c>
+      <c r="C119" t="s">
+        <v>20</v>
+      </c>
+      <c r="D119" t="s">
+        <v>20</v>
+      </c>
+      <c r="E119" t="s">
+        <v>2419</v>
+      </c>
+      <c r="F119" t="s">
+        <v>20</v>
+      </c>
+      <c r="G119" t="s">
+        <v>2426</v>
+      </c>
+      <c r="H119" t="s">
+        <v>2427</v>
+      </c>
+      <c r="I119" t="s">
+        <v>2428</v>
+      </c>
+      <c r="J119" t="s">
+        <v>2429</v>
+      </c>
+      <c r="K119" t="s">
+        <v>2430</v>
+      </c>
+      <c r="L119" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M119" t="s">
+        <v>1715</v>
+      </c>
+      <c r="N119" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O119" t="s">
+        <v>1767</v>
+      </c>
+      <c r="P119" t="s">
+        <v>2431</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B120" t="s">
+        <v>2432</v>
+      </c>
+      <c r="C120" t="s">
+        <v>20</v>
+      </c>
+      <c r="D120" t="s">
+        <v>20</v>
+      </c>
+      <c r="E120" t="s">
+        <v>2433</v>
+      </c>
+      <c r="F120" t="s">
+        <v>20</v>
+      </c>
+      <c r="G120" t="s">
+        <v>2434</v>
+      </c>
+      <c r="H120" t="s">
+        <v>2435</v>
+      </c>
+      <c r="I120" t="s">
+        <v>2436</v>
+      </c>
+      <c r="J120" t="s">
+        <v>1751</v>
+      </c>
+      <c r="K120" t="s">
+        <v>1752</v>
+      </c>
+      <c r="L120" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M120" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N120" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O120" t="s">
+        <v>2437</v>
+      </c>
+      <c r="P120" t="s">
+        <v>2438</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B121" t="s">
+        <v>2439</v>
+      </c>
+      <c r="C121" t="s">
+        <v>20</v>
+      </c>
+      <c r="D121" t="s">
+        <v>20</v>
+      </c>
+      <c r="E121" t="s">
+        <v>2433</v>
+      </c>
+      <c r="F121" t="s">
+        <v>20</v>
+      </c>
+      <c r="G121" t="s">
+        <v>2440</v>
+      </c>
+      <c r="H121" t="s">
+        <v>2441</v>
+      </c>
+      <c r="I121" t="s">
+        <v>2436</v>
+      </c>
+      <c r="J121" t="s">
+        <v>1751</v>
+      </c>
+      <c r="K121" t="s">
+        <v>1752</v>
+      </c>
+      <c r="L121" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M121" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N121" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O121" t="s">
+        <v>2108</v>
+      </c>
+      <c r="P121" t="s">
+        <v>2442</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B122" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C122" t="s">
+        <v>20</v>
+      </c>
+      <c r="D122" t="s">
+        <v>20</v>
+      </c>
+      <c r="E122" t="s">
+        <v>2444</v>
+      </c>
+      <c r="F122" t="s">
+        <v>20</v>
+      </c>
+      <c r="G122" t="s">
+        <v>2445</v>
+      </c>
+      <c r="H122" t="s">
+        <v>2446</v>
+      </c>
+      <c r="I122" t="s">
+        <v>2447</v>
+      </c>
+      <c r="J122" t="s">
+        <v>1799</v>
+      </c>
+      <c r="K122" t="s">
+        <v>1800</v>
+      </c>
+      <c r="L122" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M122" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N122" t="s">
+        <v>2005</v>
+      </c>
+      <c r="O122" t="s">
+        <v>2448</v>
+      </c>
+      <c r="P122" t="s">
+        <v>2449</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B123" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C123" t="s">
+        <v>20</v>
+      </c>
+      <c r="D123" t="s">
+        <v>20</v>
+      </c>
+      <c r="E123" t="s">
+        <v>2451</v>
+      </c>
+      <c r="F123" t="s">
+        <v>20</v>
+      </c>
+      <c r="G123" t="s">
+        <v>2452</v>
+      </c>
+      <c r="H123" t="s">
+        <v>2453</v>
+      </c>
+      <c r="I123" t="s">
+        <v>2454</v>
+      </c>
+      <c r="J123" t="s">
+        <v>2455</v>
+      </c>
+      <c r="K123" t="s">
+        <v>1955</v>
+      </c>
+      <c r="L123" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M123" t="s">
+        <v>1680</v>
+      </c>
+      <c r="N123" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O123" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P123" t="s">
+        <v>2456</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B124" t="s">
+        <v>2457</v>
+      </c>
+      <c r="C124" t="s">
+        <v>20</v>
+      </c>
+      <c r="D124" t="s">
+        <v>20</v>
+      </c>
+      <c r="E124" t="s">
+        <v>2458</v>
+      </c>
+      <c r="F124" t="s">
+        <v>20</v>
+      </c>
+      <c r="G124" t="s">
+        <v>2459</v>
+      </c>
+      <c r="H124" t="s">
+        <v>2460</v>
+      </c>
+      <c r="I124" t="s">
+        <v>2461</v>
+      </c>
+      <c r="J124" t="s">
+        <v>1679</v>
+      </c>
+      <c r="K124" t="s">
+        <v>55</v>
+      </c>
+      <c r="L124" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M124" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N124" t="s">
+        <v>1776</v>
+      </c>
+      <c r="O124" t="s">
+        <v>1777</v>
+      </c>
+      <c r="P124" t="s">
+        <v>2462</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B125" t="s">
+        <v>2463</v>
+      </c>
+      <c r="C125" t="s">
+        <v>20</v>
+      </c>
+      <c r="D125" t="s">
+        <v>20</v>
+      </c>
+      <c r="E125" t="s">
+        <v>2458</v>
+      </c>
+      <c r="F125" t="s">
+        <v>20</v>
+      </c>
+      <c r="G125" t="s">
+        <v>2464</v>
+      </c>
+      <c r="H125" t="s">
+        <v>2465</v>
+      </c>
+      <c r="I125" t="s">
+        <v>2461</v>
+      </c>
+      <c r="J125" t="s">
+        <v>1679</v>
+      </c>
+      <c r="K125" t="s">
+        <v>55</v>
+      </c>
+      <c r="L125" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M125" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N125" t="s">
+        <v>1776</v>
+      </c>
+      <c r="O125" t="s">
+        <v>2466</v>
+      </c>
+      <c r="P125" t="s">
+        <v>2467</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B126" t="s">
+        <v>2468</v>
+      </c>
+      <c r="C126" t="s">
+        <v>20</v>
+      </c>
+      <c r="D126" t="s">
+        <v>20</v>
+      </c>
+      <c r="E126" t="s">
+        <v>2469</v>
+      </c>
+      <c r="F126" t="s">
+        <v>20</v>
+      </c>
+      <c r="G126" t="s">
+        <v>2470</v>
+      </c>
+      <c r="H126" t="s">
+        <v>2471</v>
+      </c>
+      <c r="I126" t="s">
+        <v>2299</v>
+      </c>
+      <c r="J126" t="s">
+        <v>1820</v>
+      </c>
+      <c r="K126" t="s">
+        <v>1821</v>
+      </c>
+      <c r="L126" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M126" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N126" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O126" t="s">
+        <v>2108</v>
+      </c>
+      <c r="P126" t="s">
+        <v>2472</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B127" t="s">
+        <v>2473</v>
+      </c>
+      <c r="C127" t="s">
+        <v>20</v>
+      </c>
+      <c r="D127" t="s">
+        <v>20</v>
+      </c>
+      <c r="E127" t="s">
+        <v>2474</v>
+      </c>
+      <c r="F127" t="s">
+        <v>20</v>
+      </c>
+      <c r="G127" t="s">
+        <v>2475</v>
+      </c>
+      <c r="H127" t="s">
+        <v>2476</v>
+      </c>
+      <c r="I127" t="s">
+        <v>2477</v>
+      </c>
+      <c r="J127" t="s">
+        <v>2478</v>
+      </c>
+      <c r="K127" t="s">
+        <v>2479</v>
+      </c>
+      <c r="L127" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M127" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N127" t="s">
+        <v>1705</v>
+      </c>
+      <c r="O127" t="s">
+        <v>1706</v>
+      </c>
+      <c r="P127" t="s">
+        <v>2480</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B128" t="s">
+        <v>2481</v>
+      </c>
+      <c r="C128" t="s">
+        <v>20</v>
+      </c>
+      <c r="D128" t="s">
+        <v>20</v>
+      </c>
+      <c r="E128" t="s">
+        <v>2482</v>
+      </c>
+      <c r="F128" t="s">
+        <v>20</v>
+      </c>
+      <c r="G128" t="s">
+        <v>2483</v>
+      </c>
+      <c r="H128" t="s">
+        <v>2484</v>
+      </c>
+      <c r="I128" t="s">
+        <v>2485</v>
+      </c>
+      <c r="J128" t="s">
+        <v>2486</v>
+      </c>
+      <c r="K128" t="s">
+        <v>2487</v>
+      </c>
+      <c r="L128" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M128" t="s">
+        <v>1715</v>
+      </c>
+      <c r="N128" t="s">
+        <v>1681</v>
+      </c>
+      <c r="O128" t="s">
+        <v>1682</v>
+      </c>
+      <c r="P128" t="s">
+        <v>2488</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B129" t="s">
+        <v>2489</v>
+      </c>
+      <c r="C129" t="s">
+        <v>20</v>
+      </c>
+      <c r="D129" t="s">
+        <v>20</v>
+      </c>
+      <c r="E129" t="s">
+        <v>2490</v>
+      </c>
+      <c r="F129" t="s">
+        <v>20</v>
+      </c>
+      <c r="G129" t="s">
+        <v>2491</v>
+      </c>
+      <c r="H129" t="s">
+        <v>2492</v>
+      </c>
+      <c r="I129" t="s">
+        <v>2493</v>
+      </c>
+      <c r="J129" t="s">
+        <v>2478</v>
+      </c>
+      <c r="K129" t="s">
+        <v>2479</v>
+      </c>
+      <c r="L129" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M129" t="s">
+        <v>1680</v>
+      </c>
+      <c r="N129" t="s">
+        <v>1681</v>
+      </c>
+      <c r="O129" t="s">
+        <v>1682</v>
+      </c>
+      <c r="P129" t="s">
+        <v>2494</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B130" t="s">
+        <v>2495</v>
+      </c>
+      <c r="C130" t="s">
+        <v>20</v>
+      </c>
+      <c r="D130" t="s">
+        <v>20</v>
+      </c>
+      <c r="E130" t="s">
+        <v>2496</v>
+      </c>
+      <c r="F130" t="s">
+        <v>20</v>
+      </c>
+      <c r="G130" t="s">
+        <v>2497</v>
+      </c>
+      <c r="H130" t="s">
+        <v>2498</v>
+      </c>
+      <c r="I130" t="s">
+        <v>2499</v>
+      </c>
+      <c r="J130" t="s">
+        <v>20</v>
+      </c>
+      <c r="K130" t="s">
+        <v>2500</v>
+      </c>
+      <c r="L130" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M130" t="s">
+        <v>1715</v>
+      </c>
+      <c r="N130" t="s">
+        <v>1681</v>
+      </c>
+      <c r="O130" t="s">
+        <v>1682</v>
+      </c>
+      <c r="P130" t="s">
+        <v>2501</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B131" t="s">
+        <v>2502</v>
+      </c>
+      <c r="C131" t="s">
+        <v>20</v>
+      </c>
+      <c r="D131" t="s">
+        <v>20</v>
+      </c>
+      <c r="E131" t="s">
+        <v>2503</v>
+      </c>
+      <c r="F131" t="s">
+        <v>20</v>
+      </c>
+      <c r="G131" t="s">
+        <v>2504</v>
+      </c>
+      <c r="H131" t="s">
+        <v>2505</v>
+      </c>
+      <c r="I131" t="s">
+        <v>2506</v>
+      </c>
+      <c r="J131" t="s">
+        <v>1751</v>
+      </c>
+      <c r="K131" t="s">
+        <v>1752</v>
+      </c>
+      <c r="L131" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M131" t="s">
+        <v>1680</v>
+      </c>
+      <c r="N131" t="s">
+        <v>1681</v>
+      </c>
+      <c r="O131" t="s">
+        <v>1682</v>
+      </c>
+      <c r="P131" t="s">
+        <v>2507</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B132" t="s">
+        <v>2508</v>
+      </c>
+      <c r="C132" t="s">
+        <v>20</v>
+      </c>
+      <c r="D132" t="s">
+        <v>20</v>
+      </c>
+      <c r="E132" t="s">
+        <v>2509</v>
+      </c>
+      <c r="F132" t="s">
+        <v>20</v>
+      </c>
+      <c r="G132" t="s">
+        <v>2510</v>
+      </c>
+      <c r="H132" t="s">
+        <v>2511</v>
+      </c>
+      <c r="I132" t="s">
+        <v>2512</v>
+      </c>
+      <c r="J132" t="s">
+        <v>2178</v>
+      </c>
+      <c r="K132" t="s">
+        <v>30</v>
+      </c>
+      <c r="L132" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M132" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N132" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O132" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P132" t="s">
+        <v>2513</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B133" t="s">
+        <v>2514</v>
+      </c>
+      <c r="C133" t="s">
+        <v>20</v>
+      </c>
+      <c r="D133" t="s">
+        <v>20</v>
+      </c>
+      <c r="E133" t="s">
+        <v>2509</v>
+      </c>
+      <c r="F133" t="s">
+        <v>20</v>
+      </c>
+      <c r="G133" t="s">
+        <v>2515</v>
+      </c>
+      <c r="H133" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I133" t="s">
+        <v>2517</v>
+      </c>
+      <c r="J133" t="s">
+        <v>1697</v>
+      </c>
+      <c r="K133" t="s">
+        <v>1698</v>
+      </c>
+      <c r="L133" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M133" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N133" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O133" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P133" t="s">
+        <v>2518</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B134" t="s">
+        <v>2519</v>
+      </c>
+      <c r="C134" t="s">
+        <v>20</v>
+      </c>
+      <c r="D134" t="s">
+        <v>20</v>
+      </c>
+      <c r="E134" t="s">
+        <v>2520</v>
+      </c>
+      <c r="F134" t="s">
+        <v>20</v>
+      </c>
+      <c r="G134" t="s">
+        <v>2521</v>
+      </c>
+      <c r="H134" t="s">
+        <v>2522</v>
+      </c>
+      <c r="I134" t="s">
+        <v>1713</v>
+      </c>
+      <c r="J134" t="s">
+        <v>20</v>
+      </c>
+      <c r="K134" t="s">
+        <v>1714</v>
+      </c>
+      <c r="L134" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M134" t="s">
+        <v>1715</v>
+      </c>
+      <c r="N134" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O134" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P134" t="s">
+        <v>2523</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B135" t="s">
+        <v>2524</v>
+      </c>
+      <c r="C135" t="s">
+        <v>20</v>
+      </c>
+      <c r="D135" t="s">
+        <v>20</v>
+      </c>
+      <c r="E135" t="s">
+        <v>2520</v>
+      </c>
+      <c r="F135" t="s">
+        <v>20</v>
+      </c>
+      <c r="G135" t="s">
+        <v>2525</v>
+      </c>
+      <c r="H135" t="s">
+        <v>2526</v>
+      </c>
+      <c r="I135" t="s">
+        <v>2527</v>
+      </c>
+      <c r="J135" t="s">
+        <v>20</v>
+      </c>
+      <c r="K135" t="s">
+        <v>2528</v>
+      </c>
+      <c r="L135" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M135" t="s">
+        <v>1715</v>
+      </c>
+      <c r="N135" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O135" t="s">
+        <v>1841</v>
+      </c>
+      <c r="P135" t="s">
+        <v>2529</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B136" t="s">
+        <v>2530</v>
+      </c>
+      <c r="C136" t="s">
+        <v>20</v>
+      </c>
+      <c r="D136" t="s">
+        <v>20</v>
+      </c>
+      <c r="E136" t="s">
+        <v>2531</v>
+      </c>
+      <c r="F136" t="s">
+        <v>20</v>
+      </c>
+      <c r="G136" t="s">
+        <v>2532</v>
+      </c>
+      <c r="H136" t="s">
+        <v>2533</v>
+      </c>
+      <c r="I136" t="s">
+        <v>2534</v>
+      </c>
+      <c r="J136" t="s">
+        <v>2535</v>
+      </c>
+      <c r="K136" t="s">
+        <v>2536</v>
+      </c>
+      <c r="L136" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M136" t="s">
+        <v>1715</v>
+      </c>
+      <c r="N136" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O136" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P136" t="s">
+        <v>2537</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B137" t="s">
+        <v>2538</v>
+      </c>
+      <c r="C137" t="s">
+        <v>20</v>
+      </c>
+      <c r="D137" t="s">
+        <v>20</v>
+      </c>
+      <c r="E137" t="s">
+        <v>2539</v>
+      </c>
+      <c r="F137" t="s">
+        <v>20</v>
+      </c>
+      <c r="G137" t="s">
+        <v>2540</v>
+      </c>
+      <c r="H137" t="s">
+        <v>2541</v>
+      </c>
+      <c r="I137" t="s">
+        <v>2542</v>
+      </c>
+      <c r="J137" t="s">
+        <v>2543</v>
+      </c>
+      <c r="K137" t="s">
+        <v>2544</v>
+      </c>
+      <c r="L137" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M137" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N137" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O137" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P137" t="s">
+        <v>2545</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B138" t="s">
+        <v>2546</v>
+      </c>
+      <c r="C138" t="s">
+        <v>20</v>
+      </c>
+      <c r="D138" t="s">
+        <v>20</v>
+      </c>
+      <c r="E138" t="s">
+        <v>2547</v>
+      </c>
+      <c r="F138" t="s">
+        <v>20</v>
+      </c>
+      <c r="G138" t="s">
+        <v>2548</v>
+      </c>
+      <c r="H138" t="s">
+        <v>2549</v>
+      </c>
+      <c r="I138" t="s">
+        <v>2550</v>
+      </c>
+      <c r="J138" t="s">
+        <v>1784</v>
+      </c>
+      <c r="K138" t="s">
+        <v>1785</v>
+      </c>
+      <c r="L138" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M138" t="s">
+        <v>1680</v>
+      </c>
+      <c r="N138" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O138" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P138" t="s">
+        <v>2551</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B139" t="s">
+        <v>2552</v>
+      </c>
+      <c r="C139" t="s">
+        <v>20</v>
+      </c>
+      <c r="D139" t="s">
+        <v>20</v>
+      </c>
+      <c r="E139" t="s">
+        <v>2553</v>
+      </c>
+      <c r="F139" t="s">
+        <v>20</v>
+      </c>
+      <c r="G139" t="s">
+        <v>2554</v>
+      </c>
+      <c r="H139" t="s">
+        <v>2555</v>
+      </c>
+      <c r="I139" t="s">
+        <v>2556</v>
+      </c>
+      <c r="J139" t="s">
+        <v>1774</v>
+      </c>
+      <c r="K139" t="s">
+        <v>1775</v>
+      </c>
+      <c r="L139" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M139" t="s">
+        <v>1715</v>
+      </c>
+      <c r="N139" t="s">
+        <v>2557</v>
+      </c>
+      <c r="O139" t="s">
+        <v>2558</v>
+      </c>
+      <c r="P139" t="s">
+        <v>2559</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B140" t="s">
+        <v>2560</v>
+      </c>
+      <c r="C140" t="s">
+        <v>20</v>
+      </c>
+      <c r="D140" t="s">
+        <v>20</v>
+      </c>
+      <c r="E140" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F140" t="s">
+        <v>20</v>
+      </c>
+      <c r="G140" t="s">
+        <v>2562</v>
+      </c>
+      <c r="H140" t="s">
+        <v>2563</v>
+      </c>
+      <c r="I140" t="s">
+        <v>1731</v>
+      </c>
+      <c r="J140" t="s">
+        <v>20</v>
+      </c>
+      <c r="K140" t="s">
+        <v>1732</v>
+      </c>
+      <c r="L140" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M140" t="s">
+        <v>1680</v>
+      </c>
+      <c r="N140" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O140" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P140" t="s">
+        <v>2564</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B141" t="s">
+        <v>2565</v>
+      </c>
+      <c r="C141" t="s">
+        <v>20</v>
+      </c>
+      <c r="D141" t="s">
+        <v>20</v>
+      </c>
+      <c r="E141" t="s">
+        <v>2566</v>
+      </c>
+      <c r="F141" t="s">
+        <v>20</v>
+      </c>
+      <c r="G141" t="s">
+        <v>2567</v>
+      </c>
+      <c r="H141" t="s">
+        <v>2568</v>
+      </c>
+      <c r="I141" t="s">
+        <v>2569</v>
+      </c>
+      <c r="J141" t="s">
+        <v>2570</v>
+      </c>
+      <c r="K141" t="s">
+        <v>2571</v>
+      </c>
+      <c r="L141" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M141" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N141" t="s">
+        <v>2557</v>
+      </c>
+      <c r="O141" t="s">
+        <v>2558</v>
+      </c>
+      <c r="P141" t="s">
+        <v>2572</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B142" t="s">
+        <v>2573</v>
+      </c>
+      <c r="C142" t="s">
+        <v>20</v>
+      </c>
+      <c r="D142" t="s">
+        <v>20</v>
+      </c>
+      <c r="E142" t="s">
+        <v>2574</v>
+      </c>
+      <c r="F142" t="s">
+        <v>20</v>
+      </c>
+      <c r="G142" t="s">
+        <v>2575</v>
+      </c>
+      <c r="H142" t="s">
+        <v>2576</v>
+      </c>
+      <c r="I142" t="s">
+        <v>2577</v>
+      </c>
+      <c r="J142" t="s">
+        <v>1855</v>
+      </c>
+      <c r="K142" t="s">
+        <v>1856</v>
+      </c>
+      <c r="L142" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M142" t="s">
+        <v>1715</v>
+      </c>
+      <c r="N142" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O142" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P142" t="s">
+        <v>2578</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B143" t="s">
+        <v>2579</v>
+      </c>
+      <c r="C143" t="s">
+        <v>20</v>
+      </c>
+      <c r="D143" t="s">
+        <v>20</v>
+      </c>
+      <c r="E143" t="s">
+        <v>2574</v>
+      </c>
+      <c r="F143" t="s">
+        <v>20</v>
+      </c>
+      <c r="G143" t="s">
+        <v>2580</v>
+      </c>
+      <c r="H143" t="s">
+        <v>2581</v>
+      </c>
+      <c r="I143" t="s">
+        <v>2582</v>
+      </c>
+      <c r="J143" t="s">
+        <v>1855</v>
+      </c>
+      <c r="K143" t="s">
+        <v>1856</v>
+      </c>
+      <c r="L143" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M143" t="s">
+        <v>1715</v>
+      </c>
+      <c r="N143" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O143" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P143" t="s">
+        <v>2583</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B144" t="s">
+        <v>2584</v>
+      </c>
+      <c r="C144" t="s">
+        <v>20</v>
+      </c>
+      <c r="D144" t="s">
+        <v>20</v>
+      </c>
+      <c r="E144" t="s">
+        <v>2574</v>
+      </c>
+      <c r="F144" t="s">
+        <v>20</v>
+      </c>
+      <c r="G144" t="s">
+        <v>2585</v>
+      </c>
+      <c r="H144" t="s">
+        <v>2586</v>
+      </c>
+      <c r="I144" t="s">
+        <v>2582</v>
+      </c>
+      <c r="J144" t="s">
+        <v>1855</v>
+      </c>
+      <c r="K144" t="s">
+        <v>1856</v>
+      </c>
+      <c r="L144" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M144" t="s">
+        <v>1715</v>
+      </c>
+      <c r="N144" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O144" t="s">
+        <v>2587</v>
+      </c>
+      <c r="P144" t="s">
+        <v>2588</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B145" t="s">
+        <v>2589</v>
+      </c>
+      <c r="C145" t="s">
+        <v>20</v>
+      </c>
+      <c r="D145" t="s">
+        <v>20</v>
+      </c>
+      <c r="E145" t="s">
+        <v>2574</v>
+      </c>
+      <c r="F145" t="s">
+        <v>20</v>
+      </c>
+      <c r="G145" t="s">
+        <v>2590</v>
+      </c>
+      <c r="H145" t="s">
+        <v>2591</v>
+      </c>
+      <c r="I145" t="s">
+        <v>1791</v>
+      </c>
+      <c r="J145" t="s">
+        <v>20</v>
+      </c>
+      <c r="K145" t="s">
+        <v>1792</v>
+      </c>
+      <c r="L145" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M145" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N145" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O145" t="s">
+        <v>1841</v>
+      </c>
+      <c r="P145" t="s">
+        <v>2592</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B146" t="s">
+        <v>2593</v>
+      </c>
+      <c r="C146" t="s">
+        <v>20</v>
+      </c>
+      <c r="D146" t="s">
+        <v>20</v>
+      </c>
+      <c r="E146" t="s">
+        <v>2594</v>
+      </c>
+      <c r="F146" t="s">
+        <v>20</v>
+      </c>
+      <c r="G146" t="s">
+        <v>2595</v>
+      </c>
+      <c r="H146" t="s">
+        <v>2596</v>
+      </c>
+      <c r="I146" t="s">
+        <v>1834</v>
+      </c>
+      <c r="J146" t="s">
+        <v>20</v>
+      </c>
+      <c r="K146" t="s">
+        <v>1835</v>
+      </c>
+      <c r="L146" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M146" t="s">
+        <v>1715</v>
+      </c>
+      <c r="N146" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O146" t="s">
+        <v>1912</v>
+      </c>
+      <c r="P146" t="s">
+        <v>2597</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B147" t="s">
+        <v>2598</v>
+      </c>
+      <c r="C147" t="s">
+        <v>20</v>
+      </c>
+      <c r="D147" t="s">
+        <v>20</v>
+      </c>
+      <c r="E147" t="s">
+        <v>2599</v>
+      </c>
+      <c r="F147" t="s">
+        <v>20</v>
+      </c>
+      <c r="G147" t="s">
+        <v>2600</v>
+      </c>
+      <c r="H147" t="s">
+        <v>2601</v>
+      </c>
+      <c r="I147" t="s">
+        <v>2602</v>
+      </c>
+      <c r="J147" t="s">
+        <v>2603</v>
+      </c>
+      <c r="K147" t="s">
+        <v>2604</v>
+      </c>
+      <c r="L147" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M147" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N147" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O147" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P147" t="s">
+        <v>2605</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B148" t="s">
+        <v>2606</v>
+      </c>
+      <c r="C148" t="s">
+        <v>20</v>
+      </c>
+      <c r="D148" t="s">
+        <v>20</v>
+      </c>
+      <c r="E148" t="s">
+        <v>2607</v>
+      </c>
+      <c r="F148" t="s">
+        <v>20</v>
+      </c>
+      <c r="G148" t="s">
+        <v>2608</v>
+      </c>
+      <c r="H148" t="s">
+        <v>2609</v>
+      </c>
+      <c r="I148" t="s">
+        <v>2610</v>
+      </c>
+      <c r="J148" t="s">
+        <v>2611</v>
+      </c>
+      <c r="K148" t="s">
+        <v>2612</v>
+      </c>
+      <c r="L148" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M148" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N148" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O148" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P148" t="s">
+        <v>2613</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B149" t="s">
+        <v>2614</v>
+      </c>
+      <c r="C149" t="s">
+        <v>20</v>
+      </c>
+      <c r="D149" t="s">
+        <v>20</v>
+      </c>
+      <c r="E149" t="s">
+        <v>2615</v>
+      </c>
+      <c r="F149" t="s">
+        <v>20</v>
+      </c>
+      <c r="G149" t="s">
+        <v>2616</v>
+      </c>
+      <c r="H149" t="s">
+        <v>2617</v>
+      </c>
+      <c r="I149" t="s">
+        <v>2618</v>
+      </c>
+      <c r="J149" t="s">
+        <v>20</v>
+      </c>
+      <c r="K149" t="s">
+        <v>2619</v>
+      </c>
+      <c r="L149" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M149" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N149" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O149" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P149" t="s">
+        <v>2620</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B150" t="s">
+        <v>2621</v>
+      </c>
+      <c r="C150" t="s">
+        <v>20</v>
+      </c>
+      <c r="D150" t="s">
+        <v>20</v>
+      </c>
+      <c r="E150" t="s">
+        <v>2615</v>
+      </c>
+      <c r="F150" t="s">
+        <v>20</v>
+      </c>
+      <c r="G150" t="s">
+        <v>2622</v>
+      </c>
+      <c r="H150" t="s">
+        <v>2623</v>
+      </c>
+      <c r="I150" t="s">
+        <v>2624</v>
+      </c>
+      <c r="J150" t="s">
+        <v>2625</v>
+      </c>
+      <c r="K150" t="s">
+        <v>2626</v>
+      </c>
+      <c r="L150" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M150" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N150" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O150" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P150" t="s">
+        <v>2627</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B151" t="s">
+        <v>2628</v>
+      </c>
+      <c r="C151" t="s">
+        <v>20</v>
+      </c>
+      <c r="D151" t="s">
+        <v>20</v>
+      </c>
+      <c r="E151" t="s">
+        <v>2629</v>
+      </c>
+      <c r="F151" t="s">
+        <v>20</v>
+      </c>
+      <c r="G151" t="s">
+        <v>2630</v>
+      </c>
+      <c r="H151" t="s">
+        <v>2631</v>
+      </c>
+      <c r="I151" t="s">
+        <v>2632</v>
+      </c>
+      <c r="J151" t="s">
+        <v>1722</v>
+      </c>
+      <c r="K151" t="s">
+        <v>1723</v>
+      </c>
+      <c r="L151" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M151" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N151" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O151" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P151" t="s">
+        <v>2633</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B152" t="s">
+        <v>2634</v>
+      </c>
+      <c r="C152" t="s">
+        <v>20</v>
+      </c>
+      <c r="D152" t="s">
+        <v>20</v>
+      </c>
+      <c r="E152" t="s">
+        <v>2635</v>
+      </c>
+      <c r="F152" t="s">
+        <v>20</v>
+      </c>
+      <c r="G152" t="s">
+        <v>2636</v>
+      </c>
+      <c r="H152" t="s">
+        <v>2637</v>
+      </c>
+      <c r="I152" t="s">
+        <v>1870</v>
+      </c>
+      <c r="J152" t="s">
+        <v>20</v>
+      </c>
+      <c r="K152" t="s">
+        <v>186</v>
+      </c>
+      <c r="L152" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M152" t="s">
+        <v>1715</v>
+      </c>
+      <c r="N152" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O152" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P152" t="s">
+        <v>2638</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B153" t="s">
+        <v>2639</v>
+      </c>
+      <c r="C153" t="s">
+        <v>20</v>
+      </c>
+      <c r="D153" t="s">
+        <v>20</v>
+      </c>
+      <c r="E153" t="s">
+        <v>2635</v>
+      </c>
+      <c r="F153" t="s">
+        <v>20</v>
+      </c>
+      <c r="G153" t="s">
+        <v>2640</v>
+      </c>
+      <c r="H153" t="s">
+        <v>2641</v>
+      </c>
+      <c r="I153" t="s">
+        <v>2642</v>
+      </c>
+      <c r="J153" t="s">
+        <v>2643</v>
+      </c>
+      <c r="K153" t="s">
+        <v>2644</v>
+      </c>
+      <c r="L153" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M153" t="s">
+        <v>1715</v>
+      </c>
+      <c r="N153" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O153" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P153" t="s">
+        <v>2645</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B154" t="s">
+        <v>2646</v>
+      </c>
+      <c r="C154" t="s">
+        <v>20</v>
+      </c>
+      <c r="D154" t="s">
+        <v>20</v>
+      </c>
+      <c r="E154" t="s">
+        <v>2647</v>
+      </c>
+      <c r="F154" t="s">
+        <v>20</v>
+      </c>
+      <c r="G154" t="s">
+        <v>2648</v>
+      </c>
+      <c r="H154" t="s">
+        <v>2649</v>
+      </c>
+      <c r="I154" t="s">
+        <v>2650</v>
+      </c>
+      <c r="J154" t="s">
+        <v>20</v>
+      </c>
+      <c r="K154" t="s">
+        <v>186</v>
+      </c>
+      <c r="L154" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M154" t="s">
+        <v>1715</v>
+      </c>
+      <c r="N154" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O154" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P154" t="s">
+        <v>2651</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B155" t="s">
+        <v>2652</v>
+      </c>
+      <c r="C155" t="s">
+        <v>20</v>
+      </c>
+      <c r="D155" t="s">
+        <v>20</v>
+      </c>
+      <c r="E155" t="s">
+        <v>2653</v>
+      </c>
+      <c r="F155" t="s">
+        <v>20</v>
+      </c>
+      <c r="G155" t="s">
+        <v>2654</v>
+      </c>
+      <c r="H155" t="s">
+        <v>2655</v>
+      </c>
+      <c r="I155" t="s">
+        <v>2656</v>
+      </c>
+      <c r="J155" t="s">
+        <v>2657</v>
+      </c>
+      <c r="K155" t="s">
+        <v>2658</v>
+      </c>
+      <c r="L155" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M155" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N155" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O155" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P155" t="s">
+        <v>2659</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B156" t="s">
+        <v>2660</v>
+      </c>
+      <c r="C156" t="s">
+        <v>20</v>
+      </c>
+      <c r="D156" t="s">
+        <v>20</v>
+      </c>
+      <c r="E156" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F156" t="s">
+        <v>20</v>
+      </c>
+      <c r="G156" t="s">
+        <v>2662</v>
+      </c>
+      <c r="H156" t="s">
+        <v>2663</v>
+      </c>
+      <c r="I156" t="s">
+        <v>2664</v>
+      </c>
+      <c r="J156" t="s">
+        <v>1774</v>
+      </c>
+      <c r="K156" t="s">
+        <v>1775</v>
+      </c>
+      <c r="L156" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M156" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N156" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O156" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P156" t="s">
+        <v>2665</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B157" t="s">
+        <v>2666</v>
+      </c>
+      <c r="C157" t="s">
+        <v>20</v>
+      </c>
+      <c r="D157" t="s">
+        <v>20</v>
+      </c>
+      <c r="E157" t="s">
+        <v>2667</v>
+      </c>
+      <c r="F157" t="s">
+        <v>20</v>
+      </c>
+      <c r="G157" t="s">
+        <v>2668</v>
+      </c>
+      <c r="H157" t="s">
+        <v>2669</v>
+      </c>
+      <c r="I157" t="s">
+        <v>2670</v>
+      </c>
+      <c r="J157" t="s">
+        <v>1679</v>
+      </c>
+      <c r="K157" t="s">
+        <v>55</v>
+      </c>
+      <c r="L157" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M157" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N157" t="s">
+        <v>2005</v>
+      </c>
+      <c r="O157" t="s">
+        <v>2367</v>
+      </c>
+      <c r="P157" t="s">
+        <v>2671</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B158" t="s">
+        <v>2672</v>
+      </c>
+      <c r="C158" t="s">
+        <v>20</v>
+      </c>
+      <c r="D158" t="s">
+        <v>20</v>
+      </c>
+      <c r="E158" t="s">
+        <v>2667</v>
+      </c>
+      <c r="F158" t="s">
+        <v>20</v>
+      </c>
+      <c r="G158" t="s">
+        <v>2673</v>
+      </c>
+      <c r="H158" t="s">
+        <v>2674</v>
+      </c>
+      <c r="I158" t="s">
+        <v>2675</v>
+      </c>
+      <c r="J158" t="s">
+        <v>20</v>
+      </c>
+      <c r="K158" t="s">
+        <v>2676</v>
+      </c>
+      <c r="L158" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M158" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N158" t="s">
+        <v>2339</v>
+      </c>
+      <c r="O158" t="s">
+        <v>1706</v>
+      </c>
+      <c r="P158" t="s">
+        <v>2677</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B159" t="s">
+        <v>2678</v>
+      </c>
+      <c r="C159" t="s">
+        <v>20</v>
+      </c>
+      <c r="D159" t="s">
+        <v>20</v>
+      </c>
+      <c r="E159" t="s">
+        <v>2679</v>
+      </c>
+      <c r="F159" t="s">
+        <v>20</v>
+      </c>
+      <c r="G159" t="s">
+        <v>2680</v>
+      </c>
+      <c r="H159" t="s">
+        <v>2681</v>
+      </c>
+      <c r="I159" t="s">
+        <v>2682</v>
+      </c>
+      <c r="J159" t="s">
+        <v>2570</v>
+      </c>
+      <c r="K159" t="s">
+        <v>2571</v>
+      </c>
+      <c r="L159" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M159" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N159" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O159" t="s">
+        <v>2587</v>
+      </c>
+      <c r="P159" t="s">
+        <v>2683</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B160" t="s">
+        <v>2684</v>
+      </c>
+      <c r="C160" t="s">
+        <v>20</v>
+      </c>
+      <c r="D160" t="s">
+        <v>20</v>
+      </c>
+      <c r="E160" t="s">
+        <v>2679</v>
+      </c>
+      <c r="F160" t="s">
+        <v>20</v>
+      </c>
+      <c r="G160" t="s">
+        <v>2685</v>
+      </c>
+      <c r="H160" t="s">
+        <v>2686</v>
+      </c>
+      <c r="I160" t="s">
+        <v>2687</v>
+      </c>
+      <c r="J160" t="s">
+        <v>2076</v>
+      </c>
+      <c r="K160" t="s">
+        <v>2077</v>
+      </c>
+      <c r="L160" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M160" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N160" t="s">
+        <v>1645</v>
+      </c>
+      <c r="O160" t="s">
+        <v>1646</v>
+      </c>
+      <c r="P160" t="s">
+        <v>2688</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B161" t="s">
+        <v>2689</v>
+      </c>
+      <c r="C161" t="s">
+        <v>20</v>
+      </c>
+      <c r="D161" t="s">
+        <v>20</v>
+      </c>
+      <c r="E161" t="s">
+        <v>2690</v>
+      </c>
+      <c r="F161" t="s">
+        <v>20</v>
+      </c>
+      <c r="G161" t="s">
+        <v>2691</v>
+      </c>
+      <c r="H161" t="s">
+        <v>2692</v>
+      </c>
+      <c r="I161" t="s">
+        <v>2693</v>
+      </c>
+      <c r="J161" t="s">
+        <v>1855</v>
+      </c>
+      <c r="K161" t="s">
+        <v>1856</v>
+      </c>
+      <c r="L161" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M161" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N161" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O161" t="s">
+        <v>1761</v>
+      </c>
+      <c r="P161" t="s">
+        <v>2694</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>13</v>
+      </c>
+      <c r="J1" t="s">
+        <v>14</v>
+      </c>
+      <c r="K1" t="s">
+        <v>2695</v>
+      </c>
+      <c r="L1" t="s">
+        <v>2696</v>
+      </c>
+      <c r="M1" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2697</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2698</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2699</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2700</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2701</v>
+      </c>
+      <c r="I2" t="s">
+        <v>2702</v>
+      </c>
+      <c r="J2" t="s">
+        <v>127</v>
+      </c>
+      <c r="K2" t="s">
+        <v>1643</v>
+      </c>
+      <c r="L2" t="s">
+        <v>130</v>
+      </c>
+      <c r="M2" t="s">
+        <v>2703</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2697</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2704</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2705</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2706</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2707</v>
+      </c>
+      <c r="I3" t="s">
+        <v>2708</v>
+      </c>
+      <c r="J3" t="s">
+        <v>28</v>
+      </c>
+      <c r="K3" t="s">
+        <v>1643</v>
+      </c>
+      <c r="L3" t="s">
+        <v>31</v>
+      </c>
+      <c r="M3" t="s">
+        <v>2709</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2697</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2710</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2711</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2712</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2713</v>
+      </c>
+      <c r="I4" t="s">
+        <v>2714</v>
+      </c>
+      <c r="J4" t="s">
+        <v>28</v>
+      </c>
+      <c r="K4" t="s">
+        <v>1643</v>
+      </c>
+      <c r="L4" t="s">
+        <v>31</v>
+      </c>
+      <c r="M4" t="s">
+        <v>2715</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2697</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2716</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2718</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2719</v>
+      </c>
+      <c r="I5" t="s">
+        <v>2720</v>
+      </c>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
+        <v>1643</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>2721</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2697</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2722</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>592</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2723</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2724</v>
+      </c>
+      <c r="I6" t="s">
+        <v>2725</v>
+      </c>
+      <c r="J6" t="s">
+        <v>377</v>
+      </c>
+      <c r="K6" t="s">
+        <v>1643</v>
+      </c>
+      <c r="L6" t="s">
+        <v>379</v>
+      </c>
+      <c r="M6" t="s">
+        <v>2726</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2697</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2727</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2728</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2729</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2730</v>
+      </c>
+      <c r="I7" t="s">
+        <v>2731</v>
+      </c>
+      <c r="J7" t="s">
+        <v>575</v>
+      </c>
+      <c r="K7" t="s">
+        <v>1643</v>
+      </c>
+      <c r="L7" t="s">
+        <v>577</v>
+      </c>
+      <c r="M7" t="s">
+        <v>2732</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2697</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2733</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2734</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2735</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2736</v>
+      </c>
+      <c r="I8" t="s">
+        <v>2737</v>
+      </c>
+      <c r="J8" t="s">
+        <v>88</v>
+      </c>
+      <c r="K8" t="s">
+        <v>1643</v>
+      </c>
+      <c r="L8" t="s">
+        <v>91</v>
+      </c>
+      <c r="M8" t="s">
+        <v>2738</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2697</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2704</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2739</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2740</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2741</v>
+      </c>
+      <c r="I9" t="s">
+        <v>2742</v>
+      </c>
+      <c r="J9" t="s">
+        <v>28</v>
+      </c>
+      <c r="K9" t="s">
+        <v>1643</v>
+      </c>
+      <c r="L9" t="s">
+        <v>31</v>
+      </c>
+      <c r="M9" t="s">
+        <v>2743</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2697</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2744</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2745</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2746</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2747</v>
+      </c>
+      <c r="I10" t="s">
+        <v>2748</v>
+      </c>
+      <c r="J10" t="s">
+        <v>78</v>
+      </c>
+      <c r="K10" t="s">
+        <v>1643</v>
+      </c>
+      <c r="L10" t="s">
+        <v>81</v>
+      </c>
+      <c r="M10" t="s">
+        <v>2749</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:M1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T61"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>2750</v>
+      </c>
+      <c r="J1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="K1" t="s">
+        <v>2751</v>
+      </c>
+      <c r="L1" t="s">
+        <v>1629</v>
+      </c>
+      <c r="M1" t="s">
+        <v>1630</v>
+      </c>
+      <c r="N1" t="s">
+        <v>2752</v>
+      </c>
+      <c r="O1" t="s">
+        <v>2753</v>
+      </c>
+      <c r="P1" t="s">
+        <v>2754</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>2755</v>
+      </c>
+      <c r="R1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="S1" t="s">
+        <v>2756</v>
+      </c>
+      <c r="T1" t="s">
+        <v>2757</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2759</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2760</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2761</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2762</v>
+      </c>
+      <c r="I2" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J2" t="s">
+        <v>2764</v>
+      </c>
+      <c r="K2" t="s">
+        <v>2765</v>
+      </c>
+      <c r="L2" t="s">
+        <v>2766</v>
+      </c>
+      <c r="M2" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N2" t="s">
+        <v>2767</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>2768</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>2769</v>
+      </c>
+      <c r="R2" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S2" t="s">
+        <v>2770</v>
+      </c>
+      <c r="T2" t="s">
+        <v>2771</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2772</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2760</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2773</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2774</v>
+      </c>
+      <c r="I3" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J3" t="s">
+        <v>2775</v>
+      </c>
+      <c r="K3" t="s">
+        <v>2776</v>
+      </c>
+      <c r="L3" t="s">
+        <v>1821</v>
+      </c>
+      <c r="M3" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N3" t="s">
+        <v>2767</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>2768</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>2777</v>
+      </c>
+      <c r="R3" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S3" t="s">
+        <v>2778</v>
+      </c>
+      <c r="T3" t="s">
+        <v>2771</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2779</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2760</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2780</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2781</v>
+      </c>
+      <c r="I4" t="s">
+        <v>2782</v>
+      </c>
+      <c r="J4" t="s">
+        <v>2764</v>
+      </c>
+      <c r="K4" t="s">
+        <v>2765</v>
+      </c>
+      <c r="L4" t="s">
+        <v>2766</v>
+      </c>
+      <c r="M4" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N4" t="s">
+        <v>2767</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>1715</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>2783</v>
+      </c>
+      <c r="R4" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S4" t="s">
+        <v>2784</v>
+      </c>
+      <c r="T4" t="s">
+        <v>2771</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2785</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2760</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2786</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2787</v>
+      </c>
+      <c r="I5" t="s">
+        <v>2782</v>
+      </c>
+      <c r="J5" t="s">
+        <v>2775</v>
+      </c>
+      <c r="K5" t="s">
+        <v>1820</v>
+      </c>
+      <c r="L5" t="s">
+        <v>1821</v>
+      </c>
+      <c r="M5" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N5" t="s">
+        <v>2767</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>1715</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>2783</v>
+      </c>
+      <c r="R5" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S5" t="s">
+        <v>2788</v>
+      </c>
+      <c r="T5" t="s">
+        <v>2771</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2789</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2790</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2791</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2792</v>
+      </c>
+      <c r="I6" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J6" t="s">
+        <v>20</v>
+      </c>
+      <c r="K6" t="s">
+        <v>1847</v>
+      </c>
+      <c r="L6" t="s">
+        <v>1848</v>
+      </c>
+      <c r="M6" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N6" t="s">
+        <v>2793</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>1644</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>2769</v>
+      </c>
+      <c r="R6" t="s">
+        <v>1644</v>
+      </c>
+      <c r="S6" t="s">
+        <v>2794</v>
+      </c>
+      <c r="T6" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2796</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2797</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2798</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="I7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="J7" t="s">
+        <v>2801</v>
+      </c>
+      <c r="K7" t="s">
+        <v>1697</v>
+      </c>
+      <c r="L7" t="s">
+        <v>1698</v>
+      </c>
+      <c r="M7" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N7" t="s">
+        <v>2802</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>1644</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>2777</v>
+      </c>
+      <c r="R7" t="s">
+        <v>1644</v>
+      </c>
+      <c r="S7" t="s">
+        <v>2803</v>
+      </c>
+      <c r="T7" t="s">
+        <v>2804</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B8" t="s">
+        <v>28</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2805</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2806</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2807</v>
+      </c>
+      <c r="I8" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K8" t="s">
+        <v>2178</v>
+      </c>
+      <c r="L8" t="s">
+        <v>30</v>
+      </c>
+      <c r="M8" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N8" t="s">
+        <v>2808</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>2809</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>2810</v>
+      </c>
+      <c r="R8" t="s">
+        <v>2809</v>
+      </c>
+      <c r="S8" t="s">
+        <v>31</v>
+      </c>
+      <c r="T8" t="s">
+        <v>2811</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2812</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2813</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2814</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2815</v>
+      </c>
+      <c r="I9" t="s">
+        <v>2800</v>
+      </c>
+      <c r="J9" t="s">
+        <v>2816</v>
+      </c>
+      <c r="K9" t="s">
+        <v>2012</v>
+      </c>
+      <c r="L9" t="s">
+        <v>55</v>
+      </c>
+      <c r="M9" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N9" t="s">
+        <v>2817</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>2768</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>2818</v>
+      </c>
+      <c r="R9" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S9" t="s">
+        <v>56</v>
+      </c>
+      <c r="T9" t="s">
+        <v>2819</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2820</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2821</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2822</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2823</v>
+      </c>
+      <c r="I10" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J10" t="s">
+        <v>20</v>
+      </c>
+      <c r="K10" t="s">
+        <v>2824</v>
+      </c>
+      <c r="L10" t="s">
+        <v>30</v>
+      </c>
+      <c r="M10" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N10" t="s">
+        <v>2825</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>1644</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>2769</v>
+      </c>
+      <c r="R10" t="s">
+        <v>1644</v>
+      </c>
+      <c r="S10" t="s">
+        <v>2826</v>
+      </c>
+      <c r="T10" t="s">
+        <v>2804</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2827</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2828</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2829</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2830</v>
+      </c>
+      <c r="I11" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J11" t="s">
+        <v>20</v>
+      </c>
+      <c r="K11" t="s">
+        <v>1834</v>
+      </c>
+      <c r="L11" t="s">
+        <v>1835</v>
+      </c>
+      <c r="M11" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N11" t="s">
+        <v>2831</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>1715</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>2832</v>
+      </c>
+      <c r="R11" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S11" t="s">
+        <v>2833</v>
+      </c>
+      <c r="T11" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2834</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2835</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2836</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2837</v>
+      </c>
+      <c r="I12" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J12" t="s">
+        <v>2838</v>
+      </c>
+      <c r="K12" t="s">
+        <v>2839</v>
+      </c>
+      <c r="L12" t="s">
+        <v>30</v>
+      </c>
+      <c r="M12" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N12" t="s">
+        <v>2840</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>2768</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>2769</v>
+      </c>
+      <c r="R12" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S12" t="s">
+        <v>2841</v>
+      </c>
+      <c r="T12" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2842</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2843</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2844</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2845</v>
+      </c>
+      <c r="I13" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J13" t="s">
+        <v>2846</v>
+      </c>
+      <c r="K13" t="s">
+        <v>2847</v>
+      </c>
+      <c r="L13" t="s">
+        <v>2120</v>
+      </c>
+      <c r="M13" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N13" t="s">
+        <v>2848</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>2768</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>2849</v>
+      </c>
+      <c r="R13" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S13" t="s">
+        <v>2850</v>
+      </c>
+      <c r="T13" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2851</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2852</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2853</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2854</v>
+      </c>
+      <c r="I14" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J14" t="s">
+        <v>2855</v>
+      </c>
+      <c r="K14" t="s">
+        <v>1870</v>
+      </c>
+      <c r="L14" t="s">
+        <v>186</v>
+      </c>
+      <c r="M14" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N14" t="s">
+        <v>2856</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>2809</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>2857</v>
+      </c>
+      <c r="R14" t="s">
+        <v>2809</v>
+      </c>
+      <c r="S14" t="s">
+        <v>187</v>
+      </c>
+      <c r="T14" t="s">
+        <v>2858</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B15" t="s">
+        <v>43</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2859</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2860</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2861</v>
+      </c>
+      <c r="I15" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J15" t="s">
+        <v>2862</v>
+      </c>
+      <c r="K15" t="s">
+        <v>2863</v>
+      </c>
+      <c r="L15" t="s">
+        <v>30</v>
+      </c>
+      <c r="M15" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N15" t="s">
+        <v>2864</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>2809</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>2865</v>
+      </c>
+      <c r="R15" t="s">
+        <v>2809</v>
+      </c>
+      <c r="S15" t="s">
+        <v>45</v>
+      </c>
+      <c r="T15" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2866</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2867</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2868</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2869</v>
+      </c>
+      <c r="I16" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J16" t="s">
+        <v>2870</v>
+      </c>
+      <c r="K16" t="s">
+        <v>2499</v>
+      </c>
+      <c r="L16" t="s">
+        <v>2500</v>
+      </c>
+      <c r="M16" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N16" t="s">
+        <v>2871</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>2768</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>2769</v>
+      </c>
+      <c r="R16" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S16" t="s">
+        <v>2872</v>
+      </c>
+      <c r="T16" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2873</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2874</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2875</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2876</v>
+      </c>
+      <c r="I17" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J17" t="s">
+        <v>20</v>
+      </c>
+      <c r="K17" t="s">
+        <v>2315</v>
+      </c>
+      <c r="L17" t="s">
+        <v>2316</v>
+      </c>
+      <c r="M17" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N17" t="s">
+        <v>2877</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>2768</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>2777</v>
+      </c>
+      <c r="R17" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S17" t="s">
+        <v>2878</v>
+      </c>
+      <c r="T17" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2879</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2880</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2881</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2882</v>
+      </c>
+      <c r="I18" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J18" t="s">
+        <v>2883</v>
+      </c>
+      <c r="K18" t="s">
+        <v>1774</v>
+      </c>
+      <c r="L18" t="s">
+        <v>1775</v>
+      </c>
+      <c r="M18" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N18" t="s">
+        <v>2884</v>
+      </c>
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>1644</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>2769</v>
+      </c>
+      <c r="R18" t="s">
+        <v>1644</v>
+      </c>
+      <c r="S18" t="s">
+        <v>2885</v>
+      </c>
+      <c r="T18" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2886</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2887</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2888</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2889</v>
+      </c>
+      <c r="I19" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J19" t="s">
+        <v>2890</v>
+      </c>
+      <c r="K19" t="s">
+        <v>2891</v>
+      </c>
+      <c r="L19" t="s">
+        <v>80</v>
+      </c>
+      <c r="M19" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N19" t="s">
+        <v>2892</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
+        <v>2809</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>2769</v>
+      </c>
+      <c r="R19" t="s">
+        <v>2809</v>
+      </c>
+      <c r="S19" t="s">
+        <v>2893</v>
+      </c>
+      <c r="T19" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2894</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2895</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2896</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2897</v>
+      </c>
+      <c r="I20" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J20" t="s">
+        <v>20</v>
+      </c>
+      <c r="K20" t="s">
+        <v>1731</v>
+      </c>
+      <c r="L20" t="s">
+        <v>1732</v>
+      </c>
+      <c r="M20" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N20" t="s">
+        <v>20</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
+        <v>1644</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>2769</v>
+      </c>
+      <c r="R20" t="s">
+        <v>1644</v>
+      </c>
+      <c r="S20" t="s">
+        <v>2898</v>
+      </c>
+      <c r="T20" t="s">
+        <v>2858</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2899</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2900</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2901</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2902</v>
+      </c>
+      <c r="I21" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J21" t="s">
+        <v>20</v>
+      </c>
+      <c r="K21" t="s">
+        <v>2455</v>
+      </c>
+      <c r="L21" t="s">
+        <v>1955</v>
+      </c>
+      <c r="M21" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N21" t="s">
+        <v>2903</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>2768</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>2777</v>
+      </c>
+      <c r="R21" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S21" t="s">
+        <v>2904</v>
+      </c>
+      <c r="T21" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B22" t="s">
+        <v>2905</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2900</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>2906</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2907</v>
+      </c>
+      <c r="I22" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J22" t="s">
+        <v>20</v>
+      </c>
+      <c r="K22" t="s">
+        <v>2908</v>
+      </c>
+      <c r="L22" t="s">
+        <v>2909</v>
+      </c>
+      <c r="M22" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N22" t="s">
+        <v>2910</v>
+      </c>
+      <c r="O22" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" t="s">
+        <v>2768</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>2769</v>
+      </c>
+      <c r="R22" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S22" t="s">
+        <v>2911</v>
+      </c>
+      <c r="T22" t="s">
+        <v>2819</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B23" t="s">
+        <v>2912</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2867</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>2913</v>
+      </c>
+      <c r="H23" t="s">
+        <v>2914</v>
+      </c>
+      <c r="I23" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J23" t="s">
+        <v>20</v>
+      </c>
+      <c r="K23" t="s">
+        <v>2093</v>
+      </c>
+      <c r="L23" t="s">
+        <v>2094</v>
+      </c>
+      <c r="M23" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N23" t="s">
+        <v>2915</v>
+      </c>
+      <c r="O23" t="s">
+        <v>20</v>
+      </c>
+      <c r="P23" t="s">
+        <v>2768</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>2769</v>
+      </c>
+      <c r="R23" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S23" t="s">
+        <v>2916</v>
+      </c>
+      <c r="T23" t="s">
+        <v>2819</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B24" t="s">
+        <v>2917</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>2867</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>2918</v>
+      </c>
+      <c r="H24" t="s">
+        <v>2919</v>
+      </c>
+      <c r="I24" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J24" t="s">
+        <v>2920</v>
+      </c>
+      <c r="K24" t="s">
+        <v>1784</v>
+      </c>
+      <c r="L24" t="s">
+        <v>1785</v>
+      </c>
+      <c r="M24" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N24" t="s">
+        <v>2921</v>
+      </c>
+      <c r="O24" t="s">
+        <v>20</v>
+      </c>
+      <c r="P24" t="s">
+        <v>2768</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>2922</v>
+      </c>
+      <c r="R24" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S24" t="s">
+        <v>2923</v>
+      </c>
+      <c r="T24" t="s">
+        <v>2819</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B25" t="s">
+        <v>163</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>2924</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>2925</v>
+      </c>
+      <c r="H25" t="s">
+        <v>2926</v>
+      </c>
+      <c r="I25" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J25" t="s">
+        <v>2927</v>
+      </c>
+      <c r="K25" t="s">
+        <v>2928</v>
+      </c>
+      <c r="L25" t="s">
+        <v>55</v>
+      </c>
+      <c r="M25" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N25" t="s">
+        <v>2929</v>
+      </c>
+      <c r="O25" t="s">
+        <v>20</v>
+      </c>
+      <c r="P25" t="s">
+        <v>2809</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>2930</v>
+      </c>
+      <c r="R25" t="s">
+        <v>2809</v>
+      </c>
+      <c r="S25" t="s">
+        <v>165</v>
+      </c>
+      <c r="T25" t="s">
+        <v>2804</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B26" t="s">
+        <v>2931</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>2932</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>2933</v>
+      </c>
+      <c r="H26" t="s">
+        <v>2934</v>
+      </c>
+      <c r="I26" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J26" t="s">
+        <v>2935</v>
+      </c>
+      <c r="K26" t="s">
+        <v>2936</v>
+      </c>
+      <c r="L26" t="s">
+        <v>1775</v>
+      </c>
+      <c r="M26" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N26" t="s">
+        <v>2937</v>
+      </c>
+      <c r="O26" t="s">
+        <v>20</v>
+      </c>
+      <c r="P26" t="s">
+        <v>1715</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>2832</v>
+      </c>
+      <c r="R26" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S26" t="s">
+        <v>2938</v>
+      </c>
+      <c r="T26" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B27" t="s">
+        <v>2939</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>2940</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>2941</v>
+      </c>
+      <c r="H27" t="s">
+        <v>2942</v>
+      </c>
+      <c r="I27" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J27" t="s">
+        <v>2534</v>
+      </c>
+      <c r="K27" t="s">
+        <v>2943</v>
+      </c>
+      <c r="L27" t="s">
+        <v>2536</v>
+      </c>
+      <c r="M27" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N27" t="s">
+        <v>2944</v>
+      </c>
+      <c r="O27" t="s">
+        <v>20</v>
+      </c>
+      <c r="P27" t="s">
+        <v>2768</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>2769</v>
+      </c>
+      <c r="R27" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S27" t="s">
+        <v>2945</v>
+      </c>
+      <c r="T27" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B28" t="s">
+        <v>2946</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>2947</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>2948</v>
+      </c>
+      <c r="H28" t="s">
+        <v>2949</v>
+      </c>
+      <c r="I28" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J28" t="s">
+        <v>2950</v>
+      </c>
+      <c r="K28" t="s">
+        <v>1689</v>
+      </c>
+      <c r="L28" t="s">
+        <v>1690</v>
+      </c>
+      <c r="M28" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N28" t="s">
+        <v>2951</v>
+      </c>
+      <c r="O28" t="s">
+        <v>20</v>
+      </c>
+      <c r="P28" t="s">
+        <v>2768</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>2769</v>
+      </c>
+      <c r="R28" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S28" t="s">
+        <v>2952</v>
+      </c>
+      <c r="T28" t="s">
+        <v>2858</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B29" t="s">
+        <v>2953</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>2813</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>2954</v>
+      </c>
+      <c r="H29" t="s">
+        <v>2955</v>
+      </c>
+      <c r="I29" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J29" t="s">
+        <v>2956</v>
+      </c>
+      <c r="K29" t="s">
+        <v>1679</v>
+      </c>
+      <c r="L29" t="s">
+        <v>55</v>
+      </c>
+      <c r="M29" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N29" t="s">
+        <v>2957</v>
+      </c>
+      <c r="O29" t="s">
+        <v>20</v>
+      </c>
+      <c r="P29" t="s">
+        <v>2768</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>2958</v>
+      </c>
+      <c r="R29" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S29" t="s">
+        <v>2959</v>
+      </c>
+      <c r="T29" t="s">
+        <v>2819</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B30" t="s">
+        <v>2960</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>2961</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>2962</v>
+      </c>
+      <c r="H30" t="s">
+        <v>2963</v>
+      </c>
+      <c r="I30" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J30" t="s">
+        <v>2964</v>
+      </c>
+      <c r="K30" t="s">
+        <v>1784</v>
+      </c>
+      <c r="L30" t="s">
+        <v>1785</v>
+      </c>
+      <c r="M30" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N30" t="s">
+        <v>2965</v>
+      </c>
+      <c r="O30" t="s">
+        <v>20</v>
+      </c>
+      <c r="P30" t="s">
+        <v>2809</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>2832</v>
+      </c>
+      <c r="R30" t="s">
+        <v>2809</v>
+      </c>
+      <c r="S30" t="s">
+        <v>2966</v>
+      </c>
+      <c r="T30" t="s">
+        <v>2804</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B31" t="s">
+        <v>2967</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>2968</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>2969</v>
+      </c>
+      <c r="H31" t="s">
+        <v>2970</v>
+      </c>
+      <c r="I31" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J31" t="s">
+        <v>20</v>
+      </c>
+      <c r="K31" t="s">
+        <v>1722</v>
+      </c>
+      <c r="L31" t="s">
+        <v>1723</v>
+      </c>
+      <c r="M31" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N31" t="s">
+        <v>2971</v>
+      </c>
+      <c r="O31" t="s">
+        <v>20</v>
+      </c>
+      <c r="P31" t="s">
+        <v>1644</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>2769</v>
+      </c>
+      <c r="R31" t="s">
+        <v>1644</v>
+      </c>
+      <c r="S31" t="s">
+        <v>2972</v>
+      </c>
+      <c r="T31" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B32" t="s">
+        <v>2973</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>2843</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>2974</v>
+      </c>
+      <c r="H32" t="s">
+        <v>2975</v>
+      </c>
+      <c r="I32" t="s">
+        <v>2782</v>
+      </c>
+      <c r="J32" t="s">
+        <v>2846</v>
+      </c>
+      <c r="K32" t="s">
+        <v>1799</v>
+      </c>
+      <c r="L32" t="s">
+        <v>1800</v>
+      </c>
+      <c r="M32" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N32" t="s">
+        <v>2976</v>
+      </c>
+      <c r="O32" t="s">
+        <v>20</v>
+      </c>
+      <c r="P32" t="s">
+        <v>1715</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>2783</v>
+      </c>
+      <c r="R32" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S32" t="s">
+        <v>2977</v>
+      </c>
+      <c r="T32" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B33" t="s">
+        <v>2978</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>2874</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>2979</v>
+      </c>
+      <c r="H33" t="s">
+        <v>2980</v>
+      </c>
+      <c r="I33" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J33" t="s">
+        <v>20</v>
+      </c>
+      <c r="K33" t="s">
+        <v>2315</v>
+      </c>
+      <c r="L33" t="s">
+        <v>2316</v>
+      </c>
+      <c r="M33" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N33" t="s">
+        <v>2981</v>
+      </c>
+      <c r="O33" t="s">
+        <v>20</v>
+      </c>
+      <c r="P33" t="s">
+        <v>1715</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>2783</v>
+      </c>
+      <c r="R33" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S33" t="s">
+        <v>2982</v>
+      </c>
+      <c r="T33" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B34" t="s">
+        <v>2983</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>2867</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>2984</v>
+      </c>
+      <c r="H34" t="s">
+        <v>2985</v>
+      </c>
+      <c r="I34" t="s">
+        <v>2782</v>
+      </c>
+      <c r="J34" t="s">
+        <v>20</v>
+      </c>
+      <c r="K34" t="s">
+        <v>1784</v>
+      </c>
+      <c r="L34" t="s">
+        <v>1785</v>
+      </c>
+      <c r="M34" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N34" t="s">
+        <v>2986</v>
+      </c>
+      <c r="O34" t="s">
+        <v>20</v>
+      </c>
+      <c r="P34" t="s">
+        <v>1715</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>2783</v>
+      </c>
+      <c r="R34" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S34" t="s">
+        <v>2987</v>
+      </c>
+      <c r="T34" t="s">
+        <v>2819</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B35" t="s">
+        <v>2988</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>2813</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>2989</v>
+      </c>
+      <c r="H35" t="s">
+        <v>2990</v>
+      </c>
+      <c r="I35" t="s">
+        <v>2782</v>
+      </c>
+      <c r="J35" t="s">
+        <v>2956</v>
+      </c>
+      <c r="K35" t="s">
+        <v>1679</v>
+      </c>
+      <c r="L35" t="s">
+        <v>55</v>
+      </c>
+      <c r="M35" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N35" t="s">
+        <v>2957</v>
+      </c>
+      <c r="O35" t="s">
+        <v>20</v>
+      </c>
+      <c r="P35" t="s">
+        <v>1715</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>2783</v>
+      </c>
+      <c r="R35" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S35" t="s">
+        <v>2991</v>
+      </c>
+      <c r="T35" t="s">
+        <v>2819</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B36" t="s">
+        <v>2992</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>2947</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>2993</v>
+      </c>
+      <c r="H36" t="s">
+        <v>2994</v>
+      </c>
+      <c r="I36" t="s">
+        <v>2782</v>
+      </c>
+      <c r="J36" t="s">
+        <v>2950</v>
+      </c>
+      <c r="K36" t="s">
+        <v>1689</v>
+      </c>
+      <c r="L36" t="s">
+        <v>1690</v>
+      </c>
+      <c r="M36" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N36" t="s">
+        <v>2951</v>
+      </c>
+      <c r="O36" t="s">
+        <v>20</v>
+      </c>
+      <c r="P36" t="s">
+        <v>1715</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>2783</v>
+      </c>
+      <c r="R36" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S36" t="s">
+        <v>2995</v>
+      </c>
+      <c r="T36" t="s">
+        <v>2858</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B37" t="s">
+        <v>2996</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>2997</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>2998</v>
+      </c>
+      <c r="H37" t="s">
+        <v>2999</v>
+      </c>
+      <c r="I37" t="s">
+        <v>2800</v>
+      </c>
+      <c r="J37" t="s">
+        <v>20</v>
+      </c>
+      <c r="K37" t="s">
+        <v>2178</v>
+      </c>
+      <c r="L37" t="s">
+        <v>30</v>
+      </c>
+      <c r="M37" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N37" t="s">
+        <v>3000</v>
+      </c>
+      <c r="O37" t="s">
+        <v>20</v>
+      </c>
+      <c r="P37" t="s">
+        <v>3001</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>3002</v>
+      </c>
+      <c r="R37" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S37" t="s">
+        <v>3003</v>
+      </c>
+      <c r="T37" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B38" t="s">
+        <v>3004</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>2895</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>3005</v>
+      </c>
+      <c r="H38" t="s">
+        <v>3006</v>
+      </c>
+      <c r="I38" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J38" t="s">
+        <v>3007</v>
+      </c>
+      <c r="K38" t="s">
+        <v>3008</v>
+      </c>
+      <c r="L38" t="s">
+        <v>80</v>
+      </c>
+      <c r="M38" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N38" t="s">
+        <v>3009</v>
+      </c>
+      <c r="O38" t="s">
+        <v>20</v>
+      </c>
+      <c r="P38" t="s">
+        <v>1644</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>3010</v>
+      </c>
+      <c r="R38" t="s">
+        <v>1644</v>
+      </c>
+      <c r="S38" t="s">
+        <v>3011</v>
+      </c>
+      <c r="T38" t="s">
+        <v>2858</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B39" t="s">
+        <v>3012</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>2867</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>3013</v>
+      </c>
+      <c r="H39" t="s">
+        <v>3014</v>
+      </c>
+      <c r="I39" t="s">
+        <v>2782</v>
+      </c>
+      <c r="J39" t="s">
+        <v>2870</v>
+      </c>
+      <c r="K39" t="s">
+        <v>2499</v>
+      </c>
+      <c r="L39" t="s">
+        <v>2500</v>
+      </c>
+      <c r="M39" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N39" t="s">
+        <v>2871</v>
+      </c>
+      <c r="O39" t="s">
+        <v>20</v>
+      </c>
+      <c r="P39" t="s">
+        <v>1715</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>2783</v>
+      </c>
+      <c r="R39" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S39" t="s">
+        <v>3015</v>
+      </c>
+      <c r="T39" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B40" t="s">
+        <v>3016</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>2940</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>3017</v>
+      </c>
+      <c r="H40" t="s">
+        <v>3018</v>
+      </c>
+      <c r="I40" t="s">
+        <v>2782</v>
+      </c>
+      <c r="J40" t="s">
+        <v>2534</v>
+      </c>
+      <c r="K40" t="s">
+        <v>2535</v>
+      </c>
+      <c r="L40" t="s">
+        <v>2536</v>
+      </c>
+      <c r="M40" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N40" t="s">
+        <v>2944</v>
+      </c>
+      <c r="O40" t="s">
+        <v>20</v>
+      </c>
+      <c r="P40" t="s">
+        <v>1715</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>2783</v>
+      </c>
+      <c r="R40" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S40" t="s">
+        <v>3019</v>
+      </c>
+      <c r="T40" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B41" t="s">
+        <v>78</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>2895</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>3020</v>
+      </c>
+      <c r="H41" t="s">
+        <v>3021</v>
+      </c>
+      <c r="I41" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J41" t="s">
+        <v>3007</v>
+      </c>
+      <c r="K41" t="s">
+        <v>3008</v>
+      </c>
+      <c r="L41" t="s">
+        <v>80</v>
+      </c>
+      <c r="M41" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N41" t="s">
+        <v>3009</v>
+      </c>
+      <c r="O41" t="s">
+        <v>20</v>
+      </c>
+      <c r="P41" t="s">
+        <v>2809</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>2930</v>
+      </c>
+      <c r="R41" t="s">
+        <v>2809</v>
+      </c>
+      <c r="S41" t="s">
+        <v>81</v>
+      </c>
+      <c r="T41" t="s">
+        <v>2858</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B42" t="s">
+        <v>3022</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>3023</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>3024</v>
+      </c>
+      <c r="H42" t="s">
+        <v>3025</v>
+      </c>
+      <c r="I42" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J42" t="s">
+        <v>3026</v>
+      </c>
+      <c r="K42" t="s">
+        <v>2455</v>
+      </c>
+      <c r="L42" t="s">
+        <v>1955</v>
+      </c>
+      <c r="M42" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N42" t="s">
+        <v>3027</v>
+      </c>
+      <c r="O42" t="s">
+        <v>20</v>
+      </c>
+      <c r="P42" t="s">
+        <v>1715</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>2783</v>
+      </c>
+      <c r="R42" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S42" t="s">
+        <v>3028</v>
+      </c>
+      <c r="T42" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B43" t="s">
+        <v>3029</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>2828</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>3030</v>
+      </c>
+      <c r="H43" t="s">
+        <v>3031</v>
+      </c>
+      <c r="I43" t="s">
+        <v>2782</v>
+      </c>
+      <c r="J43" t="s">
+        <v>20</v>
+      </c>
+      <c r="K43" t="s">
+        <v>1834</v>
+      </c>
+      <c r="L43" t="s">
+        <v>1835</v>
+      </c>
+      <c r="M43" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N43" t="s">
+        <v>3032</v>
+      </c>
+      <c r="O43" t="s">
+        <v>20</v>
+      </c>
+      <c r="P43" t="s">
+        <v>1715</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>2783</v>
+      </c>
+      <c r="R43" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S43" t="s">
+        <v>3033</v>
+      </c>
+      <c r="T43" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B44" t="s">
+        <v>3034</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>3035</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>3036</v>
+      </c>
+      <c r="H44" t="s">
+        <v>3037</v>
+      </c>
+      <c r="I44" t="s">
+        <v>2800</v>
+      </c>
+      <c r="J44" t="s">
+        <v>3038</v>
+      </c>
+      <c r="K44" t="s">
+        <v>3039</v>
+      </c>
+      <c r="L44" t="s">
+        <v>90</v>
+      </c>
+      <c r="M44" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N44" t="s">
+        <v>3040</v>
+      </c>
+      <c r="O44" t="s">
+        <v>20</v>
+      </c>
+      <c r="P44" t="s">
+        <v>2809</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>3041</v>
+      </c>
+      <c r="R44" t="s">
+        <v>2809</v>
+      </c>
+      <c r="S44" t="s">
+        <v>91</v>
+      </c>
+      <c r="T44" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B45" t="s">
+        <v>98</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>3042</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>3043</v>
+      </c>
+      <c r="H45" t="s">
+        <v>3044</v>
+      </c>
+      <c r="I45" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J45" t="s">
+        <v>2816</v>
+      </c>
+      <c r="K45" t="s">
+        <v>2012</v>
+      </c>
+      <c r="L45" t="s">
+        <v>55</v>
+      </c>
+      <c r="M45" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N45" t="s">
+        <v>3045</v>
+      </c>
+      <c r="O45" t="s">
+        <v>20</v>
+      </c>
+      <c r="P45" t="s">
+        <v>1644</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>2930</v>
+      </c>
+      <c r="R45" t="s">
+        <v>1644</v>
+      </c>
+      <c r="S45" t="s">
+        <v>99</v>
+      </c>
+      <c r="T45" t="s">
+        <v>2804</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B46" t="s">
+        <v>3046</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>3047</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>3048</v>
+      </c>
+      <c r="H46" t="s">
+        <v>3049</v>
+      </c>
+      <c r="I46" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J46" t="s">
+        <v>2956</v>
+      </c>
+      <c r="K46" t="s">
+        <v>1679</v>
+      </c>
+      <c r="L46" t="s">
+        <v>55</v>
+      </c>
+      <c r="M46" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N46" t="s">
+        <v>3050</v>
+      </c>
+      <c r="O46" t="s">
+        <v>20</v>
+      </c>
+      <c r="P46" t="s">
+        <v>1644</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>2769</v>
+      </c>
+      <c r="R46" t="s">
+        <v>1644</v>
+      </c>
+      <c r="S46" t="s">
+        <v>3051</v>
+      </c>
+      <c r="T46" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B47" t="s">
+        <v>3052</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>3023</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>3053</v>
+      </c>
+      <c r="H47" t="s">
+        <v>3054</v>
+      </c>
+      <c r="I47" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J47" t="s">
+        <v>3055</v>
+      </c>
+      <c r="K47" t="s">
+        <v>3056</v>
+      </c>
+      <c r="L47" t="s">
+        <v>1752</v>
+      </c>
+      <c r="M47" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N47" t="s">
+        <v>3057</v>
+      </c>
+      <c r="O47" t="s">
+        <v>20</v>
+      </c>
+      <c r="P47" t="s">
+        <v>1644</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>3058</v>
+      </c>
+      <c r="R47" t="s">
+        <v>1644</v>
+      </c>
+      <c r="S47" t="s">
+        <v>3059</v>
+      </c>
+      <c r="T47" t="s">
+        <v>2804</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B48" t="s">
+        <v>3060</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>3023</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>3061</v>
+      </c>
+      <c r="H48" t="s">
+        <v>3062</v>
+      </c>
+      <c r="I48" t="s">
+        <v>2782</v>
+      </c>
+      <c r="J48" t="s">
+        <v>3063</v>
+      </c>
+      <c r="K48" t="s">
+        <v>1774</v>
+      </c>
+      <c r="L48" t="s">
+        <v>1775</v>
+      </c>
+      <c r="M48" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N48" t="s">
+        <v>3064</v>
+      </c>
+      <c r="O48" t="s">
+        <v>20</v>
+      </c>
+      <c r="P48" t="s">
+        <v>1644</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>3058</v>
+      </c>
+      <c r="R48" t="s">
+        <v>1644</v>
+      </c>
+      <c r="S48" t="s">
+        <v>3065</v>
+      </c>
+      <c r="T48" t="s">
+        <v>2804</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B49" t="s">
+        <v>3066</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>3023</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>3067</v>
+      </c>
+      <c r="H49" t="s">
+        <v>3068</v>
+      </c>
+      <c r="I49" t="s">
+        <v>2782</v>
+      </c>
+      <c r="J49" t="s">
+        <v>2846</v>
+      </c>
+      <c r="K49" t="s">
+        <v>2847</v>
+      </c>
+      <c r="L49" t="s">
+        <v>2120</v>
+      </c>
+      <c r="M49" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N49" t="s">
+        <v>3064</v>
+      </c>
+      <c r="O49" t="s">
+        <v>20</v>
+      </c>
+      <c r="P49" t="s">
+        <v>1644</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>3058</v>
+      </c>
+      <c r="R49" t="s">
+        <v>1644</v>
+      </c>
+      <c r="S49" t="s">
+        <v>3069</v>
+      </c>
+      <c r="T49" t="s">
+        <v>2804</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B50" t="s">
+        <v>3070</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>3023</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>3071</v>
+      </c>
+      <c r="H50" t="s">
+        <v>3072</v>
+      </c>
+      <c r="I50" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J50" t="s">
+        <v>3073</v>
+      </c>
+      <c r="K50" t="s">
+        <v>3074</v>
+      </c>
+      <c r="L50" t="s">
+        <v>30</v>
+      </c>
+      <c r="M50" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N50" t="s">
+        <v>3075</v>
+      </c>
+      <c r="O50" t="s">
+        <v>20</v>
+      </c>
+      <c r="P50" t="s">
+        <v>1644</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>3058</v>
+      </c>
+      <c r="R50" t="s">
+        <v>1644</v>
+      </c>
+      <c r="S50" t="s">
+        <v>3076</v>
+      </c>
+      <c r="T50" t="s">
+        <v>2804</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B51" t="s">
+        <v>3077</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>3023</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>3078</v>
+      </c>
+      <c r="H51" t="s">
+        <v>3079</v>
+      </c>
+      <c r="I51" t="s">
+        <v>2782</v>
+      </c>
+      <c r="J51" t="s">
+        <v>3080</v>
+      </c>
+      <c r="K51" t="s">
+        <v>1870</v>
+      </c>
+      <c r="L51" t="s">
+        <v>186</v>
+      </c>
+      <c r="M51" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N51" t="s">
+        <v>3064</v>
+      </c>
+      <c r="O51" t="s">
+        <v>20</v>
+      </c>
+      <c r="P51" t="s">
+        <v>1644</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>3058</v>
+      </c>
+      <c r="R51" t="s">
+        <v>1644</v>
+      </c>
+      <c r="S51" t="s">
+        <v>3081</v>
+      </c>
+      <c r="T51" t="s">
+        <v>2804</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B52" t="s">
+        <v>3082</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>3023</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>3083</v>
+      </c>
+      <c r="H52" t="s">
+        <v>3084</v>
+      </c>
+      <c r="I52" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J52" t="s">
+        <v>20</v>
+      </c>
+      <c r="K52" t="s">
+        <v>2839</v>
+      </c>
+      <c r="L52" t="s">
+        <v>30</v>
+      </c>
+      <c r="M52" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N52" t="s">
+        <v>3085</v>
+      </c>
+      <c r="O52" t="s">
+        <v>20</v>
+      </c>
+      <c r="P52" t="s">
+        <v>1644</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>3058</v>
+      </c>
+      <c r="R52" t="s">
+        <v>1644</v>
+      </c>
+      <c r="S52" t="s">
+        <v>3086</v>
+      </c>
+      <c r="T52" t="s">
+        <v>2804</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B53" t="s">
+        <v>3087</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>3023</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>3088</v>
+      </c>
+      <c r="H53" t="s">
+        <v>3089</v>
+      </c>
+      <c r="I53" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J53" t="s">
+        <v>3090</v>
+      </c>
+      <c r="K53" t="s">
+        <v>1679</v>
+      </c>
+      <c r="L53" t="s">
+        <v>55</v>
+      </c>
+      <c r="M53" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N53" t="s">
+        <v>3091</v>
+      </c>
+      <c r="O53" t="s">
+        <v>20</v>
+      </c>
+      <c r="P53" t="s">
+        <v>1644</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>3058</v>
+      </c>
+      <c r="R53" t="s">
+        <v>1644</v>
+      </c>
+      <c r="S53" t="s">
+        <v>3092</v>
+      </c>
+      <c r="T53" t="s">
+        <v>2804</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B54" t="s">
+        <v>3093</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>3023</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>3094</v>
+      </c>
+      <c r="H54" t="s">
+        <v>3095</v>
+      </c>
+      <c r="I54" t="s">
+        <v>2782</v>
+      </c>
+      <c r="J54" t="s">
+        <v>3096</v>
+      </c>
+      <c r="K54" t="s">
+        <v>1713</v>
+      </c>
+      <c r="L54" t="s">
+        <v>1714</v>
+      </c>
+      <c r="M54" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N54" t="s">
+        <v>3064</v>
+      </c>
+      <c r="O54" t="s">
+        <v>20</v>
+      </c>
+      <c r="P54" t="s">
+        <v>1644</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>3058</v>
+      </c>
+      <c r="R54" t="s">
+        <v>1644</v>
+      </c>
+      <c r="S54" t="s">
+        <v>3097</v>
+      </c>
+      <c r="T54" t="s">
+        <v>2804</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B55" t="s">
+        <v>3098</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>3023</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>3099</v>
+      </c>
+      <c r="H55" t="s">
+        <v>3100</v>
+      </c>
+      <c r="I55" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J55" t="s">
+        <v>3101</v>
+      </c>
+      <c r="K55" t="s">
+        <v>2076</v>
+      </c>
+      <c r="L55" t="s">
+        <v>2077</v>
+      </c>
+      <c r="M55" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N55" t="s">
+        <v>3091</v>
+      </c>
+      <c r="O55" t="s">
+        <v>20</v>
+      </c>
+      <c r="P55" t="s">
+        <v>1644</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>3058</v>
+      </c>
+      <c r="R55" t="s">
+        <v>1644</v>
+      </c>
+      <c r="S55" t="s">
+        <v>3102</v>
+      </c>
+      <c r="T55" t="s">
+        <v>2804</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B56" t="s">
+        <v>3103</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>3104</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>3105</v>
+      </c>
+      <c r="H56" t="s">
+        <v>3106</v>
+      </c>
+      <c r="I56" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J56" t="s">
+        <v>3107</v>
+      </c>
+      <c r="K56" t="s">
+        <v>3039</v>
+      </c>
+      <c r="L56" t="s">
+        <v>90</v>
+      </c>
+      <c r="M56" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N56" t="s">
+        <v>3108</v>
+      </c>
+      <c r="O56" t="s">
+        <v>20</v>
+      </c>
+      <c r="P56" t="s">
+        <v>2809</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>2769</v>
+      </c>
+      <c r="R56" t="s">
+        <v>2809</v>
+      </c>
+      <c r="S56" t="s">
+        <v>3109</v>
+      </c>
+      <c r="T56" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B57" t="s">
+        <v>3110</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>3035</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>3111</v>
+      </c>
+      <c r="H57" t="s">
+        <v>3112</v>
+      </c>
+      <c r="I57" t="s">
+        <v>2782</v>
+      </c>
+      <c r="J57" t="s">
+        <v>20</v>
+      </c>
+      <c r="K57" t="s">
+        <v>1713</v>
+      </c>
+      <c r="L57" t="s">
+        <v>1714</v>
+      </c>
+      <c r="M57" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N57" t="s">
+        <v>3113</v>
+      </c>
+      <c r="O57" t="s">
+        <v>20</v>
+      </c>
+      <c r="P57" t="s">
+        <v>1644</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>2832</v>
+      </c>
+      <c r="R57" t="s">
+        <v>1644</v>
+      </c>
+      <c r="S57" t="s">
+        <v>3114</v>
+      </c>
+      <c r="T57" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B58" t="s">
+        <v>3115</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>3116</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>3117</v>
+      </c>
+      <c r="H58" t="s">
+        <v>3118</v>
+      </c>
+      <c r="I58" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J58" t="s">
+        <v>2855</v>
+      </c>
+      <c r="K58" t="s">
+        <v>2650</v>
+      </c>
+      <c r="L58" t="s">
+        <v>186</v>
+      </c>
+      <c r="M58" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N58" t="s">
+        <v>3119</v>
+      </c>
+      <c r="O58" t="s">
+        <v>20</v>
+      </c>
+      <c r="P58" t="s">
+        <v>2768</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>3120</v>
+      </c>
+      <c r="R58" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S58" t="s">
+        <v>925</v>
+      </c>
+      <c r="T58" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B59" t="s">
+        <v>3121</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>3116</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>3122</v>
+      </c>
+      <c r="H59" t="s">
+        <v>3123</v>
+      </c>
+      <c r="I59" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J59" t="s">
+        <v>3124</v>
+      </c>
+      <c r="K59" t="s">
+        <v>2643</v>
+      </c>
+      <c r="L59" t="s">
+        <v>2644</v>
+      </c>
+      <c r="M59" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N59" t="s">
+        <v>3125</v>
+      </c>
+      <c r="O59" t="s">
+        <v>20</v>
+      </c>
+      <c r="P59" t="s">
+        <v>2768</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>2769</v>
+      </c>
+      <c r="R59" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S59" t="s">
+        <v>3126</v>
+      </c>
+      <c r="T59" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B60" t="s">
+        <v>3127</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>3116</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>3128</v>
+      </c>
+      <c r="H60" t="s">
+        <v>3129</v>
+      </c>
+      <c r="I60" t="s">
+        <v>2782</v>
+      </c>
+      <c r="J60" t="s">
+        <v>20</v>
+      </c>
+      <c r="K60" t="s">
+        <v>2650</v>
+      </c>
+      <c r="L60" t="s">
+        <v>186</v>
+      </c>
+      <c r="M60" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N60" t="s">
+        <v>3119</v>
+      </c>
+      <c r="O60" t="s">
+        <v>20</v>
+      </c>
+      <c r="P60" t="s">
+        <v>1715</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>2783</v>
+      </c>
+      <c r="R60" t="s">
+        <v>1715</v>
+      </c>
+      <c r="S60" t="s">
+        <v>3130</v>
+      </c>
+      <c r="T60" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B61" t="s">
+        <v>3131</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>3132</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>3133</v>
+      </c>
+      <c r="H61" t="s">
+        <v>3134</v>
+      </c>
+      <c r="I61" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J61" t="s">
+        <v>20</v>
+      </c>
+      <c r="K61" t="s">
+        <v>3074</v>
+      </c>
+      <c r="L61" t="s">
+        <v>30</v>
+      </c>
+      <c r="M61" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N61" t="s">
+        <v>3135</v>
+      </c>
+      <c r="O61" t="s">
+        <v>20</v>
+      </c>
+      <c r="P61" t="s">
+        <v>3136</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>3137</v>
+      </c>
+      <c r="R61" t="s">
+        <v>1644</v>
+      </c>
+      <c r="S61" t="s">
+        <v>120</v>
+      </c>
+      <c r="T61" t="s">
+        <v>2804</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>