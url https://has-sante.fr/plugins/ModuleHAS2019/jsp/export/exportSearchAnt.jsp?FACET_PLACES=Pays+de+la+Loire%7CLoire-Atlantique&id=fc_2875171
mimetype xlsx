--- v1 (2025-12-02)
+++ v2 (2026-01-17)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
     <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8466" uniqueCount="3138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9950" uniqueCount="3654">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -77,68 +77,365 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur Joséphine GRANGE</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808432/fr/docteur-josephine-grange</t>
+  </si>
+  <si>
+    <t>p_3808432</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>GRANGE</t>
+  </si>
+  <si>
+    <t>Joséphine</t>
+  </si>
+  <si>
+    <t>18 December 2025</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE DE L'EUROPE</t>
+  </si>
+  <si>
+    <t>44615</t>
+  </si>
+  <si>
+    <t>ST NAZAIRE</t>
+  </si>
+  <si>
+    <t>440002020</t>
+  </si>
+  <si>
+    <t>Docteur Lucie REGENNASS</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808451/fr/docteur-lucie-regennass</t>
+  </si>
+  <si>
+    <t>p_3808451</t>
+  </si>
+  <si>
+    <t>REGENNASS</t>
+  </si>
+  <si>
+    <t>Lucie</t>
+  </si>
+  <si>
+    <t>CHU DE NANTES SITE HOTEL DIEU HME</t>
+  </si>
+  <si>
+    <t>44093</t>
+  </si>
+  <si>
+    <t>NANTES CEDEX 1</t>
+  </si>
+  <si>
+    <t>440000271</t>
+  </si>
+  <si>
+    <t>Docteur GWILLERM PLEDEL</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808471/fr/docteur-gwillerm-pledel</t>
+  </si>
+  <si>
+    <t>p_3808471</t>
+  </si>
+  <si>
+    <t>PLEDEL</t>
+  </si>
+  <si>
+    <t>GWILLERM</t>
+  </si>
+  <si>
+    <t>HOPITAL PRIVE DU CONFLUENT</t>
+  </si>
+  <si>
+    <t>44277</t>
+  </si>
+  <si>
+    <t>NANTES CEDEX 2</t>
+  </si>
+  <si>
+    <t>440041580</t>
+  </si>
+  <si>
+    <t>Docteur Jonathan RICHARD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808485/fr/docteur-jonathan-richard</t>
+  </si>
+  <si>
+    <t>p_3808485</t>
+  </si>
+  <si>
+    <t>RICHARD</t>
+  </si>
+  <si>
+    <t>Jonathan</t>
+  </si>
+  <si>
+    <t>Docteur Maë BOURRY</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808557/fr/docteur-mae-bourry</t>
+  </si>
+  <si>
+    <t>p_3808557</t>
+  </si>
+  <si>
+    <t>BOURRY</t>
+  </si>
+  <si>
+    <t>Maë</t>
+  </si>
+  <si>
+    <t>CLINIQUE JULES VERNE</t>
+  </si>
+  <si>
+    <t>44314</t>
+  </si>
+  <si>
+    <t>NANTES CEDEX 3</t>
+  </si>
+  <si>
+    <t>440029379</t>
+  </si>
+  <si>
+    <t>Docteur AMELIE TRICHOT</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808676/fr/docteur-amelie-trichot</t>
+  </si>
+  <si>
+    <t>p_3808676</t>
+  </si>
+  <si>
+    <t>TRICHOT</t>
+  </si>
+  <si>
+    <t>AMELIE</t>
+  </si>
+  <si>
+    <t>Docteur Jean-baptiste ROUVELLAT DE CUSSAC</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:15:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793931/fr/docteur-jean-baptiste-rouvellat-de-cussac</t>
+  </si>
+  <si>
+    <t>p_3793931</t>
+  </si>
+  <si>
+    <t>ROUVELLAT DE CUSSAC</t>
+  </si>
+  <si>
+    <t>Jean-baptiste</t>
+  </si>
+  <si>
+    <t>20 November 2025</t>
+  </si>
+  <si>
+    <t>Docteur MAXIME ROUX</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:15:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794194/fr/docteur-maxime-roux</t>
+  </si>
+  <si>
+    <t>p_3794194</t>
+  </si>
+  <si>
+    <t>ROUX</t>
+  </si>
+  <si>
+    <t>MAXIME</t>
+  </si>
+  <si>
+    <t>23 October 2025</t>
+  </si>
+  <si>
+    <t>Docteur Maxime GERARD</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794552/fr/docteur-maxime-gerard</t>
+  </si>
+  <si>
+    <t>p_3794552</t>
+  </si>
+  <si>
+    <t>GERARD</t>
+  </si>
+  <si>
+    <t>Maxime</t>
+  </si>
+  <si>
+    <t>11 September 2025</t>
+  </si>
+  <si>
+    <t>CLINIQUE MUTUALISTE DE L'ESTUAIRE</t>
+  </si>
+  <si>
+    <t>44606</t>
+  </si>
+  <si>
+    <t>440050433</t>
+  </si>
+  <si>
+    <t>Docteur CHAKER OUESLATI</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794646/fr/docteur-chaker-oueslati</t>
+  </si>
+  <si>
+    <t>p_3794646</t>
+  </si>
+  <si>
+    <t>OUESLATI</t>
+  </si>
+  <si>
+    <t>CHAKER</t>
+  </si>
+  <si>
+    <t>Docteur Ilyes MAHDJOUB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794647/fr/docteur-ilyes-mahdjoub</t>
+  </si>
+  <si>
+    <t>p_3794647</t>
+  </si>
+  <si>
+    <t>MAHDJOUB</t>
+  </si>
+  <si>
+    <t>Ilyes</t>
+  </si>
+  <si>
+    <t>Docteur CLAIRE BERTHELOT</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794690/fr/docteur-claire-berthelot</t>
+  </si>
+  <si>
+    <t>p_3794690</t>
+  </si>
+  <si>
+    <t>BERTHELOT</t>
+  </si>
+  <si>
+    <t>CLAIRE</t>
+  </si>
+  <si>
+    <t>Docteur SIMON PALLADO</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794699/fr/docteur-simon-pallado</t>
+  </si>
+  <si>
+    <t>p_3794699</t>
+  </si>
+  <si>
+    <t>PALLADO</t>
+  </si>
+  <si>
+    <t>SIMON</t>
+  </si>
+  <si>
     <t>Docteur JOUMANA AL-ANI</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>28/07/2025 12:17:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3638830/fr/docteur-joumana-al-ani</t>
   </si>
   <si>
     <t>p_3638830</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>AL-ANI</t>
   </si>
   <si>
     <t>JOUMANA</t>
   </si>
   <si>
     <t>24 July 2025</t>
   </si>
   <si>
     <t>SANTE ATLANTIQUE</t>
   </si>
   <si>
     <t>44800</t>
   </si>
   <si>
     <t>ST HERBLAIN</t>
   </si>
   <si>
     <t>440033819</t>
   </si>
   <si>
     <t>Docteur CLEMENT BONNEFON</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3638834/fr/docteur-clement-bonnefon</t>
@@ -182,56 +479,50 @@
   <si>
     <t>Docteur HUGO DERCOURT</t>
   </si>
   <si>
     <t>30/06/2025 14:17:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3633902/fr/docteur-hugo-dercourt</t>
   </si>
   <si>
     <t>p_3633902</t>
   </si>
   <si>
     <t>DERCOURT</t>
   </si>
   <si>
     <t>HUGO</t>
   </si>
   <si>
     <t>26 June 2025</t>
   </si>
   <si>
     <t>CH DE SAINT NAZAIRE</t>
   </si>
   <si>
-    <t>44606</t>
-[...4 lines deleted...]
-  <si>
     <t>440000016</t>
   </si>
   <si>
     <t>Docteur Yoann VARENNE</t>
   </si>
   <si>
     <t>19/05/2025 12:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3606558/fr/docteur-yoann-varenne</t>
   </si>
   <si>
     <t>p_3606558</t>
   </si>
   <si>
     <t>VARENNE</t>
   </si>
   <si>
     <t>Yoann</t>
   </si>
   <si>
     <t>15 May 2025</t>
   </si>
   <si>
     <t>Docteur FLORENT JAMARD</t>
@@ -254,116 +545,86 @@
   <si>
     <t>03 April 2025</t>
   </si>
   <si>
     <t>Docteur Julia LAM THANH</t>
   </si>
   <si>
     <t>20/02/2025 18:32:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592095/fr/docteur-julia-lam-thanh</t>
   </si>
   <si>
     <t>p_3592095</t>
   </si>
   <si>
     <t>LAM THANH</t>
   </si>
   <si>
     <t>Julia</t>
   </si>
   <si>
     <t>20 February 2025</t>
   </si>
   <si>
-    <t>CLINIQUE JULES VERNE</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur Julien COUSIN</t>
   </si>
   <si>
     <t>20/02/2025 18:32:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592106/fr/docteur-julien-cousin</t>
   </si>
   <si>
     <t>p_3592106</t>
   </si>
   <si>
     <t>COUSIN</t>
   </si>
   <si>
     <t>Julien</t>
   </si>
   <si>
-    <t>HOPITAL PRIVE DU CONFLUENT</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur CELINE BRIENT</t>
   </si>
   <si>
     <t>20/02/2025 18:33:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592161/fr/docteur-celine-brient</t>
   </si>
   <si>
     <t>p_3592161</t>
   </si>
   <si>
     <t>BRIENT</t>
   </si>
   <si>
     <t>CELINE</t>
   </si>
   <si>
-    <t>CLINIQUE MUTUALISTE DE L'ESTUAIRE</t>
-[...4 lines deleted...]
-  <si>
     <t>Docteur Pierre FAGLIN</t>
   </si>
   <si>
     <t>17/01/2025 13:31:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3578799/fr/docteur-pierre-faglin</t>
   </si>
   <si>
     <t>p_3578799</t>
   </si>
   <si>
     <t>FAGLIN</t>
   </si>
   <si>
     <t>Pierre</t>
   </si>
   <si>
     <t>16 January 2025</t>
   </si>
   <si>
     <t>CLINIQUE JULES VERNE,SANTE ATLANTIQUE</t>
   </si>
   <si>
     <t>44314,44800</t>
@@ -407,53 +668,50 @@
   <si>
     <t>Docteur MARY GIROUX</t>
   </si>
   <si>
     <t>21/11/2024 10:33:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3559366/fr/docteur-mary-giroux</t>
   </si>
   <si>
     <t>p_3559366</t>
   </si>
   <si>
     <t>GIROUX</t>
   </si>
   <si>
     <t>MARY</t>
   </si>
   <si>
     <t>CLINIQUE BRETECHE VIAUD</t>
   </si>
   <si>
     <t>44046</t>
   </si>
   <si>
-    <t>NANTES CEDEX 1</t>
-[...1 lines deleted...]
-  <si>
     <t>440000412</t>
   </si>
   <si>
     <t>Docteur Jeremy BLANCHARD</t>
   </si>
   <si>
     <t>29/10/2024 17:31:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3553701/fr/docteur-jeremy-blanchard</t>
   </si>
   <si>
     <t>p_3553701</t>
   </si>
   <si>
     <t>BLANCHARD</t>
   </si>
   <si>
     <t>Jeremy</t>
   </si>
   <si>
     <t>29 December 2021</t>
   </si>
   <si>
     <t>Docteur Khalid RAFIK</t>
@@ -509,59 +767,50 @@
   <si>
     <t>KERBRAT</t>
   </si>
   <si>
     <t>ROMAIN</t>
   </si>
   <si>
     <t>Docteur Adrien LINDER</t>
   </si>
   <si>
     <t>18/10/2024 10:33:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3550544/fr/docteur-adrien-linder</t>
   </si>
   <si>
     <t>p_3550544</t>
   </si>
   <si>
     <t>LINDER</t>
   </si>
   <si>
     <t>Adrien</t>
   </si>
   <si>
-    <t>POLYCLINIQUE DE L'EUROPE</t>
-[...7 lines deleted...]
-  <si>
     <t>Docteur Omar AMRANI</t>
   </si>
   <si>
     <t>18/10/2024 10:33:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3550622/fr/docteur-omar-amrani</t>
   </si>
   <si>
     <t>p_3550622</t>
   </si>
   <si>
     <t>AMRANI</t>
   </si>
   <si>
     <t>Omar</t>
   </si>
   <si>
     <t>Docteur GABRIEL SAKOU</t>
   </si>
   <si>
     <t>18/10/2024 10:33:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3550629/fr/docteur-gabriel-sakou</t>
@@ -635,53 +884,50 @@
   <si>
     <t>p_3541558</t>
   </si>
   <si>
     <t>PLOTON</t>
   </si>
   <si>
     <t>Loïc</t>
   </si>
   <si>
     <t>Docteur CLAIRE KAWSKI</t>
   </si>
   <si>
     <t>13/09/2024 15:34:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3541560/fr/docteur-claire-kawski</t>
   </si>
   <si>
     <t>p_3541560</t>
   </si>
   <si>
     <t>KAWSKI</t>
   </si>
   <si>
-    <t>CLAIRE</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Yoël LEVY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3541562/fr/docteur-yoel-levy</t>
   </si>
   <si>
     <t>p_3541562</t>
   </si>
   <si>
     <t>LEVY</t>
   </si>
   <si>
     <t>Yoël</t>
   </si>
   <si>
     <t>Docteur LAURENCE BOUR</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3541564/fr/docteur-laurence-bour</t>
   </si>
   <si>
     <t>p_3541564</t>
   </si>
   <si>
     <t>BOUR</t>
@@ -1151,59 +1397,50 @@
   <si>
     <t>25 April 2024</t>
   </si>
   <si>
     <t>Docteur RENAN LIBERGE</t>
   </si>
   <si>
     <t>28/03/2024 16:33:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3503953/fr/docteur-renan-liberge</t>
   </si>
   <si>
     <t>p_3503953</t>
   </si>
   <si>
     <t>LIBERGE</t>
   </si>
   <si>
     <t>RENAN</t>
   </si>
   <si>
     <t>28 March 2024</t>
   </si>
   <si>
-    <t>CHU DE NANTES SITE HOTEL DIEU HME</t>
-[...7 lines deleted...]
-  <si>
     <t>Docteur ARTHUR FOSSE</t>
   </si>
   <si>
     <t>28/03/2024 16:34:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3504298/fr/docteur-arthur-fosse</t>
   </si>
   <si>
     <t>p_3504298</t>
   </si>
   <si>
     <t>FOSSE</t>
   </si>
   <si>
     <t>ARTHUR</t>
   </si>
   <si>
     <t>Docteur PAULA GAGO</t>
   </si>
   <si>
     <t>28/03/2024 16:34:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3504310/fr/docteur-paula-gago</t>
@@ -2888,50 +3125,83 @@
   <si>
     <t>SIMORRE</t>
   </si>
   <si>
     <t>MATHILDE</t>
   </si>
   <si>
     <t>Docteur Anne-Sophie OGER</t>
   </si>
   <si>
     <t>19/12/2019 15:39:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3142941/fr/docteur-anne-sophie-oger</t>
   </si>
   <si>
     <t>p_3142941</t>
   </si>
   <si>
     <t>OGER</t>
   </si>
   <si>
     <t>Anne-Sophie</t>
   </si>
   <si>
+    <t>Docteur Gaetan DANGELSER</t>
+  </si>
+  <si>
+    <t>29/04/2019 11:32:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966341/fr/docteur-gaetan-dangelser</t>
+  </si>
+  <si>
+    <t>c_2966341</t>
+  </si>
+  <si>
+    <t>DANGELSER</t>
+  </si>
+  <si>
+    <t>Gaetan</t>
+  </si>
+  <si>
+    <t>15 December 2022</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT JOSEPH ANGOULEME,CLINIQUE MUTUALISTE JULES VERNE,CLINIQUE SAINT CHARLES,CHM</t>
+  </si>
+  <si>
+    <t>16021,44314,85016,97600</t>
+  </si>
+  <si>
+    <t>ANGOULEME,NANTES CEDEX 3,LA ROCHE SUR YON,MAMOUDZOU</t>
+  </si>
+  <si>
+    <t>160000170,440029338,850000118,980500011</t>
+  </si>
+  <si>
     <t>Docteur RONAN GUILLOU</t>
   </si>
   <si>
     <t>29/04/2019 11:32:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2966347/fr/docteur-ronan-guillou</t>
   </si>
   <si>
     <t>c_2966347</t>
   </si>
   <si>
     <t>GUILLOU</t>
   </si>
   <si>
     <t>RONAN</t>
   </si>
   <si>
     <t>Docteur RITHY EA</t>
   </si>
   <si>
     <t>27/03/2019 18:32:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2913370/fr/docteur-rithy-ea</t>
@@ -3350,905 +3620,869 @@
   <si>
     <t>440003291,970400057</t>
   </si>
   <si>
     <t>Docteur Stéphane PAUMIER</t>
   </si>
   <si>
     <t>17/01/2017 17:30:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2738438/fr/docteur-stephane-paumier</t>
   </si>
   <si>
     <t>c_2738438</t>
   </si>
   <si>
     <t>PAUMIER</t>
   </si>
   <si>
     <t>Stéphane</t>
   </si>
   <si>
     <t>29 December 2020</t>
   </si>
   <si>
-    <t>Docteur Bénédicte BOUCHOT-HERMOUET</t>
-[...14 lines deleted...]
-    <t>Bénédicte</t>
+    <t>Docteur Frédéric MAILLET</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:30:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739066/fr/docteur-frederic-maillet</t>
+  </si>
+  <si>
+    <t>c_2739066</t>
+  </si>
+  <si>
+    <t>MAILLET</t>
+  </si>
+  <si>
+    <t>Frédéric</t>
+  </si>
+  <si>
+    <t>Docteur Sarah NOEL-THOMSON</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:30:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739257/fr/docteur-sarah-noel-thomson</t>
+  </si>
+  <si>
+    <t>c_2739257</t>
+  </si>
+  <si>
+    <t>NOEL-THOMSON</t>
+  </si>
+  <si>
+    <t>Sarah</t>
+  </si>
+  <si>
+    <t>Docteur Julien FRAPPIER</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739313/fr/docteur-julien-frappier</t>
+  </si>
+  <si>
+    <t>c_2739313</t>
+  </si>
+  <si>
+    <t>FRAPPIER</t>
+  </si>
+  <si>
+    <t>Docteur Olivier LEJEUNE</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739350/fr/docteur-olivier-lejeune</t>
+  </si>
+  <si>
+    <t>c_2739350</t>
+  </si>
+  <si>
+    <t>LEJEUNE</t>
+  </si>
+  <si>
+    <t>Olivier</t>
+  </si>
+  <si>
+    <t>Docteur Ronan BODÉRÉ</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739459/fr/docteur-ronan-bodere</t>
+  </si>
+  <si>
+    <t>c_2739459</t>
+  </si>
+  <si>
+    <t>BODÉRÉ</t>
+  </si>
+  <si>
+    <t>Ronan</t>
+  </si>
+  <si>
+    <t>Docteur Grégoire LANGLOIS</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739624/fr/docteur-gregoire-langlois</t>
+  </si>
+  <si>
+    <t>c_2739624</t>
+  </si>
+  <si>
+    <t>LANGLOIS</t>
+  </si>
+  <si>
+    <t>Grégoire</t>
+  </si>
+  <si>
+    <t>Docteur Sophie MILLET</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739669/fr/docteur-sophie-millet</t>
+  </si>
+  <si>
+    <t>c_2739669</t>
+  </si>
+  <si>
+    <t>MILLET</t>
+  </si>
+  <si>
+    <t>Sophie</t>
+  </si>
+  <si>
+    <t>Docteur Francois PILLET</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739756/fr/docteur-francois-pillet</t>
+  </si>
+  <si>
+    <t>c_2739756</t>
+  </si>
+  <si>
+    <t>PILLET</t>
+  </si>
+  <si>
+    <t>Francois</t>
+  </si>
+  <si>
+    <t>Docteur Antoine SINA</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739923/fr/docteur-antoine-sina</t>
+  </si>
+  <si>
+    <t>c_2739923</t>
+  </si>
+  <si>
+    <t>SINA</t>
+  </si>
+  <si>
+    <t>Antoine</t>
+  </si>
+  <si>
+    <t>Docteur Louis MARCONNET</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740116/fr/docteur-louis-marconnet</t>
+  </si>
+  <si>
+    <t>c_2740116</t>
+  </si>
+  <si>
+    <t>MARCONNET</t>
+  </si>
+  <si>
+    <t>Louis</t>
+  </si>
+  <si>
+    <t>Docteur Wael DAOUD</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740121/fr/docteur-wael-daoud</t>
+  </si>
+  <si>
+    <t>c_2740121</t>
+  </si>
+  <si>
+    <t>DAOUD</t>
+  </si>
+  <si>
+    <t>Wael</t>
+  </si>
+  <si>
+    <t>26 November 2020</t>
+  </si>
+  <si>
+    <t>Docteur Romain REVERT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740130/fr/docteur-romain-revert</t>
+  </si>
+  <si>
+    <t>c_2740130</t>
+  </si>
+  <si>
+    <t>REVERT</t>
+  </si>
+  <si>
+    <t>Romain</t>
+  </si>
+  <si>
+    <t>Docteur Pascal CALMELET</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740142/fr/docteur-pascal-calmelet</t>
+  </si>
+  <si>
+    <t>c_2740142</t>
+  </si>
+  <si>
+    <t>CALMELET</t>
+  </si>
+  <si>
+    <t>Pascal</t>
+  </si>
+  <si>
+    <t>Docteur Olivier BATON</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740255/fr/docteur-olivier-baton</t>
+  </si>
+  <si>
+    <t>c_2740255</t>
+  </si>
+  <si>
+    <t>BATON</t>
+  </si>
+  <si>
+    <t>Docteur Sophie ROUQUETTE AYAD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740256/fr/docteur-sophie-rouquette-ayad</t>
+  </si>
+  <si>
+    <t>c_2740256</t>
+  </si>
+  <si>
+    <t>ROUQUETTE AYAD</t>
+  </si>
+  <si>
+    <t>Docteur Bertrand MELCHIOR</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708384/fr/docteur-bertrand-melchior</t>
+  </si>
+  <si>
+    <t>c_2708384</t>
+  </si>
+  <si>
+    <t>MELCHIOR</t>
+  </si>
+  <si>
+    <t>Bertrand</t>
+  </si>
+  <si>
+    <t>Docteur Dominique HUGUET</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708425/fr/docteur-dominique-huguet</t>
+  </si>
+  <si>
+    <t>c_2708425</t>
+  </si>
+  <si>
+    <t>HUGUET</t>
+  </si>
+  <si>
+    <t>Dominique</t>
+  </si>
+  <si>
+    <t>Docteur Raphaëlle PIOUD MARTIGNY</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708472/fr/docteur-raphaelle-pioud-martigny</t>
+  </si>
+  <si>
+    <t>c_2708472</t>
+  </si>
+  <si>
+    <t>PIOUD MARTIGNY</t>
+  </si>
+  <si>
+    <t>Raphaëlle</t>
+  </si>
+  <si>
+    <t>14 September 2023</t>
+  </si>
+  <si>
+    <t>Docteur Nicolas LEVASSOR</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708531/fr/docteur-nicolas-levassor</t>
+  </si>
+  <si>
+    <t>c_2708531</t>
+  </si>
+  <si>
+    <t>LEVASSOR</t>
+  </si>
+  <si>
+    <t>Nicolas</t>
+  </si>
+  <si>
+    <t>Docteur Simon alain LE NAELOU</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708569/fr/docteur-simon-alain-le-naelou</t>
+  </si>
+  <si>
+    <t>c_2708569</t>
+  </si>
+  <si>
+    <t>LE NAELOU</t>
+  </si>
+  <si>
+    <t>Simon alain</t>
+  </si>
+  <si>
+    <t>Docteur Mauricio BARRERA BUSTOS</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708597/fr/docteur-mauricio-barrera-bustos</t>
+  </si>
+  <si>
+    <t>c_2708597</t>
+  </si>
+  <si>
+    <t>BARRERA BUSTOS</t>
+  </si>
+  <si>
+    <t>Mauricio</t>
+  </si>
+  <si>
+    <t>Docteur Frederic POTAUX</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708624/fr/docteur-frederic-potaux</t>
+  </si>
+  <si>
+    <t>c_2708624</t>
+  </si>
+  <si>
+    <t>POTAUX</t>
+  </si>
+  <si>
+    <t>Frederic</t>
+  </si>
+  <si>
+    <t>Docteur Pascal GUIHARD</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708701/fr/docteur-pascal-guihard</t>
+  </si>
+  <si>
+    <t>c_2708701</t>
+  </si>
+  <si>
+    <t>GUIHARD</t>
+  </si>
+  <si>
+    <t>Docteur Olivier BESSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708704/fr/docteur-olivier-besse</t>
+  </si>
+  <si>
+    <t>c_2708704</t>
+  </si>
+  <si>
+    <t>BESSE</t>
+  </si>
+  <si>
+    <t>Docteur Eric SACCOMANDI</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708712/fr/docteur-eric-saccomandi</t>
+  </si>
+  <si>
+    <t>c_2708712</t>
+  </si>
+  <si>
+    <t>SACCOMANDI</t>
+  </si>
+  <si>
+    <t>Docteur Olivier MULTON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708718/fr/docteur-olivier-multon</t>
+  </si>
+  <si>
+    <t>c_2708718</t>
+  </si>
+  <si>
+    <t>MULTON</t>
+  </si>
+  <si>
+    <t>Docteur Vincent GAUDIOT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708725/fr/docteur-vincent-gaudiot</t>
+  </si>
+  <si>
+    <t>c_2708725</t>
+  </si>
+  <si>
+    <t>Vincent</t>
+  </si>
+  <si>
+    <t>Docteur Philippe HAMEL</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708749/fr/docteur-philippe-hamel</t>
+  </si>
+  <si>
+    <t>c_2708749</t>
+  </si>
+  <si>
+    <t>HAMEL</t>
+  </si>
+  <si>
+    <t>Philippe</t>
+  </si>
+  <si>
+    <t>Docteur Olivier TEFFAUD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708754/fr/docteur-olivier-teffaud</t>
+  </si>
+  <si>
+    <t>c_2708754</t>
+  </si>
+  <si>
+    <t>TEFFAUD</t>
+  </si>
+  <si>
+    <t>Docteur Antoine MENSIER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708782/fr/docteur-antoine-mensier</t>
+  </si>
+  <si>
+    <t>c_2708782</t>
+  </si>
+  <si>
+    <t>MENSIER</t>
+  </si>
+  <si>
+    <t>Docteur Gilles RAYNAUD</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708802/fr/docteur-gilles-raynaud</t>
+  </si>
+  <si>
+    <t>c_2708802</t>
+  </si>
+  <si>
+    <t>RAYNAUD</t>
+  </si>
+  <si>
+    <t>Gilles</t>
+  </si>
+  <si>
+    <t>Docteur Michael AYEVA-DERMAN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708873/fr/docteur-michael-ayeva-derman</t>
+  </si>
+  <si>
+    <t>c_2708873</t>
+  </si>
+  <si>
+    <t>AYEVA-DERMAN</t>
+  </si>
+  <si>
+    <t>Michael</t>
+  </si>
+  <si>
+    <t>Docteur Sandrine GUINEBRETIERE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708933/fr/docteur-sandrine-guinebretiere</t>
+  </si>
+  <si>
+    <t>c_2708933</t>
+  </si>
+  <si>
+    <t>GUINEBRETIERE</t>
+  </si>
+  <si>
+    <t>Sandrine</t>
+  </si>
+  <si>
+    <t>Docteur Jean-yves LEBATARD-SARTRE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708983/fr/docteur-jean-yves-lebatard-sartre</t>
+  </si>
+  <si>
+    <t>c_2708983</t>
+  </si>
+  <si>
+    <t>LEBATARD-SARTRE</t>
+  </si>
+  <si>
+    <t>Jean-yves</t>
+  </si>
+  <si>
+    <t>CHU DE NANTES SITE HOTEL DIEU HME,CLINIQUE JULES VERNE</t>
+  </si>
+  <si>
+    <t>44093,44314</t>
+  </si>
+  <si>
+    <t>NANTES CEDEX 1,NANTES CEDEX 3</t>
+  </si>
+  <si>
+    <t>440000271,440029379</t>
+  </si>
+  <si>
+    <t>Docteur Fabien BARAER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709040/fr/docteur-fabien-baraer</t>
+  </si>
+  <si>
+    <t>c_2709040</t>
+  </si>
+  <si>
+    <t>BARAER</t>
+  </si>
+  <si>
+    <t>Fabien</t>
+  </si>
+  <si>
+    <t>Docteur Florence LEJEUNE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709119/fr/docteur-florence-lejeune</t>
+  </si>
+  <si>
+    <t>c_2709119</t>
+  </si>
+  <si>
+    <t>Florence</t>
+  </si>
+  <si>
+    <t>CLINIQUE BRETECHE VIAUD,CH DE BOURG ST MAURICE</t>
+  </si>
+  <si>
+    <t>44046,73704</t>
+  </si>
+  <si>
+    <t>NANTES CEDEX 1,BOURG ST MAURICE</t>
+  </si>
+  <si>
+    <t>440000412,730000247</t>
+  </si>
+  <si>
+    <t>Docteur Jean-christian TALMANT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709168/fr/docteur-jean-christian-talmant</t>
+  </si>
+  <si>
+    <t>c_2709168</t>
+  </si>
+  <si>
+    <t>TALMANT</t>
+  </si>
+  <si>
+    <t>Jean-christian</t>
+  </si>
+  <si>
+    <t>Docteur Rachel SIMONNET</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709192/fr/docteur-rachel-simonnet</t>
+  </si>
+  <si>
+    <t>c_2709192</t>
+  </si>
+  <si>
+    <t>SIMONNET</t>
+  </si>
+  <si>
+    <t>Rachel</t>
+  </si>
+  <si>
+    <t>Docteur Jean-emmanuel GEDOUIN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709267/fr/docteur-jean-emmanuel-gedouin</t>
+  </si>
+  <si>
+    <t>c_2709267</t>
+  </si>
+  <si>
+    <t>GEDOUIN</t>
+  </si>
+  <si>
+    <t>Jean-emmanuel</t>
+  </si>
+  <si>
+    <t>Docteur Marc BOUDINEAU</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709368/fr/docteur-marc-boudineau</t>
+  </si>
+  <si>
+    <t>c_2709368</t>
+  </si>
+  <si>
+    <t>BOUDINEAU</t>
+  </si>
+  <si>
+    <t>Marc</t>
+  </si>
+  <si>
+    <t>Docteur Thurial COLLET</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709503/fr/docteur-thurial-collet</t>
+  </si>
+  <si>
+    <t>c_2709503</t>
+  </si>
+  <si>
+    <t>COLLET</t>
+  </si>
+  <si>
+    <t>Thurial</t>
+  </si>
+  <si>
+    <t>Docteur Yves LOIRAT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709516/fr/docteur-yves-loirat</t>
+  </si>
+  <si>
+    <t>c_2709516</t>
+  </si>
+  <si>
+    <t>LOIRAT</t>
+  </si>
+  <si>
+    <t>Docteur Vincent BOCQUILLON</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709645/fr/docteur-vincent-bocquillon</t>
+  </si>
+  <si>
+    <t>c_2709645</t>
+  </si>
+  <si>
+    <t>BOCQUILLON</t>
+  </si>
+  <si>
+    <t>Docteur Hugo MARTIGNY</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709680/fr/docteur-hugo-martigny</t>
+  </si>
+  <si>
+    <t>c_2709680</t>
+  </si>
+  <si>
+    <t>MARTIGNY</t>
+  </si>
+  <si>
+    <t>Hugo</t>
+  </si>
+  <si>
+    <t>Docteur Stephanie PROUST</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709682/fr/docteur-stephanie-proust</t>
+  </si>
+  <si>
+    <t>c_2709682</t>
+  </si>
+  <si>
+    <t>PROUST</t>
+  </si>
+  <si>
+    <t>Stephanie</t>
+  </si>
+  <si>
+    <t>Docteur Patrick LE COUTEUR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709697/fr/docteur-patrick-le-couteur</t>
+  </si>
+  <si>
+    <t>c_2709697</t>
+  </si>
+  <si>
+    <t>LE COUTEUR</t>
+  </si>
+  <si>
+    <t>Patrick</t>
   </si>
   <si>
     <t>15 July 2021</t>
   </si>
   <si>
-    <t>Docteur Frédéric MAILLET</t>
-[...796 lines deleted...]
-  <si>
     <t>Docteur Cyril PERRIER</t>
   </si>
   <si>
     <t>08/11/2016 11:31:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709707/fr/docteur-cyril-perrier</t>
   </si>
   <si>
     <t>c_2709707</t>
   </si>
   <si>
     <t>PERRIER</t>
   </si>
   <si>
     <t>Cyril</t>
   </si>
   <si>
-    <t>Docteur Christophe SALIOU</t>
-[...16 lines deleted...]
-  <si>
     <t>Docteur Pierre FOURQUIER</t>
   </si>
   <si>
     <t>08/11/2016 11:31:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709814/fr/docteur-pierre-fourquier</t>
   </si>
   <si>
     <t>c_2709814</t>
   </si>
   <si>
     <t>FOURQUIER</t>
   </si>
   <si>
     <t>Docteur Stephane BRENUGAT</t>
   </si>
   <si>
     <t>08/11/2016 11:31:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710039/fr/docteur-stephane-brenugat</t>
   </si>
   <si>
     <t>c_2710039</t>
@@ -4928,74 +5162,104 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>SAAD CCAS DE CLISSON</t>
+  </si>
+  <si>
+    <t>18/12/2025 05:09:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15293_FicheESSMS/fr/saad-ccas-de-clisson</t>
+  </si>
+  <si>
+    <t>15293_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44190 CLISSON</t>
+  </si>
+  <si>
+    <t>CLISSON</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>440012557</t>
+  </si>
+  <si>
     <t>EHPAD DE LA BRIERE</t>
   </si>
   <si>
     <t>30/11/2025 05:05:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14959_FicheESSMS/fr/ehpad-de-la-briere</t>
   </si>
   <si>
     <t>14959_FicheESSMS</t>
   </si>
   <si>
     <t>5 Rue Des Ajoncs</t>
   </si>
   <si>
     <t>44410 ST LYPHARD</t>
   </si>
   <si>
     <t>ST LYPHARD</t>
   </si>
   <si>
-    <t>44</t>
-[...1 lines deleted...]
-  <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Personne âgée</t>
   </si>
   <si>
     <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
   </si>
   <si>
     <t>440002822</t>
   </si>
   <si>
     <t>ACCUEIL TEMPORAIRE L'ESCALE</t>
   </si>
   <si>
     <t>27/11/2025 16:23:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14907_FicheESSMS/fr/accueil-temporaire-l-escale</t>
   </si>
   <si>
     <t>14907_FicheESSMS</t>
   </si>
   <si>
     <t>7 Rue Des Mares</t>
@@ -5063,56 +5327,50 @@
   <si>
     <t>440044774</t>
   </si>
   <si>
     <t>SAAD ADHAP SERVICES</t>
   </si>
   <si>
     <t>24/11/2025 16:17:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14842_FicheESSMS/fr/saad-adhap-services</t>
   </si>
   <si>
     <t>14842_FicheESSMS</t>
   </si>
   <si>
     <t>13 Avenue Rene Coty</t>
   </si>
   <si>
     <t>44600 ST NAZAIRE</t>
   </si>
   <si>
     <t>Privé commercial</t>
   </si>
   <si>
-    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
-[...4 lines deleted...]
-  <si>
     <t>440057842</t>
   </si>
   <si>
     <t>SAA APEF SERVICES</t>
   </si>
   <si>
     <t>24/11/2025 16:17:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14847_FicheESSMS/fr/saa-apef-services</t>
   </si>
   <si>
     <t>14847_FicheESSMS</t>
   </si>
   <si>
     <t>3 Rue De Nantes</t>
   </si>
   <si>
     <t>44260 SAVENAY</t>
   </si>
   <si>
     <t>SAVENAY</t>
   </si>
   <si>
     <t>440060408</t>
@@ -5120,293 +5378,1013 @@
   <si>
     <t>SAAD TITI SERVICES</t>
   </si>
   <si>
     <t>17/11/2025 16:18:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14727_FicheESSMS/fr/saad-titi-services</t>
   </si>
   <si>
     <t>14727_FicheESSMS</t>
   </si>
   <si>
     <t>7 Rue Louis Bleriot</t>
   </si>
   <si>
     <t>44700 ORVAULT</t>
   </si>
   <si>
     <t>ORVAULT</t>
   </si>
   <si>
     <t>440057107</t>
   </si>
   <si>
+    <t>EHPAD LES JARDINS DE LA CHENAIE</t>
+  </si>
+  <si>
+    <t>16/11/2025 16:18:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14689_FicheESSMS/fr/ehpad-les-jardins-de-la-chenaie</t>
+  </si>
+  <si>
+    <t>14689_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Venelle Francoise D Eaubonne</t>
+  </si>
+  <si>
+    <t>44300 NANTES</t>
+  </si>
+  <si>
+    <t>NANTES</t>
+  </si>
+  <si>
+    <t>440049062</t>
+  </si>
+  <si>
+    <t>EHPAD DU BOCAGE</t>
+  </si>
+  <si>
+    <t>16/11/2025 16:18:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14706_FicheESSMS/fr/ehpad-du-bocage</t>
+  </si>
+  <si>
+    <t>14706_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340 Rue Du Bocage</t>
+  </si>
+  <si>
+    <t>44440 JOUE SUR ERDRE</t>
+  </si>
+  <si>
+    <t>JOUE SUR ERDRE</t>
+  </si>
+  <si>
+    <t>440003606</t>
+  </si>
+  <si>
     <t>LIEU DE VIE LA COLOMBE</t>
   </si>
   <si>
     <t>16/11/2025 16:18:21</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14708_FicheESSMS/fr/lieu-de-vie-la-colombe</t>
   </si>
   <si>
     <t>14708_FicheESSMS</t>
   </si>
   <si>
     <t>3 Rue De La Madone</t>
   </si>
   <si>
     <t>Personne en situation de handicap adulte, Protection de l’enfance/Protection judiciaire de la jeunesse</t>
   </si>
   <si>
     <t>Lieux de Vie et d'Accueil</t>
   </si>
   <si>
     <t>440045854</t>
   </si>
   <si>
     <t>SAAD CCAS CARQUEFOU</t>
   </si>
   <si>
     <t>10/11/2025 16:16:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14650_FicheESSMS/fr/saad-ccas-carquefou</t>
   </si>
   <si>
     <t>14650_FicheESSMS</t>
   </si>
   <si>
     <t>18 Rue Jules Verne</t>
   </si>
   <si>
     <t>44470 CARQUEFOU</t>
   </si>
   <si>
     <t>CARQUEFOU</t>
   </si>
   <si>
-    <t>Public</t>
-[...1 lines deleted...]
-  <si>
     <t>440024826</t>
   </si>
   <si>
+    <t>CLIC VILLES VILL'AGES</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:16:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14220_FicheESSMS/fr/clic-villes-vill-ages</t>
+  </si>
+  <si>
+    <t>14220_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De La Garenne</t>
+  </si>
+  <si>
+    <t>44120 VERTOU</t>
+  </si>
+  <si>
+    <t>VERTOU</t>
+  </si>
+  <si>
+    <t>Centres Locaux Information Coordination P.A .(C.L.I.C.)</t>
+  </si>
+  <si>
+    <t>440050656</t>
+  </si>
+  <si>
+    <t>RESIDENCE L'ODYSSEE</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:26:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14444_FicheESSMS/fr/residence-l-odyssee</t>
+  </si>
+  <si>
+    <t>14444_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Allée Du Sophora</t>
+  </si>
+  <si>
+    <t>44170 NOZAY</t>
+  </si>
+  <si>
+    <t>NOZAY</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Foyer de Jeunes Travailleurs (résidence sociale ou non)</t>
+  </si>
+  <si>
+    <t>440048130</t>
+  </si>
+  <si>
     <t>CLIC PONTCHATEAU ST GILDAS DES BOIS</t>
   </si>
   <si>
     <t>07/11/2025 16:27:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14576_FicheESSMS/fr/clic-pontchateau-st-gildas-des-bois</t>
   </si>
   <si>
     <t>14576_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue Des Chataigniers</t>
   </si>
   <si>
     <t>44160 PONTCHATEAU</t>
   </si>
   <si>
     <t>PONTCHATEAU</t>
   </si>
   <si>
-    <t>Centres Locaux Information Coordination P.A .(C.L.I.C.)</t>
-[...1 lines deleted...]
-  <si>
     <t>440050870</t>
   </si>
   <si>
+    <t>SAMSAH PERSPECTIV</t>
+  </si>
+  <si>
+    <t>23/10/2025 16:17:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14213_FicheESSMS/fr/samsah-perspectiv</t>
+  </si>
+  <si>
+    <t>14213_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Avenue Jean-Jaures</t>
+  </si>
+  <si>
+    <t>44230 ST SEBASTIEN SUR LOIRE</t>
+  </si>
+  <si>
+    <t>ST SEBASTIEN SUR LOIRE</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>440059343</t>
+  </si>
+  <si>
+    <t>SAVS PERSPECTIV</t>
+  </si>
+  <si>
+    <t>23/10/2025 16:17:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14214_FicheESSMS/fr/savs-perspectiv</t>
+  </si>
+  <si>
+    <t>14214_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Avenue Jean Jaures</t>
+  </si>
+  <si>
+    <t>44233 ST SEBASTIEN SUR LOIRE CED</t>
+  </si>
+  <si>
+    <t>ST SEBASTIEN SUR LOIRE CED</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>440042604</t>
+  </si>
+  <si>
     <t>SAAD SERVICE DOM</t>
   </si>
   <si>
     <t>22/10/2025 16:16:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14190_FicheESSMS/fr/saad-service-dom</t>
   </si>
   <si>
     <t>14190_FicheESSMS</t>
   </si>
   <si>
     <t>6 Allée De La Gare D Anjou</t>
   </si>
   <si>
-    <t>44230 ST SEBASTIEN SUR LOIRE</t>
-[...4 lines deleted...]
-  <si>
     <t>440054492</t>
   </si>
   <si>
     <t>SAAD DOMIPREST SAINT NAZAIRE</t>
   </si>
   <si>
     <t>22/10/2025 16:16:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14194_FicheESSMS/fr/saad-domiprest-saint-nazaire</t>
   </si>
   <si>
     <t>14194_FicheESSMS</t>
   </si>
   <si>
     <t>1 Rue De L'Etoile Du Matin</t>
   </si>
   <si>
     <t>440056752</t>
   </si>
   <si>
     <t>SAAD CCAS SAVENAY</t>
   </si>
   <si>
     <t>21/10/2025 16:17:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14186_FicheESSMS/fr/saad-ccas-savenay</t>
   </si>
   <si>
     <t>14186_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue Du Parc Des Sports</t>
   </si>
   <si>
     <t>440024768</t>
   </si>
   <si>
+    <t>EHPAD LA HOUSSAIS</t>
+  </si>
+  <si>
+    <t>07/10/2025 16:15:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13946_FicheESSMS/fr/ehpad-la-houssais</t>
+  </si>
+  <si>
+    <t>13946_FicheESSMS</t>
+  </si>
+  <si>
+    <t>126 Rue Maurice Jouaud</t>
+  </si>
+  <si>
+    <t>44400 REZE</t>
+  </si>
+  <si>
+    <t>REZE</t>
+  </si>
+  <si>
+    <t>440002897</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT GILDAS</t>
+  </si>
+  <si>
+    <t>29/09/2025 16:16:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13789_FicheESSMS/fr/ehpad-saint-gildas</t>
+  </si>
+  <si>
+    <t>13789_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue De La Republique</t>
+  </si>
+  <si>
+    <t>44210 PORNIC</t>
+  </si>
+  <si>
+    <t>PORNIC</t>
+  </si>
+  <si>
+    <t>440002699</t>
+  </si>
+  <si>
+    <t>CLIC PILOT'AGE</t>
+  </si>
+  <si>
+    <t>28/09/2025 16:16:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13712_FicheESSMS/fr/clic-pilot-age</t>
+  </si>
+  <si>
+    <t>13712_FicheESSMS</t>
+  </si>
+  <si>
+    <t>37 Rue Pierre Mendes France</t>
+  </si>
+  <si>
+    <t>440050771</t>
+  </si>
+  <si>
+    <t>EHPAD BON ACCUEIL</t>
+  </si>
+  <si>
+    <t>28/09/2025 16:16:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13735_FicheESSMS/fr/ehpad-bon-accueil</t>
+  </si>
+  <si>
+    <t>13735_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Gilles De Retz</t>
+  </si>
+  <si>
+    <t>44650 TOUVOIS</t>
+  </si>
+  <si>
+    <t>TOUVOIS</t>
+  </si>
+  <si>
+    <t>440002749</t>
+  </si>
+  <si>
+    <t>EANM LA PASSERELLE</t>
+  </si>
+  <si>
+    <t>21/09/2025 16:16:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13490_FicheESSMS/fr/eanm-la-passerelle</t>
+  </si>
+  <si>
+    <t>13490_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue De La Galerne</t>
+  </si>
+  <si>
+    <t>44450 DIVATTE SUR LOIRE</t>
+  </si>
+  <si>
+    <t>DIVATTE SUR LOIRE</t>
+  </si>
+  <si>
+    <t>440032696</t>
+  </si>
+  <si>
+    <t>RELAIS PARENTAL SAINT NAZAIRE</t>
+  </si>
+  <si>
+    <t>15/09/2025 16:19:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13280_FicheESSMS/fr/relais-parental-saint-nazaire</t>
+  </si>
+  <si>
+    <t>13280_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue D'Ypres</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>440045524</t>
+  </si>
+  <si>
+    <t>RELAIS PARENTAL LA COURTE ECHELLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13279_FicheESSMS/fr/relais-parental-la-courte-echelle</t>
+  </si>
+  <si>
+    <t>13279_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44620 LA MONTAGNE</t>
+  </si>
+  <si>
+    <t>LA MONTAGNE</t>
+  </si>
+  <si>
+    <t>440027779</t>
+  </si>
+  <si>
+    <t>EHPAD LE LOGIS PETITE FORET</t>
+  </si>
+  <si>
+    <t>15/09/2025 16:19:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13287_FicheESSMS/fr/ehpad-le-logis-petite-foret</t>
+  </si>
+  <si>
+    <t>13287_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Rue St Andre</t>
+  </si>
+  <si>
+    <t>44130 BOUVRON</t>
+  </si>
+  <si>
+    <t>BOUVRON</t>
+  </si>
+  <si>
+    <t>440002657</t>
+  </si>
+  <si>
     <t>SAAD O2 NANTES SUD</t>
   </si>
   <si>
     <t>15/09/2025 16:20:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13319_FicheESSMS/fr/saad-o2-nantes-sud</t>
   </si>
   <si>
     <t>13319_FicheESSMS</t>
   </si>
   <si>
     <t>90 Rue Jean Jaures</t>
   </si>
   <si>
-    <t>44400 REZE</t>
-[...4 lines deleted...]
-  <si>
     <t>440056968</t>
   </si>
   <si>
+    <t>CLIC DU PAYS DE CHATEAUBRIANT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/70_FicheESSMS/fr/clic-du-pays-de-chateaubriant</t>
+  </si>
+  <si>
+    <t>70_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue D'Ancenis</t>
+  </si>
+  <si>
+    <t>44110 CHATEAUBRIANT</t>
+  </si>
+  <si>
+    <t>440050607</t>
+  </si>
+  <si>
     <t>ITEP MARIE MOREAU</t>
   </si>
   <si>
     <t>10/09/2025 12:15:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/96_FicheESSMS/fr/itep-marie-moreau</t>
   </si>
   <si>
     <t>96_FicheESSMS</t>
   </si>
   <si>
     <t>40 Rue Du Dr Albert Schweitzer</t>
   </si>
   <si>
     <t>44612 ST NAZAIRE</t>
   </si>
   <si>
     <t>Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
   </si>
   <si>
     <t>440033249</t>
   </si>
   <si>
     <t>IME MARIE MOREAU</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/95_FicheESSMS/fr/ime-marie-moreau</t>
   </si>
   <si>
     <t>95_FicheESSMS</t>
   </si>
   <si>
     <t>40 Rue Du Dr Schweitzer</t>
   </si>
   <si>
     <t>Institut Médico-Educatif (I.M.E.)</t>
   </si>
   <si>
     <t>440001105</t>
   </si>
   <si>
+    <t>SAVS MARIE MOREAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/94_FicheESSMS/fr/savs-marie-moreau</t>
+  </si>
+  <si>
+    <t>94_FicheESSMS</t>
+  </si>
+  <si>
+    <t>69 Rue Andre Chenier</t>
+  </si>
+  <si>
+    <t>440040491</t>
+  </si>
+  <si>
+    <t>ESAT MARIE MOREAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/93_FicheESSMS/fr/esat-marie-moreau</t>
+  </si>
+  <si>
+    <t>93_FicheESSMS</t>
+  </si>
+  <si>
+    <t>40 Rue Albert Schweitzer</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>440030476</t>
+  </si>
+  <si>
+    <t>SESSAD MARIE MOREAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/92_FicheESSMS/fr/sessad-marie-moreau</t>
+  </si>
+  <si>
+    <t>92_FicheESSMS</t>
+  </si>
+  <si>
+    <t>69 Rue André Chenier</t>
+  </si>
+  <si>
+    <t>440046340</t>
+  </si>
+  <si>
+    <t>DITEP GESVRES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/203_FicheESSMS/fr/ditep-gesvres</t>
+  </si>
+  <si>
+    <t>203_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Des Coteaux</t>
+  </si>
+  <si>
+    <t>44119 TREILLIERES</t>
+  </si>
+  <si>
+    <t>TREILLIERES</t>
+  </si>
+  <si>
+    <t>440000743</t>
+  </si>
+  <si>
+    <t>EHPAD LES 3 MOULINS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/185_FicheESSMS/fr/ehpad-les-3-moulins</t>
+  </si>
+  <si>
+    <t>185_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44440 RIAILLE</t>
+  </si>
+  <si>
+    <t>RIAILLE</t>
+  </si>
+  <si>
+    <t>440002871</t>
+  </si>
+  <si>
+    <t>EHPAD ELSA TRIOLET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/234_FicheESSMS/fr/ehpad-elsa-triolet</t>
+  </si>
+  <si>
+    <t>234_FicheESSMS</t>
+  </si>
+  <si>
+    <t>62 Rue Louis Aragon</t>
+  </si>
+  <si>
+    <t>44720 ST JOACHIM</t>
+  </si>
+  <si>
+    <t>ST JOACHIM</t>
+  </si>
+  <si>
+    <t>440009371</t>
+  </si>
+  <si>
+    <t>MAS FRAICHE PASQUIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/324_FicheESSMS/fr/mas-fraiche-pasquier</t>
+  </si>
+  <si>
+    <t>324_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Route Du Fraiche Pasquier</t>
+  </si>
+  <si>
+    <t>44220 COUERON</t>
+  </si>
+  <si>
+    <t>COUERON</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>440017952</t>
+  </si>
+  <si>
     <t>CSAPA COORDINATION</t>
   </si>
   <si>
     <t>10/09/2025 12:15:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/722_FicheESSMS/fr/csapa-coordination</t>
   </si>
   <si>
     <t>722_FicheESSMS</t>
   </si>
   <si>
     <t>5 Impasse Du Petit Rocher</t>
   </si>
   <si>
     <t>44340 BOUGUENAIS</t>
   </si>
   <si>
     <t>BOUGUENAIS</t>
   </si>
   <si>
     <t>Personne ayant des difficultés spécifiques</t>
   </si>
   <si>
     <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
   </si>
   <si>
     <t>440051449</t>
   </si>
   <si>
+    <t>EHPAD LE PERE LAURENT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/871_FicheESSMS/fr/ehpad-le-pere-laurent</t>
+  </si>
+  <si>
+    <t>871_FicheESSMS</t>
+  </si>
+  <si>
+    <t>39 Rue Du Pere Laurent</t>
+  </si>
+  <si>
+    <t>44410 HERBIGNAC</t>
+  </si>
+  <si>
+    <t>HERBIGNAC</t>
+  </si>
+  <si>
+    <t>440024651</t>
+  </si>
+  <si>
+    <t>EHPAD MAISON D'ACCUEIL ST JULIEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/874_FicheESSMS/fr/ehpad-maison-d-accueil-st-julien</t>
+  </si>
+  <si>
+    <t>874_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Des Rochettes</t>
+  </si>
+  <si>
+    <t>44670 ST JULIEN DE VOUVANTES</t>
+  </si>
+  <si>
+    <t>ST JULIEN DE VOUVANTES</t>
+  </si>
+  <si>
+    <t>440002830</t>
+  </si>
+  <si>
+    <t>EHPAD LES PAMPRES DORES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1152_FicheESSMS/fr/ehpad-les-pampres-dores</t>
+  </si>
+  <si>
+    <t>1152_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44330 VALLET</t>
+  </si>
+  <si>
+    <t>VALLET</t>
+  </si>
+  <si>
+    <t>440002673</t>
+  </si>
+  <si>
+    <t>EHPAD BEAULIEU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1346_FicheESSMS/fr/ehpad-beaulieu</t>
+  </si>
+  <si>
+    <t>1346_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440002079</t>
+  </si>
+  <si>
+    <t>RESIDENCE BEL AIR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1342_FicheESSMS/fr/residence-bel-air</t>
+  </si>
+  <si>
+    <t>1342_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue De L'Erdre</t>
+  </si>
+  <si>
+    <t>44240 LA CHAPELLE SUR ERDRE</t>
+  </si>
+  <si>
+    <t>LA CHAPELLE SUR ERDRE</t>
+  </si>
+  <si>
+    <t>440009389</t>
+  </si>
+  <si>
+    <t>CLIC CA PORNIC AGGLO PAYS DE RETZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1390_FicheESSMS/fr/clic-ca-pornic-agglo-pays-de-retz</t>
+  </si>
+  <si>
+    <t>1390_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Dr Ange Guepin</t>
+  </si>
+  <si>
+    <t>44215 PORNIC</t>
+  </si>
+  <si>
+    <t>440050854</t>
+  </si>
+  <si>
+    <t>EHPAD CREISKER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1476_FicheESSMS/fr/ehpad-creisker</t>
+  </si>
+  <si>
+    <t>1476_FicheESSMS</t>
+  </si>
+  <si>
+    <t>78 Avenue Saint Sebastien</t>
+  </si>
+  <si>
+    <t>44380 PORNICHET</t>
+  </si>
+  <si>
+    <t>PORNICHET</t>
+  </si>
+  <si>
+    <t>440041739</t>
+  </si>
+  <si>
+    <t>EHPAD HAMEAU SAINT-JOSEPH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1624_FicheESSMS/fr/ehpad-hameau-saint-joseph</t>
+  </si>
+  <si>
+    <t>1624_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Allée Rene Bernard</t>
+  </si>
+  <si>
+    <t>44130 FAY DE BRETAGNE</t>
+  </si>
+  <si>
+    <t>FAY DE BRETAGNE</t>
+  </si>
+  <si>
+    <t>440003549</t>
+  </si>
+  <si>
+    <t>EHPAD FLEURS DES CHAMPS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1691_FicheESSMS/fr/ehpad-fleurs-des-champs</t>
+  </si>
+  <si>
+    <t>1691_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Rue De La Paix</t>
+  </si>
+  <si>
+    <t>44140 LA PLANCHE</t>
+  </si>
+  <si>
+    <t>LA PLANCHE</t>
+  </si>
+  <si>
+    <t>440003051</t>
+  </si>
+  <si>
+    <t>SAESAT ANCENIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1722_FicheESSMS/fr/saesat-ancenis</t>
+  </si>
+  <si>
+    <t>1722_FicheESSMS</t>
+  </si>
+  <si>
+    <t>245 Rue Des Jeux Olympiques</t>
+  </si>
+  <si>
+    <t>44150 ANCENIS ST GEREON</t>
+  </si>
+  <si>
+    <t>ANCENIS ST GEREON</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>440035368</t>
+  </si>
+  <si>
+    <t>FAH LES SIX FRENES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1721_FicheESSMS/fr/fah-les-six-frenes</t>
+  </si>
+  <si>
+    <t>1721_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>440026938</t>
+  </si>
+  <si>
     <t>CLIC ECLAIR'AGE</t>
   </si>
   <si>
-    <t>10/09/2025 12:17:00</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/1720_FicheESSMS/fr/clic-eclair-age</t>
   </si>
   <si>
     <t>1720_FicheESSMS</t>
   </si>
   <si>
     <t>1 Faubourg Sainte Anne</t>
   </si>
   <si>
     <t>44350 GUERANDE</t>
   </si>
   <si>
     <t>GUERANDE</t>
   </si>
   <si>
     <t>440050615</t>
   </si>
   <si>
     <t>CLIC ERDRE ET GESVRES PAYS DE BLAIN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1718_FicheESSMS/fr/clic-erdre-et-gesvres-pays-de-blain</t>
   </si>
   <si>
     <t>1718_FicheESSMS</t>
@@ -5417,1103 +6395,1193 @@
   <si>
     <t>44119 GRANDCHAMPS DES FONTAINES</t>
   </si>
   <si>
     <t>GRANDCHAMPS DES FONTAINES</t>
   </si>
   <si>
     <t>440050896</t>
   </si>
   <si>
     <t>SAMSAH ADAPEI</t>
   </si>
   <si>
     <t>10/09/2025 12:17:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1732_FicheESSMS/fr/samsah-adapei</t>
   </si>
   <si>
     <t>1732_FicheESSMS</t>
   </si>
   <si>
     <t>150 Rue Des Fresnes</t>
   </si>
   <si>
-    <t>44150 ANCENIS ST GEREON</t>
-[...7 lines deleted...]
-  <si>
     <t>440060069</t>
   </si>
   <si>
+    <t>IME CENRO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1762_FicheESSMS/fr/ime-cenro</t>
+  </si>
+  <si>
+    <t>1762_FicheESSMS</t>
+  </si>
+  <si>
+    <t>40 Rue Des Fraiches</t>
+  </si>
+  <si>
+    <t>440000206</t>
+  </si>
+  <si>
     <t>SAVS LES SIX FRENES</t>
   </si>
   <si>
     <t>10/09/2025 12:17:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1939_FicheESSMS/fr/savs-les-six-frenes</t>
   </si>
   <si>
     <t>1939_FicheESSMS</t>
   </si>
   <si>
-    <t>245 Rue Des Jeux Olympiques</t>
-[...4 lines deleted...]
-  <si>
     <t>440033512</t>
   </si>
   <si>
     <t>FV LES 6 FRENES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1938_FicheESSMS/fr/fv-les-6-frenes</t>
   </si>
   <si>
     <t>1938_FicheESSMS</t>
   </si>
   <si>
-    <t>Foyer de Vie pour Adultes Handicapés</t>
-[...1 lines deleted...]
-  <si>
     <t>440036309</t>
   </si>
   <si>
     <t>LAM VERTOU</t>
   </si>
   <si>
     <t>10/09/2025 12:17:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1968_FicheESSMS/fr/lam-vertou</t>
   </si>
   <si>
     <t>1968_FicheESSMS</t>
   </si>
   <si>
     <t>3 Allée Du Cap Horn</t>
   </si>
   <si>
-    <t>44120 VERTOU</t>
-[...4 lines deleted...]
-  <si>
     <t>Lits d'Accueil Médicalisés (L.A.M.)</t>
   </si>
   <si>
     <t>440054062</t>
   </si>
   <si>
     <t>LHSS L'ATRE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1967_FicheESSMS/fr/lhss-l-atre</t>
   </si>
   <si>
     <t>1967_FicheESSMS</t>
   </si>
   <si>
     <t>Lits Halte Soins Santé (L.H.S.S.)</t>
   </si>
   <si>
     <t>440046704</t>
   </si>
   <si>
+    <t>EHPAD BON REPOS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2067_FicheESSMS/fr/ehpad-bon-repos</t>
+  </si>
+  <si>
+    <t>2067_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue Camille Pelletan</t>
+  </si>
+  <si>
+    <t>440003069</t>
+  </si>
+  <si>
     <t>SERVICE D'ACCUEIL ET D'HÉBERGEMENT</t>
   </si>
   <si>
-    <t>10/09/2025 12:17:33</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/2058_FicheESSMS/fr/service-d-accueil-et-d-hebergement</t>
   </si>
   <si>
     <t>2058_FicheESSMS</t>
   </si>
   <si>
     <t>4 Rue Des Meules</t>
   </si>
   <si>
     <t>44130 BLAIN</t>
   </si>
   <si>
     <t>BLAIN</t>
   </si>
   <si>
     <t>440031540</t>
   </si>
   <si>
+    <t>SAVS CHATEAUBRIANT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2079_FicheESSMS/fr/savs-chateaubriant</t>
+  </si>
+  <si>
+    <t>2079_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue De Launay</t>
+  </si>
+  <si>
+    <t>440053908</t>
+  </si>
+  <si>
     <t>EAM LA CHARMELIÈRE</t>
   </si>
   <si>
-    <t>10/09/2025 12:17:34</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/2078_FicheESSMS/fr/eam-la-charmeliere</t>
   </si>
   <si>
     <t>2078_FicheESSMS</t>
   </si>
   <si>
     <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
   </si>
   <si>
     <t>440044857</t>
   </si>
   <si>
+    <t>CHRS AMETIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2077_FicheESSMS/fr/chrs-ametis</t>
+  </si>
+  <si>
+    <t>2077_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>440012581</t>
+  </si>
+  <si>
+    <t>EHPAD LE VAL DE L'EVE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2068_FicheESSMS/fr/ehpad-le-val-de-l-eve</t>
+  </si>
+  <si>
+    <t>2068_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Boulevard De L'Universite</t>
+  </si>
+  <si>
+    <t>44606 ST NAZAIRE</t>
+  </si>
+  <si>
+    <t>440009421</t>
+  </si>
+  <si>
     <t>EHPAD ROCHE MAILLARD</t>
   </si>
   <si>
     <t>10/09/2025 12:17:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2093_FicheESSMS/fr/ehpad-roche-maillard</t>
   </si>
   <si>
     <t>2093_FicheESSMS</t>
   </si>
   <si>
     <t>44360 VIGNEUX DE BRETAGNE</t>
   </si>
   <si>
     <t>VIGNEUX DE BRETAGNE</t>
   </si>
   <si>
     <t>440024644</t>
   </si>
   <si>
+    <t>EHPAD LBA - LES SOURCES DU VERDET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2092_FicheESSMS/fr/ehpad-lba-les-sources-du-verdet</t>
+  </si>
+  <si>
+    <t>2092_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Impasse Des Bouvreuils</t>
+  </si>
+  <si>
+    <t>440040467</t>
+  </si>
+  <si>
+    <t>SA ESAT CHATEAUBRIANT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2101_FicheESSMS/fr/sa-esat-chateaubriant</t>
+  </si>
+  <si>
+    <t>2101_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue De Launay</t>
+  </si>
+  <si>
+    <t>440056042</t>
+  </si>
+  <si>
+    <t>FAH RENAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2100_FicheESSMS/fr/fah-renac</t>
+  </si>
+  <si>
+    <t>2100_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440011823</t>
+  </si>
+  <si>
+    <t>SAVS BLAIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2099_FicheESSMS/fr/savs-blain</t>
+  </si>
+  <si>
+    <t>2099_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440042315</t>
+  </si>
+  <si>
+    <t>CLIC SEVRE ET LOIRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2175_FicheESSMS/fr/clic-sevre-et-loire</t>
+  </si>
+  <si>
+    <t>2175_FicheESSMS</t>
+  </si>
+  <si>
+    <t>84 Rue Jean Monnet</t>
+  </si>
+  <si>
+    <t>440050581</t>
+  </si>
+  <si>
+    <t>CLIC VALLEE CLISSON SEVRE ET MAINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2174_FicheESSMS/fr/clic-vallee-clisson-sevre-et-maine</t>
+  </si>
+  <si>
+    <t>2174_FicheESSMS</t>
+  </si>
+  <si>
+    <t>26 Rue De L'Ancienne Mairie</t>
+  </si>
+  <si>
+    <t>44190 ST HILAIRE DE CLISSON</t>
+  </si>
+  <si>
+    <t>ST HILAIRE DE CLISSON</t>
+  </si>
+  <si>
+    <t>440050839</t>
+  </si>
+  <si>
+    <t>EHPAD L'ILE VERTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2229_FicheESSMS/fr/ehpad-l-ile-verte</t>
+  </si>
+  <si>
+    <t>2229_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Rue De L'Ile Verte</t>
+  </si>
+  <si>
+    <t>44310 ST PHILBERT DE GRAND LIEU</t>
+  </si>
+  <si>
+    <t>ST PHILBERT DE GRAND LIEU</t>
+  </si>
+  <si>
+    <t>440002798</t>
+  </si>
+  <si>
+    <t>CLIC SUD RETZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2325_FicheESSMS/fr/clic-sud-retz</t>
+  </si>
+  <si>
+    <t>2325_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Boulevard Pierre De Gondy</t>
+  </si>
+  <si>
+    <t>44270 MACHECOUL ST MEME</t>
+  </si>
+  <si>
+    <t>MACHECOUL ST MEME</t>
+  </si>
+  <si>
+    <t>440050698</t>
+  </si>
+  <si>
+    <t>EHPAD LE CHENE DE LA CORMIERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2337_FicheESSMS/fr/ehpad-le-chene-de-la-cormiere</t>
+  </si>
+  <si>
+    <t>2337_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue De Coetmeleuc</t>
+  </si>
+  <si>
+    <t>44530 GUENROUET</t>
+  </si>
+  <si>
+    <t>GUENROUET</t>
+  </si>
+  <si>
+    <t>440003119</t>
+  </si>
+  <si>
+    <t>FOYER VIE DU ROUET PERSONNES AGEES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2336_FicheESSMS/fr/foyer-vie-du-rouet-personnes-agees</t>
+  </si>
+  <si>
+    <t>2336_FicheESSMS</t>
+  </si>
+  <si>
+    <t>39 Rue De La Roche Buttee</t>
+  </si>
+  <si>
+    <t>440042877</t>
+  </si>
+  <si>
+    <t>CLIC DU PAYS D'ANCENIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2331_FicheESSMS/fr/clic-du-pays-d-ancenis</t>
+  </si>
+  <si>
+    <t>2331_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Place Francis Robert</t>
+  </si>
+  <si>
+    <t>440050672</t>
+  </si>
+  <si>
+    <t>CLIC ORVAULT LA CHAPELLE-SUR-ERDRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2373_FicheESSMS/fr/clic-orvault-la-chapelle-sur-erdre</t>
+  </si>
+  <si>
+    <t>2373_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Marcel Deniau</t>
+  </si>
+  <si>
+    <t>440053569</t>
+  </si>
+  <si>
+    <t>EHPAD QUIETUS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2542_FicheESSMS/fr/ehpad-quietus</t>
+  </si>
+  <si>
+    <t>2542_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Avenue Victor Duruy</t>
+  </si>
+  <si>
+    <t>44500 LA BAULE</t>
+  </si>
+  <si>
+    <t>LA BAULE</t>
+  </si>
+  <si>
+    <t>440029866</t>
+  </si>
+  <si>
     <t>EHPAD KORIAN LE RANZAY</t>
   </si>
   <si>
     <t>10/09/2025 12:18:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2572_FicheESSMS/fr/ehpad-korian-le-ranzay</t>
   </si>
   <si>
     <t>2572_FicheESSMS</t>
   </si>
   <si>
     <t>3 Rue Du Port Durand</t>
   </si>
   <si>
-    <t>44300 NANTES</t>
-[...4 lines deleted...]
-  <si>
     <t>440009439</t>
   </si>
   <si>
+    <t>IEM LA GRILLONNAIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2647_FicheESSMS/fr/iem-la-grillonnais</t>
+  </si>
+  <si>
+    <t>2647_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De La Croix Des Fosses</t>
+  </si>
+  <si>
+    <t>44115 BASSE GOULAINE</t>
+  </si>
+  <si>
+    <t>BASSE GOULAINE</t>
+  </si>
+  <si>
+    <t>Institut d'éducation motrice</t>
+  </si>
+  <si>
+    <t>440000230</t>
+  </si>
+  <si>
+    <t>EANM FV HEBAC ST JEAN DE DIEU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2681_FicheESSMS/fr/eanm-fv-hebac-st-jean-de-dieu</t>
+  </si>
+  <si>
+    <t>2681_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Avenue St Goustan</t>
+  </si>
+  <si>
+    <t>44490 LE CROISIC</t>
+  </si>
+  <si>
+    <t>LE CROISIC</t>
+  </si>
+  <si>
+    <t>440032589</t>
+  </si>
+  <si>
+    <t>EHPAD LE CLOS DU MOULIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2945_FicheESSMS/fr/ehpad-le-clos-du-moulin</t>
+  </si>
+  <si>
+    <t>2945_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De La Galerne</t>
+  </si>
+  <si>
+    <t>440003093</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM CRIFO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2992_FicheESSMS/fr/service-mjpm-crifo</t>
+  </si>
+  <si>
+    <t>2992_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Impasse Augustin Fresnel</t>
+  </si>
+  <si>
+    <t>44814 ST HERBLAIN</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>440047884</t>
+  </si>
+  <si>
+    <t>STADE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3250_FicheESSMS/fr/stade</t>
+  </si>
+  <si>
+    <t>3250_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Boulevard Ampere</t>
+  </si>
+  <si>
+    <t>44481 CARQUEFOU</t>
+  </si>
+  <si>
+    <t>Services AEMO et AED</t>
+  </si>
+  <si>
+    <t>440052900</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT AVA ST NAZAIRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3265_FicheESSMS/fr/etablissement-ava-st-nazaire</t>
+  </si>
+  <si>
+    <t>3265_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Place Pierre Sémard</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>440052819</t>
+  </si>
+  <si>
+    <t>CLIC VIVRE SON AGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3396_FicheESSMS/fr/clic-vivre-son-age</t>
+  </si>
+  <si>
+    <t>3396_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Rue De La Guillauderie</t>
+  </si>
+  <si>
+    <t>44118 LA CHEVROLIERE</t>
+  </si>
+  <si>
+    <t>LA CHEVROLIERE</t>
+  </si>
+  <si>
+    <t>440050631</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN BOIS ROBILLARD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3409_FicheESSMS/fr/ehpad-korian-bois-robillard</t>
+  </si>
+  <si>
+    <t>3409_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Rue Du Bois Robillard</t>
+  </si>
+  <si>
+    <t>440042612</t>
+  </si>
+  <si>
+    <t>CADA ADOMA NANTES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3457_FicheESSMS/fr/cada-adoma-nantes</t>
+  </si>
+  <si>
+    <t>3457_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Avenue Jose Maria De Heredia</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>440051282</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE GAIA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3479_FicheESSMS/fr/lieu-de-vie-gaia</t>
+  </si>
+  <si>
+    <t>3479_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Route Du Parc De La Garenne</t>
+  </si>
+  <si>
+    <t>440043917</t>
+  </si>
+  <si>
+    <t>MAS ST JEAN DE DIEU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3513_FicheESSMS/fr/mas-st-jean-de-dieu</t>
+  </si>
+  <si>
+    <t>3513_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440032597</t>
+  </si>
+  <si>
+    <t>EAM CENTRE ST JEAN DE DIEU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3528_FicheESSMS/fr/eam-centre-st-jean-de-dieu</t>
+  </si>
+  <si>
+    <t>3528_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440044493</t>
+  </si>
+  <si>
+    <t>IEM LA BUISSONNIERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3552_FicheESSMS/fr/iem-la-buissonniere</t>
+  </si>
+  <si>
+    <t>3552_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Rue Charles De Gaulle</t>
+  </si>
+  <si>
+    <t>440000222</t>
+  </si>
+  <si>
+    <t>SESSAD APF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3558_FicheESSMS/fr/sessad-apf</t>
+  </si>
+  <si>
+    <t>3558_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Route D'Ancenis</t>
+  </si>
+  <si>
+    <t>44390 NORT SUR ERDRE</t>
+  </si>
+  <si>
+    <t>NORT SUR ERDRE</t>
+  </si>
+  <si>
+    <t>440053320</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3557_FicheESSMS/fr/sessad-apf</t>
+  </si>
+  <si>
+    <t>3557_FicheESSMS</t>
+  </si>
+  <si>
+    <t>50 Rue Busson Billault</t>
+  </si>
+  <si>
+    <t>440032043</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3556_FicheESSMS/fr/sessad-apf</t>
+  </si>
+  <si>
+    <t>3556_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Ernest Renan</t>
+  </si>
+  <si>
+    <t>440023752</t>
+  </si>
+  <si>
+    <t>IEM LA MARRIERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3555_FicheESSMS/fr/iem-la-marriere</t>
+  </si>
+  <si>
+    <t>3555_FicheESSMS</t>
+  </si>
+  <si>
+    <t>94 Rue De La Marriere</t>
+  </si>
+  <si>
+    <t>44319 NANTES CEDEX 3</t>
+  </si>
+  <si>
+    <t>440000750</t>
+  </si>
+  <si>
+    <t>FOYER DE SEMAINE LA HALVEQUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3554_FicheESSMS/fr/foyer-de-semaine-la-halveque</t>
+  </si>
+  <si>
+    <t>3554_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Du Champ De Tir</t>
+  </si>
+  <si>
+    <t>440013266</t>
+  </si>
+  <si>
+    <t>IME PIERRE DE LUNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3612_FicheESSMS/fr/ime-pierre-de-lune</t>
+  </si>
+  <si>
+    <t>3612_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44640 ST JEAN DE BOISEAU</t>
+  </si>
+  <si>
+    <t>ST JEAN DE BOISEAU</t>
+  </si>
+  <si>
+    <t>440049971</t>
+  </si>
+  <si>
+    <t>IME L'ESTUAIRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3611_FicheESSMS/fr/ime-l-estuaire</t>
+  </si>
+  <si>
+    <t>3611_FicheESSMS</t>
+  </si>
+  <si>
+    <t>60 Avenue De Bodon</t>
+  </si>
+  <si>
+    <t>44250 ST BREVIN LES PINS</t>
+  </si>
+  <si>
+    <t>ST BREVIN LES PINS</t>
+  </si>
+  <si>
+    <t>440023836</t>
+  </si>
+  <si>
+    <t>EEAP PARC DE LA BLORDIERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3779_FicheESSMS/fr/eeap-parc-de-la-blordiere</t>
+  </si>
+  <si>
+    <t>3779_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Boulevard Mendes France</t>
+  </si>
+  <si>
+    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
+  </si>
+  <si>
+    <t>440007698</t>
+  </si>
+  <si>
+    <t>SAS HANDICAPS RARES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3778_FicheESSMS/fr/sas-handicaps-rares</t>
+  </si>
+  <si>
+    <t>3778_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440053866</t>
+  </si>
+  <si>
+    <t>FJT ANCENIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3787_FicheESSMS/fr/fjt-ancenis</t>
+  </si>
+  <si>
+    <t>3787_FicheESSMS</t>
+  </si>
+  <si>
+    <t>85 Boulevard Huchon</t>
+  </si>
+  <si>
+    <t>440048197</t>
+  </si>
+  <si>
+    <t>EHPAD LES ORMES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3919_FicheESSMS/fr/ehpad-les-ormes</t>
+  </si>
+  <si>
+    <t>3919_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue Des Aigues Marines</t>
+  </si>
+  <si>
+    <t>440046936</t>
+  </si>
+  <si>
+    <t>CSAPA LA ROSE DES VENTS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3977_FicheESSMS/fr/csapa-la-rose-des-vents</t>
+  </si>
+  <si>
+    <t>3977_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Rue Roger Salengro</t>
+  </si>
+  <si>
+    <t>440030013</t>
+  </si>
+  <si>
+    <t>CAARUD LA ROSE DES VENTS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3976_FicheESSMS/fr/caarud-la-rose-des-vents</t>
+  </si>
+  <si>
+    <t>3976_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Ctre.Accueil/ Accomp.Réduc.Risq.Usag. Drogues (C.A.A.R.U.D.)</t>
+  </si>
+  <si>
+    <t>440046076</t>
+  </si>
+  <si>
+    <t>SAMSAH POLE ADULTES 44 APF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4274_FicheESSMS/fr/samsah-pole-adultes-44-apf</t>
+  </si>
+  <si>
+    <t>4274_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Boulevard Albert Einstein</t>
+  </si>
+  <si>
+    <t>44323 NANTES CEDEX 3</t>
+  </si>
+  <si>
+    <t>440035228</t>
+  </si>
+  <si>
+    <t>SESSAD NORD ADAPEI 44</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4365_FicheESSMS/fr/sessad-nord-adapei-44</t>
+  </si>
+  <si>
+    <t>4365_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue De La Frelaudais</t>
+  </si>
+  <si>
+    <t>440026524</t>
+  </si>
+  <si>
+    <t>UEMA CHATEAUBRIANT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4364_FicheESSMS/fr/uema-chateaubriant</t>
+  </si>
+  <si>
+    <t>4364_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34 Rue Des Chenes</t>
+  </si>
+  <si>
+    <t>440026532</t>
+  </si>
+  <si>
+    <t>CAFS IME PAUL ELUARD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4373_FicheESSMS/fr/cafs-ime-paul-eluard</t>
+  </si>
+  <si>
+    <t>4373_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44153 ANCENIS</t>
+  </si>
+  <si>
+    <t>ANCENIS</t>
+  </si>
+  <si>
+    <t>Centre d'Accueil Familial Spécialisé</t>
+  </si>
+  <si>
+    <t>440034700</t>
+  </si>
+  <si>
+    <t>CAFS IME LES PERRIÈRES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4372_FicheESSMS/fr/cafs-ime-les-perrieres</t>
+  </si>
+  <si>
+    <t>4372_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Rue Henry De Montherland</t>
+  </si>
+  <si>
+    <t>440026474</t>
+  </si>
+  <si>
+    <t>IME PAUL ELUARD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4371_FicheESSMS/fr/ime-paul-eluard</t>
+  </si>
+  <si>
+    <t>4371_FicheESSMS</t>
+  </si>
+  <si>
+    <t>100 Impasse Paul Eluard</t>
+  </si>
+  <si>
+    <t>440000123</t>
+  </si>
+  <si>
+    <t>IME LA GOUPILLAIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4367_FicheESSMS/fr/ime-la-goupillais</t>
+  </si>
+  <si>
+    <t>4367_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Rue De La Goupillais</t>
+  </si>
+  <si>
+    <t>440000164</t>
+  </si>
+  <si>
+    <t>IME LES PERRIÈRES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4366_FicheESSMS/fr/ime-les-perrieres</t>
+  </si>
+  <si>
+    <t>4366_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Rue Henry De Montherlant</t>
+  </si>
+  <si>
+    <t>440000131</t>
+  </si>
+  <si>
+    <t>RESIDENCE FLORILEGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4430_FicheESSMS/fr/residence-florilege</t>
+  </si>
+  <si>
+    <t>4430_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Avenue Des Argonautes</t>
+  </si>
+  <si>
+    <t>EHPA ne percevant pas des crédits d'assurance maladie</t>
+  </si>
+  <si>
+    <t>440034304</t>
+  </si>
+  <si>
     <t>EHPAD LA BOURGONNIERE</t>
   </si>
   <si>
     <t>10/09/2025 12:20:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4467_FicheESSMS/fr/ehpad-la-bourgonniere</t>
   </si>
   <si>
     <t>4467_FicheESSMS</t>
   </si>
   <si>
     <t>32 Allée De La Bourgonniere</t>
   </si>
   <si>
     <t>44807 ST HERBLAIN</t>
   </si>
   <si>
     <t>440002855</t>
   </si>
   <si>
-    <t>CLIC DU PAYS DE CHATEAUBRIANT</t>
-[...853 lines deleted...]
-  <si>
     <t>EHPAD MICHELLE GUILLAUME</t>
   </si>
   <si>
     <t>10/09/2025 12:20:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4598_FicheESSMS/fr/ehpad-michelle-guillaume</t>
   </si>
   <si>
     <t>4598_FicheESSMS</t>
   </si>
   <si>
     <t>19 Rue Du Pont</t>
   </si>
   <si>
     <t>44530 ST GILDAS DES BOIS</t>
   </si>
   <si>
     <t>ST GILDAS DES BOIS</t>
   </si>
   <si>
     <t>440044543</t>
   </si>
   <si>
     <t>EHPAD MAISON SAINT GABRIEL</t>
@@ -6560,119 +7628,344 @@
   <si>
     <t>440007318</t>
   </si>
   <si>
     <t>EAM HORIZONS</t>
   </si>
   <si>
     <t>10/09/2025 12:22:16</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5585_FicheESSMS/fr/eam-horizons</t>
   </si>
   <si>
     <t>5585_FicheESSMS</t>
   </si>
   <si>
     <t>40 Rue Piliers De La Chauviniere</t>
   </si>
   <si>
     <t>44800 ST HERBLAIN</t>
   </si>
   <si>
     <t>440042463</t>
   </si>
   <si>
+    <t>UEROS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5589_FicheESSMS/fr/ueros</t>
+  </si>
+  <si>
+    <t>5589_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Unités Evaluation Réentraînement et d'Orient. Soc. et Pro.</t>
+  </si>
+  <si>
+    <t>440040400</t>
+  </si>
+  <si>
+    <t>ESAT LE TREMPLIN DE L'ATLANTIQUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5588_FicheESSMS/fr/esat-le-tremplin-de-l-atlantique</t>
+  </si>
+  <si>
+    <t>5588_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Jean Jaures</t>
+  </si>
+  <si>
+    <t>440033397</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5587_FicheESSMS/fr/esat-le-tremplin-de-l-atlantique</t>
+  </si>
+  <si>
+    <t>5587_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Gustave Eiffel</t>
+  </si>
+  <si>
+    <t>440053056</t>
+  </si>
+  <si>
     <t>MAS HORIZONS</t>
   </si>
   <si>
-    <t>10/09/2025 12:22:17</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/5586_FicheESSMS/fr/mas-horizons</t>
   </si>
   <si>
     <t>5586_FicheESSMS</t>
   </si>
   <si>
     <t>440042430</t>
   </si>
   <si>
+    <t>FV LOROUX BOTTEREAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5618_FicheESSMS/fr/fv-loroux-bottereau</t>
+  </si>
+  <si>
+    <t>5618_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Route De Nantes</t>
+  </si>
+  <si>
+    <t>44430 LE LOROUX BOTTEREAU</t>
+  </si>
+  <si>
+    <t>LE LOROUX BOTTEREAU</t>
+  </si>
+  <si>
+    <t>440044824</t>
+  </si>
+  <si>
+    <t>EAM LA HAUTE MITRIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5621_FicheESSMS/fr/eam-la-haute-mitrie</t>
+  </si>
+  <si>
+    <t>5621_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue De La Haute Mitrie</t>
+  </si>
+  <si>
+    <t>440035392</t>
+  </si>
+  <si>
+    <t>EANM LA HAUTE MITRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5620_FicheESSMS/fr/eanm-la-haute-mitrie</t>
+  </si>
+  <si>
+    <t>5620_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440053932</t>
+  </si>
+  <si>
     <t>SESSAD POLE NANTAIS - ANTENNE NORD</t>
   </si>
   <si>
     <t>10/09/2025 12:22:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5694_FicheESSMS/fr/sessad-pole-nantais-antenne-nord</t>
   </si>
   <si>
     <t>5694_FicheESSMS</t>
   </si>
   <si>
     <t>20 Rue Jean Jacques Rousseau</t>
   </si>
   <si>
     <t>440040434</t>
   </si>
   <si>
     <t>SESSAD VENTS D'OUEST</t>
   </si>
   <si>
     <t>10/09/2025 12:22:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5728_FicheESSMS/fr/sessad-vents-d-ouest</t>
   </si>
   <si>
     <t>5728_FicheESSMS</t>
   </si>
   <si>
     <t>655 Boulevard Pierre Et Marie Curie</t>
   </si>
   <si>
     <t>440056166</t>
   </si>
   <si>
+    <t>ITEP CELESTIN FREINET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5727_FicheESSMS/fr/itep-celestin-freinet</t>
+  </si>
+  <si>
+    <t>5727_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440056158</t>
+  </si>
+  <si>
+    <t>IME AR MOR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5748_FicheESSMS/fr/ime-ar-mor</t>
+  </si>
+  <si>
+    <t>5748_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Avenue Jean Jacques Rousseau</t>
+  </si>
+  <si>
+    <t>440000172</t>
+  </si>
+  <si>
+    <t>IME ILE DE NANTES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5747_FicheESSMS/fr/ime-ile-de-nantes</t>
+  </si>
+  <si>
+    <t>5747_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Boulevard Vincent Gache</t>
+  </si>
+  <si>
+    <t>440050995</t>
+  </si>
+  <si>
+    <t>UEMA STEPHANE HESSEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5746_FicheESSMS/fr/uema-stephane-hessel</t>
+  </si>
+  <si>
+    <t>5746_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Docteur Alfred Corlay</t>
+  </si>
+  <si>
+    <t>440052355</t>
+  </si>
+  <si>
+    <t>IME LE TILLAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5745_FicheESSMS/fr/ime-le-tillay</t>
+  </si>
+  <si>
+    <t>5745_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440000636</t>
+  </si>
+  <si>
     <t>EHPAD MOULIN SOLINE</t>
   </si>
   <si>
     <t>10/09/2025 12:22:34</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5798_FicheESSMS/fr/ehpad-moulin-soline</t>
   </si>
   <si>
     <t>5798_FicheESSMS</t>
   </si>
   <si>
     <t>21 Rue Du Moulin De Soline</t>
   </si>
   <si>
     <t>440030484</t>
   </si>
   <si>
+    <t>EHPAD LE PLOREAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5814_FicheESSMS/fr/ehpad-le-ploreau</t>
+  </si>
+  <si>
+    <t>5814_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Emilie Launay</t>
+  </si>
+  <si>
+    <t>440003622</t>
+  </si>
+  <si>
+    <t>MAS CAA NORT/ERDRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5893_FicheESSMS/fr/mas-caa-nort/erdre</t>
+  </si>
+  <si>
+    <t>5893_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440056018</t>
+  </si>
+  <si>
+    <t>EAM CHEMIN DE L'ERDRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5892_FicheESSMS/fr/eam-chemin-de-l-erdre</t>
+  </si>
+  <si>
+    <t>5892_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440040970</t>
+  </si>
+  <si>
+    <t>EANM NORT SUR ERDRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5891_FicheESSMS/fr/eanm-nort-sur-erdre</t>
+  </si>
+  <si>
+    <t>5891_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440062214</t>
+  </si>
+  <si>
     <t>SAVS LES HESPERIDES</t>
   </si>
   <si>
     <t>10/09/2025 12:22:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5928_FicheESSMS/fr/savs-les-hesperides</t>
   </si>
   <si>
     <t>5928_FicheESSMS</t>
   </si>
   <si>
     <t>15 Place Du Champ De Foire</t>
   </si>
   <si>
     <t>44650 LEGE</t>
   </si>
   <si>
     <t>LEGE</t>
   </si>
   <si>
     <t>440054096</t>
   </si>
   <si>
     <t>SAESAT LEGE</t>
@@ -6680,200 +7973,416 @@
   <si>
     <t>https://www.has-sante.fr/jcms/5927_FicheESSMS/fr/saesat-lege</t>
   </si>
   <si>
     <t>5927_FicheESSMS</t>
   </si>
   <si>
     <t>39 Rue De La Chaussee</t>
   </si>
   <si>
     <t>440054088</t>
   </si>
   <si>
     <t>FAH LES HESPERIDES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5926_FicheESSMS/fr/fah-les-hesperides</t>
   </si>
   <si>
     <t>5926_FicheESSMS</t>
   </si>
   <si>
     <t>440042687</t>
   </si>
   <si>
+    <t>EHPAD MER ET PINS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5921_FicheESSMS/fr/ehpad-mer-et-pins</t>
+  </si>
+  <si>
+    <t>5921_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Avenue Jacques Cassard</t>
+  </si>
+  <si>
+    <t>440060788</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5920_FicheESSMS/fr/ehpad-mer-et-pins</t>
+  </si>
+  <si>
+    <t>5920_FicheESSMS</t>
+  </si>
+  <si>
+    <t>121 Avenue Mindin</t>
+  </si>
+  <si>
+    <t>440060770</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5919_FicheESSMS/fr/ehpad-mer-et-pins</t>
+  </si>
+  <si>
+    <t>5919_FicheESSMS</t>
+  </si>
+  <si>
+    <t>206 Avenue Raymond Poincare</t>
+  </si>
+  <si>
+    <t>440060762</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5918_FicheESSMS/fr/ehpad-mer-et-pins</t>
+  </si>
+  <si>
+    <t>5918_FicheESSMS</t>
+  </si>
+  <si>
+    <t>63 Avenue De Bodon</t>
+  </si>
+  <si>
+    <t>440023810</t>
+  </si>
+  <si>
+    <t>FAH CHEMERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5916_FicheESSMS/fr/fah-chemere</t>
+  </si>
+  <si>
+    <t>5916_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Impasse Des Papillons</t>
+  </si>
+  <si>
+    <t>44680 CHAUMES EN RETZ</t>
+  </si>
+  <si>
+    <t>CHAUMES EN RETZ</t>
+  </si>
+  <si>
+    <t>440026946</t>
+  </si>
+  <si>
     <t>SAVS CHAUMES EN RETZ</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5915_FicheESSMS/fr/savs-chaumes-en-retz</t>
   </si>
   <si>
     <t>5915_FicheESSMS</t>
   </si>
   <si>
     <t>12 Rue Du Moulin</t>
   </si>
   <si>
-    <t>44680 CHAUMES EN RETZ</t>
-[...4 lines deleted...]
-  <si>
     <t>440054070</t>
   </si>
   <si>
+    <t>LVA L'HOMMELAIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6017_FicheESSMS/fr/lva-l-hommelais</t>
+  </si>
+  <si>
+    <t>6017_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440043594</t>
+  </si>
+  <si>
     <t>EHPAD LES JARDINS DU VERT PRAUD</t>
   </si>
   <si>
-    <t>10/09/2025 12:22:51</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/6015_FicheESSMS/fr/ehpad-les-jardins-du-vert-praud</t>
   </si>
   <si>
     <t>6015_FicheESSMS</t>
   </si>
   <si>
     <t>100 Rue Du Vert Praud</t>
   </si>
   <si>
     <t>440002905</t>
   </si>
   <si>
     <t>MAS SUD LOIRE - L'EPEAU</t>
   </si>
   <si>
     <t>10/09/2025 12:23:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6159_FicheESSMS/fr/mas-sud-loire-l-epeau</t>
   </si>
   <si>
     <t>6159_FicheESSMS</t>
   </si>
   <si>
     <t>1 Rue Urbain Le Verrier</t>
   </si>
   <si>
     <t>440017945</t>
   </si>
   <si>
+    <t>EANM LES MACHAONS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6158_FicheESSMS/fr/eanm-les-machaons</t>
+  </si>
+  <si>
+    <t>6158_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Colette Besson</t>
+  </si>
+  <si>
+    <t>44830 BOUAYE</t>
+  </si>
+  <si>
+    <t>BOUAYE</t>
+  </si>
+  <si>
+    <t>440044782</t>
+  </si>
+  <si>
     <t>EANM STE PAZANNE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6157_FicheESSMS/fr/eanm-ste-pazanne</t>
   </si>
   <si>
     <t>6157_FicheESSMS</t>
   </si>
   <si>
     <t>1 Rue Francoise Dolto</t>
   </si>
   <si>
     <t>44680 STE PAZANNE</t>
   </si>
   <si>
     <t>STE PAZANNE</t>
   </si>
   <si>
     <t>440017937</t>
   </si>
   <si>
+    <t>MAS SUD LOIRE - LES LOGES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6156_FicheESSMS/fr/mas-sud-loire-les-loges</t>
+  </si>
+  <si>
+    <t>6156_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44140 MONTBERT</t>
+  </si>
+  <si>
+    <t>MONTBERT</t>
+  </si>
+  <si>
+    <t>440046035</t>
+  </si>
+  <si>
     <t>EHPAD HEOL</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6155_FicheESSMS/fr/ehpad-heol</t>
   </si>
   <si>
     <t>6155_FicheESSMS</t>
   </si>
   <si>
     <t>1 Route Du Haut Rocher</t>
   </si>
   <si>
     <t>440021145</t>
   </si>
   <si>
+    <t>FAH VALLET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6153_FicheESSMS/fr/fah-vallet</t>
+  </si>
+  <si>
+    <t>6153_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue D'Anjou</t>
+  </si>
+  <si>
+    <t>440033793</t>
+  </si>
+  <si>
+    <t>EANM CENTRE MULTI-ACCUEIL VALLET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6152_FicheESSMS/fr/eanm-centre-multi-accueil-vallet</t>
+  </si>
+  <si>
+    <t>6152_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440049229</t>
+  </si>
+  <si>
+    <t>SESSAD DU CENRO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6212_FicheESSMS/fr/sessad-du-cenro</t>
+  </si>
+  <si>
+    <t>6212_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440047785</t>
+  </si>
+  <si>
+    <t>CLIC COUERON SAUTRON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6490_FicheESSMS/fr/clic-coueron-sautron</t>
+  </si>
+  <si>
+    <t>6490_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Place Charles De Gaulle</t>
+  </si>
+  <si>
+    <t>440053585</t>
+  </si>
+  <si>
     <t>EHPAD GALATHEA</t>
   </si>
   <si>
-    <t>10/09/2025 12:23:30</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/6480_FicheESSMS/fr/ehpad-galathea</t>
   </si>
   <si>
     <t>6480_FicheESSMS</t>
   </si>
   <si>
     <t>101 Rue De La Croix Amisse</t>
   </si>
   <si>
     <t>440021160</t>
   </si>
   <si>
+    <t>SAVS VALLET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6537_FicheESSMS/fr/savs-vallet</t>
+  </si>
+  <si>
+    <t>6537_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Du Progrès</t>
+  </si>
+  <si>
+    <t>440044816</t>
+  </si>
+  <si>
     <t>EHPAD LES BORDS DE SEVRE</t>
   </si>
   <si>
     <t>10/09/2025 12:23:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6651_FicheESSMS/fr/ehpad-les-bords-de-sevre</t>
   </si>
   <si>
     <t>6651_FicheESSMS</t>
   </si>
   <si>
     <t>20 Rue Claude Gaulue</t>
   </si>
   <si>
     <t>440047462</t>
   </si>
   <si>
     <t>EHPAD SAINT ANDRE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6649_FicheESSMS/fr/ehpad-saint-andre</t>
   </si>
   <si>
     <t>6649_FicheESSMS</t>
   </si>
   <si>
     <t>6 Rue Eloi Guitteny</t>
   </si>
   <si>
     <t>44680 ST HILAIRE DE CHALEONS</t>
   </si>
   <si>
     <t>ST HILAIRE DE CHALEONS</t>
   </si>
   <si>
     <t>440002863</t>
   </si>
   <si>
+    <t>LIEU DE VIE UN BOUT DE CHEMIN ENSEMBLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6655_FicheESSMS/fr/lieu-de-vie-un-bout-de-chemin-ensemble</t>
+  </si>
+  <si>
+    <t>6655_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Avenue Des Oeillets</t>
+  </si>
+  <si>
+    <t>44980 STE LUCE SUR LOIRE</t>
+  </si>
+  <si>
+    <t>STE LUCE SUR LOIRE</t>
+  </si>
+  <si>
+    <t>440045870</t>
+  </si>
+  <si>
     <t>EHPAD LA JONCIERE</t>
   </si>
   <si>
     <t>10/09/2025 12:23:49</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6702_FicheESSMS/fr/ehpad-la-jonciere</t>
   </si>
   <si>
     <t>6702_FicheESSMS</t>
   </si>
   <si>
     <t>20 Rue Du Val De Sevre</t>
   </si>
   <si>
     <t>44190 BOUSSAY</t>
   </si>
   <si>
     <t>BOUSSAY</t>
   </si>
   <si>
     <t>440002061</t>
   </si>
   <si>
     <t>RESIDENCE LA JONCIERE</t>
@@ -6890,899 +8399,893 @@
   <si>
     <t>440058873</t>
   </si>
   <si>
     <t>EANM FOYERS VIE INTERNAT 'JEAN SEROUX'</t>
   </si>
   <si>
     <t>10/09/2025 12:23:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6729_FicheESSMS/fr/eanm-foyers-vie-internat-jean-seroux</t>
   </si>
   <si>
     <t>6729_FicheESSMS</t>
   </si>
   <si>
     <t>6 Rue Brient 1Er</t>
   </si>
   <si>
     <t>44144 CHATEAUBRIANT</t>
   </si>
   <si>
     <t>440032670</t>
   </si>
   <si>
-    <t>SAVS MARIE MOREAU</t>
-[...569 lines deleted...]
-    <t>440045870</t>
+    <t>MAISON D'ENFANTS LES CEDRES BLEUS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6838_FicheESSMS/fr/maison-d-enfants-les-cedres-bleus</t>
+  </si>
+  <si>
+    <t>6838_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Chemin Du Moulin De Sang</t>
+  </si>
+  <si>
+    <t>440002483</t>
   </si>
   <si>
     <t>SAAD CCAS ROUGE</t>
   </si>
   <si>
     <t>10/09/2025 12:24:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6999_FicheESSMS/fr/saad-ccas-rouge</t>
   </si>
   <si>
     <t>6999_FicheESSMS</t>
   </si>
   <si>
     <t>1 Rue De La Gare</t>
   </si>
   <si>
     <t>44660 ROUGE</t>
   </si>
   <si>
     <t>ROUGE</t>
   </si>
   <si>
     <t>440012565</t>
   </si>
   <si>
+    <t>EHPAD ST JOSEPH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7066_FicheESSMS/fr/ehpad-st-joseph</t>
+  </si>
+  <si>
+    <t>7066_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44320 CHAUMES EN RETZ</t>
+  </si>
+  <si>
+    <t>440002095</t>
+  </si>
+  <si>
+    <t>EHPAD SUZANNE FLON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7182_FicheESSMS/fr/ehpad-suzanne-flon</t>
+  </si>
+  <si>
+    <t>7182_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51 Boulevard Emile Broodcoorens</t>
+  </si>
+  <si>
+    <t>440051589</t>
+  </si>
+  <si>
+    <t>EHPAD BEL AIR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7209_FicheESSMS/fr/ehpad-bel-air</t>
+  </si>
+  <si>
+    <t>7209_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue De La Massonniere</t>
+  </si>
+  <si>
+    <t>440002715</t>
+  </si>
+  <si>
+    <t>EHPAD VICTOR ECOMARD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7235_FicheESSMS/fr/ehpad-victor-ecomard</t>
+  </si>
+  <si>
+    <t>7235_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Place Du 18 Juin 1940</t>
+  </si>
+  <si>
+    <t>440002756</t>
+  </si>
+  <si>
+    <t>RESIDENCE DES JEUNES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7293_FicheESSMS/fr/residence-des-jeunes</t>
+  </si>
+  <si>
+    <t>7293_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Marthin Luther King</t>
+  </si>
+  <si>
+    <t>440025088</t>
+  </si>
+  <si>
+    <t>EHPAD LE BON VIEUX TEMPS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7611_FicheESSMS/fr/ehpad-le-bon-vieux-temps</t>
+  </si>
+  <si>
+    <t>7611_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Route De Clisson</t>
+  </si>
+  <si>
+    <t>44190 GORGES</t>
+  </si>
+  <si>
+    <t>GORGES</t>
+  </si>
+  <si>
+    <t>440024628</t>
+  </si>
+  <si>
+    <t>EHPAD CAMILLE CLAUDEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7917_FicheESSMS/fr/ehpad-camille-claudel</t>
+  </si>
+  <si>
+    <t>7917_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44570 TRIGNAC</t>
+  </si>
+  <si>
+    <t>TRIGNAC</t>
+  </si>
+  <si>
+    <t>440033215</t>
+  </si>
+  <si>
+    <t>EHPAD LE MUGUET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7999_FicheESSMS/fr/ehpad-le-muguet</t>
+  </si>
+  <si>
+    <t>7999_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34 Rue Du Lieutenant Auge</t>
+  </si>
+  <si>
+    <t>440029544</t>
+  </si>
+  <si>
+    <t>CLIC INTERCOMMUNAL LOIRE ET ERDRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8350_FicheESSMS/fr/clic-intercommunal-loire-et-erdre</t>
+  </si>
+  <si>
+    <t>8350_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440050714</t>
+  </si>
+  <si>
+    <t>EHPAD LA LANDE ST MARTIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8384_FicheESSMS/fr/ehpad-la-lande-st-martin</t>
+  </si>
+  <si>
+    <t>8384_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Des Garottieres</t>
+  </si>
+  <si>
+    <t>44115 HAUTE GOULAINE</t>
+  </si>
+  <si>
+    <t>HAUTE GOULAINE</t>
+  </si>
+  <si>
+    <t>440022960</t>
+  </si>
+  <si>
     <t>SAAD SOL'AID</t>
   </si>
   <si>
     <t>10/09/2025 12:25:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8457_FicheESSMS/fr/saad-sol-aid</t>
   </si>
   <si>
     <t>8457_FicheESSMS</t>
   </si>
   <si>
     <t>10 Rue De La Jalousie</t>
   </si>
   <si>
     <t>440054716</t>
   </si>
   <si>
+    <t>EHPAD JACQUES BERTRAND</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8467_FicheESSMS/fr/ehpad-jacques-bertrand</t>
+  </si>
+  <si>
+    <t>8467_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Du Prieure</t>
+  </si>
+  <si>
+    <t>440030922</t>
+  </si>
+  <si>
+    <t>EHPAD VAL DE BRUTZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8576_FicheESSMS/fr/ehpad-val-de-brutz</t>
+  </si>
+  <si>
+    <t>8576_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De La Fontaine</t>
+  </si>
+  <si>
+    <t>440028934</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8710_FicheESSMS/fr/ehpad-saint-pierre</t>
+  </si>
+  <si>
+    <t>8710_FicheESSMS</t>
+  </si>
+  <si>
+    <t>98 Rue Des Marronniers</t>
+  </si>
+  <si>
+    <t>44850 LIGNE</t>
+  </si>
+  <si>
+    <t>LIGNE</t>
+  </si>
+  <si>
+    <t>440002988</t>
+  </si>
+  <si>
+    <t>CLIC LOIRE ACHENEAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8743_FicheESSMS/fr/clic-loire-acheneau</t>
+  </si>
+  <si>
+    <t>8743_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De La Commune De Paris</t>
+  </si>
+  <si>
+    <t>440050813</t>
+  </si>
+  <si>
+    <t>LISEC ITEP ARRIA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8774_FicheESSMS/fr/lisec-itep-arria</t>
+  </si>
+  <si>
+    <t>8774_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Du Printemps</t>
+  </si>
+  <si>
+    <t>440048916</t>
+  </si>
+  <si>
+    <t>ITEP LES PERRINES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8773_FicheESSMS/fr/itep-les-perrines</t>
+  </si>
+  <si>
+    <t>8773_FicheESSMS</t>
+  </si>
+  <si>
+    <t>41 Boulevard Auguste Peneau</t>
+  </si>
+  <si>
+    <t>440002343</t>
+  </si>
+  <si>
+    <t>ITEP LE CARDO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8772_FicheESSMS/fr/itep-le-cardo</t>
+  </si>
+  <si>
+    <t>8772_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440003812</t>
+  </si>
+  <si>
+    <t>CASIM ARRIA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8771_FicheESSMS/fr/casim-arria</t>
+  </si>
+  <si>
+    <t>8771_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Robert Le Ricolais</t>
+  </si>
+  <si>
+    <t>440046886</t>
+  </si>
+  <si>
+    <t>IME HORS LES MURS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8770_FicheESSMS/fr/ime-hors-les-murs</t>
+  </si>
+  <si>
+    <t>8770_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Louis Bleriot</t>
+  </si>
+  <si>
+    <t>440049682</t>
+  </si>
+  <si>
+    <t>CAFS ARRIA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8769_FicheESSMS/fr/cafs-arria</t>
+  </si>
+  <si>
+    <t>8769_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440049021</t>
+  </si>
+  <si>
+    <t>SSIAD DES CANTONS LEGE ST PHILBERT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8819_FicheESSMS/fr/ssiad-des-cantons-lege-st-philbert</t>
+  </si>
+  <si>
+    <t>8819_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44650 CORCOUE SUR LOGNE</t>
+  </si>
+  <si>
+    <t>CORCOUE SUR LOGNE</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>440033843</t>
+  </si>
+  <si>
     <t>SAAD CH BEL AIR</t>
   </si>
   <si>
-    <t>10/09/2025 12:25:32</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/8818_FicheESSMS/fr/saad-ch-bel-air</t>
   </si>
   <si>
     <t>8818_FicheESSMS</t>
   </si>
   <si>
-    <t>44650 CORCOUE SUR LOGNE</t>
-[...4 lines deleted...]
-  <si>
     <t>440056307</t>
   </si>
   <si>
+    <t>https://www.has-sante.fr/jcms/8817_FicheESSMS/fr/ehpad-bel-air</t>
+  </si>
+  <si>
+    <t>8817_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440047561</t>
+  </si>
+  <si>
     <t>SAAD RESIDENCE EQUIPAGE DOMICILE</t>
   </si>
   <si>
     <t>10/09/2025 12:25:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8858_FicheESSMS/fr/saad-residence-equipage-domicile</t>
   </si>
   <si>
     <t>8858_FicheESSMS</t>
   </si>
   <si>
     <t>23 Rue Felix Faure</t>
   </si>
   <si>
     <t>440057206</t>
   </si>
   <si>
+    <t>CLIC SENIORS INDRE ST HERBLAIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8926_FicheESSMS/fr/clic-seniors-indre-st-herblain</t>
+  </si>
+  <si>
+    <t>8926_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue De L'Hotel De Ville</t>
+  </si>
+  <si>
+    <t>440050797</t>
+  </si>
+  <si>
+    <t>EHPAD LES LYS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9015_FicheESSMS/fr/ehpad-les-lys</t>
+  </si>
+  <si>
+    <t>9015_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Mail De La Mainguais</t>
+  </si>
+  <si>
+    <t>440002327</t>
+  </si>
+  <si>
+    <t>EHPAD LES SAVARIERES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9014_FicheESSMS/fr/ehpad-les-savarieres</t>
+  </si>
+  <si>
+    <t>9014_FicheESSMS</t>
+  </si>
+  <si>
+    <t>55 Avenue Jean Jaures</t>
+  </si>
+  <si>
+    <t>44235 ST SEBASTIEN SUR LOIRE CED</t>
+  </si>
+  <si>
+    <t>440002780</t>
+  </si>
+  <si>
+    <t>EHPAD LA ROSE DES VENTS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9013_FicheESSMS/fr/ehpad-la-rose-des-vents</t>
+  </si>
+  <si>
+    <t>9013_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Du Petit Chassay</t>
+  </si>
+  <si>
+    <t>440002764</t>
+  </si>
+  <si>
     <t>EHPAD LES BIGOURETTES</t>
   </si>
   <si>
-    <t>10/09/2025 12:25:39</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/9012_FicheESSMS/fr/ehpad-les-bigourettes</t>
   </si>
   <si>
     <t>9012_FicheESSMS</t>
   </si>
   <si>
     <t>6 Avenue Claude Bernard</t>
   </si>
   <si>
     <t>440002665</t>
   </si>
   <si>
     <t>EHPAD LE GUE FLORENT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9011_FicheESSMS/fr/ehpad-le-gue-florent</t>
   </si>
   <si>
     <t>9011_FicheESSMS</t>
   </si>
   <si>
     <t>15 Rue Du Raffuneau</t>
   </si>
   <si>
     <t>440003887</t>
   </si>
   <si>
+    <t>EHPAD LA TOUR DU PE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9010_FicheESSMS/fr/ehpad-la-tour-du-pe</t>
+  </si>
+  <si>
+    <t>9010_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440007441</t>
+  </si>
+  <si>
+    <t>EHPAD LA SANGLERIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9009_FicheESSMS/fr/ehpad-la-sanglerie</t>
+  </si>
+  <si>
+    <t>9009_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue De L'Elan</t>
+  </si>
+  <si>
+    <t>44840 LES SORINIERES</t>
+  </si>
+  <si>
+    <t>LES SORINIERES</t>
+  </si>
+  <si>
+    <t>440007458</t>
+  </si>
+  <si>
     <t>EHPAD LA SEILLERAYE</t>
   </si>
   <si>
     <t>10/09/2025 12:25:40</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9065_FicheESSMS/fr/ehpad-la-seilleraye</t>
   </si>
   <si>
     <t>9065_FicheESSMS</t>
   </si>
   <si>
     <t>440047595</t>
   </si>
   <si>
     <t>EAM LE HAMEAU</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9050_FicheESSMS/fr/eam-le-hameau</t>
   </si>
   <si>
     <t>9050_FicheESSMS</t>
   </si>
   <si>
-    <t>44130 BOUVRON</t>
-[...4 lines deleted...]
-  <si>
     <t>440047165</t>
   </si>
   <si>
     <t>EHPAD CH PIERRE DELAROCHE</t>
   </si>
   <si>
     <t>10/09/2025 12:25:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9124_FicheESSMS/fr/ehpad-ch-pierre-delaroche</t>
   </si>
   <si>
     <t>9124_FicheESSMS</t>
   </si>
   <si>
     <t>5 Rue Pasteur</t>
   </si>
   <si>
     <t>44194 CLISSON</t>
   </si>
   <si>
-    <t>CLISSON</t>
-[...1 lines deleted...]
-  <si>
     <t>440047579</t>
   </si>
   <si>
+    <t>EHPAD HEINLEX CH ST NAZAIRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9156_FicheESSMS/fr/ehpad-heinlex-ch-st-nazaire</t>
+  </si>
+  <si>
+    <t>9156_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57 Rue Michel Ange</t>
+  </si>
+  <si>
+    <t>440047637</t>
+  </si>
+  <si>
+    <t>ESRP LA TOURMALINE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9247_FicheESSMS/fr/esrp-la-tourmaline</t>
+  </si>
+  <si>
+    <t>9247_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Boulevard Allende</t>
+  </si>
+  <si>
+    <t>Etablissement et Service de Réadaptation Professionnelle</t>
+  </si>
+  <si>
+    <t>440036440</t>
+  </si>
+  <si>
     <t>EHPAD AOLYS ST ANDRE DES EAUX</t>
   </si>
   <si>
-    <t>10/09/2025 12:25:46</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/9229_FicheESSMS/fr/ehpad-aolys-st-andre-des-eaux</t>
   </si>
   <si>
     <t>9229_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue Du Pre Du Bourg</t>
   </si>
   <si>
     <t>44117 ST ANDRE DES EAUX</t>
   </si>
   <si>
     <t>ST ANDRE DES EAUX</t>
   </si>
   <si>
     <t>440047447</t>
   </si>
   <si>
+    <t>CLIC GUIPA DU SUD ESTUAIRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9367_FicheESSMS/fr/clic-guipa-du-sud-estuaire</t>
+  </si>
+  <si>
+    <t>9367_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Avenue Jules Verne</t>
+  </si>
+  <si>
+    <t>440050730</t>
+  </si>
+  <si>
     <t>EHPAD LES ECRIVAINS</t>
   </si>
   <si>
     <t>10/09/2025 12:25:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9588_FicheESSMS/fr/ehpad-les-ecrivains</t>
   </si>
   <si>
     <t>9588_FicheESSMS</t>
   </si>
   <si>
     <t>42 Avenue Des Mimosas</t>
   </si>
   <si>
     <t>440047744</t>
   </si>
   <si>
     <t>SSIAD DE BOUGUENAIS</t>
   </si>
   <si>
     <t>10/09/2025 12:26:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9884_FicheESSMS/fr/ssiad-de-bouguenais</t>
   </si>
   <si>
     <t>9884_FicheESSMS</t>
   </si>
   <si>
     <t>9 Rue De La Grande Ouche</t>
   </si>
   <si>
-    <t>Personne âgée, Personne en situation de handicap adulte</t>
-[...4 lines deleted...]
-  <si>
     <t>440017432</t>
   </si>
   <si>
+    <t>EHPAD LE CLOS DE L'ÎLE MACÉ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9974_FicheESSMS/fr/ehpad-le-clos-de-l-ile-mace</t>
+  </si>
+  <si>
+    <t>9974_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Rue Eugene Orieux</t>
+  </si>
+  <si>
+    <t>440047546</t>
+  </si>
+  <si>
     <t>EHPAD LE CLOS ST SEBASTIEN</t>
   </si>
   <si>
     <t>10/09/2025 12:26:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10029_FicheESSMS/fr/ehpad-le-clos-st-sebastien</t>
   </si>
   <si>
     <t>10029_FicheESSMS</t>
   </si>
   <si>
     <t>440042851</t>
   </si>
   <si>
     <t>SSIAD ACHENEAU-GRAND LIEU</t>
   </si>
   <si>
     <t>10/09/2025 12:26:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10185_FicheESSMS/fr/ssiad-acheneau-grand-lieu</t>
   </si>
   <si>
     <t>10185_FicheESSMS</t>
   </si>
   <si>
     <t>13 Route De Bouguenais</t>
   </si>
   <si>
-    <t>44830 BOUAYE</t>
-[...4 lines deleted...]
-  <si>
     <t>440031912</t>
   </si>
   <si>
+    <t>MAS DIAPASON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10337_FicheESSMS/fr/mas-diapason</t>
+  </si>
+  <si>
+    <t>10337_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440048775</t>
+  </si>
+  <si>
     <t>EHPAD LE CHAMBELLAN</t>
   </si>
   <si>
     <t>10/09/2025 12:26:24</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10350_FicheESSMS/fr/ehpad-le-chambellan</t>
   </si>
   <si>
     <t>10350_FicheESSMS</t>
   </si>
   <si>
     <t>7 Rue Du Chambellan</t>
   </si>
   <si>
     <t>440007276</t>
   </si>
   <si>
     <t>EHPAD LA HAUTE MITRIE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10346_FicheESSMS/fr/ehpad-la-haute-mitrie</t>
   </si>
   <si>
     <t>10346_FicheESSMS</t>
@@ -7814,50 +9317,68 @@
   <si>
     <t>https://www.has-sante.fr/jcms/10338_FicheESSMS/fr/eam-diapason</t>
   </si>
   <si>
     <t>10338_FicheESSMS</t>
   </si>
   <si>
     <t>440051795</t>
   </si>
   <si>
     <t>MAS BLAIN</t>
   </si>
   <si>
     <t>10/09/2025 12:26:51</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11081_FicheESSMS/fr/mas-blain</t>
   </si>
   <si>
     <t>11081_FicheESSMS</t>
   </si>
   <si>
     <t>440056869</t>
   </si>
   <si>
+    <t>EHPAD JEAN MACE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11144_FicheESSMS/fr/ehpad-jean-mace</t>
+  </si>
+  <si>
+    <t>11144_FicheESSMS</t>
+  </si>
+  <si>
+    <t>50 Avenue Du Bearn</t>
+  </si>
+  <si>
+    <t>440032639</t>
+  </si>
+  <si>
     <t>EHPAD MONTCLAIR</t>
   </si>
   <si>
     <t>10/09/2025 12:26:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11270_FicheESSMS/fr/ehpad-montclair</t>
   </si>
   <si>
     <t>11270_FicheESSMS</t>
   </si>
   <si>
     <t>12 Cour De L'Europe</t>
   </si>
   <si>
     <t>44850 LE CELLIER</t>
   </si>
   <si>
     <t>LE CELLIER</t>
   </si>
   <si>
     <t>440003044</t>
   </si>
   <si>
     <t>EHPAD LA HAUTIERE</t>
@@ -7922,128 +9443,173 @@
   <si>
     <t>AIGREFEUILLE SUR MAINE</t>
   </si>
   <si>
     <t>440002103</t>
   </si>
   <si>
     <t>EHPAD LE PRIEURE</t>
   </si>
   <si>
     <t>10/09/2025 12:27:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12038_FicheESSMS/fr/ehpad-le-prieure</t>
   </si>
   <si>
     <t>12038_FicheESSMS</t>
   </si>
   <si>
     <t>27 Rue Nantaise</t>
   </si>
   <si>
     <t>440001196</t>
   </si>
   <si>
+    <t>EHPAD LES RIVES DE L'AUXENCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12181_FicheESSMS/fr/ehpad-les-rives-de-l-auxence</t>
+  </si>
+  <si>
+    <t>12181_FicheESSMS</t>
+  </si>
+  <si>
+    <t>181 Rue Du Capitaine Etienne</t>
+  </si>
+  <si>
+    <t>44370 LOIREAUXENCE</t>
+  </si>
+  <si>
+    <t>LOIREAUXENCE</t>
+  </si>
+  <si>
+    <t>440002087</t>
+  </si>
+  <si>
     <t>EHPAD CH CHATEAUBRIANT - PARC LA LANDE</t>
   </si>
   <si>
     <t>10/09/2025 12:27:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12193_FicheESSMS/fr/ehpad-ch-chateaubriant-parc-la-lande</t>
   </si>
   <si>
     <t>12193_FicheESSMS</t>
   </si>
   <si>
     <t>440047629</t>
   </si>
   <si>
     <t>EHPAD CH NOZAY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12190_FicheESSMS/fr/ehpad-ch-nozay</t>
   </si>
   <si>
     <t>12190_FicheESSMS</t>
   </si>
   <si>
     <t>1 Route De Nort Sur Erdre</t>
   </si>
   <si>
-    <t>44170 NOZAY</t>
-[...4 lines deleted...]
-  <si>
     <t>440021327</t>
   </si>
   <si>
+    <t>EHPAD CH CHATEAUBRIANT - BERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12195_FicheESSMS/fr/ehpad-ch-chateaubriant-bere</t>
+  </si>
+  <si>
+    <t>12195_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44146 CHATEAUBRIANT</t>
+  </si>
+  <si>
+    <t>440018133</t>
+  </si>
+  <si>
     <t>EHPAD CH CHATEAUBRIANT - MAPA</t>
   </si>
   <si>
-    <t>10/09/2025 12:27:40</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/12194_FicheESSMS/fr/ehpad-ch-chateaubriant-mapa</t>
   </si>
   <si>
     <t>12194_FicheESSMS</t>
   </si>
   <si>
-    <t>44146 CHATEAUBRIANT</t>
-[...1 lines deleted...]
-  <si>
     <t>440021368</t>
   </si>
   <si>
     <t>EHPAD SAINT MARTIN</t>
   </si>
   <si>
     <t>10/09/2025 12:28:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12843_FicheESSMS/fr/ehpad-saint-martin</t>
   </si>
   <si>
     <t>12843_FicheESSMS</t>
   </si>
   <si>
     <t>16 Rue St Martin</t>
   </si>
   <si>
     <t>44750 CAMPBON</t>
   </si>
   <si>
     <t>CAMPBON</t>
   </si>
   <si>
     <t>440028595</t>
   </si>
   <si>
+    <t>CADA LES ALIZES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12958_FicheESSMS/fr/cada-les-alizes</t>
+  </si>
+  <si>
+    <t>12958_FicheESSMS</t>
+  </si>
+  <si>
+    <t>440022838</t>
+  </si>
+  <si>
     <t>EHPAD LA CROIX DU GUE</t>
   </si>
   <si>
     <t>10/09/2025 12:28:16</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13116_FicheESSMS/fr/ehpad-la-croix-du-gue</t>
   </si>
   <si>
     <t>13116_FicheESSMS</t>
   </si>
   <si>
     <t>8 Rue Eugene Pottier</t>
   </si>
   <si>
     <t>440028850</t>
   </si>
   <si>
     <t>CADA FRANCE HORIZON</t>
   </si>
   <si>
     <t>10/09/2025 12:28:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13168_FicheESSMS/fr/cada-france-horizon</t>
@@ -8231,54 +9797,54 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319132/fr/equipe-de-chirurgie-urologique-hopital-prive-du-confluent-s-a-s-44</t>
   </si>
   <si>
     <t>p_3319132</t>
   </si>
   <si>
     <t>17 March 2025</t>
   </si>
   <si>
     <t>Docteur ARTHUR FOSSE, Docteur Brice MÜLLER, Docteur GAETAN BERQUET, Docteur Frédéric MAILLET, Docteur Sébastien LARUE</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation HOPITAL PRIVE DU CONFLUENT  (44)</t>
   </si>
   <si>
     <t>24/02/2022 08:34:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319198/fr/equipe-d-anesthesie-reanimation-hopital-prive-du-confluent-44</t>
   </si>
   <si>
     <t>p_3319198</t>
   </si>
   <si>
-    <t>06 December 2021</t>
-[...2 lines deleted...]
-    <t>Docteur ADRIEN DELATER, Docteur ANATOLIE MALIDIN, Docteur JEROME PEYRACHE, Docteur FLORENCE POUSSET, Docteur Jean BECHWATI, Docteur ROBERT RISTOVSKI, Docteur Alain PERON, Docteur Anne LE CORRE, Docteur NICOLAS FAUCHOUX, Docteur Pascale SALAUN, Docteur Frédéric LEBRETON, Docteur Olivier LEJEUNE, Docteur Nolwenn CHATEL JOSSE, Docteur Jérôme PAULUS, Docteur Yvon GOARIN, Docteur LUDOVIC RONCHI, Docteur Nicolas BAZIN, Docteur Julien FRAPPIER, Docteur Dominique SOULARD, Docteur NICOLAS COTTRON, Docteur BRIAN EMONET, Docteur Yvon GEFFROY, Docteur Jeremy BLANCHARD, Docteur Richard SANCHEZ, Docteur BAPTISTE HERVOUET</t>
+    <t>03 December 2025</t>
+  </si>
+  <si>
+    <t>Docteur ADRIEN DELATER, Docteur ANATOLIE MALIDIN, Docteur JEROME PEYRACHE, Docteur FLORENCE POUSSET, Docteur Jean BECHWATI, Docteur AMELIE TRICHOT, Docteur ROBERT RISTOVSKI, Docteur Alain PERON, Docteur Anne LE CORRE, Docteur NICOLAS FAUCHOUX, Docteur Pascale SALAUN, Docteur GWILLERM PLEDEL, Docteur Frédéric LEBRETON, Docteur Olivier LEJEUNE, Docteur Nolwenn CHATEL JOSSE, Docteur Jérôme PAULUS, Docteur Yvon GOARIN, Docteur LUDOVIC RONCHI, Docteur Nicolas BAZIN, Docteur Julien FRAPPIER, Docteur Dominique SOULARD, Docteur NICOLAS COTTRON, Docteur BRIAN EMONET, Docteur Yvon GEFFROY, Docteur Jeremy BLANCHARD, Docteur Richard SANCHEZ, Docteur BAPTISTE HERVOUET</t>
   </si>
   <si>
     <t>24/02/2022 08:34:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319239/fr/equipe-d-anesthesie-reanimation-sante-atlantique-44</t>
   </si>
   <si>
     <t>p_3319239</t>
   </si>
   <si>
     <t>21 June 2023</t>
   </si>
   <si>
     <t>Docteur MARIE BRUCKLER, Docteur FABIAN ROY-GASH, Docteur David GOURAUD, Docteur Frédéric SIMONNEAU, Docteur RITHY EA, Docteur Sophie MILLET, Docteur Claire WIGDOROWICZ, Docteur Helene MARTINET-LAGADEC, Docteur Francois PILLET, Docteur Grégoire LANGLOIS, Docteur Ronan BODÉRÉ, Docteur JULIEN FOURNIER, Docteur Helene SAUNIER, Docteur DELPHINE ROLLAND, Docteur GAELLE LABBE, Docteur Eric LEGENDRE</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation CLINIQUE JULES VERNE  (44)</t>
   </si>
   <si>
     <t>24/02/2022 08:35:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319596/fr/equipe-d-anesthesie-reanimation-clinique-jules-verne-44</t>
   </si>
@@ -8300,84 +9866,78 @@
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER SEVRE ET LOIRE- LOROUX BOTTEREAU</t>
   </si>
   <si>
-    <t>17/11/2025 15:40:56</t>
+    <t>04/12/2025 17:05:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1412_FicheEtablissement/fr/ch-sevre-et-loire-loroux-bottereau</t>
   </si>
   <si>
     <t>1412_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>51 Rue De La Loire</t>
   </si>
   <si>
-    <t>44430 LE LOROUX BOTTEREAU</t>
-[...4 lines deleted...]
-  <si>
     <t>0240808000</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>440000552</t>
   </si>
   <si>
-    <t>Établissements non certifiés</t>
+    <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER SEVRE ET LOIRE- VERTOU</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1420_FicheEtablissement/fr/ch-sevre-et-loire-vertou</t>
   </si>
   <si>
     <t>1420_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Allée Alphonse Fillion</t>
   </si>
   <si>
     <t>44122 VERTOU</t>
   </si>
   <si>
     <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>440000883</t>
   </si>
   <si>
     <t>USLD CH SEVRE ET LOIRE-LOROUX  BOTTEREAU</t>
   </si>
@@ -8432,53 +9992,50 @@
   <si>
     <t>HOPITAL A DOMICILE NANTES ET REGION</t>
   </si>
   <si>
     <t>29/09/2025 17:06:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1435_FicheEtablissement/fr/had-nantes-et-region</t>
   </si>
   <si>
     <t>1435_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>1 Rue Henri Guillaumet</t>
   </si>
   <si>
     <t>0240160470</t>
   </si>
   <si>
     <t>440012128</t>
   </si>
   <si>
-    <t>Établissements certifiés avec mention</t>
-[...1 lines deleted...]
-  <si>
     <t>18/06/2025 13:39:16</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1454_FicheEtablissement/fr/sante-atlantique</t>
   </si>
   <si>
     <t>1454_FicheEtablissement</t>
   </si>
   <si>
     <t>0240959393</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation</t>
   </si>
   <si>
     <t>Établissements certifiés sous conditions</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER DE SAINT-NAZAIRE</t>
   </si>
   <si>
     <t>21/01/2025 10:15:58</t>
@@ -8567,75 +10124,75 @@
   <si>
     <t>440000024</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER ERDRE ET LOIRE</t>
   </si>
   <si>
     <t>21/01/2025 10:17:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1406_FicheEtablissement/fr/ch-erdre-et-loire</t>
   </si>
   <si>
     <t>1406_FicheEtablissement</t>
   </si>
   <si>
     <t>160 Rue Du Verger</t>
   </si>
   <si>
     <t>44156 ANCENIS</t>
   </si>
   <si>
     <t>0240094400</t>
   </si>
   <si>
-    <t>Chirurgie, Imagerie Médicale, Médecine, Obstétrique</t>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>440000396</t>
   </si>
   <si>
     <t>CLINIQUE SAINTE MARIE - PÔLE SANTE DE CHOISEL</t>
   </si>
   <si>
     <t>21/01/2025 10:18:49</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1407_FicheEtablissement/fr/clinique-sainte-marie</t>
   </si>
   <si>
     <t>1407_FicheEtablissement</t>
   </si>
   <si>
     <t>9 Rue De Verdun</t>
   </si>
   <si>
     <t>0240556464</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie</t>
+    <t>Chirurgie</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>21/01/2025 10:17:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1410_FicheEtablissement/fr/clinique-urologique-nantes-atlantis</t>
   </si>
   <si>
     <t>1410_FicheEtablissement</t>
   </si>
   <si>
     <t>4 Avenue Jacques Cartier</t>
   </si>
   <si>
     <t>44815 ST HERBLAIN</t>
   </si>
   <si>
     <t>0228030609</t>
   </si>
   <si>
     <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie</t>
   </si>
@@ -8735,104 +10292,80 @@
   <si>
     <t>1416_FicheEtablissement</t>
   </si>
   <si>
     <t>440000693</t>
   </si>
   <si>
     <t>HIC PAYS DE RETZ - PORNIC</t>
   </si>
   <si>
     <t>21/01/2025 10:16:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1425_FicheEtablissement/fr/hic-pays-de-retz-pornic</t>
   </si>
   <si>
     <t>1425_FicheEtablissement</t>
   </si>
   <si>
     <t>0251747878</t>
   </si>
   <si>
     <t>440001287</t>
   </si>
   <si>
-    <t>HIC PAYS DE RETZ - PAIMBOEUF</t>
-[...19 lines deleted...]
-  <si>
     <t>HIC DE LA PRESQU'ILE - SITE DU CROISIC</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1423_FicheEtablissement/fr/hic-de-la-presqu-ile-site-du-croisic</t>
   </si>
   <si>
     <t>1423_FicheEtablissement</t>
   </si>
   <si>
     <t>0240626600</t>
   </si>
   <si>
     <t>440001261</t>
   </si>
   <si>
     <t>HIC DE LA PRESQU'ILE- SITE DE GUERANDE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1422_FicheEtablissement/fr/hic-de-la-presqu-ile-site-de-guerande</t>
   </si>
   <si>
     <t>1422_FicheEtablissement</t>
   </si>
   <si>
     <t>28 Avenue P De La Bouexiere</t>
   </si>
   <si>
     <t>0240626540</t>
   </si>
   <si>
-    <t>Médecine</t>
-[...1 lines deleted...]
-  <si>
     <t>440001253</t>
   </si>
   <si>
     <t>21/01/2025 10:16:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1429_FicheEtablissement/fr/polyclinique-de-l-europe</t>
   </si>
   <si>
     <t>1429_FicheEtablissement</t>
   </si>
   <si>
     <t>33 Boulevard De L'Université</t>
   </si>
   <si>
     <t>44615 ST NAZAIRE</t>
   </si>
   <si>
     <t>0251161616</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Médecine</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER GEORGES DAUMEZON</t>
@@ -8888,53 +10421,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/1426_FicheEtablissement/fr/ch-de-savenay</t>
   </si>
   <si>
     <t>1426_FicheEtablissement</t>
   </si>
   <si>
     <t>13 Rue De L'Hopital</t>
   </si>
   <si>
     <t>0240575000</t>
   </si>
   <si>
     <t>440001295</t>
   </si>
   <si>
     <t>CH ST NAZAIRE - PSY HEINLEX</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1434_FicheEtablissement/fr/ch-st-nazaire-heinlex</t>
   </si>
   <si>
     <t>1434_FicheEtablissement</t>
   </si>
   <si>
-    <t>57 Rue Michel Ange</t>
-[...1 lines deleted...]
-  <si>
     <t>0240906060</t>
   </si>
   <si>
     <t>Médecine, Psychiatrie</t>
   </si>
   <si>
     <t>440007607</t>
   </si>
   <si>
     <t>CLINIQUE DE LA BRIERE - LNA ES</t>
   </si>
   <si>
     <t>21/01/2025 10:18:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1433_FicheEtablissement/fr/clinique-de-la-briere-lna-es</t>
   </si>
   <si>
     <t>1433_FicheEtablissement</t>
   </si>
   <si>
     <t>27 Rue De Mesquer</t>
   </si>
   <si>
     <t>0240621550</t>
@@ -9089,140 +10619,143 @@
   <si>
     <t>440028884</t>
   </si>
   <si>
     <t>USLD CH PIERRE DELAROCHE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1447_FicheEtablissement/fr/usld-ch-pierre-delaroche</t>
   </si>
   <si>
     <t>1447_FicheEtablissement</t>
   </si>
   <si>
     <t>440028843</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1450_FicheEtablissement/fr/clinique-jules-verne</t>
   </si>
   <si>
     <t>1450_FicheEtablissement</t>
   </si>
   <si>
     <t>USLD HIC PAYS DE RETZ</t>
   </si>
   <si>
+    <t>https://www.has-sante.fr/jcms/1452_FicheEtablissement/fr/usld-hic-pays-de-retz</t>
+  </si>
+  <si>
+    <t>1452_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>22 Rue Du Marechal Foch</t>
+  </si>
+  <si>
+    <t>0240640142</t>
+  </si>
+  <si>
+    <t>440032399</t>
+  </si>
+  <si>
+    <t>CENTRE DE SOINS DE LONGUE DUREE DE L'ISAC A BLAIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1451_FicheEtablissement/fr/usld-epsylan-l-isac</t>
+  </si>
+  <si>
+    <t>1451_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0240515240</t>
+  </si>
+  <si>
+    <t>440029825</t>
+  </si>
+  <si>
+    <t>L'HOPITAL PRIVE DU CONFLUENT</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1455_FicheEtablissement/fr/hopital-prive-du-confluent</t>
+  </si>
+  <si>
+    <t>1455_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Rue Eric Tabarly</t>
+  </si>
+  <si>
+    <t>44277 NANTES CEDEX 2</t>
+  </si>
+  <si>
+    <t>0228255000</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1460_FicheEtablissement/fr/clinique-mutualiste-de-l-estuaire</t>
+  </si>
+  <si>
+    <t>1460_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0272275300</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CENTRE DE MEDECINE PHYSIQUE ET DE READAPTATION COTE D'AMOUR</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1463_FicheEtablissement/fr/ssr-cmpr-cote-d-amour</t>
+  </si>
+  <si>
+    <t>1463_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0240000100</t>
+  </si>
+  <si>
+    <t>440053387</t>
+  </si>
+  <si>
+    <t>CENTRE HÉMODIALYSE ECHO REZE</t>
+  </si>
+  <si>
     <t>21/01/2025 10:18:43</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1452_FicheEtablissement/fr/usld-hic-pays-de-retz</t>
-[...85 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/3791_FicheEtablissement/fr/centre-dialyse-echo-reze</t>
   </si>
   <si>
     <t>3791_FicheEtablissement</t>
   </si>
   <si>
     <t>6 Rue De La Gare</t>
   </si>
   <si>
     <t>44402 REZE</t>
   </si>
   <si>
     <t>0272205060</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>440036499</t>
   </si>
   <si>
     <t>CENTRE AUTODIALYSE ECHO BOUGUENAIS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3790_FicheEtablissement/fr/dialyse-echo-bouguenais</t>
@@ -9432,101 +10965,116 @@
     <t>1453_FicheEtablissement</t>
   </si>
   <si>
     <t>440033645</t>
   </si>
   <si>
     <t>INSTITUT DE CANCEROLOGIE DE L'OUEST - CENTRE RENE GAUDUCHEAU</t>
   </si>
   <si>
     <t>05/03/2024 12:09:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1421_FicheEtablissement/fr/ico-site-gauducheau</t>
   </si>
   <si>
     <t>1421_FicheEtablissement</t>
   </si>
   <si>
     <t>0240679900</t>
   </si>
   <si>
     <t>CLCC</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine</t>
+  </si>
+  <si>
+    <t>HOPITAL DE JOUR LES APSYADES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7745_FicheEtablissement/fr/hopital-de-jour-les-apsyades</t>
+  </si>
+  <si>
+    <t>7745_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Rue De Sancerre</t>
+  </si>
+  <si>
+    <t>440051308</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R267"/>
+  <dimension ref="A1:R279"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -9614,27153 +11162,31825 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
       <c r="Q2" t="s">
         <v>30</v>
       </c>
       <c r="R2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>32</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I3" t="n">
         <v>0.0</v>
       </c>
       <c r="J3" t="s">
         <v>24</v>
       </c>
       <c r="K3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
         <v>20</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="Q3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R3" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="H4" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="Q4" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="R4" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="H5" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="L5" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="P5" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="Q5" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="R5" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>57</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>58</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
         <v>59</v>
       </c>
       <c r="H6" t="s">
         <v>60</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
         <v>61</v>
       </c>
       <c r="L6" t="s">
         <v>62</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
         <v>63</v>
       </c>
-      <c r="O6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P6" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="Q6" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="R6" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="H7" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="L7" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="P7" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Q7" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="R7" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="H8" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="L8" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="O8" t="s">
-        <v>78</v>
+        <v>28</v>
       </c>
       <c r="P8" t="s">
-        <v>79</v>
+        <v>29</v>
       </c>
       <c r="Q8" t="s">
-        <v>80</v>
+        <v>30</v>
       </c>
       <c r="R8" t="s">
-        <v>81</v>
+        <v>31</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>81</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
         <v>82</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>83</v>
-      </c>
-[...7 lines deleted...]
-        <v>85</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
+        <v>84</v>
+      </c>
+      <c r="L9" t="s">
+        <v>85</v>
+      </c>
+      <c r="M9" t="s">
+        <v>20</v>
+      </c>
+      <c r="N9" t="s">
         <v>86</v>
       </c>
-      <c r="L9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O9" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="P9" t="s">
-        <v>89</v>
+        <v>29</v>
       </c>
       <c r="Q9" t="s">
-        <v>90</v>
+        <v>30</v>
       </c>
       <c r="R9" t="s">
-        <v>91</v>
+        <v>31</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="H10" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
+        <v>91</v>
+      </c>
+      <c r="L10" t="s">
+        <v>92</v>
+      </c>
+      <c r="M10" t="s">
+        <v>20</v>
+      </c>
+      <c r="N10" t="s">
+        <v>93</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>30</v>
+      </c>
+      <c r="R10" t="s">
         <v>96</v>
-      </c>
-[...19 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>98</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>99</v>
+      </c>
+      <c r="H11" t="s">
         <v>100</v>
-      </c>
-[...16 lines deleted...]
-        <v>103</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="L11" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>106</v>
+        <v>86</v>
       </c>
       <c r="O11" t="s">
-        <v>107</v>
+        <v>28</v>
       </c>
       <c r="P11" t="s">
-        <v>108</v>
+        <v>29</v>
       </c>
       <c r="Q11" t="s">
-        <v>109</v>
+        <v>30</v>
       </c>
       <c r="R11" t="s">
-        <v>110</v>
+        <v>31</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>112</v>
+        <v>98</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>113</v>
+        <v>104</v>
       </c>
       <c r="H12" t="s">
-        <v>114</v>
+        <v>105</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>115</v>
+        <v>106</v>
       </c>
       <c r="L12" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
-        <v>117</v>
+        <v>86</v>
       </c>
       <c r="O12" t="s">
-        <v>118</v>
+        <v>28</v>
       </c>
       <c r="P12" t="s">
-        <v>119</v>
+        <v>29</v>
       </c>
       <c r="Q12" t="s">
         <v>30</v>
       </c>
       <c r="R12" t="s">
-        <v>120</v>
+        <v>31</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>121</v>
+        <v>108</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>123</v>
+        <v>110</v>
       </c>
       <c r="H13" t="s">
-        <v>124</v>
+        <v>111</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="L13" t="s">
-        <v>126</v>
+        <v>113</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
-        <v>117</v>
+        <v>79</v>
       </c>
       <c r="O13" t="s">
-        <v>127</v>
+        <v>28</v>
       </c>
       <c r="P13" t="s">
-        <v>128</v>
+        <v>29</v>
       </c>
       <c r="Q13" t="s">
-        <v>129</v>
+        <v>30</v>
       </c>
       <c r="R13" t="s">
-        <v>130</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
-        <v>131</v>
+        <v>114</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>132</v>
+        <v>115</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>133</v>
+        <v>116</v>
       </c>
       <c r="H14" t="s">
-        <v>134</v>
+        <v>117</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
-        <v>135</v>
+        <v>118</v>
       </c>
       <c r="L14" t="s">
-        <v>136</v>
+        <v>119</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
-        <v>137</v>
+        <v>79</v>
       </c>
       <c r="O14" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="P14" t="s">
-        <v>89</v>
+        <v>29</v>
       </c>
       <c r="Q14" t="s">
-        <v>90</v>
+        <v>30</v>
       </c>
       <c r="R14" t="s">
-        <v>91</v>
+        <v>31</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
-        <v>138</v>
+        <v>120</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>139</v>
+        <v>121</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>140</v>
+        <v>122</v>
       </c>
       <c r="H15" t="s">
-        <v>141</v>
+        <v>123</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
-        <v>142</v>
+        <v>124</v>
       </c>
       <c r="L15" t="s">
-        <v>143</v>
+        <v>125</v>
       </c>
       <c r="M15" t="s">
         <v>20</v>
       </c>
       <c r="N15" t="s">
-        <v>144</v>
+        <v>126</v>
       </c>
       <c r="O15" t="s">
         <v>127</v>
       </c>
       <c r="P15" t="s">
         <v>128</v>
       </c>
       <c r="Q15" t="s">
         <v>129</v>
       </c>
       <c r="R15" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
-        <v>145</v>
+        <v>131</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>146</v>
+        <v>121</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>147</v>
+        <v>132</v>
       </c>
       <c r="H16" t="s">
-        <v>148</v>
+        <v>133</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
-        <v>149</v>
+        <v>134</v>
       </c>
       <c r="L16" t="s">
-        <v>150</v>
+        <v>135</v>
       </c>
       <c r="M16" t="s">
         <v>20</v>
       </c>
       <c r="N16" t="s">
-        <v>144</v>
+        <v>126</v>
       </c>
       <c r="O16" t="s">
         <v>127</v>
       </c>
       <c r="P16" t="s">
         <v>128</v>
       </c>
       <c r="Q16" t="s">
         <v>129</v>
       </c>
       <c r="R16" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
-        <v>151</v>
+        <v>136</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>152</v>
+        <v>137</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>153</v>
+        <v>138</v>
       </c>
       <c r="H17" t="s">
-        <v>154</v>
+        <v>139</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
-        <v>155</v>
+        <v>140</v>
       </c>
       <c r="L17" t="s">
-        <v>156</v>
+        <v>141</v>
       </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
-        <v>144</v>
+        <v>126</v>
       </c>
       <c r="O17" t="s">
-        <v>127</v>
+        <v>142</v>
       </c>
       <c r="P17" t="s">
-        <v>128</v>
+        <v>143</v>
       </c>
       <c r="Q17" t="s">
         <v>129</v>
       </c>
       <c r="R17" t="s">
-        <v>130</v>
+        <v>144</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
-        <v>157</v>
+        <v>145</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>158</v>
+        <v>146</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>159</v>
+        <v>147</v>
       </c>
       <c r="H18" t="s">
-        <v>160</v>
+        <v>148</v>
       </c>
       <c r="I18" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>161</v>
+        <v>149</v>
       </c>
       <c r="L18" t="s">
-        <v>162</v>
+        <v>150</v>
       </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
       <c r="N18" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="O18" t="s">
-        <v>163</v>
+        <v>152</v>
       </c>
       <c r="P18" t="s">
-        <v>164</v>
+        <v>95</v>
       </c>
       <c r="Q18" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="R18" t="s">
-        <v>165</v>
+        <v>153</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>166</v>
+        <v>154</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>167</v>
+        <v>155</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>168</v>
+        <v>156</v>
       </c>
       <c r="H19" t="s">
-        <v>169</v>
+        <v>157</v>
       </c>
       <c r="I19" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
-        <v>170</v>
+        <v>158</v>
       </c>
       <c r="L19" t="s">
-        <v>171</v>
+        <v>159</v>
       </c>
       <c r="M19" t="s">
         <v>20</v>
       </c>
       <c r="N19" t="s">
-        <v>144</v>
+        <v>160</v>
       </c>
       <c r="O19" t="s">
         <v>127</v>
       </c>
       <c r="P19" t="s">
         <v>128</v>
       </c>
       <c r="Q19" t="s">
         <v>129</v>
       </c>
       <c r="R19" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>172</v>
+        <v>161</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>173</v>
+        <v>162</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>174</v>
+        <v>163</v>
       </c>
       <c r="H20" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="I20" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="L20" t="s">
-        <v>177</v>
+        <v>166</v>
       </c>
       <c r="M20" t="s">
         <v>20</v>
       </c>
       <c r="N20" t="s">
-        <v>144</v>
+        <v>167</v>
       </c>
       <c r="O20" t="s">
-        <v>127</v>
+        <v>152</v>
       </c>
       <c r="P20" t="s">
-        <v>128</v>
+        <v>95</v>
       </c>
       <c r="Q20" t="s">
-        <v>129</v>
+        <v>30</v>
       </c>
       <c r="R20" t="s">
-        <v>130</v>
+        <v>153</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
-        <v>178</v>
+        <v>168</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>179</v>
+        <v>169</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="H21" t="s">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="I21" t="n">
         <v>0.0</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
-        <v>182</v>
+        <v>172</v>
       </c>
       <c r="L21" t="s">
-        <v>183</v>
+        <v>173</v>
       </c>
       <c r="M21" t="s">
         <v>20</v>
       </c>
       <c r="N21" t="s">
-        <v>144</v>
+        <v>174</v>
       </c>
       <c r="O21" t="s">
-        <v>184</v>
+        <v>63</v>
       </c>
       <c r="P21" t="s">
-        <v>185</v>
+        <v>64</v>
       </c>
       <c r="Q21" t="s">
-        <v>186</v>
+        <v>65</v>
       </c>
       <c r="R21" t="s">
-        <v>187</v>
+        <v>66</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
-        <v>188</v>
+        <v>175</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>189</v>
+        <v>176</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>190</v>
+        <v>177</v>
       </c>
       <c r="H22" t="s">
-        <v>191</v>
+        <v>178</v>
       </c>
       <c r="I22" t="n">
         <v>0.0</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>192</v>
+        <v>179</v>
       </c>
       <c r="L22" t="s">
-        <v>193</v>
+        <v>180</v>
       </c>
       <c r="M22" t="s">
         <v>20</v>
       </c>
       <c r="N22" t="s">
-        <v>194</v>
+        <v>174</v>
       </c>
       <c r="O22" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="P22" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="Q22" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="R22" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
-        <v>195</v>
+        <v>181</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>196</v>
+        <v>183</v>
       </c>
       <c r="H23" t="s">
-        <v>197</v>
+        <v>184</v>
       </c>
       <c r="I23" t="n">
         <v>0.0</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
-        <v>198</v>
+        <v>185</v>
       </c>
       <c r="L23" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="M23" t="s">
         <v>20</v>
       </c>
       <c r="N23" t="s">
-        <v>194</v>
+        <v>174</v>
       </c>
       <c r="O23" t="s">
-        <v>28</v>
+        <v>94</v>
       </c>
       <c r="P23" t="s">
-        <v>29</v>
+        <v>95</v>
       </c>
       <c r="Q23" t="s">
         <v>30</v>
       </c>
       <c r="R23" t="s">
-        <v>31</v>
+        <v>96</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>201</v>
+        <v>188</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>202</v>
+        <v>189</v>
       </c>
       <c r="H24" t="s">
-        <v>203</v>
+        <v>190</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="L24" t="s">
-        <v>205</v>
+        <v>192</v>
       </c>
       <c r="M24" t="s">
         <v>20</v>
       </c>
       <c r="N24" t="s">
+        <v>193</v>
+      </c>
+      <c r="O24" t="s">
         <v>194</v>
       </c>
-      <c r="O24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P24" t="s">
-        <v>89</v>
+        <v>195</v>
       </c>
       <c r="Q24" t="s">
-        <v>90</v>
+        <v>196</v>
       </c>
       <c r="R24" t="s">
-        <v>91</v>
+        <v>197</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
-        <v>206</v>
+        <v>198</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
+        <v>199</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>200</v>
+      </c>
+      <c r="H25" t="s">
         <v>201</v>
-      </c>
-[...7 lines deleted...]
-        <v>208</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>209</v>
+        <v>202</v>
       </c>
       <c r="L25" t="s">
-        <v>210</v>
+        <v>203</v>
       </c>
       <c r="M25" t="s">
         <v>20</v>
       </c>
       <c r="N25" t="s">
-        <v>194</v>
+        <v>204</v>
       </c>
       <c r="O25" t="s">
-        <v>78</v>
+        <v>205</v>
       </c>
       <c r="P25" t="s">
-        <v>79</v>
+        <v>206</v>
       </c>
       <c r="Q25" t="s">
-        <v>80</v>
+        <v>129</v>
       </c>
       <c r="R25" t="s">
-        <v>81</v>
+        <v>207</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
+        <v>208</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>209</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>210</v>
+      </c>
+      <c r="H26" t="s">
         <v>211</v>
-      </c>
-[...16 lines deleted...]
-        <v>213</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
+        <v>212</v>
+      </c>
+      <c r="L26" t="s">
+        <v>213</v>
+      </c>
+      <c r="M26" t="s">
+        <v>20</v>
+      </c>
+      <c r="N26" t="s">
+        <v>204</v>
+      </c>
+      <c r="O26" t="s">
         <v>214</v>
       </c>
-      <c r="L26" t="s">
+      <c r="P26" t="s">
         <v>215</v>
       </c>
-      <c r="M26" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="Q26" t="s">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="R26" t="s">
-        <v>81</v>
+        <v>216</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="H27" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="L27" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
       <c r="N27" t="s">
-        <v>194</v>
+        <v>223</v>
       </c>
       <c r="O27" t="s">
-        <v>118</v>
+        <v>48</v>
       </c>
       <c r="P27" t="s">
-        <v>119</v>
+        <v>49</v>
       </c>
       <c r="Q27" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="R27" t="s">
-        <v>120</v>
+        <v>51</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="H28" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="L28" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
-        <v>194</v>
+        <v>230</v>
       </c>
       <c r="O28" t="s">
-        <v>28</v>
+        <v>214</v>
       </c>
       <c r="P28" t="s">
-        <v>29</v>
+        <v>215</v>
       </c>
       <c r="Q28" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R28" t="s">
-        <v>31</v>
+        <v>216</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="H29" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="L29" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="O29" t="s">
-        <v>127</v>
+        <v>214</v>
       </c>
       <c r="P29" t="s">
-        <v>128</v>
+        <v>215</v>
       </c>
       <c r="Q29" t="s">
-        <v>129</v>
+        <v>40</v>
       </c>
       <c r="R29" t="s">
-        <v>130</v>
+        <v>216</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="H30" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="L30" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="M30" t="s">
         <v>20</v>
       </c>
       <c r="N30" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="O30" t="s">
-        <v>241</v>
+        <v>214</v>
       </c>
       <c r="P30" t="s">
-        <v>242</v>
+        <v>215</v>
       </c>
       <c r="Q30" t="s">
-        <v>243</v>
+        <v>40</v>
       </c>
       <c r="R30" t="s">
-        <v>244</v>
+        <v>216</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
+        <v>243</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>244</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
         <v>245</v>
       </c>
-      <c r="C31" t="s">
-[...5 lines deleted...]
-      <c r="E31" t="s">
+      <c r="H31" t="s">
         <v>246</v>
-      </c>
-[...7 lines deleted...]
-        <v>248</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="L31" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="O31" t="s">
         <v>28</v>
       </c>
       <c r="P31" t="s">
         <v>29</v>
       </c>
       <c r="Q31" t="s">
         <v>30</v>
       </c>
       <c r="R31" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
+        <v>249</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>250</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
         <v>251</v>
       </c>
-      <c r="C32" t="s">
-[...5 lines deleted...]
-      <c r="E32" t="s">
+      <c r="H32" t="s">
         <v>252</v>
-      </c>
-[...7 lines deleted...]
-        <v>254</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="L32" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
       <c r="N32" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="O32" t="s">
-        <v>28</v>
+        <v>214</v>
       </c>
       <c r="P32" t="s">
-        <v>29</v>
+        <v>215</v>
       </c>
       <c r="Q32" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R32" t="s">
-        <v>31</v>
+        <v>216</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
+        <v>255</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>256</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
         <v>257</v>
       </c>
-      <c r="C33" t="s">
-[...5 lines deleted...]
-      <c r="E33" t="s">
+      <c r="H33" t="s">
         <v>258</v>
-      </c>
-[...7 lines deleted...]
-        <v>260</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>156</v>
+        <v>259</v>
       </c>
       <c r="L33" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="O33" t="s">
-        <v>28</v>
+        <v>214</v>
       </c>
       <c r="P33" t="s">
-        <v>29</v>
+        <v>215</v>
       </c>
       <c r="Q33" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R33" t="s">
-        <v>31</v>
+        <v>216</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
+        <v>261</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
         <v>262</v>
-      </c>
-[...7 lines deleted...]
-        <v>258</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
         <v>263</v>
       </c>
       <c r="H34" t="s">
         <v>264</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
         <v>265</v>
       </c>
       <c r="L34" t="s">
         <v>266</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="O34" t="s">
-        <v>28</v>
+        <v>267</v>
       </c>
       <c r="P34" t="s">
-        <v>29</v>
+        <v>268</v>
       </c>
       <c r="Q34" t="s">
-        <v>30</v>
+        <v>269</v>
       </c>
       <c r="R34" t="s">
-        <v>31</v>
+        <v>270</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="H35" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="L35" t="s">
-        <v>97</v>
+        <v>276</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
       <c r="N35" t="s">
-        <v>234</v>
+        <v>277</v>
       </c>
       <c r="O35" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P35" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q35" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R35" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
+        <v>278</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
         <v>272</v>
       </c>
-      <c r="C36" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="H36" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="I36" t="n">
         <v>0.0</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="L36" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="M36" t="s">
         <v>20</v>
       </c>
       <c r="N36" t="s">
-        <v>234</v>
+        <v>277</v>
       </c>
       <c r="O36" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P36" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q36" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R36" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>268</v>
+        <v>284</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="H37" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="I37" t="n">
         <v>0.0</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="L37" t="s">
-        <v>281</v>
+        <v>113</v>
       </c>
       <c r="M37" t="s">
         <v>20</v>
       </c>
       <c r="N37" t="s">
-        <v>234</v>
+        <v>277</v>
       </c>
       <c r="O37" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="P37" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="Q37" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="R37" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>268</v>
+        <v>284</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="H38" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="I38" t="n">
         <v>0.0</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="L38" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="M38" t="s">
         <v>20</v>
       </c>
       <c r="N38" t="s">
-        <v>234</v>
+        <v>277</v>
       </c>
       <c r="O38" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="P38" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="Q38" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="R38" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="H39" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="I39" t="n">
         <v>0.0</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="L39" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="M39" t="s">
         <v>20</v>
       </c>
       <c r="N39" t="s">
-        <v>234</v>
+        <v>277</v>
       </c>
       <c r="O39" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="P39" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="Q39" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="R39" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>288</v>
+        <v>299</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="H40" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="I40" t="n">
         <v>0.0</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="L40" t="s">
-        <v>156</v>
+        <v>303</v>
       </c>
       <c r="M40" t="s">
         <v>20</v>
       </c>
       <c r="N40" t="s">
-        <v>234</v>
+        <v>277</v>
       </c>
       <c r="O40" t="s">
-        <v>28</v>
+        <v>205</v>
       </c>
       <c r="P40" t="s">
-        <v>29</v>
+        <v>206</v>
       </c>
       <c r="Q40" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R40" t="s">
-        <v>31</v>
+        <v>207</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
       <c r="H41" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
       <c r="I41" t="n">
         <v>0.0</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="L41" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="M41" t="s">
         <v>20</v>
       </c>
       <c r="N41" t="s">
-        <v>234</v>
+        <v>277</v>
       </c>
       <c r="O41" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P41" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q41" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R41" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>304</v>
+        <v>312</v>
       </c>
       <c r="H42" t="s">
-        <v>305</v>
+        <v>313</v>
       </c>
       <c r="I42" t="n">
         <v>0.0</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
-        <v>306</v>
+        <v>314</v>
       </c>
       <c r="L42" t="s">
-        <v>307</v>
+        <v>315</v>
       </c>
       <c r="M42" t="s">
         <v>20</v>
       </c>
       <c r="N42" t="s">
-        <v>234</v>
+        <v>316</v>
       </c>
       <c r="O42" t="s">
-        <v>28</v>
+        <v>214</v>
       </c>
       <c r="P42" t="s">
-        <v>29</v>
+        <v>215</v>
       </c>
       <c r="Q42" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R42" t="s">
-        <v>31</v>
+        <v>216</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>298</v>
+        <v>318</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="H43" t="s">
-        <v>310</v>
+        <v>320</v>
       </c>
       <c r="I43" t="n">
         <v>0.0</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
-        <v>311</v>
+        <v>321</v>
       </c>
       <c r="L43" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="M43" t="s">
         <v>20</v>
       </c>
       <c r="N43" t="s">
-        <v>234</v>
+        <v>316</v>
       </c>
       <c r="O43" t="s">
-        <v>28</v>
+        <v>323</v>
       </c>
       <c r="P43" t="s">
-        <v>29</v>
+        <v>324</v>
       </c>
       <c r="Q43" t="s">
-        <v>30</v>
+        <v>325</v>
       </c>
       <c r="R43" t="s">
-        <v>31</v>
+        <v>326</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>298</v>
+        <v>328</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>314</v>
+        <v>329</v>
       </c>
       <c r="H44" t="s">
-        <v>315</v>
+        <v>330</v>
       </c>
       <c r="I44" t="n">
         <v>0.0</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
+        <v>331</v>
+      </c>
+      <c r="L44" t="s">
+        <v>332</v>
+      </c>
+      <c r="M44" t="s">
+        <v>20</v>
+      </c>
+      <c r="N44" t="s">
         <v>316</v>
       </c>
-      <c r="L44" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O44" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P44" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q44" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R44" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
-        <v>317</v>
+        <v>333</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>318</v>
+        <v>334</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>319</v>
+        <v>335</v>
       </c>
       <c r="H45" t="s">
-        <v>320</v>
+        <v>336</v>
       </c>
       <c r="I45" t="n">
         <v>0.0</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
-        <v>321</v>
+        <v>337</v>
       </c>
       <c r="L45" t="s">
-        <v>322</v>
+        <v>338</v>
       </c>
       <c r="M45" t="s">
         <v>20</v>
       </c>
       <c r="N45" t="s">
-        <v>234</v>
+        <v>316</v>
       </c>
       <c r="O45" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P45" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q45" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R45" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
-        <v>323</v>
+        <v>339</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>318</v>
+        <v>340</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>324</v>
+        <v>341</v>
       </c>
       <c r="H46" t="s">
-        <v>325</v>
+        <v>342</v>
       </c>
       <c r="I46" t="n">
         <v>0.0</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
-        <v>326</v>
+        <v>242</v>
       </c>
       <c r="L46" t="s">
-        <v>327</v>
+        <v>343</v>
       </c>
       <c r="M46" t="s">
         <v>20</v>
       </c>
       <c r="N46" t="s">
-        <v>234</v>
+        <v>316</v>
       </c>
       <c r="O46" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P46" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q46" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R46" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
-        <v>328</v>
+        <v>344</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>329</v>
+        <v>340</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>330</v>
+        <v>345</v>
       </c>
       <c r="H47" t="s">
-        <v>331</v>
+        <v>346</v>
       </c>
       <c r="I47" t="n">
         <v>0.0</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
-        <v>332</v>
+        <v>347</v>
       </c>
       <c r="L47" t="s">
-        <v>333</v>
+        <v>348</v>
       </c>
       <c r="M47" t="s">
         <v>20</v>
       </c>
       <c r="N47" t="s">
-        <v>234</v>
+        <v>316</v>
       </c>
       <c r="O47" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P47" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q47" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R47" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
-        <v>334</v>
+        <v>349</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>335</v>
+        <v>350</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>336</v>
+        <v>351</v>
       </c>
       <c r="H48" t="s">
-        <v>337</v>
+        <v>352</v>
       </c>
       <c r="I48" t="n">
         <v>0.0</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="L48" t="s">
-        <v>292</v>
+        <v>186</v>
       </c>
       <c r="M48" t="s">
         <v>20</v>
       </c>
       <c r="N48" t="s">
-        <v>234</v>
+        <v>316</v>
       </c>
       <c r="O48" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P48" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q48" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R48" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>340</v>
+        <v>350</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>341</v>
+        <v>355</v>
       </c>
       <c r="H49" t="s">
-        <v>342</v>
+        <v>356</v>
       </c>
       <c r="I49" t="n">
         <v>0.0</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>343</v>
+        <v>357</v>
       </c>
       <c r="L49" t="s">
-        <v>344</v>
+        <v>358</v>
       </c>
       <c r="M49" t="s">
         <v>20</v>
       </c>
       <c r="N49" t="s">
-        <v>345</v>
+        <v>316</v>
       </c>
       <c r="O49" t="s">
-        <v>43</v>
+        <v>127</v>
       </c>
       <c r="P49" t="s">
-        <v>44</v>
+        <v>128</v>
       </c>
       <c r="Q49" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R49" t="s">
-        <v>45</v>
+        <v>130</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>18</v>
       </c>
       <c r="B50" t="s">
-        <v>346</v>
+        <v>359</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>348</v>
+        <v>360</v>
       </c>
       <c r="H50" t="s">
-        <v>349</v>
+        <v>361</v>
       </c>
       <c r="I50" t="n">
         <v>0.0</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>350</v>
+        <v>362</v>
       </c>
       <c r="L50" t="s">
-        <v>351</v>
+        <v>363</v>
       </c>
       <c r="M50" t="s">
         <v>20</v>
       </c>
       <c r="N50" t="s">
-        <v>345</v>
+        <v>316</v>
       </c>
       <c r="O50" t="s">
-        <v>43</v>
+        <v>127</v>
       </c>
       <c r="P50" t="s">
-        <v>44</v>
+        <v>128</v>
       </c>
       <c r="Q50" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R50" t="s">
-        <v>45</v>
+        <v>130</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
-        <v>352</v>
+        <v>364</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>353</v>
+        <v>365</v>
       </c>
       <c r="H51" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="I51" t="n">
         <v>0.0</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>355</v>
+        <v>367</v>
       </c>
       <c r="L51" t="s">
-        <v>356</v>
+        <v>368</v>
       </c>
       <c r="M51" t="s">
         <v>20</v>
       </c>
       <c r="N51" t="s">
-        <v>345</v>
+        <v>316</v>
       </c>
       <c r="O51" t="s">
-        <v>43</v>
+        <v>127</v>
       </c>
       <c r="P51" t="s">
-        <v>44</v>
+        <v>128</v>
       </c>
       <c r="Q51" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R51" t="s">
-        <v>45</v>
+        <v>130</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
-        <v>357</v>
+        <v>369</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>358</v>
+        <v>370</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>359</v>
+        <v>371</v>
       </c>
       <c r="H52" t="s">
-        <v>360</v>
+        <v>372</v>
       </c>
       <c r="I52" t="n">
         <v>0.0</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
-        <v>361</v>
+        <v>373</v>
       </c>
       <c r="L52" t="s">
-        <v>362</v>
+        <v>374</v>
       </c>
       <c r="M52" t="s">
         <v>20</v>
       </c>
       <c r="N52" t="s">
-        <v>345</v>
+        <v>316</v>
       </c>
       <c r="O52" t="s">
-        <v>43</v>
+        <v>127</v>
       </c>
       <c r="P52" t="s">
-        <v>44</v>
+        <v>128</v>
       </c>
       <c r="Q52" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R52" t="s">
-        <v>45</v>
+        <v>130</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
-        <v>363</v>
+        <v>375</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>365</v>
+        <v>376</v>
       </c>
       <c r="H53" t="s">
-        <v>366</v>
+        <v>377</v>
       </c>
       <c r="I53" t="n">
         <v>0.0</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
-        <v>367</v>
+        <v>378</v>
       </c>
       <c r="L53" t="s">
-        <v>368</v>
+        <v>242</v>
       </c>
       <c r="M53" t="s">
         <v>20</v>
       </c>
       <c r="N53" t="s">
-        <v>369</v>
+        <v>316</v>
       </c>
       <c r="O53" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P53" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q53" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R53" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54" t="s">
-        <v>370</v>
+        <v>379</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>371</v>
+        <v>380</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>372</v>
+        <v>381</v>
       </c>
       <c r="H54" t="s">
-        <v>373</v>
+        <v>382</v>
       </c>
       <c r="I54" t="n">
         <v>0.0</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
-        <v>374</v>
+        <v>383</v>
       </c>
       <c r="L54" t="s">
-        <v>375</v>
+        <v>384</v>
       </c>
       <c r="M54" t="s">
         <v>20</v>
       </c>
       <c r="N54" t="s">
-        <v>376</v>
+        <v>316</v>
       </c>
       <c r="O54" t="s">
-        <v>377</v>
+        <v>127</v>
       </c>
       <c r="P54" t="s">
-        <v>378</v>
+        <v>128</v>
       </c>
       <c r="Q54" t="s">
         <v>129</v>
       </c>
       <c r="R54" t="s">
-        <v>379</v>
+        <v>130</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>18</v>
       </c>
       <c r="B55" t="s">
+        <v>385</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
         <v>380</v>
       </c>
-      <c r="C55" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="H55" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="I55" t="n">
         <v>0.0</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="L55" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="M55" t="s">
         <v>20</v>
       </c>
       <c r="N55" t="s">
-        <v>376</v>
+        <v>316</v>
       </c>
       <c r="O55" t="s">
-        <v>88</v>
+        <v>127</v>
       </c>
       <c r="P55" t="s">
-        <v>89</v>
+        <v>128</v>
       </c>
       <c r="Q55" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="R55" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>18</v>
       </c>
       <c r="B56" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>387</v>
+        <v>380</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="H56" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="I56" t="n">
         <v>0.0</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="L56" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="M56" t="s">
         <v>20</v>
       </c>
       <c r="N56" t="s">
-        <v>376</v>
+        <v>316</v>
       </c>
       <c r="O56" t="s">
-        <v>184</v>
+        <v>127</v>
       </c>
       <c r="P56" t="s">
-        <v>185</v>
+        <v>128</v>
       </c>
       <c r="Q56" t="s">
-        <v>186</v>
+        <v>129</v>
       </c>
       <c r="R56" t="s">
-        <v>187</v>
+        <v>130</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>18</v>
       </c>
       <c r="B57" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>393</v>
+        <v>380</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="H57" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="I57" t="n">
         <v>0.0</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="L57" t="s">
-        <v>397</v>
+        <v>260</v>
       </c>
       <c r="M57" t="s">
         <v>20</v>
       </c>
       <c r="N57" t="s">
-        <v>376</v>
+        <v>316</v>
       </c>
       <c r="O57" t="s">
-        <v>43</v>
+        <v>127</v>
       </c>
       <c r="P57" t="s">
-        <v>44</v>
+        <v>128</v>
       </c>
       <c r="Q57" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R57" t="s">
-        <v>45</v>
+        <v>130</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="H58" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="I58" t="n">
         <v>0.0</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="L58" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="M58" t="s">
         <v>20</v>
       </c>
       <c r="N58" t="s">
-        <v>404</v>
+        <v>316</v>
       </c>
       <c r="O58" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P58" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q58" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R58" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
         <v>405</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
+        <v>400</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
         <v>406</v>
       </c>
-      <c r="F59" t="s">
-[...2 lines deleted...]
-      <c r="G59" t="s">
+      <c r="H59" t="s">
         <v>407</v>
-      </c>
-[...1 lines deleted...]
-        <v>408</v>
       </c>
       <c r="I59" t="n">
         <v>0.0</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
+        <v>408</v>
+      </c>
+      <c r="L59" t="s">
         <v>409</v>
       </c>
-      <c r="L59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M59" t="s">
         <v>20</v>
       </c>
       <c r="N59" t="s">
-        <v>404</v>
+        <v>316</v>
       </c>
       <c r="O59" t="s">
-        <v>241</v>
+        <v>127</v>
       </c>
       <c r="P59" t="s">
-        <v>242</v>
+        <v>128</v>
       </c>
       <c r="Q59" t="s">
-        <v>243</v>
+        <v>129</v>
       </c>
       <c r="R59" t="s">
-        <v>244</v>
+        <v>130</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
+        <v>410</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
         <v>411</v>
       </c>
-      <c r="C60" t="s">
-[...5 lines deleted...]
-      <c r="E60" t="s">
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
         <v>412</v>
       </c>
-      <c r="F60" t="s">
-[...2 lines deleted...]
-      <c r="G60" t="s">
+      <c r="H60" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
       <c r="I60" t="n">
         <v>0.0</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
+        <v>414</v>
+      </c>
+      <c r="L60" t="s">
         <v>415</v>
       </c>
-      <c r="L60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M60" t="s">
         <v>20</v>
       </c>
       <c r="N60" t="s">
-        <v>417</v>
+        <v>316</v>
       </c>
       <c r="O60" t="s">
-        <v>163</v>
+        <v>127</v>
       </c>
       <c r="P60" t="s">
-        <v>164</v>
+        <v>128</v>
       </c>
       <c r="Q60" t="s">
-        <v>55</v>
+        <v>129</v>
       </c>
       <c r="R60" t="s">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
+        <v>416</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>417</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
         <v>418</v>
       </c>
-      <c r="C61" t="s">
-[...5 lines deleted...]
-      <c r="E61" t="s">
+      <c r="H61" t="s">
         <v>419</v>
-      </c>
-[...7 lines deleted...]
-        <v>421</v>
       </c>
       <c r="I61" t="n">
         <v>0.0</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="L61" t="s">
-        <v>423</v>
+        <v>374</v>
       </c>
       <c r="M61" t="s">
         <v>20</v>
       </c>
       <c r="N61" t="s">
-        <v>424</v>
+        <v>316</v>
       </c>
       <c r="O61" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P61" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q61" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R61" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="H62" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="I62" t="n">
         <v>0.0</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="L62" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="M62" t="s">
         <v>20</v>
       </c>
       <c r="N62" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="O62" t="s">
-        <v>88</v>
+        <v>142</v>
       </c>
       <c r="P62" t="s">
-        <v>89</v>
+        <v>143</v>
       </c>
       <c r="Q62" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="R62" t="s">
-        <v>91</v>
+        <v>144</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>18</v>
       </c>
       <c r="B63" t="s">
+        <v>428</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>429</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>430</v>
+      </c>
+      <c r="H63" t="s">
         <v>431</v>
-      </c>
-[...16 lines deleted...]
-        <v>434</v>
       </c>
       <c r="I63" t="n">
         <v>0.0</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="L63" t="s">
-        <v>221</v>
+        <v>433</v>
       </c>
       <c r="M63" t="s">
         <v>20</v>
       </c>
       <c r="N63" t="s">
-        <v>436</v>
+        <v>427</v>
       </c>
       <c r="O63" t="s">
-        <v>437</v>
+        <v>142</v>
       </c>
       <c r="P63" t="s">
-        <v>438</v>
+        <v>143</v>
       </c>
       <c r="Q63" t="s">
-        <v>439</v>
+        <v>129</v>
       </c>
       <c r="R63" t="s">
-        <v>440</v>
+        <v>144</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>18</v>
       </c>
       <c r="B64" t="s">
-        <v>441</v>
+        <v>434</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>442</v>
+        <v>429</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>443</v>
+        <v>435</v>
       </c>
       <c r="H64" t="s">
-        <v>444</v>
+        <v>436</v>
       </c>
       <c r="I64" t="n">
         <v>0.0</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>445</v>
+        <v>437</v>
       </c>
       <c r="L64" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="M64" t="s">
         <v>20</v>
       </c>
       <c r="N64" t="s">
-        <v>436</v>
+        <v>427</v>
       </c>
       <c r="O64" t="s">
-        <v>127</v>
+        <v>142</v>
       </c>
       <c r="P64" t="s">
-        <v>128</v>
+        <v>143</v>
       </c>
       <c r="Q64" t="s">
         <v>129</v>
       </c>
       <c r="R64" t="s">
-        <v>130</v>
+        <v>144</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>18</v>
       </c>
       <c r="B65" t="s">
-        <v>447</v>
+        <v>439</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>448</v>
+        <v>440</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="H65" t="s">
-        <v>450</v>
+        <v>442</v>
       </c>
       <c r="I65" t="n">
         <v>0.0</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>451</v>
+        <v>443</v>
       </c>
       <c r="L65" t="s">
-        <v>452</v>
+        <v>444</v>
       </c>
       <c r="M65" t="s">
         <v>20</v>
       </c>
       <c r="N65" t="s">
-        <v>453</v>
+        <v>427</v>
       </c>
       <c r="O65" t="s">
-        <v>28</v>
+        <v>142</v>
       </c>
       <c r="P65" t="s">
-        <v>29</v>
+        <v>143</v>
       </c>
       <c r="Q65" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R65" t="s">
-        <v>31</v>
+        <v>144</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>18</v>
       </c>
       <c r="B66" t="s">
-        <v>454</v>
+        <v>445</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>455</v>
+        <v>446</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>456</v>
+        <v>447</v>
       </c>
       <c r="H66" t="s">
-        <v>457</v>
+        <v>448</v>
       </c>
       <c r="I66" t="n">
         <v>0.0</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>458</v>
+        <v>449</v>
       </c>
       <c r="L66" t="s">
-        <v>266</v>
+        <v>450</v>
       </c>
       <c r="M66" t="s">
         <v>20</v>
       </c>
       <c r="N66" t="s">
-        <v>459</v>
+        <v>451</v>
       </c>
       <c r="O66" t="s">
-        <v>88</v>
+        <v>127</v>
       </c>
       <c r="P66" t="s">
-        <v>89</v>
+        <v>128</v>
       </c>
       <c r="Q66" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="R66" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>18</v>
       </c>
       <c r="B67" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>461</v>
+        <v>453</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>462</v>
+        <v>454</v>
       </c>
       <c r="H67" t="s">
-        <v>463</v>
+        <v>455</v>
       </c>
       <c r="I67" t="n">
         <v>0.0</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>464</v>
+        <v>456</v>
       </c>
       <c r="L67" t="s">
-        <v>465</v>
+        <v>457</v>
       </c>
       <c r="M67" t="s">
         <v>20</v>
       </c>
       <c r="N67" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="O67" t="s">
-        <v>78</v>
+        <v>38</v>
       </c>
       <c r="P67" t="s">
-        <v>79</v>
+        <v>39</v>
       </c>
       <c r="Q67" t="s">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="R67" t="s">
-        <v>81</v>
+        <v>41</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>18</v>
       </c>
       <c r="B68" t="s">
-        <v>467</v>
+        <v>459</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>468</v>
+        <v>460</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>469</v>
+        <v>461</v>
       </c>
       <c r="H68" t="s">
-        <v>470</v>
+        <v>462</v>
       </c>
       <c r="I68" t="n">
         <v>0.0</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
-        <v>471</v>
+        <v>463</v>
       </c>
       <c r="L68" t="s">
-        <v>472</v>
+        <v>464</v>
       </c>
       <c r="M68" t="s">
         <v>20</v>
       </c>
       <c r="N68" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="O68" t="s">
-        <v>78</v>
+        <v>48</v>
       </c>
       <c r="P68" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="Q68" t="s">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="R68" t="s">
-        <v>81</v>
+        <v>51</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>18</v>
       </c>
       <c r="B69" t="s">
-        <v>473</v>
+        <v>465</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
+        <v>466</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
+        <v>467</v>
+      </c>
+      <c r="H69" t="s">
         <v>468</v>
-      </c>
-[...7 lines deleted...]
-        <v>475</v>
       </c>
       <c r="I69" t="n">
         <v>0.0</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>476</v>
+        <v>469</v>
       </c>
       <c r="L69" t="s">
-        <v>477</v>
+        <v>470</v>
       </c>
       <c r="M69" t="s">
         <v>20</v>
       </c>
       <c r="N69" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="O69" t="s">
-        <v>78</v>
+        <v>267</v>
       </c>
       <c r="P69" t="s">
-        <v>79</v>
+        <v>268</v>
       </c>
       <c r="Q69" t="s">
-        <v>80</v>
+        <v>269</v>
       </c>
       <c r="R69" t="s">
-        <v>81</v>
+        <v>270</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>18</v>
       </c>
       <c r="B70" t="s">
-        <v>478</v>
+        <v>471</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>479</v>
+        <v>472</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>480</v>
+        <v>473</v>
       </c>
       <c r="H70" t="s">
-        <v>481</v>
+        <v>474</v>
       </c>
       <c r="I70" t="n">
         <v>0.0</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>482</v>
+        <v>475</v>
       </c>
       <c r="L70" t="s">
-        <v>483</v>
+        <v>476</v>
       </c>
       <c r="M70" t="s">
         <v>20</v>
       </c>
       <c r="N70" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="O70" t="s">
-        <v>78</v>
+        <v>142</v>
       </c>
       <c r="P70" t="s">
-        <v>79</v>
+        <v>143</v>
       </c>
       <c r="Q70" t="s">
-        <v>80</v>
+        <v>129</v>
       </c>
       <c r="R70" t="s">
-        <v>81</v>
+        <v>144</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>18</v>
       </c>
       <c r="B71" t="s">
-        <v>484</v>
+        <v>477</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>485</v>
+        <v>478</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>486</v>
+        <v>479</v>
       </c>
       <c r="H71" t="s">
-        <v>487</v>
+        <v>480</v>
       </c>
       <c r="I71" t="n">
         <v>0.0</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>488</v>
+        <v>481</v>
       </c>
       <c r="L71" t="s">
-        <v>489</v>
+        <v>482</v>
       </c>
       <c r="M71" t="s">
         <v>20</v>
       </c>
       <c r="N71" t="s">
-        <v>490</v>
+        <v>483</v>
       </c>
       <c r="O71" t="s">
-        <v>491</v>
+        <v>127</v>
       </c>
       <c r="P71" t="s">
-        <v>492</v>
+        <v>128</v>
       </c>
       <c r="Q71" t="s">
-        <v>493</v>
+        <v>129</v>
       </c>
       <c r="R71" t="s">
-        <v>494</v>
+        <v>130</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>18</v>
       </c>
       <c r="B72" t="s">
-        <v>495</v>
+        <v>484</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>496</v>
+        <v>485</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>497</v>
+        <v>486</v>
       </c>
       <c r="H72" t="s">
-        <v>498</v>
+        <v>487</v>
       </c>
       <c r="I72" t="n">
         <v>0.0</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
-        <v>499</v>
+        <v>488</v>
       </c>
       <c r="L72" t="s">
-        <v>500</v>
+        <v>489</v>
       </c>
       <c r="M72" t="s">
         <v>20</v>
       </c>
       <c r="N72" t="s">
-        <v>501</v>
+        <v>483</v>
       </c>
       <c r="O72" t="s">
-        <v>163</v>
+        <v>323</v>
       </c>
       <c r="P72" t="s">
-        <v>164</v>
+        <v>324</v>
       </c>
       <c r="Q72" t="s">
-        <v>55</v>
+        <v>325</v>
       </c>
       <c r="R72" t="s">
-        <v>165</v>
+        <v>326</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>18</v>
       </c>
       <c r="B73" t="s">
-        <v>502</v>
+        <v>490</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>503</v>
+        <v>491</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>504</v>
+        <v>492</v>
       </c>
       <c r="H73" t="s">
-        <v>505</v>
+        <v>493</v>
       </c>
       <c r="I73" t="n">
         <v>0.0</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
-        <v>506</v>
+        <v>494</v>
       </c>
       <c r="L73" t="s">
-        <v>507</v>
+        <v>495</v>
       </c>
       <c r="M73" t="s">
         <v>20</v>
       </c>
       <c r="N73" t="s">
-        <v>508</v>
+        <v>496</v>
       </c>
       <c r="O73" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="P73" t="s">
-        <v>89</v>
+        <v>29</v>
       </c>
       <c r="Q73" t="s">
-        <v>90</v>
+        <v>30</v>
       </c>
       <c r="R73" t="s">
-        <v>91</v>
+        <v>31</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>18</v>
       </c>
       <c r="B74" t="s">
-        <v>509</v>
+        <v>497</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>510</v>
+        <v>498</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>511</v>
+        <v>499</v>
       </c>
       <c r="H74" t="s">
-        <v>512</v>
+        <v>500</v>
       </c>
       <c r="I74" t="n">
         <v>0.0</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
-        <v>513</v>
+        <v>501</v>
       </c>
       <c r="L74" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c r="M74" t="s">
         <v>20</v>
       </c>
       <c r="N74" t="s">
-        <v>508</v>
+        <v>503</v>
       </c>
       <c r="O74" t="s">
-        <v>88</v>
+        <v>127</v>
       </c>
       <c r="P74" t="s">
-        <v>89</v>
+        <v>128</v>
       </c>
       <c r="Q74" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="R74" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>18</v>
       </c>
       <c r="B75" t="s">
-        <v>515</v>
+        <v>504</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>516</v>
+        <v>505</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>517</v>
+        <v>506</v>
       </c>
       <c r="H75" t="s">
-        <v>518</v>
+        <v>507</v>
       </c>
       <c r="I75" t="n">
         <v>0.0</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
-        <v>519</v>
+        <v>508</v>
       </c>
       <c r="L75" t="s">
-        <v>520</v>
+        <v>509</v>
       </c>
       <c r="M75" t="s">
         <v>20</v>
       </c>
       <c r="N75" t="s">
-        <v>508</v>
+        <v>503</v>
       </c>
       <c r="O75" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="P75" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="Q75" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="R75" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>18</v>
       </c>
       <c r="B76" t="s">
-        <v>521</v>
+        <v>510</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>522</v>
+        <v>511</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>523</v>
+        <v>512</v>
       </c>
       <c r="H76" t="s">
-        <v>524</v>
+        <v>513</v>
       </c>
       <c r="I76" t="n">
         <v>0.0</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
-        <v>525</v>
+        <v>514</v>
       </c>
       <c r="L76" t="s">
-        <v>526</v>
+        <v>303</v>
       </c>
       <c r="M76" t="s">
         <v>20</v>
       </c>
       <c r="N76" t="s">
-        <v>508</v>
+        <v>515</v>
       </c>
       <c r="O76" t="s">
-        <v>88</v>
+        <v>516</v>
       </c>
       <c r="P76" t="s">
-        <v>89</v>
+        <v>517</v>
       </c>
       <c r="Q76" t="s">
-        <v>90</v>
+        <v>518</v>
       </c>
       <c r="R76" t="s">
-        <v>91</v>
+        <v>519</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>18</v>
       </c>
       <c r="B77" t="s">
-        <v>527</v>
+        <v>520</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
+        <v>521</v>
+      </c>
+      <c r="F77" t="s">
+        <v>20</v>
+      </c>
+      <c r="G77" t="s">
         <v>522</v>
       </c>
-      <c r="F77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H77" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="I77" t="n">
         <v>0.0</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
-        <v>530</v>
+        <v>524</v>
       </c>
       <c r="L77" t="s">
-        <v>531</v>
+        <v>525</v>
       </c>
       <c r="M77" t="s">
         <v>20</v>
       </c>
       <c r="N77" t="s">
-        <v>508</v>
+        <v>515</v>
       </c>
       <c r="O77" t="s">
-        <v>88</v>
+        <v>214</v>
       </c>
       <c r="P77" t="s">
-        <v>89</v>
+        <v>215</v>
       </c>
       <c r="Q77" t="s">
-        <v>90</v>
+        <v>40</v>
       </c>
       <c r="R77" t="s">
-        <v>91</v>
+        <v>216</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>18</v>
       </c>
       <c r="B78" t="s">
-        <v>532</v>
+        <v>526</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="H78" t="s">
-        <v>534</v>
+        <v>529</v>
       </c>
       <c r="I78" t="n">
         <v>0.0</v>
       </c>
       <c r="J78" t="s">
         <v>24</v>
       </c>
       <c r="K78" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
       <c r="L78" t="s">
-        <v>536</v>
+        <v>531</v>
       </c>
       <c r="M78" t="s">
         <v>20</v>
       </c>
       <c r="N78" t="s">
-        <v>508</v>
+        <v>532</v>
       </c>
       <c r="O78" t="s">
-        <v>88</v>
+        <v>127</v>
       </c>
       <c r="P78" t="s">
-        <v>89</v>
+        <v>128</v>
       </c>
       <c r="Q78" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="R78" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>18</v>
       </c>
       <c r="B79" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
       <c r="H79" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="I79" t="n">
         <v>0.0</v>
       </c>
       <c r="J79" t="s">
         <v>24</v>
       </c>
       <c r="K79" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="L79" t="s">
-        <v>542</v>
+        <v>348</v>
       </c>
       <c r="M79" t="s">
         <v>20</v>
       </c>
       <c r="N79" t="s">
-        <v>543</v>
+        <v>538</v>
       </c>
       <c r="O79" t="s">
-        <v>437</v>
+        <v>48</v>
       </c>
       <c r="P79" t="s">
-        <v>438</v>
+        <v>49</v>
       </c>
       <c r="Q79" t="s">
-        <v>439</v>
+        <v>50</v>
       </c>
       <c r="R79" t="s">
-        <v>440</v>
+        <v>51</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>18</v>
       </c>
       <c r="B80" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>545</v>
+        <v>540</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>546</v>
+        <v>541</v>
       </c>
       <c r="H80" t="s">
-        <v>547</v>
+        <v>542</v>
       </c>
       <c r="I80" t="n">
         <v>0.0</v>
       </c>
       <c r="J80" t="s">
         <v>24</v>
       </c>
       <c r="K80" t="s">
-        <v>548</v>
+        <v>543</v>
       </c>
       <c r="L80" t="s">
-        <v>549</v>
+        <v>544</v>
       </c>
       <c r="M80" t="s">
         <v>20</v>
       </c>
       <c r="N80" t="s">
-        <v>453</v>
+        <v>545</v>
       </c>
       <c r="O80" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="P80" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="Q80" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="R80" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>18</v>
       </c>
       <c r="B81" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>551</v>
+        <v>547</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="H81" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
       <c r="I81" t="n">
         <v>0.0</v>
       </c>
       <c r="J81" t="s">
         <v>24</v>
       </c>
       <c r="K81" t="s">
-        <v>554</v>
+        <v>550</v>
       </c>
       <c r="L81" t="s">
-        <v>555</v>
+        <v>551</v>
       </c>
       <c r="M81" t="s">
         <v>20</v>
       </c>
       <c r="N81" t="s">
-        <v>556</v>
+        <v>545</v>
       </c>
       <c r="O81" t="s">
-        <v>78</v>
+        <v>63</v>
       </c>
       <c r="P81" t="s">
-        <v>79</v>
+        <v>64</v>
       </c>
       <c r="Q81" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="R81" t="s">
-        <v>81</v>
+        <v>66</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>18</v>
       </c>
       <c r="B82" t="s">
-        <v>557</v>
+        <v>552</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>551</v>
+        <v>547</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>558</v>
+        <v>553</v>
       </c>
       <c r="H82" t="s">
-        <v>559</v>
+        <v>554</v>
       </c>
       <c r="I82" t="n">
         <v>0.0</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="L82" t="s">
-        <v>561</v>
+        <v>556</v>
       </c>
       <c r="M82" t="s">
         <v>20</v>
       </c>
       <c r="N82" t="s">
-        <v>556</v>
+        <v>545</v>
       </c>
       <c r="O82" t="s">
-        <v>78</v>
+        <v>63</v>
       </c>
       <c r="P82" t="s">
-        <v>79</v>
+        <v>64</v>
       </c>
       <c r="Q82" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="R82" t="s">
-        <v>81</v>
+        <v>66</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>18</v>
       </c>
       <c r="B83" t="s">
-        <v>562</v>
+        <v>557</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
-        <v>563</v>
+        <v>558</v>
       </c>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>564</v>
+        <v>559</v>
       </c>
       <c r="H83" t="s">
-        <v>565</v>
+        <v>560</v>
       </c>
       <c r="I83" t="n">
         <v>0.0</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
-        <v>566</v>
+        <v>561</v>
       </c>
       <c r="L83" t="s">
-        <v>567</v>
+        <v>562</v>
       </c>
       <c r="M83" t="s">
         <v>20</v>
       </c>
       <c r="N83" t="s">
-        <v>556</v>
+        <v>545</v>
       </c>
       <c r="O83" t="s">
-        <v>78</v>
+        <v>63</v>
       </c>
       <c r="P83" t="s">
-        <v>79</v>
+        <v>64</v>
       </c>
       <c r="Q83" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="R83" t="s">
-        <v>81</v>
+        <v>66</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>18</v>
       </c>
       <c r="B84" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>569</v>
+        <v>564</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>570</v>
+        <v>565</v>
       </c>
       <c r="H84" t="s">
-        <v>571</v>
+        <v>566</v>
       </c>
       <c r="I84" t="n">
         <v>0.0</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
+        <v>567</v>
+      </c>
+      <c r="L84" t="s">
+        <v>568</v>
+      </c>
+      <c r="M84" t="s">
+        <v>20</v>
+      </c>
+      <c r="N84" t="s">
+        <v>569</v>
+      </c>
+      <c r="O84" t="s">
+        <v>570</v>
+      </c>
+      <c r="P84" t="s">
+        <v>571</v>
+      </c>
+      <c r="Q84" t="s">
         <v>572</v>
       </c>
-      <c r="L84" t="s">
+      <c r="R84" t="s">
         <v>573</v>
-      </c>
-[...16 lines deleted...]
-        <v>577</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>18</v>
       </c>
       <c r="B85" t="s">
-        <v>578</v>
+        <v>574</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
-        <v>579</v>
+        <v>575</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>580</v>
+        <v>576</v>
       </c>
       <c r="H85" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="I85" t="n">
         <v>0.0</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
-        <v>582</v>
+        <v>578</v>
       </c>
       <c r="L85" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="M85" t="s">
         <v>20</v>
       </c>
       <c r="N85" t="s">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="O85" t="s">
         <v>28</v>
       </c>
       <c r="P85" t="s">
         <v>29</v>
       </c>
       <c r="Q85" t="s">
         <v>30</v>
       </c>
       <c r="R85" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>18</v>
       </c>
       <c r="B86" t="s">
+        <v>581</v>
+      </c>
+      <c r="C86" t="s">
+        <v>20</v>
+      </c>
+      <c r="D86" t="s">
+        <v>20</v>
+      </c>
+      <c r="E86" t="s">
+        <v>582</v>
+      </c>
+      <c r="F86" t="s">
+        <v>20</v>
+      </c>
+      <c r="G86" t="s">
+        <v>583</v>
+      </c>
+      <c r="H86" t="s">
         <v>584</v>
-      </c>
-[...16 lines deleted...]
-        <v>587</v>
       </c>
       <c r="I86" t="n">
         <v>0.0</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="L86" t="s">
-        <v>589</v>
+        <v>586</v>
       </c>
       <c r="M86" t="s">
         <v>20</v>
       </c>
       <c r="N86" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
       <c r="O86" t="s">
-        <v>127</v>
+        <v>48</v>
       </c>
       <c r="P86" t="s">
-        <v>128</v>
+        <v>49</v>
       </c>
       <c r="Q86" t="s">
-        <v>129</v>
+        <v>50</v>
       </c>
       <c r="R86" t="s">
-        <v>130</v>
+        <v>51</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>18</v>
       </c>
       <c r="B87" t="s">
+        <v>588</v>
+      </c>
+      <c r="C87" t="s">
+        <v>20</v>
+      </c>
+      <c r="D87" t="s">
+        <v>20</v>
+      </c>
+      <c r="E87" t="s">
+        <v>589</v>
+      </c>
+      <c r="F87" t="s">
+        <v>20</v>
+      </c>
+      <c r="G87" t="s">
+        <v>590</v>
+      </c>
+      <c r="H87" t="s">
         <v>591</v>
-      </c>
-[...16 lines deleted...]
-        <v>594</v>
       </c>
       <c r="I87" t="n">
         <v>0.0</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
-        <v>595</v>
+        <v>592</v>
       </c>
       <c r="L87" t="s">
-        <v>397</v>
+        <v>593</v>
       </c>
       <c r="M87" t="s">
         <v>20</v>
       </c>
       <c r="N87" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
       <c r="O87" t="s">
-        <v>377</v>
+        <v>48</v>
       </c>
       <c r="P87" t="s">
-        <v>378</v>
+        <v>49</v>
       </c>
       <c r="Q87" t="s">
-        <v>129</v>
+        <v>50</v>
       </c>
       <c r="R87" t="s">
-        <v>379</v>
+        <v>51</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>18</v>
       </c>
       <c r="B88" t="s">
+        <v>594</v>
+      </c>
+      <c r="C88" t="s">
+        <v>20</v>
+      </c>
+      <c r="D88" t="s">
+        <v>20</v>
+      </c>
+      <c r="E88" t="s">
+        <v>595</v>
+      </c>
+      <c r="F88" t="s">
+        <v>20</v>
+      </c>
+      <c r="G88" t="s">
         <v>596</v>
       </c>
-      <c r="C88" t="s">
-[...5 lines deleted...]
-      <c r="E88" t="s">
+      <c r="H88" t="s">
         <v>597</v>
-      </c>
-[...7 lines deleted...]
-        <v>599</v>
       </c>
       <c r="I88" t="n">
         <v>0.0</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="L88" t="s">
-        <v>261</v>
+        <v>599</v>
       </c>
       <c r="M88" t="s">
         <v>20</v>
       </c>
       <c r="N88" t="s">
-        <v>194</v>
+        <v>587</v>
       </c>
       <c r="O88" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P88" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q88" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R88" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>18</v>
       </c>
       <c r="B89" t="s">
+        <v>600</v>
+      </c>
+      <c r="C89" t="s">
+        <v>20</v>
+      </c>
+      <c r="D89" t="s">
+        <v>20</v>
+      </c>
+      <c r="E89" t="s">
         <v>601</v>
       </c>
-      <c r="C89" t="s">
-[...5 lines deleted...]
-      <c r="E89" t="s">
+      <c r="F89" t="s">
+        <v>20</v>
+      </c>
+      <c r="G89" t="s">
         <v>602</v>
       </c>
-      <c r="F89" t="s">
-[...2 lines deleted...]
-      <c r="G89" t="s">
+      <c r="H89" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
       <c r="I89" t="n">
         <v>0.0</v>
       </c>
       <c r="J89" t="s">
         <v>24</v>
       </c>
       <c r="K89" t="s">
+        <v>604</v>
+      </c>
+      <c r="L89" t="s">
         <v>605</v>
       </c>
-      <c r="L89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M89" t="s">
         <v>20</v>
       </c>
       <c r="N89" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
       <c r="O89" t="s">
-        <v>377</v>
+        <v>48</v>
       </c>
       <c r="P89" t="s">
-        <v>378</v>
+        <v>49</v>
       </c>
       <c r="Q89" t="s">
-        <v>129</v>
+        <v>50</v>
       </c>
       <c r="R89" t="s">
-        <v>379</v>
+        <v>51</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>18</v>
       </c>
       <c r="B90" t="s">
+        <v>606</v>
+      </c>
+      <c r="C90" t="s">
+        <v>20</v>
+      </c>
+      <c r="D90" t="s">
+        <v>20</v>
+      </c>
+      <c r="E90" t="s">
+        <v>601</v>
+      </c>
+      <c r="F90" t="s">
+        <v>20</v>
+      </c>
+      <c r="G90" t="s">
         <v>607</v>
       </c>
-      <c r="C90" t="s">
-[...5 lines deleted...]
-      <c r="E90" t="s">
+      <c r="H90" t="s">
         <v>608</v>
-      </c>
-[...7 lines deleted...]
-        <v>610</v>
       </c>
       <c r="I90" t="n">
         <v>0.0</v>
       </c>
       <c r="J90" t="s">
         <v>24</v>
       </c>
       <c r="K90" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="L90" t="s">
-        <v>612</v>
+        <v>610</v>
       </c>
       <c r="M90" t="s">
         <v>20</v>
       </c>
       <c r="N90" t="s">
-        <v>613</v>
+        <v>587</v>
       </c>
       <c r="O90" t="s">
-        <v>88</v>
+        <v>48</v>
       </c>
       <c r="P90" t="s">
-        <v>89</v>
+        <v>49</v>
       </c>
       <c r="Q90" t="s">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="R90" t="s">
-        <v>91</v>
+        <v>51</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>18</v>
       </c>
       <c r="B91" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="C91" t="s">
         <v>20</v>
       </c>
       <c r="D91" t="s">
         <v>20</v>
       </c>
       <c r="E91" t="s">
-        <v>615</v>
+        <v>601</v>
       </c>
       <c r="F91" t="s">
         <v>20</v>
       </c>
       <c r="G91" t="s">
-        <v>616</v>
+        <v>612</v>
       </c>
       <c r="H91" t="s">
-        <v>617</v>
+        <v>613</v>
       </c>
       <c r="I91" t="n">
         <v>0.0</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91" t="s">
-        <v>618</v>
+        <v>614</v>
       </c>
       <c r="L91" t="s">
-        <v>619</v>
+        <v>615</v>
       </c>
       <c r="M91" t="s">
         <v>20</v>
       </c>
       <c r="N91" t="s">
-        <v>137</v>
+        <v>587</v>
       </c>
       <c r="O91" t="s">
-        <v>127</v>
+        <v>48</v>
       </c>
       <c r="P91" t="s">
-        <v>128</v>
+        <v>49</v>
       </c>
       <c r="Q91" t="s">
-        <v>129</v>
+        <v>50</v>
       </c>
       <c r="R91" t="s">
-        <v>130</v>
+        <v>51</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>18</v>
       </c>
       <c r="B92" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="C92" t="s">
         <v>20</v>
       </c>
       <c r="D92" t="s">
         <v>20</v>
       </c>
       <c r="E92" t="s">
-        <v>621</v>
+        <v>617</v>
       </c>
       <c r="F92" t="s">
         <v>20</v>
       </c>
       <c r="G92" t="s">
-        <v>622</v>
+        <v>618</v>
       </c>
       <c r="H92" t="s">
-        <v>623</v>
+        <v>619</v>
       </c>
       <c r="I92" t="n">
         <v>0.0</v>
       </c>
       <c r="J92" t="s">
         <v>24</v>
       </c>
       <c r="K92" t="s">
-        <v>624</v>
+        <v>620</v>
       </c>
       <c r="L92" t="s">
-        <v>625</v>
+        <v>621</v>
       </c>
       <c r="M92" t="s">
         <v>20</v>
       </c>
       <c r="N92" t="s">
-        <v>137</v>
+        <v>622</v>
       </c>
       <c r="O92" t="s">
-        <v>88</v>
+        <v>516</v>
       </c>
       <c r="P92" t="s">
-        <v>89</v>
+        <v>517</v>
       </c>
       <c r="Q92" t="s">
-        <v>90</v>
+        <v>518</v>
       </c>
       <c r="R92" t="s">
-        <v>91</v>
+        <v>519</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>18</v>
       </c>
       <c r="B93" t="s">
+        <v>623</v>
+      </c>
+      <c r="C93" t="s">
+        <v>20</v>
+      </c>
+      <c r="D93" t="s">
+        <v>20</v>
+      </c>
+      <c r="E93" t="s">
+        <v>624</v>
+      </c>
+      <c r="F93" t="s">
+        <v>20</v>
+      </c>
+      <c r="G93" t="s">
+        <v>625</v>
+      </c>
+      <c r="H93" t="s">
         <v>626</v>
-      </c>
-[...16 lines deleted...]
-        <v>629</v>
       </c>
       <c r="I93" t="n">
         <v>0.0</v>
       </c>
       <c r="J93" t="s">
         <v>24</v>
       </c>
       <c r="K93" t="s">
-        <v>630</v>
+        <v>627</v>
       </c>
       <c r="L93" t="s">
-        <v>631</v>
+        <v>628</v>
       </c>
       <c r="M93" t="s">
         <v>20</v>
       </c>
       <c r="N93" t="s">
-        <v>632</v>
+        <v>532</v>
       </c>
       <c r="O93" t="s">
-        <v>88</v>
+        <v>127</v>
       </c>
       <c r="P93" t="s">
-        <v>89</v>
+        <v>128</v>
       </c>
       <c r="Q93" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="R93" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>18</v>
       </c>
       <c r="B94" t="s">
-        <v>633</v>
+        <v>629</v>
       </c>
       <c r="C94" t="s">
         <v>20</v>
       </c>
       <c r="D94" t="s">
         <v>20</v>
       </c>
       <c r="E94" t="s">
-        <v>634</v>
+        <v>630</v>
       </c>
       <c r="F94" t="s">
         <v>20</v>
       </c>
       <c r="G94" t="s">
-        <v>635</v>
+        <v>631</v>
       </c>
       <c r="H94" t="s">
-        <v>636</v>
+        <v>632</v>
       </c>
       <c r="I94" t="n">
         <v>0.0</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
-        <v>637</v>
+        <v>633</v>
       </c>
       <c r="L94" t="s">
-        <v>638</v>
+        <v>634</v>
       </c>
       <c r="M94" t="s">
         <v>20</v>
       </c>
       <c r="N94" t="s">
-        <v>639</v>
+        <v>635</v>
       </c>
       <c r="O94" t="s">
-        <v>377</v>
+        <v>63</v>
       </c>
       <c r="P94" t="s">
-        <v>378</v>
+        <v>64</v>
       </c>
       <c r="Q94" t="s">
-        <v>129</v>
+        <v>65</v>
       </c>
       <c r="R94" t="s">
-        <v>379</v>
+        <v>66</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>18</v>
       </c>
       <c r="B95" t="s">
-        <v>640</v>
+        <v>636</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95" t="s">
-        <v>641</v>
+        <v>630</v>
       </c>
       <c r="F95" t="s">
         <v>20</v>
       </c>
       <c r="G95" t="s">
-        <v>642</v>
+        <v>637</v>
       </c>
       <c r="H95" t="s">
-        <v>643</v>
+        <v>638</v>
       </c>
       <c r="I95" t="n">
         <v>0.0</v>
       </c>
       <c r="J95" t="s">
         <v>24</v>
       </c>
       <c r="K95" t="s">
-        <v>644</v>
+        <v>639</v>
       </c>
       <c r="L95" t="s">
-        <v>645</v>
+        <v>640</v>
       </c>
       <c r="M95" t="s">
         <v>20</v>
       </c>
       <c r="N95" t="s">
-        <v>646</v>
+        <v>635</v>
       </c>
       <c r="O95" t="s">
-        <v>78</v>
+        <v>63</v>
       </c>
       <c r="P95" t="s">
-        <v>79</v>
+        <v>64</v>
       </c>
       <c r="Q95" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="R95" t="s">
-        <v>81</v>
+        <v>66</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>18</v>
       </c>
       <c r="B96" t="s">
-        <v>647</v>
+        <v>641</v>
       </c>
       <c r="C96" t="s">
         <v>20</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96" t="s">
-        <v>648</v>
+        <v>642</v>
       </c>
       <c r="F96" t="s">
         <v>20</v>
       </c>
       <c r="G96" t="s">
-        <v>649</v>
+        <v>643</v>
       </c>
       <c r="H96" t="s">
-        <v>650</v>
+        <v>644</v>
       </c>
       <c r="I96" t="n">
         <v>0.0</v>
       </c>
       <c r="J96" t="s">
         <v>24</v>
       </c>
       <c r="K96" t="s">
-        <v>651</v>
+        <v>645</v>
       </c>
       <c r="L96" t="s">
-        <v>652</v>
+        <v>646</v>
       </c>
       <c r="M96" t="s">
         <v>20</v>
       </c>
       <c r="N96" t="s">
-        <v>653</v>
+        <v>635</v>
       </c>
       <c r="O96" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="P96" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="Q96" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="R96" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>18</v>
       </c>
       <c r="B97" t="s">
-        <v>654</v>
+        <v>647</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" t="s">
         <v>20</v>
       </c>
       <c r="E97" t="s">
-        <v>655</v>
+        <v>648</v>
       </c>
       <c r="F97" t="s">
         <v>20</v>
       </c>
       <c r="G97" t="s">
-        <v>656</v>
+        <v>649</v>
       </c>
       <c r="H97" t="s">
-        <v>657</v>
+        <v>650</v>
       </c>
       <c r="I97" t="n">
         <v>0.0</v>
       </c>
       <c r="J97" t="s">
         <v>24</v>
       </c>
       <c r="K97" t="s">
-        <v>658</v>
+        <v>651</v>
       </c>
       <c r="L97" t="s">
-        <v>659</v>
+        <v>652</v>
       </c>
       <c r="M97" t="s">
         <v>20</v>
       </c>
       <c r="N97" t="s">
-        <v>660</v>
+        <v>653</v>
       </c>
       <c r="O97" t="s">
-        <v>88</v>
+        <v>654</v>
       </c>
       <c r="P97" t="s">
-        <v>89</v>
+        <v>49</v>
       </c>
       <c r="Q97" t="s">
-        <v>90</v>
+        <v>655</v>
       </c>
       <c r="R97" t="s">
-        <v>91</v>
+        <v>656</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>18</v>
       </c>
       <c r="B98" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="C98" t="s">
         <v>20</v>
       </c>
       <c r="D98" t="s">
         <v>20</v>
       </c>
       <c r="E98" t="s">
-        <v>662</v>
+        <v>658</v>
       </c>
       <c r="F98" t="s">
         <v>20</v>
       </c>
       <c r="G98" t="s">
-        <v>663</v>
+        <v>659</v>
       </c>
       <c r="H98" t="s">
-        <v>664</v>
+        <v>660</v>
       </c>
       <c r="I98" t="n">
         <v>0.0</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
-        <v>665</v>
+        <v>661</v>
       </c>
       <c r="L98" t="s">
-        <v>666</v>
+        <v>662</v>
       </c>
       <c r="M98" t="s">
         <v>20</v>
       </c>
       <c r="N98" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="O98" t="s">
-        <v>88</v>
+        <v>127</v>
       </c>
       <c r="P98" t="s">
-        <v>89</v>
+        <v>128</v>
       </c>
       <c r="Q98" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="R98" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>18</v>
       </c>
       <c r="B99" t="s">
-        <v>668</v>
+        <v>663</v>
       </c>
       <c r="C99" t="s">
         <v>20</v>
       </c>
       <c r="D99" t="s">
         <v>20</v>
       </c>
       <c r="E99" t="s">
-        <v>669</v>
+        <v>664</v>
       </c>
       <c r="F99" t="s">
         <v>20</v>
       </c>
       <c r="G99" t="s">
-        <v>670</v>
+        <v>665</v>
       </c>
       <c r="H99" t="s">
-        <v>671</v>
+        <v>666</v>
       </c>
       <c r="I99" t="n">
         <v>0.0</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
-        <v>672</v>
+        <v>667</v>
       </c>
       <c r="L99" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="M99" t="s">
         <v>20</v>
       </c>
       <c r="N99" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="O99" t="s">
-        <v>675</v>
+        <v>214</v>
       </c>
       <c r="P99" t="s">
-        <v>676</v>
+        <v>215</v>
       </c>
       <c r="Q99" t="s">
-        <v>677</v>
+        <v>40</v>
       </c>
       <c r="R99" t="s">
-        <v>678</v>
+        <v>216</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>18</v>
       </c>
       <c r="B100" t="s">
-        <v>679</v>
+        <v>670</v>
       </c>
       <c r="C100" t="s">
         <v>20</v>
       </c>
       <c r="D100" t="s">
         <v>20</v>
       </c>
       <c r="E100" t="s">
-        <v>680</v>
+        <v>671</v>
       </c>
       <c r="F100" t="s">
         <v>20</v>
       </c>
       <c r="G100" t="s">
-        <v>681</v>
+        <v>672</v>
       </c>
       <c r="H100" t="s">
-        <v>682</v>
+        <v>673</v>
       </c>
       <c r="I100" t="n">
         <v>0.0</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
-        <v>683</v>
+        <v>674</v>
       </c>
       <c r="L100" t="s">
-        <v>567</v>
+        <v>476</v>
       </c>
       <c r="M100" t="s">
         <v>20</v>
       </c>
       <c r="N100" t="s">
-        <v>137</v>
+        <v>669</v>
       </c>
       <c r="O100" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
       <c r="P100" t="s">
-        <v>89</v>
+        <v>39</v>
       </c>
       <c r="Q100" t="s">
-        <v>90</v>
+        <v>40</v>
       </c>
       <c r="R100" t="s">
-        <v>91</v>
+        <v>41</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>18</v>
       </c>
       <c r="B101" t="s">
-        <v>684</v>
+        <v>675</v>
       </c>
       <c r="C101" t="s">
         <v>20</v>
       </c>
       <c r="D101" t="s">
         <v>20</v>
       </c>
       <c r="E101" t="s">
-        <v>685</v>
+        <v>676</v>
       </c>
       <c r="F101" t="s">
         <v>20</v>
       </c>
       <c r="G101" t="s">
-        <v>686</v>
+        <v>677</v>
       </c>
       <c r="H101" t="s">
-        <v>687</v>
+        <v>678</v>
       </c>
       <c r="I101" t="n">
         <v>0.0</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101" t="s">
-        <v>688</v>
+        <v>679</v>
       </c>
       <c r="L101" t="s">
-        <v>567</v>
+        <v>343</v>
       </c>
       <c r="M101" t="s">
         <v>20</v>
       </c>
       <c r="N101" t="s">
-        <v>137</v>
+        <v>277</v>
       </c>
       <c r="O101" t="s">
-        <v>88</v>
+        <v>127</v>
       </c>
       <c r="P101" t="s">
-        <v>89</v>
+        <v>128</v>
       </c>
       <c r="Q101" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="R101" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>18</v>
       </c>
       <c r="B102" t="s">
-        <v>689</v>
+        <v>680</v>
       </c>
       <c r="C102" t="s">
         <v>20</v>
       </c>
       <c r="D102" t="s">
         <v>20</v>
       </c>
       <c r="E102" t="s">
-        <v>690</v>
+        <v>681</v>
       </c>
       <c r="F102" t="s">
         <v>20</v>
       </c>
       <c r="G102" t="s">
-        <v>691</v>
+        <v>682</v>
       </c>
       <c r="H102" t="s">
-        <v>692</v>
+        <v>683</v>
       </c>
       <c r="I102" t="n">
         <v>0.0</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
-        <v>693</v>
+        <v>684</v>
       </c>
       <c r="L102" t="s">
-        <v>694</v>
+        <v>685</v>
       </c>
       <c r="M102" t="s">
         <v>20</v>
       </c>
       <c r="N102" t="s">
-        <v>144</v>
+        <v>669</v>
       </c>
       <c r="O102" t="s">
-        <v>127</v>
+        <v>38</v>
       </c>
       <c r="P102" t="s">
-        <v>128</v>
+        <v>39</v>
       </c>
       <c r="Q102" t="s">
-        <v>129</v>
+        <v>40</v>
       </c>
       <c r="R102" t="s">
-        <v>130</v>
+        <v>41</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>18</v>
       </c>
       <c r="B103" t="s">
-        <v>695</v>
+        <v>686</v>
       </c>
       <c r="C103" t="s">
         <v>20</v>
       </c>
       <c r="D103" t="s">
         <v>20</v>
       </c>
       <c r="E103" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
       <c r="F103" t="s">
         <v>20</v>
       </c>
       <c r="G103" t="s">
-        <v>696</v>
+        <v>688</v>
       </c>
       <c r="H103" t="s">
-        <v>697</v>
+        <v>689</v>
       </c>
       <c r="I103" t="n">
         <v>0.0</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
-        <v>698</v>
+        <v>690</v>
       </c>
       <c r="L103" t="s">
-        <v>606</v>
+        <v>691</v>
       </c>
       <c r="M103" t="s">
         <v>20</v>
       </c>
       <c r="N103" t="s">
-        <v>137</v>
+        <v>692</v>
       </c>
       <c r="O103" t="s">
-        <v>88</v>
+        <v>48</v>
       </c>
       <c r="P103" t="s">
-        <v>89</v>
+        <v>49</v>
       </c>
       <c r="Q103" t="s">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="R103" t="s">
-        <v>91</v>
+        <v>51</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>18</v>
       </c>
       <c r="B104" t="s">
-        <v>699</v>
+        <v>693</v>
       </c>
       <c r="C104" t="s">
         <v>20</v>
       </c>
       <c r="D104" t="s">
         <v>20</v>
       </c>
       <c r="E104" t="s">
-        <v>700</v>
+        <v>694</v>
       </c>
       <c r="F104" t="s">
         <v>20</v>
       </c>
       <c r="G104" t="s">
-        <v>701</v>
+        <v>695</v>
       </c>
       <c r="H104" t="s">
-        <v>702</v>
+        <v>696</v>
       </c>
       <c r="I104" t="n">
         <v>0.0</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
-        <v>703</v>
+        <v>697</v>
       </c>
       <c r="L104" t="s">
-        <v>266</v>
+        <v>698</v>
       </c>
       <c r="M104" t="s">
         <v>20</v>
       </c>
       <c r="N104" t="s">
-        <v>453</v>
+        <v>223</v>
       </c>
       <c r="O104" t="s">
-        <v>28</v>
+        <v>214</v>
       </c>
       <c r="P104" t="s">
-        <v>29</v>
+        <v>215</v>
       </c>
       <c r="Q104" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R104" t="s">
-        <v>31</v>
+        <v>216</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>18</v>
       </c>
       <c r="B105" t="s">
-        <v>704</v>
+        <v>699</v>
       </c>
       <c r="C105" t="s">
         <v>20</v>
       </c>
       <c r="D105" t="s">
         <v>20</v>
       </c>
       <c r="E105" t="s">
-        <v>705</v>
+        <v>700</v>
       </c>
       <c r="F105" t="s">
         <v>20</v>
       </c>
       <c r="G105" t="s">
-        <v>706</v>
+        <v>701</v>
       </c>
       <c r="H105" t="s">
-        <v>707</v>
+        <v>702</v>
       </c>
       <c r="I105" t="n">
         <v>0.0</v>
       </c>
       <c r="J105" t="s">
         <v>24</v>
       </c>
       <c r="K105" t="s">
-        <v>482</v>
+        <v>703</v>
       </c>
       <c r="L105" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="M105" t="s">
         <v>20</v>
       </c>
       <c r="N105" t="s">
-        <v>137</v>
+        <v>223</v>
       </c>
       <c r="O105" t="s">
-        <v>88</v>
+        <v>48</v>
       </c>
       <c r="P105" t="s">
-        <v>89</v>
+        <v>49</v>
       </c>
       <c r="Q105" t="s">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="R105" t="s">
-        <v>91</v>
+        <v>51</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>18</v>
       </c>
       <c r="B106" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="C106" t="s">
         <v>20</v>
       </c>
       <c r="D106" t="s">
         <v>20</v>
       </c>
       <c r="E106" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="F106" t="s">
         <v>20</v>
       </c>
       <c r="G106" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="H106" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
       <c r="I106" t="n">
         <v>0.0</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
       <c r="L106" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="M106" t="s">
         <v>20</v>
       </c>
       <c r="N106" t="s">
-        <v>715</v>
+        <v>711</v>
       </c>
       <c r="O106" t="s">
-        <v>163</v>
+        <v>48</v>
       </c>
       <c r="P106" t="s">
-        <v>164</v>
+        <v>49</v>
       </c>
       <c r="Q106" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="R106" t="s">
-        <v>165</v>
+        <v>51</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>18</v>
       </c>
       <c r="B107" t="s">
-        <v>716</v>
+        <v>712</v>
       </c>
       <c r="C107" t="s">
         <v>20</v>
       </c>
       <c r="D107" t="s">
         <v>20</v>
       </c>
       <c r="E107" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="F107" t="s">
         <v>20</v>
       </c>
       <c r="G107" t="s">
-        <v>718</v>
+        <v>714</v>
       </c>
       <c r="H107" t="s">
-        <v>719</v>
+        <v>715</v>
       </c>
       <c r="I107" t="n">
         <v>0.0</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
-        <v>720</v>
+        <v>716</v>
       </c>
       <c r="L107" t="s">
-        <v>721</v>
+        <v>717</v>
       </c>
       <c r="M107" t="s">
         <v>20</v>
       </c>
       <c r="N107" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="O107" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="P107" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="Q107" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R107" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>18</v>
       </c>
       <c r="B108" t="s">
+        <v>719</v>
+      </c>
+      <c r="C108" t="s">
+        <v>20</v>
+      </c>
+      <c r="D108" t="s">
+        <v>20</v>
+      </c>
+      <c r="E108" t="s">
+        <v>720</v>
+      </c>
+      <c r="F108" t="s">
+        <v>20</v>
+      </c>
+      <c r="G108" t="s">
+        <v>721</v>
+      </c>
+      <c r="H108" t="s">
         <v>722</v>
-      </c>
-[...16 lines deleted...]
-        <v>725</v>
       </c>
       <c r="I108" t="n">
         <v>0.0</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="L108" t="s">
-        <v>489</v>
+        <v>724</v>
       </c>
       <c r="M108" t="s">
         <v>20</v>
       </c>
       <c r="N108" t="s">
-        <v>556</v>
+        <v>725</v>
       </c>
       <c r="O108" t="s">
-        <v>78</v>
+        <v>63</v>
       </c>
       <c r="P108" t="s">
-        <v>79</v>
+        <v>64</v>
       </c>
       <c r="Q108" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="R108" t="s">
-        <v>81</v>
+        <v>66</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>18</v>
       </c>
       <c r="B109" t="s">
+        <v>726</v>
+      </c>
+      <c r="C109" t="s">
+        <v>20</v>
+      </c>
+      <c r="D109" t="s">
+        <v>20</v>
+      </c>
+      <c r="E109" t="s">
         <v>727</v>
       </c>
-      <c r="C109" t="s">
-[...5 lines deleted...]
-      <c r="E109" t="s">
+      <c r="F109" t="s">
+        <v>20</v>
+      </c>
+      <c r="G109" t="s">
         <v>728</v>
       </c>
-      <c r="F109" t="s">
-[...2 lines deleted...]
-      <c r="G109" t="s">
+      <c r="H109" t="s">
         <v>729</v>
-      </c>
-[...1 lines deleted...]
-        <v>730</v>
       </c>
       <c r="I109" t="n">
         <v>0.0</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
-        <v>36</v>
+        <v>730</v>
       </c>
       <c r="L109" t="s">
-        <v>292</v>
+        <v>731</v>
       </c>
       <c r="M109" t="s">
         <v>20</v>
       </c>
       <c r="N109" t="s">
-        <v>194</v>
+        <v>732</v>
       </c>
       <c r="O109" t="s">
-        <v>163</v>
+        <v>127</v>
       </c>
       <c r="P109" t="s">
-        <v>164</v>
+        <v>128</v>
       </c>
       <c r="Q109" t="s">
-        <v>55</v>
+        <v>129</v>
       </c>
       <c r="R109" t="s">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>18</v>
       </c>
       <c r="B110" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="C110" t="s">
         <v>20</v>
       </c>
       <c r="D110" t="s">
         <v>20</v>
       </c>
       <c r="E110" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="F110" t="s">
         <v>20</v>
       </c>
       <c r="G110" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="H110" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="I110" t="n">
         <v>0.0</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="L110" t="s">
-        <v>397</v>
+        <v>738</v>
       </c>
       <c r="M110" t="s">
         <v>20</v>
       </c>
       <c r="N110" t="s">
-        <v>194</v>
+        <v>739</v>
       </c>
       <c r="O110" t="s">
-        <v>88</v>
+        <v>48</v>
       </c>
       <c r="P110" t="s">
-        <v>89</v>
+        <v>49</v>
       </c>
       <c r="Q110" t="s">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="R110" t="s">
-        <v>91</v>
+        <v>51</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>18</v>
       </c>
       <c r="B111" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="C111" t="s">
         <v>20</v>
       </c>
       <c r="D111" t="s">
         <v>20</v>
       </c>
       <c r="E111" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
       <c r="F111" t="s">
         <v>20</v>
       </c>
       <c r="G111" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
       <c r="H111" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="I111" t="n">
         <v>0.0</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
-        <v>714</v>
+        <v>744</v>
       </c>
       <c r="L111" t="s">
-        <v>416</v>
+        <v>745</v>
       </c>
       <c r="M111" t="s">
         <v>20</v>
       </c>
       <c r="N111" t="s">
-        <v>194</v>
+        <v>746</v>
       </c>
       <c r="O111" t="s">
-        <v>78</v>
+        <v>48</v>
       </c>
       <c r="P111" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="Q111" t="s">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="R111" t="s">
-        <v>81</v>
+        <v>51</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>18</v>
       </c>
       <c r="B112" t="s">
-        <v>740</v>
+        <v>747</v>
       </c>
       <c r="C112" t="s">
         <v>20</v>
       </c>
       <c r="D112" t="s">
         <v>20</v>
       </c>
       <c r="E112" t="s">
-        <v>737</v>
+        <v>748</v>
       </c>
       <c r="F112" t="s">
         <v>20</v>
       </c>
       <c r="G112" t="s">
-        <v>741</v>
+        <v>749</v>
       </c>
       <c r="H112" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="I112" t="n">
         <v>0.0</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
       <c r="L112" t="s">
-        <v>744</v>
+        <v>752</v>
       </c>
       <c r="M112" t="s">
         <v>20</v>
       </c>
       <c r="N112" t="s">
-        <v>194</v>
+        <v>753</v>
       </c>
       <c r="O112" t="s">
-        <v>88</v>
+        <v>754</v>
       </c>
       <c r="P112" t="s">
-        <v>89</v>
+        <v>755</v>
       </c>
       <c r="Q112" t="s">
-        <v>90</v>
+        <v>756</v>
       </c>
       <c r="R112" t="s">
-        <v>91</v>
+        <v>757</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>18</v>
       </c>
       <c r="B113" t="s">
-        <v>745</v>
+        <v>758</v>
       </c>
       <c r="C113" t="s">
         <v>20</v>
       </c>
       <c r="D113" t="s">
         <v>20</v>
       </c>
       <c r="E113" t="s">
-        <v>737</v>
+        <v>759</v>
       </c>
       <c r="F113" t="s">
         <v>20</v>
       </c>
       <c r="G113" t="s">
-        <v>746</v>
+        <v>760</v>
       </c>
       <c r="H113" t="s">
-        <v>747</v>
+        <v>761</v>
       </c>
       <c r="I113" t="n">
         <v>0.0</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
-        <v>748</v>
+        <v>762</v>
       </c>
       <c r="L113" t="s">
-        <v>749</v>
+        <v>646</v>
       </c>
       <c r="M113" t="s">
         <v>20</v>
       </c>
       <c r="N113" t="s">
-        <v>194</v>
+        <v>223</v>
       </c>
       <c r="O113" t="s">
-        <v>88</v>
+        <v>48</v>
       </c>
       <c r="P113" t="s">
-        <v>89</v>
+        <v>49</v>
       </c>
       <c r="Q113" t="s">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="R113" t="s">
-        <v>91</v>
+        <v>51</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>18</v>
       </c>
       <c r="B114" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="C114" t="s">
         <v>20</v>
       </c>
       <c r="D114" t="s">
         <v>20</v>
       </c>
       <c r="E114" t="s">
-        <v>737</v>
+        <v>764</v>
       </c>
       <c r="F114" t="s">
         <v>20</v>
       </c>
       <c r="G114" t="s">
-        <v>751</v>
+        <v>765</v>
       </c>
       <c r="H114" t="s">
-        <v>752</v>
+        <v>766</v>
       </c>
       <c r="I114" t="n">
         <v>0.0</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
-        <v>753</v>
+        <v>767</v>
       </c>
       <c r="L114" t="s">
-        <v>754</v>
+        <v>646</v>
       </c>
       <c r="M114" t="s">
         <v>20</v>
       </c>
       <c r="N114" t="s">
-        <v>194</v>
+        <v>223</v>
       </c>
       <c r="O114" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="P114" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="Q114" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="R114" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>18</v>
       </c>
       <c r="B115" t="s">
-        <v>755</v>
+        <v>768</v>
       </c>
       <c r="C115" t="s">
         <v>20</v>
       </c>
       <c r="D115" t="s">
         <v>20</v>
       </c>
       <c r="E115" t="s">
-        <v>737</v>
+        <v>769</v>
       </c>
       <c r="F115" t="s">
         <v>20</v>
       </c>
       <c r="G115" t="s">
-        <v>756</v>
+        <v>770</v>
       </c>
       <c r="H115" t="s">
-        <v>757</v>
+        <v>771</v>
       </c>
       <c r="I115" t="n">
         <v>0.0</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
-        <v>758</v>
+        <v>772</v>
       </c>
       <c r="L115" t="s">
-        <v>759</v>
+        <v>773</v>
       </c>
       <c r="M115" t="s">
         <v>20</v>
       </c>
       <c r="N115" t="s">
-        <v>194</v>
+        <v>230</v>
       </c>
       <c r="O115" t="s">
-        <v>28</v>
+        <v>214</v>
       </c>
       <c r="P115" t="s">
-        <v>29</v>
+        <v>215</v>
       </c>
       <c r="Q115" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R115" t="s">
-        <v>31</v>
+        <v>216</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>18</v>
       </c>
       <c r="B116" t="s">
-        <v>760</v>
+        <v>774</v>
       </c>
       <c r="C116" t="s">
         <v>20</v>
       </c>
       <c r="D116" t="s">
         <v>20</v>
       </c>
       <c r="E116" t="s">
-        <v>737</v>
+        <v>769</v>
       </c>
       <c r="F116" t="s">
         <v>20</v>
       </c>
       <c r="G116" t="s">
-        <v>761</v>
+        <v>775</v>
       </c>
       <c r="H116" t="s">
-        <v>762</v>
+        <v>776</v>
       </c>
       <c r="I116" t="n">
         <v>0.0</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
-        <v>763</v>
+        <v>777</v>
       </c>
       <c r="L116" t="s">
-        <v>764</v>
+        <v>685</v>
       </c>
       <c r="M116" t="s">
         <v>20</v>
       </c>
       <c r="N116" t="s">
-        <v>194</v>
+        <v>223</v>
       </c>
       <c r="O116" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="P116" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="Q116" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="R116" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>18</v>
       </c>
       <c r="B117" t="s">
-        <v>765</v>
+        <v>778</v>
       </c>
       <c r="C117" t="s">
         <v>20</v>
       </c>
       <c r="D117" t="s">
         <v>20</v>
       </c>
       <c r="E117" t="s">
-        <v>737</v>
+        <v>779</v>
       </c>
       <c r="F117" t="s">
         <v>20</v>
       </c>
       <c r="G117" t="s">
-        <v>766</v>
+        <v>780</v>
       </c>
       <c r="H117" t="s">
-        <v>767</v>
+        <v>781</v>
       </c>
       <c r="I117" t="n">
         <v>0.0</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
-        <v>768</v>
+        <v>782</v>
       </c>
       <c r="L117" t="s">
-        <v>769</v>
+        <v>348</v>
       </c>
       <c r="M117" t="s">
         <v>20</v>
       </c>
       <c r="N117" t="s">
-        <v>194</v>
+        <v>532</v>
       </c>
       <c r="O117" t="s">
         <v>127</v>
       </c>
       <c r="P117" t="s">
         <v>128</v>
       </c>
       <c r="Q117" t="s">
         <v>129</v>
       </c>
       <c r="R117" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>18</v>
       </c>
       <c r="B118" t="s">
-        <v>770</v>
+        <v>783</v>
       </c>
       <c r="C118" t="s">
         <v>20</v>
       </c>
       <c r="D118" t="s">
         <v>20</v>
       </c>
       <c r="E118" t="s">
-        <v>737</v>
+        <v>784</v>
       </c>
       <c r="F118" t="s">
         <v>20</v>
       </c>
       <c r="G118" t="s">
-        <v>771</v>
+        <v>785</v>
       </c>
       <c r="H118" t="s">
-        <v>772</v>
+        <v>786</v>
       </c>
       <c r="I118" t="n">
         <v>0.0</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
-        <v>773</v>
+        <v>561</v>
       </c>
       <c r="L118" t="s">
-        <v>774</v>
+        <v>787</v>
       </c>
       <c r="M118" t="s">
         <v>20</v>
       </c>
       <c r="N118" t="s">
-        <v>194</v>
+        <v>223</v>
       </c>
       <c r="O118" t="s">
-        <v>88</v>
+        <v>48</v>
       </c>
       <c r="P118" t="s">
-        <v>89</v>
+        <v>49</v>
       </c>
       <c r="Q118" t="s">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="R118" t="s">
-        <v>91</v>
+        <v>51</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>18</v>
       </c>
       <c r="B119" t="s">
-        <v>775</v>
+        <v>788</v>
       </c>
       <c r="C119" t="s">
         <v>20</v>
       </c>
       <c r="D119" t="s">
         <v>20</v>
       </c>
       <c r="E119" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="F119" t="s">
         <v>20</v>
       </c>
       <c r="G119" t="s">
-        <v>776</v>
+        <v>790</v>
       </c>
       <c r="H119" t="s">
-        <v>777</v>
+        <v>791</v>
       </c>
       <c r="I119" t="n">
         <v>0.0</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
-        <v>778</v>
+        <v>792</v>
       </c>
       <c r="L119" t="s">
-        <v>221</v>
+        <v>793</v>
       </c>
       <c r="M119" t="s">
         <v>20</v>
       </c>
       <c r="N119" t="s">
-        <v>194</v>
+        <v>794</v>
       </c>
       <c r="O119" t="s">
-        <v>127</v>
+        <v>28</v>
       </c>
       <c r="P119" t="s">
-        <v>128</v>
+        <v>29</v>
       </c>
       <c r="Q119" t="s">
-        <v>129</v>
+        <v>30</v>
       </c>
       <c r="R119" t="s">
-        <v>130</v>
+        <v>31</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>18</v>
       </c>
       <c r="B120" t="s">
-        <v>779</v>
+        <v>795</v>
       </c>
       <c r="C120" t="s">
         <v>20</v>
       </c>
       <c r="D120" t="s">
         <v>20</v>
       </c>
       <c r="E120" t="s">
-        <v>737</v>
+        <v>796</v>
       </c>
       <c r="F120" t="s">
         <v>20</v>
       </c>
       <c r="G120" t="s">
-        <v>780</v>
+        <v>797</v>
       </c>
       <c r="H120" t="s">
-        <v>781</v>
+        <v>798</v>
       </c>
       <c r="I120" t="n">
         <v>0.0</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
-        <v>782</v>
+        <v>799</v>
       </c>
       <c r="L120" t="s">
-        <v>783</v>
+        <v>800</v>
       </c>
       <c r="M120" t="s">
         <v>20</v>
       </c>
       <c r="N120" t="s">
-        <v>194</v>
+        <v>794</v>
       </c>
       <c r="O120" t="s">
         <v>127</v>
       </c>
       <c r="P120" t="s">
         <v>128</v>
       </c>
       <c r="Q120" t="s">
         <v>129</v>
       </c>
       <c r="R120" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>18</v>
       </c>
       <c r="B121" t="s">
-        <v>784</v>
+        <v>801</v>
       </c>
       <c r="C121" t="s">
         <v>20</v>
       </c>
       <c r="D121" t="s">
         <v>20</v>
       </c>
       <c r="E121" t="s">
-        <v>737</v>
+        <v>802</v>
       </c>
       <c r="F121" t="s">
         <v>20</v>
       </c>
       <c r="G121" t="s">
-        <v>785</v>
+        <v>803</v>
       </c>
       <c r="H121" t="s">
-        <v>786</v>
+        <v>804</v>
       </c>
       <c r="I121" t="n">
         <v>0.0</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
-        <v>787</v>
+        <v>805</v>
       </c>
       <c r="L121" t="s">
-        <v>788</v>
+        <v>568</v>
       </c>
       <c r="M121" t="s">
         <v>20</v>
       </c>
       <c r="N121" t="s">
-        <v>194</v>
+        <v>635</v>
       </c>
       <c r="O121" t="s">
-        <v>78</v>
+        <v>63</v>
       </c>
       <c r="P121" t="s">
-        <v>79</v>
+        <v>64</v>
       </c>
       <c r="Q121" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="R121" t="s">
-        <v>81</v>
+        <v>66</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>18</v>
       </c>
       <c r="B122" t="s">
-        <v>789</v>
+        <v>806</v>
       </c>
       <c r="C122" t="s">
         <v>20</v>
       </c>
       <c r="D122" t="s">
         <v>20</v>
       </c>
       <c r="E122" t="s">
-        <v>790</v>
+        <v>807</v>
       </c>
       <c r="F122" t="s">
         <v>20</v>
       </c>
       <c r="G122" t="s">
-        <v>791</v>
+        <v>808</v>
       </c>
       <c r="H122" t="s">
-        <v>792</v>
+        <v>809</v>
       </c>
       <c r="I122" t="n">
         <v>0.0</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122" t="s">
-        <v>793</v>
+        <v>135</v>
       </c>
       <c r="L122" t="s">
-        <v>794</v>
+        <v>374</v>
       </c>
       <c r="M122" t="s">
         <v>20</v>
       </c>
       <c r="N122" t="s">
-        <v>194</v>
+        <v>277</v>
       </c>
       <c r="O122" t="s">
         <v>28</v>
       </c>
       <c r="P122" t="s">
         <v>29</v>
       </c>
       <c r="Q122" t="s">
         <v>30</v>
       </c>
       <c r="R122" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>18</v>
       </c>
       <c r="B123" t="s">
-        <v>795</v>
+        <v>810</v>
       </c>
       <c r="C123" t="s">
         <v>20</v>
       </c>
       <c r="D123" t="s">
         <v>20</v>
       </c>
       <c r="E123" t="s">
-        <v>790</v>
+        <v>811</v>
       </c>
       <c r="F123" t="s">
         <v>20</v>
       </c>
       <c r="G123" t="s">
-        <v>796</v>
+        <v>812</v>
       </c>
       <c r="H123" t="s">
-        <v>797</v>
+        <v>813</v>
       </c>
       <c r="I123" t="n">
         <v>0.0</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
-        <v>788</v>
+        <v>814</v>
       </c>
       <c r="L123" t="s">
-        <v>798</v>
+        <v>476</v>
       </c>
       <c r="M123" t="s">
         <v>20</v>
       </c>
       <c r="N123" t="s">
-        <v>194</v>
+        <v>277</v>
       </c>
       <c r="O123" t="s">
-        <v>78</v>
+        <v>48</v>
       </c>
       <c r="P123" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="Q123" t="s">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="R123" t="s">
-        <v>81</v>
+        <v>51</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>18</v>
       </c>
       <c r="B124" t="s">
-        <v>799</v>
+        <v>815</v>
       </c>
       <c r="C124" t="s">
         <v>20</v>
       </c>
       <c r="D124" t="s">
         <v>20</v>
       </c>
       <c r="E124" t="s">
-        <v>790</v>
+        <v>816</v>
       </c>
       <c r="F124" t="s">
         <v>20</v>
       </c>
       <c r="G124" t="s">
-        <v>800</v>
+        <v>817</v>
       </c>
       <c r="H124" t="s">
-        <v>801</v>
+        <v>818</v>
       </c>
       <c r="I124" t="n">
         <v>0.0</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
-        <v>802</v>
+        <v>793</v>
       </c>
       <c r="L124" t="s">
-        <v>714</v>
+        <v>495</v>
       </c>
       <c r="M124" t="s">
         <v>20</v>
       </c>
       <c r="N124" t="s">
-        <v>194</v>
+        <v>277</v>
       </c>
       <c r="O124" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="P124" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="Q124" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="R124" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>18</v>
       </c>
       <c r="B125" t="s">
-        <v>803</v>
+        <v>819</v>
       </c>
       <c r="C125" t="s">
         <v>20</v>
       </c>
       <c r="D125" t="s">
         <v>20</v>
       </c>
       <c r="E125" t="s">
-        <v>790</v>
+        <v>816</v>
       </c>
       <c r="F125" t="s">
         <v>20</v>
       </c>
       <c r="G125" t="s">
-        <v>804</v>
+        <v>820</v>
       </c>
       <c r="H125" t="s">
-        <v>805</v>
+        <v>821</v>
       </c>
       <c r="I125" t="n">
         <v>0.0</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
-        <v>806</v>
+        <v>822</v>
       </c>
       <c r="L125" t="s">
-        <v>807</v>
+        <v>823</v>
       </c>
       <c r="M125" t="s">
         <v>20</v>
       </c>
       <c r="N125" t="s">
-        <v>194</v>
+        <v>277</v>
       </c>
       <c r="O125" t="s">
-        <v>808</v>
+        <v>48</v>
       </c>
       <c r="P125" t="s">
-        <v>809</v>
+        <v>49</v>
       </c>
       <c r="Q125" t="s">
-        <v>810</v>
+        <v>50</v>
       </c>
       <c r="R125" t="s">
-        <v>811</v>
+        <v>51</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>18</v>
       </c>
       <c r="B126" t="s">
-        <v>812</v>
+        <v>824</v>
       </c>
       <c r="C126" t="s">
         <v>20</v>
       </c>
       <c r="D126" t="s">
         <v>20</v>
       </c>
       <c r="E126" t="s">
-        <v>790</v>
+        <v>816</v>
       </c>
       <c r="F126" t="s">
         <v>20</v>
       </c>
       <c r="G126" t="s">
-        <v>813</v>
+        <v>825</v>
       </c>
       <c r="H126" t="s">
-        <v>814</v>
+        <v>826</v>
       </c>
       <c r="I126" t="n">
         <v>0.0</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
-        <v>815</v>
+        <v>827</v>
       </c>
       <c r="L126" t="s">
-        <v>816</v>
+        <v>828</v>
       </c>
       <c r="M126" t="s">
         <v>20</v>
       </c>
       <c r="N126" t="s">
-        <v>194</v>
+        <v>277</v>
       </c>
       <c r="O126" t="s">
-        <v>78</v>
+        <v>48</v>
       </c>
       <c r="P126" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="Q126" t="s">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="R126" t="s">
-        <v>81</v>
+        <v>51</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>18</v>
       </c>
       <c r="B127" t="s">
-        <v>817</v>
+        <v>829</v>
       </c>
       <c r="C127" t="s">
         <v>20</v>
       </c>
       <c r="D127" t="s">
         <v>20</v>
       </c>
       <c r="E127" t="s">
-        <v>790</v>
+        <v>816</v>
       </c>
       <c r="F127" t="s">
         <v>20</v>
       </c>
       <c r="G127" t="s">
-        <v>818</v>
+        <v>830</v>
       </c>
       <c r="H127" t="s">
-        <v>819</v>
+        <v>831</v>
       </c>
       <c r="I127" t="n">
         <v>0.0</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
-        <v>820</v>
+        <v>832</v>
       </c>
       <c r="L127" t="s">
-        <v>783</v>
+        <v>833</v>
       </c>
       <c r="M127" t="s">
         <v>20</v>
       </c>
       <c r="N127" t="s">
-        <v>194</v>
+        <v>277</v>
       </c>
       <c r="O127" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P127" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q127" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R127" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>18</v>
       </c>
       <c r="B128" t="s">
-        <v>821</v>
+        <v>834</v>
       </c>
       <c r="C128" t="s">
         <v>20</v>
       </c>
       <c r="D128" t="s">
         <v>20</v>
       </c>
       <c r="E128" t="s">
-        <v>790</v>
+        <v>816</v>
       </c>
       <c r="F128" t="s">
         <v>20</v>
       </c>
       <c r="G128" t="s">
-        <v>822</v>
+        <v>835</v>
       </c>
       <c r="H128" t="s">
-        <v>823</v>
+        <v>836</v>
       </c>
       <c r="I128" t="n">
         <v>0.0</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
-        <v>824</v>
+        <v>837</v>
       </c>
       <c r="L128" t="s">
-        <v>333</v>
+        <v>838</v>
       </c>
       <c r="M128" t="s">
         <v>20</v>
       </c>
       <c r="N128" t="s">
-        <v>194</v>
+        <v>277</v>
       </c>
       <c r="O128" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P128" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q128" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R128" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>18</v>
       </c>
       <c r="B129" t="s">
-        <v>825</v>
+        <v>839</v>
       </c>
       <c r="C129" t="s">
         <v>20</v>
       </c>
       <c r="D129" t="s">
         <v>20</v>
       </c>
       <c r="E129" t="s">
-        <v>790</v>
+        <v>816</v>
       </c>
       <c r="F129" t="s">
         <v>20</v>
       </c>
       <c r="G129" t="s">
-        <v>826</v>
+        <v>840</v>
       </c>
       <c r="H129" t="s">
-        <v>827</v>
+        <v>841</v>
       </c>
       <c r="I129" t="n">
         <v>0.0</v>
       </c>
       <c r="J129" t="s">
         <v>24</v>
       </c>
       <c r="K129" t="s">
-        <v>828</v>
+        <v>842</v>
       </c>
       <c r="L129" t="s">
-        <v>798</v>
+        <v>843</v>
       </c>
       <c r="M129" t="s">
         <v>20</v>
       </c>
       <c r="N129" t="s">
-        <v>194</v>
+        <v>277</v>
       </c>
       <c r="O129" t="s">
-        <v>88</v>
+        <v>127</v>
       </c>
       <c r="P129" t="s">
-        <v>89</v>
+        <v>128</v>
       </c>
       <c r="Q129" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="R129" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>18</v>
       </c>
       <c r="B130" t="s">
-        <v>829</v>
+        <v>844</v>
       </c>
       <c r="C130" t="s">
         <v>20</v>
       </c>
       <c r="D130" t="s">
         <v>20</v>
       </c>
       <c r="E130" t="s">
-        <v>790</v>
+        <v>816</v>
       </c>
       <c r="F130" t="s">
         <v>20</v>
       </c>
       <c r="G130" t="s">
-        <v>830</v>
+        <v>845</v>
       </c>
       <c r="H130" t="s">
-        <v>831</v>
+        <v>846</v>
       </c>
       <c r="I130" t="n">
         <v>0.0</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
-        <v>832</v>
+        <v>847</v>
       </c>
       <c r="L130" t="s">
-        <v>833</v>
+        <v>848</v>
       </c>
       <c r="M130" t="s">
         <v>20</v>
       </c>
       <c r="N130" t="s">
-        <v>194</v>
+        <v>277</v>
       </c>
       <c r="O130" t="s">
-        <v>28</v>
+        <v>214</v>
       </c>
       <c r="P130" t="s">
-        <v>29</v>
+        <v>215</v>
       </c>
       <c r="Q130" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R130" t="s">
-        <v>31</v>
+        <v>216</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>18</v>
       </c>
       <c r="B131" t="s">
-        <v>834</v>
+        <v>849</v>
       </c>
       <c r="C131" t="s">
         <v>20</v>
       </c>
       <c r="D131" t="s">
         <v>20</v>
       </c>
       <c r="E131" t="s">
-        <v>790</v>
+        <v>816</v>
       </c>
       <c r="F131" t="s">
         <v>20</v>
       </c>
       <c r="G131" t="s">
-        <v>835</v>
+        <v>850</v>
       </c>
       <c r="H131" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="I131" t="n">
         <v>0.0</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
-        <v>837</v>
+        <v>852</v>
       </c>
       <c r="L131" t="s">
-        <v>838</v>
+        <v>853</v>
       </c>
       <c r="M131" t="s">
         <v>20</v>
       </c>
       <c r="N131" t="s">
-        <v>194</v>
+        <v>277</v>
       </c>
       <c r="O131" t="s">
-        <v>78</v>
+        <v>48</v>
       </c>
       <c r="P131" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="Q131" t="s">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="R131" t="s">
-        <v>81</v>
+        <v>51</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>18</v>
       </c>
       <c r="B132" t="s">
-        <v>839</v>
+        <v>854</v>
       </c>
       <c r="C132" t="s">
         <v>20</v>
       </c>
       <c r="D132" t="s">
         <v>20</v>
       </c>
       <c r="E132" t="s">
-        <v>840</v>
+        <v>816</v>
       </c>
       <c r="F132" t="s">
         <v>20</v>
       </c>
       <c r="G132" t="s">
-        <v>841</v>
+        <v>855</v>
       </c>
       <c r="H132" t="s">
-        <v>842</v>
+        <v>856</v>
       </c>
       <c r="I132" t="n">
         <v>0.0</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
-        <v>843</v>
+        <v>857</v>
       </c>
       <c r="L132" t="s">
-        <v>844</v>
+        <v>303</v>
       </c>
       <c r="M132" t="s">
         <v>20</v>
       </c>
       <c r="N132" t="s">
-        <v>194</v>
+        <v>277</v>
       </c>
       <c r="O132" t="s">
-        <v>28</v>
+        <v>214</v>
       </c>
       <c r="P132" t="s">
-        <v>29</v>
+        <v>215</v>
       </c>
       <c r="Q132" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R132" t="s">
-        <v>31</v>
+        <v>216</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>18</v>
       </c>
       <c r="B133" t="s">
-        <v>845</v>
+        <v>858</v>
       </c>
       <c r="C133" t="s">
         <v>20</v>
       </c>
       <c r="D133" t="s">
         <v>20</v>
       </c>
       <c r="E133" t="s">
-        <v>840</v>
+        <v>816</v>
       </c>
       <c r="F133" t="s">
         <v>20</v>
       </c>
       <c r="G133" t="s">
-        <v>846</v>
+        <v>859</v>
       </c>
       <c r="H133" t="s">
-        <v>847</v>
+        <v>860</v>
       </c>
       <c r="I133" t="n">
         <v>0.0</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
-        <v>848</v>
+        <v>861</v>
       </c>
       <c r="L133" t="s">
-        <v>849</v>
+        <v>862</v>
       </c>
       <c r="M133" t="s">
         <v>20</v>
       </c>
       <c r="N133" t="s">
-        <v>194</v>
+        <v>277</v>
       </c>
       <c r="O133" t="s">
-        <v>88</v>
+        <v>214</v>
       </c>
       <c r="P133" t="s">
-        <v>89</v>
+        <v>215</v>
       </c>
       <c r="Q133" t="s">
-        <v>90</v>
+        <v>40</v>
       </c>
       <c r="R133" t="s">
-        <v>91</v>
+        <v>216</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
         <v>18</v>
       </c>
       <c r="B134" t="s">
-        <v>850</v>
+        <v>863</v>
       </c>
       <c r="C134" t="s">
         <v>20</v>
       </c>
       <c r="D134" t="s">
         <v>20</v>
       </c>
       <c r="E134" t="s">
-        <v>840</v>
+        <v>816</v>
       </c>
       <c r="F134" t="s">
         <v>20</v>
       </c>
       <c r="G134" t="s">
-        <v>851</v>
+        <v>864</v>
       </c>
       <c r="H134" t="s">
-        <v>852</v>
+        <v>865</v>
       </c>
       <c r="I134" t="n">
         <v>0.0</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
-        <v>853</v>
+        <v>866</v>
       </c>
       <c r="L134" t="s">
-        <v>854</v>
+        <v>867</v>
       </c>
       <c r="M134" t="s">
         <v>20</v>
       </c>
       <c r="N134" t="s">
-        <v>194</v>
+        <v>277</v>
       </c>
       <c r="O134" t="s">
-        <v>88</v>
+        <v>63</v>
       </c>
       <c r="P134" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="Q134" t="s">
-        <v>90</v>
+        <v>65</v>
       </c>
       <c r="R134" t="s">
-        <v>91</v>
+        <v>66</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>18</v>
       </c>
       <c r="B135" t="s">
-        <v>855</v>
+        <v>868</v>
       </c>
       <c r="C135" t="s">
         <v>20</v>
       </c>
       <c r="D135" t="s">
         <v>20</v>
       </c>
       <c r="E135" t="s">
-        <v>856</v>
+        <v>869</v>
       </c>
       <c r="F135" t="s">
         <v>20</v>
       </c>
       <c r="G135" t="s">
-        <v>857</v>
+        <v>870</v>
       </c>
       <c r="H135" t="s">
-        <v>858</v>
+        <v>871</v>
       </c>
       <c r="I135" t="n">
         <v>0.0</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
-        <v>859</v>
+        <v>872</v>
       </c>
       <c r="L135" t="s">
-        <v>536</v>
+        <v>873</v>
       </c>
       <c r="M135" t="s">
         <v>20</v>
       </c>
       <c r="N135" t="s">
-        <v>194</v>
+        <v>277</v>
       </c>
       <c r="O135" t="s">
-        <v>78</v>
+        <v>127</v>
       </c>
       <c r="P135" t="s">
-        <v>79</v>
+        <v>128</v>
       </c>
       <c r="Q135" t="s">
-        <v>80</v>
+        <v>129</v>
       </c>
       <c r="R135" t="s">
-        <v>81</v>
+        <v>130</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
         <v>18</v>
       </c>
       <c r="B136" t="s">
-        <v>860</v>
+        <v>874</v>
       </c>
       <c r="C136" t="s">
         <v>20</v>
       </c>
       <c r="D136" t="s">
         <v>20</v>
       </c>
       <c r="E136" t="s">
-        <v>856</v>
+        <v>869</v>
       </c>
       <c r="F136" t="s">
         <v>20</v>
       </c>
       <c r="G136" t="s">
-        <v>861</v>
+        <v>875</v>
       </c>
       <c r="H136" t="s">
-        <v>862</v>
+        <v>876</v>
       </c>
       <c r="I136" t="n">
         <v>0.0</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
-        <v>863</v>
+        <v>867</v>
       </c>
       <c r="L136" t="s">
-        <v>864</v>
+        <v>877</v>
       </c>
       <c r="M136" t="s">
         <v>20</v>
       </c>
       <c r="N136" t="s">
-        <v>194</v>
+        <v>277</v>
       </c>
       <c r="O136" t="s">
-        <v>78</v>
+        <v>63</v>
       </c>
       <c r="P136" t="s">
-        <v>79</v>
+        <v>64</v>
       </c>
       <c r="Q136" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="R136" t="s">
-        <v>81</v>
+        <v>66</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>18</v>
       </c>
       <c r="B137" t="s">
-        <v>865</v>
+        <v>878</v>
       </c>
       <c r="C137" t="s">
         <v>20</v>
       </c>
       <c r="D137" t="s">
         <v>20</v>
       </c>
       <c r="E137" t="s">
-        <v>856</v>
+        <v>869</v>
       </c>
       <c r="F137" t="s">
         <v>20</v>
       </c>
       <c r="G137" t="s">
-        <v>866</v>
+        <v>879</v>
       </c>
       <c r="H137" t="s">
-        <v>867</v>
+        <v>880</v>
       </c>
       <c r="I137" t="n">
         <v>0.0</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
-        <v>868</v>
+        <v>881</v>
       </c>
       <c r="L137" t="s">
-        <v>869</v>
+        <v>793</v>
       </c>
       <c r="M137" t="s">
         <v>20</v>
       </c>
       <c r="N137" t="s">
-        <v>194</v>
+        <v>277</v>
       </c>
       <c r="O137" t="s">
-        <v>88</v>
+        <v>127</v>
       </c>
       <c r="P137" t="s">
-        <v>89</v>
+        <v>128</v>
       </c>
       <c r="Q137" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="R137" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
         <v>18</v>
       </c>
       <c r="B138" t="s">
-        <v>870</v>
+        <v>882</v>
       </c>
       <c r="C138" t="s">
         <v>20</v>
       </c>
       <c r="D138" t="s">
         <v>20</v>
       </c>
       <c r="E138" t="s">
-        <v>856</v>
+        <v>869</v>
       </c>
       <c r="F138" t="s">
         <v>20</v>
       </c>
       <c r="G138" t="s">
-        <v>871</v>
+        <v>883</v>
       </c>
       <c r="H138" t="s">
-        <v>872</v>
+        <v>884</v>
       </c>
       <c r="I138" t="n">
         <v>0.0</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
-        <v>873</v>
+        <v>885</v>
       </c>
       <c r="L138" t="s">
-        <v>783</v>
+        <v>886</v>
       </c>
       <c r="M138" t="s">
         <v>20</v>
       </c>
       <c r="N138" t="s">
-        <v>194</v>
+        <v>277</v>
       </c>
       <c r="O138" t="s">
-        <v>88</v>
+        <v>887</v>
       </c>
       <c r="P138" t="s">
-        <v>89</v>
+        <v>888</v>
       </c>
       <c r="Q138" t="s">
-        <v>90</v>
+        <v>889</v>
       </c>
       <c r="R138" t="s">
-        <v>91</v>
+        <v>890</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
         <v>18</v>
       </c>
       <c r="B139" t="s">
-        <v>874</v>
+        <v>891</v>
       </c>
       <c r="C139" t="s">
         <v>20</v>
       </c>
       <c r="D139" t="s">
         <v>20</v>
       </c>
       <c r="E139" t="s">
-        <v>856</v>
+        <v>869</v>
       </c>
       <c r="F139" t="s">
         <v>20</v>
       </c>
       <c r="G139" t="s">
-        <v>875</v>
+        <v>892</v>
       </c>
       <c r="H139" t="s">
-        <v>876</v>
+        <v>893</v>
       </c>
       <c r="I139" t="n">
         <v>0.0</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
-        <v>877</v>
+        <v>894</v>
       </c>
       <c r="L139" t="s">
-        <v>878</v>
+        <v>895</v>
       </c>
       <c r="M139" t="s">
         <v>20</v>
       </c>
       <c r="N139" t="s">
-        <v>194</v>
+        <v>277</v>
       </c>
       <c r="O139" t="s">
-        <v>88</v>
+        <v>63</v>
       </c>
       <c r="P139" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="Q139" t="s">
-        <v>90</v>
+        <v>65</v>
       </c>
       <c r="R139" t="s">
-        <v>91</v>
+        <v>66</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
         <v>18</v>
       </c>
       <c r="B140" t="s">
-        <v>879</v>
+        <v>896</v>
       </c>
       <c r="C140" t="s">
         <v>20</v>
       </c>
       <c r="D140" t="s">
         <v>20</v>
       </c>
       <c r="E140" t="s">
-        <v>880</v>
+        <v>869</v>
       </c>
       <c r="F140" t="s">
         <v>20</v>
       </c>
       <c r="G140" t="s">
-        <v>881</v>
+        <v>897</v>
       </c>
       <c r="H140" t="s">
-        <v>882</v>
+        <v>898</v>
       </c>
       <c r="I140" t="n">
         <v>0.0</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
-        <v>883</v>
+        <v>899</v>
       </c>
       <c r="L140" t="s">
-        <v>884</v>
+        <v>862</v>
       </c>
       <c r="M140" t="s">
         <v>20</v>
       </c>
       <c r="N140" t="s">
-        <v>194</v>
+        <v>277</v>
       </c>
       <c r="O140" t="s">
-        <v>88</v>
+        <v>127</v>
       </c>
       <c r="P140" t="s">
-        <v>89</v>
+        <v>128</v>
       </c>
       <c r="Q140" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="R140" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
         <v>18</v>
       </c>
       <c r="B141" t="s">
-        <v>885</v>
+        <v>900</v>
       </c>
       <c r="C141" t="s">
         <v>20</v>
       </c>
       <c r="D141" t="s">
         <v>20</v>
       </c>
       <c r="E141" t="s">
-        <v>880</v>
+        <v>869</v>
       </c>
       <c r="F141" t="s">
         <v>20</v>
       </c>
       <c r="G141" t="s">
-        <v>886</v>
+        <v>901</v>
       </c>
       <c r="H141" t="s">
-        <v>887</v>
+        <v>902</v>
       </c>
       <c r="I141" t="n">
         <v>0.0</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
-        <v>888</v>
+        <v>903</v>
       </c>
       <c r="L141" t="s">
-        <v>889</v>
+        <v>415</v>
       </c>
       <c r="M141" t="s">
         <v>20</v>
       </c>
       <c r="N141" t="s">
-        <v>194</v>
+        <v>277</v>
       </c>
       <c r="O141" t="s">
-        <v>78</v>
+        <v>127</v>
       </c>
       <c r="P141" t="s">
-        <v>79</v>
+        <v>128</v>
       </c>
       <c r="Q141" t="s">
-        <v>80</v>
+        <v>129</v>
       </c>
       <c r="R141" t="s">
-        <v>81</v>
+        <v>130</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
         <v>18</v>
       </c>
       <c r="B142" t="s">
-        <v>890</v>
+        <v>904</v>
       </c>
       <c r="C142" t="s">
         <v>20</v>
       </c>
       <c r="D142" t="s">
         <v>20</v>
       </c>
       <c r="E142" t="s">
-        <v>891</v>
+        <v>869</v>
       </c>
       <c r="F142" t="s">
         <v>20</v>
       </c>
       <c r="G142" t="s">
-        <v>892</v>
+        <v>905</v>
       </c>
       <c r="H142" t="s">
-        <v>893</v>
+        <v>906</v>
       </c>
       <c r="I142" t="n">
         <v>0.0</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
-        <v>894</v>
+        <v>907</v>
       </c>
       <c r="L142" t="s">
-        <v>895</v>
+        <v>877</v>
       </c>
       <c r="M142" t="s">
         <v>20</v>
       </c>
       <c r="N142" t="s">
-        <v>194</v>
+        <v>277</v>
       </c>
       <c r="O142" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="P142" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="Q142" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="R142" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
         <v>18</v>
       </c>
       <c r="B143" t="s">
-        <v>896</v>
+        <v>908</v>
       </c>
       <c r="C143" t="s">
         <v>20</v>
       </c>
       <c r="D143" t="s">
         <v>20</v>
       </c>
       <c r="E143" t="s">
-        <v>891</v>
+        <v>869</v>
       </c>
       <c r="F143" t="s">
         <v>20</v>
       </c>
       <c r="G143" t="s">
-        <v>897</v>
+        <v>909</v>
       </c>
       <c r="H143" t="s">
-        <v>898</v>
+        <v>910</v>
       </c>
       <c r="I143" t="n">
         <v>0.0</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
-        <v>899</v>
+        <v>911</v>
       </c>
       <c r="L143" t="s">
-        <v>397</v>
+        <v>912</v>
       </c>
       <c r="M143" t="s">
         <v>20</v>
       </c>
       <c r="N143" t="s">
-        <v>194</v>
+        <v>277</v>
       </c>
       <c r="O143" t="s">
-        <v>88</v>
+        <v>127</v>
       </c>
       <c r="P143" t="s">
-        <v>89</v>
+        <v>128</v>
       </c>
       <c r="Q143" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="R143" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
         <v>18</v>
       </c>
       <c r="B144" t="s">
-        <v>900</v>
+        <v>913</v>
       </c>
       <c r="C144" t="s">
         <v>20</v>
       </c>
       <c r="D144" t="s">
         <v>20</v>
       </c>
       <c r="E144" t="s">
-        <v>901</v>
+        <v>869</v>
       </c>
       <c r="F144" t="s">
         <v>20</v>
       </c>
       <c r="G144" t="s">
-        <v>902</v>
+        <v>914</v>
       </c>
       <c r="H144" t="s">
-        <v>903</v>
+        <v>915</v>
       </c>
       <c r="I144" t="n">
         <v>0.0</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
-        <v>904</v>
+        <v>916</v>
       </c>
       <c r="L144" t="s">
-        <v>266</v>
+        <v>917</v>
       </c>
       <c r="M144" t="s">
         <v>20</v>
       </c>
       <c r="N144" t="s">
-        <v>194</v>
+        <v>277</v>
       </c>
       <c r="O144" t="s">
-        <v>127</v>
+        <v>63</v>
       </c>
       <c r="P144" t="s">
-        <v>128</v>
+        <v>64</v>
       </c>
       <c r="Q144" t="s">
-        <v>129</v>
+        <v>65</v>
       </c>
       <c r="R144" t="s">
-        <v>130</v>
+        <v>66</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
         <v>18</v>
       </c>
       <c r="B145" t="s">
-        <v>905</v>
+        <v>918</v>
       </c>
       <c r="C145" t="s">
         <v>20</v>
       </c>
       <c r="D145" t="s">
         <v>20</v>
       </c>
       <c r="E145" t="s">
-        <v>906</v>
+        <v>919</v>
       </c>
       <c r="F145" t="s">
         <v>20</v>
       </c>
       <c r="G145" t="s">
-        <v>907</v>
+        <v>920</v>
       </c>
       <c r="H145" t="s">
-        <v>908</v>
+        <v>921</v>
       </c>
       <c r="I145" t="n">
         <v>0.0</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
-        <v>909</v>
+        <v>922</v>
       </c>
       <c r="L145" t="s">
-        <v>910</v>
+        <v>923</v>
       </c>
       <c r="M145" t="s">
         <v>20</v>
       </c>
       <c r="N145" t="s">
-        <v>194</v>
+        <v>277</v>
       </c>
       <c r="O145" t="s">
-        <v>88</v>
+        <v>127</v>
       </c>
       <c r="P145" t="s">
-        <v>89</v>
+        <v>128</v>
       </c>
       <c r="Q145" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="R145" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
         <v>18</v>
       </c>
       <c r="B146" t="s">
-        <v>911</v>
+        <v>924</v>
       </c>
       <c r="C146" t="s">
         <v>20</v>
       </c>
       <c r="D146" t="s">
         <v>20</v>
       </c>
       <c r="E146" t="s">
-        <v>912</v>
+        <v>919</v>
       </c>
       <c r="F146" t="s">
         <v>20</v>
       </c>
       <c r="G146" t="s">
-        <v>913</v>
+        <v>925</v>
       </c>
       <c r="H146" t="s">
-        <v>914</v>
+        <v>926</v>
       </c>
       <c r="I146" t="n">
         <v>0.0</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
-        <v>915</v>
+        <v>927</v>
       </c>
       <c r="L146" t="s">
-        <v>916</v>
+        <v>928</v>
       </c>
       <c r="M146" t="s">
         <v>20</v>
       </c>
       <c r="N146" t="s">
-        <v>345</v>
+        <v>277</v>
       </c>
       <c r="O146" t="s">
-        <v>184</v>
+        <v>48</v>
       </c>
       <c r="P146" t="s">
-        <v>185</v>
+        <v>49</v>
       </c>
       <c r="Q146" t="s">
-        <v>186</v>
+        <v>50</v>
       </c>
       <c r="R146" t="s">
-        <v>187</v>
+        <v>51</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
         <v>18</v>
       </c>
       <c r="B147" t="s">
-        <v>917</v>
+        <v>929</v>
       </c>
       <c r="C147" t="s">
         <v>20</v>
       </c>
       <c r="D147" t="s">
         <v>20</v>
       </c>
       <c r="E147" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="F147" t="s">
         <v>20</v>
       </c>
       <c r="G147" t="s">
-        <v>919</v>
+        <v>930</v>
       </c>
       <c r="H147" t="s">
-        <v>920</v>
+        <v>931</v>
       </c>
       <c r="I147" t="n">
         <v>0.0</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
-        <v>921</v>
+        <v>932</v>
       </c>
       <c r="L147" t="s">
-        <v>922</v>
+        <v>933</v>
       </c>
       <c r="M147" t="s">
         <v>20</v>
       </c>
       <c r="N147" t="s">
-        <v>376</v>
+        <v>277</v>
       </c>
       <c r="O147" t="s">
-        <v>923</v>
+        <v>48</v>
       </c>
       <c r="P147" t="s">
-        <v>924</v>
+        <v>49</v>
       </c>
       <c r="Q147" t="s">
-        <v>186</v>
+        <v>50</v>
       </c>
       <c r="R147" t="s">
-        <v>925</v>
+        <v>51</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
         <v>18</v>
       </c>
       <c r="B148" t="s">
-        <v>926</v>
+        <v>934</v>
       </c>
       <c r="C148" t="s">
         <v>20</v>
       </c>
       <c r="D148" t="s">
         <v>20</v>
       </c>
       <c r="E148" t="s">
-        <v>927</v>
+        <v>935</v>
       </c>
       <c r="F148" t="s">
         <v>20</v>
       </c>
       <c r="G148" t="s">
-        <v>928</v>
+        <v>936</v>
       </c>
       <c r="H148" t="s">
-        <v>929</v>
+        <v>937</v>
       </c>
       <c r="I148" t="n">
         <v>0.0</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
-        <v>930</v>
+        <v>938</v>
       </c>
       <c r="L148" t="s">
-        <v>931</v>
+        <v>615</v>
       </c>
       <c r="M148" t="s">
         <v>20</v>
       </c>
       <c r="N148" t="s">
-        <v>369</v>
+        <v>277</v>
       </c>
       <c r="O148" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="P148" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="Q148" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="R148" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
         <v>18</v>
       </c>
       <c r="B149" t="s">
-        <v>932</v>
+        <v>939</v>
       </c>
       <c r="C149" t="s">
         <v>20</v>
       </c>
       <c r="D149" t="s">
         <v>20</v>
       </c>
       <c r="E149" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="F149" t="s">
         <v>20</v>
       </c>
       <c r="G149" t="s">
-        <v>934</v>
+        <v>940</v>
       </c>
       <c r="H149" t="s">
-        <v>935</v>
+        <v>941</v>
       </c>
       <c r="I149" t="n">
         <v>0.0</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
-        <v>936</v>
+        <v>942</v>
       </c>
       <c r="L149" t="s">
-        <v>937</v>
+        <v>943</v>
       </c>
       <c r="M149" t="s">
         <v>20</v>
       </c>
       <c r="N149" t="s">
-        <v>453</v>
+        <v>277</v>
       </c>
       <c r="O149" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="P149" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="Q149" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="R149" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
         <v>18</v>
       </c>
       <c r="B150" t="s">
-        <v>938</v>
+        <v>944</v>
       </c>
       <c r="C150" t="s">
         <v>20</v>
       </c>
       <c r="D150" t="s">
         <v>20</v>
       </c>
       <c r="E150" t="s">
-        <v>939</v>
+        <v>935</v>
       </c>
       <c r="F150" t="s">
         <v>20</v>
       </c>
       <c r="G150" t="s">
-        <v>940</v>
+        <v>945</v>
       </c>
       <c r="H150" t="s">
-        <v>941</v>
+        <v>946</v>
       </c>
       <c r="I150" t="n">
         <v>0.0</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
-        <v>942</v>
+        <v>947</v>
       </c>
       <c r="L150" t="s">
-        <v>943</v>
+        <v>948</v>
       </c>
       <c r="M150" t="s">
         <v>20</v>
       </c>
       <c r="N150" t="s">
-        <v>417</v>
+        <v>277</v>
       </c>
       <c r="O150" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="P150" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="Q150" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="R150" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
         <v>18</v>
       </c>
       <c r="B151" t="s">
-        <v>944</v>
+        <v>949</v>
       </c>
       <c r="C151" t="s">
         <v>20</v>
       </c>
       <c r="D151" t="s">
         <v>20</v>
       </c>
       <c r="E151" t="s">
-        <v>945</v>
+        <v>935</v>
       </c>
       <c r="F151" t="s">
         <v>20</v>
       </c>
       <c r="G151" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="H151" t="s">
-        <v>947</v>
+        <v>951</v>
       </c>
       <c r="I151" t="n">
         <v>0.0</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="L151" t="s">
-        <v>949</v>
+        <v>862</v>
       </c>
       <c r="M151" t="s">
         <v>20</v>
       </c>
       <c r="N151" t="s">
-        <v>424</v>
+        <v>277</v>
       </c>
       <c r="O151" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="P151" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="Q151" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="R151" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
         <v>18</v>
       </c>
       <c r="B152" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
       <c r="C152" t="s">
         <v>20</v>
       </c>
       <c r="D152" t="s">
         <v>20</v>
       </c>
       <c r="E152" t="s">
-        <v>951</v>
+        <v>935</v>
       </c>
       <c r="F152" t="s">
         <v>20</v>
       </c>
       <c r="G152" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="H152" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="I152" t="n">
         <v>0.0</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="L152" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="M152" t="s">
         <v>20</v>
       </c>
       <c r="N152" t="s">
-        <v>466</v>
+        <v>277</v>
       </c>
       <c r="O152" t="s">
-        <v>78</v>
+        <v>48</v>
       </c>
       <c r="P152" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="Q152" t="s">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="R152" t="s">
-        <v>81</v>
+        <v>51</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
         <v>18</v>
       </c>
       <c r="B153" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="C153" t="s">
         <v>20</v>
       </c>
       <c r="D153" t="s">
         <v>20</v>
       </c>
       <c r="E153" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="F153" t="s">
         <v>20</v>
       </c>
       <c r="G153" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="H153" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="I153" t="n">
         <v>0.0</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="L153" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="M153" t="s">
         <v>20</v>
       </c>
       <c r="N153" t="s">
-        <v>490</v>
+        <v>277</v>
       </c>
       <c r="O153" t="s">
-        <v>88</v>
+        <v>48</v>
       </c>
       <c r="P153" t="s">
-        <v>89</v>
+        <v>49</v>
       </c>
       <c r="Q153" t="s">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="R153" t="s">
-        <v>91</v>
+        <v>51</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
         <v>18</v>
       </c>
       <c r="B154" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="C154" t="s">
         <v>20</v>
       </c>
       <c r="D154" t="s">
         <v>20</v>
       </c>
       <c r="E154" t="s">
-        <v>963</v>
+        <v>959</v>
       </c>
       <c r="F154" t="s">
         <v>20</v>
       </c>
       <c r="G154" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="H154" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="I154" t="n">
         <v>0.0</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="L154" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="M154" t="s">
         <v>20</v>
       </c>
       <c r="N154" t="s">
-        <v>501</v>
+        <v>277</v>
       </c>
       <c r="O154" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="P154" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="Q154" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="R154" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
         <v>18</v>
       </c>
       <c r="B155" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="C155" t="s">
         <v>20</v>
       </c>
       <c r="D155" t="s">
         <v>20</v>
       </c>
       <c r="E155" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="F155" t="s">
         <v>20</v>
       </c>
       <c r="G155" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="H155" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="I155" t="n">
         <v>0.0</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="L155" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="M155" t="s">
         <v>20</v>
       </c>
       <c r="N155" t="s">
-        <v>974</v>
+        <v>277</v>
       </c>
       <c r="O155" t="s">
-        <v>88</v>
+        <v>127</v>
       </c>
       <c r="P155" t="s">
-        <v>89</v>
+        <v>128</v>
       </c>
       <c r="Q155" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="R155" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
         <v>18</v>
       </c>
       <c r="B156" t="s">
         <v>975</v>
       </c>
       <c r="C156" t="s">
         <v>20</v>
       </c>
       <c r="D156" t="s">
         <v>20</v>
       </c>
       <c r="E156" t="s">
+        <v>970</v>
+      </c>
+      <c r="F156" t="s">
+        <v>20</v>
+      </c>
+      <c r="G156" t="s">
         <v>976</v>
       </c>
-      <c r="F156" t="s">
-[...2 lines deleted...]
-      <c r="G156" t="s">
+      <c r="H156" t="s">
         <v>977</v>
-      </c>
-[...1 lines deleted...]
-        <v>978</v>
       </c>
       <c r="I156" t="n">
         <v>0.0</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
-        <v>979</v>
+        <v>978</v>
       </c>
       <c r="L156" t="s">
-        <v>980</v>
+        <v>476</v>
       </c>
       <c r="M156" t="s">
         <v>20</v>
       </c>
       <c r="N156" t="s">
-        <v>981</v>
+        <v>277</v>
       </c>
       <c r="O156" t="s">
-        <v>78</v>
+        <v>48</v>
       </c>
       <c r="P156" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="Q156" t="s">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="R156" t="s">
-        <v>81</v>
+        <v>51</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
         <v>18</v>
       </c>
       <c r="B157" t="s">
+        <v>979</v>
+      </c>
+      <c r="C157" t="s">
+        <v>20</v>
+      </c>
+      <c r="D157" t="s">
+        <v>20</v>
+      </c>
+      <c r="E157" t="s">
+        <v>980</v>
+      </c>
+      <c r="F157" t="s">
+        <v>20</v>
+      </c>
+      <c r="G157" t="s">
+        <v>981</v>
+      </c>
+      <c r="H157" t="s">
         <v>982</v>
-      </c>
-[...16 lines deleted...]
-        <v>985</v>
       </c>
       <c r="I157" t="n">
         <v>0.0</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
-        <v>986</v>
+        <v>983</v>
       </c>
       <c r="L157" t="s">
-        <v>987</v>
+        <v>348</v>
       </c>
       <c r="M157" t="s">
         <v>20</v>
       </c>
       <c r="N157" t="s">
-        <v>144</v>
+        <v>277</v>
       </c>
       <c r="O157" t="s">
-        <v>127</v>
+        <v>214</v>
       </c>
       <c r="P157" t="s">
-        <v>128</v>
+        <v>215</v>
       </c>
       <c r="Q157" t="s">
-        <v>129</v>
+        <v>40</v>
       </c>
       <c r="R157" t="s">
-        <v>130</v>
+        <v>216</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
         <v>18</v>
       </c>
       <c r="B158" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="C158" t="s">
         <v>20</v>
       </c>
       <c r="D158" t="s">
         <v>20</v>
       </c>
       <c r="E158" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
       <c r="F158" t="s">
         <v>20</v>
       </c>
       <c r="G158" t="s">
-        <v>990</v>
+        <v>986</v>
       </c>
       <c r="H158" t="s">
-        <v>991</v>
+        <v>987</v>
       </c>
       <c r="I158" t="n">
         <v>0.0</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158" t="s">
-        <v>992</v>
+        <v>988</v>
       </c>
       <c r="L158" t="s">
-        <v>993</v>
+        <v>989</v>
       </c>
       <c r="M158" t="s">
         <v>20</v>
       </c>
       <c r="N158" t="s">
-        <v>556</v>
+        <v>277</v>
       </c>
       <c r="O158" t="s">
-        <v>78</v>
+        <v>48</v>
       </c>
       <c r="P158" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="Q158" t="s">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="R158" t="s">
-        <v>81</v>
+        <v>51</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
         <v>18</v>
       </c>
       <c r="B159" t="s">
-        <v>994</v>
+        <v>990</v>
       </c>
       <c r="C159" t="s">
         <v>20</v>
       </c>
       <c r="D159" t="s">
         <v>20</v>
       </c>
       <c r="E159" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="F159" t="s">
         <v>20</v>
       </c>
       <c r="G159" t="s">
-        <v>995</v>
+        <v>992</v>
       </c>
       <c r="H159" t="s">
-        <v>996</v>
+        <v>993</v>
       </c>
       <c r="I159" t="n">
         <v>0.0</v>
       </c>
       <c r="J159" t="s">
         <v>24</v>
       </c>
       <c r="K159" t="s">
-        <v>997</v>
+        <v>994</v>
       </c>
       <c r="L159" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="M159" t="s">
         <v>20</v>
       </c>
       <c r="N159" t="s">
-        <v>556</v>
+        <v>427</v>
       </c>
       <c r="O159" t="s">
-        <v>78</v>
+        <v>267</v>
       </c>
       <c r="P159" t="s">
-        <v>79</v>
+        <v>268</v>
       </c>
       <c r="Q159" t="s">
-        <v>80</v>
+        <v>269</v>
       </c>
       <c r="R159" t="s">
-        <v>81</v>
+        <v>270</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
         <v>18</v>
       </c>
       <c r="B160" t="s">
+        <v>996</v>
+      </c>
+      <c r="C160" t="s">
+        <v>20</v>
+      </c>
+      <c r="D160" t="s">
+        <v>20</v>
+      </c>
+      <c r="E160" t="s">
+        <v>997</v>
+      </c>
+      <c r="F160" t="s">
+        <v>20</v>
+      </c>
+      <c r="G160" t="s">
+        <v>998</v>
+      </c>
+      <c r="H160" t="s">
         <v>999</v>
-      </c>
-[...16 lines deleted...]
-        <v>1001</v>
       </c>
       <c r="I160" t="n">
         <v>0.0</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
+        <v>1000</v>
+      </c>
+      <c r="L160" t="s">
+        <v>1001</v>
+      </c>
+      <c r="M160" t="s">
+        <v>20</v>
+      </c>
+      <c r="N160" t="s">
+        <v>458</v>
+      </c>
+      <c r="O160" t="s">
         <v>1002</v>
       </c>
-      <c r="L160" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P160" t="s">
-        <v>79</v>
+        <v>1003</v>
       </c>
       <c r="Q160" t="s">
-        <v>80</v>
+        <v>269</v>
       </c>
       <c r="R160" t="s">
-        <v>81</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
         <v>18</v>
       </c>
       <c r="B161" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="C161" t="s">
         <v>20</v>
       </c>
       <c r="D161" t="s">
         <v>20</v>
       </c>
       <c r="E161" t="s">
-        <v>989</v>
+        <v>1006</v>
       </c>
       <c r="F161" t="s">
         <v>20</v>
       </c>
       <c r="G161" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="H161" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
       <c r="I161" t="n">
         <v>0.0</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="L161" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="M161" t="s">
         <v>20</v>
       </c>
       <c r="N161" t="s">
-        <v>556</v>
+        <v>451</v>
       </c>
       <c r="O161" t="s">
-        <v>78</v>
+        <v>127</v>
       </c>
       <c r="P161" t="s">
-        <v>79</v>
+        <v>128</v>
       </c>
       <c r="Q161" t="s">
-        <v>80</v>
+        <v>129</v>
       </c>
       <c r="R161" t="s">
-        <v>81</v>
+        <v>130</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
         <v>18</v>
       </c>
       <c r="B162" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="C162" t="s">
         <v>20</v>
       </c>
       <c r="D162" t="s">
         <v>20</v>
       </c>
       <c r="E162" t="s">
-        <v>989</v>
+        <v>1012</v>
       </c>
       <c r="F162" t="s">
         <v>20</v>
       </c>
       <c r="G162" t="s">
-        <v>1009</v>
+        <v>1013</v>
       </c>
       <c r="H162" t="s">
-        <v>1010</v>
+        <v>1014</v>
       </c>
       <c r="I162" t="n">
         <v>0.0</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
-        <v>1011</v>
+        <v>1015</v>
       </c>
       <c r="L162" t="s">
-        <v>787</v>
+        <v>1016</v>
       </c>
       <c r="M162" t="s">
         <v>20</v>
       </c>
       <c r="N162" t="s">
-        <v>556</v>
+        <v>532</v>
       </c>
       <c r="O162" t="s">
-        <v>78</v>
+        <v>127</v>
       </c>
       <c r="P162" t="s">
-        <v>79</v>
+        <v>128</v>
       </c>
       <c r="Q162" t="s">
-        <v>80</v>
+        <v>129</v>
       </c>
       <c r="R162" t="s">
-        <v>81</v>
+        <v>130</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
         <v>18</v>
       </c>
       <c r="B163" t="s">
-        <v>1012</v>
+        <v>1017</v>
       </c>
       <c r="C163" t="s">
         <v>20</v>
       </c>
       <c r="D163" t="s">
         <v>20</v>
       </c>
       <c r="E163" t="s">
-        <v>1013</v>
+        <v>1018</v>
       </c>
       <c r="F163" t="s">
         <v>20</v>
       </c>
       <c r="G163" t="s">
-        <v>1014</v>
+        <v>1019</v>
       </c>
       <c r="H163" t="s">
-        <v>1015</v>
+        <v>1020</v>
       </c>
       <c r="I163" t="n">
         <v>0.0</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
-        <v>1016</v>
+        <v>1021</v>
       </c>
       <c r="L163" t="s">
-        <v>1017</v>
+        <v>1022</v>
       </c>
       <c r="M163" t="s">
         <v>20</v>
       </c>
       <c r="N163" t="s">
-        <v>556</v>
+        <v>496</v>
       </c>
       <c r="O163" t="s">
-        <v>78</v>
+        <v>127</v>
       </c>
       <c r="P163" t="s">
-        <v>79</v>
+        <v>128</v>
       </c>
       <c r="Q163" t="s">
-        <v>80</v>
+        <v>129</v>
       </c>
       <c r="R163" t="s">
-        <v>81</v>
+        <v>130</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
         <v>18</v>
       </c>
       <c r="B164" t="s">
-        <v>1018</v>
+        <v>1023</v>
       </c>
       <c r="C164" t="s">
         <v>20</v>
       </c>
       <c r="D164" t="s">
         <v>20</v>
       </c>
       <c r="E164" t="s">
-        <v>1013</v>
+        <v>1024</v>
       </c>
       <c r="F164" t="s">
         <v>20</v>
       </c>
       <c r="G164" t="s">
-        <v>1019</v>
+        <v>1025</v>
       </c>
       <c r="H164" t="s">
-        <v>1020</v>
+        <v>1026</v>
       </c>
       <c r="I164" t="n">
         <v>0.0</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
-        <v>1021</v>
+        <v>1027</v>
       </c>
       <c r="L164" t="s">
-        <v>1022</v>
+        <v>1028</v>
       </c>
       <c r="M164" t="s">
         <v>20</v>
       </c>
       <c r="N164" t="s">
-        <v>234</v>
+        <v>503</v>
       </c>
       <c r="O164" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P164" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q164" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R164" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
         <v>18</v>
       </c>
       <c r="B165" t="s">
-        <v>1023</v>
+        <v>1029</v>
       </c>
       <c r="C165" t="s">
         <v>20</v>
       </c>
       <c r="D165" t="s">
         <v>20</v>
       </c>
       <c r="E165" t="s">
-        <v>1024</v>
+        <v>1030</v>
       </c>
       <c r="F165" t="s">
         <v>20</v>
       </c>
       <c r="G165" t="s">
-        <v>1025</v>
+        <v>1031</v>
       </c>
       <c r="H165" t="s">
-        <v>1026</v>
+        <v>1032</v>
       </c>
       <c r="I165" t="n">
         <v>0.0</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
-        <v>1027</v>
+        <v>1033</v>
       </c>
       <c r="L165" t="s">
-        <v>1028</v>
+        <v>1034</v>
       </c>
       <c r="M165" t="s">
         <v>20</v>
       </c>
       <c r="N165" t="s">
-        <v>556</v>
+        <v>545</v>
       </c>
       <c r="O165" t="s">
-        <v>78</v>
+        <v>63</v>
       </c>
       <c r="P165" t="s">
-        <v>79</v>
+        <v>64</v>
       </c>
       <c r="Q165" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="R165" t="s">
-        <v>81</v>
+        <v>66</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
         <v>18</v>
       </c>
       <c r="B166" t="s">
-        <v>1029</v>
+        <v>1035</v>
       </c>
       <c r="C166" t="s">
         <v>20</v>
       </c>
       <c r="D166" t="s">
         <v>20</v>
       </c>
       <c r="E166" t="s">
-        <v>1030</v>
+        <v>1036</v>
       </c>
       <c r="F166" t="s">
         <v>20</v>
       </c>
       <c r="G166" t="s">
-        <v>1031</v>
+        <v>1037</v>
       </c>
       <c r="H166" t="s">
-        <v>1032</v>
+        <v>1038</v>
       </c>
       <c r="I166" t="n">
         <v>0.0</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
-        <v>1033</v>
+        <v>1039</v>
       </c>
       <c r="L166" t="s">
-        <v>1034</v>
+        <v>1040</v>
       </c>
       <c r="M166" t="s">
         <v>20</v>
       </c>
       <c r="N166" t="s">
-        <v>556</v>
+        <v>1041</v>
       </c>
       <c r="O166" t="s">
-        <v>78</v>
+        <v>1042</v>
       </c>
       <c r="P166" t="s">
-        <v>79</v>
+        <v>1043</v>
       </c>
       <c r="Q166" t="s">
-        <v>80</v>
+        <v>1044</v>
       </c>
       <c r="R166" t="s">
-        <v>81</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
         <v>18</v>
       </c>
       <c r="B167" t="s">
-        <v>1035</v>
+        <v>1046</v>
       </c>
       <c r="C167" t="s">
         <v>20</v>
       </c>
       <c r="D167" t="s">
         <v>20</v>
       </c>
       <c r="E167" t="s">
-        <v>1036</v>
+        <v>1047</v>
       </c>
       <c r="F167" t="s">
         <v>20</v>
       </c>
       <c r="G167" t="s">
-        <v>1037</v>
+        <v>1048</v>
       </c>
       <c r="H167" t="s">
-        <v>1038</v>
+        <v>1049</v>
       </c>
       <c r="I167" t="n">
         <v>0.0</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
-        <v>1039</v>
+        <v>1050</v>
       </c>
       <c r="L167" t="s">
-        <v>1040</v>
+        <v>1051</v>
       </c>
       <c r="M167" t="s">
         <v>20</v>
       </c>
       <c r="N167" t="s">
-        <v>1041</v>
+        <v>569</v>
       </c>
       <c r="O167" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="P167" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="Q167" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="R167" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
         <v>18</v>
       </c>
       <c r="B168" t="s">
-        <v>1042</v>
+        <v>1052</v>
       </c>
       <c r="C168" t="s">
         <v>20</v>
       </c>
       <c r="D168" t="s">
         <v>20</v>
       </c>
       <c r="E168" t="s">
-        <v>1043</v>
+        <v>1053</v>
       </c>
       <c r="F168" t="s">
         <v>20</v>
       </c>
       <c r="G168" t="s">
-        <v>1044</v>
+        <v>1054</v>
       </c>
       <c r="H168" t="s">
-        <v>1045</v>
+        <v>1055</v>
       </c>
       <c r="I168" t="n">
         <v>0.0</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
-        <v>1046</v>
+        <v>1056</v>
       </c>
       <c r="L168" t="s">
-        <v>1047</v>
+        <v>1057</v>
       </c>
       <c r="M168" t="s">
         <v>20</v>
       </c>
       <c r="N168" t="s">
-        <v>137</v>
+        <v>580</v>
       </c>
       <c r="O168" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P168" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q168" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R168" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
         <v>18</v>
       </c>
       <c r="B169" t="s">
-        <v>1048</v>
+        <v>1058</v>
       </c>
       <c r="C169" t="s">
         <v>20</v>
       </c>
       <c r="D169" t="s">
         <v>20</v>
       </c>
       <c r="E169" t="s">
-        <v>1049</v>
+        <v>1059</v>
       </c>
       <c r="F169" t="s">
         <v>20</v>
       </c>
       <c r="G169" t="s">
-        <v>1050</v>
+        <v>1060</v>
       </c>
       <c r="H169" t="s">
-        <v>1051</v>
+        <v>1061</v>
       </c>
       <c r="I169" t="n">
         <v>0.0</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
-        <v>1052</v>
+        <v>1062</v>
       </c>
       <c r="L169" t="s">
-        <v>1053</v>
+        <v>1063</v>
       </c>
       <c r="M169" t="s">
         <v>20</v>
       </c>
       <c r="N169" t="s">
-        <v>137</v>
+        <v>1064</v>
       </c>
       <c r="O169" t="s">
-        <v>88</v>
+        <v>48</v>
       </c>
       <c r="P169" t="s">
-        <v>89</v>
+        <v>49</v>
       </c>
       <c r="Q169" t="s">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="R169" t="s">
-        <v>91</v>
+        <v>51</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
         <v>18</v>
       </c>
       <c r="B170" t="s">
-        <v>1054</v>
+        <v>1065</v>
       </c>
       <c r="C170" t="s">
         <v>20</v>
       </c>
       <c r="D170" t="s">
         <v>20</v>
       </c>
       <c r="E170" t="s">
-        <v>1055</v>
+        <v>1066</v>
       </c>
       <c r="F170" t="s">
         <v>20</v>
       </c>
       <c r="G170" t="s">
-        <v>1056</v>
+        <v>1067</v>
       </c>
       <c r="H170" t="s">
-        <v>1057</v>
+        <v>1068</v>
       </c>
       <c r="I170" t="n">
         <v>0.0</v>
       </c>
       <c r="J170" t="s">
-        <v>1058</v>
+        <v>24</v>
       </c>
       <c r="K170" t="s">
-        <v>1059</v>
+        <v>1069</v>
       </c>
       <c r="L170" t="s">
-        <v>1060</v>
+        <v>1070</v>
       </c>
       <c r="M170" t="s">
         <v>20</v>
       </c>
       <c r="N170" t="s">
-        <v>632</v>
+        <v>1071</v>
       </c>
       <c r="O170" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="P170" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="Q170" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="R170" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
         <v>18</v>
       </c>
       <c r="B171" t="s">
-        <v>1061</v>
+        <v>1072</v>
       </c>
       <c r="C171" t="s">
         <v>20</v>
       </c>
       <c r="D171" t="s">
         <v>20</v>
       </c>
       <c r="E171" t="s">
-        <v>1062</v>
+        <v>1073</v>
       </c>
       <c r="F171" t="s">
         <v>20</v>
       </c>
       <c r="G171" t="s">
-        <v>1063</v>
+        <v>1074</v>
       </c>
       <c r="H171" t="s">
-        <v>1064</v>
+        <v>1075</v>
       </c>
       <c r="I171" t="n">
         <v>0.0</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
-        <v>1065</v>
+        <v>1076</v>
       </c>
       <c r="L171" t="s">
-        <v>1066</v>
+        <v>1077</v>
       </c>
       <c r="M171" t="s">
         <v>20</v>
       </c>
       <c r="N171" t="s">
-        <v>453</v>
+        <v>230</v>
       </c>
       <c r="O171" t="s">
-        <v>28</v>
+        <v>214</v>
       </c>
       <c r="P171" t="s">
-        <v>29</v>
+        <v>215</v>
       </c>
       <c r="Q171" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R171" t="s">
-        <v>31</v>
+        <v>216</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
         <v>18</v>
       </c>
       <c r="B172" t="s">
-        <v>1067</v>
+        <v>1078</v>
       </c>
       <c r="C172" t="s">
         <v>20</v>
       </c>
       <c r="D172" t="s">
         <v>20</v>
       </c>
       <c r="E172" t="s">
-        <v>1068</v>
+        <v>1079</v>
       </c>
       <c r="F172" t="s">
         <v>20</v>
       </c>
       <c r="G172" t="s">
-        <v>1069</v>
+        <v>1080</v>
       </c>
       <c r="H172" t="s">
-        <v>1070</v>
+        <v>1081</v>
       </c>
       <c r="I172" t="n">
         <v>0.0</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
-        <v>1071</v>
+        <v>1082</v>
       </c>
       <c r="L172" t="s">
-        <v>1072</v>
+        <v>1083</v>
       </c>
       <c r="M172" t="s">
         <v>20</v>
       </c>
       <c r="N172" t="s">
-        <v>1073</v>
+        <v>635</v>
       </c>
       <c r="O172" t="s">
-        <v>88</v>
+        <v>63</v>
       </c>
       <c r="P172" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="Q172" t="s">
-        <v>90</v>
+        <v>65</v>
       </c>
       <c r="R172" t="s">
-        <v>91</v>
+        <v>66</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
         <v>18</v>
       </c>
       <c r="B173" t="s">
-        <v>1074</v>
+        <v>1084</v>
       </c>
       <c r="C173" t="s">
         <v>20</v>
       </c>
       <c r="D173" t="s">
         <v>20</v>
       </c>
       <c r="E173" t="s">
-        <v>1075</v>
+        <v>1079</v>
       </c>
       <c r="F173" t="s">
         <v>20</v>
       </c>
       <c r="G173" t="s">
-        <v>1076</v>
+        <v>1085</v>
       </c>
       <c r="H173" t="s">
-        <v>1077</v>
+        <v>1086</v>
       </c>
       <c r="I173" t="n">
         <v>0.0</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
-        <v>1078</v>
+        <v>1087</v>
       </c>
       <c r="L173" t="s">
-        <v>1079</v>
+        <v>1088</v>
       </c>
       <c r="M173" t="s">
         <v>20</v>
       </c>
       <c r="N173" t="s">
-        <v>639</v>
+        <v>635</v>
       </c>
       <c r="O173" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="P173" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="Q173" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="R173" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
         <v>18</v>
       </c>
       <c r="B174" t="s">
-        <v>1080</v>
+        <v>1089</v>
       </c>
       <c r="C174" t="s">
         <v>20</v>
       </c>
       <c r="D174" t="s">
         <v>20</v>
       </c>
       <c r="E174" t="s">
-        <v>1081</v>
+        <v>1079</v>
       </c>
       <c r="F174" t="s">
         <v>20</v>
       </c>
       <c r="G174" t="s">
-        <v>1082</v>
+        <v>1090</v>
       </c>
       <c r="H174" t="s">
-        <v>1083</v>
+        <v>1091</v>
       </c>
       <c r="I174" t="n">
         <v>0.0</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
-        <v>1084</v>
+        <v>1092</v>
       </c>
       <c r="L174" t="s">
-        <v>1085</v>
+        <v>426</v>
       </c>
       <c r="M174" t="s">
         <v>20</v>
       </c>
       <c r="N174" t="s">
-        <v>453</v>
+        <v>635</v>
       </c>
       <c r="O174" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="P174" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="Q174" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="R174" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
         <v>18</v>
       </c>
       <c r="B175" t="s">
-        <v>1086</v>
+        <v>1093</v>
       </c>
       <c r="C175" t="s">
         <v>20</v>
       </c>
       <c r="D175" t="s">
         <v>20</v>
       </c>
       <c r="E175" t="s">
-        <v>1087</v>
+        <v>1079</v>
       </c>
       <c r="F175" t="s">
         <v>20</v>
       </c>
       <c r="G175" t="s">
-        <v>1088</v>
+        <v>1094</v>
       </c>
       <c r="H175" t="s">
-        <v>1089</v>
+        <v>1095</v>
       </c>
       <c r="I175" t="n">
         <v>0.0</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
-        <v>1090</v>
+        <v>1096</v>
       </c>
       <c r="L175" t="s">
-        <v>1091</v>
+        <v>1097</v>
       </c>
       <c r="M175" t="s">
         <v>20</v>
       </c>
       <c r="N175" t="s">
-        <v>653</v>
+        <v>635</v>
       </c>
       <c r="O175" t="s">
-        <v>88</v>
+        <v>63</v>
       </c>
       <c r="P175" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="Q175" t="s">
-        <v>90</v>
+        <v>65</v>
       </c>
       <c r="R175" t="s">
-        <v>91</v>
+        <v>66</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
         <v>18</v>
       </c>
       <c r="B176" t="s">
-        <v>1092</v>
+        <v>1098</v>
       </c>
       <c r="C176" t="s">
         <v>20</v>
       </c>
       <c r="D176" t="s">
         <v>20</v>
       </c>
       <c r="E176" t="s">
-        <v>1093</v>
+        <v>1079</v>
       </c>
       <c r="F176" t="s">
         <v>20</v>
       </c>
       <c r="G176" t="s">
-        <v>1094</v>
+        <v>1099</v>
       </c>
       <c r="H176" t="s">
-        <v>1095</v>
+        <v>1100</v>
       </c>
       <c r="I176" t="n">
         <v>0.0</v>
       </c>
       <c r="J176" t="s">
-        <v>1058</v>
+        <v>24</v>
       </c>
       <c r="K176" t="s">
-        <v>1096</v>
+        <v>1101</v>
       </c>
       <c r="L176" t="s">
-        <v>1097</v>
+        <v>866</v>
       </c>
       <c r="M176" t="s">
         <v>20</v>
       </c>
       <c r="N176" t="s">
-        <v>1098</v>
+        <v>635</v>
       </c>
       <c r="O176" t="s">
-        <v>1099</v>
+        <v>63</v>
       </c>
       <c r="P176" t="s">
-        <v>1100</v>
+        <v>64</v>
       </c>
       <c r="Q176" t="s">
-        <v>1101</v>
+        <v>65</v>
       </c>
       <c r="R176" t="s">
-        <v>1102</v>
+        <v>66</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
         <v>18</v>
       </c>
       <c r="B177" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C177" t="s">
+        <v>20</v>
+      </c>
+      <c r="D177" t="s">
+        <v>20</v>
+      </c>
+      <c r="E177" t="s">
         <v>1103</v>
       </c>
-      <c r="C177" t="s">
-[...5 lines deleted...]
-      <c r="E177" t="s">
+      <c r="F177" t="s">
+        <v>20</v>
+      </c>
+      <c r="G177" t="s">
         <v>1104</v>
       </c>
-      <c r="F177" t="s">
-[...2 lines deleted...]
-      <c r="G177" t="s">
+      <c r="H177" t="s">
         <v>1105</v>
-      </c>
-[...1 lines deleted...]
-        <v>1106</v>
       </c>
       <c r="I177" t="n">
         <v>0.0</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
+        <v>1106</v>
+      </c>
+      <c r="L177" t="s">
         <v>1107</v>
       </c>
-      <c r="L177" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M177" t="s">
         <v>20</v>
       </c>
       <c r="N177" t="s">
-        <v>1109</v>
+        <v>635</v>
       </c>
       <c r="O177" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="P177" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="Q177" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="R177" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
         <v>18</v>
       </c>
       <c r="B178" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C178" t="s">
+        <v>20</v>
+      </c>
+      <c r="D178" t="s">
+        <v>20</v>
+      </c>
+      <c r="E178" t="s">
+        <v>1103</v>
+      </c>
+      <c r="F178" t="s">
+        <v>20</v>
+      </c>
+      <c r="G178" t="s">
+        <v>1109</v>
+      </c>
+      <c r="H178" t="s">
         <v>1110</v>
-      </c>
-[...16 lines deleted...]
-        <v>1113</v>
       </c>
       <c r="I178" t="n">
         <v>0.0</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
-        <v>1114</v>
+        <v>1111</v>
       </c>
       <c r="L178" t="s">
-        <v>1115</v>
+        <v>1112</v>
       </c>
       <c r="M178" t="s">
         <v>20</v>
       </c>
       <c r="N178" t="s">
-        <v>1116</v>
+        <v>316</v>
       </c>
       <c r="O178" t="s">
         <v>127</v>
       </c>
       <c r="P178" t="s">
         <v>128</v>
       </c>
       <c r="Q178" t="s">
         <v>129</v>
       </c>
       <c r="R178" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
         <v>18</v>
       </c>
       <c r="B179" t="s">
-        <v>1117</v>
+        <v>1113</v>
       </c>
       <c r="C179" t="s">
         <v>20</v>
       </c>
       <c r="D179" t="s">
         <v>20</v>
       </c>
       <c r="E179" t="s">
-        <v>1118</v>
+        <v>1114</v>
       </c>
       <c r="F179" t="s">
         <v>20</v>
       </c>
       <c r="G179" t="s">
-        <v>1119</v>
+        <v>1115</v>
       </c>
       <c r="H179" t="s">
-        <v>1120</v>
+        <v>1116</v>
       </c>
       <c r="I179" t="n">
         <v>0.0</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
-        <v>1121</v>
+        <v>1117</v>
       </c>
       <c r="L179" t="s">
-        <v>1122</v>
+        <v>1118</v>
       </c>
       <c r="M179" t="s">
         <v>20</v>
       </c>
       <c r="N179" t="s">
-        <v>974</v>
+        <v>635</v>
       </c>
       <c r="O179" t="s">
-        <v>88</v>
+        <v>63</v>
       </c>
       <c r="P179" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="Q179" t="s">
-        <v>90</v>
+        <v>65</v>
       </c>
       <c r="R179" t="s">
-        <v>91</v>
+        <v>66</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
         <v>18</v>
       </c>
       <c r="B180" t="s">
-        <v>1123</v>
+        <v>1119</v>
       </c>
       <c r="C180" t="s">
         <v>20</v>
       </c>
       <c r="D180" t="s">
         <v>20</v>
       </c>
       <c r="E180" t="s">
-        <v>1124</v>
+        <v>1120</v>
       </c>
       <c r="F180" t="s">
         <v>20</v>
       </c>
       <c r="G180" t="s">
-        <v>1125</v>
+        <v>1121</v>
       </c>
       <c r="H180" t="s">
-        <v>1126</v>
+        <v>1122</v>
       </c>
       <c r="I180" t="n">
         <v>0.0</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
-        <v>1127</v>
+        <v>1123</v>
       </c>
       <c r="L180" t="s">
-        <v>1128</v>
+        <v>1124</v>
       </c>
       <c r="M180" t="s">
         <v>20</v>
       </c>
       <c r="N180" t="s">
-        <v>667</v>
+        <v>635</v>
       </c>
       <c r="O180" t="s">
-        <v>675</v>
+        <v>63</v>
       </c>
       <c r="P180" t="s">
-        <v>676</v>
+        <v>64</v>
       </c>
       <c r="Q180" t="s">
-        <v>677</v>
+        <v>65</v>
       </c>
       <c r="R180" t="s">
-        <v>678</v>
+        <v>66</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
         <v>18</v>
       </c>
       <c r="B181" t="s">
-        <v>1129</v>
+        <v>1125</v>
       </c>
       <c r="C181" t="s">
         <v>20</v>
       </c>
       <c r="D181" t="s">
         <v>20</v>
       </c>
       <c r="E181" t="s">
-        <v>1130</v>
+        <v>1126</v>
       </c>
       <c r="F181" t="s">
         <v>20</v>
       </c>
       <c r="G181" t="s">
-        <v>1131</v>
+        <v>1127</v>
       </c>
       <c r="H181" t="s">
-        <v>1132</v>
+        <v>1128</v>
       </c>
       <c r="I181" t="n">
         <v>0.0</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
-        <v>1133</v>
+        <v>1129</v>
       </c>
       <c r="L181" t="s">
-        <v>87</v>
+        <v>1130</v>
       </c>
       <c r="M181" t="s">
         <v>20</v>
       </c>
       <c r="N181" t="s">
-        <v>137</v>
+        <v>1131</v>
       </c>
       <c r="O181" t="s">
-        <v>88</v>
+        <v>127</v>
       </c>
       <c r="P181" t="s">
-        <v>89</v>
+        <v>128</v>
       </c>
       <c r="Q181" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="R181" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
         <v>18</v>
       </c>
       <c r="B182" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C182" t="s">
+        <v>20</v>
+      </c>
+      <c r="D182" t="s">
+        <v>20</v>
+      </c>
+      <c r="E182" t="s">
+        <v>1133</v>
+      </c>
+      <c r="F182" t="s">
+        <v>20</v>
+      </c>
+      <c r="G182" t="s">
         <v>1134</v>
       </c>
-      <c r="C182" t="s">
-[...5 lines deleted...]
-      <c r="E182" t="s">
+      <c r="H182" t="s">
         <v>1135</v>
-      </c>
-[...7 lines deleted...]
-        <v>1137</v>
       </c>
       <c r="I182" t="n">
         <v>0.0</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="L182" t="s">
-        <v>1139</v>
+        <v>1137</v>
       </c>
       <c r="M182" t="s">
         <v>20</v>
       </c>
       <c r="N182" t="s">
-        <v>137</v>
+        <v>223</v>
       </c>
       <c r="O182" t="s">
-        <v>88</v>
+        <v>127</v>
       </c>
       <c r="P182" t="s">
-        <v>89</v>
+        <v>128</v>
       </c>
       <c r="Q182" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="R182" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
         <v>18</v>
       </c>
       <c r="B183" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C183" t="s">
+        <v>20</v>
+      </c>
+      <c r="D183" t="s">
+        <v>20</v>
+      </c>
+      <c r="E183" t="s">
+        <v>1139</v>
+      </c>
+      <c r="F183" t="s">
+        <v>20</v>
+      </c>
+      <c r="G183" t="s">
         <v>1140</v>
       </c>
-      <c r="C183" t="s">
-[...5 lines deleted...]
-      <c r="E183" t="s">
+      <c r="H183" t="s">
         <v>1141</v>
-      </c>
-[...7 lines deleted...]
-        <v>1143</v>
       </c>
       <c r="I183" t="n">
         <v>0.0</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
-        <v>1144</v>
+        <v>1142</v>
       </c>
       <c r="L183" t="s">
-        <v>1145</v>
+        <v>1143</v>
       </c>
       <c r="M183" t="s">
         <v>20</v>
       </c>
       <c r="N183" t="s">
-        <v>453</v>
+        <v>223</v>
       </c>
       <c r="O183" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="P183" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="Q183" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="R183" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
         <v>18</v>
       </c>
       <c r="B184" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C184" t="s">
+        <v>20</v>
+      </c>
+      <c r="D184" t="s">
+        <v>20</v>
+      </c>
+      <c r="E184" t="s">
+        <v>1145</v>
+      </c>
+      <c r="F184" t="s">
+        <v>20</v>
+      </c>
+      <c r="G184" t="s">
         <v>1146</v>
       </c>
-      <c r="C184" t="s">
-[...5 lines deleted...]
-      <c r="E184" t="s">
+      <c r="H184" t="s">
         <v>1147</v>
-      </c>
-[...7 lines deleted...]
-        <v>1149</v>
       </c>
       <c r="I184" t="n">
         <v>0.0</v>
       </c>
       <c r="J184" t="s">
-        <v>24</v>
+        <v>1148</v>
       </c>
       <c r="K184" t="s">
+        <v>1149</v>
+      </c>
+      <c r="L184" t="s">
         <v>1150</v>
       </c>
-      <c r="L184" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M184" t="s">
         <v>20</v>
       </c>
       <c r="N184" t="s">
-        <v>453</v>
+        <v>711</v>
       </c>
       <c r="O184" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P184" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q184" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R184" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
         <v>18</v>
       </c>
       <c r="B185" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C185" t="s">
+        <v>20</v>
+      </c>
+      <c r="D185" t="s">
+        <v>20</v>
+      </c>
+      <c r="E185" t="s">
         <v>1152</v>
       </c>
-      <c r="C185" t="s">
-[...5 lines deleted...]
-      <c r="E185" t="s">
+      <c r="F185" t="s">
+        <v>20</v>
+      </c>
+      <c r="G185" t="s">
         <v>1153</v>
       </c>
-      <c r="F185" t="s">
-[...2 lines deleted...]
-      <c r="G185" t="s">
+      <c r="H185" t="s">
         <v>1154</v>
-      </c>
-[...1 lines deleted...]
-        <v>1155</v>
       </c>
       <c r="I185" t="n">
         <v>0.0</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
+        <v>1155</v>
+      </c>
+      <c r="L185" t="s">
         <v>1156</v>
       </c>
-      <c r="L185" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M185" t="s">
         <v>20</v>
       </c>
       <c r="N185" t="s">
-        <v>453</v>
+        <v>532</v>
       </c>
       <c r="O185" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P185" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q185" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R185" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
         <v>18</v>
       </c>
       <c r="B186" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C186" t="s">
+        <v>20</v>
+      </c>
+      <c r="D186" t="s">
+        <v>20</v>
+      </c>
+      <c r="E186" t="s">
         <v>1158</v>
       </c>
-      <c r="C186" t="s">
-[...5 lines deleted...]
-      <c r="E186" t="s">
+      <c r="F186" t="s">
+        <v>20</v>
+      </c>
+      <c r="G186" t="s">
         <v>1159</v>
       </c>
-      <c r="F186" t="s">
-[...2 lines deleted...]
-      <c r="G186" t="s">
+      <c r="H186" t="s">
         <v>1160</v>
-      </c>
-[...1 lines deleted...]
-        <v>1161</v>
       </c>
       <c r="I186" t="n">
         <v>0.0</v>
       </c>
       <c r="J186" t="s">
         <v>24</v>
       </c>
       <c r="K186" t="s">
+        <v>1161</v>
+      </c>
+      <c r="L186" t="s">
         <v>1162</v>
       </c>
-      <c r="L186" t="s">
+      <c r="M186" t="s">
+        <v>20</v>
+      </c>
+      <c r="N186" t="s">
         <v>1163</v>
       </c>
-      <c r="M186" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O186" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="P186" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="Q186" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="R186" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
         <v>18</v>
       </c>
       <c r="B187" t="s">
         <v>1164</v>
       </c>
       <c r="C187" t="s">
         <v>20</v>
       </c>
       <c r="D187" t="s">
         <v>20</v>
       </c>
       <c r="E187" t="s">
         <v>1165</v>
       </c>
       <c r="F187" t="s">
         <v>20</v>
       </c>
       <c r="G187" t="s">
         <v>1166</v>
       </c>
       <c r="H187" t="s">
         <v>1167</v>
       </c>
       <c r="I187" t="n">
         <v>0.0</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
         <v>1168</v>
       </c>
       <c r="L187" t="s">
         <v>1169</v>
       </c>
       <c r="M187" t="s">
         <v>20</v>
       </c>
       <c r="N187" t="s">
-        <v>653</v>
+        <v>718</v>
       </c>
       <c r="O187" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P187" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q187" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R187" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
         <v>18</v>
       </c>
       <c r="B188" t="s">
         <v>1170</v>
       </c>
       <c r="C188" t="s">
         <v>20</v>
       </c>
       <c r="D188" t="s">
         <v>20</v>
       </c>
       <c r="E188" t="s">
         <v>1171</v>
       </c>
       <c r="F188" t="s">
         <v>20</v>
       </c>
       <c r="G188" t="s">
         <v>1172</v>
       </c>
       <c r="H188" t="s">
         <v>1173</v>
       </c>
       <c r="I188" t="n">
         <v>0.0</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
         <v>1174</v>
       </c>
       <c r="L188" t="s">
         <v>1175</v>
       </c>
       <c r="M188" t="s">
         <v>20</v>
       </c>
       <c r="N188" t="s">
-        <v>117</v>
+        <v>532</v>
       </c>
       <c r="O188" t="s">
-        <v>163</v>
+        <v>127</v>
       </c>
       <c r="P188" t="s">
-        <v>164</v>
+        <v>128</v>
       </c>
       <c r="Q188" t="s">
-        <v>55</v>
+        <v>129</v>
       </c>
       <c r="R188" t="s">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
         <v>18</v>
       </c>
       <c r="B189" t="s">
         <v>1176</v>
       </c>
       <c r="C189" t="s">
         <v>20</v>
       </c>
       <c r="D189" t="s">
         <v>20</v>
       </c>
       <c r="E189" t="s">
         <v>1177</v>
       </c>
       <c r="F189" t="s">
         <v>20</v>
       </c>
       <c r="G189" t="s">
         <v>1178</v>
       </c>
       <c r="H189" t="s">
         <v>1179</v>
       </c>
       <c r="I189" t="n">
         <v>0.0</v>
       </c>
       <c r="J189" t="s">
         <v>24</v>
       </c>
       <c r="K189" t="s">
         <v>1180</v>
       </c>
       <c r="L189" t="s">
         <v>1181</v>
       </c>
       <c r="M189" t="s">
         <v>20</v>
       </c>
       <c r="N189" t="s">
-        <v>1182</v>
+        <v>732</v>
       </c>
       <c r="O189" t="s">
-        <v>184</v>
+        <v>48</v>
       </c>
       <c r="P189" t="s">
-        <v>185</v>
+        <v>49</v>
       </c>
       <c r="Q189" t="s">
-        <v>186</v>
+        <v>50</v>
       </c>
       <c r="R189" t="s">
-        <v>187</v>
+        <v>51</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
         <v>18</v>
       </c>
       <c r="B190" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C190" t="s">
+        <v>20</v>
+      </c>
+      <c r="D190" t="s">
+        <v>20</v>
+      </c>
+      <c r="E190" t="s">
         <v>1183</v>
-      </c>
-[...7 lines deleted...]
-        <v>1177</v>
       </c>
       <c r="F190" t="s">
         <v>20</v>
       </c>
       <c r="G190" t="s">
         <v>1184</v>
       </c>
       <c r="H190" t="s">
         <v>1185</v>
       </c>
       <c r="I190" t="n">
         <v>0.0</v>
       </c>
       <c r="J190" t="s">
-        <v>24</v>
+        <v>1148</v>
       </c>
       <c r="K190" t="s">
         <v>1186</v>
       </c>
       <c r="L190" t="s">
         <v>1187</v>
       </c>
       <c r="M190" t="s">
         <v>20</v>
       </c>
       <c r="N190" t="s">
-        <v>1182</v>
+        <v>1188</v>
       </c>
       <c r="O190" t="s">
-        <v>78</v>
+        <v>1189</v>
       </c>
       <c r="P190" t="s">
-        <v>79</v>
+        <v>1190</v>
       </c>
       <c r="Q190" t="s">
-        <v>80</v>
+        <v>1191</v>
       </c>
       <c r="R190" t="s">
-        <v>81</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
         <v>18</v>
       </c>
       <c r="B191" t="s">
-        <v>1188</v>
+        <v>1193</v>
       </c>
       <c r="C191" t="s">
         <v>20</v>
       </c>
       <c r="D191" t="s">
         <v>20</v>
       </c>
       <c r="E191" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="F191" t="s">
         <v>20</v>
       </c>
       <c r="G191" t="s">
-        <v>1190</v>
+        <v>1195</v>
       </c>
       <c r="H191" t="s">
-        <v>1191</v>
+        <v>1196</v>
       </c>
       <c r="I191" t="n">
         <v>0.0</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
-        <v>1192</v>
+        <v>1197</v>
       </c>
       <c r="L191" t="s">
-        <v>1193</v>
+        <v>1198</v>
       </c>
       <c r="M191" t="s">
         <v>20</v>
       </c>
       <c r="N191" t="s">
-        <v>117</v>
+        <v>1199</v>
       </c>
       <c r="O191" t="s">
         <v>127</v>
       </c>
       <c r="P191" t="s">
         <v>128</v>
       </c>
       <c r="Q191" t="s">
         <v>129</v>
       </c>
       <c r="R191" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
         <v>18</v>
       </c>
       <c r="B192" t="s">
-        <v>1194</v>
+        <v>1200</v>
       </c>
       <c r="C192" t="s">
         <v>20</v>
       </c>
       <c r="D192" t="s">
         <v>20</v>
       </c>
       <c r="E192" t="s">
-        <v>1195</v>
+        <v>1201</v>
       </c>
       <c r="F192" t="s">
         <v>20</v>
       </c>
       <c r="G192" t="s">
-        <v>1196</v>
+        <v>1202</v>
       </c>
       <c r="H192" t="s">
-        <v>1197</v>
+        <v>1203</v>
       </c>
       <c r="I192" t="n">
         <v>0.0</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
-        <v>1198</v>
+        <v>1204</v>
       </c>
       <c r="L192" t="s">
-        <v>1139</v>
+        <v>1205</v>
       </c>
       <c r="M192" t="s">
         <v>20</v>
       </c>
       <c r="N192" t="s">
-        <v>117</v>
+        <v>1064</v>
       </c>
       <c r="O192" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="P192" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="Q192" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="R192" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
         <v>18</v>
       </c>
       <c r="B193" t="s">
-        <v>1199</v>
+        <v>1206</v>
       </c>
       <c r="C193" t="s">
         <v>20</v>
       </c>
       <c r="D193" t="s">
         <v>20</v>
       </c>
       <c r="E193" t="s">
-        <v>1195</v>
+        <v>1207</v>
       </c>
       <c r="F193" t="s">
         <v>20</v>
       </c>
       <c r="G193" t="s">
-        <v>1200</v>
+        <v>1208</v>
       </c>
       <c r="H193" t="s">
-        <v>1201</v>
+        <v>1209</v>
       </c>
       <c r="I193" t="n">
         <v>0.0</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
-        <v>1202</v>
+        <v>1210</v>
       </c>
       <c r="L193" t="s">
-        <v>1157</v>
+        <v>1211</v>
       </c>
       <c r="M193" t="s">
         <v>20</v>
       </c>
       <c r="N193" t="s">
-        <v>1109</v>
+        <v>746</v>
       </c>
       <c r="O193" t="s">
-        <v>88</v>
+        <v>754</v>
       </c>
       <c r="P193" t="s">
-        <v>89</v>
+        <v>755</v>
       </c>
       <c r="Q193" t="s">
-        <v>90</v>
+        <v>756</v>
       </c>
       <c r="R193" t="s">
-        <v>91</v>
+        <v>757</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
         <v>18</v>
       </c>
       <c r="B194" t="s">
-        <v>1203</v>
+        <v>1212</v>
       </c>
       <c r="C194" t="s">
         <v>20</v>
       </c>
       <c r="D194" t="s">
         <v>20</v>
       </c>
       <c r="E194" t="s">
-        <v>1204</v>
+        <v>1213</v>
       </c>
       <c r="F194" t="s">
         <v>20</v>
       </c>
       <c r="G194" t="s">
-        <v>1205</v>
+        <v>1214</v>
       </c>
       <c r="H194" t="s">
-        <v>1206</v>
+        <v>1215</v>
       </c>
       <c r="I194" t="n">
         <v>0.0</v>
       </c>
       <c r="J194" t="s">
         <v>24</v>
       </c>
       <c r="K194" t="s">
-        <v>1207</v>
+        <v>1216</v>
       </c>
       <c r="L194" t="s">
-        <v>1208</v>
+        <v>180</v>
       </c>
       <c r="M194" t="s">
         <v>20</v>
       </c>
       <c r="N194" t="s">
-        <v>144</v>
+        <v>223</v>
       </c>
       <c r="O194" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="P194" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="Q194" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="R194" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
         <v>18</v>
       </c>
       <c r="B195" t="s">
-        <v>1209</v>
+        <v>1217</v>
       </c>
       <c r="C195" t="s">
         <v>20</v>
       </c>
       <c r="D195" t="s">
         <v>20</v>
       </c>
       <c r="E195" t="s">
-        <v>1210</v>
+        <v>1218</v>
       </c>
       <c r="F195" t="s">
         <v>20</v>
       </c>
       <c r="G195" t="s">
-        <v>1211</v>
+        <v>1219</v>
       </c>
       <c r="H195" t="s">
-        <v>1212</v>
+        <v>1220</v>
       </c>
       <c r="I195" t="n">
         <v>0.0</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
-        <v>1213</v>
+        <v>1221</v>
       </c>
       <c r="L195" t="s">
-        <v>1214</v>
+        <v>1222</v>
       </c>
       <c r="M195" t="s">
         <v>20</v>
       </c>
       <c r="N195" t="s">
-        <v>1182</v>
+        <v>223</v>
       </c>
       <c r="O195" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="P195" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="Q195" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="R195" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
         <v>18</v>
       </c>
       <c r="B196" t="s">
-        <v>1215</v>
+        <v>1223</v>
       </c>
       <c r="C196" t="s">
         <v>20</v>
       </c>
       <c r="D196" t="s">
         <v>20</v>
       </c>
       <c r="E196" t="s">
-        <v>1216</v>
+        <v>1224</v>
       </c>
       <c r="F196" t="s">
         <v>20</v>
       </c>
       <c r="G196" t="s">
-        <v>1217</v>
+        <v>1225</v>
       </c>
       <c r="H196" t="s">
-        <v>1218</v>
+        <v>1226</v>
       </c>
       <c r="I196" t="n">
         <v>0.0</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
-        <v>1219</v>
+        <v>1227</v>
       </c>
       <c r="L196" t="s">
-        <v>1220</v>
+        <v>1228</v>
       </c>
       <c r="M196" t="s">
         <v>20</v>
       </c>
       <c r="N196" t="s">
-        <v>1221</v>
+        <v>532</v>
       </c>
       <c r="O196" t="s">
-        <v>88</v>
+        <v>127</v>
       </c>
       <c r="P196" t="s">
-        <v>89</v>
+        <v>128</v>
       </c>
       <c r="Q196" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="R196" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
         <v>18</v>
       </c>
       <c r="B197" t="s">
-        <v>1222</v>
+        <v>1229</v>
       </c>
       <c r="C197" t="s">
         <v>20</v>
       </c>
       <c r="D197" t="s">
         <v>20</v>
       </c>
       <c r="E197" t="s">
-        <v>1223</v>
+        <v>1230</v>
       </c>
       <c r="F197" t="s">
         <v>20</v>
       </c>
       <c r="G197" t="s">
-        <v>1224</v>
+        <v>1231</v>
       </c>
       <c r="H197" t="s">
-        <v>1225</v>
+        <v>1232</v>
       </c>
       <c r="I197" t="n">
         <v>0.0</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
-        <v>1226</v>
+        <v>1233</v>
       </c>
       <c r="L197" t="s">
-        <v>1227</v>
+        <v>1234</v>
       </c>
       <c r="M197" t="s">
         <v>20</v>
       </c>
       <c r="N197" t="s">
-        <v>144</v>
+        <v>532</v>
       </c>
       <c r="O197" t="s">
-        <v>78</v>
+        <v>127</v>
       </c>
       <c r="P197" t="s">
-        <v>79</v>
+        <v>128</v>
       </c>
       <c r="Q197" t="s">
-        <v>80</v>
+        <v>129</v>
       </c>
       <c r="R197" t="s">
-        <v>81</v>
+        <v>130</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
         <v>18</v>
       </c>
       <c r="B198" t="s">
-        <v>1228</v>
+        <v>1235</v>
       </c>
       <c r="C198" t="s">
         <v>20</v>
       </c>
       <c r="D198" t="s">
         <v>20</v>
       </c>
       <c r="E198" t="s">
-        <v>1229</v>
+        <v>1236</v>
       </c>
       <c r="F198" t="s">
         <v>20</v>
       </c>
       <c r="G198" t="s">
-        <v>1230</v>
+        <v>1237</v>
       </c>
       <c r="H198" t="s">
-        <v>1231</v>
+        <v>1238</v>
       </c>
       <c r="I198" t="n">
         <v>0.0</v>
       </c>
       <c r="J198" t="s">
         <v>24</v>
       </c>
       <c r="K198" t="s">
-        <v>1232</v>
+        <v>1239</v>
       </c>
       <c r="L198" t="s">
-        <v>1233</v>
+        <v>1240</v>
       </c>
       <c r="M198" t="s">
         <v>20</v>
       </c>
       <c r="N198" t="s">
-        <v>667</v>
+        <v>532</v>
       </c>
       <c r="O198" t="s">
-        <v>88</v>
+        <v>127</v>
       </c>
       <c r="P198" t="s">
-        <v>89</v>
+        <v>128</v>
       </c>
       <c r="Q198" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="R198" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
         <v>18</v>
       </c>
       <c r="B199" t="s">
-        <v>1234</v>
+        <v>1241</v>
       </c>
       <c r="C199" t="s">
         <v>20</v>
       </c>
       <c r="D199" t="s">
         <v>20</v>
       </c>
       <c r="E199" t="s">
-        <v>1235</v>
+        <v>1242</v>
       </c>
       <c r="F199" t="s">
         <v>20</v>
       </c>
       <c r="G199" t="s">
-        <v>1236</v>
+        <v>1243</v>
       </c>
       <c r="H199" t="s">
-        <v>1237</v>
+        <v>1244</v>
       </c>
       <c r="I199" t="n">
         <v>0.0</v>
       </c>
       <c r="J199" t="s">
         <v>24</v>
       </c>
       <c r="K199" t="s">
-        <v>1238</v>
+        <v>1245</v>
       </c>
       <c r="L199" t="s">
-        <v>1239</v>
+        <v>1246</v>
       </c>
       <c r="M199" t="s">
         <v>20</v>
       </c>
       <c r="N199" t="s">
-        <v>653</v>
+        <v>532</v>
       </c>
       <c r="O199" t="s">
-        <v>184</v>
+        <v>127</v>
       </c>
       <c r="P199" t="s">
-        <v>185</v>
+        <v>128</v>
       </c>
       <c r="Q199" t="s">
-        <v>186</v>
+        <v>129</v>
       </c>
       <c r="R199" t="s">
-        <v>187</v>
+        <v>130</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
         <v>18</v>
       </c>
       <c r="B200" t="s">
-        <v>1240</v>
+        <v>1247</v>
       </c>
       <c r="C200" t="s">
         <v>20</v>
       </c>
       <c r="D200" t="s">
         <v>20</v>
       </c>
       <c r="E200" t="s">
-        <v>1241</v>
+        <v>1248</v>
       </c>
       <c r="F200" t="s">
         <v>20</v>
       </c>
       <c r="G200" t="s">
-        <v>1242</v>
+        <v>1249</v>
       </c>
       <c r="H200" t="s">
-        <v>1243</v>
+        <v>1250</v>
       </c>
       <c r="I200" t="n">
         <v>0.0</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
-        <v>1244</v>
+        <v>1251</v>
       </c>
       <c r="L200" t="s">
-        <v>1245</v>
+        <v>1252</v>
       </c>
       <c r="M200" t="s">
         <v>20</v>
       </c>
       <c r="N200" t="s">
-        <v>653</v>
+        <v>732</v>
       </c>
       <c r="O200" t="s">
-        <v>88</v>
+        <v>127</v>
       </c>
       <c r="P200" t="s">
-        <v>89</v>
+        <v>128</v>
       </c>
       <c r="Q200" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="R200" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
         <v>18</v>
       </c>
       <c r="B201" t="s">
-        <v>1246</v>
+        <v>1253</v>
       </c>
       <c r="C201" t="s">
         <v>20</v>
       </c>
       <c r="D201" t="s">
         <v>20</v>
       </c>
       <c r="E201" t="s">
-        <v>1247</v>
+        <v>1254</v>
       </c>
       <c r="F201" t="s">
         <v>20</v>
       </c>
       <c r="G201" t="s">
-        <v>1248</v>
+        <v>1255</v>
       </c>
       <c r="H201" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="I201" t="n">
         <v>0.0</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
-        <v>1250</v>
+        <v>1257</v>
       </c>
       <c r="L201" t="s">
-        <v>1193</v>
+        <v>1258</v>
       </c>
       <c r="M201" t="s">
         <v>20</v>
       </c>
       <c r="N201" t="s">
-        <v>715</v>
+        <v>204</v>
       </c>
       <c r="O201" t="s">
-        <v>127</v>
+        <v>28</v>
       </c>
       <c r="P201" t="s">
-        <v>128</v>
+        <v>29</v>
       </c>
       <c r="Q201" t="s">
-        <v>129</v>
+        <v>30</v>
       </c>
       <c r="R201" t="s">
-        <v>130</v>
+        <v>31</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
         <v>18</v>
       </c>
       <c r="B202" t="s">
-        <v>1251</v>
+        <v>1259</v>
       </c>
       <c r="C202" t="s">
         <v>20</v>
       </c>
       <c r="D202" t="s">
         <v>20</v>
       </c>
       <c r="E202" t="s">
-        <v>1247</v>
+        <v>1260</v>
       </c>
       <c r="F202" t="s">
         <v>20</v>
       </c>
       <c r="G202" t="s">
-        <v>1252</v>
+        <v>1261</v>
       </c>
       <c r="H202" t="s">
-        <v>1253</v>
+        <v>1262</v>
       </c>
       <c r="I202" t="n">
         <v>0.0</v>
       </c>
       <c r="J202" t="s">
         <v>24</v>
       </c>
       <c r="K202" t="s">
-        <v>1254</v>
+        <v>1263</v>
       </c>
       <c r="L202" t="s">
-        <v>1139</v>
+        <v>1264</v>
       </c>
       <c r="M202" t="s">
         <v>20</v>
       </c>
       <c r="N202" t="s">
-        <v>1098</v>
+        <v>1265</v>
       </c>
       <c r="O202" t="s">
-        <v>28</v>
+        <v>267</v>
       </c>
       <c r="P202" t="s">
-        <v>29</v>
+        <v>268</v>
       </c>
       <c r="Q202" t="s">
-        <v>30</v>
+        <v>269</v>
       </c>
       <c r="R202" t="s">
-        <v>31</v>
+        <v>270</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
         <v>18</v>
       </c>
       <c r="B203" t="s">
-        <v>1255</v>
+        <v>1266</v>
       </c>
       <c r="C203" t="s">
         <v>20</v>
       </c>
       <c r="D203" t="s">
         <v>20</v>
       </c>
       <c r="E203" t="s">
-        <v>1256</v>
+        <v>1260</v>
       </c>
       <c r="F203" t="s">
         <v>20</v>
       </c>
       <c r="G203" t="s">
-        <v>1257</v>
+        <v>1267</v>
       </c>
       <c r="H203" t="s">
-        <v>1258</v>
+        <v>1268</v>
       </c>
       <c r="I203" t="n">
         <v>0.0</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
-        <v>1259</v>
+        <v>1269</v>
       </c>
       <c r="L203" t="s">
-        <v>1085</v>
+        <v>1270</v>
       </c>
       <c r="M203" t="s">
         <v>20</v>
       </c>
       <c r="N203" t="s">
-        <v>117</v>
+        <v>1265</v>
       </c>
       <c r="O203" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="P203" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="Q203" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="R203" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
         <v>18</v>
       </c>
       <c r="B204" t="s">
-        <v>1260</v>
+        <v>1271</v>
       </c>
       <c r="C204" t="s">
         <v>20</v>
       </c>
       <c r="D204" t="s">
         <v>20</v>
       </c>
       <c r="E204" t="s">
-        <v>1256</v>
+        <v>1272</v>
       </c>
       <c r="F204" t="s">
         <v>20</v>
       </c>
       <c r="G204" t="s">
-        <v>1261</v>
+        <v>1273</v>
       </c>
       <c r="H204" t="s">
-        <v>1262</v>
+        <v>1274</v>
       </c>
       <c r="I204" t="n">
         <v>0.0</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
-        <v>1263</v>
+        <v>1275</v>
       </c>
       <c r="L204" t="s">
-        <v>1139</v>
+        <v>1276</v>
       </c>
       <c r="M204" t="s">
         <v>20</v>
       </c>
       <c r="N204" t="s">
-        <v>117</v>
+        <v>204</v>
       </c>
       <c r="O204" t="s">
-        <v>28</v>
+        <v>214</v>
       </c>
       <c r="P204" t="s">
-        <v>29</v>
+        <v>215</v>
       </c>
       <c r="Q204" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R204" t="s">
-        <v>31</v>
+        <v>216</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
         <v>18</v>
       </c>
       <c r="B205" t="s">
-        <v>1264</v>
+        <v>1277</v>
       </c>
       <c r="C205" t="s">
         <v>20</v>
       </c>
       <c r="D205" t="s">
         <v>20</v>
       </c>
       <c r="E205" t="s">
-        <v>1265</v>
+        <v>1278</v>
       </c>
       <c r="F205" t="s">
         <v>20</v>
       </c>
       <c r="G205" t="s">
-        <v>1266</v>
+        <v>1279</v>
       </c>
       <c r="H205" t="s">
-        <v>1267</v>
+        <v>1280</v>
       </c>
       <c r="I205" t="n">
         <v>0.0</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
-        <v>285</v>
+        <v>1281</v>
       </c>
       <c r="L205" t="s">
-        <v>1268</v>
+        <v>1222</v>
       </c>
       <c r="M205" t="s">
         <v>20</v>
       </c>
       <c r="N205" t="s">
-        <v>1109</v>
+        <v>204</v>
       </c>
       <c r="O205" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P205" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q205" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R205" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
         <v>18</v>
       </c>
       <c r="B206" t="s">
-        <v>1269</v>
+        <v>1282</v>
       </c>
       <c r="C206" t="s">
         <v>20</v>
       </c>
       <c r="D206" t="s">
         <v>20</v>
       </c>
       <c r="E206" t="s">
-        <v>1270</v>
+        <v>1278</v>
       </c>
       <c r="F206" t="s">
         <v>20</v>
       </c>
       <c r="G206" t="s">
-        <v>1271</v>
+        <v>1283</v>
       </c>
       <c r="H206" t="s">
-        <v>1272</v>
+        <v>1284</v>
       </c>
       <c r="I206" t="n">
         <v>0.0</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
-        <v>1273</v>
+        <v>1285</v>
       </c>
       <c r="L206" t="s">
-        <v>1274</v>
+        <v>1240</v>
       </c>
       <c r="M206" t="s">
         <v>20</v>
       </c>
       <c r="N206" t="s">
-        <v>117</v>
+        <v>1199</v>
       </c>
       <c r="O206" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="P206" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="Q206" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="R206" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
         <v>18</v>
       </c>
       <c r="B207" t="s">
-        <v>1275</v>
+        <v>1286</v>
       </c>
       <c r="C207" t="s">
         <v>20</v>
       </c>
       <c r="D207" t="s">
         <v>20</v>
       </c>
       <c r="E207" t="s">
-        <v>1270</v>
+        <v>1287</v>
       </c>
       <c r="F207" t="s">
         <v>20</v>
       </c>
       <c r="G207" t="s">
-        <v>1276</v>
+        <v>1288</v>
       </c>
       <c r="H207" t="s">
-        <v>1277</v>
+        <v>1289</v>
       </c>
       <c r="I207" t="n">
         <v>0.0</v>
       </c>
       <c r="J207" t="s">
         <v>24</v>
       </c>
       <c r="K207" t="s">
-        <v>1278</v>
+        <v>1290</v>
       </c>
       <c r="L207" t="s">
-        <v>1139</v>
+        <v>1291</v>
       </c>
       <c r="M207" t="s">
         <v>20</v>
       </c>
       <c r="N207" t="s">
-        <v>1182</v>
+        <v>230</v>
       </c>
       <c r="O207" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P207" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q207" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R207" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
         <v>18</v>
       </c>
       <c r="B208" t="s">
-        <v>1279</v>
+        <v>1292</v>
       </c>
       <c r="C208" t="s">
         <v>20</v>
       </c>
       <c r="D208" t="s">
         <v>20</v>
       </c>
       <c r="E208" t="s">
-        <v>1280</v>
+        <v>1293</v>
       </c>
       <c r="F208" t="s">
         <v>20</v>
       </c>
       <c r="G208" t="s">
-        <v>1281</v>
+        <v>1294</v>
       </c>
       <c r="H208" t="s">
-        <v>1282</v>
+        <v>1295</v>
       </c>
       <c r="I208" t="n">
         <v>0.0</v>
       </c>
       <c r="J208" t="s">
         <v>24</v>
       </c>
       <c r="K208" t="s">
-        <v>1283</v>
+        <v>1296</v>
       </c>
       <c r="L208" t="s">
-        <v>1169</v>
+        <v>1297</v>
       </c>
       <c r="M208" t="s">
         <v>20</v>
       </c>
       <c r="N208" t="s">
-        <v>715</v>
+        <v>1265</v>
       </c>
       <c r="O208" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P208" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q208" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R208" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
         <v>18</v>
       </c>
       <c r="B209" t="s">
-        <v>1284</v>
+        <v>1298</v>
       </c>
       <c r="C209" t="s">
         <v>20</v>
       </c>
       <c r="D209" t="s">
         <v>20</v>
       </c>
       <c r="E209" t="s">
-        <v>1285</v>
+        <v>1299</v>
       </c>
       <c r="F209" t="s">
         <v>20</v>
       </c>
       <c r="G209" t="s">
-        <v>1286</v>
+        <v>1300</v>
       </c>
       <c r="H209" t="s">
-        <v>1287</v>
+        <v>1301</v>
       </c>
       <c r="I209" t="n">
         <v>0.0</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
-        <v>1288</v>
+        <v>1302</v>
       </c>
       <c r="L209" t="s">
-        <v>1289</v>
+        <v>1303</v>
       </c>
       <c r="M209" t="s">
         <v>20</v>
       </c>
       <c r="N209" t="s">
-        <v>1098</v>
+        <v>1304</v>
       </c>
       <c r="O209" t="s">
-        <v>78</v>
+        <v>48</v>
       </c>
       <c r="P209" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="Q209" t="s">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="R209" t="s">
-        <v>81</v>
+        <v>51</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
         <v>18</v>
       </c>
       <c r="B210" t="s">
-        <v>1290</v>
+        <v>1305</v>
       </c>
       <c r="C210" t="s">
         <v>20</v>
       </c>
       <c r="D210" t="s">
         <v>20</v>
       </c>
       <c r="E210" t="s">
-        <v>1291</v>
+        <v>1306</v>
       </c>
       <c r="F210" t="s">
         <v>20</v>
       </c>
       <c r="G210" t="s">
-        <v>1292</v>
+        <v>1307</v>
       </c>
       <c r="H210" t="s">
-        <v>1293</v>
+        <v>1308</v>
       </c>
       <c r="I210" t="n">
         <v>0.0</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
-        <v>1294</v>
+        <v>1309</v>
       </c>
       <c r="L210" t="s">
-        <v>1295</v>
+        <v>1310</v>
       </c>
       <c r="M210" t="s">
         <v>20</v>
       </c>
       <c r="N210" t="s">
-        <v>715</v>
+        <v>230</v>
       </c>
       <c r="O210" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="P210" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="Q210" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="R210" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
         <v>18</v>
       </c>
       <c r="B211" t="s">
-        <v>1296</v>
+        <v>1311</v>
       </c>
       <c r="C211" t="s">
         <v>20</v>
       </c>
       <c r="D211" t="s">
         <v>20</v>
       </c>
       <c r="E211" t="s">
-        <v>1297</v>
+        <v>1312</v>
       </c>
       <c r="F211" t="s">
         <v>20</v>
       </c>
       <c r="G211" t="s">
-        <v>1298</v>
+        <v>1313</v>
       </c>
       <c r="H211" t="s">
-        <v>1299</v>
+        <v>1314</v>
       </c>
       <c r="I211" t="n">
         <v>0.0</v>
       </c>
       <c r="J211" t="s">
         <v>24</v>
       </c>
       <c r="K211" t="s">
-        <v>1300</v>
+        <v>1315</v>
       </c>
       <c r="L211" t="s">
-        <v>1301</v>
+        <v>1316</v>
       </c>
       <c r="M211" t="s">
         <v>20</v>
       </c>
       <c r="N211" t="s">
-        <v>1109</v>
+        <v>746</v>
       </c>
       <c r="O211" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="P211" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="Q211" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="R211" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
         <v>18</v>
       </c>
       <c r="B212" t="s">
-        <v>1302</v>
+        <v>1317</v>
       </c>
       <c r="C212" t="s">
         <v>20</v>
       </c>
       <c r="D212" t="s">
         <v>20</v>
       </c>
       <c r="E212" t="s">
-        <v>1303</v>
+        <v>1318</v>
       </c>
       <c r="F212" t="s">
         <v>20</v>
       </c>
       <c r="G212" t="s">
-        <v>1304</v>
+        <v>1319</v>
       </c>
       <c r="H212" t="s">
-        <v>1305</v>
+        <v>1320</v>
       </c>
       <c r="I212" t="n">
         <v>0.0</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
-        <v>1306</v>
+        <v>1321</v>
       </c>
       <c r="L212" t="s">
-        <v>1307</v>
+        <v>1322</v>
       </c>
       <c r="M212" t="s">
         <v>20</v>
       </c>
       <c r="N212" t="s">
-        <v>117</v>
+        <v>732</v>
       </c>
       <c r="O212" t="s">
-        <v>1308</v>
+        <v>267</v>
       </c>
       <c r="P212" t="s">
-        <v>1309</v>
+        <v>268</v>
       </c>
       <c r="Q212" t="s">
-        <v>1310</v>
+        <v>269</v>
       </c>
       <c r="R212" t="s">
-        <v>1311</v>
+        <v>270</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
         <v>18</v>
       </c>
       <c r="B213" t="s">
-        <v>1312</v>
+        <v>1323</v>
       </c>
       <c r="C213" t="s">
         <v>20</v>
       </c>
       <c r="D213" t="s">
         <v>20</v>
       </c>
       <c r="E213" t="s">
-        <v>1313</v>
+        <v>1324</v>
       </c>
       <c r="F213" t="s">
         <v>20</v>
       </c>
       <c r="G213" t="s">
-        <v>1314</v>
+        <v>1325</v>
       </c>
       <c r="H213" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
       <c r="I213" t="n">
         <v>0.0</v>
       </c>
       <c r="J213" t="s">
         <v>24</v>
       </c>
       <c r="K213" t="s">
-        <v>1316</v>
+        <v>1327</v>
       </c>
       <c r="L213" t="s">
-        <v>1317</v>
+        <v>1328</v>
       </c>
       <c r="M213" t="s">
         <v>20</v>
       </c>
       <c r="N213" t="s">
-        <v>667</v>
+        <v>732</v>
       </c>
       <c r="O213" t="s">
-        <v>127</v>
+        <v>48</v>
       </c>
       <c r="P213" t="s">
-        <v>128</v>
+        <v>49</v>
       </c>
       <c r="Q213" t="s">
-        <v>129</v>
+        <v>50</v>
       </c>
       <c r="R213" t="s">
-        <v>130</v>
+        <v>51</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
         <v>18</v>
       </c>
       <c r="B214" t="s">
-        <v>1318</v>
+        <v>1329</v>
       </c>
       <c r="C214" t="s">
         <v>20</v>
       </c>
       <c r="D214" t="s">
         <v>20</v>
       </c>
       <c r="E214" t="s">
-        <v>1319</v>
+        <v>1330</v>
       </c>
       <c r="F214" t="s">
         <v>20</v>
       </c>
       <c r="G214" t="s">
-        <v>1320</v>
+        <v>1331</v>
       </c>
       <c r="H214" t="s">
-        <v>1321</v>
+        <v>1332</v>
       </c>
       <c r="I214" t="n">
         <v>0.0</v>
       </c>
       <c r="J214" t="s">
         <v>24</v>
       </c>
       <c r="K214" t="s">
-        <v>1138</v>
+        <v>1333</v>
       </c>
       <c r="L214" t="s">
-        <v>1322</v>
+        <v>1276</v>
       </c>
       <c r="M214" t="s">
         <v>20</v>
       </c>
       <c r="N214" t="s">
-        <v>1073</v>
+        <v>794</v>
       </c>
       <c r="O214" t="s">
-        <v>1323</v>
+        <v>214</v>
       </c>
       <c r="P214" t="s">
-        <v>1324</v>
+        <v>215</v>
       </c>
       <c r="Q214" t="s">
-        <v>1325</v>
+        <v>40</v>
       </c>
       <c r="R214" t="s">
-        <v>1326</v>
+        <v>216</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
         <v>18</v>
       </c>
       <c r="B215" t="s">
-        <v>1327</v>
+        <v>1334</v>
       </c>
       <c r="C215" t="s">
         <v>20</v>
       </c>
       <c r="D215" t="s">
         <v>20</v>
       </c>
       <c r="E215" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="F215" t="s">
         <v>20</v>
       </c>
       <c r="G215" t="s">
-        <v>1329</v>
+        <v>1335</v>
       </c>
       <c r="H215" t="s">
-        <v>1330</v>
+        <v>1336</v>
       </c>
       <c r="I215" t="n">
         <v>0.0</v>
       </c>
       <c r="J215" t="s">
         <v>24</v>
       </c>
       <c r="K215" t="s">
-        <v>1331</v>
+        <v>1337</v>
       </c>
       <c r="L215" t="s">
-        <v>1332</v>
+        <v>1222</v>
       </c>
       <c r="M215" t="s">
         <v>20</v>
       </c>
       <c r="N215" t="s">
-        <v>1109</v>
+        <v>1188</v>
       </c>
       <c r="O215" t="s">
-        <v>78</v>
+        <v>127</v>
       </c>
       <c r="P215" t="s">
-        <v>79</v>
+        <v>128</v>
       </c>
       <c r="Q215" t="s">
-        <v>80</v>
+        <v>129</v>
       </c>
       <c r="R215" t="s">
-        <v>81</v>
+        <v>130</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
         <v>18</v>
       </c>
       <c r="B216" t="s">
-        <v>1333</v>
+        <v>1338</v>
       </c>
       <c r="C216" t="s">
         <v>20</v>
       </c>
       <c r="D216" t="s">
         <v>20</v>
       </c>
       <c r="E216" t="s">
-        <v>1334</v>
+        <v>1339</v>
       </c>
       <c r="F216" t="s">
         <v>20</v>
       </c>
       <c r="G216" t="s">
-        <v>1335</v>
+        <v>1340</v>
       </c>
       <c r="H216" t="s">
-        <v>1336</v>
+        <v>1341</v>
       </c>
       <c r="I216" t="n">
         <v>0.0</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>1337</v>
+        <v>1342</v>
       </c>
       <c r="L216" t="s">
-        <v>1338</v>
+        <v>1175</v>
       </c>
       <c r="M216" t="s">
         <v>20</v>
       </c>
       <c r="N216" t="s">
-        <v>715</v>
+        <v>204</v>
       </c>
       <c r="O216" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P216" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q216" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R216" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
         <v>18</v>
       </c>
       <c r="B217" t="s">
+        <v>1343</v>
+      </c>
+      <c r="C217" t="s">
+        <v>20</v>
+      </c>
+      <c r="D217" t="s">
+        <v>20</v>
+      </c>
+      <c r="E217" t="s">
         <v>1339</v>
       </c>
-      <c r="C217" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F217" t="s">
         <v>20</v>
       </c>
       <c r="G217" t="s">
-        <v>1341</v>
+        <v>1344</v>
       </c>
       <c r="H217" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="I217" t="n">
         <v>0.0</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="L217" t="s">
-        <v>1344</v>
+        <v>1222</v>
       </c>
       <c r="M217" t="s">
         <v>20</v>
       </c>
       <c r="N217" t="s">
-        <v>106</v>
+        <v>204</v>
       </c>
       <c r="O217" t="s">
-        <v>88</v>
+        <v>127</v>
       </c>
       <c r="P217" t="s">
-        <v>89</v>
+        <v>128</v>
       </c>
       <c r="Q217" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="R217" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
         <v>18</v>
       </c>
       <c r="B218" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="C218" t="s">
         <v>20</v>
       </c>
       <c r="D218" t="s">
         <v>20</v>
       </c>
       <c r="E218" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="F218" t="s">
         <v>20</v>
       </c>
       <c r="G218" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="H218" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="I218" t="n">
         <v>0.0</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
-        <v>1349</v>
+        <v>367</v>
       </c>
       <c r="L218" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="M218" t="s">
         <v>20</v>
       </c>
       <c r="N218" t="s">
-        <v>1109</v>
+        <v>1199</v>
       </c>
       <c r="O218" t="s">
         <v>127</v>
       </c>
       <c r="P218" t="s">
         <v>128</v>
       </c>
       <c r="Q218" t="s">
         <v>129</v>
       </c>
       <c r="R218" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
         <v>18</v>
       </c>
       <c r="B219" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="C219" t="s">
         <v>20</v>
       </c>
       <c r="D219" t="s">
         <v>20</v>
       </c>
       <c r="E219" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="F219" t="s">
         <v>20</v>
       </c>
       <c r="G219" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="H219" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="I219" t="n">
         <v>0.0</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="L219" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="M219" t="s">
         <v>20</v>
       </c>
       <c r="N219" t="s">
-        <v>667</v>
+        <v>204</v>
       </c>
       <c r="O219" t="s">
-        <v>163</v>
+        <v>127</v>
       </c>
       <c r="P219" t="s">
-        <v>164</v>
+        <v>128</v>
       </c>
       <c r="Q219" t="s">
-        <v>55</v>
+        <v>129</v>
       </c>
       <c r="R219" t="s">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
         <v>18</v>
       </c>
       <c r="B220" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="C220" t="s">
         <v>20</v>
       </c>
       <c r="D220" t="s">
         <v>20</v>
       </c>
       <c r="E220" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="F220" t="s">
         <v>20</v>
       </c>
       <c r="G220" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="H220" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="I220" t="n">
         <v>0.0</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="L220" t="s">
-        <v>1079</v>
+        <v>1222</v>
       </c>
       <c r="M220" t="s">
         <v>20</v>
       </c>
       <c r="N220" t="s">
-        <v>667</v>
+        <v>1265</v>
       </c>
       <c r="O220" t="s">
         <v>127</v>
       </c>
       <c r="P220" t="s">
         <v>128</v>
       </c>
       <c r="Q220" t="s">
         <v>129</v>
       </c>
       <c r="R220" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
         <v>18</v>
       </c>
       <c r="B221" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="C221" t="s">
         <v>20</v>
       </c>
       <c r="D221" t="s">
         <v>20</v>
       </c>
       <c r="E221" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="F221" t="s">
         <v>20</v>
       </c>
       <c r="G221" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="H221" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="I221" t="n">
         <v>0.0</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="L221" t="s">
-        <v>1268</v>
+        <v>1252</v>
       </c>
       <c r="M221" t="s">
         <v>20</v>
       </c>
       <c r="N221" t="s">
-        <v>613</v>
+        <v>794</v>
       </c>
       <c r="O221" t="s">
-        <v>163</v>
+        <v>127</v>
       </c>
       <c r="P221" t="s">
-        <v>164</v>
+        <v>128</v>
       </c>
       <c r="Q221" t="s">
-        <v>55</v>
+        <v>129</v>
       </c>
       <c r="R221" t="s">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
         <v>18</v>
       </c>
       <c r="B222" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="C222" t="s">
         <v>20</v>
       </c>
       <c r="D222" t="s">
         <v>20</v>
       </c>
       <c r="E222" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="F222" t="s">
         <v>20</v>
       </c>
       <c r="G222" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H222" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="I222" t="n">
         <v>0.0</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="L222" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="M222" t="s">
         <v>20</v>
       </c>
       <c r="N222" t="s">
-        <v>137</v>
+        <v>1188</v>
       </c>
       <c r="O222" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="P222" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="Q222" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="R222" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
         <v>18</v>
       </c>
       <c r="B223" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="C223" t="s">
         <v>20</v>
       </c>
       <c r="D223" t="s">
         <v>20</v>
       </c>
       <c r="E223" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="F223" t="s">
         <v>20</v>
       </c>
       <c r="G223" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="H223" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="I223" t="n">
         <v>0.0</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="L223" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="M223" t="s">
         <v>20</v>
       </c>
       <c r="N223" t="s">
-        <v>453</v>
+        <v>794</v>
       </c>
       <c r="O223" t="s">
         <v>127</v>
       </c>
       <c r="P223" t="s">
         <v>128</v>
       </c>
       <c r="Q223" t="s">
         <v>129</v>
       </c>
       <c r="R223" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
         <v>18</v>
       </c>
       <c r="B224" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="C224" t="s">
         <v>20</v>
       </c>
       <c r="D224" t="s">
         <v>20</v>
       </c>
       <c r="E224" t="s">
-        <v>1373</v>
+        <v>1380</v>
       </c>
       <c r="F224" t="s">
         <v>20</v>
       </c>
       <c r="G224" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="H224" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="I224" t="n">
         <v>0.0</v>
       </c>
       <c r="J224" t="s">
         <v>24</v>
       </c>
       <c r="K224" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="L224" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="M224" t="s">
         <v>20</v>
       </c>
       <c r="N224" t="s">
-        <v>1116</v>
+        <v>1199</v>
       </c>
       <c r="O224" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P224" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q224" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R224" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
         <v>18</v>
       </c>
       <c r="B225" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="C225" t="s">
         <v>20</v>
       </c>
       <c r="D225" t="s">
         <v>20</v>
       </c>
       <c r="E225" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="F225" t="s">
         <v>20</v>
       </c>
       <c r="G225" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="H225" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
       <c r="I225" t="n">
         <v>0.0</v>
       </c>
       <c r="J225" t="s">
         <v>24</v>
       </c>
       <c r="K225" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
       <c r="L225" t="s">
-        <v>1388</v>
+        <v>1390</v>
       </c>
       <c r="M225" t="s">
         <v>20</v>
       </c>
       <c r="N225" t="s">
-        <v>590</v>
+        <v>204</v>
       </c>
       <c r="O225" t="s">
-        <v>28</v>
+        <v>1391</v>
       </c>
       <c r="P225" t="s">
-        <v>29</v>
+        <v>1392</v>
       </c>
       <c r="Q225" t="s">
-        <v>30</v>
+        <v>1393</v>
       </c>
       <c r="R225" t="s">
-        <v>31</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
         <v>18</v>
       </c>
       <c r="B226" t="s">
-        <v>1389</v>
+        <v>1395</v>
       </c>
       <c r="C226" t="s">
         <v>20</v>
       </c>
       <c r="D226" t="s">
         <v>20</v>
       </c>
       <c r="E226" t="s">
-        <v>1390</v>
+        <v>1396</v>
       </c>
       <c r="F226" t="s">
         <v>20</v>
       </c>
       <c r="G226" t="s">
-        <v>1391</v>
+        <v>1397</v>
       </c>
       <c r="H226" t="s">
-        <v>1392</v>
+        <v>1398</v>
       </c>
       <c r="I226" t="n">
         <v>0.0</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>1393</v>
+        <v>1399</v>
       </c>
       <c r="L226" t="s">
-        <v>1394</v>
+        <v>1400</v>
       </c>
       <c r="M226" t="s">
         <v>20</v>
       </c>
       <c r="N226" t="s">
-        <v>653</v>
+        <v>746</v>
       </c>
       <c r="O226" t="s">
-        <v>163</v>
+        <v>214</v>
       </c>
       <c r="P226" t="s">
-        <v>164</v>
+        <v>215</v>
       </c>
       <c r="Q226" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="R226" t="s">
-        <v>165</v>
+        <v>216</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s">
         <v>18</v>
       </c>
       <c r="B227" t="s">
-        <v>1395</v>
+        <v>1401</v>
       </c>
       <c r="C227" t="s">
         <v>20</v>
       </c>
       <c r="D227" t="s">
         <v>20</v>
       </c>
       <c r="E227" t="s">
-        <v>1396</v>
+        <v>1402</v>
       </c>
       <c r="F227" t="s">
         <v>20</v>
       </c>
       <c r="G227" t="s">
-        <v>1397</v>
+        <v>1403</v>
       </c>
       <c r="H227" t="s">
-        <v>1398</v>
+        <v>1404</v>
       </c>
       <c r="I227" t="n">
         <v>0.0</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
-        <v>1399</v>
+        <v>1221</v>
       </c>
       <c r="L227" t="s">
-        <v>105</v>
+        <v>1405</v>
       </c>
       <c r="M227" t="s">
         <v>20</v>
       </c>
       <c r="N227" t="s">
-        <v>646</v>
+        <v>1163</v>
       </c>
       <c r="O227" t="s">
-        <v>88</v>
+        <v>1406</v>
       </c>
       <c r="P227" t="s">
-        <v>89</v>
+        <v>1407</v>
       </c>
       <c r="Q227" t="s">
-        <v>90</v>
+        <v>1408</v>
       </c>
       <c r="R227" t="s">
-        <v>91</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s">
         <v>18</v>
       </c>
       <c r="B228" t="s">
-        <v>1400</v>
+        <v>1410</v>
       </c>
       <c r="C228" t="s">
         <v>20</v>
       </c>
       <c r="D228" t="s">
         <v>20</v>
       </c>
       <c r="E228" t="s">
-        <v>1401</v>
+        <v>1411</v>
       </c>
       <c r="F228" t="s">
         <v>20</v>
       </c>
       <c r="G228" t="s">
-        <v>1402</v>
+        <v>1412</v>
       </c>
       <c r="H228" t="s">
-        <v>1403</v>
+        <v>1413</v>
       </c>
       <c r="I228" t="n">
         <v>0.0</v>
       </c>
       <c r="J228" t="s">
         <v>24</v>
       </c>
       <c r="K228" t="s">
-        <v>1404</v>
+        <v>1414</v>
       </c>
       <c r="L228" t="s">
-        <v>1405</v>
+        <v>1415</v>
       </c>
       <c r="M228" t="s">
         <v>20</v>
       </c>
       <c r="N228" t="s">
-        <v>1073</v>
+        <v>1199</v>
       </c>
       <c r="O228" t="s">
-        <v>88</v>
+        <v>63</v>
       </c>
       <c r="P228" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="Q228" t="s">
-        <v>90</v>
+        <v>65</v>
       </c>
       <c r="R228" t="s">
-        <v>91</v>
+        <v>66</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s">
         <v>18</v>
       </c>
       <c r="B229" t="s">
-        <v>1406</v>
+        <v>1416</v>
       </c>
       <c r="C229" t="s">
         <v>20</v>
       </c>
       <c r="D229" t="s">
         <v>20</v>
       </c>
       <c r="E229" t="s">
-        <v>1407</v>
+        <v>1417</v>
       </c>
       <c r="F229" t="s">
         <v>20</v>
       </c>
       <c r="G229" t="s">
-        <v>1408</v>
+        <v>1418</v>
       </c>
       <c r="H229" t="s">
-        <v>1409</v>
+        <v>1419</v>
       </c>
       <c r="I229" t="n">
         <v>0.0</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
-        <v>1410</v>
+        <v>1420</v>
       </c>
       <c r="L229" t="s">
-        <v>666</v>
+        <v>1421</v>
       </c>
       <c r="M229" t="s">
         <v>20</v>
       </c>
       <c r="N229" t="s">
-        <v>137</v>
+        <v>794</v>
       </c>
       <c r="O229" t="s">
-        <v>88</v>
+        <v>127</v>
       </c>
       <c r="P229" t="s">
-        <v>89</v>
+        <v>128</v>
       </c>
       <c r="Q229" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="R229" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
         <v>18</v>
       </c>
       <c r="B230" t="s">
-        <v>1411</v>
+        <v>1422</v>
       </c>
       <c r="C230" t="s">
         <v>20</v>
       </c>
       <c r="D230" t="s">
         <v>20</v>
       </c>
       <c r="E230" t="s">
-        <v>1412</v>
+        <v>1423</v>
       </c>
       <c r="F230" t="s">
         <v>20</v>
       </c>
       <c r="G230" t="s">
-        <v>1413</v>
+        <v>1424</v>
       </c>
       <c r="H230" t="s">
-        <v>1414</v>
+        <v>1425</v>
       </c>
       <c r="I230" t="n">
         <v>0.0</v>
       </c>
       <c r="J230" t="s">
         <v>24</v>
       </c>
       <c r="K230" t="s">
-        <v>1415</v>
+        <v>1426</v>
       </c>
       <c r="L230" t="s">
-        <v>1227</v>
+        <v>1427</v>
       </c>
       <c r="M230" t="s">
         <v>20</v>
       </c>
       <c r="N230" t="s">
-        <v>137</v>
+        <v>193</v>
       </c>
       <c r="O230" t="s">
-        <v>88</v>
+        <v>48</v>
       </c>
       <c r="P230" t="s">
-        <v>89</v>
+        <v>49</v>
       </c>
       <c r="Q230" t="s">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="R230" t="s">
-        <v>91</v>
+        <v>51</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s">
         <v>18</v>
       </c>
       <c r="B231" t="s">
-        <v>1416</v>
+        <v>1428</v>
       </c>
       <c r="C231" t="s">
         <v>20</v>
       </c>
       <c r="D231" t="s">
         <v>20</v>
       </c>
       <c r="E231" t="s">
-        <v>1417</v>
+        <v>1429</v>
       </c>
       <c r="F231" t="s">
         <v>20</v>
       </c>
       <c r="G231" t="s">
-        <v>1418</v>
+        <v>1430</v>
       </c>
       <c r="H231" t="s">
-        <v>1419</v>
+        <v>1431</v>
       </c>
       <c r="I231" t="n">
         <v>0.0</v>
       </c>
       <c r="J231" t="s">
         <v>24</v>
       </c>
       <c r="K231" t="s">
-        <v>1420</v>
+        <v>1432</v>
       </c>
       <c r="L231" t="s">
-        <v>1421</v>
+        <v>1433</v>
       </c>
       <c r="M231" t="s">
         <v>20</v>
       </c>
       <c r="N231" t="s">
-        <v>137</v>
+        <v>1199</v>
       </c>
       <c r="O231" t="s">
-        <v>575</v>
+        <v>214</v>
       </c>
       <c r="P231" t="s">
-        <v>89</v>
+        <v>215</v>
       </c>
       <c r="Q231" t="s">
-        <v>576</v>
+        <v>40</v>
       </c>
       <c r="R231" t="s">
-        <v>577</v>
+        <v>216</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s">
         <v>18</v>
       </c>
       <c r="B232" t="s">
-        <v>1422</v>
+        <v>1434</v>
       </c>
       <c r="C232" t="s">
         <v>20</v>
       </c>
       <c r="D232" t="s">
         <v>20</v>
       </c>
       <c r="E232" t="s">
-        <v>1423</v>
+        <v>1435</v>
       </c>
       <c r="F232" t="s">
         <v>20</v>
       </c>
       <c r="G232" t="s">
-        <v>1424</v>
+        <v>1436</v>
       </c>
       <c r="H232" t="s">
-        <v>1425</v>
+        <v>1437</v>
       </c>
       <c r="I232" t="n">
         <v>0.0</v>
       </c>
       <c r="J232" t="s">
         <v>24</v>
       </c>
       <c r="K232" t="s">
-        <v>1426</v>
+        <v>1438</v>
       </c>
       <c r="L232" t="s">
-        <v>1214</v>
+        <v>1439</v>
       </c>
       <c r="M232" t="s">
         <v>20</v>
       </c>
       <c r="N232" t="s">
-        <v>137</v>
+        <v>746</v>
       </c>
       <c r="O232" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="P232" t="s">
-        <v>89</v>
+        <v>29</v>
       </c>
       <c r="Q232" t="s">
-        <v>90</v>
+        <v>30</v>
       </c>
       <c r="R232" t="s">
-        <v>91</v>
+        <v>31</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s">
         <v>18</v>
       </c>
       <c r="B233" t="s">
-        <v>1427</v>
+        <v>1440</v>
       </c>
       <c r="C233" t="s">
         <v>20</v>
       </c>
       <c r="D233" t="s">
         <v>20</v>
       </c>
       <c r="E233" t="s">
-        <v>1428</v>
+        <v>1435</v>
       </c>
       <c r="F233" t="s">
         <v>20</v>
       </c>
       <c r="G233" t="s">
-        <v>1429</v>
+        <v>1441</v>
       </c>
       <c r="H233" t="s">
-        <v>1430</v>
+        <v>1442</v>
       </c>
       <c r="I233" t="n">
         <v>0.0</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
-        <v>1431</v>
+        <v>1443</v>
       </c>
       <c r="L233" t="s">
-        <v>1432</v>
+        <v>1169</v>
       </c>
       <c r="M233" t="s">
         <v>20</v>
       </c>
       <c r="N233" t="s">
-        <v>137</v>
+        <v>746</v>
       </c>
       <c r="O233" t="s">
-        <v>88</v>
+        <v>214</v>
       </c>
       <c r="P233" t="s">
-        <v>89</v>
+        <v>215</v>
       </c>
       <c r="Q233" t="s">
-        <v>90</v>
+        <v>40</v>
       </c>
       <c r="R233" t="s">
-        <v>91</v>
+        <v>216</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s">
         <v>18</v>
       </c>
       <c r="B234" t="s">
-        <v>1433</v>
+        <v>1444</v>
       </c>
       <c r="C234" t="s">
         <v>20</v>
       </c>
       <c r="D234" t="s">
         <v>20</v>
       </c>
       <c r="E234" t="s">
-        <v>1434</v>
+        <v>1445</v>
       </c>
       <c r="F234" t="s">
         <v>20</v>
       </c>
       <c r="G234" t="s">
-        <v>1435</v>
+        <v>1446</v>
       </c>
       <c r="H234" t="s">
-        <v>1436</v>
+        <v>1447</v>
       </c>
       <c r="I234" t="n">
         <v>0.0</v>
       </c>
       <c r="J234" t="s">
         <v>24</v>
       </c>
       <c r="K234" t="s">
-        <v>1437</v>
+        <v>1448</v>
       </c>
       <c r="L234" t="s">
-        <v>1438</v>
+        <v>1351</v>
       </c>
       <c r="M234" t="s">
         <v>20</v>
       </c>
       <c r="N234" t="s">
-        <v>453</v>
+        <v>692</v>
       </c>
       <c r="O234" t="s">
         <v>28</v>
       </c>
       <c r="P234" t="s">
         <v>29</v>
       </c>
       <c r="Q234" t="s">
         <v>30</v>
       </c>
       <c r="R234" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
         <v>18</v>
       </c>
       <c r="B235" t="s">
-        <v>1439</v>
+        <v>1449</v>
       </c>
       <c r="C235" t="s">
         <v>20</v>
       </c>
       <c r="D235" t="s">
         <v>20</v>
       </c>
       <c r="E235" t="s">
-        <v>1434</v>
+        <v>1450</v>
       </c>
       <c r="F235" t="s">
         <v>20</v>
       </c>
       <c r="G235" t="s">
-        <v>1440</v>
+        <v>1451</v>
       </c>
       <c r="H235" t="s">
-        <v>1441</v>
+        <v>1452</v>
       </c>
       <c r="I235" t="n">
         <v>0.0</v>
       </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
-        <v>1442</v>
+        <v>1453</v>
       </c>
       <c r="L235" t="s">
-        <v>1443</v>
+        <v>1454</v>
       </c>
       <c r="M235" t="s">
         <v>20</v>
       </c>
       <c r="N235" t="s">
-        <v>632</v>
+        <v>223</v>
       </c>
       <c r="O235" t="s">
-        <v>88</v>
+        <v>127</v>
       </c>
       <c r="P235" t="s">
-        <v>89</v>
+        <v>128</v>
       </c>
       <c r="Q235" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="R235" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s">
         <v>18</v>
       </c>
       <c r="B236" t="s">
-        <v>1444</v>
+        <v>1455</v>
       </c>
       <c r="C236" t="s">
         <v>20</v>
       </c>
       <c r="D236" t="s">
         <v>20</v>
       </c>
       <c r="E236" t="s">
-        <v>1445</v>
+        <v>1456</v>
       </c>
       <c r="F236" t="s">
         <v>20</v>
       </c>
       <c r="G236" t="s">
-        <v>1446</v>
+        <v>1457</v>
       </c>
       <c r="H236" t="s">
-        <v>1447</v>
+        <v>1458</v>
       </c>
       <c r="I236" t="n">
         <v>0.0</v>
       </c>
       <c r="J236" t="s">
         <v>24</v>
       </c>
       <c r="K236" t="s">
-        <v>1448</v>
+        <v>1459</v>
       </c>
       <c r="L236" t="s">
-        <v>1449</v>
+        <v>1460</v>
       </c>
       <c r="M236" t="s">
         <v>20</v>
       </c>
       <c r="N236" t="s">
-        <v>137</v>
+        <v>532</v>
       </c>
       <c r="O236" t="s">
-        <v>88</v>
+        <v>214</v>
       </c>
       <c r="P236" t="s">
-        <v>89</v>
+        <v>215</v>
       </c>
       <c r="Q236" t="s">
-        <v>90</v>
+        <v>40</v>
       </c>
       <c r="R236" t="s">
-        <v>91</v>
+        <v>216</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s">
         <v>18</v>
       </c>
       <c r="B237" t="s">
-        <v>1450</v>
+        <v>1461</v>
       </c>
       <c r="C237" t="s">
         <v>20</v>
       </c>
       <c r="D237" t="s">
         <v>20</v>
       </c>
       <c r="E237" t="s">
-        <v>1451</v>
+        <v>1456</v>
       </c>
       <c r="F237" t="s">
         <v>20</v>
       </c>
       <c r="G237" t="s">
-        <v>1452</v>
+        <v>1462</v>
       </c>
       <c r="H237" t="s">
-        <v>1453</v>
+        <v>1463</v>
       </c>
       <c r="I237" t="n">
         <v>0.0</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
-        <v>1454</v>
+        <v>1464</v>
       </c>
       <c r="L237" t="s">
-        <v>1274</v>
+        <v>1465</v>
       </c>
       <c r="M237" t="s">
         <v>20</v>
       </c>
       <c r="N237" t="s">
-        <v>667</v>
+        <v>1466</v>
       </c>
       <c r="O237" t="s">
-        <v>377</v>
+        <v>127</v>
       </c>
       <c r="P237" t="s">
-        <v>378</v>
+        <v>128</v>
       </c>
       <c r="Q237" t="s">
         <v>129</v>
       </c>
       <c r="R237" t="s">
-        <v>379</v>
+        <v>130</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s">
         <v>18</v>
       </c>
       <c r="B238" t="s">
-        <v>1455</v>
+        <v>1467</v>
       </c>
       <c r="C238" t="s">
         <v>20</v>
       </c>
       <c r="D238" t="s">
         <v>20</v>
       </c>
       <c r="E238" t="s">
-        <v>1456</v>
+        <v>1468</v>
       </c>
       <c r="F238" t="s">
         <v>20</v>
       </c>
       <c r="G238" t="s">
-        <v>1457</v>
+        <v>1469</v>
       </c>
       <c r="H238" t="s">
-        <v>1458</v>
+        <v>1470</v>
       </c>
       <c r="I238" t="n">
         <v>0.0</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
-        <v>1459</v>
+        <v>1471</v>
       </c>
       <c r="L238" t="s">
-        <v>1157</v>
+        <v>1472</v>
       </c>
       <c r="M238" t="s">
         <v>20</v>
       </c>
       <c r="N238" t="s">
-        <v>613</v>
+        <v>669</v>
       </c>
       <c r="O238" t="s">
-        <v>163</v>
+        <v>127</v>
       </c>
       <c r="P238" t="s">
-        <v>164</v>
+        <v>128</v>
       </c>
       <c r="Q238" t="s">
-        <v>55</v>
+        <v>129</v>
       </c>
       <c r="R238" t="s">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s">
         <v>18</v>
       </c>
       <c r="B239" t="s">
-        <v>1460</v>
+        <v>1473</v>
       </c>
       <c r="C239" t="s">
         <v>20</v>
       </c>
       <c r="D239" t="s">
         <v>20</v>
       </c>
       <c r="E239" t="s">
-        <v>1461</v>
+        <v>1474</v>
       </c>
       <c r="F239" t="s">
         <v>20</v>
       </c>
       <c r="G239" t="s">
-        <v>1462</v>
+        <v>1475</v>
       </c>
       <c r="H239" t="s">
-        <v>1463</v>
+        <v>1476</v>
       </c>
       <c r="I239" t="n">
         <v>0.0</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
-        <v>1464</v>
+        <v>1477</v>
       </c>
       <c r="L239" t="s">
-        <v>1079</v>
+        <v>192</v>
       </c>
       <c r="M239" t="s">
         <v>20</v>
       </c>
       <c r="N239" t="s">
-        <v>639</v>
+        <v>725</v>
       </c>
       <c r="O239" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="P239" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="Q239" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="R239" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s">
         <v>18</v>
       </c>
       <c r="B240" t="s">
-        <v>1465</v>
+        <v>1478</v>
       </c>
       <c r="C240" t="s">
         <v>20</v>
       </c>
       <c r="D240" t="s">
         <v>20</v>
       </c>
       <c r="E240" t="s">
-        <v>1466</v>
+        <v>1479</v>
       </c>
       <c r="F240" t="s">
         <v>20</v>
       </c>
       <c r="G240" t="s">
-        <v>1467</v>
+        <v>1480</v>
       </c>
       <c r="H240" t="s">
-        <v>1468</v>
+        <v>1481</v>
       </c>
       <c r="I240" t="n">
         <v>0.0</v>
       </c>
       <c r="J240" t="s">
         <v>24</v>
       </c>
       <c r="K240" t="s">
-        <v>1469</v>
+        <v>1482</v>
       </c>
       <c r="L240" t="s">
-        <v>1470</v>
+        <v>1483</v>
       </c>
       <c r="M240" t="s">
         <v>20</v>
       </c>
       <c r="N240" t="s">
-        <v>639</v>
+        <v>1163</v>
       </c>
       <c r="O240" t="s">
-        <v>163</v>
+        <v>48</v>
       </c>
       <c r="P240" t="s">
-        <v>164</v>
+        <v>49</v>
       </c>
       <c r="Q240" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="R240" t="s">
-        <v>165</v>
+        <v>51</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s">
         <v>18</v>
       </c>
       <c r="B241" t="s">
-        <v>1471</v>
+        <v>1484</v>
       </c>
       <c r="C241" t="s">
         <v>20</v>
       </c>
       <c r="D241" t="s">
         <v>20</v>
       </c>
       <c r="E241" t="s">
-        <v>1472</v>
+        <v>1485</v>
       </c>
       <c r="F241" t="s">
         <v>20</v>
       </c>
       <c r="G241" t="s">
-        <v>1473</v>
+        <v>1486</v>
       </c>
       <c r="H241" t="s">
-        <v>1474</v>
+        <v>1487</v>
       </c>
       <c r="I241" t="n">
         <v>0.0</v>
       </c>
       <c r="J241" t="s">
         <v>24</v>
       </c>
       <c r="K241" t="s">
-        <v>1475</v>
+        <v>1488</v>
       </c>
       <c r="L241" t="s">
-        <v>1476</v>
+        <v>745</v>
       </c>
       <c r="M241" t="s">
         <v>20</v>
       </c>
       <c r="N241" t="s">
-        <v>404</v>
+        <v>223</v>
       </c>
       <c r="O241" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="P241" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="Q241" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="R241" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s">
         <v>18</v>
       </c>
       <c r="B242" t="s">
-        <v>1477</v>
+        <v>1489</v>
       </c>
       <c r="C242" t="s">
         <v>20</v>
       </c>
       <c r="D242" t="s">
         <v>20</v>
       </c>
       <c r="E242" t="s">
-        <v>1478</v>
+        <v>1490</v>
       </c>
       <c r="F242" t="s">
         <v>20</v>
       </c>
       <c r="G242" t="s">
-        <v>1479</v>
+        <v>1491</v>
       </c>
       <c r="H242" t="s">
-        <v>1480</v>
+        <v>1492</v>
       </c>
       <c r="I242" t="n">
         <v>0.0</v>
       </c>
       <c r="J242" t="s">
         <v>24</v>
       </c>
       <c r="K242" t="s">
-        <v>1481</v>
+        <v>1493</v>
       </c>
       <c r="L242" t="s">
-        <v>1482</v>
+        <v>1310</v>
       </c>
       <c r="M242" t="s">
         <v>20</v>
       </c>
       <c r="N242" t="s">
-        <v>345</v>
+        <v>223</v>
       </c>
       <c r="O242" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="P242" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="Q242" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="R242" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s">
         <v>18</v>
       </c>
       <c r="B243" t="s">
-        <v>1483</v>
+        <v>1494</v>
       </c>
       <c r="C243" t="s">
         <v>20</v>
       </c>
       <c r="D243" t="s">
         <v>20</v>
       </c>
       <c r="E243" t="s">
-        <v>1484</v>
+        <v>1495</v>
       </c>
       <c r="F243" t="s">
         <v>20</v>
       </c>
       <c r="G243" t="s">
-        <v>1485</v>
+        <v>1496</v>
       </c>
       <c r="H243" t="s">
-        <v>1486</v>
+        <v>1497</v>
       </c>
       <c r="I243" t="n">
         <v>0.0</v>
       </c>
       <c r="J243" t="s">
         <v>24</v>
       </c>
       <c r="K243" t="s">
-        <v>1487</v>
+        <v>1498</v>
       </c>
       <c r="L243" t="s">
-        <v>1488</v>
+        <v>1499</v>
       </c>
       <c r="M243" t="s">
         <v>20</v>
       </c>
       <c r="N243" t="s">
-        <v>436</v>
+        <v>223</v>
       </c>
       <c r="O243" t="s">
-        <v>53</v>
+        <v>654</v>
       </c>
       <c r="P243" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Q243" t="s">
-        <v>55</v>
+        <v>655</v>
       </c>
       <c r="R243" t="s">
-        <v>56</v>
+        <v>656</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s">
         <v>18</v>
       </c>
       <c r="B244" t="s">
-        <v>1489</v>
+        <v>1500</v>
       </c>
       <c r="C244" t="s">
         <v>20</v>
       </c>
       <c r="D244" t="s">
         <v>20</v>
       </c>
       <c r="E244" t="s">
-        <v>1490</v>
+        <v>1501</v>
       </c>
       <c r="F244" t="s">
         <v>20</v>
       </c>
       <c r="G244" t="s">
-        <v>1491</v>
+        <v>1502</v>
       </c>
       <c r="H244" t="s">
-        <v>1492</v>
+        <v>1503</v>
       </c>
       <c r="I244" t="n">
         <v>0.0</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
-        <v>1493</v>
+        <v>1504</v>
       </c>
       <c r="L244" t="s">
-        <v>1421</v>
+        <v>1297</v>
       </c>
       <c r="M244" t="s">
         <v>20</v>
       </c>
       <c r="N244" t="s">
-        <v>715</v>
+        <v>223</v>
       </c>
       <c r="O244" t="s">
-        <v>88</v>
+        <v>48</v>
       </c>
       <c r="P244" t="s">
-        <v>89</v>
+        <v>49</v>
       </c>
       <c r="Q244" t="s">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="R244" t="s">
-        <v>91</v>
+        <v>51</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s">
         <v>18</v>
       </c>
       <c r="B245" t="s">
-        <v>1494</v>
+        <v>1505</v>
       </c>
       <c r="C245" t="s">
         <v>20</v>
       </c>
       <c r="D245" t="s">
         <v>20</v>
       </c>
       <c r="E245" t="s">
-        <v>1495</v>
+        <v>1506</v>
       </c>
       <c r="F245" t="s">
         <v>20</v>
       </c>
       <c r="G245" t="s">
-        <v>1496</v>
+        <v>1507</v>
       </c>
       <c r="H245" t="s">
-        <v>1497</v>
+        <v>1508</v>
       </c>
       <c r="I245" t="n">
         <v>0.0</v>
       </c>
       <c r="J245" t="s">
         <v>24</v>
       </c>
       <c r="K245" t="s">
-        <v>1498</v>
+        <v>1509</v>
       </c>
       <c r="L245" t="s">
-        <v>1499</v>
+        <v>1510</v>
       </c>
       <c r="M245" t="s">
         <v>20</v>
       </c>
       <c r="N245" t="s">
-        <v>424</v>
+        <v>223</v>
       </c>
       <c r="O245" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="P245" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="Q245" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="R245" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s">
         <v>18</v>
       </c>
       <c r="B246" t="s">
-        <v>1500</v>
+        <v>1511</v>
       </c>
       <c r="C246" t="s">
         <v>20</v>
       </c>
       <c r="D246" t="s">
         <v>20</v>
       </c>
       <c r="E246" t="s">
-        <v>1501</v>
+        <v>1512</v>
       </c>
       <c r="F246" t="s">
         <v>20</v>
       </c>
       <c r="G246" t="s">
-        <v>1502</v>
+        <v>1513</v>
       </c>
       <c r="H246" t="s">
-        <v>1503</v>
+        <v>1514</v>
       </c>
       <c r="I246" t="n">
         <v>0.0</v>
       </c>
       <c r="J246" t="s">
         <v>24</v>
       </c>
       <c r="K246" t="s">
-        <v>1504</v>
+        <v>1515</v>
       </c>
       <c r="L246" t="s">
-        <v>1505</v>
+        <v>1516</v>
       </c>
       <c r="M246" t="s">
         <v>20</v>
       </c>
       <c r="N246" t="s">
-        <v>574</v>
+        <v>532</v>
       </c>
       <c r="O246" t="s">
-        <v>1506</v>
+        <v>127</v>
       </c>
       <c r="P246" t="s">
-        <v>1507</v>
+        <v>128</v>
       </c>
       <c r="Q246" t="s">
-        <v>1508</v>
+        <v>129</v>
       </c>
       <c r="R246" t="s">
-        <v>1509</v>
+        <v>130</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s">
         <v>18</v>
       </c>
       <c r="B247" t="s">
-        <v>1510</v>
+        <v>1517</v>
       </c>
       <c r="C247" t="s">
         <v>20</v>
       </c>
       <c r="D247" t="s">
         <v>20</v>
       </c>
       <c r="E247" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="F247" t="s">
         <v>20</v>
       </c>
       <c r="G247" t="s">
-        <v>1512</v>
+        <v>1518</v>
       </c>
       <c r="H247" t="s">
-        <v>1513</v>
+        <v>1519</v>
       </c>
       <c r="I247" t="n">
         <v>0.0</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
-        <v>1514</v>
+        <v>1520</v>
       </c>
       <c r="L247" t="s">
-        <v>1515</v>
+        <v>1521</v>
       </c>
       <c r="M247" t="s">
         <v>20</v>
       </c>
       <c r="N247" t="s">
-        <v>508</v>
+        <v>711</v>
       </c>
       <c r="O247" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="P247" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="Q247" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="R247" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s">
         <v>18</v>
       </c>
       <c r="B248" t="s">
-        <v>1516</v>
+        <v>1522</v>
       </c>
       <c r="C248" t="s">
         <v>20</v>
       </c>
       <c r="D248" t="s">
         <v>20</v>
       </c>
       <c r="E248" t="s">
-        <v>1511</v>
+        <v>1523</v>
       </c>
       <c r="F248" t="s">
         <v>20</v>
       </c>
       <c r="G248" t="s">
-        <v>1517</v>
+        <v>1524</v>
       </c>
       <c r="H248" t="s">
-        <v>1518</v>
+        <v>1525</v>
       </c>
       <c r="I248" t="n">
         <v>0.0</v>
       </c>
       <c r="J248" t="s">
         <v>24</v>
       </c>
       <c r="K248" t="s">
-        <v>1519</v>
+        <v>1526</v>
       </c>
       <c r="L248" t="s">
-        <v>1520</v>
+        <v>1527</v>
       </c>
       <c r="M248" t="s">
         <v>20</v>
       </c>
       <c r="N248" t="s">
-        <v>137</v>
+        <v>223</v>
       </c>
       <c r="O248" t="s">
-        <v>88</v>
+        <v>48</v>
       </c>
       <c r="P248" t="s">
-        <v>89</v>
+        <v>49</v>
       </c>
       <c r="Q248" t="s">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="R248" t="s">
-        <v>91</v>
+        <v>51</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s">
         <v>18</v>
       </c>
       <c r="B249" t="s">
-        <v>1521</v>
+        <v>1528</v>
       </c>
       <c r="C249" t="s">
         <v>20</v>
       </c>
       <c r="D249" t="s">
         <v>20</v>
       </c>
       <c r="E249" t="s">
-        <v>1522</v>
+        <v>1529</v>
       </c>
       <c r="F249" t="s">
         <v>20</v>
       </c>
       <c r="G249" t="s">
-        <v>1523</v>
+        <v>1530</v>
       </c>
       <c r="H249" t="s">
-        <v>1524</v>
+        <v>1531</v>
       </c>
       <c r="I249" t="n">
         <v>0.0</v>
       </c>
       <c r="J249" t="s">
         <v>24</v>
       </c>
       <c r="K249" t="s">
-        <v>1525</v>
+        <v>1532</v>
       </c>
       <c r="L249" t="s">
-        <v>1438</v>
+        <v>1357</v>
       </c>
       <c r="M249" t="s">
         <v>20</v>
       </c>
       <c r="N249" t="s">
-        <v>453</v>
+        <v>746</v>
       </c>
       <c r="O249" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="P249" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="Q249" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R249" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s">
         <v>18</v>
       </c>
       <c r="B250" t="s">
-        <v>1526</v>
+        <v>1533</v>
       </c>
       <c r="C250" t="s">
         <v>20</v>
       </c>
       <c r="D250" t="s">
         <v>20</v>
       </c>
       <c r="E250" t="s">
-        <v>1527</v>
+        <v>1534</v>
       </c>
       <c r="F250" t="s">
         <v>20</v>
       </c>
       <c r="G250" t="s">
-        <v>1528</v>
+        <v>1535</v>
       </c>
       <c r="H250" t="s">
-        <v>1529</v>
+        <v>1536</v>
       </c>
       <c r="I250" t="n">
         <v>0.0</v>
       </c>
       <c r="J250" t="s">
         <v>24</v>
       </c>
       <c r="K250" t="s">
-        <v>1530</v>
+        <v>1537</v>
       </c>
       <c r="L250" t="s">
-        <v>1531</v>
+        <v>1240</v>
       </c>
       <c r="M250" t="s">
         <v>20</v>
       </c>
       <c r="N250" t="s">
-        <v>556</v>
+        <v>692</v>
       </c>
       <c r="O250" t="s">
         <v>28</v>
       </c>
       <c r="P250" t="s">
         <v>29</v>
       </c>
       <c r="Q250" t="s">
         <v>30</v>
       </c>
       <c r="R250" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s">
         <v>18</v>
       </c>
       <c r="B251" t="s">
-        <v>1532</v>
+        <v>1538</v>
       </c>
       <c r="C251" t="s">
         <v>20</v>
       </c>
       <c r="D251" t="s">
         <v>20</v>
       </c>
       <c r="E251" t="s">
-        <v>1533</v>
+        <v>1539</v>
       </c>
       <c r="F251" t="s">
         <v>20</v>
       </c>
       <c r="G251" t="s">
-        <v>1534</v>
+        <v>1540</v>
       </c>
       <c r="H251" t="s">
-        <v>1535</v>
+        <v>1541</v>
       </c>
       <c r="I251" t="n">
         <v>0.0</v>
       </c>
       <c r="J251" t="s">
         <v>24</v>
       </c>
       <c r="K251" t="s">
-        <v>1536</v>
+        <v>1542</v>
       </c>
       <c r="L251" t="s">
-        <v>1085</v>
+        <v>1169</v>
       </c>
       <c r="M251" t="s">
         <v>20</v>
       </c>
       <c r="N251" t="s">
-        <v>543</v>
+        <v>718</v>
       </c>
       <c r="O251" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P251" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q251" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R251" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s">
         <v>18</v>
       </c>
       <c r="B252" t="s">
-        <v>1537</v>
+        <v>1543</v>
       </c>
       <c r="C252" t="s">
         <v>20</v>
       </c>
       <c r="D252" t="s">
         <v>20</v>
       </c>
       <c r="E252" t="s">
-        <v>1538</v>
+        <v>1544</v>
       </c>
       <c r="F252" t="s">
         <v>20</v>
       </c>
       <c r="G252" t="s">
-        <v>1539</v>
+        <v>1545</v>
       </c>
       <c r="H252" t="s">
-        <v>1540</v>
+        <v>1546</v>
       </c>
       <c r="I252" t="n">
         <v>0.0</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
-        <v>1541</v>
+        <v>1547</v>
       </c>
       <c r="L252" t="s">
-        <v>1542</v>
+        <v>1548</v>
       </c>
       <c r="M252" t="s">
         <v>20</v>
       </c>
       <c r="N252" t="s">
-        <v>974</v>
+        <v>718</v>
       </c>
       <c r="O252" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="P252" t="s">
-        <v>89</v>
+        <v>29</v>
       </c>
       <c r="Q252" t="s">
-        <v>90</v>
+        <v>30</v>
       </c>
       <c r="R252" t="s">
-        <v>91</v>
+        <v>31</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s">
         <v>18</v>
       </c>
       <c r="B253" t="s">
-        <v>1543</v>
+        <v>1549</v>
       </c>
       <c r="C253" t="s">
         <v>20</v>
       </c>
       <c r="D253" t="s">
         <v>20</v>
       </c>
       <c r="E253" t="s">
-        <v>1538</v>
+        <v>1550</v>
       </c>
       <c r="F253" t="s">
         <v>20</v>
       </c>
       <c r="G253" t="s">
-        <v>1544</v>
+        <v>1551</v>
       </c>
       <c r="H253" t="s">
-        <v>1545</v>
+        <v>1552</v>
       </c>
       <c r="I253" t="n">
         <v>0.0</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
-        <v>1546</v>
+        <v>1553</v>
       </c>
       <c r="L253" t="s">
-        <v>1547</v>
+        <v>1554</v>
       </c>
       <c r="M253" t="s">
         <v>20</v>
       </c>
       <c r="N253" t="s">
-        <v>234</v>
+        <v>483</v>
       </c>
       <c r="O253" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P253" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q253" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R253" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s">
         <v>18</v>
       </c>
       <c r="B254" t="s">
-        <v>1548</v>
+        <v>1555</v>
       </c>
       <c r="C254" t="s">
         <v>20</v>
       </c>
       <c r="D254" t="s">
         <v>20</v>
       </c>
       <c r="E254" t="s">
-        <v>1549</v>
+        <v>1556</v>
       </c>
       <c r="F254" t="s">
         <v>20</v>
       </c>
       <c r="G254" t="s">
-        <v>1550</v>
+        <v>1557</v>
       </c>
       <c r="H254" t="s">
-        <v>1551</v>
+        <v>1558</v>
       </c>
       <c r="I254" t="n">
         <v>0.0</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
-        <v>1552</v>
+        <v>1559</v>
       </c>
       <c r="L254" t="s">
-        <v>1553</v>
+        <v>1560</v>
       </c>
       <c r="M254" t="s">
         <v>20</v>
       </c>
       <c r="N254" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="O254" t="s">
-        <v>28</v>
+        <v>142</v>
       </c>
       <c r="P254" t="s">
-        <v>29</v>
+        <v>143</v>
       </c>
       <c r="Q254" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R254" t="s">
-        <v>31</v>
+        <v>144</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s">
         <v>18</v>
       </c>
       <c r="B255" t="s">
-        <v>1554</v>
+        <v>1561</v>
       </c>
       <c r="C255" t="s">
         <v>20</v>
       </c>
       <c r="D255" t="s">
         <v>20</v>
       </c>
       <c r="E255" t="s">
-        <v>1555</v>
+        <v>1562</v>
       </c>
       <c r="F255" t="s">
         <v>20</v>
       </c>
       <c r="G255" t="s">
-        <v>1556</v>
+        <v>1563</v>
       </c>
       <c r="H255" t="s">
-        <v>1557</v>
+        <v>1564</v>
       </c>
       <c r="I255" t="n">
         <v>0.0</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
-        <v>1558</v>
+        <v>1565</v>
       </c>
       <c r="L255" t="s">
-        <v>1122</v>
+        <v>1566</v>
       </c>
       <c r="M255" t="s">
         <v>20</v>
       </c>
       <c r="N255" t="s">
-        <v>137</v>
+        <v>515</v>
       </c>
       <c r="O255" t="s">
-        <v>88</v>
+        <v>152</v>
       </c>
       <c r="P255" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="Q255" t="s">
-        <v>90</v>
+        <v>30</v>
       </c>
       <c r="R255" t="s">
-        <v>91</v>
+        <v>153</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s">
         <v>18</v>
       </c>
       <c r="B256" t="s">
-        <v>1559</v>
+        <v>1567</v>
       </c>
       <c r="C256" t="s">
         <v>20</v>
       </c>
       <c r="D256" t="s">
         <v>20</v>
       </c>
       <c r="E256" t="s">
-        <v>1555</v>
+        <v>1568</v>
       </c>
       <c r="F256" t="s">
         <v>20</v>
       </c>
       <c r="G256" t="s">
-        <v>1560</v>
+        <v>1569</v>
       </c>
       <c r="H256" t="s">
-        <v>1561</v>
+        <v>1570</v>
       </c>
       <c r="I256" t="n">
         <v>0.0</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
-        <v>1562</v>
+        <v>1571</v>
       </c>
       <c r="L256" t="s">
-        <v>1563</v>
+        <v>1499</v>
       </c>
       <c r="M256" t="s">
         <v>20</v>
       </c>
       <c r="N256" t="s">
-        <v>453</v>
+        <v>794</v>
       </c>
       <c r="O256" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="P256" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="Q256" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="R256" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s">
         <v>18</v>
       </c>
       <c r="B257" t="s">
-        <v>1564</v>
+        <v>1572</v>
       </c>
       <c r="C257" t="s">
         <v>20</v>
       </c>
       <c r="D257" t="s">
         <v>20</v>
       </c>
       <c r="E257" t="s">
-        <v>1565</v>
+        <v>1573</v>
       </c>
       <c r="F257" t="s">
         <v>20</v>
       </c>
       <c r="G257" t="s">
-        <v>1566</v>
+        <v>1574</v>
       </c>
       <c r="H257" t="s">
-        <v>1567</v>
+        <v>1575</v>
       </c>
       <c r="I257" t="n">
         <v>0.0</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
-        <v>1568</v>
+        <v>1576</v>
       </c>
       <c r="L257" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
       <c r="M257" t="s">
         <v>20</v>
       </c>
       <c r="N257" t="s">
-        <v>459</v>
+        <v>503</v>
       </c>
       <c r="O257" t="s">
-        <v>78</v>
+        <v>127</v>
       </c>
       <c r="P257" t="s">
-        <v>79</v>
+        <v>128</v>
       </c>
       <c r="Q257" t="s">
-        <v>80</v>
+        <v>129</v>
       </c>
       <c r="R257" t="s">
-        <v>81</v>
+        <v>130</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s">
         <v>18</v>
       </c>
       <c r="B258" t="s">
-        <v>1570</v>
+        <v>1578</v>
       </c>
       <c r="C258" t="s">
         <v>20</v>
       </c>
       <c r="D258" t="s">
         <v>20</v>
       </c>
       <c r="E258" t="s">
-        <v>1571</v>
+        <v>1579</v>
       </c>
       <c r="F258" t="s">
         <v>20</v>
       </c>
       <c r="G258" t="s">
-        <v>1572</v>
+        <v>1580</v>
       </c>
       <c r="H258" t="s">
-        <v>1573</v>
+        <v>1581</v>
       </c>
       <c r="I258" t="n">
         <v>0.0</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
-        <v>1107</v>
+        <v>1582</v>
       </c>
       <c r="L258" t="s">
-        <v>1520</v>
+        <v>1583</v>
       </c>
       <c r="M258" t="s">
         <v>20</v>
       </c>
       <c r="N258" t="s">
-        <v>1109</v>
+        <v>653</v>
       </c>
       <c r="O258" t="s">
-        <v>1574</v>
+        <v>1584</v>
       </c>
       <c r="P258" t="s">
-        <v>1575</v>
+        <v>1585</v>
       </c>
       <c r="Q258" t="s">
-        <v>439</v>
+        <v>1586</v>
       </c>
       <c r="R258" t="s">
-        <v>1576</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s">
         <v>18</v>
       </c>
       <c r="B259" t="s">
-        <v>1577</v>
+        <v>1588</v>
       </c>
       <c r="C259" t="s">
         <v>20</v>
       </c>
       <c r="D259" t="s">
         <v>20</v>
       </c>
       <c r="E259" t="s">
-        <v>1578</v>
+        <v>1589</v>
       </c>
       <c r="F259" t="s">
         <v>20</v>
       </c>
       <c r="G259" t="s">
-        <v>1579</v>
+        <v>1590</v>
       </c>
       <c r="H259" t="s">
-        <v>1580</v>
+        <v>1591</v>
       </c>
       <c r="I259" t="n">
         <v>0.0</v>
       </c>
       <c r="J259" t="s">
         <v>24</v>
       </c>
       <c r="K259" t="s">
-        <v>1581</v>
+        <v>1592</v>
       </c>
       <c r="L259" t="s">
-        <v>1122</v>
+        <v>1593</v>
       </c>
       <c r="M259" t="s">
         <v>20</v>
       </c>
       <c r="N259" t="s">
-        <v>453</v>
+        <v>587</v>
       </c>
       <c r="O259" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P259" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q259" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R259" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s">
         <v>18</v>
       </c>
       <c r="B260" t="s">
-        <v>1582</v>
+        <v>1594</v>
       </c>
       <c r="C260" t="s">
         <v>20</v>
       </c>
       <c r="D260" t="s">
         <v>20</v>
       </c>
       <c r="E260" t="s">
-        <v>1583</v>
+        <v>1589</v>
       </c>
       <c r="F260" t="s">
         <v>20</v>
       </c>
       <c r="G260" t="s">
-        <v>1584</v>
+        <v>1595</v>
       </c>
       <c r="H260" t="s">
-        <v>1585</v>
+        <v>1596</v>
       </c>
       <c r="I260" t="n">
         <v>0.0</v>
       </c>
       <c r="J260" t="s">
         <v>24</v>
       </c>
       <c r="K260" t="s">
-        <v>1586</v>
+        <v>1597</v>
       </c>
       <c r="L260" t="s">
-        <v>1587</v>
+        <v>1598</v>
       </c>
       <c r="M260" t="s">
         <v>20</v>
       </c>
       <c r="N260" t="s">
-        <v>639</v>
+        <v>223</v>
       </c>
       <c r="O260" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="P260" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="Q260" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="R260" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s">
         <v>18</v>
       </c>
       <c r="B261" t="s">
-        <v>1588</v>
+        <v>1599</v>
       </c>
       <c r="C261" t="s">
         <v>20</v>
       </c>
       <c r="D261" t="s">
         <v>20</v>
       </c>
       <c r="E261" t="s">
-        <v>1589</v>
+        <v>1600</v>
       </c>
       <c r="F261" t="s">
         <v>20</v>
       </c>
       <c r="G261" t="s">
-        <v>1590</v>
+        <v>1601</v>
       </c>
       <c r="H261" t="s">
-        <v>1591</v>
+        <v>1602</v>
       </c>
       <c r="I261" t="n">
         <v>0.0</v>
       </c>
       <c r="J261" t="s">
         <v>24</v>
       </c>
       <c r="K261" t="s">
-        <v>1592</v>
+        <v>1603</v>
       </c>
       <c r="L261" t="s">
-        <v>1593</v>
+        <v>1516</v>
       </c>
       <c r="M261" t="s">
         <v>20</v>
       </c>
       <c r="N261" t="s">
-        <v>490</v>
+        <v>532</v>
       </c>
       <c r="O261" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P261" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q261" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R261" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s">
         <v>18</v>
       </c>
       <c r="B262" t="s">
-        <v>1594</v>
+        <v>1604</v>
       </c>
       <c r="C262" t="s">
         <v>20</v>
       </c>
       <c r="D262" t="s">
         <v>20</v>
       </c>
       <c r="E262" t="s">
-        <v>1595</v>
+        <v>1605</v>
       </c>
       <c r="F262" t="s">
         <v>20</v>
       </c>
       <c r="G262" t="s">
-        <v>1596</v>
+        <v>1606</v>
       </c>
       <c r="H262" t="s">
-        <v>1597</v>
+        <v>1607</v>
       </c>
       <c r="I262" t="n">
         <v>0.0</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
-        <v>1598</v>
+        <v>1608</v>
       </c>
       <c r="L262" t="s">
-        <v>1599</v>
+        <v>1609</v>
       </c>
       <c r="M262" t="s">
         <v>20</v>
       </c>
       <c r="N262" t="s">
-        <v>137</v>
+        <v>635</v>
       </c>
       <c r="O262" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="P262" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="Q262" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="R262" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s">
         <v>18</v>
       </c>
       <c r="B263" t="s">
-        <v>1600</v>
+        <v>1610</v>
       </c>
       <c r="C263" t="s">
         <v>20</v>
       </c>
       <c r="D263" t="s">
         <v>20</v>
       </c>
       <c r="E263" t="s">
-        <v>1601</v>
+        <v>1611</v>
       </c>
       <c r="F263" t="s">
         <v>20</v>
       </c>
       <c r="G263" t="s">
-        <v>1602</v>
+        <v>1612</v>
       </c>
       <c r="H263" t="s">
-        <v>1603</v>
+        <v>1613</v>
       </c>
       <c r="I263" t="n">
         <v>0.0</v>
       </c>
       <c r="J263" t="s">
         <v>24</v>
       </c>
       <c r="K263" t="s">
-        <v>1604</v>
+        <v>1614</v>
       </c>
       <c r="L263" t="s">
-        <v>1605</v>
+        <v>1175</v>
       </c>
       <c r="M263" t="s">
         <v>20</v>
       </c>
       <c r="N263" t="s">
-        <v>466</v>
+        <v>622</v>
       </c>
       <c r="O263" t="s">
         <v>127</v>
       </c>
       <c r="P263" t="s">
         <v>128</v>
       </c>
       <c r="Q263" t="s">
         <v>129</v>
       </c>
       <c r="R263" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s">
         <v>18</v>
       </c>
       <c r="B264" t="s">
-        <v>1606</v>
+        <v>1615</v>
       </c>
       <c r="C264" t="s">
         <v>20</v>
       </c>
       <c r="D264" t="s">
         <v>20</v>
       </c>
       <c r="E264" t="s">
-        <v>1607</v>
+        <v>1616</v>
       </c>
       <c r="F264" t="s">
         <v>20</v>
       </c>
       <c r="G264" t="s">
-        <v>1608</v>
+        <v>1617</v>
       </c>
       <c r="H264" t="s">
-        <v>1609</v>
+        <v>1618</v>
       </c>
       <c r="I264" t="n">
         <v>0.0</v>
       </c>
       <c r="J264" t="s">
         <v>24</v>
       </c>
       <c r="K264" t="s">
-        <v>703</v>
+        <v>1619</v>
       </c>
       <c r="L264" t="s">
-        <v>1610</v>
+        <v>1620</v>
       </c>
       <c r="M264" t="s">
         <v>20</v>
       </c>
       <c r="N264" t="s">
-        <v>466</v>
+        <v>1064</v>
       </c>
       <c r="O264" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="P264" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="Q264" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="R264" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s">
         <v>18</v>
       </c>
       <c r="B265" t="s">
-        <v>1611</v>
+        <v>1621</v>
       </c>
       <c r="C265" t="s">
         <v>20</v>
       </c>
       <c r="D265" t="s">
         <v>20</v>
       </c>
       <c r="E265" t="s">
-        <v>1612</v>
+        <v>1616</v>
       </c>
       <c r="F265" t="s">
         <v>20</v>
       </c>
       <c r="G265" t="s">
-        <v>1613</v>
+        <v>1622</v>
       </c>
       <c r="H265" t="s">
-        <v>1614</v>
+        <v>1623</v>
       </c>
       <c r="I265" t="n">
         <v>0.0</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
-        <v>1615</v>
+        <v>1624</v>
       </c>
       <c r="L265" t="s">
-        <v>1097</v>
+        <v>1625</v>
       </c>
       <c r="M265" t="s">
         <v>20</v>
       </c>
       <c r="N265" t="s">
-        <v>490</v>
+        <v>316</v>
       </c>
       <c r="O265" t="s">
-        <v>88</v>
+        <v>127</v>
       </c>
       <c r="P265" t="s">
-        <v>89</v>
+        <v>128</v>
       </c>
       <c r="Q265" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="R265" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s">
         <v>18</v>
       </c>
       <c r="B266" t="s">
-        <v>1616</v>
+        <v>1626</v>
       </c>
       <c r="C266" t="s">
         <v>20</v>
       </c>
       <c r="D266" t="s">
         <v>20</v>
       </c>
       <c r="E266" t="s">
-        <v>1617</v>
+        <v>1627</v>
       </c>
       <c r="F266" t="s">
         <v>20</v>
       </c>
       <c r="G266" t="s">
-        <v>1618</v>
+        <v>1628</v>
       </c>
       <c r="H266" t="s">
-        <v>1619</v>
+        <v>1629</v>
       </c>
       <c r="I266" t="n">
         <v>0.0</v>
       </c>
       <c r="J266" t="s">
         <v>24</v>
       </c>
       <c r="K266" t="s">
-        <v>1620</v>
+        <v>1630</v>
       </c>
       <c r="L266" t="s">
-        <v>1515</v>
+        <v>1631</v>
       </c>
       <c r="M266" t="s">
         <v>20</v>
       </c>
       <c r="N266" t="s">
-        <v>137</v>
+        <v>503</v>
       </c>
       <c r="O266" t="s">
-        <v>88</v>
+        <v>127</v>
       </c>
       <c r="P266" t="s">
-        <v>89</v>
+        <v>128</v>
       </c>
       <c r="Q266" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="R266" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s">
         <v>18</v>
       </c>
       <c r="B267" t="s">
-        <v>1621</v>
+        <v>1632</v>
       </c>
       <c r="C267" t="s">
         <v>20</v>
       </c>
       <c r="D267" t="s">
         <v>20</v>
       </c>
       <c r="E267" t="s">
-        <v>1622</v>
+        <v>1633</v>
       </c>
       <c r="F267" t="s">
         <v>20</v>
       </c>
       <c r="G267" t="s">
-        <v>1623</v>
+        <v>1634</v>
       </c>
       <c r="H267" t="s">
-        <v>1624</v>
+        <v>1635</v>
       </c>
       <c r="I267" t="n">
         <v>0.0</v>
       </c>
       <c r="J267" t="s">
         <v>24</v>
       </c>
       <c r="K267" t="s">
-        <v>1625</v>
+        <v>1636</v>
       </c>
       <c r="L267" t="s">
-        <v>1626</v>
+        <v>1205</v>
       </c>
       <c r="M267" t="s">
         <v>20</v>
       </c>
       <c r="N267" t="s">
-        <v>424</v>
+        <v>223</v>
       </c>
       <c r="O267" t="s">
+        <v>48</v>
+      </c>
+      <c r="P267" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q267" t="s">
+        <v>50</v>
+      </c>
+      <c r="R267" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" t="s">
+        <v>18</v>
+      </c>
+      <c r="B268" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C268" t="s">
+        <v>20</v>
+      </c>
+      <c r="D268" t="s">
+        <v>20</v>
+      </c>
+      <c r="E268" t="s">
+        <v>1633</v>
+      </c>
+      <c r="F268" t="s">
+        <v>20</v>
+      </c>
+      <c r="G268" t="s">
+        <v>1638</v>
+      </c>
+      <c r="H268" t="s">
+        <v>1639</v>
+      </c>
+      <c r="I268" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J268" t="s">
+        <v>24</v>
+      </c>
+      <c r="K268" t="s">
+        <v>1640</v>
+      </c>
+      <c r="L268" t="s">
+        <v>1641</v>
+      </c>
+      <c r="M268" t="s">
+        <v>20</v>
+      </c>
+      <c r="N268" t="s">
+        <v>532</v>
+      </c>
+      <c r="O268" t="s">
         <v>127</v>
       </c>
-      <c r="P267" t="s">
+      <c r="P268" t="s">
         <v>128</v>
       </c>
-      <c r="Q267" t="s">
+      <c r="Q268" t="s">
         <v>129</v>
       </c>
-      <c r="R267" t="s">
+      <c r="R268" t="s">
         <v>130</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" t="s">
+        <v>18</v>
+      </c>
+      <c r="B269" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C269" t="s">
+        <v>20</v>
+      </c>
+      <c r="D269" t="s">
+        <v>20</v>
+      </c>
+      <c r="E269" t="s">
+        <v>1643</v>
+      </c>
+      <c r="F269" t="s">
+        <v>20</v>
+      </c>
+      <c r="G269" t="s">
+        <v>1644</v>
+      </c>
+      <c r="H269" t="s">
+        <v>1645</v>
+      </c>
+      <c r="I269" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J269" t="s">
+        <v>24</v>
+      </c>
+      <c r="K269" t="s">
+        <v>1646</v>
+      </c>
+      <c r="L269" t="s">
+        <v>1647</v>
+      </c>
+      <c r="M269" t="s">
+        <v>20</v>
+      </c>
+      <c r="N269" t="s">
+        <v>538</v>
+      </c>
+      <c r="O269" t="s">
+        <v>63</v>
+      </c>
+      <c r="P269" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q269" t="s">
+        <v>65</v>
+      </c>
+      <c r="R269" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" t="s">
+        <v>18</v>
+      </c>
+      <c r="B270" t="s">
+        <v>1648</v>
+      </c>
+      <c r="C270" t="s">
+        <v>20</v>
+      </c>
+      <c r="D270" t="s">
+        <v>20</v>
+      </c>
+      <c r="E270" t="s">
+        <v>1649</v>
+      </c>
+      <c r="F270" t="s">
+        <v>20</v>
+      </c>
+      <c r="G270" t="s">
+        <v>1650</v>
+      </c>
+      <c r="H270" t="s">
+        <v>1651</v>
+      </c>
+      <c r="I270" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J270" t="s">
+        <v>24</v>
+      </c>
+      <c r="K270" t="s">
+        <v>1197</v>
+      </c>
+      <c r="L270" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M270" t="s">
+        <v>20</v>
+      </c>
+      <c r="N270" t="s">
+        <v>1199</v>
+      </c>
+      <c r="O270" t="s">
+        <v>1652</v>
+      </c>
+      <c r="P270" t="s">
+        <v>1653</v>
+      </c>
+      <c r="Q270" t="s">
+        <v>518</v>
+      </c>
+      <c r="R270" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" t="s">
+        <v>18</v>
+      </c>
+      <c r="B271" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C271" t="s">
+        <v>20</v>
+      </c>
+      <c r="D271" t="s">
+        <v>20</v>
+      </c>
+      <c r="E271" t="s">
+        <v>1656</v>
+      </c>
+      <c r="F271" t="s">
+        <v>20</v>
+      </c>
+      <c r="G271" t="s">
+        <v>1657</v>
+      </c>
+      <c r="H271" t="s">
+        <v>1658</v>
+      </c>
+      <c r="I271" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J271" t="s">
+        <v>24</v>
+      </c>
+      <c r="K271" t="s">
+        <v>1659</v>
+      </c>
+      <c r="L271" t="s">
+        <v>1205</v>
+      </c>
+      <c r="M271" t="s">
+        <v>20</v>
+      </c>
+      <c r="N271" t="s">
+        <v>532</v>
+      </c>
+      <c r="O271" t="s">
+        <v>127</v>
+      </c>
+      <c r="P271" t="s">
+        <v>128</v>
+      </c>
+      <c r="Q271" t="s">
+        <v>129</v>
+      </c>
+      <c r="R271" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" t="s">
+        <v>18</v>
+      </c>
+      <c r="B272" t="s">
+        <v>1660</v>
+      </c>
+      <c r="C272" t="s">
+        <v>20</v>
+      </c>
+      <c r="D272" t="s">
+        <v>20</v>
+      </c>
+      <c r="E272" t="s">
+        <v>1661</v>
+      </c>
+      <c r="F272" t="s">
+        <v>20</v>
+      </c>
+      <c r="G272" t="s">
+        <v>1662</v>
+      </c>
+      <c r="H272" t="s">
+        <v>1663</v>
+      </c>
+      <c r="I272" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J272" t="s">
+        <v>24</v>
+      </c>
+      <c r="K272" t="s">
+        <v>1664</v>
+      </c>
+      <c r="L272" t="s">
+        <v>1665</v>
+      </c>
+      <c r="M272" t="s">
+        <v>20</v>
+      </c>
+      <c r="N272" t="s">
+        <v>718</v>
+      </c>
+      <c r="O272" t="s">
+        <v>127</v>
+      </c>
+      <c r="P272" t="s">
+        <v>128</v>
+      </c>
+      <c r="Q272" t="s">
+        <v>129</v>
+      </c>
+      <c r="R272" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" t="s">
+        <v>18</v>
+      </c>
+      <c r="B273" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C273" t="s">
+        <v>20</v>
+      </c>
+      <c r="D273" t="s">
+        <v>20</v>
+      </c>
+      <c r="E273" t="s">
+        <v>1667</v>
+      </c>
+      <c r="F273" t="s">
+        <v>20</v>
+      </c>
+      <c r="G273" t="s">
+        <v>1668</v>
+      </c>
+      <c r="H273" t="s">
+        <v>1669</v>
+      </c>
+      <c r="I273" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J273" t="s">
+        <v>24</v>
+      </c>
+      <c r="K273" t="s">
+        <v>1670</v>
+      </c>
+      <c r="L273" t="s">
+        <v>1671</v>
+      </c>
+      <c r="M273" t="s">
+        <v>20</v>
+      </c>
+      <c r="N273" t="s">
+        <v>569</v>
+      </c>
+      <c r="O273" t="s">
+        <v>127</v>
+      </c>
+      <c r="P273" t="s">
+        <v>128</v>
+      </c>
+      <c r="Q273" t="s">
+        <v>129</v>
+      </c>
+      <c r="R273" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" t="s">
+        <v>18</v>
+      </c>
+      <c r="B274" t="s">
+        <v>1672</v>
+      </c>
+      <c r="C274" t="s">
+        <v>20</v>
+      </c>
+      <c r="D274" t="s">
+        <v>20</v>
+      </c>
+      <c r="E274" t="s">
+        <v>1673</v>
+      </c>
+      <c r="F274" t="s">
+        <v>20</v>
+      </c>
+      <c r="G274" t="s">
+        <v>1674</v>
+      </c>
+      <c r="H274" t="s">
+        <v>1675</v>
+      </c>
+      <c r="I274" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J274" t="s">
+        <v>24</v>
+      </c>
+      <c r="K274" t="s">
+        <v>1676</v>
+      </c>
+      <c r="L274" t="s">
+        <v>1677</v>
+      </c>
+      <c r="M274" t="s">
+        <v>20</v>
+      </c>
+      <c r="N274" t="s">
+        <v>223</v>
+      </c>
+      <c r="O274" t="s">
+        <v>127</v>
+      </c>
+      <c r="P274" t="s">
+        <v>128</v>
+      </c>
+      <c r="Q274" t="s">
+        <v>129</v>
+      </c>
+      <c r="R274" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" t="s">
+        <v>18</v>
+      </c>
+      <c r="B275" t="s">
+        <v>1678</v>
+      </c>
+      <c r="C275" t="s">
+        <v>20</v>
+      </c>
+      <c r="D275" t="s">
+        <v>20</v>
+      </c>
+      <c r="E275" t="s">
+        <v>1679</v>
+      </c>
+      <c r="F275" t="s">
+        <v>20</v>
+      </c>
+      <c r="G275" t="s">
+        <v>1680</v>
+      </c>
+      <c r="H275" t="s">
+        <v>1681</v>
+      </c>
+      <c r="I275" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J275" t="s">
+        <v>24</v>
+      </c>
+      <c r="K275" t="s">
+        <v>1682</v>
+      </c>
+      <c r="L275" t="s">
+        <v>1683</v>
+      </c>
+      <c r="M275" t="s">
+        <v>20</v>
+      </c>
+      <c r="N275" t="s">
+        <v>545</v>
+      </c>
+      <c r="O275" t="s">
+        <v>214</v>
+      </c>
+      <c r="P275" t="s">
+        <v>215</v>
+      </c>
+      <c r="Q275" t="s">
+        <v>40</v>
+      </c>
+      <c r="R275" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" t="s">
+        <v>18</v>
+      </c>
+      <c r="B276" t="s">
+        <v>1684</v>
+      </c>
+      <c r="C276" t="s">
+        <v>20</v>
+      </c>
+      <c r="D276" t="s">
+        <v>20</v>
+      </c>
+      <c r="E276" t="s">
+        <v>1685</v>
+      </c>
+      <c r="F276" t="s">
+        <v>20</v>
+      </c>
+      <c r="G276" t="s">
+        <v>1686</v>
+      </c>
+      <c r="H276" t="s">
+        <v>1687</v>
+      </c>
+      <c r="I276" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J276" t="s">
+        <v>24</v>
+      </c>
+      <c r="K276" t="s">
+        <v>782</v>
+      </c>
+      <c r="L276" t="s">
+        <v>1688</v>
+      </c>
+      <c r="M276" t="s">
+        <v>20</v>
+      </c>
+      <c r="N276" t="s">
+        <v>545</v>
+      </c>
+      <c r="O276" t="s">
+        <v>127</v>
+      </c>
+      <c r="P276" t="s">
+        <v>128</v>
+      </c>
+      <c r="Q276" t="s">
+        <v>129</v>
+      </c>
+      <c r="R276" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" t="s">
+        <v>18</v>
+      </c>
+      <c r="B277" t="s">
+        <v>1689</v>
+      </c>
+      <c r="C277" t="s">
+        <v>20</v>
+      </c>
+      <c r="D277" t="s">
+        <v>20</v>
+      </c>
+      <c r="E277" t="s">
+        <v>1690</v>
+      </c>
+      <c r="F277" t="s">
+        <v>20</v>
+      </c>
+      <c r="G277" t="s">
+        <v>1691</v>
+      </c>
+      <c r="H277" t="s">
+        <v>1692</v>
+      </c>
+      <c r="I277" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J277" t="s">
+        <v>24</v>
+      </c>
+      <c r="K277" t="s">
+        <v>1693</v>
+      </c>
+      <c r="L277" t="s">
+        <v>1187</v>
+      </c>
+      <c r="M277" t="s">
+        <v>20</v>
+      </c>
+      <c r="N277" t="s">
+        <v>569</v>
+      </c>
+      <c r="O277" t="s">
+        <v>48</v>
+      </c>
+      <c r="P277" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q277" t="s">
+        <v>50</v>
+      </c>
+      <c r="R277" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" t="s">
+        <v>18</v>
+      </c>
+      <c r="B278" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C278" t="s">
+        <v>20</v>
+      </c>
+      <c r="D278" t="s">
+        <v>20</v>
+      </c>
+      <c r="E278" t="s">
+        <v>1695</v>
+      </c>
+      <c r="F278" t="s">
+        <v>20</v>
+      </c>
+      <c r="G278" t="s">
+        <v>1696</v>
+      </c>
+      <c r="H278" t="s">
+        <v>1697</v>
+      </c>
+      <c r="I278" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J278" t="s">
+        <v>24</v>
+      </c>
+      <c r="K278" t="s">
+        <v>1698</v>
+      </c>
+      <c r="L278" t="s">
+        <v>1593</v>
+      </c>
+      <c r="M278" t="s">
+        <v>20</v>
+      </c>
+      <c r="N278" t="s">
+        <v>223</v>
+      </c>
+      <c r="O278" t="s">
+        <v>48</v>
+      </c>
+      <c r="P278" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q278" t="s">
+        <v>50</v>
+      </c>
+      <c r="R278" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" t="s">
+        <v>18</v>
+      </c>
+      <c r="B279" t="s">
+        <v>1699</v>
+      </c>
+      <c r="C279" t="s">
+        <v>20</v>
+      </c>
+      <c r="D279" t="s">
+        <v>20</v>
+      </c>
+      <c r="E279" t="s">
+        <v>1700</v>
+      </c>
+      <c r="F279" t="s">
+        <v>20</v>
+      </c>
+      <c r="G279" t="s">
+        <v>1701</v>
+      </c>
+      <c r="H279" t="s">
+        <v>1702</v>
+      </c>
+      <c r="I279" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J279" t="s">
+        <v>24</v>
+      </c>
+      <c r="K279" t="s">
+        <v>1703</v>
+      </c>
+      <c r="L279" t="s">
+        <v>1704</v>
+      </c>
+      <c r="M279" t="s">
+        <v>20</v>
+      </c>
+      <c r="N279" t="s">
+        <v>503</v>
+      </c>
+      <c r="O279" t="s">
+        <v>214</v>
+      </c>
+      <c r="P279" t="s">
+        <v>215</v>
+      </c>
+      <c r="Q279" t="s">
+        <v>40</v>
+      </c>
+      <c r="R279" t="s">
+        <v>216</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P161"/>
+  <dimension ref="A1:P241"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1627</v>
+        <v>1705</v>
       </c>
       <c r="J1" t="s">
-        <v>1628</v>
+        <v>1706</v>
       </c>
       <c r="K1" t="s">
-        <v>1629</v>
+        <v>1707</v>
       </c>
       <c r="L1" t="s">
-        <v>1630</v>
+        <v>1708</v>
       </c>
       <c r="M1" t="s">
-        <v>1631</v>
+        <v>1709</v>
       </c>
       <c r="N1" t="s">
-        <v>1632</v>
+        <v>1710</v>
       </c>
       <c r="O1" t="s">
-        <v>1633</v>
+        <v>1711</v>
       </c>
       <c r="P1" t="s">
-        <v>1634</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B2" t="s">
-        <v>1636</v>
+        <v>1714</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>1637</v>
+        <v>1715</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>1638</v>
+        <v>1716</v>
       </c>
       <c r="H2" t="s">
-        <v>1639</v>
+        <v>1717</v>
       </c>
       <c r="I2" t="s">
-        <v>1640</v>
+        <v>1718</v>
       </c>
       <c r="J2" t="s">
-        <v>1641</v>
+        <v>20</v>
       </c>
       <c r="K2" t="s">
-        <v>1642</v>
+        <v>1719</v>
       </c>
       <c r="L2" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M2" t="s">
-        <v>1644</v>
+        <v>1721</v>
       </c>
       <c r="N2" t="s">
-        <v>1645</v>
+        <v>1722</v>
       </c>
       <c r="O2" t="s">
-        <v>1646</v>
+        <v>1723</v>
       </c>
       <c r="P2" t="s">
-        <v>1647</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B3" t="s">
-        <v>1648</v>
+        <v>1725</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>1649</v>
+        <v>1726</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>1650</v>
+        <v>1727</v>
       </c>
       <c r="H3" t="s">
-        <v>1651</v>
+        <v>1728</v>
       </c>
       <c r="I3" t="s">
-        <v>1652</v>
+        <v>1729</v>
       </c>
       <c r="J3" t="s">
-        <v>1653</v>
+        <v>1730</v>
       </c>
       <c r="K3" t="s">
-        <v>1654</v>
+        <v>1731</v>
       </c>
       <c r="L3" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M3" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N3" t="s">
-        <v>1645</v>
+        <v>1733</v>
       </c>
       <c r="O3" t="s">
-        <v>1655</v>
+        <v>1734</v>
       </c>
       <c r="P3" t="s">
-        <v>1656</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B4" t="s">
-        <v>1657</v>
+        <v>1736</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>1658</v>
+        <v>1737</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>1659</v>
+        <v>1738</v>
       </c>
       <c r="H4" t="s">
-        <v>1660</v>
+        <v>1739</v>
       </c>
       <c r="I4" t="s">
-        <v>1661</v>
+        <v>1740</v>
       </c>
       <c r="J4" t="s">
-        <v>1653</v>
+        <v>1741</v>
       </c>
       <c r="K4" t="s">
-        <v>1654</v>
+        <v>1742</v>
       </c>
       <c r="L4" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M4" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N4" t="s">
-        <v>1645</v>
+        <v>1733</v>
       </c>
       <c r="O4" t="s">
-        <v>1646</v>
+        <v>1743</v>
       </c>
       <c r="P4" t="s">
-        <v>1662</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B5" t="s">
-        <v>1663</v>
+        <v>1745</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>1658</v>
+        <v>1746</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>1664</v>
+        <v>1747</v>
       </c>
       <c r="H5" t="s">
-        <v>1665</v>
+        <v>1748</v>
       </c>
       <c r="I5" t="s">
-        <v>1661</v>
+        <v>1749</v>
       </c>
       <c r="J5" t="s">
-        <v>1653</v>
+        <v>1741</v>
       </c>
       <c r="K5" t="s">
-        <v>1654</v>
+        <v>1742</v>
       </c>
       <c r="L5" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M5" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N5" t="s">
-        <v>1645</v>
+        <v>1733</v>
       </c>
       <c r="O5" t="s">
-        <v>1666</v>
+        <v>1734</v>
       </c>
       <c r="P5" t="s">
-        <v>1667</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B6" t="s">
-        <v>1668</v>
+        <v>1751</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>1658</v>
+        <v>1746</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>1669</v>
+        <v>1752</v>
       </c>
       <c r="H6" t="s">
-        <v>1670</v>
+        <v>1753</v>
       </c>
       <c r="I6" t="s">
-        <v>1652</v>
+        <v>1749</v>
       </c>
       <c r="J6" t="s">
-        <v>1653</v>
+        <v>1741</v>
       </c>
       <c r="K6" t="s">
-        <v>1654</v>
+        <v>1742</v>
       </c>
       <c r="L6" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M6" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N6" t="s">
-        <v>1671</v>
+        <v>1733</v>
       </c>
       <c r="O6" t="s">
-        <v>1672</v>
+        <v>1754</v>
       </c>
       <c r="P6" t="s">
-        <v>1673</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B7" t="s">
-        <v>1674</v>
+        <v>1756</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>1675</v>
+        <v>1746</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>1676</v>
+        <v>1757</v>
       </c>
       <c r="H7" t="s">
-        <v>1677</v>
+        <v>1758</v>
       </c>
       <c r="I7" t="s">
-        <v>1678</v>
+        <v>1740</v>
       </c>
       <c r="J7" t="s">
-        <v>1679</v>
+        <v>1741</v>
       </c>
       <c r="K7" t="s">
-        <v>55</v>
+        <v>1742</v>
       </c>
       <c r="L7" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M7" t="s">
-        <v>1680</v>
+        <v>1732</v>
       </c>
       <c r="N7" t="s">
-        <v>1681</v>
+        <v>1759</v>
       </c>
       <c r="O7" t="s">
-        <v>1682</v>
+        <v>1760</v>
       </c>
       <c r="P7" t="s">
-        <v>1683</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B8" t="s">
-        <v>1684</v>
+        <v>1762</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>1685</v>
+        <v>1763</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>1686</v>
+        <v>1764</v>
       </c>
       <c r="H8" t="s">
-        <v>1687</v>
+        <v>1765</v>
       </c>
       <c r="I8" t="s">
-        <v>1688</v>
+        <v>1766</v>
       </c>
       <c r="J8" t="s">
-        <v>1689</v>
+        <v>1767</v>
       </c>
       <c r="K8" t="s">
-        <v>1690</v>
+        <v>30</v>
       </c>
       <c r="L8" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M8" t="s">
-        <v>1680</v>
+        <v>1768</v>
       </c>
       <c r="N8" t="s">
-        <v>1681</v>
+        <v>1722</v>
       </c>
       <c r="O8" t="s">
-        <v>1682</v>
+        <v>1723</v>
       </c>
       <c r="P8" t="s">
-        <v>1691</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B9" t="s">
-        <v>1692</v>
+        <v>1770</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>1693</v>
+        <v>1771</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>1694</v>
+        <v>1772</v>
       </c>
       <c r="H9" t="s">
-        <v>1695</v>
+        <v>1773</v>
       </c>
       <c r="I9" t="s">
-        <v>1696</v>
+        <v>1774</v>
       </c>
       <c r="J9" t="s">
-        <v>1697</v>
+        <v>1775</v>
       </c>
       <c r="K9" t="s">
-        <v>1698</v>
+        <v>1776</v>
       </c>
       <c r="L9" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M9" t="s">
-        <v>1680</v>
+        <v>1768</v>
       </c>
       <c r="N9" t="s">
-        <v>1681</v>
+        <v>1722</v>
       </c>
       <c r="O9" t="s">
-        <v>1682</v>
+        <v>1723</v>
       </c>
       <c r="P9" t="s">
-        <v>1699</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B10" t="s">
-        <v>1700</v>
+        <v>1778</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>1701</v>
+        <v>1779</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>1702</v>
+        <v>1780</v>
       </c>
       <c r="H10" t="s">
-        <v>1703</v>
+        <v>1781</v>
       </c>
       <c r="I10" t="s">
-        <v>1704</v>
+        <v>1782</v>
       </c>
       <c r="J10" t="s">
-        <v>1697</v>
+        <v>1783</v>
       </c>
       <c r="K10" t="s">
-        <v>1698</v>
+        <v>1784</v>
       </c>
       <c r="L10" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M10" t="s">
-        <v>1644</v>
+        <v>1768</v>
       </c>
       <c r="N10" t="s">
-        <v>1705</v>
+        <v>1722</v>
       </c>
       <c r="O10" t="s">
-        <v>1706</v>
+        <v>1723</v>
       </c>
       <c r="P10" t="s">
-        <v>1707</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B11" t="s">
-        <v>1708</v>
+        <v>1786</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>1709</v>
+        <v>1787</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>1710</v>
+        <v>1788</v>
       </c>
       <c r="H11" t="s">
-        <v>1711</v>
+        <v>1789</v>
       </c>
       <c r="I11" t="s">
-        <v>1712</v>
+        <v>1790</v>
       </c>
       <c r="J11" t="s">
-        <v>1713</v>
+        <v>1791</v>
       </c>
       <c r="K11" t="s">
-        <v>1714</v>
+        <v>1792</v>
       </c>
       <c r="L11" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M11" t="s">
-        <v>1715</v>
+        <v>1732</v>
       </c>
       <c r="N11" t="s">
-        <v>1681</v>
+        <v>1733</v>
       </c>
       <c r="O11" t="s">
-        <v>1682</v>
+        <v>1734</v>
       </c>
       <c r="P11" t="s">
-        <v>1716</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B12" t="s">
-        <v>1717</v>
+        <v>1794</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>1718</v>
+        <v>1795</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>1719</v>
+        <v>1796</v>
       </c>
       <c r="H12" t="s">
+        <v>1797</v>
+      </c>
+      <c r="I12" t="s">
+        <v>1798</v>
+      </c>
+      <c r="J12" t="s">
+        <v>1799</v>
+      </c>
+      <c r="K12" t="s">
+        <v>1800</v>
+      </c>
+      <c r="L12" t="s">
         <v>1720</v>
       </c>
-      <c r="I12" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M12" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N12" t="s">
-        <v>1645</v>
+        <v>1733</v>
       </c>
       <c r="O12" t="s">
-        <v>1724</v>
+        <v>1734</v>
       </c>
       <c r="P12" t="s">
-        <v>1725</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B13" t="s">
-        <v>1726</v>
+        <v>1802</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>1727</v>
+        <v>1803</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>1728</v>
+        <v>1804</v>
       </c>
       <c r="H13" t="s">
-        <v>1729</v>
+        <v>1805</v>
       </c>
       <c r="I13" t="s">
-        <v>1730</v>
+        <v>1806</v>
       </c>
       <c r="J13" t="s">
-        <v>1731</v>
+        <v>1783</v>
       </c>
       <c r="K13" t="s">
+        <v>1784</v>
+      </c>
+      <c r="L13" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M13" t="s">
         <v>1732</v>
       </c>
-      <c r="L13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N13" t="s">
-        <v>1681</v>
+        <v>1807</v>
       </c>
       <c r="O13" t="s">
-        <v>1682</v>
+        <v>1808</v>
       </c>
       <c r="P13" t="s">
-        <v>1733</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B14" t="s">
-        <v>1734</v>
+        <v>1810</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>1735</v>
+        <v>1811</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>1736</v>
+        <v>1812</v>
       </c>
       <c r="H14" t="s">
-        <v>1737</v>
+        <v>1813</v>
       </c>
       <c r="I14" t="s">
-        <v>1738</v>
+        <v>1814</v>
       </c>
       <c r="J14" t="s">
-        <v>1679</v>
+        <v>1815</v>
       </c>
       <c r="K14" t="s">
-        <v>55</v>
+        <v>1816</v>
       </c>
       <c r="L14" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M14" t="s">
-        <v>1680</v>
+        <v>1721</v>
       </c>
       <c r="N14" t="s">
-        <v>1681</v>
+        <v>1722</v>
       </c>
       <c r="O14" t="s">
-        <v>1682</v>
+        <v>1723</v>
       </c>
       <c r="P14" t="s">
-        <v>1739</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B15" t="s">
-        <v>1740</v>
+        <v>1818</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>1741</v>
+        <v>1819</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>1742</v>
+        <v>1820</v>
       </c>
       <c r="H15" t="s">
-        <v>1743</v>
+        <v>1821</v>
       </c>
       <c r="I15" t="s">
-        <v>1744</v>
+        <v>1822</v>
       </c>
       <c r="J15" t="s">
-        <v>1689</v>
+        <v>1823</v>
       </c>
       <c r="K15" t="s">
-        <v>1690</v>
+        <v>1824</v>
       </c>
       <c r="L15" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M15" t="s">
-        <v>1715</v>
+        <v>1732</v>
       </c>
       <c r="N15" t="s">
-        <v>1681</v>
+        <v>1733</v>
       </c>
       <c r="O15" t="s">
-        <v>1682</v>
+        <v>1825</v>
       </c>
       <c r="P15" t="s">
-        <v>1745</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B16" t="s">
-        <v>1746</v>
+        <v>1827</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>1747</v>
+        <v>1828</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>1748</v>
+        <v>1829</v>
       </c>
       <c r="H16" t="s">
-        <v>1749</v>
+        <v>1830</v>
       </c>
       <c r="I16" t="s">
-        <v>1750</v>
+        <v>1831</v>
       </c>
       <c r="J16" t="s">
-        <v>1751</v>
+        <v>1832</v>
       </c>
       <c r="K16" t="s">
-        <v>1752</v>
+        <v>1833</v>
       </c>
       <c r="L16" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M16" t="s">
-        <v>1680</v>
+        <v>1732</v>
       </c>
       <c r="N16" t="s">
-        <v>1681</v>
+        <v>1834</v>
       </c>
       <c r="O16" t="s">
-        <v>1682</v>
+        <v>1835</v>
       </c>
       <c r="P16" t="s">
-        <v>1753</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B17" t="s">
-        <v>1754</v>
+        <v>1837</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>1755</v>
+        <v>1838</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>1756</v>
+        <v>1839</v>
       </c>
       <c r="H17" t="s">
-        <v>1757</v>
+        <v>1840</v>
       </c>
       <c r="I17" t="s">
-        <v>1758</v>
+        <v>1841</v>
       </c>
       <c r="J17" t="s">
-        <v>1759</v>
+        <v>1842</v>
       </c>
       <c r="K17" t="s">
-        <v>55</v>
+        <v>1843</v>
       </c>
       <c r="L17" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M17" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N17" t="s">
-        <v>1760</v>
+        <v>1733</v>
       </c>
       <c r="O17" t="s">
-        <v>1761</v>
+        <v>1825</v>
       </c>
       <c r="P17" t="s">
-        <v>1762</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B18" t="s">
-        <v>1763</v>
+        <v>1845</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>1755</v>
+        <v>1846</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>1764</v>
+        <v>1847</v>
       </c>
       <c r="H18" t="s">
-        <v>1765</v>
+        <v>1848</v>
       </c>
       <c r="I18" t="s">
-        <v>1766</v>
+        <v>1849</v>
       </c>
       <c r="J18" t="s">
+        <v>1850</v>
+      </c>
+      <c r="K18" t="s">
+        <v>1851</v>
+      </c>
+      <c r="L18" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M18" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N18" t="s">
         <v>1759</v>
       </c>
-      <c r="K18" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="O18" t="s">
-        <v>1767</v>
+        <v>1852</v>
       </c>
       <c r="P18" t="s">
-        <v>1768</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B19" t="s">
-        <v>1769</v>
+        <v>1854</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>1770</v>
+        <v>1855</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>1771</v>
+        <v>1856</v>
       </c>
       <c r="H19" t="s">
-        <v>1772</v>
+        <v>1857</v>
       </c>
       <c r="I19" t="s">
-        <v>1773</v>
+        <v>1858</v>
       </c>
       <c r="J19" t="s">
-        <v>1774</v>
+        <v>1859</v>
       </c>
       <c r="K19" t="s">
-        <v>1775</v>
+        <v>1860</v>
       </c>
       <c r="L19" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M19" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N19" t="s">
-        <v>1776</v>
+        <v>1759</v>
       </c>
       <c r="O19" t="s">
-        <v>1777</v>
+        <v>1861</v>
       </c>
       <c r="P19" t="s">
-        <v>1778</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B20" t="s">
-        <v>1779</v>
+        <v>1863</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>1780</v>
+        <v>1864</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>1781</v>
+        <v>1865</v>
       </c>
       <c r="H20" t="s">
-        <v>1782</v>
+        <v>1866</v>
       </c>
       <c r="I20" t="s">
-        <v>1783</v>
+        <v>1867</v>
       </c>
       <c r="J20" t="s">
-        <v>1784</v>
+        <v>1850</v>
       </c>
       <c r="K20" t="s">
-        <v>1785</v>
+        <v>1851</v>
       </c>
       <c r="L20" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M20" t="s">
-        <v>1644</v>
+        <v>1768</v>
       </c>
       <c r="N20" t="s">
-        <v>1645</v>
+        <v>1722</v>
       </c>
       <c r="O20" t="s">
-        <v>1724</v>
+        <v>1723</v>
       </c>
       <c r="P20" t="s">
-        <v>1786</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B21" t="s">
-        <v>1787</v>
+        <v>1869</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>1780</v>
+        <v>1870</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>1788</v>
+        <v>1871</v>
       </c>
       <c r="H21" t="s">
-        <v>1789</v>
+        <v>1872</v>
       </c>
       <c r="I21" t="s">
-        <v>1790</v>
+        <v>1873</v>
       </c>
       <c r="J21" t="s">
-        <v>1791</v>
+        <v>1767</v>
       </c>
       <c r="K21" t="s">
-        <v>1792</v>
+        <v>30</v>
       </c>
       <c r="L21" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M21" t="s">
-        <v>1715</v>
+        <v>1768</v>
       </c>
       <c r="N21" t="s">
-        <v>1645</v>
+        <v>1722</v>
       </c>
       <c r="O21" t="s">
-        <v>1724</v>
+        <v>1723</v>
       </c>
       <c r="P21" t="s">
-        <v>1793</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B22" t="s">
-        <v>1794</v>
+        <v>1875</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>1795</v>
+        <v>1876</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>1796</v>
+        <v>1877</v>
       </c>
       <c r="H22" t="s">
-        <v>1797</v>
+        <v>1878</v>
       </c>
       <c r="I22" t="s">
-        <v>1798</v>
+        <v>1879</v>
       </c>
       <c r="J22" t="s">
-        <v>1799</v>
+        <v>1775</v>
       </c>
       <c r="K22" t="s">
-        <v>1800</v>
+        <v>1776</v>
       </c>
       <c r="L22" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M22" t="s">
-        <v>1644</v>
+        <v>1721</v>
       </c>
       <c r="N22" t="s">
-        <v>1671</v>
+        <v>1722</v>
       </c>
       <c r="O22" t="s">
-        <v>1801</v>
+        <v>1723</v>
       </c>
       <c r="P22" t="s">
-        <v>1802</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B23" t="s">
-        <v>1803</v>
+        <v>1881</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>1804</v>
+        <v>1882</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>1805</v>
+        <v>1883</v>
       </c>
       <c r="H23" t="s">
-        <v>1806</v>
+        <v>1884</v>
       </c>
       <c r="I23" t="s">
-        <v>1807</v>
+        <v>1885</v>
       </c>
       <c r="J23" t="s">
-        <v>1799</v>
+        <v>1886</v>
       </c>
       <c r="K23" t="s">
-        <v>1800</v>
+        <v>1887</v>
       </c>
       <c r="L23" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M23" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N23" t="s">
-        <v>1671</v>
+        <v>1733</v>
       </c>
       <c r="O23" t="s">
-        <v>1808</v>
+        <v>1734</v>
       </c>
       <c r="P23" t="s">
-        <v>1809</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B24" t="s">
-        <v>1810</v>
+        <v>1889</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>1804</v>
+        <v>1890</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>1811</v>
+        <v>1891</v>
       </c>
       <c r="H24" t="s">
-        <v>1812</v>
+        <v>1892</v>
       </c>
       <c r="I24" t="s">
-        <v>1807</v>
+        <v>1893</v>
       </c>
       <c r="J24" t="s">
-        <v>1799</v>
+        <v>1894</v>
       </c>
       <c r="K24" t="s">
-        <v>1800</v>
+        <v>1895</v>
       </c>
       <c r="L24" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M24" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N24" t="s">
-        <v>1671</v>
+        <v>1733</v>
       </c>
       <c r="O24" t="s">
-        <v>1813</v>
+        <v>1734</v>
       </c>
       <c r="P24" t="s">
-        <v>1814</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B25" t="s">
-        <v>1815</v>
+        <v>1897</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>1816</v>
+        <v>1898</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>1817</v>
+        <v>1899</v>
       </c>
       <c r="H25" t="s">
-        <v>1818</v>
+        <v>1900</v>
       </c>
       <c r="I25" t="s">
-        <v>1819</v>
+        <v>1901</v>
       </c>
       <c r="J25" t="s">
-        <v>1820</v>
+        <v>1767</v>
       </c>
       <c r="K25" t="s">
-        <v>1821</v>
+        <v>30</v>
       </c>
       <c r="L25" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M25" t="s">
-        <v>1644</v>
+        <v>1721</v>
       </c>
       <c r="N25" t="s">
-        <v>1776</v>
+        <v>1733</v>
       </c>
       <c r="O25" t="s">
-        <v>1822</v>
+        <v>1825</v>
       </c>
       <c r="P25" t="s">
-        <v>1823</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B26" t="s">
-        <v>1824</v>
+        <v>1903</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>1816</v>
+        <v>1904</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>1825</v>
+        <v>1905</v>
       </c>
       <c r="H26" t="s">
-        <v>1826</v>
+        <v>1906</v>
       </c>
       <c r="I26" t="s">
-        <v>1820</v>
+        <v>1907</v>
       </c>
       <c r="J26" t="s">
-        <v>20</v>
+        <v>1908</v>
       </c>
       <c r="K26" t="s">
-        <v>1821</v>
+        <v>1909</v>
       </c>
       <c r="L26" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M26" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N26" t="s">
-        <v>1776</v>
+        <v>1733</v>
       </c>
       <c r="O26" t="s">
-        <v>1827</v>
+        <v>1734</v>
       </c>
       <c r="P26" t="s">
-        <v>1828</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B27" t="s">
-        <v>1829</v>
+        <v>1911</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>1830</v>
+        <v>1912</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>1831</v>
+        <v>1913</v>
       </c>
       <c r="H27" t="s">
-        <v>1832</v>
+        <v>1914</v>
       </c>
       <c r="I27" t="s">
-        <v>1833</v>
+        <v>1915</v>
       </c>
       <c r="J27" t="s">
-        <v>1834</v>
+        <v>1916</v>
       </c>
       <c r="K27" t="s">
-        <v>1835</v>
+        <v>1917</v>
       </c>
       <c r="L27" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M27" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N27" t="s">
-        <v>1671</v>
+        <v>1759</v>
       </c>
       <c r="O27" t="s">
-        <v>1672</v>
+        <v>1760</v>
       </c>
       <c r="P27" t="s">
-        <v>1836</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B28" t="s">
-        <v>1837</v>
+        <v>1919</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>1838</v>
+        <v>1920</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>1839</v>
+        <v>1921</v>
       </c>
       <c r="H28" t="s">
-        <v>1840</v>
+        <v>1922</v>
       </c>
       <c r="I28" t="s">
-        <v>1713</v>
+        <v>1923</v>
       </c>
       <c r="J28" t="s">
-        <v>20</v>
+        <v>1767</v>
       </c>
       <c r="K28" t="s">
-        <v>1714</v>
+        <v>30</v>
       </c>
       <c r="L28" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M28" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N28" t="s">
-        <v>1671</v>
+        <v>1924</v>
       </c>
       <c r="O28" t="s">
-        <v>1841</v>
+        <v>1925</v>
       </c>
       <c r="P28" t="s">
-        <v>1842</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B29" t="s">
-        <v>1843</v>
+        <v>1927</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>1844</v>
+        <v>1920</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>1845</v>
+        <v>1928</v>
       </c>
       <c r="H29" t="s">
-        <v>1846</v>
+        <v>1929</v>
       </c>
       <c r="I29" t="s">
-        <v>1847</v>
+        <v>1930</v>
       </c>
       <c r="J29" t="s">
         <v>20</v>
       </c>
       <c r="K29" t="s">
-        <v>1848</v>
+        <v>1931</v>
       </c>
       <c r="L29" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M29" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N29" t="s">
-        <v>1645</v>
+        <v>1924</v>
       </c>
       <c r="O29" t="s">
-        <v>1646</v>
+        <v>1925</v>
       </c>
       <c r="P29" t="s">
-        <v>1849</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B30" t="s">
-        <v>1850</v>
+        <v>1933</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>1851</v>
+        <v>1934</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>1852</v>
+        <v>1935</v>
       </c>
       <c r="H30" t="s">
-        <v>1853</v>
+        <v>1936</v>
       </c>
       <c r="I30" t="s">
-        <v>1854</v>
+        <v>1937</v>
       </c>
       <c r="J30" t="s">
-        <v>1855</v>
+        <v>1938</v>
       </c>
       <c r="K30" t="s">
-        <v>1856</v>
+        <v>1939</v>
       </c>
       <c r="L30" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M30" t="s">
-        <v>1680</v>
+        <v>1732</v>
       </c>
       <c r="N30" t="s">
-        <v>1645</v>
+        <v>1733</v>
       </c>
       <c r="O30" t="s">
-        <v>1646</v>
+        <v>1734</v>
       </c>
       <c r="P30" t="s">
-        <v>1857</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B31" t="s">
-        <v>1858</v>
+        <v>1941</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>1859</v>
+        <v>1942</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>1860</v>
+        <v>1943</v>
       </c>
       <c r="H31" t="s">
-        <v>1861</v>
+        <v>1944</v>
       </c>
       <c r="I31" t="s">
-        <v>1862</v>
+        <v>1945</v>
       </c>
       <c r="J31" t="s">
-        <v>1863</v>
+        <v>1886</v>
       </c>
       <c r="K31" t="s">
-        <v>30</v>
+        <v>1887</v>
       </c>
       <c r="L31" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M31" t="s">
-        <v>1644</v>
+        <v>1768</v>
       </c>
       <c r="N31" t="s">
-        <v>1645</v>
+        <v>1722</v>
       </c>
       <c r="O31" t="s">
-        <v>1646</v>
+        <v>1723</v>
       </c>
       <c r="P31" t="s">
-        <v>1864</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B32" t="s">
-        <v>1865</v>
+        <v>1947</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>1866</v>
+        <v>1948</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>1867</v>
+        <v>1949</v>
       </c>
       <c r="H32" t="s">
-        <v>1868</v>
+        <v>1950</v>
       </c>
       <c r="I32" t="s">
-        <v>1869</v>
+        <v>1951</v>
       </c>
       <c r="J32" t="s">
-        <v>1870</v>
+        <v>1952</v>
       </c>
       <c r="K32" t="s">
-        <v>186</v>
+        <v>269</v>
       </c>
       <c r="L32" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M32" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N32" t="s">
-        <v>1645</v>
+        <v>1733</v>
       </c>
       <c r="O32" t="s">
-        <v>1724</v>
+        <v>1825</v>
       </c>
       <c r="P32" t="s">
-        <v>1871</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B33" t="s">
-        <v>1872</v>
+        <v>1954</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>1755</v>
+        <v>1955</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>1873</v>
+        <v>1956</v>
       </c>
       <c r="H33" t="s">
-        <v>1874</v>
+        <v>1957</v>
       </c>
       <c r="I33" t="s">
-        <v>1875</v>
+        <v>1958</v>
       </c>
       <c r="J33" t="s">
-        <v>1759</v>
+        <v>1959</v>
       </c>
       <c r="K33" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L33" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M33" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N33" t="s">
-        <v>1671</v>
+        <v>1960</v>
       </c>
       <c r="O33" t="s">
-        <v>1876</v>
+        <v>1961</v>
       </c>
       <c r="P33" t="s">
-        <v>1877</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B34" t="s">
-        <v>1878</v>
+        <v>1963</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>1755</v>
+        <v>1955</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>1879</v>
+        <v>1964</v>
       </c>
       <c r="H34" t="s">
-        <v>1880</v>
+        <v>1965</v>
       </c>
       <c r="I34" t="s">
-        <v>1881</v>
+        <v>1966</v>
       </c>
       <c r="J34" t="s">
-        <v>1759</v>
+        <v>1959</v>
       </c>
       <c r="K34" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L34" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M34" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N34" t="s">
-        <v>1760</v>
+        <v>1960</v>
       </c>
       <c r="O34" t="s">
-        <v>1767</v>
+        <v>1967</v>
       </c>
       <c r="P34" t="s">
-        <v>1882</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B35" t="s">
-        <v>1883</v>
+        <v>1969</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>1884</v>
+        <v>1955</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>1885</v>
+        <v>1970</v>
       </c>
       <c r="H35" t="s">
-        <v>1886</v>
+        <v>1971</v>
       </c>
       <c r="I35" t="s">
-        <v>1887</v>
+        <v>1972</v>
       </c>
       <c r="J35" t="s">
-        <v>1888</v>
+        <v>1767</v>
       </c>
       <c r="K35" t="s">
-        <v>1889</v>
+        <v>30</v>
       </c>
       <c r="L35" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M35" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N35" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="O35" t="s">
-        <v>1761</v>
+        <v>1861</v>
       </c>
       <c r="P35" t="s">
-        <v>1890</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B36" t="s">
-        <v>1891</v>
+        <v>1974</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>1884</v>
+        <v>1955</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>1892</v>
+        <v>1975</v>
       </c>
       <c r="H36" t="s">
-        <v>1893</v>
+        <v>1976</v>
       </c>
       <c r="I36" t="s">
-        <v>1894</v>
+        <v>1977</v>
       </c>
       <c r="J36" t="s">
-        <v>20</v>
+        <v>1959</v>
       </c>
       <c r="K36" t="s">
-        <v>1895</v>
+        <v>30</v>
       </c>
       <c r="L36" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M36" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N36" t="s">
-        <v>1645</v>
+        <v>1759</v>
       </c>
       <c r="O36" t="s">
-        <v>1646</v>
+        <v>1978</v>
       </c>
       <c r="P36" t="s">
-        <v>1896</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B37" t="s">
-        <v>1897</v>
+        <v>1980</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>1898</v>
+        <v>1955</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>1899</v>
+        <v>1981</v>
       </c>
       <c r="H37" t="s">
-        <v>1900</v>
+        <v>1982</v>
       </c>
       <c r="I37" t="s">
-        <v>1901</v>
+        <v>1983</v>
       </c>
       <c r="J37" t="s">
-        <v>1902</v>
+        <v>1959</v>
       </c>
       <c r="K37" t="s">
-        <v>1903</v>
+        <v>30</v>
       </c>
       <c r="L37" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M37" t="s">
-        <v>1715</v>
+        <v>1732</v>
       </c>
       <c r="N37" t="s">
-        <v>1645</v>
+        <v>1960</v>
       </c>
       <c r="O37" t="s">
-        <v>1646</v>
+        <v>1967</v>
       </c>
       <c r="P37" t="s">
-        <v>1904</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B38" t="s">
-        <v>1905</v>
+        <v>1985</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>1906</v>
+        <v>1986</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>1907</v>
+        <v>1987</v>
       </c>
       <c r="H38" t="s">
-        <v>1908</v>
+        <v>1988</v>
       </c>
       <c r="I38" t="s">
-        <v>1909</v>
+        <v>1989</v>
       </c>
       <c r="J38" t="s">
-        <v>1910</v>
+        <v>1990</v>
       </c>
       <c r="K38" t="s">
-        <v>1911</v>
+        <v>1991</v>
       </c>
       <c r="L38" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M38" t="s">
-        <v>1715</v>
+        <v>1732</v>
       </c>
       <c r="N38" t="s">
-        <v>1671</v>
+        <v>1960</v>
       </c>
       <c r="O38" t="s">
-        <v>1912</v>
+        <v>1961</v>
       </c>
       <c r="P38" t="s">
-        <v>1913</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B39" t="s">
-        <v>1914</v>
+        <v>1993</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>1915</v>
+        <v>1986</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>1916</v>
+        <v>1994</v>
       </c>
       <c r="H39" t="s">
-        <v>1917</v>
+        <v>1995</v>
       </c>
       <c r="I39" t="s">
-        <v>1918</v>
+        <v>1996</v>
       </c>
       <c r="J39" t="s">
-        <v>1919</v>
+        <v>20</v>
       </c>
       <c r="K39" t="s">
-        <v>1920</v>
+        <v>1997</v>
       </c>
       <c r="L39" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M39" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N39" t="s">
-        <v>1645</v>
+        <v>1733</v>
       </c>
       <c r="O39" t="s">
-        <v>1646</v>
+        <v>1734</v>
       </c>
       <c r="P39" t="s">
-        <v>1921</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B40" t="s">
-        <v>1922</v>
+        <v>1999</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>1923</v>
+        <v>2000</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>1924</v>
+        <v>2001</v>
       </c>
       <c r="H40" t="s">
-        <v>1925</v>
+        <v>2002</v>
       </c>
       <c r="I40" t="s">
-        <v>1926</v>
+        <v>2003</v>
       </c>
       <c r="J40" t="s">
-        <v>1927</v>
+        <v>2004</v>
       </c>
       <c r="K40" t="s">
-        <v>1928</v>
+        <v>2005</v>
       </c>
       <c r="L40" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M40" t="s">
-        <v>1644</v>
+        <v>1721</v>
       </c>
       <c r="N40" t="s">
-        <v>1645</v>
+        <v>1733</v>
       </c>
       <c r="O40" t="s">
-        <v>1646</v>
+        <v>1734</v>
       </c>
       <c r="P40" t="s">
-        <v>1929</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B41" t="s">
-        <v>1930</v>
+        <v>2007</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>1931</v>
+        <v>2008</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>1932</v>
+        <v>2009</v>
       </c>
       <c r="H41" t="s">
-        <v>1933</v>
+        <v>2010</v>
       </c>
       <c r="I41" t="s">
-        <v>1934</v>
+        <v>2011</v>
       </c>
       <c r="J41" t="s">
-        <v>20</v>
+        <v>2012</v>
       </c>
       <c r="K41" t="s">
-        <v>1935</v>
+        <v>2013</v>
       </c>
       <c r="L41" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M41" t="s">
-        <v>1644</v>
+        <v>1721</v>
       </c>
       <c r="N41" t="s">
-        <v>1645</v>
+        <v>1759</v>
       </c>
       <c r="O41" t="s">
-        <v>1646</v>
+        <v>2014</v>
       </c>
       <c r="P41" t="s">
-        <v>1936</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B42" t="s">
-        <v>1937</v>
+        <v>2016</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>1938</v>
+        <v>2017</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>1939</v>
+        <v>2018</v>
       </c>
       <c r="H42" t="s">
-        <v>1940</v>
+        <v>2019</v>
       </c>
       <c r="I42" t="s">
-        <v>1774</v>
+        <v>2020</v>
       </c>
       <c r="J42" t="s">
-        <v>20</v>
+        <v>2021</v>
       </c>
       <c r="K42" t="s">
-        <v>1775</v>
+        <v>2022</v>
       </c>
       <c r="L42" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M42" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N42" t="s">
-        <v>1645</v>
+        <v>2023</v>
       </c>
       <c r="O42" t="s">
-        <v>1646</v>
+        <v>2024</v>
       </c>
       <c r="P42" t="s">
-        <v>1941</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B43" t="s">
-        <v>1942</v>
+        <v>2026</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>1938</v>
+        <v>2027</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>1943</v>
+        <v>2028</v>
       </c>
       <c r="H43" t="s">
-        <v>1944</v>
+        <v>2029</v>
       </c>
       <c r="I43" t="s">
-        <v>1945</v>
+        <v>2030</v>
       </c>
       <c r="J43" t="s">
-        <v>1946</v>
+        <v>2031</v>
       </c>
       <c r="K43" t="s">
-        <v>1947</v>
+        <v>2032</v>
       </c>
       <c r="L43" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M43" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N43" t="s">
-        <v>1645</v>
+        <v>1733</v>
       </c>
       <c r="O43" t="s">
-        <v>1666</v>
+        <v>1734</v>
       </c>
       <c r="P43" t="s">
-        <v>1948</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B44" t="s">
-        <v>1949</v>
+        <v>2034</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>1950</v>
+        <v>2035</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>1951</v>
+        <v>2036</v>
       </c>
       <c r="H44" t="s">
-        <v>1952</v>
+        <v>2037</v>
       </c>
       <c r="I44" t="s">
-        <v>1953</v>
+        <v>2038</v>
       </c>
       <c r="J44" t="s">
-        <v>1954</v>
+        <v>2039</v>
       </c>
       <c r="K44" t="s">
-        <v>1955</v>
+        <v>2040</v>
       </c>
       <c r="L44" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M44" t="s">
-        <v>1715</v>
+        <v>1732</v>
       </c>
       <c r="N44" t="s">
-        <v>1645</v>
+        <v>1733</v>
       </c>
       <c r="O44" t="s">
-        <v>1724</v>
+        <v>1734</v>
       </c>
       <c r="P44" t="s">
-        <v>1956</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B45" t="s">
-        <v>1957</v>
+        <v>2042</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>1958</v>
+        <v>2043</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>1959</v>
+        <v>2044</v>
       </c>
       <c r="H45" t="s">
-        <v>1960</v>
+        <v>2045</v>
       </c>
       <c r="I45" t="s">
-        <v>1961</v>
+        <v>2046</v>
       </c>
       <c r="J45" t="s">
-        <v>1962</v>
+        <v>20</v>
       </c>
       <c r="K45" t="s">
-        <v>1963</v>
+        <v>2047</v>
       </c>
       <c r="L45" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M45" t="s">
-        <v>1680</v>
+        <v>1732</v>
       </c>
       <c r="N45" t="s">
-        <v>1645</v>
+        <v>1733</v>
       </c>
       <c r="O45" t="s">
-        <v>1646</v>
+        <v>1734</v>
       </c>
       <c r="P45" t="s">
-        <v>1964</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B46" t="s">
-        <v>1965</v>
+        <v>2049</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>1966</v>
+        <v>2050</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>1967</v>
+        <v>2051</v>
       </c>
       <c r="H46" t="s">
-        <v>1968</v>
+        <v>2052</v>
       </c>
       <c r="I46" t="s">
-        <v>1969</v>
+        <v>2021</v>
       </c>
       <c r="J46" t="s">
-        <v>1970</v>
+        <v>20</v>
       </c>
       <c r="K46" t="s">
-        <v>1971</v>
+        <v>2022</v>
       </c>
       <c r="L46" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M46" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N46" t="s">
-        <v>1645</v>
+        <v>1733</v>
       </c>
       <c r="O46" t="s">
-        <v>1646</v>
+        <v>1734</v>
       </c>
       <c r="P46" t="s">
-        <v>1972</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B47" t="s">
-        <v>1973</v>
+        <v>2054</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>1974</v>
+        <v>2050</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>1975</v>
+        <v>2055</v>
       </c>
       <c r="H47" t="s">
-        <v>1976</v>
+        <v>2056</v>
       </c>
       <c r="I47" t="s">
-        <v>1977</v>
+        <v>2057</v>
       </c>
       <c r="J47" t="s">
-        <v>1978</v>
+        <v>2058</v>
       </c>
       <c r="K47" t="s">
-        <v>1979</v>
+        <v>2059</v>
       </c>
       <c r="L47" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M47" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N47" t="s">
-        <v>1645</v>
+        <v>1733</v>
       </c>
       <c r="O47" t="s">
-        <v>1646</v>
+        <v>1754</v>
       </c>
       <c r="P47" t="s">
-        <v>1980</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B48" t="s">
-        <v>1981</v>
+        <v>2061</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>1780</v>
+        <v>2062</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>1982</v>
+        <v>2063</v>
       </c>
       <c r="H48" t="s">
-        <v>1983</v>
+        <v>2064</v>
       </c>
       <c r="I48" t="s">
-        <v>1807</v>
+        <v>2065</v>
       </c>
       <c r="J48" t="s">
-        <v>1799</v>
+        <v>2066</v>
       </c>
       <c r="K48" t="s">
-        <v>1800</v>
+        <v>1895</v>
       </c>
       <c r="L48" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M48" t="s">
-        <v>1644</v>
+        <v>1721</v>
       </c>
       <c r="N48" t="s">
-        <v>1671</v>
+        <v>1733</v>
       </c>
       <c r="O48" t="s">
-        <v>1813</v>
+        <v>1825</v>
       </c>
       <c r="P48" t="s">
-        <v>1984</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B49" t="s">
-        <v>1985</v>
+        <v>2068</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>1780</v>
+        <v>2069</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>1986</v>
+        <v>2070</v>
       </c>
       <c r="H49" t="s">
-        <v>1987</v>
+        <v>2071</v>
       </c>
       <c r="I49" t="s">
-        <v>1807</v>
+        <v>2072</v>
       </c>
       <c r="J49" t="s">
-        <v>1799</v>
+        <v>2073</v>
       </c>
       <c r="K49" t="s">
-        <v>1800</v>
+        <v>2074</v>
       </c>
       <c r="L49" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M49" t="s">
-        <v>1644</v>
+        <v>1768</v>
       </c>
       <c r="N49" t="s">
-        <v>1671</v>
+        <v>1733</v>
       </c>
       <c r="O49" t="s">
-        <v>1988</v>
+        <v>1734</v>
       </c>
       <c r="P49" t="s">
-        <v>1989</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B50" t="s">
-        <v>1990</v>
+        <v>2076</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>1830</v>
+        <v>2077</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>1991</v>
+        <v>2078</v>
       </c>
       <c r="H50" t="s">
-        <v>1992</v>
+        <v>2079</v>
       </c>
       <c r="I50" t="s">
-        <v>1993</v>
+        <v>2080</v>
       </c>
       <c r="J50" t="s">
-        <v>1994</v>
+        <v>2081</v>
       </c>
       <c r="K50" t="s">
-        <v>1995</v>
+        <v>2082</v>
       </c>
       <c r="L50" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M50" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N50" t="s">
-        <v>1645</v>
+        <v>1733</v>
       </c>
       <c r="O50" t="s">
-        <v>1646</v>
+        <v>1734</v>
       </c>
       <c r="P50" t="s">
-        <v>1996</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B51" t="s">
-        <v>1997</v>
+        <v>2084</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>1838</v>
+        <v>2085</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>1998</v>
+        <v>2086</v>
       </c>
       <c r="H51" t="s">
-        <v>1999</v>
+        <v>2087</v>
       </c>
       <c r="I51" t="s">
-        <v>2000</v>
+        <v>2088</v>
       </c>
       <c r="J51" t="s">
-        <v>1870</v>
+        <v>2089</v>
       </c>
       <c r="K51" t="s">
-        <v>186</v>
+        <v>2090</v>
       </c>
       <c r="L51" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M51" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N51" t="s">
-        <v>1671</v>
+        <v>1733</v>
       </c>
       <c r="O51" t="s">
-        <v>1808</v>
+        <v>1734</v>
       </c>
       <c r="P51" t="s">
-        <v>2001</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B52" t="s">
-        <v>2002</v>
+        <v>2092</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>1838</v>
+        <v>2093</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>2003</v>
+        <v>2094</v>
       </c>
       <c r="H52" t="s">
-        <v>2004</v>
+        <v>2095</v>
       </c>
       <c r="I52" t="s">
-        <v>1819</v>
+        <v>2096</v>
       </c>
       <c r="J52" t="s">
-        <v>1820</v>
+        <v>2097</v>
       </c>
       <c r="K52" t="s">
-        <v>1821</v>
+        <v>2098</v>
       </c>
       <c r="L52" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M52" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N52" t="s">
-        <v>2005</v>
+        <v>1759</v>
       </c>
       <c r="O52" t="s">
-        <v>2006</v>
+        <v>2099</v>
       </c>
       <c r="P52" t="s">
-        <v>2007</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B53" t="s">
-        <v>2008</v>
+        <v>2101</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>1838</v>
+        <v>2093</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>2009</v>
+        <v>2102</v>
       </c>
       <c r="H53" t="s">
-        <v>2010</v>
+        <v>2103</v>
       </c>
       <c r="I53" t="s">
-        <v>2011</v>
+        <v>2096</v>
       </c>
       <c r="J53" t="s">
-        <v>2012</v>
+        <v>2097</v>
       </c>
       <c r="K53" t="s">
-        <v>55</v>
+        <v>2098</v>
       </c>
       <c r="L53" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M53" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N53" t="s">
-        <v>1645</v>
+        <v>1759</v>
       </c>
       <c r="O53" t="s">
-        <v>1646</v>
+        <v>2104</v>
       </c>
       <c r="P53" t="s">
-        <v>2013</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B54" t="s">
-        <v>2014</v>
+        <v>2106</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>1844</v>
+        <v>2093</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>2015</v>
+        <v>2107</v>
       </c>
       <c r="H54" t="s">
-        <v>2016</v>
+        <v>2108</v>
       </c>
       <c r="I54" t="s">
-        <v>2017</v>
+        <v>2109</v>
       </c>
       <c r="J54" t="s">
-        <v>1888</v>
+        <v>2110</v>
       </c>
       <c r="K54" t="s">
-        <v>1889</v>
+        <v>2111</v>
       </c>
       <c r="L54" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M54" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N54" t="s">
-        <v>1645</v>
+        <v>1733</v>
       </c>
       <c r="O54" t="s">
-        <v>1646</v>
+        <v>1825</v>
       </c>
       <c r="P54" t="s">
-        <v>2018</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B55" t="s">
-        <v>2019</v>
+        <v>2113</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>2020</v>
+        <v>2093</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>2021</v>
+        <v>2114</v>
       </c>
       <c r="H55" t="s">
-        <v>2022</v>
+        <v>2115</v>
       </c>
       <c r="I55" t="s">
-        <v>1833</v>
+        <v>2116</v>
       </c>
       <c r="J55" t="s">
-        <v>1834</v>
+        <v>2117</v>
       </c>
       <c r="K55" t="s">
-        <v>1835</v>
+        <v>2118</v>
       </c>
       <c r="L55" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M55" t="s">
-        <v>1644</v>
+        <v>1721</v>
       </c>
       <c r="N55" t="s">
-        <v>1671</v>
+        <v>1733</v>
       </c>
       <c r="O55" t="s">
-        <v>1808</v>
+        <v>1825</v>
       </c>
       <c r="P55" t="s">
-        <v>2023</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B56" t="s">
-        <v>2024</v>
+        <v>2120</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>2025</v>
+        <v>2121</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>2026</v>
+        <v>2122</v>
       </c>
       <c r="H56" t="s">
-        <v>2027</v>
+        <v>2123</v>
       </c>
       <c r="I56" t="s">
-        <v>2028</v>
+        <v>2124</v>
       </c>
       <c r="J56" t="s">
-        <v>2029</v>
+        <v>2097</v>
       </c>
       <c r="K56" t="s">
-        <v>2030</v>
+        <v>2098</v>
       </c>
       <c r="L56" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M56" t="s">
-        <v>1715</v>
+        <v>1732</v>
       </c>
       <c r="N56" t="s">
-        <v>1645</v>
+        <v>1759</v>
       </c>
       <c r="O56" t="s">
-        <v>1724</v>
+        <v>1852</v>
       </c>
       <c r="P56" t="s">
-        <v>2031</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B57" t="s">
-        <v>2032</v>
+        <v>2126</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>2025</v>
+        <v>2127</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>2033</v>
+        <v>2128</v>
       </c>
       <c r="H57" t="s">
-        <v>2034</v>
+        <v>2129</v>
       </c>
       <c r="I57" t="s">
-        <v>2035</v>
+        <v>2130</v>
       </c>
       <c r="J57" t="s">
-        <v>2036</v>
+        <v>1823</v>
       </c>
       <c r="K57" t="s">
-        <v>2037</v>
+        <v>1824</v>
       </c>
       <c r="L57" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M57" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N57" t="s">
-        <v>1645</v>
+        <v>1960</v>
       </c>
       <c r="O57" t="s">
-        <v>1724</v>
+        <v>1967</v>
       </c>
       <c r="P57" t="s">
-        <v>2038</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B58" t="s">
-        <v>2039</v>
+        <v>2132</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>2040</v>
+        <v>2133</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>2041</v>
+        <v>2134</v>
       </c>
       <c r="H58" t="s">
-        <v>2042</v>
+        <v>2135</v>
       </c>
       <c r="I58" t="s">
-        <v>2043</v>
+        <v>2096</v>
       </c>
       <c r="J58" t="s">
-        <v>2044</v>
+        <v>2097</v>
       </c>
       <c r="K58" t="s">
-        <v>2045</v>
+        <v>2098</v>
       </c>
       <c r="L58" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M58" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N58" t="s">
-        <v>1645</v>
+        <v>1759</v>
       </c>
       <c r="O58" t="s">
-        <v>1646</v>
+        <v>1861</v>
       </c>
       <c r="P58" t="s">
-        <v>2046</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B59" t="s">
-        <v>2047</v>
+        <v>2137</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>2048</v>
+        <v>2133</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>2049</v>
+        <v>2138</v>
       </c>
       <c r="H59" t="s">
-        <v>2050</v>
+        <v>2139</v>
       </c>
       <c r="I59" t="s">
-        <v>2051</v>
+        <v>2096</v>
       </c>
       <c r="J59" t="s">
-        <v>2052</v>
+        <v>2097</v>
       </c>
       <c r="K59" t="s">
-        <v>2053</v>
+        <v>2098</v>
       </c>
       <c r="L59" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M59" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N59" t="s">
-        <v>1645</v>
+        <v>1759</v>
       </c>
       <c r="O59" t="s">
-        <v>1646</v>
+        <v>2099</v>
       </c>
       <c r="P59" t="s">
-        <v>2054</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B60" t="s">
-        <v>2055</v>
+        <v>2141</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>2048</v>
+        <v>2142</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>2056</v>
+        <v>2143</v>
       </c>
       <c r="H60" t="s">
-        <v>2057</v>
+        <v>2144</v>
       </c>
       <c r="I60" t="s">
-        <v>2058</v>
+        <v>2145</v>
       </c>
       <c r="J60" t="s">
-        <v>2052</v>
+        <v>1823</v>
       </c>
       <c r="K60" t="s">
-        <v>2053</v>
+        <v>1824</v>
       </c>
       <c r="L60" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M60" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N60" t="s">
-        <v>1671</v>
+        <v>2023</v>
       </c>
       <c r="O60" t="s">
-        <v>1813</v>
+        <v>2146</v>
       </c>
       <c r="P60" t="s">
-        <v>2059</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B61" t="s">
-        <v>2060</v>
+        <v>2148</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>2048</v>
+        <v>2142</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>2061</v>
+        <v>2149</v>
       </c>
       <c r="H61" t="s">
-        <v>2062</v>
+        <v>2150</v>
       </c>
       <c r="I61" t="s">
-        <v>2063</v>
+        <v>1823</v>
       </c>
       <c r="J61" t="s">
-        <v>1799</v>
+        <v>20</v>
       </c>
       <c r="K61" t="s">
-        <v>1800</v>
+        <v>1824</v>
       </c>
       <c r="L61" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M61" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N61" t="s">
-        <v>1645</v>
+        <v>2023</v>
       </c>
       <c r="O61" t="s">
-        <v>1724</v>
+        <v>2151</v>
       </c>
       <c r="P61" t="s">
-        <v>2064</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B62" t="s">
-        <v>2065</v>
+        <v>2153</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>2066</v>
+        <v>2154</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>2067</v>
+        <v>2155</v>
       </c>
       <c r="H62" t="s">
-        <v>2068</v>
+        <v>2156</v>
       </c>
       <c r="I62" t="s">
-        <v>2069</v>
+        <v>2157</v>
       </c>
       <c r="J62" t="s">
-        <v>1697</v>
+        <v>1930</v>
       </c>
       <c r="K62" t="s">
-        <v>1698</v>
+        <v>1931</v>
       </c>
       <c r="L62" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M62" t="s">
-        <v>1715</v>
+        <v>1732</v>
       </c>
       <c r="N62" t="s">
-        <v>1645</v>
+        <v>1733</v>
       </c>
       <c r="O62" t="s">
-        <v>1724</v>
+        <v>1734</v>
       </c>
       <c r="P62" t="s">
-        <v>2070</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B63" t="s">
-        <v>2071</v>
+        <v>2159</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>2072</v>
+        <v>2154</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>2073</v>
+        <v>2160</v>
       </c>
       <c r="H63" t="s">
-        <v>2074</v>
+        <v>2161</v>
       </c>
       <c r="I63" t="s">
-        <v>2075</v>
+        <v>2162</v>
       </c>
       <c r="J63" t="s">
-        <v>2076</v>
+        <v>2163</v>
       </c>
       <c r="K63" t="s">
-        <v>2077</v>
+        <v>2164</v>
       </c>
       <c r="L63" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M63" t="s">
-        <v>1680</v>
+        <v>1732</v>
       </c>
       <c r="N63" t="s">
-        <v>1645</v>
+        <v>1759</v>
       </c>
       <c r="O63" t="s">
-        <v>1646</v>
+        <v>1760</v>
       </c>
       <c r="P63" t="s">
-        <v>2078</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B64" t="s">
-        <v>2079</v>
+        <v>2166</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>2080</v>
+        <v>2167</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>2081</v>
+        <v>2168</v>
       </c>
       <c r="H64" t="s">
-        <v>2082</v>
+        <v>2169</v>
       </c>
       <c r="I64" t="s">
-        <v>2083</v>
+        <v>2170</v>
       </c>
       <c r="J64" t="s">
-        <v>2084</v>
+        <v>1952</v>
       </c>
       <c r="K64" t="s">
-        <v>2085</v>
+        <v>269</v>
       </c>
       <c r="L64" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M64" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N64" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="O64" t="s">
-        <v>2086</v>
+        <v>1861</v>
       </c>
       <c r="P64" t="s">
-        <v>2087</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B65" t="s">
-        <v>2088</v>
+        <v>2172</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>2089</v>
+        <v>2167</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>2090</v>
+        <v>2173</v>
       </c>
       <c r="H65" t="s">
-        <v>2091</v>
+        <v>2174</v>
       </c>
       <c r="I65" t="s">
-        <v>2092</v>
+        <v>1815</v>
       </c>
       <c r="J65" t="s">
-        <v>2093</v>
+        <v>20</v>
       </c>
       <c r="K65" t="s">
-        <v>2094</v>
+        <v>1816</v>
       </c>
       <c r="L65" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M65" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N65" t="s">
-        <v>1671</v>
+        <v>1759</v>
       </c>
       <c r="O65" t="s">
-        <v>1672</v>
+        <v>2175</v>
       </c>
       <c r="P65" t="s">
-        <v>2095</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B66" t="s">
-        <v>2096</v>
+        <v>2177</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>2097</v>
+        <v>2167</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>2098</v>
+        <v>2178</v>
       </c>
       <c r="H66" t="s">
-        <v>2099</v>
+        <v>2179</v>
       </c>
       <c r="I66" t="s">
-        <v>2100</v>
+        <v>2145</v>
       </c>
       <c r="J66" t="s">
-        <v>2101</v>
+        <v>1823</v>
       </c>
       <c r="K66" t="s">
-        <v>80</v>
+        <v>1824</v>
       </c>
       <c r="L66" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M66" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N66" t="s">
-        <v>1671</v>
+        <v>1834</v>
       </c>
       <c r="O66" t="s">
-        <v>1801</v>
+        <v>2180</v>
       </c>
       <c r="P66" t="s">
-        <v>2102</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B67" t="s">
-        <v>2103</v>
+        <v>2182</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>2104</v>
+        <v>2167</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>2105</v>
+        <v>2183</v>
       </c>
       <c r="H67" t="s">
-        <v>2106</v>
+        <v>2184</v>
       </c>
       <c r="I67" t="s">
-        <v>2107</v>
+        <v>2185</v>
       </c>
       <c r="J67" t="s">
-        <v>1834</v>
+        <v>2186</v>
       </c>
       <c r="K67" t="s">
-        <v>1835</v>
+        <v>30</v>
       </c>
       <c r="L67" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M67" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N67" t="s">
-        <v>1760</v>
+        <v>1733</v>
       </c>
       <c r="O67" t="s">
-        <v>2108</v>
+        <v>1734</v>
       </c>
       <c r="P67" t="s">
-        <v>2109</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B68" t="s">
-        <v>2110</v>
+        <v>2188</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>2104</v>
+        <v>2189</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>2111</v>
+        <v>2190</v>
       </c>
       <c r="H68" t="s">
-        <v>2112</v>
+        <v>2191</v>
       </c>
       <c r="I68" t="s">
-        <v>2113</v>
+        <v>2192</v>
       </c>
       <c r="J68" t="s">
-        <v>1870</v>
+        <v>20</v>
       </c>
       <c r="K68" t="s">
-        <v>186</v>
+        <v>2193</v>
       </c>
       <c r="L68" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M68" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N68" t="s">
-        <v>1760</v>
+        <v>1733</v>
       </c>
       <c r="O68" t="s">
-        <v>2108</v>
+        <v>1734</v>
       </c>
       <c r="P68" t="s">
-        <v>2114</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B69" t="s">
-        <v>2115</v>
+        <v>2195</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>2116</v>
+        <v>2189</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>2117</v>
+        <v>2196</v>
       </c>
       <c r="H69" t="s">
-        <v>2118</v>
+        <v>2197</v>
       </c>
       <c r="I69" t="s">
-        <v>1798</v>
+        <v>2198</v>
       </c>
       <c r="J69" t="s">
-        <v>2119</v>
+        <v>1990</v>
       </c>
       <c r="K69" t="s">
-        <v>2120</v>
+        <v>1991</v>
       </c>
       <c r="L69" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M69" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N69" t="s">
-        <v>1760</v>
+        <v>1733</v>
       </c>
       <c r="O69" t="s">
-        <v>2121</v>
+        <v>1734</v>
       </c>
       <c r="P69" t="s">
-        <v>2122</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B70" t="s">
-        <v>2123</v>
+        <v>2200</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>2116</v>
+        <v>2201</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>2124</v>
+        <v>2202</v>
       </c>
       <c r="H70" t="s">
-        <v>2125</v>
+        <v>2203</v>
       </c>
       <c r="I70" t="s">
-        <v>2126</v>
+        <v>2204</v>
       </c>
       <c r="J70" t="s">
-        <v>1870</v>
+        <v>1952</v>
       </c>
       <c r="K70" t="s">
-        <v>186</v>
+        <v>269</v>
       </c>
       <c r="L70" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M70" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N70" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="O70" t="s">
-        <v>2121</v>
+        <v>2099</v>
       </c>
       <c r="P70" t="s">
-        <v>2127</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B71" t="s">
-        <v>2128</v>
+        <v>2206</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>2116</v>
+        <v>2201</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>2129</v>
+        <v>2207</v>
       </c>
       <c r="H71" t="s">
-        <v>2130</v>
+        <v>2208</v>
       </c>
       <c r="I71" t="s">
-        <v>2131</v>
+        <v>2204</v>
       </c>
       <c r="J71" t="s">
-        <v>1799</v>
+        <v>1952</v>
       </c>
       <c r="K71" t="s">
-        <v>1800</v>
+        <v>269</v>
       </c>
       <c r="L71" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M71" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N71" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="O71" t="s">
-        <v>1767</v>
+        <v>2104</v>
       </c>
       <c r="P71" t="s">
-        <v>2132</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B72" t="s">
-        <v>2133</v>
+        <v>2210</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>2116</v>
+        <v>2201</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>2134</v>
+        <v>2211</v>
       </c>
       <c r="H72" t="s">
-        <v>2135</v>
+        <v>2212</v>
       </c>
       <c r="I72" t="s">
-        <v>2136</v>
+        <v>2162</v>
       </c>
       <c r="J72" t="s">
-        <v>1834</v>
+        <v>2163</v>
       </c>
       <c r="K72" t="s">
-        <v>1835</v>
+        <v>2164</v>
       </c>
       <c r="L72" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M72" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N72" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="O72" t="s">
-        <v>1767</v>
+        <v>1861</v>
       </c>
       <c r="P72" t="s">
-        <v>2137</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B73" t="s">
-        <v>2138</v>
+        <v>2214</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>2116</v>
+        <v>2215</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>2139</v>
+        <v>2216</v>
       </c>
       <c r="H73" t="s">
-        <v>2140</v>
+        <v>2217</v>
       </c>
       <c r="I73" t="s">
-        <v>2141</v>
+        <v>2218</v>
       </c>
       <c r="J73" t="s">
-        <v>1870</v>
+        <v>1916</v>
       </c>
       <c r="K73" t="s">
-        <v>186</v>
+        <v>1917</v>
       </c>
       <c r="L73" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M73" t="s">
-        <v>1644</v>
+        <v>1721</v>
       </c>
       <c r="N73" t="s">
-        <v>1760</v>
+        <v>1733</v>
       </c>
       <c r="O73" t="s">
-        <v>1767</v>
+        <v>1825</v>
       </c>
       <c r="P73" t="s">
-        <v>2142</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B74" t="s">
-        <v>2143</v>
+        <v>2220</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>2144</v>
+        <v>2215</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>2145</v>
+        <v>2221</v>
       </c>
       <c r="H74" t="s">
-        <v>2146</v>
+        <v>2222</v>
       </c>
       <c r="I74" t="s">
-        <v>2147</v>
+        <v>2223</v>
       </c>
       <c r="J74" t="s">
-        <v>1713</v>
+        <v>2224</v>
       </c>
       <c r="K74" t="s">
-        <v>1714</v>
+        <v>2225</v>
       </c>
       <c r="L74" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M74" t="s">
-        <v>1715</v>
+        <v>1732</v>
       </c>
       <c r="N74" t="s">
-        <v>1645</v>
+        <v>1733</v>
       </c>
       <c r="O74" t="s">
-        <v>2148</v>
+        <v>1825</v>
       </c>
       <c r="P74" t="s">
-        <v>2149</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B75" t="s">
-        <v>2150</v>
+        <v>2227</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>2151</v>
+        <v>2228</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>2152</v>
+        <v>2229</v>
       </c>
       <c r="H75" t="s">
-        <v>2153</v>
+        <v>2230</v>
       </c>
       <c r="I75" t="s">
-        <v>2154</v>
+        <v>2231</v>
       </c>
       <c r="J75" t="s">
-        <v>2155</v>
+        <v>2232</v>
       </c>
       <c r="K75" t="s">
-        <v>2156</v>
+        <v>2233</v>
       </c>
       <c r="L75" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M75" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N75" t="s">
-        <v>1645</v>
+        <v>1733</v>
       </c>
       <c r="O75" t="s">
-        <v>1646</v>
+        <v>1734</v>
       </c>
       <c r="P75" t="s">
-        <v>2157</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B76" t="s">
-        <v>2158</v>
+        <v>2235</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>2159</v>
+        <v>2236</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>2160</v>
+        <v>2237</v>
       </c>
       <c r="H76" t="s">
-        <v>2161</v>
+        <v>2238</v>
       </c>
       <c r="I76" t="s">
-        <v>2162</v>
+        <v>2239</v>
       </c>
       <c r="J76" t="s">
-        <v>2163</v>
+        <v>2240</v>
       </c>
       <c r="K76" t="s">
-        <v>2164</v>
+        <v>2241</v>
       </c>
       <c r="L76" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M76" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N76" t="s">
-        <v>1645</v>
+        <v>1733</v>
       </c>
       <c r="O76" t="s">
-        <v>1646</v>
+        <v>1825</v>
       </c>
       <c r="P76" t="s">
-        <v>2165</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B77" t="s">
-        <v>2166</v>
+        <v>2243</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
-        <v>2167</v>
+        <v>2244</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>2168</v>
+        <v>2245</v>
       </c>
       <c r="H77" t="s">
-        <v>2169</v>
+        <v>2246</v>
       </c>
       <c r="I77" t="s">
-        <v>2170</v>
+        <v>2247</v>
       </c>
       <c r="J77" t="s">
-        <v>20</v>
+        <v>2248</v>
       </c>
       <c r="K77" t="s">
-        <v>2171</v>
+        <v>2249</v>
       </c>
       <c r="L77" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M77" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N77" t="s">
-        <v>1645</v>
+        <v>1733</v>
       </c>
       <c r="O77" t="s">
-        <v>1646</v>
+        <v>1734</v>
       </c>
       <c r="P77" t="s">
-        <v>2172</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B78" t="s">
-        <v>2173</v>
+        <v>2251</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>2174</v>
+        <v>2244</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>2175</v>
+        <v>2252</v>
       </c>
       <c r="H78" t="s">
-        <v>2176</v>
+        <v>2253</v>
       </c>
       <c r="I78" t="s">
-        <v>2177</v>
+        <v>2254</v>
       </c>
       <c r="J78" t="s">
-        <v>2178</v>
+        <v>2248</v>
       </c>
       <c r="K78" t="s">
-        <v>30</v>
+        <v>2249</v>
       </c>
       <c r="L78" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M78" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N78" t="s">
-        <v>1671</v>
+        <v>1759</v>
       </c>
       <c r="O78" t="s">
-        <v>1841</v>
+        <v>2099</v>
       </c>
       <c r="P78" t="s">
-        <v>2179</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B79" t="s">
-        <v>2180</v>
+        <v>2256</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>2181</v>
+        <v>2244</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>2182</v>
+        <v>2257</v>
       </c>
       <c r="H79" t="s">
-        <v>2183</v>
+        <v>2258</v>
       </c>
       <c r="I79" t="s">
-        <v>2177</v>
+        <v>2259</v>
       </c>
       <c r="J79" t="s">
-        <v>2178</v>
+        <v>2097</v>
       </c>
       <c r="K79" t="s">
-        <v>30</v>
+        <v>2098</v>
       </c>
       <c r="L79" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M79" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N79" t="s">
-        <v>1671</v>
+        <v>1733</v>
       </c>
       <c r="O79" t="s">
-        <v>1912</v>
+        <v>1825</v>
       </c>
       <c r="P79" t="s">
-        <v>2184</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B80" t="s">
-        <v>2185</v>
+        <v>2261</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>2186</v>
+        <v>2262</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>2187</v>
+        <v>2263</v>
       </c>
       <c r="H80" t="s">
-        <v>2188</v>
+        <v>2264</v>
       </c>
       <c r="I80" t="s">
-        <v>2189</v>
+        <v>2265</v>
       </c>
       <c r="J80" t="s">
-        <v>2178</v>
+        <v>1783</v>
       </c>
       <c r="K80" t="s">
-        <v>30</v>
+        <v>1784</v>
       </c>
       <c r="L80" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M80" t="s">
-        <v>1644</v>
+        <v>1721</v>
       </c>
       <c r="N80" t="s">
-        <v>1760</v>
+        <v>1733</v>
       </c>
       <c r="O80" t="s">
-        <v>2108</v>
+        <v>1825</v>
       </c>
       <c r="P80" t="s">
-        <v>2190</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B81" t="s">
-        <v>2191</v>
+        <v>2267</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>2192</v>
+        <v>2268</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>2193</v>
+        <v>2269</v>
       </c>
       <c r="H81" t="s">
-        <v>2194</v>
+        <v>2270</v>
       </c>
       <c r="I81" t="s">
-        <v>2195</v>
+        <v>2271</v>
       </c>
       <c r="J81" t="s">
-        <v>1799</v>
+        <v>2272</v>
       </c>
       <c r="K81" t="s">
-        <v>1800</v>
+        <v>2273</v>
       </c>
       <c r="L81" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M81" t="s">
-        <v>1644</v>
+        <v>1768</v>
       </c>
       <c r="N81" t="s">
-        <v>1760</v>
+        <v>1733</v>
       </c>
       <c r="O81" t="s">
-        <v>2108</v>
+        <v>1734</v>
       </c>
       <c r="P81" t="s">
-        <v>2196</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B82" t="s">
-        <v>2197</v>
+        <v>2275</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>2198</v>
+        <v>2276</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>2199</v>
+        <v>2277</v>
       </c>
       <c r="H82" t="s">
-        <v>2200</v>
+        <v>2278</v>
       </c>
       <c r="I82" t="s">
-        <v>2201</v>
+        <v>2279</v>
       </c>
       <c r="J82" t="s">
-        <v>2084</v>
+        <v>1791</v>
       </c>
       <c r="K82" t="s">
-        <v>2085</v>
+        <v>1792</v>
       </c>
       <c r="L82" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M82" t="s">
-        <v>1644</v>
+        <v>1768</v>
       </c>
       <c r="N82" t="s">
-        <v>1645</v>
+        <v>1733</v>
       </c>
       <c r="O82" t="s">
-        <v>1646</v>
+        <v>1734</v>
       </c>
       <c r="P82" t="s">
-        <v>2202</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B83" t="s">
-        <v>2203</v>
+        <v>2281</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
-        <v>2204</v>
+        <v>2282</v>
       </c>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>2205</v>
+        <v>2283</v>
       </c>
       <c r="H83" t="s">
-        <v>2206</v>
+        <v>2284</v>
       </c>
       <c r="I83" t="s">
-        <v>2207</v>
+        <v>2285</v>
       </c>
       <c r="J83" t="s">
-        <v>2208</v>
+        <v>2286</v>
       </c>
       <c r="K83" t="s">
-        <v>2209</v>
+        <v>2287</v>
       </c>
       <c r="L83" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M83" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N83" t="s">
-        <v>1671</v>
+        <v>1960</v>
       </c>
       <c r="O83" t="s">
-        <v>1808</v>
+        <v>2288</v>
       </c>
       <c r="P83" t="s">
-        <v>2210</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B84" t="s">
-        <v>2211</v>
+        <v>2290</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>2204</v>
+        <v>2291</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>2212</v>
+        <v>2292</v>
       </c>
       <c r="H84" t="s">
-        <v>2213</v>
+        <v>2293</v>
       </c>
       <c r="I84" t="s">
-        <v>2214</v>
+        <v>2294</v>
       </c>
       <c r="J84" t="s">
-        <v>2208</v>
+        <v>2295</v>
       </c>
       <c r="K84" t="s">
-        <v>2209</v>
+        <v>2296</v>
       </c>
       <c r="L84" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M84" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N84" t="s">
-        <v>1671</v>
+        <v>1759</v>
       </c>
       <c r="O84" t="s">
-        <v>1813</v>
+        <v>1760</v>
       </c>
       <c r="P84" t="s">
-        <v>2215</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B85" t="s">
-        <v>2216</v>
+        <v>2298</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
-        <v>2204</v>
+        <v>2299</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>2217</v>
+        <v>2300</v>
       </c>
       <c r="H85" t="s">
-        <v>2218</v>
+        <v>2301</v>
       </c>
       <c r="I85" t="s">
-        <v>2214</v>
+        <v>2302</v>
       </c>
       <c r="J85" t="s">
-        <v>2208</v>
+        <v>1916</v>
       </c>
       <c r="K85" t="s">
-        <v>2209</v>
+        <v>1917</v>
       </c>
       <c r="L85" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M85" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N85" t="s">
-        <v>1671</v>
+        <v>1733</v>
       </c>
       <c r="O85" t="s">
-        <v>1988</v>
+        <v>1734</v>
       </c>
       <c r="P85" t="s">
-        <v>2219</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B86" t="s">
-        <v>2220</v>
+        <v>2304</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
-        <v>2204</v>
+        <v>2305</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>2221</v>
+        <v>2306</v>
       </c>
       <c r="H86" t="s">
-        <v>2222</v>
+        <v>2307</v>
       </c>
       <c r="I86" t="s">
-        <v>2223</v>
+        <v>2308</v>
       </c>
       <c r="J86" t="s">
-        <v>2224</v>
+        <v>2309</v>
       </c>
       <c r="K86" t="s">
-        <v>2225</v>
+        <v>129</v>
       </c>
       <c r="L86" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M86" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N86" t="s">
-        <v>1671</v>
+        <v>2310</v>
       </c>
       <c r="O86" t="s">
-        <v>1808</v>
+        <v>2311</v>
       </c>
       <c r="P86" t="s">
-        <v>2226</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B87" t="s">
-        <v>2227</v>
+        <v>2313</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87" t="s">
-        <v>2228</v>
+        <v>2314</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>2229</v>
+        <v>2315</v>
       </c>
       <c r="H87" t="s">
-        <v>2230</v>
+        <v>2316</v>
       </c>
       <c r="I87" t="s">
-        <v>2231</v>
+        <v>2317</v>
       </c>
       <c r="J87" t="s">
-        <v>1751</v>
+        <v>2318</v>
       </c>
       <c r="K87" t="s">
-        <v>1752</v>
+        <v>1816</v>
       </c>
       <c r="L87" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M87" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N87" t="s">
-        <v>1645</v>
+        <v>1924</v>
       </c>
       <c r="O87" t="s">
-        <v>1646</v>
+        <v>2319</v>
       </c>
       <c r="P87" t="s">
-        <v>2232</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B88" t="s">
-        <v>2233</v>
+        <v>2321</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88" t="s">
-        <v>2234</v>
+        <v>2322</v>
       </c>
       <c r="F88" t="s">
         <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>2235</v>
+        <v>2323</v>
       </c>
       <c r="H88" t="s">
-        <v>2236</v>
+        <v>2324</v>
       </c>
       <c r="I88" t="s">
-        <v>2237</v>
+        <v>2325</v>
       </c>
       <c r="J88" t="s">
-        <v>1774</v>
+        <v>1767</v>
       </c>
       <c r="K88" t="s">
-        <v>1775</v>
+        <v>30</v>
       </c>
       <c r="L88" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M88" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N88" t="s">
-        <v>1671</v>
+        <v>1960</v>
       </c>
       <c r="O88" t="s">
-        <v>1912</v>
+        <v>2326</v>
       </c>
       <c r="P88" t="s">
-        <v>2238</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B89" t="s">
-        <v>2239</v>
+        <v>2328</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
         <v>20</v>
       </c>
       <c r="E89" t="s">
-        <v>2234</v>
+        <v>2329</v>
       </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
-        <v>2240</v>
+        <v>2330</v>
       </c>
       <c r="H89" t="s">
-        <v>2241</v>
+        <v>2331</v>
       </c>
       <c r="I89" t="s">
-        <v>2242</v>
+        <v>2332</v>
       </c>
       <c r="J89" t="s">
-        <v>2243</v>
+        <v>2333</v>
       </c>
       <c r="K89" t="s">
-        <v>2244</v>
+        <v>2334</v>
       </c>
       <c r="L89" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M89" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N89" t="s">
-        <v>1671</v>
+        <v>1733</v>
       </c>
       <c r="O89" t="s">
-        <v>1672</v>
+        <v>1825</v>
       </c>
       <c r="P89" t="s">
-        <v>2245</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B90" t="s">
-        <v>2246</v>
+        <v>2336</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90" t="s">
-        <v>2234</v>
+        <v>2337</v>
       </c>
       <c r="F90" t="s">
         <v>20</v>
       </c>
       <c r="G90" t="s">
-        <v>2247</v>
+        <v>2338</v>
       </c>
       <c r="H90" t="s">
-        <v>2248</v>
+        <v>2339</v>
       </c>
       <c r="I90" t="s">
-        <v>2249</v>
+        <v>2340</v>
       </c>
       <c r="J90" t="s">
-        <v>1679</v>
+        <v>1791</v>
       </c>
       <c r="K90" t="s">
-        <v>55</v>
+        <v>1792</v>
       </c>
       <c r="L90" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M90" t="s">
-        <v>1644</v>
+        <v>1768</v>
       </c>
       <c r="N90" t="s">
-        <v>1645</v>
+        <v>1733</v>
       </c>
       <c r="O90" t="s">
-        <v>1646</v>
+        <v>1734</v>
       </c>
       <c r="P90" t="s">
-        <v>2250</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B91" t="s">
-        <v>2251</v>
+        <v>2342</v>
       </c>
       <c r="C91" t="s">
         <v>20</v>
       </c>
       <c r="D91" t="s">
         <v>20</v>
       </c>
       <c r="E91" t="s">
-        <v>2252</v>
+        <v>2343</v>
       </c>
       <c r="F91" t="s">
         <v>20</v>
       </c>
       <c r="G91" t="s">
-        <v>2253</v>
+        <v>2344</v>
       </c>
       <c r="H91" t="s">
-        <v>2254</v>
+        <v>2345</v>
       </c>
       <c r="I91" t="s">
-        <v>2255</v>
+        <v>2346</v>
       </c>
       <c r="J91" t="s">
-        <v>1679</v>
+        <v>1791</v>
       </c>
       <c r="K91" t="s">
-        <v>55</v>
+        <v>1792</v>
       </c>
       <c r="L91" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M91" t="s">
-        <v>1644</v>
+        <v>1768</v>
       </c>
       <c r="N91" t="s">
-        <v>1645</v>
+        <v>1834</v>
       </c>
       <c r="O91" t="s">
-        <v>1646</v>
+        <v>2347</v>
       </c>
       <c r="P91" t="s">
-        <v>2256</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B92" t="s">
-        <v>2257</v>
+        <v>2349</v>
       </c>
       <c r="C92" t="s">
         <v>20</v>
       </c>
       <c r="D92" t="s">
         <v>20</v>
       </c>
       <c r="E92" t="s">
-        <v>2258</v>
+        <v>2350</v>
       </c>
       <c r="F92" t="s">
         <v>20</v>
       </c>
       <c r="G92" t="s">
-        <v>2259</v>
+        <v>2351</v>
       </c>
       <c r="H92" t="s">
-        <v>2260</v>
+        <v>2352</v>
       </c>
       <c r="I92" t="s">
-        <v>2261</v>
+        <v>2353</v>
       </c>
       <c r="J92" t="s">
-        <v>1751</v>
+        <v>2073</v>
       </c>
       <c r="K92" t="s">
-        <v>1752</v>
+        <v>2074</v>
       </c>
       <c r="L92" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M92" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N92" t="s">
-        <v>1645</v>
+        <v>1924</v>
       </c>
       <c r="O92" t="s">
-        <v>1646</v>
+        <v>1808</v>
       </c>
       <c r="P92" t="s">
-        <v>2262</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B93" t="s">
-        <v>2263</v>
+        <v>2355</v>
       </c>
       <c r="C93" t="s">
         <v>20</v>
       </c>
       <c r="D93" t="s">
         <v>20</v>
       </c>
       <c r="E93" t="s">
-        <v>2258</v>
+        <v>2356</v>
       </c>
       <c r="F93" t="s">
         <v>20</v>
       </c>
       <c r="G93" t="s">
-        <v>2264</v>
+        <v>2357</v>
       </c>
       <c r="H93" t="s">
-        <v>2265</v>
+        <v>2358</v>
       </c>
       <c r="I93" t="s">
-        <v>2266</v>
+        <v>2294</v>
       </c>
       <c r="J93" t="s">
-        <v>2267</v>
+        <v>2295</v>
       </c>
       <c r="K93" t="s">
-        <v>2268</v>
+        <v>2296</v>
       </c>
       <c r="L93" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M93" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N93" t="s">
-        <v>1645</v>
+        <v>1759</v>
       </c>
       <c r="O93" t="s">
-        <v>1646</v>
+        <v>2014</v>
       </c>
       <c r="P93" t="s">
-        <v>2269</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B94" t="s">
-        <v>2270</v>
+        <v>2360</v>
       </c>
       <c r="C94" t="s">
         <v>20</v>
       </c>
       <c r="D94" t="s">
         <v>20</v>
       </c>
       <c r="E94" t="s">
-        <v>2271</v>
+        <v>2361</v>
       </c>
       <c r="F94" t="s">
         <v>20</v>
       </c>
       <c r="G94" t="s">
-        <v>2272</v>
+        <v>2362</v>
       </c>
       <c r="H94" t="s">
-        <v>2273</v>
+        <v>2363</v>
       </c>
       <c r="I94" t="s">
-        <v>2274</v>
+        <v>2294</v>
       </c>
       <c r="J94" t="s">
-        <v>2275</v>
+        <v>2295</v>
       </c>
       <c r="K94" t="s">
-        <v>2276</v>
+        <v>2296</v>
       </c>
       <c r="L94" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M94" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N94" t="s">
-        <v>1645</v>
+        <v>1759</v>
       </c>
       <c r="O94" t="s">
-        <v>1646</v>
+        <v>2175</v>
       </c>
       <c r="P94" t="s">
-        <v>2277</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B95" t="s">
-        <v>2278</v>
+        <v>2365</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95" t="s">
-        <v>2271</v>
+        <v>2366</v>
       </c>
       <c r="F95" t="s">
         <v>20</v>
       </c>
       <c r="G95" t="s">
-        <v>2279</v>
+        <v>2367</v>
       </c>
       <c r="H95" t="s">
-        <v>2280</v>
+        <v>2368</v>
       </c>
       <c r="I95" t="s">
-        <v>2281</v>
+        <v>2369</v>
       </c>
       <c r="J95" t="s">
-        <v>2275</v>
+        <v>2058</v>
       </c>
       <c r="K95" t="s">
-        <v>2276</v>
+        <v>2059</v>
       </c>
       <c r="L95" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M95" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N95" t="s">
-        <v>1645</v>
+        <v>1960</v>
       </c>
       <c r="O95" t="s">
-        <v>1666</v>
+        <v>2288</v>
       </c>
       <c r="P95" t="s">
-        <v>2282</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B96" t="s">
-        <v>2283</v>
+        <v>2371</v>
       </c>
       <c r="C96" t="s">
         <v>20</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96" t="s">
-        <v>2284</v>
+        <v>2372</v>
       </c>
       <c r="F96" t="s">
         <v>20</v>
       </c>
       <c r="G96" t="s">
-        <v>2285</v>
+        <v>2373</v>
       </c>
       <c r="H96" t="s">
-        <v>2286</v>
+        <v>2374</v>
       </c>
       <c r="I96" t="s">
-        <v>2287</v>
+        <v>2375</v>
       </c>
       <c r="J96" t="s">
-        <v>2288</v>
+        <v>2376</v>
       </c>
       <c r="K96" t="s">
-        <v>186</v>
+        <v>2377</v>
       </c>
       <c r="L96" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M96" t="s">
-        <v>1715</v>
+        <v>1732</v>
       </c>
       <c r="N96" t="s">
-        <v>1671</v>
+        <v>1960</v>
       </c>
       <c r="O96" t="s">
-        <v>1672</v>
+        <v>2326</v>
       </c>
       <c r="P96" t="s">
-        <v>2289</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B97" t="s">
-        <v>2290</v>
+        <v>2371</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" t="s">
         <v>20</v>
       </c>
       <c r="E97" t="s">
-        <v>1755</v>
+        <v>2372</v>
       </c>
       <c r="F97" t="s">
         <v>20</v>
       </c>
       <c r="G97" t="s">
-        <v>2291</v>
+        <v>2379</v>
       </c>
       <c r="H97" t="s">
-        <v>2292</v>
+        <v>2380</v>
       </c>
       <c r="I97" t="s">
-        <v>2293</v>
+        <v>2381</v>
       </c>
       <c r="J97" t="s">
-        <v>1679</v>
+        <v>2286</v>
       </c>
       <c r="K97" t="s">
-        <v>55</v>
+        <v>2287</v>
       </c>
       <c r="L97" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M97" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N97" t="s">
-        <v>1671</v>
+        <v>1960</v>
       </c>
       <c r="O97" t="s">
-        <v>1808</v>
+        <v>2326</v>
       </c>
       <c r="P97" t="s">
-        <v>2294</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B98" t="s">
-        <v>2295</v>
+        <v>2371</v>
       </c>
       <c r="C98" t="s">
         <v>20</v>
       </c>
       <c r="D98" t="s">
         <v>20</v>
       </c>
       <c r="E98" t="s">
-        <v>2296</v>
+        <v>2372</v>
       </c>
       <c r="F98" t="s">
         <v>20</v>
       </c>
       <c r="G98" t="s">
-        <v>2297</v>
+        <v>2383</v>
       </c>
       <c r="H98" t="s">
-        <v>2298</v>
+        <v>2384</v>
       </c>
       <c r="I98" t="s">
-        <v>2299</v>
+        <v>2385</v>
       </c>
       <c r="J98" t="s">
-        <v>1820</v>
+        <v>1767</v>
       </c>
       <c r="K98" t="s">
-        <v>1821</v>
+        <v>30</v>
       </c>
       <c r="L98" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M98" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N98" t="s">
-        <v>1760</v>
+        <v>1960</v>
       </c>
       <c r="O98" t="s">
-        <v>1767</v>
+        <v>2326</v>
       </c>
       <c r="P98" t="s">
-        <v>2300</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B99" t="s">
-        <v>2301</v>
+        <v>2387</v>
       </c>
       <c r="C99" t="s">
         <v>20</v>
       </c>
       <c r="D99" t="s">
         <v>20</v>
       </c>
       <c r="E99" t="s">
-        <v>2020</v>
+        <v>2372</v>
       </c>
       <c r="F99" t="s">
         <v>20</v>
       </c>
       <c r="G99" t="s">
-        <v>2302</v>
+        <v>2388</v>
       </c>
       <c r="H99" t="s">
-        <v>2303</v>
+        <v>2389</v>
       </c>
       <c r="I99" t="s">
-        <v>2304</v>
+        <v>2390</v>
       </c>
       <c r="J99" t="s">
-        <v>1870</v>
+        <v>2391</v>
       </c>
       <c r="K99" t="s">
-        <v>186</v>
+        <v>65</v>
       </c>
       <c r="L99" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M99" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N99" t="s">
-        <v>1671</v>
+        <v>1960</v>
       </c>
       <c r="O99" t="s">
-        <v>1813</v>
+        <v>2288</v>
       </c>
       <c r="P99" t="s">
-        <v>2305</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B100" t="s">
-        <v>2306</v>
+        <v>2393</v>
       </c>
       <c r="C100" t="s">
         <v>20</v>
       </c>
       <c r="D100" t="s">
         <v>20</v>
       </c>
       <c r="E100" t="s">
-        <v>2020</v>
+        <v>2372</v>
       </c>
       <c r="F100" t="s">
         <v>20</v>
       </c>
       <c r="G100" t="s">
-        <v>2307</v>
+        <v>2394</v>
       </c>
       <c r="H100" t="s">
-        <v>2308</v>
+        <v>2395</v>
       </c>
       <c r="I100" t="s">
-        <v>2304</v>
+        <v>2396</v>
       </c>
       <c r="J100" t="s">
-        <v>1870</v>
+        <v>1791</v>
       </c>
       <c r="K100" t="s">
-        <v>186</v>
+        <v>1792</v>
       </c>
       <c r="L100" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M100" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N100" t="s">
-        <v>1671</v>
+        <v>1960</v>
       </c>
       <c r="O100" t="s">
-        <v>1988</v>
+        <v>2288</v>
       </c>
       <c r="P100" t="s">
-        <v>2309</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B101" t="s">
-        <v>2310</v>
+        <v>2398</v>
       </c>
       <c r="C101" t="s">
         <v>20</v>
       </c>
       <c r="D101" t="s">
         <v>20</v>
       </c>
       <c r="E101" t="s">
-        <v>2311</v>
+        <v>2399</v>
       </c>
       <c r="F101" t="s">
         <v>20</v>
       </c>
       <c r="G101" t="s">
-        <v>2312</v>
+        <v>2400</v>
       </c>
       <c r="H101" t="s">
-        <v>2313</v>
+        <v>2401</v>
       </c>
       <c r="I101" t="s">
-        <v>2314</v>
+        <v>2402</v>
       </c>
       <c r="J101" t="s">
-        <v>2315</v>
+        <v>20</v>
       </c>
       <c r="K101" t="s">
-        <v>2316</v>
+        <v>2403</v>
       </c>
       <c r="L101" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M101" t="s">
-        <v>1644</v>
+        <v>1721</v>
       </c>
       <c r="N101" t="s">
-        <v>1645</v>
+        <v>1960</v>
       </c>
       <c r="O101" t="s">
-        <v>1724</v>
+        <v>1967</v>
       </c>
       <c r="P101" t="s">
-        <v>2317</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B102" t="s">
-        <v>2318</v>
+        <v>2405</v>
       </c>
       <c r="C102" t="s">
         <v>20</v>
       </c>
       <c r="D102" t="s">
         <v>20</v>
       </c>
       <c r="E102" t="s">
-        <v>2319</v>
+        <v>2399</v>
       </c>
       <c r="F102" t="s">
         <v>20</v>
       </c>
       <c r="G102" t="s">
-        <v>2320</v>
+        <v>2406</v>
       </c>
       <c r="H102" t="s">
-        <v>2321</v>
+        <v>2407</v>
       </c>
       <c r="I102" t="s">
-        <v>2322</v>
+        <v>2408</v>
       </c>
       <c r="J102" t="s">
-        <v>2029</v>
+        <v>2409</v>
       </c>
       <c r="K102" t="s">
-        <v>2030</v>
+        <v>2410</v>
       </c>
       <c r="L102" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M102" t="s">
-        <v>1644</v>
+        <v>1721</v>
       </c>
       <c r="N102" t="s">
-        <v>1645</v>
+        <v>1960</v>
       </c>
       <c r="O102" t="s">
-        <v>1646</v>
+        <v>1967</v>
       </c>
       <c r="P102" t="s">
-        <v>2323</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B103" t="s">
-        <v>2324</v>
+        <v>2412</v>
       </c>
       <c r="C103" t="s">
         <v>20</v>
       </c>
       <c r="D103" t="s">
         <v>20</v>
       </c>
       <c r="E103" t="s">
-        <v>2325</v>
+        <v>2413</v>
       </c>
       <c r="F103" t="s">
         <v>20</v>
       </c>
       <c r="G103" t="s">
-        <v>2326</v>
+        <v>2414</v>
       </c>
       <c r="H103" t="s">
-        <v>2327</v>
+        <v>2415</v>
       </c>
       <c r="I103" t="s">
-        <v>2328</v>
+        <v>2416</v>
       </c>
       <c r="J103" t="s">
-        <v>2329</v>
+        <v>1886</v>
       </c>
       <c r="K103" t="s">
-        <v>30</v>
+        <v>1887</v>
       </c>
       <c r="L103" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M103" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N103" t="s">
-        <v>2330</v>
+        <v>1960</v>
       </c>
       <c r="O103" t="s">
-        <v>2331</v>
+        <v>2417</v>
       </c>
       <c r="P103" t="s">
-        <v>2332</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B104" t="s">
-        <v>2333</v>
+        <v>2419</v>
       </c>
       <c r="C104" t="s">
         <v>20</v>
       </c>
       <c r="D104" t="s">
         <v>20</v>
       </c>
       <c r="E104" t="s">
-        <v>2334</v>
+        <v>2413</v>
       </c>
       <c r="F104" t="s">
         <v>20</v>
       </c>
       <c r="G104" t="s">
-        <v>2335</v>
+        <v>2420</v>
       </c>
       <c r="H104" t="s">
-        <v>2336</v>
+        <v>2421</v>
       </c>
       <c r="I104" t="s">
-        <v>2337</v>
+        <v>2416</v>
       </c>
       <c r="J104" t="s">
-        <v>2338</v>
+        <v>1886</v>
       </c>
       <c r="K104" t="s">
-        <v>1714</v>
+        <v>1887</v>
       </c>
       <c r="L104" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M104" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N104" t="s">
-        <v>2339</v>
+        <v>1960</v>
       </c>
       <c r="O104" t="s">
-        <v>2340</v>
+        <v>2326</v>
       </c>
       <c r="P104" t="s">
-        <v>2341</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B105" t="s">
-        <v>2342</v>
+        <v>2423</v>
       </c>
       <c r="C105" t="s">
         <v>20</v>
       </c>
       <c r="D105" t="s">
         <v>20</v>
       </c>
       <c r="E105" t="s">
-        <v>2343</v>
+        <v>2424</v>
       </c>
       <c r="F105" t="s">
         <v>20</v>
       </c>
       <c r="G105" t="s">
-        <v>2344</v>
+        <v>2425</v>
       </c>
       <c r="H105" t="s">
-        <v>2345</v>
+        <v>2426</v>
       </c>
       <c r="I105" t="s">
-        <v>2346</v>
+        <v>2427</v>
       </c>
       <c r="J105" t="s">
-        <v>1679</v>
+        <v>2097</v>
       </c>
       <c r="K105" t="s">
-        <v>55</v>
+        <v>2098</v>
       </c>
       <c r="L105" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M105" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N105" t="s">
-        <v>1760</v>
+        <v>1834</v>
       </c>
       <c r="O105" t="s">
-        <v>2108</v>
+        <v>1835</v>
       </c>
       <c r="P105" t="s">
-        <v>2347</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B106" t="s">
-        <v>2348</v>
+        <v>2429</v>
       </c>
       <c r="C106" t="s">
         <v>20</v>
       </c>
       <c r="D106" t="s">
         <v>20</v>
       </c>
       <c r="E106" t="s">
-        <v>2349</v>
+        <v>2430</v>
       </c>
       <c r="F106" t="s">
         <v>20</v>
       </c>
       <c r="G106" t="s">
-        <v>2350</v>
+        <v>2431</v>
       </c>
       <c r="H106" t="s">
-        <v>2351</v>
+        <v>2432</v>
       </c>
       <c r="I106" t="s">
-        <v>2352</v>
+        <v>2433</v>
       </c>
       <c r="J106" t="s">
-        <v>2353</v>
+        <v>1894</v>
       </c>
       <c r="K106" t="s">
-        <v>2354</v>
+        <v>1895</v>
       </c>
       <c r="L106" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M106" t="s">
-        <v>1644</v>
+        <v>1768</v>
       </c>
       <c r="N106" t="s">
-        <v>1645</v>
+        <v>1733</v>
       </c>
       <c r="O106" t="s">
-        <v>1724</v>
+        <v>1734</v>
       </c>
       <c r="P106" t="s">
-        <v>2355</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B107" t="s">
-        <v>2356</v>
+        <v>2435</v>
       </c>
       <c r="C107" t="s">
         <v>20</v>
       </c>
       <c r="D107" t="s">
         <v>20</v>
       </c>
       <c r="E107" t="s">
-        <v>2357</v>
+        <v>2436</v>
       </c>
       <c r="F107" t="s">
         <v>20</v>
       </c>
       <c r="G107" t="s">
-        <v>2358</v>
+        <v>2437</v>
       </c>
       <c r="H107" t="s">
-        <v>2359</v>
+        <v>2438</v>
       </c>
       <c r="I107" t="s">
-        <v>2360</v>
+        <v>2439</v>
       </c>
       <c r="J107" t="s">
-        <v>1855</v>
+        <v>1767</v>
       </c>
       <c r="K107" t="s">
-        <v>1856</v>
+        <v>30</v>
       </c>
       <c r="L107" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M107" t="s">
-        <v>1680</v>
+        <v>1732</v>
       </c>
       <c r="N107" t="s">
-        <v>1645</v>
+        <v>2023</v>
       </c>
       <c r="O107" t="s">
-        <v>1646</v>
+        <v>2024</v>
       </c>
       <c r="P107" t="s">
-        <v>2361</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B108" t="s">
-        <v>2362</v>
+        <v>2441</v>
       </c>
       <c r="C108" t="s">
         <v>20</v>
       </c>
       <c r="D108" t="s">
         <v>20</v>
       </c>
       <c r="E108" t="s">
-        <v>2363</v>
+        <v>2436</v>
       </c>
       <c r="F108" t="s">
         <v>20</v>
       </c>
       <c r="G108" t="s">
-        <v>2364</v>
+        <v>2442</v>
       </c>
       <c r="H108" t="s">
-        <v>2365</v>
+        <v>2443</v>
       </c>
       <c r="I108" t="s">
-        <v>2366</v>
+        <v>2439</v>
       </c>
       <c r="J108" t="s">
-        <v>1855</v>
+        <v>1767</v>
       </c>
       <c r="K108" t="s">
-        <v>1856</v>
+        <v>30</v>
       </c>
       <c r="L108" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M108" t="s">
-        <v>1680</v>
+        <v>1732</v>
       </c>
       <c r="N108" t="s">
-        <v>2005</v>
+        <v>2023</v>
       </c>
       <c r="O108" t="s">
-        <v>2367</v>
+        <v>2444</v>
       </c>
       <c r="P108" t="s">
-        <v>2368</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B109" t="s">
-        <v>2369</v>
+        <v>2446</v>
       </c>
       <c r="C109" t="s">
         <v>20</v>
       </c>
       <c r="D109" t="s">
         <v>20</v>
       </c>
       <c r="E109" t="s">
-        <v>2370</v>
+        <v>2447</v>
       </c>
       <c r="F109" t="s">
         <v>20</v>
       </c>
       <c r="G109" t="s">
-        <v>2371</v>
+        <v>2448</v>
       </c>
       <c r="H109" t="s">
-        <v>2372</v>
+        <v>2449</v>
       </c>
       <c r="I109" t="s">
-        <v>2373</v>
+        <v>2450</v>
       </c>
       <c r="J109" t="s">
-        <v>1962</v>
+        <v>2451</v>
       </c>
       <c r="K109" t="s">
-        <v>1963</v>
+        <v>65</v>
       </c>
       <c r="L109" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M109" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N109" t="s">
-        <v>2339</v>
+        <v>1759</v>
       </c>
       <c r="O109" t="s">
-        <v>1706</v>
+        <v>1852</v>
       </c>
       <c r="P109" t="s">
-        <v>2374</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B110" t="s">
-        <v>2375</v>
+        <v>2453</v>
       </c>
       <c r="C110" t="s">
         <v>20</v>
       </c>
       <c r="D110" t="s">
         <v>20</v>
       </c>
       <c r="E110" t="s">
-        <v>2376</v>
+        <v>2454</v>
       </c>
       <c r="F110" t="s">
         <v>20</v>
       </c>
       <c r="G110" t="s">
-        <v>2377</v>
+        <v>2455</v>
       </c>
       <c r="H110" t="s">
-        <v>2378</v>
+        <v>2456</v>
       </c>
       <c r="I110" t="s">
-        <v>2092</v>
+        <v>2457</v>
       </c>
       <c r="J110" t="s">
-        <v>2093</v>
+        <v>2163</v>
       </c>
       <c r="K110" t="s">
-        <v>2094</v>
+        <v>2164</v>
       </c>
       <c r="L110" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M110" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N110" t="s">
-        <v>1671</v>
+        <v>1960</v>
       </c>
       <c r="O110" t="s">
-        <v>1912</v>
+        <v>2326</v>
       </c>
       <c r="P110" t="s">
-        <v>2379</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B111" t="s">
-        <v>2380</v>
+        <v>2459</v>
       </c>
       <c r="C111" t="s">
         <v>20</v>
       </c>
       <c r="D111" t="s">
         <v>20</v>
       </c>
       <c r="E111" t="s">
-        <v>2381</v>
+        <v>2454</v>
       </c>
       <c r="F111" t="s">
         <v>20</v>
       </c>
       <c r="G111" t="s">
-        <v>2382</v>
+        <v>2460</v>
       </c>
       <c r="H111" t="s">
-        <v>2383</v>
+        <v>2461</v>
       </c>
       <c r="I111" t="s">
-        <v>2092</v>
+        <v>2462</v>
       </c>
       <c r="J111" t="s">
-        <v>2093</v>
+        <v>1952</v>
       </c>
       <c r="K111" t="s">
-        <v>2094</v>
+        <v>269</v>
       </c>
       <c r="L111" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M111" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N111" t="s">
-        <v>1671</v>
+        <v>1960</v>
       </c>
       <c r="O111" t="s">
-        <v>1841</v>
+        <v>2326</v>
       </c>
       <c r="P111" t="s">
-        <v>2384</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B112" t="s">
-        <v>2385</v>
+        <v>2464</v>
       </c>
       <c r="C112" t="s">
         <v>20</v>
       </c>
       <c r="D112" t="s">
         <v>20</v>
       </c>
       <c r="E112" t="s">
-        <v>2386</v>
+        <v>2465</v>
       </c>
       <c r="F112" t="s">
         <v>20</v>
       </c>
       <c r="G112" t="s">
-        <v>2387</v>
+        <v>2466</v>
       </c>
       <c r="H112" t="s">
-        <v>2388</v>
+        <v>2467</v>
       </c>
       <c r="I112" t="s">
-        <v>2389</v>
+        <v>2124</v>
       </c>
       <c r="J112" t="s">
-        <v>1946</v>
+        <v>2468</v>
       </c>
       <c r="K112" t="s">
-        <v>1947</v>
+        <v>2469</v>
       </c>
       <c r="L112" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M112" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N112" t="s">
-        <v>1760</v>
+        <v>1960</v>
       </c>
       <c r="O112" t="s">
-        <v>2086</v>
+        <v>2470</v>
       </c>
       <c r="P112" t="s">
-        <v>2390</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B113" t="s">
-        <v>2391</v>
+        <v>2472</v>
       </c>
       <c r="C113" t="s">
         <v>20</v>
       </c>
       <c r="D113" t="s">
         <v>20</v>
       </c>
       <c r="E113" t="s">
-        <v>2392</v>
+        <v>2465</v>
       </c>
       <c r="F113" t="s">
         <v>20</v>
       </c>
       <c r="G113" t="s">
-        <v>2393</v>
+        <v>2473</v>
       </c>
       <c r="H113" t="s">
-        <v>2394</v>
+        <v>2474</v>
       </c>
       <c r="I113" t="s">
-        <v>2395</v>
+        <v>2475</v>
       </c>
       <c r="J113" t="s">
-        <v>2396</v>
+        <v>1952</v>
       </c>
       <c r="K113" t="s">
-        <v>2397</v>
+        <v>269</v>
       </c>
       <c r="L113" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M113" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N113" t="s">
-        <v>1760</v>
+        <v>1960</v>
       </c>
       <c r="O113" t="s">
-        <v>2108</v>
+        <v>2470</v>
       </c>
       <c r="P113" t="s">
-        <v>2398</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B114" t="s">
-        <v>2391</v>
+        <v>2477</v>
       </c>
       <c r="C114" t="s">
         <v>20</v>
       </c>
       <c r="D114" t="s">
         <v>20</v>
       </c>
       <c r="E114" t="s">
-        <v>2392</v>
+        <v>2465</v>
       </c>
       <c r="F114" t="s">
         <v>20</v>
       </c>
       <c r="G114" t="s">
-        <v>2399</v>
+        <v>2478</v>
       </c>
       <c r="H114" t="s">
-        <v>2400</v>
+        <v>2479</v>
       </c>
       <c r="I114" t="s">
-        <v>2401</v>
+        <v>2480</v>
       </c>
       <c r="J114" t="s">
-        <v>2084</v>
+        <v>2097</v>
       </c>
       <c r="K114" t="s">
-        <v>2085</v>
+        <v>2098</v>
       </c>
       <c r="L114" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M114" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N114" t="s">
-        <v>1760</v>
+        <v>1960</v>
       </c>
       <c r="O114" t="s">
-        <v>2108</v>
+        <v>1967</v>
       </c>
       <c r="P114" t="s">
-        <v>2402</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B115" t="s">
-        <v>2391</v>
+        <v>2482</v>
       </c>
       <c r="C115" t="s">
         <v>20</v>
       </c>
       <c r="D115" t="s">
         <v>20</v>
       </c>
       <c r="E115" t="s">
-        <v>2392</v>
+        <v>2465</v>
       </c>
       <c r="F115" t="s">
         <v>20</v>
       </c>
       <c r="G115" t="s">
-        <v>2403</v>
+        <v>2483</v>
       </c>
       <c r="H115" t="s">
-        <v>2404</v>
+        <v>2484</v>
       </c>
       <c r="I115" t="s">
-        <v>2405</v>
+        <v>2485</v>
       </c>
       <c r="J115" t="s">
-        <v>1679</v>
+        <v>2163</v>
       </c>
       <c r="K115" t="s">
-        <v>55</v>
+        <v>2164</v>
       </c>
       <c r="L115" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M115" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N115" t="s">
-        <v>1760</v>
+        <v>1960</v>
       </c>
       <c r="O115" t="s">
-        <v>2108</v>
+        <v>1967</v>
       </c>
       <c r="P115" t="s">
-        <v>2406</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B116" t="s">
-        <v>2407</v>
+        <v>2487</v>
       </c>
       <c r="C116" t="s">
         <v>20</v>
       </c>
       <c r="D116" t="s">
         <v>20</v>
       </c>
       <c r="E116" t="s">
-        <v>2392</v>
+        <v>2465</v>
       </c>
       <c r="F116" t="s">
         <v>20</v>
       </c>
       <c r="G116" t="s">
-        <v>2408</v>
+        <v>2488</v>
       </c>
       <c r="H116" t="s">
-        <v>2409</v>
+        <v>2489</v>
       </c>
       <c r="I116" t="s">
-        <v>2410</v>
+        <v>2490</v>
       </c>
       <c r="J116" t="s">
-        <v>2411</v>
+        <v>1952</v>
       </c>
       <c r="K116" t="s">
-        <v>80</v>
+        <v>269</v>
       </c>
       <c r="L116" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M116" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N116" t="s">
-        <v>1760</v>
+        <v>1960</v>
       </c>
       <c r="O116" t="s">
-        <v>2086</v>
+        <v>1967</v>
       </c>
       <c r="P116" t="s">
-        <v>2412</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B117" t="s">
-        <v>2413</v>
+        <v>2492</v>
       </c>
       <c r="C117" t="s">
         <v>20</v>
       </c>
       <c r="D117" t="s">
         <v>20</v>
       </c>
       <c r="E117" t="s">
-        <v>2392</v>
+        <v>2493</v>
       </c>
       <c r="F117" t="s">
         <v>20</v>
       </c>
       <c r="G117" t="s">
-        <v>2414</v>
+        <v>2494</v>
       </c>
       <c r="H117" t="s">
-        <v>2415</v>
+        <v>2495</v>
       </c>
       <c r="I117" t="s">
-        <v>2416</v>
+        <v>2496</v>
       </c>
       <c r="J117" t="s">
-        <v>1855</v>
+        <v>1815</v>
       </c>
       <c r="K117" t="s">
-        <v>1856</v>
+        <v>1816</v>
       </c>
       <c r="L117" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M117" t="s">
-        <v>1644</v>
+        <v>1721</v>
       </c>
       <c r="N117" t="s">
-        <v>1760</v>
+        <v>1733</v>
       </c>
       <c r="O117" t="s">
-        <v>2086</v>
+        <v>2497</v>
       </c>
       <c r="P117" t="s">
-        <v>2417</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B118" t="s">
-        <v>2418</v>
+        <v>2499</v>
       </c>
       <c r="C118" t="s">
         <v>20</v>
       </c>
       <c r="D118" t="s">
         <v>20</v>
       </c>
       <c r="E118" t="s">
-        <v>2419</v>
+        <v>2500</v>
       </c>
       <c r="F118" t="s">
         <v>20</v>
       </c>
       <c r="G118" t="s">
-        <v>2420</v>
+        <v>2501</v>
       </c>
       <c r="H118" t="s">
-        <v>2421</v>
+        <v>2502</v>
       </c>
       <c r="I118" t="s">
-        <v>2422</v>
+        <v>2503</v>
       </c>
       <c r="J118" t="s">
-        <v>20</v>
+        <v>2504</v>
       </c>
       <c r="K118" t="s">
-        <v>2423</v>
+        <v>129</v>
       </c>
       <c r="L118" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M118" t="s">
-        <v>1715</v>
+        <v>1732</v>
       </c>
       <c r="N118" t="s">
-        <v>1760</v>
+        <v>1733</v>
       </c>
       <c r="O118" t="s">
-        <v>1767</v>
+        <v>1734</v>
       </c>
       <c r="P118" t="s">
-        <v>2424</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B119" t="s">
-        <v>2425</v>
+        <v>2506</v>
       </c>
       <c r="C119" t="s">
         <v>20</v>
       </c>
       <c r="D119" t="s">
         <v>20</v>
       </c>
       <c r="E119" t="s">
-        <v>2419</v>
+        <v>2507</v>
       </c>
       <c r="F119" t="s">
         <v>20</v>
       </c>
       <c r="G119" t="s">
-        <v>2426</v>
+        <v>2508</v>
       </c>
       <c r="H119" t="s">
-        <v>2427</v>
+        <v>2509</v>
       </c>
       <c r="I119" t="s">
-        <v>2428</v>
+        <v>2510</v>
       </c>
       <c r="J119" t="s">
-        <v>2429</v>
+        <v>2511</v>
       </c>
       <c r="K119" t="s">
-        <v>2430</v>
+        <v>2512</v>
       </c>
       <c r="L119" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M119" t="s">
-        <v>1715</v>
+        <v>1732</v>
       </c>
       <c r="N119" t="s">
-        <v>1760</v>
+        <v>1733</v>
       </c>
       <c r="O119" t="s">
-        <v>1767</v>
+        <v>1734</v>
       </c>
       <c r="P119" t="s">
-        <v>2431</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B120" t="s">
-        <v>2432</v>
+        <v>2514</v>
       </c>
       <c r="C120" t="s">
         <v>20</v>
       </c>
       <c r="D120" t="s">
         <v>20</v>
       </c>
       <c r="E120" t="s">
-        <v>2433</v>
+        <v>2515</v>
       </c>
       <c r="F120" t="s">
         <v>20</v>
       </c>
       <c r="G120" t="s">
-        <v>2434</v>
+        <v>2516</v>
       </c>
       <c r="H120" t="s">
-        <v>2435</v>
+        <v>2517</v>
       </c>
       <c r="I120" t="s">
-        <v>2436</v>
+        <v>2518</v>
       </c>
       <c r="J120" t="s">
-        <v>1751</v>
+        <v>2519</v>
       </c>
       <c r="K120" t="s">
-        <v>1752</v>
+        <v>2520</v>
       </c>
       <c r="L120" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M120" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N120" t="s">
-        <v>1760</v>
+        <v>1733</v>
       </c>
       <c r="O120" t="s">
-        <v>2437</v>
+        <v>1734</v>
       </c>
       <c r="P120" t="s">
-        <v>2438</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B121" t="s">
-        <v>2439</v>
+        <v>2522</v>
       </c>
       <c r="C121" t="s">
         <v>20</v>
       </c>
       <c r="D121" t="s">
         <v>20</v>
       </c>
       <c r="E121" t="s">
-        <v>2433</v>
+        <v>2523</v>
       </c>
       <c r="F121" t="s">
         <v>20</v>
       </c>
       <c r="G121" t="s">
-        <v>2440</v>
+        <v>2524</v>
       </c>
       <c r="H121" t="s">
-        <v>2441</v>
+        <v>2525</v>
       </c>
       <c r="I121" t="s">
-        <v>2436</v>
+        <v>2526</v>
       </c>
       <c r="J121" t="s">
-        <v>1751</v>
+        <v>20</v>
       </c>
       <c r="K121" t="s">
-        <v>1752</v>
+        <v>2527</v>
       </c>
       <c r="L121" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M121" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N121" t="s">
-        <v>1760</v>
+        <v>1733</v>
       </c>
       <c r="O121" t="s">
-        <v>2108</v>
+        <v>1734</v>
       </c>
       <c r="P121" t="s">
-        <v>2442</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B122" t="s">
-        <v>2443</v>
+        <v>2529</v>
       </c>
       <c r="C122" t="s">
         <v>20</v>
       </c>
       <c r="D122" t="s">
         <v>20</v>
       </c>
       <c r="E122" t="s">
-        <v>2444</v>
+        <v>2530</v>
       </c>
       <c r="F122" t="s">
         <v>20</v>
       </c>
       <c r="G122" t="s">
-        <v>2445</v>
+        <v>2531</v>
       </c>
       <c r="H122" t="s">
-        <v>2446</v>
+        <v>2532</v>
       </c>
       <c r="I122" t="s">
-        <v>2447</v>
+        <v>2533</v>
       </c>
       <c r="J122" t="s">
-        <v>1799</v>
+        <v>2534</v>
       </c>
       <c r="K122" t="s">
-        <v>1800</v>
+        <v>129</v>
       </c>
       <c r="L122" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M122" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N122" t="s">
-        <v>2005</v>
+        <v>1759</v>
       </c>
       <c r="O122" t="s">
-        <v>2448</v>
+        <v>2175</v>
       </c>
       <c r="P122" t="s">
-        <v>2449</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B123" t="s">
-        <v>2450</v>
+        <v>2536</v>
       </c>
       <c r="C123" t="s">
         <v>20</v>
       </c>
       <c r="D123" t="s">
         <v>20</v>
       </c>
       <c r="E123" t="s">
-        <v>2451</v>
+        <v>2537</v>
       </c>
       <c r="F123" t="s">
         <v>20</v>
       </c>
       <c r="G123" t="s">
-        <v>2452</v>
+        <v>2538</v>
       </c>
       <c r="H123" t="s">
-        <v>2453</v>
+        <v>2539</v>
       </c>
       <c r="I123" t="s">
-        <v>2454</v>
+        <v>1858</v>
       </c>
       <c r="J123" t="s">
-        <v>2455</v>
+        <v>1850</v>
       </c>
       <c r="K123" t="s">
-        <v>1955</v>
+        <v>1851</v>
       </c>
       <c r="L123" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M123" t="s">
-        <v>1680</v>
+        <v>1732</v>
       </c>
       <c r="N123" t="s">
-        <v>1645</v>
+        <v>1759</v>
       </c>
       <c r="O123" t="s">
-        <v>1646</v>
+        <v>2540</v>
       </c>
       <c r="P123" t="s">
-        <v>2456</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B124" t="s">
-        <v>2457</v>
+        <v>2542</v>
       </c>
       <c r="C124" t="s">
         <v>20</v>
       </c>
       <c r="D124" t="s">
         <v>20</v>
       </c>
       <c r="E124" t="s">
-        <v>2458</v>
+        <v>2537</v>
       </c>
       <c r="F124" t="s">
         <v>20</v>
       </c>
       <c r="G124" t="s">
-        <v>2459</v>
+        <v>2543</v>
       </c>
       <c r="H124" t="s">
-        <v>2460</v>
+        <v>2544</v>
       </c>
       <c r="I124" t="s">
-        <v>2461</v>
+        <v>2545</v>
       </c>
       <c r="J124" t="s">
-        <v>1679</v>
+        <v>1859</v>
       </c>
       <c r="K124" t="s">
-        <v>55</v>
+        <v>1860</v>
       </c>
       <c r="L124" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M124" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N124" t="s">
-        <v>1776</v>
+        <v>1759</v>
       </c>
       <c r="O124" t="s">
-        <v>1777</v>
+        <v>1978</v>
       </c>
       <c r="P124" t="s">
-        <v>2462</v>
+        <v>2546</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B125" t="s">
-        <v>2463</v>
+        <v>2542</v>
       </c>
       <c r="C125" t="s">
         <v>20</v>
       </c>
       <c r="D125" t="s">
         <v>20</v>
       </c>
       <c r="E125" t="s">
-        <v>2458</v>
+        <v>2537</v>
       </c>
       <c r="F125" t="s">
         <v>20</v>
       </c>
       <c r="G125" t="s">
-        <v>2464</v>
+        <v>2547</v>
       </c>
       <c r="H125" t="s">
-        <v>2465</v>
+        <v>2548</v>
       </c>
       <c r="I125" t="s">
-        <v>2461</v>
+        <v>2549</v>
       </c>
       <c r="J125" t="s">
-        <v>1679</v>
+        <v>1767</v>
       </c>
       <c r="K125" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L125" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M125" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N125" t="s">
-        <v>1776</v>
+        <v>1759</v>
       </c>
       <c r="O125" t="s">
-        <v>2466</v>
+        <v>1978</v>
       </c>
       <c r="P125" t="s">
-        <v>2467</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B126" t="s">
-        <v>2468</v>
+        <v>2551</v>
       </c>
       <c r="C126" t="s">
         <v>20</v>
       </c>
       <c r="D126" t="s">
         <v>20</v>
       </c>
       <c r="E126" t="s">
-        <v>2469</v>
+        <v>2537</v>
       </c>
       <c r="F126" t="s">
         <v>20</v>
       </c>
       <c r="G126" t="s">
-        <v>2470</v>
+        <v>2552</v>
       </c>
       <c r="H126" t="s">
-        <v>2471</v>
+        <v>2553</v>
       </c>
       <c r="I126" t="s">
-        <v>2299</v>
+        <v>2533</v>
       </c>
       <c r="J126" t="s">
-        <v>1820</v>
+        <v>2534</v>
       </c>
       <c r="K126" t="s">
-        <v>1821</v>
+        <v>129</v>
       </c>
       <c r="L126" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M126" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N126" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="O126" t="s">
-        <v>2108</v>
+        <v>2014</v>
       </c>
       <c r="P126" t="s">
-        <v>2472</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B127" t="s">
-        <v>2473</v>
+        <v>2555</v>
       </c>
       <c r="C127" t="s">
         <v>20</v>
       </c>
       <c r="D127" t="s">
         <v>20</v>
       </c>
       <c r="E127" t="s">
-        <v>2474</v>
+        <v>2556</v>
       </c>
       <c r="F127" t="s">
         <v>20</v>
       </c>
       <c r="G127" t="s">
-        <v>2475</v>
+        <v>2557</v>
       </c>
       <c r="H127" t="s">
-        <v>2476</v>
+        <v>2558</v>
       </c>
       <c r="I127" t="s">
-        <v>2477</v>
+        <v>2559</v>
       </c>
       <c r="J127" t="s">
-        <v>2478</v>
+        <v>2560</v>
       </c>
       <c r="K127" t="s">
-        <v>2479</v>
+        <v>2561</v>
       </c>
       <c r="L127" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M127" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N127" t="s">
-        <v>1705</v>
+        <v>1759</v>
       </c>
       <c r="O127" t="s">
-        <v>1706</v>
+        <v>2099</v>
       </c>
       <c r="P127" t="s">
-        <v>2480</v>
+        <v>2562</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B128" t="s">
-        <v>2481</v>
+        <v>2563</v>
       </c>
       <c r="C128" t="s">
         <v>20</v>
       </c>
       <c r="D128" t="s">
         <v>20</v>
       </c>
       <c r="E128" t="s">
-        <v>2482</v>
+        <v>2564</v>
       </c>
       <c r="F128" t="s">
         <v>20</v>
       </c>
       <c r="G128" t="s">
-        <v>2483</v>
+        <v>2565</v>
       </c>
       <c r="H128" t="s">
-        <v>2484</v>
+        <v>2566</v>
       </c>
       <c r="I128" t="s">
-        <v>2485</v>
+        <v>2567</v>
       </c>
       <c r="J128" t="s">
-        <v>2486</v>
+        <v>2391</v>
       </c>
       <c r="K128" t="s">
-        <v>2487</v>
+        <v>65</v>
       </c>
       <c r="L128" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M128" t="s">
-        <v>1715</v>
+        <v>1732</v>
       </c>
       <c r="N128" t="s">
-        <v>1681</v>
+        <v>1759</v>
       </c>
       <c r="O128" t="s">
-        <v>1682</v>
+        <v>2175</v>
       </c>
       <c r="P128" t="s">
-        <v>2488</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B129" t="s">
-        <v>2489</v>
+        <v>2569</v>
       </c>
       <c r="C129" t="s">
         <v>20</v>
       </c>
       <c r="D129" t="s">
         <v>20</v>
       </c>
       <c r="E129" t="s">
-        <v>2490</v>
+        <v>2564</v>
       </c>
       <c r="F129" t="s">
         <v>20</v>
       </c>
       <c r="G129" t="s">
-        <v>2491</v>
+        <v>2570</v>
       </c>
       <c r="H129" t="s">
-        <v>2492</v>
+        <v>2571</v>
       </c>
       <c r="I129" t="s">
-        <v>2493</v>
+        <v>2567</v>
       </c>
       <c r="J129" t="s">
-        <v>2478</v>
+        <v>2391</v>
       </c>
       <c r="K129" t="s">
-        <v>2479</v>
+        <v>65</v>
       </c>
       <c r="L129" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M129" t="s">
-        <v>1680</v>
+        <v>1732</v>
       </c>
       <c r="N129" t="s">
-        <v>1681</v>
+        <v>1759</v>
       </c>
       <c r="O129" t="s">
-        <v>1682</v>
+        <v>1760</v>
       </c>
       <c r="P129" t="s">
-        <v>2494</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B130" t="s">
-        <v>2495</v>
+        <v>2573</v>
       </c>
       <c r="C130" t="s">
         <v>20</v>
       </c>
       <c r="D130" t="s">
         <v>20</v>
       </c>
       <c r="E130" t="s">
-        <v>2496</v>
+        <v>2574</v>
       </c>
       <c r="F130" t="s">
         <v>20</v>
       </c>
       <c r="G130" t="s">
-        <v>2497</v>
+        <v>2575</v>
       </c>
       <c r="H130" t="s">
-        <v>2498</v>
+        <v>2576</v>
       </c>
       <c r="I130" t="s">
-        <v>2499</v>
+        <v>2577</v>
       </c>
       <c r="J130" t="s">
-        <v>20</v>
+        <v>2534</v>
       </c>
       <c r="K130" t="s">
-        <v>2500</v>
+        <v>129</v>
       </c>
       <c r="L130" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M130" t="s">
-        <v>1715</v>
+        <v>1732</v>
       </c>
       <c r="N130" t="s">
-        <v>1681</v>
+        <v>1960</v>
       </c>
       <c r="O130" t="s">
-        <v>1682</v>
+        <v>2326</v>
       </c>
       <c r="P130" t="s">
-        <v>2501</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B131" t="s">
-        <v>2502</v>
+        <v>2579</v>
       </c>
       <c r="C131" t="s">
         <v>20</v>
       </c>
       <c r="D131" t="s">
         <v>20</v>
       </c>
       <c r="E131" t="s">
-        <v>2503</v>
+        <v>2580</v>
       </c>
       <c r="F131" t="s">
         <v>20</v>
       </c>
       <c r="G131" t="s">
-        <v>2504</v>
+        <v>2581</v>
       </c>
       <c r="H131" t="s">
-        <v>2505</v>
+        <v>2582</v>
       </c>
       <c r="I131" t="s">
-        <v>2506</v>
+        <v>2583</v>
       </c>
       <c r="J131" t="s">
-        <v>1751</v>
+        <v>2097</v>
       </c>
       <c r="K131" t="s">
-        <v>1752</v>
+        <v>2098</v>
       </c>
       <c r="L131" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M131" t="s">
-        <v>1680</v>
+        <v>1732</v>
       </c>
       <c r="N131" t="s">
-        <v>1681</v>
+        <v>1960</v>
       </c>
       <c r="O131" t="s">
-        <v>1682</v>
+        <v>2326</v>
       </c>
       <c r="P131" t="s">
-        <v>2507</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B132" t="s">
-        <v>2508</v>
+        <v>2585</v>
       </c>
       <c r="C132" t="s">
         <v>20</v>
       </c>
       <c r="D132" t="s">
         <v>20</v>
       </c>
       <c r="E132" t="s">
-        <v>2509</v>
+        <v>2580</v>
       </c>
       <c r="F132" t="s">
         <v>20</v>
       </c>
       <c r="G132" t="s">
-        <v>2510</v>
+        <v>2586</v>
       </c>
       <c r="H132" t="s">
-        <v>2511</v>
+        <v>2587</v>
       </c>
       <c r="I132" t="s">
-        <v>2512</v>
+        <v>2583</v>
       </c>
       <c r="J132" t="s">
-        <v>2178</v>
+        <v>2097</v>
       </c>
       <c r="K132" t="s">
-        <v>30</v>
+        <v>2098</v>
       </c>
       <c r="L132" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M132" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N132" t="s">
-        <v>1645</v>
+        <v>1960</v>
       </c>
       <c r="O132" t="s">
-        <v>1646</v>
+        <v>1961</v>
       </c>
       <c r="P132" t="s">
-        <v>2513</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B133" t="s">
-        <v>2514</v>
+        <v>2589</v>
       </c>
       <c r="C133" t="s">
         <v>20</v>
       </c>
       <c r="D133" t="s">
         <v>20</v>
       </c>
       <c r="E133" t="s">
-        <v>2509</v>
+        <v>2590</v>
       </c>
       <c r="F133" t="s">
         <v>20</v>
       </c>
       <c r="G133" t="s">
-        <v>2515</v>
+        <v>2591</v>
       </c>
       <c r="H133" t="s">
-        <v>2516</v>
+        <v>2592</v>
       </c>
       <c r="I133" t="s">
-        <v>2517</v>
+        <v>2593</v>
       </c>
       <c r="J133" t="s">
-        <v>1697</v>
+        <v>2534</v>
       </c>
       <c r="K133" t="s">
-        <v>1698</v>
+        <v>129</v>
       </c>
       <c r="L133" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M133" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N133" t="s">
-        <v>1645</v>
+        <v>1960</v>
       </c>
       <c r="O133" t="s">
-        <v>1646</v>
+        <v>1967</v>
       </c>
       <c r="P133" t="s">
-        <v>2518</v>
+        <v>2594</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B134" t="s">
-        <v>2519</v>
+        <v>2595</v>
       </c>
       <c r="C134" t="s">
         <v>20</v>
       </c>
       <c r="D134" t="s">
         <v>20</v>
       </c>
       <c r="E134" t="s">
-        <v>2520</v>
+        <v>2590</v>
       </c>
       <c r="F134" t="s">
         <v>20</v>
       </c>
       <c r="G134" t="s">
-        <v>2521</v>
+        <v>2596</v>
       </c>
       <c r="H134" t="s">
-        <v>2522</v>
+        <v>2597</v>
       </c>
       <c r="I134" t="s">
-        <v>1713</v>
+        <v>2598</v>
       </c>
       <c r="J134" t="s">
-        <v>20</v>
+        <v>1791</v>
       </c>
       <c r="K134" t="s">
-        <v>1714</v>
+        <v>1792</v>
       </c>
       <c r="L134" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M134" t="s">
-        <v>1715</v>
+        <v>1732</v>
       </c>
       <c r="N134" t="s">
-        <v>1645</v>
+        <v>1960</v>
       </c>
       <c r="O134" t="s">
-        <v>1646</v>
+        <v>1967</v>
       </c>
       <c r="P134" t="s">
-        <v>2523</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B135" t="s">
-        <v>2524</v>
+        <v>2600</v>
       </c>
       <c r="C135" t="s">
         <v>20</v>
       </c>
       <c r="D135" t="s">
         <v>20</v>
       </c>
       <c r="E135" t="s">
-        <v>2520</v>
+        <v>2590</v>
       </c>
       <c r="F135" t="s">
         <v>20</v>
       </c>
       <c r="G135" t="s">
-        <v>2525</v>
+        <v>2601</v>
       </c>
       <c r="H135" t="s">
-        <v>2526</v>
+        <v>2602</v>
       </c>
       <c r="I135" t="s">
-        <v>2527</v>
+        <v>2603</v>
       </c>
       <c r="J135" t="s">
-        <v>20</v>
+        <v>2534</v>
       </c>
       <c r="K135" t="s">
-        <v>2528</v>
+        <v>129</v>
       </c>
       <c r="L135" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M135" t="s">
-        <v>1715</v>
+        <v>1732</v>
       </c>
       <c r="N135" t="s">
-        <v>1671</v>
+        <v>1960</v>
       </c>
       <c r="O135" t="s">
-        <v>1841</v>
+        <v>1967</v>
       </c>
       <c r="P135" t="s">
-        <v>2529</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B136" t="s">
-        <v>2530</v>
+        <v>2605</v>
       </c>
       <c r="C136" t="s">
         <v>20</v>
       </c>
       <c r="D136" t="s">
         <v>20</v>
       </c>
       <c r="E136" t="s">
-        <v>2531</v>
+        <v>2590</v>
       </c>
       <c r="F136" t="s">
         <v>20</v>
       </c>
       <c r="G136" t="s">
-        <v>2532</v>
+        <v>2606</v>
       </c>
       <c r="H136" t="s">
-        <v>2533</v>
+        <v>2607</v>
       </c>
       <c r="I136" t="s">
         <v>2534</v>
       </c>
       <c r="J136" t="s">
-        <v>2535</v>
+        <v>20</v>
       </c>
       <c r="K136" t="s">
-        <v>2536</v>
+        <v>129</v>
       </c>
       <c r="L136" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M136" t="s">
-        <v>1715</v>
+        <v>1732</v>
       </c>
       <c r="N136" t="s">
-        <v>1645</v>
+        <v>1960</v>
       </c>
       <c r="O136" t="s">
-        <v>1646</v>
+        <v>1967</v>
       </c>
       <c r="P136" t="s">
-        <v>2537</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B137" t="s">
-        <v>2538</v>
+        <v>2609</v>
       </c>
       <c r="C137" t="s">
         <v>20</v>
       </c>
       <c r="D137" t="s">
         <v>20</v>
       </c>
       <c r="E137" t="s">
-        <v>2539</v>
+        <v>2610</v>
       </c>
       <c r="F137" t="s">
         <v>20</v>
       </c>
       <c r="G137" t="s">
-        <v>2540</v>
+        <v>2611</v>
       </c>
       <c r="H137" t="s">
-        <v>2541</v>
+        <v>2612</v>
       </c>
       <c r="I137" t="s">
-        <v>2542</v>
+        <v>2613</v>
       </c>
       <c r="J137" t="s">
-        <v>2543</v>
+        <v>2286</v>
       </c>
       <c r="K137" t="s">
-        <v>2544</v>
+        <v>2287</v>
       </c>
       <c r="L137" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M137" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N137" t="s">
-        <v>1645</v>
+        <v>1733</v>
       </c>
       <c r="O137" t="s">
-        <v>1646</v>
+        <v>1734</v>
       </c>
       <c r="P137" t="s">
-        <v>2545</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B138" t="s">
-        <v>2546</v>
+        <v>2615</v>
       </c>
       <c r="C138" t="s">
         <v>20</v>
       </c>
       <c r="D138" t="s">
         <v>20</v>
       </c>
       <c r="E138" t="s">
-        <v>2547</v>
+        <v>2616</v>
       </c>
       <c r="F138" t="s">
         <v>20</v>
       </c>
       <c r="G138" t="s">
-        <v>2548</v>
+        <v>2617</v>
       </c>
       <c r="H138" t="s">
-        <v>2549</v>
+        <v>2618</v>
       </c>
       <c r="I138" t="s">
-        <v>2550</v>
+        <v>2619</v>
       </c>
       <c r="J138" t="s">
-        <v>1784</v>
+        <v>2058</v>
       </c>
       <c r="K138" t="s">
-        <v>1785</v>
+        <v>2059</v>
       </c>
       <c r="L138" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M138" t="s">
-        <v>1680</v>
+        <v>1732</v>
       </c>
       <c r="N138" t="s">
-        <v>1645</v>
+        <v>1733</v>
       </c>
       <c r="O138" t="s">
-        <v>1646</v>
+        <v>1734</v>
       </c>
       <c r="P138" t="s">
-        <v>2551</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B139" t="s">
-        <v>2552</v>
+        <v>2621</v>
       </c>
       <c r="C139" t="s">
         <v>20</v>
       </c>
       <c r="D139" t="s">
         <v>20</v>
       </c>
       <c r="E139" t="s">
-        <v>2553</v>
+        <v>2622</v>
       </c>
       <c r="F139" t="s">
         <v>20</v>
       </c>
       <c r="G139" t="s">
-        <v>2554</v>
+        <v>2623</v>
       </c>
       <c r="H139" t="s">
-        <v>2555</v>
+        <v>2624</v>
       </c>
       <c r="I139" t="s">
-        <v>2556</v>
+        <v>2376</v>
       </c>
       <c r="J139" t="s">
-        <v>1774</v>
+        <v>20</v>
       </c>
       <c r="K139" t="s">
-        <v>1775</v>
+        <v>2377</v>
       </c>
       <c r="L139" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M139" t="s">
-        <v>1715</v>
+        <v>1732</v>
       </c>
       <c r="N139" t="s">
-        <v>2557</v>
+        <v>1759</v>
       </c>
       <c r="O139" t="s">
-        <v>2558</v>
+        <v>2014</v>
       </c>
       <c r="P139" t="s">
-        <v>2559</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B140" t="s">
-        <v>2560</v>
+        <v>2626</v>
       </c>
       <c r="C140" t="s">
         <v>20</v>
       </c>
       <c r="D140" t="s">
         <v>20</v>
       </c>
       <c r="E140" t="s">
-        <v>2561</v>
+        <v>2622</v>
       </c>
       <c r="F140" t="s">
         <v>20</v>
       </c>
       <c r="G140" t="s">
-        <v>2562</v>
+        <v>2627</v>
       </c>
       <c r="H140" t="s">
-        <v>2563</v>
+        <v>2628</v>
       </c>
       <c r="I140" t="s">
-        <v>1731</v>
+        <v>2376</v>
       </c>
       <c r="J140" t="s">
         <v>20</v>
       </c>
       <c r="K140" t="s">
+        <v>2377</v>
+      </c>
+      <c r="L140" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M140" t="s">
         <v>1732</v>
       </c>
-      <c r="L140" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N140" t="s">
-        <v>1645</v>
+        <v>1759</v>
       </c>
       <c r="O140" t="s">
-        <v>1646</v>
+        <v>2175</v>
       </c>
       <c r="P140" t="s">
-        <v>2564</v>
+        <v>2629</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B141" t="s">
-        <v>2565</v>
+        <v>2630</v>
       </c>
       <c r="C141" t="s">
         <v>20</v>
       </c>
       <c r="D141" t="s">
         <v>20</v>
       </c>
       <c r="E141" t="s">
-        <v>2566</v>
+        <v>2622</v>
       </c>
       <c r="F141" t="s">
         <v>20</v>
       </c>
       <c r="G141" t="s">
-        <v>2567</v>
+        <v>2631</v>
       </c>
       <c r="H141" t="s">
-        <v>2568</v>
+        <v>2632</v>
       </c>
       <c r="I141" t="s">
-        <v>2569</v>
+        <v>2376</v>
       </c>
       <c r="J141" t="s">
-        <v>2570</v>
+        <v>20</v>
       </c>
       <c r="K141" t="s">
-        <v>2571</v>
+        <v>2377</v>
       </c>
       <c r="L141" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M141" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N141" t="s">
-        <v>2557</v>
+        <v>1759</v>
       </c>
       <c r="O141" t="s">
-        <v>2558</v>
+        <v>1760</v>
       </c>
       <c r="P141" t="s">
-        <v>2572</v>
+        <v>2633</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B142" t="s">
-        <v>2573</v>
+        <v>2634</v>
       </c>
       <c r="C142" t="s">
         <v>20</v>
       </c>
       <c r="D142" t="s">
         <v>20</v>
       </c>
       <c r="E142" t="s">
-        <v>2574</v>
+        <v>2635</v>
       </c>
       <c r="F142" t="s">
         <v>20</v>
       </c>
       <c r="G142" t="s">
-        <v>2575</v>
+        <v>2636</v>
       </c>
       <c r="H142" t="s">
-        <v>2576</v>
+        <v>2637</v>
       </c>
       <c r="I142" t="s">
-        <v>2577</v>
+        <v>2638</v>
       </c>
       <c r="J142" t="s">
-        <v>1855</v>
+        <v>2639</v>
       </c>
       <c r="K142" t="s">
-        <v>1856</v>
+        <v>2640</v>
       </c>
       <c r="L142" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M142" t="s">
-        <v>1715</v>
+        <v>1732</v>
       </c>
       <c r="N142" t="s">
-        <v>1645</v>
+        <v>1759</v>
       </c>
       <c r="O142" t="s">
-        <v>1646</v>
+        <v>1861</v>
       </c>
       <c r="P142" t="s">
-        <v>2578</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B143" t="s">
-        <v>2579</v>
+        <v>2642</v>
       </c>
       <c r="C143" t="s">
         <v>20</v>
       </c>
       <c r="D143" t="s">
         <v>20</v>
       </c>
       <c r="E143" t="s">
-        <v>2574</v>
+        <v>2635</v>
       </c>
       <c r="F143" t="s">
         <v>20</v>
       </c>
       <c r="G143" t="s">
-        <v>2580</v>
+        <v>2643</v>
       </c>
       <c r="H143" t="s">
-        <v>2581</v>
+        <v>2644</v>
       </c>
       <c r="I143" t="s">
-        <v>2582</v>
+        <v>2645</v>
       </c>
       <c r="J143" t="s">
-        <v>1855</v>
+        <v>2639</v>
       </c>
       <c r="K143" t="s">
-        <v>1856</v>
+        <v>2640</v>
       </c>
       <c r="L143" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M143" t="s">
-        <v>1715</v>
+        <v>1732</v>
       </c>
       <c r="N143" t="s">
-        <v>1645</v>
+        <v>1759</v>
       </c>
       <c r="O143" t="s">
-        <v>1646</v>
+        <v>2099</v>
       </c>
       <c r="P143" t="s">
-        <v>2583</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B144" t="s">
-        <v>2584</v>
+        <v>2647</v>
       </c>
       <c r="C144" t="s">
         <v>20</v>
       </c>
       <c r="D144" t="s">
         <v>20</v>
       </c>
       <c r="E144" t="s">
-        <v>2574</v>
+        <v>2635</v>
       </c>
       <c r="F144" t="s">
         <v>20</v>
       </c>
       <c r="G144" t="s">
-        <v>2585</v>
+        <v>2648</v>
       </c>
       <c r="H144" t="s">
-        <v>2586</v>
+        <v>2649</v>
       </c>
       <c r="I144" t="s">
-        <v>2582</v>
+        <v>2645</v>
       </c>
       <c r="J144" t="s">
-        <v>1855</v>
+        <v>2639</v>
       </c>
       <c r="K144" t="s">
-        <v>1856</v>
+        <v>2640</v>
       </c>
       <c r="L144" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M144" t="s">
-        <v>1715</v>
+        <v>1732</v>
       </c>
       <c r="N144" t="s">
-        <v>1645</v>
+        <v>1759</v>
       </c>
       <c r="O144" t="s">
-        <v>2587</v>
+        <v>2104</v>
       </c>
       <c r="P144" t="s">
-        <v>2588</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B145" t="s">
-        <v>2589</v>
+        <v>2651</v>
       </c>
       <c r="C145" t="s">
         <v>20</v>
       </c>
       <c r="D145" t="s">
         <v>20</v>
       </c>
       <c r="E145" t="s">
-        <v>2574</v>
+        <v>2635</v>
       </c>
       <c r="F145" t="s">
         <v>20</v>
       </c>
       <c r="G145" t="s">
-        <v>2590</v>
+        <v>2652</v>
       </c>
       <c r="H145" t="s">
-        <v>2591</v>
+        <v>2653</v>
       </c>
       <c r="I145" t="s">
-        <v>1791</v>
+        <v>2654</v>
       </c>
       <c r="J145" t="s">
-        <v>20</v>
+        <v>2409</v>
       </c>
       <c r="K145" t="s">
-        <v>1792</v>
+        <v>2410</v>
       </c>
       <c r="L145" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M145" t="s">
-        <v>1644</v>
+        <v>1721</v>
       </c>
       <c r="N145" t="s">
-        <v>1671</v>
+        <v>1733</v>
       </c>
       <c r="O145" t="s">
-        <v>1841</v>
+        <v>1734</v>
       </c>
       <c r="P145" t="s">
-        <v>2592</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B146" t="s">
-        <v>2593</v>
+        <v>2651</v>
       </c>
       <c r="C146" t="s">
         <v>20</v>
       </c>
       <c r="D146" t="s">
         <v>20</v>
       </c>
       <c r="E146" t="s">
-        <v>2594</v>
+        <v>2635</v>
       </c>
       <c r="F146" t="s">
         <v>20</v>
       </c>
       <c r="G146" t="s">
-        <v>2595</v>
+        <v>2656</v>
       </c>
       <c r="H146" t="s">
-        <v>2596</v>
+        <v>2657</v>
       </c>
       <c r="I146" t="s">
-        <v>1834</v>
+        <v>2658</v>
       </c>
       <c r="J146" t="s">
-        <v>20</v>
+        <v>2409</v>
       </c>
       <c r="K146" t="s">
-        <v>1835</v>
+        <v>2410</v>
       </c>
       <c r="L146" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M146" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="N146" t="s">
-        <v>1671</v>
+        <v>1733</v>
       </c>
       <c r="O146" t="s">
-        <v>1912</v>
+        <v>1734</v>
       </c>
       <c r="P146" t="s">
-        <v>2597</v>
+        <v>2659</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B147" t="s">
-        <v>2598</v>
+        <v>2651</v>
       </c>
       <c r="C147" t="s">
         <v>20</v>
       </c>
       <c r="D147" t="s">
         <v>20</v>
       </c>
       <c r="E147" t="s">
-        <v>2599</v>
+        <v>2635</v>
       </c>
       <c r="F147" t="s">
         <v>20</v>
       </c>
       <c r="G147" t="s">
-        <v>2600</v>
+        <v>2660</v>
       </c>
       <c r="H147" t="s">
-        <v>2601</v>
+        <v>2661</v>
       </c>
       <c r="I147" t="s">
-        <v>2602</v>
+        <v>2662</v>
       </c>
       <c r="J147" t="s">
-        <v>2603</v>
+        <v>2409</v>
       </c>
       <c r="K147" t="s">
-        <v>2604</v>
+        <v>2410</v>
       </c>
       <c r="L147" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M147" t="s">
-        <v>1644</v>
+        <v>1721</v>
       </c>
       <c r="N147" t="s">
-        <v>1645</v>
+        <v>1733</v>
       </c>
       <c r="O147" t="s">
-        <v>1646</v>
+        <v>1734</v>
       </c>
       <c r="P147" t="s">
-        <v>2605</v>
+        <v>2663</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B148" t="s">
-        <v>2606</v>
+        <v>2651</v>
       </c>
       <c r="C148" t="s">
         <v>20</v>
       </c>
       <c r="D148" t="s">
         <v>20</v>
       </c>
       <c r="E148" t="s">
-        <v>2607</v>
+        <v>2635</v>
       </c>
       <c r="F148" t="s">
         <v>20</v>
       </c>
       <c r="G148" t="s">
-        <v>2608</v>
+        <v>2664</v>
       </c>
       <c r="H148" t="s">
-        <v>2609</v>
+        <v>2665</v>
       </c>
       <c r="I148" t="s">
-        <v>2610</v>
+        <v>2666</v>
       </c>
       <c r="J148" t="s">
-        <v>2611</v>
+        <v>2409</v>
       </c>
       <c r="K148" t="s">
-        <v>2612</v>
+        <v>2410</v>
       </c>
       <c r="L148" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M148" t="s">
-        <v>1644</v>
+        <v>1721</v>
       </c>
       <c r="N148" t="s">
-        <v>1645</v>
+        <v>1733</v>
       </c>
       <c r="O148" t="s">
-        <v>1646</v>
+        <v>1734</v>
       </c>
       <c r="P148" t="s">
-        <v>2613</v>
+        <v>2667</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B149" t="s">
-        <v>2614</v>
+        <v>2668</v>
       </c>
       <c r="C149" t="s">
         <v>20</v>
       </c>
       <c r="D149" t="s">
         <v>20</v>
       </c>
       <c r="E149" t="s">
-        <v>2615</v>
+        <v>2635</v>
       </c>
       <c r="F149" t="s">
         <v>20</v>
       </c>
       <c r="G149" t="s">
-        <v>2616</v>
+        <v>2669</v>
       </c>
       <c r="H149" t="s">
-        <v>2617</v>
+        <v>2670</v>
       </c>
       <c r="I149" t="s">
-        <v>2618</v>
+        <v>2671</v>
       </c>
       <c r="J149" t="s">
-        <v>20</v>
+        <v>2672</v>
       </c>
       <c r="K149" t="s">
-        <v>2619</v>
+        <v>2673</v>
       </c>
       <c r="L149" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M149" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N149" t="s">
-        <v>1645</v>
+        <v>1759</v>
       </c>
       <c r="O149" t="s">
-        <v>1646</v>
+        <v>2104</v>
       </c>
       <c r="P149" t="s">
-        <v>2620</v>
+        <v>2674</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B150" t="s">
-        <v>2621</v>
+        <v>2675</v>
       </c>
       <c r="C150" t="s">
         <v>20</v>
       </c>
       <c r="D150" t="s">
         <v>20</v>
       </c>
       <c r="E150" t="s">
-        <v>2615</v>
+        <v>2635</v>
       </c>
       <c r="F150" t="s">
         <v>20</v>
       </c>
       <c r="G150" t="s">
-        <v>2622</v>
+        <v>2676</v>
       </c>
       <c r="H150" t="s">
-        <v>2623</v>
+        <v>2677</v>
       </c>
       <c r="I150" t="s">
-        <v>2624</v>
+        <v>2678</v>
       </c>
       <c r="J150" t="s">
-        <v>2625</v>
+        <v>2672</v>
       </c>
       <c r="K150" t="s">
-        <v>2626</v>
+        <v>2673</v>
       </c>
       <c r="L150" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M150" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N150" t="s">
-        <v>1645</v>
+        <v>1759</v>
       </c>
       <c r="O150" t="s">
-        <v>1646</v>
+        <v>1861</v>
       </c>
       <c r="P150" t="s">
-        <v>2627</v>
+        <v>2679</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B151" t="s">
-        <v>2628</v>
+        <v>2680</v>
       </c>
       <c r="C151" t="s">
         <v>20</v>
       </c>
       <c r="D151" t="s">
         <v>20</v>
       </c>
       <c r="E151" t="s">
-        <v>2629</v>
+        <v>2681</v>
       </c>
       <c r="F151" t="s">
         <v>20</v>
       </c>
       <c r="G151" t="s">
-        <v>2630</v>
+        <v>2682</v>
       </c>
       <c r="H151" t="s">
-        <v>2631</v>
+        <v>2683</v>
       </c>
       <c r="I151" t="s">
-        <v>2632</v>
+        <v>2232</v>
       </c>
       <c r="J151" t="s">
-        <v>1722</v>
+        <v>20</v>
       </c>
       <c r="K151" t="s">
-        <v>1723</v>
+        <v>2233</v>
       </c>
       <c r="L151" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M151" t="s">
-        <v>1644</v>
+        <v>1768</v>
       </c>
       <c r="N151" t="s">
-        <v>1645</v>
+        <v>1924</v>
       </c>
       <c r="O151" t="s">
-        <v>1646</v>
+        <v>1808</v>
       </c>
       <c r="P151" t="s">
-        <v>2633</v>
+        <v>2684</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B152" t="s">
-        <v>2634</v>
+        <v>2685</v>
       </c>
       <c r="C152" t="s">
         <v>20</v>
       </c>
       <c r="D152" t="s">
         <v>20</v>
       </c>
       <c r="E152" t="s">
-        <v>2635</v>
+        <v>2681</v>
       </c>
       <c r="F152" t="s">
         <v>20</v>
       </c>
       <c r="G152" t="s">
-        <v>2636</v>
+        <v>2686</v>
       </c>
       <c r="H152" t="s">
-        <v>2637</v>
+        <v>2687</v>
       </c>
       <c r="I152" t="s">
-        <v>1870</v>
+        <v>2688</v>
       </c>
       <c r="J152" t="s">
-        <v>20</v>
+        <v>1886</v>
       </c>
       <c r="K152" t="s">
-        <v>186</v>
+        <v>1887</v>
       </c>
       <c r="L152" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M152" t="s">
-        <v>1715</v>
+        <v>1732</v>
       </c>
       <c r="N152" t="s">
-        <v>1645</v>
+        <v>1733</v>
       </c>
       <c r="O152" t="s">
-        <v>1646</v>
+        <v>1734</v>
       </c>
       <c r="P152" t="s">
-        <v>2638</v>
+        <v>2689</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B153" t="s">
-        <v>2639</v>
+        <v>2690</v>
       </c>
       <c r="C153" t="s">
         <v>20</v>
       </c>
       <c r="D153" t="s">
         <v>20</v>
       </c>
       <c r="E153" t="s">
-        <v>2635</v>
+        <v>2691</v>
       </c>
       <c r="F153" t="s">
         <v>20</v>
       </c>
       <c r="G153" t="s">
-        <v>2640</v>
+        <v>2692</v>
       </c>
       <c r="H153" t="s">
-        <v>2641</v>
+        <v>2693</v>
       </c>
       <c r="I153" t="s">
-        <v>2642</v>
+        <v>2694</v>
       </c>
       <c r="J153" t="s">
-        <v>2643</v>
+        <v>2021</v>
       </c>
       <c r="K153" t="s">
-        <v>2644</v>
+        <v>2022</v>
       </c>
       <c r="L153" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M153" t="s">
-        <v>1715</v>
+        <v>1732</v>
       </c>
       <c r="N153" t="s">
-        <v>1645</v>
+        <v>1759</v>
       </c>
       <c r="O153" t="s">
-        <v>1646</v>
+        <v>2014</v>
       </c>
       <c r="P153" t="s">
-        <v>2645</v>
+        <v>2695</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B154" t="s">
-        <v>2646</v>
+        <v>2696</v>
       </c>
       <c r="C154" t="s">
         <v>20</v>
       </c>
       <c r="D154" t="s">
         <v>20</v>
       </c>
       <c r="E154" t="s">
-        <v>2647</v>
+        <v>2691</v>
       </c>
       <c r="F154" t="s">
         <v>20</v>
       </c>
       <c r="G154" t="s">
-        <v>2648</v>
+        <v>2697</v>
       </c>
       <c r="H154" t="s">
-        <v>2649</v>
+        <v>2698</v>
       </c>
       <c r="I154" t="s">
-        <v>2650</v>
+        <v>2699</v>
       </c>
       <c r="J154" t="s">
-        <v>20</v>
+        <v>2700</v>
       </c>
       <c r="K154" t="s">
-        <v>186</v>
+        <v>2701</v>
       </c>
       <c r="L154" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M154" t="s">
-        <v>1715</v>
+        <v>1732</v>
       </c>
       <c r="N154" t="s">
-        <v>1645</v>
+        <v>1759</v>
       </c>
       <c r="O154" t="s">
-        <v>1646</v>
+        <v>1760</v>
       </c>
       <c r="P154" t="s">
-        <v>2651</v>
+        <v>2702</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B155" t="s">
-        <v>2652</v>
+        <v>2703</v>
       </c>
       <c r="C155" t="s">
         <v>20</v>
       </c>
       <c r="D155" t="s">
         <v>20</v>
       </c>
       <c r="E155" t="s">
-        <v>2653</v>
+        <v>2691</v>
       </c>
       <c r="F155" t="s">
         <v>20</v>
       </c>
       <c r="G155" t="s">
-        <v>2654</v>
+        <v>2704</v>
       </c>
       <c r="H155" t="s">
-        <v>2655</v>
+        <v>2705</v>
       </c>
       <c r="I155" t="s">
-        <v>2656</v>
+        <v>2706</v>
       </c>
       <c r="J155" t="s">
-        <v>2657</v>
+        <v>2707</v>
       </c>
       <c r="K155" t="s">
-        <v>2658</v>
+        <v>2708</v>
       </c>
       <c r="L155" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M155" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N155" t="s">
-        <v>1645</v>
+        <v>1759</v>
       </c>
       <c r="O155" t="s">
-        <v>1646</v>
+        <v>1760</v>
       </c>
       <c r="P155" t="s">
-        <v>2659</v>
+        <v>2709</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B156" t="s">
-        <v>2660</v>
+        <v>2710</v>
       </c>
       <c r="C156" t="s">
         <v>20</v>
       </c>
       <c r="D156" t="s">
         <v>20</v>
       </c>
       <c r="E156" t="s">
-        <v>2661</v>
+        <v>2691</v>
       </c>
       <c r="F156" t="s">
         <v>20</v>
       </c>
       <c r="G156" t="s">
-        <v>2662</v>
+        <v>2711</v>
       </c>
       <c r="H156" t="s">
-        <v>2663</v>
+        <v>2712</v>
       </c>
       <c r="I156" t="s">
-        <v>2664</v>
+        <v>2713</v>
       </c>
       <c r="J156" t="s">
-        <v>1774</v>
+        <v>20</v>
       </c>
       <c r="K156" t="s">
-        <v>1775</v>
+        <v>2714</v>
       </c>
       <c r="L156" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M156" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N156" t="s">
-        <v>1645</v>
+        <v>1759</v>
       </c>
       <c r="O156" t="s">
-        <v>1646</v>
+        <v>2014</v>
       </c>
       <c r="P156" t="s">
-        <v>2665</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B157" t="s">
-        <v>2666</v>
+        <v>2716</v>
       </c>
       <c r="C157" t="s">
         <v>20</v>
       </c>
       <c r="D157" t="s">
         <v>20</v>
       </c>
       <c r="E157" t="s">
-        <v>2667</v>
+        <v>2691</v>
       </c>
       <c r="F157" t="s">
         <v>20</v>
       </c>
       <c r="G157" t="s">
-        <v>2668</v>
+        <v>2717</v>
       </c>
       <c r="H157" t="s">
-        <v>2669</v>
+        <v>2718</v>
       </c>
       <c r="I157" t="s">
-        <v>2670</v>
+        <v>2719</v>
       </c>
       <c r="J157" t="s">
-        <v>1679</v>
+        <v>1767</v>
       </c>
       <c r="K157" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L157" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M157" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N157" t="s">
-        <v>2005</v>
+        <v>1733</v>
       </c>
       <c r="O157" t="s">
-        <v>2367</v>
+        <v>1734</v>
       </c>
       <c r="P157" t="s">
-        <v>2671</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B158" t="s">
-        <v>2672</v>
+        <v>2721</v>
       </c>
       <c r="C158" t="s">
         <v>20</v>
       </c>
       <c r="D158" t="s">
         <v>20</v>
       </c>
       <c r="E158" t="s">
-        <v>2667</v>
+        <v>2691</v>
       </c>
       <c r="F158" t="s">
         <v>20</v>
       </c>
       <c r="G158" t="s">
-        <v>2673</v>
+        <v>2722</v>
       </c>
       <c r="H158" t="s">
-        <v>2674</v>
+        <v>2723</v>
       </c>
       <c r="I158" t="s">
-        <v>2675</v>
+        <v>2724</v>
       </c>
       <c r="J158" t="s">
-        <v>20</v>
+        <v>2046</v>
       </c>
       <c r="K158" t="s">
-        <v>2676</v>
+        <v>2047</v>
       </c>
       <c r="L158" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M158" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N158" t="s">
-        <v>2339</v>
+        <v>1759</v>
       </c>
       <c r="O158" t="s">
-        <v>1706</v>
+        <v>2104</v>
       </c>
       <c r="P158" t="s">
-        <v>2677</v>
+        <v>2725</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B159" t="s">
-        <v>2678</v>
+        <v>2726</v>
       </c>
       <c r="C159" t="s">
         <v>20</v>
       </c>
       <c r="D159" t="s">
         <v>20</v>
       </c>
       <c r="E159" t="s">
-        <v>2679</v>
+        <v>2691</v>
       </c>
       <c r="F159" t="s">
         <v>20</v>
       </c>
       <c r="G159" t="s">
-        <v>2680</v>
+        <v>2727</v>
       </c>
       <c r="H159" t="s">
-        <v>2681</v>
+        <v>2728</v>
       </c>
       <c r="I159" t="s">
-        <v>2682</v>
+        <v>2724</v>
       </c>
       <c r="J159" t="s">
-        <v>2570</v>
+        <v>2046</v>
       </c>
       <c r="K159" t="s">
-        <v>2571</v>
+        <v>2047</v>
       </c>
       <c r="L159" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M159" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N159" t="s">
-        <v>1645</v>
+        <v>1759</v>
       </c>
       <c r="O159" t="s">
-        <v>2587</v>
+        <v>1760</v>
       </c>
       <c r="P159" t="s">
-        <v>2683</v>
+        <v>2729</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B160" t="s">
-        <v>2684</v>
+        <v>2730</v>
       </c>
       <c r="C160" t="s">
         <v>20</v>
       </c>
       <c r="D160" t="s">
         <v>20</v>
       </c>
       <c r="E160" t="s">
-        <v>2679</v>
+        <v>2731</v>
       </c>
       <c r="F160" t="s">
         <v>20</v>
       </c>
       <c r="G160" t="s">
-        <v>2685</v>
+        <v>2732</v>
       </c>
       <c r="H160" t="s">
-        <v>2686</v>
+        <v>2733</v>
       </c>
       <c r="I160" t="s">
-        <v>2687</v>
+        <v>2130</v>
       </c>
       <c r="J160" t="s">
-        <v>2076</v>
+        <v>1823</v>
       </c>
       <c r="K160" t="s">
-        <v>2077</v>
+        <v>1824</v>
       </c>
       <c r="L160" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M160" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="N160" t="s">
-        <v>1645</v>
+        <v>1960</v>
       </c>
       <c r="O160" t="s">
-        <v>1646</v>
+        <v>2326</v>
       </c>
       <c r="P160" t="s">
-        <v>2688</v>
+        <v>2734</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="B161" t="s">
-        <v>2689</v>
+        <v>2735</v>
       </c>
       <c r="C161" t="s">
         <v>20</v>
       </c>
       <c r="D161" t="s">
         <v>20</v>
       </c>
       <c r="E161" t="s">
-        <v>2690</v>
+        <v>2736</v>
       </c>
       <c r="F161" t="s">
         <v>20</v>
       </c>
       <c r="G161" t="s">
-        <v>2691</v>
+        <v>2737</v>
       </c>
       <c r="H161" t="s">
-        <v>2692</v>
+        <v>2738</v>
       </c>
       <c r="I161" t="s">
-        <v>2693</v>
+        <v>2739</v>
       </c>
       <c r="J161" t="s">
-        <v>1855</v>
+        <v>2012</v>
       </c>
       <c r="K161" t="s">
-        <v>1856</v>
+        <v>2013</v>
       </c>
       <c r="L161" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="M161" t="s">
-        <v>1644</v>
+        <v>1721</v>
       </c>
       <c r="N161" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O161" t="s">
+        <v>1825</v>
+      </c>
+      <c r="P161" t="s">
+        <v>2740</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B162" t="s">
+        <v>2741</v>
+      </c>
+      <c r="C162" t="s">
+        <v>20</v>
+      </c>
+      <c r="D162" t="s">
+        <v>20</v>
+      </c>
+      <c r="E162" t="s">
+        <v>2736</v>
+      </c>
+      <c r="F162" t="s">
+        <v>20</v>
+      </c>
+      <c r="G162" t="s">
+        <v>2742</v>
+      </c>
+      <c r="H162" t="s">
+        <v>2743</v>
+      </c>
+      <c r="I162" t="s">
+        <v>2744</v>
+      </c>
+      <c r="J162" t="s">
+        <v>1767</v>
+      </c>
+      <c r="K162" t="s">
+        <v>30</v>
+      </c>
+      <c r="L162" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M162" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N162" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O162" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P162" t="s">
+        <v>2745</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B163" t="s">
+        <v>2746</v>
+      </c>
+      <c r="C163" t="s">
+        <v>20</v>
+      </c>
+      <c r="D163" t="s">
+        <v>20</v>
+      </c>
+      <c r="E163" t="s">
+        <v>2747</v>
+      </c>
+      <c r="F163" t="s">
+        <v>20</v>
+      </c>
+      <c r="G163" t="s">
+        <v>2748</v>
+      </c>
+      <c r="H163" t="s">
+        <v>2749</v>
+      </c>
+      <c r="I163" t="s">
+        <v>2750</v>
+      </c>
+      <c r="J163" t="s">
+        <v>2046</v>
+      </c>
+      <c r="K163" t="s">
+        <v>2047</v>
+      </c>
+      <c r="L163" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M163" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N163" t="s">
+        <v>1759</v>
+      </c>
+      <c r="O163" t="s">
+        <v>1861</v>
+      </c>
+      <c r="P163" t="s">
+        <v>2751</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B164" t="s">
+        <v>2752</v>
+      </c>
+      <c r="C164" t="s">
+        <v>20</v>
+      </c>
+      <c r="D164" t="s">
+        <v>20</v>
+      </c>
+      <c r="E164" t="s">
+        <v>2753</v>
+      </c>
+      <c r="F164" t="s">
+        <v>20</v>
+      </c>
+      <c r="G164" t="s">
+        <v>2754</v>
+      </c>
+      <c r="H164" t="s">
+        <v>2755</v>
+      </c>
+      <c r="I164" t="s">
+        <v>2756</v>
+      </c>
+      <c r="J164" t="s">
+        <v>1886</v>
+      </c>
+      <c r="K164" t="s">
+        <v>1887</v>
+      </c>
+      <c r="L164" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M164" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N164" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O164" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P164" t="s">
+        <v>2757</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B165" t="s">
+        <v>2758</v>
+      </c>
+      <c r="C165" t="s">
+        <v>20</v>
+      </c>
+      <c r="D165" t="s">
+        <v>20</v>
+      </c>
+      <c r="E165" t="s">
+        <v>2753</v>
+      </c>
+      <c r="F165" t="s">
+        <v>20</v>
+      </c>
+      <c r="G165" t="s">
+        <v>2759</v>
+      </c>
+      <c r="H165" t="s">
+        <v>2760</v>
+      </c>
+      <c r="I165" t="s">
+        <v>2761</v>
+      </c>
+      <c r="J165" t="s">
+        <v>2762</v>
+      </c>
+      <c r="K165" t="s">
+        <v>2763</v>
+      </c>
+      <c r="L165" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M165" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N165" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O165" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P165" t="s">
+        <v>2764</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B166" t="s">
+        <v>2765</v>
+      </c>
+      <c r="C166" t="s">
+        <v>20</v>
+      </c>
+      <c r="D166" t="s">
+        <v>20</v>
+      </c>
+      <c r="E166" t="s">
+        <v>2766</v>
+      </c>
+      <c r="F166" t="s">
+        <v>20</v>
+      </c>
+      <c r="G166" t="s">
+        <v>2767</v>
+      </c>
+      <c r="H166" t="s">
+        <v>2768</v>
+      </c>
+      <c r="I166" t="s">
+        <v>2769</v>
+      </c>
+      <c r="J166" t="s">
+        <v>2770</v>
+      </c>
+      <c r="K166" t="s">
+        <v>2771</v>
+      </c>
+      <c r="L166" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M166" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N166" t="s">
+        <v>1807</v>
+      </c>
+      <c r="O166" t="s">
+        <v>1808</v>
+      </c>
+      <c r="P166" t="s">
+        <v>2772</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B167" t="s">
+        <v>2773</v>
+      </c>
+      <c r="C167" t="s">
+        <v>20</v>
+      </c>
+      <c r="D167" t="s">
+        <v>20</v>
+      </c>
+      <c r="E167" t="s">
+        <v>2774</v>
+      </c>
+      <c r="F167" t="s">
+        <v>20</v>
+      </c>
+      <c r="G167" t="s">
+        <v>2775</v>
+      </c>
+      <c r="H167" t="s">
+        <v>2776</v>
+      </c>
+      <c r="I167" t="s">
+        <v>2777</v>
+      </c>
+      <c r="J167" t="s">
+        <v>2778</v>
+      </c>
+      <c r="K167" t="s">
+        <v>2779</v>
+      </c>
+      <c r="L167" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M167" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N167" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O167" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P167" t="s">
+        <v>2780</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B168" t="s">
+        <v>2781</v>
+      </c>
+      <c r="C168" t="s">
+        <v>20</v>
+      </c>
+      <c r="D168" t="s">
+        <v>20</v>
+      </c>
+      <c r="E168" t="s">
+        <v>2774</v>
+      </c>
+      <c r="F168" t="s">
+        <v>20</v>
+      </c>
+      <c r="G168" t="s">
+        <v>2782</v>
+      </c>
+      <c r="H168" t="s">
+        <v>2783</v>
+      </c>
+      <c r="I168" t="s">
+        <v>2784</v>
+      </c>
+      <c r="J168" t="s">
+        <v>2778</v>
+      </c>
+      <c r="K168" t="s">
+        <v>2779</v>
+      </c>
+      <c r="L168" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M168" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N168" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O168" t="s">
+        <v>1754</v>
+      </c>
+      <c r="P168" t="s">
+        <v>2785</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B169" t="s">
+        <v>2786</v>
+      </c>
+      <c r="C169" t="s">
+        <v>20</v>
+      </c>
+      <c r="D169" t="s">
+        <v>20</v>
+      </c>
+      <c r="E169" t="s">
+        <v>2787</v>
+      </c>
+      <c r="F169" t="s">
+        <v>20</v>
+      </c>
+      <c r="G169" t="s">
+        <v>2788</v>
+      </c>
+      <c r="H169" t="s">
+        <v>2789</v>
+      </c>
+      <c r="I169" t="s">
+        <v>2790</v>
+      </c>
+      <c r="J169" t="s">
+        <v>2791</v>
+      </c>
+      <c r="K169" t="s">
+        <v>269</v>
+      </c>
+      <c r="L169" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M169" t="s">
+        <v>1721</v>
+      </c>
+      <c r="N169" t="s">
+        <v>1759</v>
+      </c>
+      <c r="O169" t="s">
         <v>1760</v>
       </c>
-      <c r="O161" t="s">
-[...3 lines deleted...]
-        <v>2694</v>
+      <c r="P169" t="s">
+        <v>2792</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B170" t="s">
+        <v>2793</v>
+      </c>
+      <c r="C170" t="s">
+        <v>20</v>
+      </c>
+      <c r="D170" t="s">
+        <v>20</v>
+      </c>
+      <c r="E170" t="s">
+        <v>2794</v>
+      </c>
+      <c r="F170" t="s">
+        <v>20</v>
+      </c>
+      <c r="G170" t="s">
+        <v>2795</v>
+      </c>
+      <c r="H170" t="s">
+        <v>2796</v>
+      </c>
+      <c r="I170" t="s">
+        <v>2797</v>
+      </c>
+      <c r="J170" t="s">
+        <v>1894</v>
+      </c>
+      <c r="K170" t="s">
+        <v>1895</v>
+      </c>
+      <c r="L170" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M170" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N170" t="s">
+        <v>1924</v>
+      </c>
+      <c r="O170" t="s">
+        <v>1925</v>
+      </c>
+      <c r="P170" t="s">
+        <v>2798</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B171" t="s">
+        <v>2799</v>
+      </c>
+      <c r="C171" t="s">
+        <v>20</v>
+      </c>
+      <c r="D171" t="s">
+        <v>20</v>
+      </c>
+      <c r="E171" t="s">
+        <v>2800</v>
+      </c>
+      <c r="F171" t="s">
+        <v>20</v>
+      </c>
+      <c r="G171" t="s">
+        <v>2801</v>
+      </c>
+      <c r="H171" t="s">
+        <v>2802</v>
+      </c>
+      <c r="I171" t="s">
+        <v>2803</v>
+      </c>
+      <c r="J171" t="s">
+        <v>2804</v>
+      </c>
+      <c r="K171" t="s">
+        <v>2805</v>
+      </c>
+      <c r="L171" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M171" t="s">
+        <v>1721</v>
+      </c>
+      <c r="N171" t="s">
+        <v>1722</v>
+      </c>
+      <c r="O171" t="s">
+        <v>1723</v>
+      </c>
+      <c r="P171" t="s">
+        <v>2806</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B172" t="s">
+        <v>2807</v>
+      </c>
+      <c r="C172" t="s">
+        <v>20</v>
+      </c>
+      <c r="D172" t="s">
+        <v>20</v>
+      </c>
+      <c r="E172" t="s">
+        <v>2808</v>
+      </c>
+      <c r="F172" t="s">
+        <v>20</v>
+      </c>
+      <c r="G172" t="s">
+        <v>2809</v>
+      </c>
+      <c r="H172" t="s">
+        <v>2810</v>
+      </c>
+      <c r="I172" t="s">
+        <v>2811</v>
+      </c>
+      <c r="J172" t="s">
+        <v>20</v>
+      </c>
+      <c r="K172" t="s">
+        <v>2673</v>
+      </c>
+      <c r="L172" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M172" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N172" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O172" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P172" t="s">
+        <v>2812</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B173" t="s">
+        <v>2813</v>
+      </c>
+      <c r="C173" t="s">
+        <v>20</v>
+      </c>
+      <c r="D173" t="s">
+        <v>20</v>
+      </c>
+      <c r="E173" t="s">
+        <v>2814</v>
+      </c>
+      <c r="F173" t="s">
+        <v>20</v>
+      </c>
+      <c r="G173" t="s">
+        <v>2815</v>
+      </c>
+      <c r="H173" t="s">
+        <v>2816</v>
+      </c>
+      <c r="I173" t="s">
+        <v>2817</v>
+      </c>
+      <c r="J173" t="s">
+        <v>1767</v>
+      </c>
+      <c r="K173" t="s">
+        <v>30</v>
+      </c>
+      <c r="L173" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M173" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N173" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O173" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P173" t="s">
+        <v>2818</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B174" t="s">
+        <v>2819</v>
+      </c>
+      <c r="C174" t="s">
+        <v>20</v>
+      </c>
+      <c r="D174" t="s">
+        <v>20</v>
+      </c>
+      <c r="E174" t="s">
+        <v>2820</v>
+      </c>
+      <c r="F174" t="s">
+        <v>20</v>
+      </c>
+      <c r="G174" t="s">
+        <v>2821</v>
+      </c>
+      <c r="H174" t="s">
+        <v>2822</v>
+      </c>
+      <c r="I174" t="s">
+        <v>2823</v>
+      </c>
+      <c r="J174" t="s">
+        <v>1823</v>
+      </c>
+      <c r="K174" t="s">
+        <v>1824</v>
+      </c>
+      <c r="L174" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M174" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N174" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O174" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P174" t="s">
+        <v>2824</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B175" t="s">
+        <v>2825</v>
+      </c>
+      <c r="C175" t="s">
+        <v>20</v>
+      </c>
+      <c r="D175" t="s">
+        <v>20</v>
+      </c>
+      <c r="E175" t="s">
+        <v>2826</v>
+      </c>
+      <c r="F175" t="s">
+        <v>20</v>
+      </c>
+      <c r="G175" t="s">
+        <v>2827</v>
+      </c>
+      <c r="H175" t="s">
+        <v>2828</v>
+      </c>
+      <c r="I175" t="s">
+        <v>2829</v>
+      </c>
+      <c r="J175" t="s">
+        <v>2707</v>
+      </c>
+      <c r="K175" t="s">
+        <v>2708</v>
+      </c>
+      <c r="L175" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M175" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N175" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O175" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P175" t="s">
+        <v>2830</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B176" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C176" t="s">
+        <v>20</v>
+      </c>
+      <c r="D176" t="s">
+        <v>20</v>
+      </c>
+      <c r="E176" t="s">
+        <v>2832</v>
+      </c>
+      <c r="F176" t="s">
+        <v>20</v>
+      </c>
+      <c r="G176" t="s">
+        <v>2833</v>
+      </c>
+      <c r="H176" t="s">
+        <v>2834</v>
+      </c>
+      <c r="I176" t="s">
+        <v>2835</v>
+      </c>
+      <c r="J176" t="s">
+        <v>1767</v>
+      </c>
+      <c r="K176" t="s">
+        <v>30</v>
+      </c>
+      <c r="L176" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M176" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N176" t="s">
+        <v>1834</v>
+      </c>
+      <c r="O176" t="s">
+        <v>1835</v>
+      </c>
+      <c r="P176" t="s">
+        <v>2836</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B177" t="s">
+        <v>2837</v>
+      </c>
+      <c r="C177" t="s">
+        <v>20</v>
+      </c>
+      <c r="D177" t="s">
+        <v>20</v>
+      </c>
+      <c r="E177" t="s">
+        <v>2838</v>
+      </c>
+      <c r="F177" t="s">
+        <v>20</v>
+      </c>
+      <c r="G177" t="s">
+        <v>2839</v>
+      </c>
+      <c r="H177" t="s">
+        <v>2840</v>
+      </c>
+      <c r="I177" t="s">
+        <v>2841</v>
+      </c>
+      <c r="J177" t="s">
+        <v>2842</v>
+      </c>
+      <c r="K177" t="s">
+        <v>2843</v>
+      </c>
+      <c r="L177" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M177" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N177" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O177" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P177" t="s">
+        <v>2844</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B178" t="s">
+        <v>2845</v>
+      </c>
+      <c r="C178" t="s">
+        <v>20</v>
+      </c>
+      <c r="D178" t="s">
+        <v>20</v>
+      </c>
+      <c r="E178" t="s">
+        <v>2846</v>
+      </c>
+      <c r="F178" t="s">
+        <v>20</v>
+      </c>
+      <c r="G178" t="s">
+        <v>2847</v>
+      </c>
+      <c r="H178" t="s">
+        <v>2848</v>
+      </c>
+      <c r="I178" t="s">
+        <v>2849</v>
+      </c>
+      <c r="J178" t="s">
+        <v>20</v>
+      </c>
+      <c r="K178" t="s">
+        <v>2850</v>
+      </c>
+      <c r="L178" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M178" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N178" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O178" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P178" t="s">
+        <v>2851</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B179" t="s">
+        <v>2852</v>
+      </c>
+      <c r="C179" t="s">
+        <v>20</v>
+      </c>
+      <c r="D179" t="s">
+        <v>20</v>
+      </c>
+      <c r="E179" t="s">
+        <v>2853</v>
+      </c>
+      <c r="F179" t="s">
+        <v>20</v>
+      </c>
+      <c r="G179" t="s">
+        <v>2854</v>
+      </c>
+      <c r="H179" t="s">
+        <v>2855</v>
+      </c>
+      <c r="I179" t="s">
+        <v>2856</v>
+      </c>
+      <c r="J179" t="s">
+        <v>1850</v>
+      </c>
+      <c r="K179" t="s">
+        <v>1851</v>
+      </c>
+      <c r="L179" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M179" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N179" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O179" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P179" t="s">
+        <v>2857</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B180" t="s">
+        <v>2858</v>
+      </c>
+      <c r="C180" t="s">
+        <v>20</v>
+      </c>
+      <c r="D180" t="s">
+        <v>20</v>
+      </c>
+      <c r="E180" t="s">
+        <v>2859</v>
+      </c>
+      <c r="F180" t="s">
+        <v>20</v>
+      </c>
+      <c r="G180" t="s">
+        <v>2860</v>
+      </c>
+      <c r="H180" t="s">
+        <v>2861</v>
+      </c>
+      <c r="I180" t="s">
+        <v>1814</v>
+      </c>
+      <c r="J180" t="s">
+        <v>1815</v>
+      </c>
+      <c r="K180" t="s">
+        <v>1816</v>
+      </c>
+      <c r="L180" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M180" t="s">
+        <v>1721</v>
+      </c>
+      <c r="N180" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O180" t="s">
+        <v>1825</v>
+      </c>
+      <c r="P180" t="s">
+        <v>2862</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B181" t="s">
+        <v>2863</v>
+      </c>
+      <c r="C181" t="s">
+        <v>20</v>
+      </c>
+      <c r="D181" t="s">
+        <v>20</v>
+      </c>
+      <c r="E181" t="s">
+        <v>2864</v>
+      </c>
+      <c r="F181" t="s">
+        <v>20</v>
+      </c>
+      <c r="G181" t="s">
+        <v>2865</v>
+      </c>
+      <c r="H181" t="s">
+        <v>2866</v>
+      </c>
+      <c r="I181" t="s">
+        <v>2867</v>
+      </c>
+      <c r="J181" t="s">
+        <v>2868</v>
+      </c>
+      <c r="K181" t="s">
+        <v>2869</v>
+      </c>
+      <c r="L181" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M181" t="s">
+        <v>1768</v>
+      </c>
+      <c r="N181" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O181" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P181" t="s">
+        <v>2870</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B182" t="s">
+        <v>2871</v>
+      </c>
+      <c r="C182" t="s">
+        <v>20</v>
+      </c>
+      <c r="D182" t="s">
+        <v>20</v>
+      </c>
+      <c r="E182" t="s">
+        <v>2872</v>
+      </c>
+      <c r="F182" t="s">
+        <v>20</v>
+      </c>
+      <c r="G182" t="s">
+        <v>2873</v>
+      </c>
+      <c r="H182" t="s">
+        <v>2874</v>
+      </c>
+      <c r="I182" t="s">
+        <v>2875</v>
+      </c>
+      <c r="J182" t="s">
+        <v>2770</v>
+      </c>
+      <c r="K182" t="s">
+        <v>2771</v>
+      </c>
+      <c r="L182" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M182" t="s">
+        <v>1768</v>
+      </c>
+      <c r="N182" t="s">
+        <v>1722</v>
+      </c>
+      <c r="O182" t="s">
+        <v>1723</v>
+      </c>
+      <c r="P182" t="s">
+        <v>2876</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B183" t="s">
+        <v>2877</v>
+      </c>
+      <c r="C183" t="s">
+        <v>20</v>
+      </c>
+      <c r="D183" t="s">
+        <v>20</v>
+      </c>
+      <c r="E183" t="s">
+        <v>2878</v>
+      </c>
+      <c r="F183" t="s">
+        <v>20</v>
+      </c>
+      <c r="G183" t="s">
+        <v>2879</v>
+      </c>
+      <c r="H183" t="s">
+        <v>2880</v>
+      </c>
+      <c r="I183" t="s">
+        <v>2881</v>
+      </c>
+      <c r="J183" t="s">
+        <v>1718</v>
+      </c>
+      <c r="K183" t="s">
+        <v>1719</v>
+      </c>
+      <c r="L183" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M183" t="s">
+        <v>1721</v>
+      </c>
+      <c r="N183" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O183" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P183" t="s">
+        <v>2882</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B184" t="s">
+        <v>2883</v>
+      </c>
+      <c r="C184" t="s">
+        <v>20</v>
+      </c>
+      <c r="D184" t="s">
+        <v>20</v>
+      </c>
+      <c r="E184" t="s">
+        <v>2884</v>
+      </c>
+      <c r="F184" t="s">
+        <v>20</v>
+      </c>
+      <c r="G184" t="s">
+        <v>2885</v>
+      </c>
+      <c r="H184" t="s">
+        <v>2886</v>
+      </c>
+      <c r="I184" t="s">
+        <v>2887</v>
+      </c>
+      <c r="J184" t="s">
+        <v>2804</v>
+      </c>
+      <c r="K184" t="s">
+        <v>2805</v>
+      </c>
+      <c r="L184" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M184" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N184" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O184" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P184" t="s">
+        <v>2888</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B185" t="s">
+        <v>2889</v>
+      </c>
+      <c r="C185" t="s">
+        <v>20</v>
+      </c>
+      <c r="D185" t="s">
+        <v>20</v>
+      </c>
+      <c r="E185" t="s">
+        <v>2890</v>
+      </c>
+      <c r="F185" t="s">
+        <v>20</v>
+      </c>
+      <c r="G185" t="s">
+        <v>2891</v>
+      </c>
+      <c r="H185" t="s">
+        <v>2892</v>
+      </c>
+      <c r="I185" t="s">
+        <v>2893</v>
+      </c>
+      <c r="J185" t="s">
+        <v>2894</v>
+      </c>
+      <c r="K185" t="s">
+        <v>2895</v>
+      </c>
+      <c r="L185" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M185" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N185" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O185" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P185" t="s">
+        <v>2896</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B186" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C186" t="s">
+        <v>20</v>
+      </c>
+      <c r="D186" t="s">
+        <v>20</v>
+      </c>
+      <c r="E186" t="s">
+        <v>2898</v>
+      </c>
+      <c r="F186" t="s">
+        <v>20</v>
+      </c>
+      <c r="G186" t="s">
+        <v>2899</v>
+      </c>
+      <c r="H186" t="s">
+        <v>2900</v>
+      </c>
+      <c r="I186" t="s">
+        <v>2901</v>
+      </c>
+      <c r="J186" t="s">
+        <v>2021</v>
+      </c>
+      <c r="K186" t="s">
+        <v>2022</v>
+      </c>
+      <c r="L186" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M186" t="s">
+        <v>1721</v>
+      </c>
+      <c r="N186" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O186" t="s">
+        <v>1825</v>
+      </c>
+      <c r="P186" t="s">
+        <v>2902</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B187" t="s">
+        <v>2903</v>
+      </c>
+      <c r="C187" t="s">
+        <v>20</v>
+      </c>
+      <c r="D187" t="s">
+        <v>20</v>
+      </c>
+      <c r="E187" t="s">
+        <v>2904</v>
+      </c>
+      <c r="F187" t="s">
+        <v>20</v>
+      </c>
+      <c r="G187" t="s">
+        <v>2905</v>
+      </c>
+      <c r="H187" t="s">
+        <v>2906</v>
+      </c>
+      <c r="I187" t="s">
+        <v>2907</v>
+      </c>
+      <c r="J187" t="s">
+        <v>1783</v>
+      </c>
+      <c r="K187" t="s">
+        <v>1784</v>
+      </c>
+      <c r="L187" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M187" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N187" t="s">
+        <v>1960</v>
+      </c>
+      <c r="O187" t="s">
+        <v>1961</v>
+      </c>
+      <c r="P187" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B188" t="s">
+        <v>2909</v>
+      </c>
+      <c r="C188" t="s">
+        <v>20</v>
+      </c>
+      <c r="D188" t="s">
+        <v>20</v>
+      </c>
+      <c r="E188" t="s">
+        <v>2904</v>
+      </c>
+      <c r="F188" t="s">
+        <v>20</v>
+      </c>
+      <c r="G188" t="s">
+        <v>2910</v>
+      </c>
+      <c r="H188" t="s">
+        <v>2911</v>
+      </c>
+      <c r="I188" t="s">
+        <v>2912</v>
+      </c>
+      <c r="J188" t="s">
+        <v>1791</v>
+      </c>
+      <c r="K188" t="s">
+        <v>1792</v>
+      </c>
+      <c r="L188" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M188" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N188" t="s">
+        <v>1960</v>
+      </c>
+      <c r="O188" t="s">
+        <v>1961</v>
+      </c>
+      <c r="P188" t="s">
+        <v>2913</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B189" t="s">
+        <v>2914</v>
+      </c>
+      <c r="C189" t="s">
+        <v>20</v>
+      </c>
+      <c r="D189" t="s">
+        <v>20</v>
+      </c>
+      <c r="E189" t="s">
+        <v>2904</v>
+      </c>
+      <c r="F189" t="s">
+        <v>20</v>
+      </c>
+      <c r="G189" t="s">
+        <v>2915</v>
+      </c>
+      <c r="H189" t="s">
+        <v>2916</v>
+      </c>
+      <c r="I189" t="s">
+        <v>2907</v>
+      </c>
+      <c r="J189" t="s">
+        <v>1783</v>
+      </c>
+      <c r="K189" t="s">
+        <v>1784</v>
+      </c>
+      <c r="L189" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M189" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N189" t="s">
+        <v>1960</v>
+      </c>
+      <c r="O189" t="s">
+        <v>1961</v>
+      </c>
+      <c r="P189" t="s">
+        <v>2917</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B190" t="s">
+        <v>2918</v>
+      </c>
+      <c r="C190" t="s">
+        <v>20</v>
+      </c>
+      <c r="D190" t="s">
+        <v>20</v>
+      </c>
+      <c r="E190" t="s">
+        <v>2904</v>
+      </c>
+      <c r="F190" t="s">
+        <v>20</v>
+      </c>
+      <c r="G190" t="s">
+        <v>2919</v>
+      </c>
+      <c r="H190" t="s">
+        <v>2920</v>
+      </c>
+      <c r="I190" t="s">
+        <v>2921</v>
+      </c>
+      <c r="J190" t="s">
+        <v>1791</v>
+      </c>
+      <c r="K190" t="s">
+        <v>1792</v>
+      </c>
+      <c r="L190" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M190" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N190" t="s">
+        <v>1960</v>
+      </c>
+      <c r="O190" t="s">
+        <v>1961</v>
+      </c>
+      <c r="P190" t="s">
+        <v>2922</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B191" t="s">
+        <v>2923</v>
+      </c>
+      <c r="C191" t="s">
+        <v>20</v>
+      </c>
+      <c r="D191" t="s">
+        <v>20</v>
+      </c>
+      <c r="E191" t="s">
+        <v>2904</v>
+      </c>
+      <c r="F191" t="s">
+        <v>20</v>
+      </c>
+      <c r="G191" t="s">
+        <v>2924</v>
+      </c>
+      <c r="H191" t="s">
+        <v>2925</v>
+      </c>
+      <c r="I191" t="s">
+        <v>2926</v>
+      </c>
+      <c r="J191" t="s">
+        <v>1783</v>
+      </c>
+      <c r="K191" t="s">
+        <v>1784</v>
+      </c>
+      <c r="L191" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M191" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N191" t="s">
+        <v>1960</v>
+      </c>
+      <c r="O191" t="s">
+        <v>1967</v>
+      </c>
+      <c r="P191" t="s">
+        <v>2927</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B192" t="s">
+        <v>2928</v>
+      </c>
+      <c r="C192" t="s">
+        <v>20</v>
+      </c>
+      <c r="D192" t="s">
+        <v>20</v>
+      </c>
+      <c r="E192" t="s">
+        <v>2904</v>
+      </c>
+      <c r="F192" t="s">
+        <v>20</v>
+      </c>
+      <c r="G192" t="s">
+        <v>2929</v>
+      </c>
+      <c r="H192" t="s">
+        <v>2930</v>
+      </c>
+      <c r="I192" t="s">
+        <v>2907</v>
+      </c>
+      <c r="J192" t="s">
+        <v>1783</v>
+      </c>
+      <c r="K192" t="s">
+        <v>1784</v>
+      </c>
+      <c r="L192" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M192" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N192" t="s">
+        <v>1960</v>
+      </c>
+      <c r="O192" t="s">
+        <v>1961</v>
+      </c>
+      <c r="P192" t="s">
+        <v>2931</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B193" t="s">
+        <v>2932</v>
+      </c>
+      <c r="C193" t="s">
+        <v>20</v>
+      </c>
+      <c r="D193" t="s">
+        <v>20</v>
+      </c>
+      <c r="E193" t="s">
+        <v>2933</v>
+      </c>
+      <c r="F193" t="s">
+        <v>20</v>
+      </c>
+      <c r="G193" t="s">
+        <v>2934</v>
+      </c>
+      <c r="H193" t="s">
+        <v>2935</v>
+      </c>
+      <c r="I193" t="s">
+        <v>2936</v>
+      </c>
+      <c r="J193" t="s">
+        <v>20</v>
+      </c>
+      <c r="K193" t="s">
+        <v>2937</v>
+      </c>
+      <c r="L193" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M193" t="s">
+        <v>1721</v>
+      </c>
+      <c r="N193" t="s">
+        <v>2938</v>
+      </c>
+      <c r="O193" t="s">
+        <v>2939</v>
+      </c>
+      <c r="P193" t="s">
+        <v>2940</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B194" t="s">
+        <v>2941</v>
+      </c>
+      <c r="C194" t="s">
+        <v>20</v>
+      </c>
+      <c r="D194" t="s">
+        <v>20</v>
+      </c>
+      <c r="E194" t="s">
+        <v>2933</v>
+      </c>
+      <c r="F194" t="s">
+        <v>20</v>
+      </c>
+      <c r="G194" t="s">
+        <v>2942</v>
+      </c>
+      <c r="H194" t="s">
+        <v>2943</v>
+      </c>
+      <c r="I194" t="s">
+        <v>2936</v>
+      </c>
+      <c r="J194" t="s">
+        <v>20</v>
+      </c>
+      <c r="K194" t="s">
+        <v>2937</v>
+      </c>
+      <c r="L194" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M194" t="s">
+        <v>1721</v>
+      </c>
+      <c r="N194" t="s">
+        <v>1722</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1723</v>
+      </c>
+      <c r="P194" t="s">
+        <v>2944</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B195" t="s">
+        <v>2819</v>
+      </c>
+      <c r="C195" t="s">
+        <v>20</v>
+      </c>
+      <c r="D195" t="s">
+        <v>20</v>
+      </c>
+      <c r="E195" t="s">
+        <v>2933</v>
+      </c>
+      <c r="F195" t="s">
+        <v>20</v>
+      </c>
+      <c r="G195" t="s">
+        <v>2945</v>
+      </c>
+      <c r="H195" t="s">
+        <v>2946</v>
+      </c>
+      <c r="I195" t="s">
+        <v>2936</v>
+      </c>
+      <c r="J195" t="s">
+        <v>20</v>
+      </c>
+      <c r="K195" t="s">
+        <v>2937</v>
+      </c>
+      <c r="L195" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M195" t="s">
+        <v>1721</v>
+      </c>
+      <c r="N195" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P195" t="s">
+        <v>2947</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B196" t="s">
+        <v>2948</v>
+      </c>
+      <c r="C196" t="s">
+        <v>20</v>
+      </c>
+      <c r="D196" t="s">
+        <v>20</v>
+      </c>
+      <c r="E196" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F196" t="s">
+        <v>20</v>
+      </c>
+      <c r="G196" t="s">
+        <v>2950</v>
+      </c>
+      <c r="H196" t="s">
+        <v>2951</v>
+      </c>
+      <c r="I196" t="s">
+        <v>2952</v>
+      </c>
+      <c r="J196" t="s">
+        <v>1886</v>
+      </c>
+      <c r="K196" t="s">
+        <v>1887</v>
+      </c>
+      <c r="L196" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M196" t="s">
+        <v>1768</v>
+      </c>
+      <c r="N196" t="s">
+        <v>1722</v>
+      </c>
+      <c r="O196" t="s">
+        <v>1723</v>
+      </c>
+      <c r="P196" t="s">
+        <v>2953</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B197" t="s">
+        <v>2954</v>
+      </c>
+      <c r="C197" t="s">
+        <v>20</v>
+      </c>
+      <c r="D197" t="s">
+        <v>20</v>
+      </c>
+      <c r="E197" t="s">
+        <v>2955</v>
+      </c>
+      <c r="F197" t="s">
+        <v>20</v>
+      </c>
+      <c r="G197" t="s">
+        <v>2956</v>
+      </c>
+      <c r="H197" t="s">
+        <v>2957</v>
+      </c>
+      <c r="I197" t="s">
+        <v>2958</v>
+      </c>
+      <c r="J197" t="s">
+        <v>2534</v>
+      </c>
+      <c r="K197" t="s">
+        <v>129</v>
+      </c>
+      <c r="L197" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M197" t="s">
+        <v>1721</v>
+      </c>
+      <c r="N197" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1825</v>
+      </c>
+      <c r="P197" t="s">
+        <v>2959</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B198" t="s">
+        <v>2960</v>
+      </c>
+      <c r="C198" t="s">
+        <v>20</v>
+      </c>
+      <c r="D198" t="s">
+        <v>20</v>
+      </c>
+      <c r="E198" t="s">
+        <v>2961</v>
+      </c>
+      <c r="F198" t="s">
+        <v>20</v>
+      </c>
+      <c r="G198" t="s">
+        <v>2962</v>
+      </c>
+      <c r="H198" t="s">
+        <v>2963</v>
+      </c>
+      <c r="I198" t="s">
+        <v>2964</v>
+      </c>
+      <c r="J198" t="s">
+        <v>1815</v>
+      </c>
+      <c r="K198" t="s">
+        <v>1816</v>
+      </c>
+      <c r="L198" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M198" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N198" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P198" t="s">
+        <v>2965</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B199" t="s">
+        <v>2966</v>
+      </c>
+      <c r="C199" t="s">
+        <v>20</v>
+      </c>
+      <c r="D199" t="s">
+        <v>20</v>
+      </c>
+      <c r="E199" t="s">
+        <v>2961</v>
+      </c>
+      <c r="F199" t="s">
+        <v>20</v>
+      </c>
+      <c r="G199" t="s">
+        <v>2967</v>
+      </c>
+      <c r="H199" t="s">
+        <v>2968</v>
+      </c>
+      <c r="I199" t="s">
+        <v>2969</v>
+      </c>
+      <c r="J199" t="s">
+        <v>2970</v>
+      </c>
+      <c r="K199" t="s">
+        <v>1860</v>
+      </c>
+      <c r="L199" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M199" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N199" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P199" t="s">
+        <v>2971</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B200" t="s">
+        <v>2972</v>
+      </c>
+      <c r="C200" t="s">
+        <v>20</v>
+      </c>
+      <c r="D200" t="s">
+        <v>20</v>
+      </c>
+      <c r="E200" t="s">
+        <v>2961</v>
+      </c>
+      <c r="F200" t="s">
+        <v>20</v>
+      </c>
+      <c r="G200" t="s">
+        <v>2973</v>
+      </c>
+      <c r="H200" t="s">
+        <v>2974</v>
+      </c>
+      <c r="I200" t="s">
+        <v>2975</v>
+      </c>
+      <c r="J200" t="s">
+        <v>2770</v>
+      </c>
+      <c r="K200" t="s">
+        <v>2771</v>
+      </c>
+      <c r="L200" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M200" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N200" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P200" t="s">
+        <v>2976</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B201" t="s">
+        <v>2977</v>
+      </c>
+      <c r="C201" t="s">
+        <v>20</v>
+      </c>
+      <c r="D201" t="s">
+        <v>20</v>
+      </c>
+      <c r="E201" t="s">
+        <v>2961</v>
+      </c>
+      <c r="F201" t="s">
+        <v>20</v>
+      </c>
+      <c r="G201" t="s">
+        <v>2978</v>
+      </c>
+      <c r="H201" t="s">
+        <v>2979</v>
+      </c>
+      <c r="I201" t="s">
+        <v>2980</v>
+      </c>
+      <c r="J201" t="s">
+        <v>2534</v>
+      </c>
+      <c r="K201" t="s">
+        <v>129</v>
+      </c>
+      <c r="L201" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M201" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N201" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P201" t="s">
+        <v>2981</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B202" t="s">
+        <v>2982</v>
+      </c>
+      <c r="C202" t="s">
+        <v>20</v>
+      </c>
+      <c r="D202" t="s">
+        <v>20</v>
+      </c>
+      <c r="E202" t="s">
+        <v>2961</v>
+      </c>
+      <c r="F202" t="s">
+        <v>20</v>
+      </c>
+      <c r="G202" t="s">
+        <v>2983</v>
+      </c>
+      <c r="H202" t="s">
+        <v>2984</v>
+      </c>
+      <c r="I202" t="s">
+        <v>2985</v>
+      </c>
+      <c r="J202" t="s">
+        <v>1783</v>
+      </c>
+      <c r="K202" t="s">
+        <v>1784</v>
+      </c>
+      <c r="L202" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M202" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N202" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P202" t="s">
+        <v>2986</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B203" t="s">
+        <v>2987</v>
+      </c>
+      <c r="C203" t="s">
+        <v>20</v>
+      </c>
+      <c r="D203" t="s">
+        <v>20</v>
+      </c>
+      <c r="E203" t="s">
+        <v>2961</v>
+      </c>
+      <c r="F203" t="s">
+        <v>20</v>
+      </c>
+      <c r="G203" t="s">
+        <v>2988</v>
+      </c>
+      <c r="H203" t="s">
+        <v>2989</v>
+      </c>
+      <c r="I203" t="s">
+        <v>2402</v>
+      </c>
+      <c r="J203" t="s">
+        <v>20</v>
+      </c>
+      <c r="K203" t="s">
+        <v>2403</v>
+      </c>
+      <c r="L203" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M203" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N203" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P203" t="s">
+        <v>2990</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B204" t="s">
+        <v>2991</v>
+      </c>
+      <c r="C204" t="s">
+        <v>20</v>
+      </c>
+      <c r="D204" t="s">
+        <v>20</v>
+      </c>
+      <c r="E204" t="s">
+        <v>2961</v>
+      </c>
+      <c r="F204" t="s">
+        <v>20</v>
+      </c>
+      <c r="G204" t="s">
+        <v>2992</v>
+      </c>
+      <c r="H204" t="s">
+        <v>2993</v>
+      </c>
+      <c r="I204" t="s">
+        <v>2994</v>
+      </c>
+      <c r="J204" t="s">
+        <v>2995</v>
+      </c>
+      <c r="K204" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L204" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M204" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N204" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P204" t="s">
+        <v>2997</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B205" t="s">
+        <v>2998</v>
+      </c>
+      <c r="C205" t="s">
+        <v>20</v>
+      </c>
+      <c r="D205" t="s">
+        <v>20</v>
+      </c>
+      <c r="E205" t="s">
+        <v>2999</v>
+      </c>
+      <c r="F205" t="s">
+        <v>20</v>
+      </c>
+      <c r="G205" t="s">
+        <v>3000</v>
+      </c>
+      <c r="H205" t="s">
+        <v>3001</v>
+      </c>
+      <c r="I205" t="s">
+        <v>1815</v>
+      </c>
+      <c r="J205" t="s">
+        <v>20</v>
+      </c>
+      <c r="K205" t="s">
+        <v>1816</v>
+      </c>
+      <c r="L205" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M205" t="s">
+        <v>1721</v>
+      </c>
+      <c r="N205" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P205" t="s">
+        <v>3002</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B206" t="s">
+        <v>3003</v>
+      </c>
+      <c r="C206" t="s">
+        <v>20</v>
+      </c>
+      <c r="D206" t="s">
+        <v>20</v>
+      </c>
+      <c r="E206" t="s">
+        <v>2999</v>
+      </c>
+      <c r="F206" t="s">
+        <v>20</v>
+      </c>
+      <c r="G206" t="s">
+        <v>3004</v>
+      </c>
+      <c r="H206" t="s">
+        <v>3005</v>
+      </c>
+      <c r="I206" t="s">
+        <v>1938</v>
+      </c>
+      <c r="J206" t="s">
+        <v>20</v>
+      </c>
+      <c r="K206" t="s">
+        <v>1939</v>
+      </c>
+      <c r="L206" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M206" t="s">
+        <v>1721</v>
+      </c>
+      <c r="N206" t="s">
+        <v>1759</v>
+      </c>
+      <c r="O206" t="s">
+        <v>2175</v>
+      </c>
+      <c r="P206" t="s">
+        <v>3006</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B207" t="s">
+        <v>3007</v>
+      </c>
+      <c r="C207" t="s">
+        <v>20</v>
+      </c>
+      <c r="D207" t="s">
+        <v>20</v>
+      </c>
+      <c r="E207" t="s">
+        <v>3008</v>
+      </c>
+      <c r="F207" t="s">
+        <v>20</v>
+      </c>
+      <c r="G207" t="s">
+        <v>3009</v>
+      </c>
+      <c r="H207" t="s">
+        <v>3010</v>
+      </c>
+      <c r="I207" t="s">
+        <v>3011</v>
+      </c>
+      <c r="J207" t="s">
+        <v>3012</v>
+      </c>
+      <c r="K207" t="s">
+        <v>1719</v>
+      </c>
+      <c r="L207" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M207" t="s">
+        <v>1721</v>
+      </c>
+      <c r="N207" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O207" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P207" t="s">
+        <v>3013</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B208" t="s">
+        <v>3014</v>
+      </c>
+      <c r="C208" t="s">
+        <v>20</v>
+      </c>
+      <c r="D208" t="s">
+        <v>20</v>
+      </c>
+      <c r="E208" t="s">
+        <v>3015</v>
+      </c>
+      <c r="F208" t="s">
+        <v>20</v>
+      </c>
+      <c r="G208" t="s">
+        <v>3016</v>
+      </c>
+      <c r="H208" t="s">
+        <v>3017</v>
+      </c>
+      <c r="I208" t="s">
+        <v>3018</v>
+      </c>
+      <c r="J208" t="s">
+        <v>1767</v>
+      </c>
+      <c r="K208" t="s">
+        <v>30</v>
+      </c>
+      <c r="L208" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M208" t="s">
+        <v>1721</v>
+      </c>
+      <c r="N208" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O208" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P208" t="s">
+        <v>3019</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B209" t="s">
+        <v>3020</v>
+      </c>
+      <c r="C209" t="s">
+        <v>20</v>
+      </c>
+      <c r="D209" t="s">
+        <v>20</v>
+      </c>
+      <c r="E209" t="s">
+        <v>3021</v>
+      </c>
+      <c r="F209" t="s">
+        <v>20</v>
+      </c>
+      <c r="G209" t="s">
+        <v>3022</v>
+      </c>
+      <c r="H209" t="s">
+        <v>3023</v>
+      </c>
+      <c r="I209" t="s">
+        <v>3024</v>
+      </c>
+      <c r="J209" t="s">
+        <v>2534</v>
+      </c>
+      <c r="K209" t="s">
+        <v>129</v>
+      </c>
+      <c r="L209" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M209" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N209" t="s">
+        <v>1759</v>
+      </c>
+      <c r="O209" t="s">
+        <v>3025</v>
+      </c>
+      <c r="P209" t="s">
+        <v>3026</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B210" t="s">
+        <v>3027</v>
+      </c>
+      <c r="C210" t="s">
+        <v>20</v>
+      </c>
+      <c r="D210" t="s">
+        <v>20</v>
+      </c>
+      <c r="E210" t="s">
+        <v>3021</v>
+      </c>
+      <c r="F210" t="s">
+        <v>20</v>
+      </c>
+      <c r="G210" t="s">
+        <v>3028</v>
+      </c>
+      <c r="H210" t="s">
+        <v>3029</v>
+      </c>
+      <c r="I210" t="s">
+        <v>3030</v>
+      </c>
+      <c r="J210" t="s">
+        <v>3031</v>
+      </c>
+      <c r="K210" t="s">
+        <v>3032</v>
+      </c>
+      <c r="L210" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M210" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N210" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P210" t="s">
+        <v>3033</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B211" t="s">
+        <v>3034</v>
+      </c>
+      <c r="C211" t="s">
+        <v>20</v>
+      </c>
+      <c r="D211" t="s">
+        <v>20</v>
+      </c>
+      <c r="E211" t="s">
+        <v>3035</v>
+      </c>
+      <c r="F211" t="s">
+        <v>20</v>
+      </c>
+      <c r="G211" t="s">
+        <v>3036</v>
+      </c>
+      <c r="H211" t="s">
+        <v>3037</v>
+      </c>
+      <c r="I211" t="s">
+        <v>3038</v>
+      </c>
+      <c r="J211" t="s">
+        <v>2409</v>
+      </c>
+      <c r="K211" t="s">
+        <v>2410</v>
+      </c>
+      <c r="L211" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M211" t="s">
+        <v>1721</v>
+      </c>
+      <c r="N211" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1825</v>
+      </c>
+      <c r="P211" t="s">
+        <v>3039</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B212" t="s">
+        <v>3040</v>
+      </c>
+      <c r="C212" t="s">
+        <v>20</v>
+      </c>
+      <c r="D212" t="s">
+        <v>20</v>
+      </c>
+      <c r="E212" t="s">
+        <v>3041</v>
+      </c>
+      <c r="F212" t="s">
+        <v>20</v>
+      </c>
+      <c r="G212" t="s">
+        <v>3042</v>
+      </c>
+      <c r="H212" t="s">
+        <v>3043</v>
+      </c>
+      <c r="I212" t="s">
+        <v>3044</v>
+      </c>
+      <c r="J212" t="s">
+        <v>2110</v>
+      </c>
+      <c r="K212" t="s">
+        <v>2111</v>
+      </c>
+      <c r="L212" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M212" t="s">
+        <v>1768</v>
+      </c>
+      <c r="N212" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P212" t="s">
+        <v>3045</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B213" t="s">
+        <v>3046</v>
+      </c>
+      <c r="C213" t="s">
+        <v>20</v>
+      </c>
+      <c r="D213" t="s">
+        <v>20</v>
+      </c>
+      <c r="E213" t="s">
+        <v>3047</v>
+      </c>
+      <c r="F213" t="s">
+        <v>20</v>
+      </c>
+      <c r="G213" t="s">
+        <v>3048</v>
+      </c>
+      <c r="H213" t="s">
+        <v>3049</v>
+      </c>
+      <c r="I213" t="s">
+        <v>3050</v>
+      </c>
+      <c r="J213" t="s">
+        <v>2021</v>
+      </c>
+      <c r="K213" t="s">
+        <v>2022</v>
+      </c>
+      <c r="L213" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M213" t="s">
+        <v>1721</v>
+      </c>
+      <c r="N213" t="s">
+        <v>2938</v>
+      </c>
+      <c r="O213" t="s">
+        <v>2939</v>
+      </c>
+      <c r="P213" t="s">
+        <v>3051</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B214" t="s">
+        <v>3052</v>
+      </c>
+      <c r="C214" t="s">
+        <v>20</v>
+      </c>
+      <c r="D214" t="s">
+        <v>20</v>
+      </c>
+      <c r="E214" t="s">
+        <v>3053</v>
+      </c>
+      <c r="F214" t="s">
+        <v>20</v>
+      </c>
+      <c r="G214" t="s">
+        <v>3054</v>
+      </c>
+      <c r="H214" t="s">
+        <v>3055</v>
+      </c>
+      <c r="I214" t="s">
+        <v>3056</v>
+      </c>
+      <c r="J214" t="s">
+        <v>1886</v>
+      </c>
+      <c r="K214" t="s">
+        <v>1887</v>
+      </c>
+      <c r="L214" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M214" t="s">
+        <v>1768</v>
+      </c>
+      <c r="N214" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P214" t="s">
+        <v>3057</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B215" t="s">
+        <v>3058</v>
+      </c>
+      <c r="C215" t="s">
+        <v>20</v>
+      </c>
+      <c r="D215" t="s">
+        <v>20</v>
+      </c>
+      <c r="E215" t="s">
+        <v>3059</v>
+      </c>
+      <c r="F215" t="s">
+        <v>20</v>
+      </c>
+      <c r="G215" t="s">
+        <v>3060</v>
+      </c>
+      <c r="H215" t="s">
+        <v>3061</v>
+      </c>
+      <c r="I215" t="s">
+        <v>1850</v>
+      </c>
+      <c r="J215" t="s">
+        <v>20</v>
+      </c>
+      <c r="K215" t="s">
+        <v>1851</v>
+      </c>
+      <c r="L215" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M215" t="s">
+        <v>1768</v>
+      </c>
+      <c r="N215" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P215" t="s">
+        <v>3062</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B216" t="s">
+        <v>3063</v>
+      </c>
+      <c r="C216" t="s">
+        <v>20</v>
+      </c>
+      <c r="D216" t="s">
+        <v>20</v>
+      </c>
+      <c r="E216" t="s">
+        <v>3064</v>
+      </c>
+      <c r="F216" t="s">
+        <v>20</v>
+      </c>
+      <c r="G216" t="s">
+        <v>3065</v>
+      </c>
+      <c r="H216" t="s">
+        <v>3066</v>
+      </c>
+      <c r="I216" t="s">
+        <v>3067</v>
+      </c>
+      <c r="J216" t="s">
+        <v>2700</v>
+      </c>
+      <c r="K216" t="s">
+        <v>2701</v>
+      </c>
+      <c r="L216" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M216" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N216" t="s">
+        <v>2938</v>
+      </c>
+      <c r="O216" t="s">
+        <v>2939</v>
+      </c>
+      <c r="P216" t="s">
+        <v>3068</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B217" t="s">
+        <v>3069</v>
+      </c>
+      <c r="C217" t="s">
+        <v>20</v>
+      </c>
+      <c r="D217" t="s">
+        <v>20</v>
+      </c>
+      <c r="E217" t="s">
+        <v>3070</v>
+      </c>
+      <c r="F217" t="s">
+        <v>20</v>
+      </c>
+      <c r="G217" t="s">
+        <v>3071</v>
+      </c>
+      <c r="H217" t="s">
+        <v>3072</v>
+      </c>
+      <c r="I217" t="s">
+        <v>2117</v>
+      </c>
+      <c r="J217" t="s">
+        <v>20</v>
+      </c>
+      <c r="K217" t="s">
+        <v>2118</v>
+      </c>
+      <c r="L217" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M217" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N217" t="s">
+        <v>1759</v>
+      </c>
+      <c r="O217" t="s">
+        <v>2014</v>
+      </c>
+      <c r="P217" t="s">
+        <v>3073</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B218" t="s">
+        <v>3074</v>
+      </c>
+      <c r="C218" t="s">
+        <v>20</v>
+      </c>
+      <c r="D218" t="s">
+        <v>20</v>
+      </c>
+      <c r="E218" t="s">
+        <v>3075</v>
+      </c>
+      <c r="F218" t="s">
+        <v>20</v>
+      </c>
+      <c r="G218" t="s">
+        <v>3076</v>
+      </c>
+      <c r="H218" t="s">
+        <v>3077</v>
+      </c>
+      <c r="I218" t="s">
+        <v>3078</v>
+      </c>
+      <c r="J218" t="s">
+        <v>1791</v>
+      </c>
+      <c r="K218" t="s">
+        <v>1792</v>
+      </c>
+      <c r="L218" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M218" t="s">
+        <v>1721</v>
+      </c>
+      <c r="N218" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O218" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P218" t="s">
+        <v>3079</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B219" t="s">
+        <v>3080</v>
+      </c>
+      <c r="C219" t="s">
+        <v>20</v>
+      </c>
+      <c r="D219" t="s">
+        <v>20</v>
+      </c>
+      <c r="E219" t="s">
+        <v>3075</v>
+      </c>
+      <c r="F219" t="s">
+        <v>20</v>
+      </c>
+      <c r="G219" t="s">
+        <v>3081</v>
+      </c>
+      <c r="H219" t="s">
+        <v>3082</v>
+      </c>
+      <c r="I219" t="s">
+        <v>3083</v>
+      </c>
+      <c r="J219" t="s">
+        <v>1791</v>
+      </c>
+      <c r="K219" t="s">
+        <v>1792</v>
+      </c>
+      <c r="L219" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M219" t="s">
+        <v>1721</v>
+      </c>
+      <c r="N219" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O219" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P219" t="s">
+        <v>3084</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B220" t="s">
+        <v>3085</v>
+      </c>
+      <c r="C220" t="s">
+        <v>20</v>
+      </c>
+      <c r="D220" t="s">
+        <v>20</v>
+      </c>
+      <c r="E220" t="s">
+        <v>3075</v>
+      </c>
+      <c r="F220" t="s">
+        <v>20</v>
+      </c>
+      <c r="G220" t="s">
+        <v>3086</v>
+      </c>
+      <c r="H220" t="s">
+        <v>3087</v>
+      </c>
+      <c r="I220" t="s">
+        <v>3083</v>
+      </c>
+      <c r="J220" t="s">
+        <v>1791</v>
+      </c>
+      <c r="K220" t="s">
+        <v>1792</v>
+      </c>
+      <c r="L220" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M220" t="s">
+        <v>1721</v>
+      </c>
+      <c r="N220" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O220" t="s">
+        <v>3088</v>
+      </c>
+      <c r="P220" t="s">
+        <v>3089</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B221" t="s">
+        <v>3090</v>
+      </c>
+      <c r="C221" t="s">
+        <v>20</v>
+      </c>
+      <c r="D221" t="s">
+        <v>20</v>
+      </c>
+      <c r="E221" t="s">
+        <v>3075</v>
+      </c>
+      <c r="F221" t="s">
+        <v>20</v>
+      </c>
+      <c r="G221" t="s">
+        <v>3091</v>
+      </c>
+      <c r="H221" t="s">
+        <v>3092</v>
+      </c>
+      <c r="I221" t="s">
+        <v>2117</v>
+      </c>
+      <c r="J221" t="s">
+        <v>20</v>
+      </c>
+      <c r="K221" t="s">
+        <v>2118</v>
+      </c>
+      <c r="L221" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M221" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N221" t="s">
+        <v>1759</v>
+      </c>
+      <c r="O221" t="s">
+        <v>2175</v>
+      </c>
+      <c r="P221" t="s">
+        <v>3093</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B222" t="s">
+        <v>3094</v>
+      </c>
+      <c r="C222" t="s">
+        <v>20</v>
+      </c>
+      <c r="D222" t="s">
+        <v>20</v>
+      </c>
+      <c r="E222" t="s">
+        <v>3095</v>
+      </c>
+      <c r="F222" t="s">
+        <v>20</v>
+      </c>
+      <c r="G222" t="s">
+        <v>3096</v>
+      </c>
+      <c r="H222" t="s">
+        <v>3097</v>
+      </c>
+      <c r="I222" t="s">
+        <v>2163</v>
+      </c>
+      <c r="J222" t="s">
+        <v>20</v>
+      </c>
+      <c r="K222" t="s">
+        <v>2164</v>
+      </c>
+      <c r="L222" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M222" t="s">
+        <v>1721</v>
+      </c>
+      <c r="N222" t="s">
+        <v>1759</v>
+      </c>
+      <c r="O222" t="s">
+        <v>2014</v>
+      </c>
+      <c r="P222" t="s">
+        <v>3098</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B223" t="s">
+        <v>3099</v>
+      </c>
+      <c r="C223" t="s">
+        <v>20</v>
+      </c>
+      <c r="D223" t="s">
+        <v>20</v>
+      </c>
+      <c r="E223" t="s">
+        <v>3100</v>
+      </c>
+      <c r="F223" t="s">
+        <v>20</v>
+      </c>
+      <c r="G223" t="s">
+        <v>3101</v>
+      </c>
+      <c r="H223" t="s">
+        <v>3102</v>
+      </c>
+      <c r="I223" t="s">
+        <v>3103</v>
+      </c>
+      <c r="J223" t="s">
+        <v>1767</v>
+      </c>
+      <c r="K223" t="s">
+        <v>30</v>
+      </c>
+      <c r="L223" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M223" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N223" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O223" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P223" t="s">
+        <v>3104</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B224" t="s">
+        <v>3105</v>
+      </c>
+      <c r="C224" t="s">
+        <v>20</v>
+      </c>
+      <c r="D224" t="s">
+        <v>20</v>
+      </c>
+      <c r="E224" t="s">
+        <v>3106</v>
+      </c>
+      <c r="F224" t="s">
+        <v>20</v>
+      </c>
+      <c r="G224" t="s">
+        <v>3107</v>
+      </c>
+      <c r="H224" t="s">
+        <v>3108</v>
+      </c>
+      <c r="I224" t="s">
+        <v>3109</v>
+      </c>
+      <c r="J224" t="s">
+        <v>3110</v>
+      </c>
+      <c r="K224" t="s">
+        <v>3111</v>
+      </c>
+      <c r="L224" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M224" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N224" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O224" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P224" t="s">
+        <v>3112</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B225" t="s">
+        <v>3113</v>
+      </c>
+      <c r="C225" t="s">
+        <v>20</v>
+      </c>
+      <c r="D225" t="s">
+        <v>20</v>
+      </c>
+      <c r="E225" t="s">
+        <v>3114</v>
+      </c>
+      <c r="F225" t="s">
+        <v>20</v>
+      </c>
+      <c r="G225" t="s">
+        <v>3115</v>
+      </c>
+      <c r="H225" t="s">
+        <v>3116</v>
+      </c>
+      <c r="I225" t="s">
+        <v>3117</v>
+      </c>
+      <c r="J225" t="s">
+        <v>3118</v>
+      </c>
+      <c r="K225" t="s">
+        <v>3119</v>
+      </c>
+      <c r="L225" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M225" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N225" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O225" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P225" t="s">
+        <v>3120</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B226" t="s">
+        <v>3121</v>
+      </c>
+      <c r="C226" t="s">
+        <v>20</v>
+      </c>
+      <c r="D226" t="s">
+        <v>20</v>
+      </c>
+      <c r="E226" t="s">
+        <v>3122</v>
+      </c>
+      <c r="F226" t="s">
+        <v>20</v>
+      </c>
+      <c r="G226" t="s">
+        <v>3123</v>
+      </c>
+      <c r="H226" t="s">
+        <v>3124</v>
+      </c>
+      <c r="I226" t="s">
+        <v>3125</v>
+      </c>
+      <c r="J226" t="s">
+        <v>20</v>
+      </c>
+      <c r="K226" t="s">
+        <v>3126</v>
+      </c>
+      <c r="L226" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M226" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N226" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O226" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P226" t="s">
+        <v>3127</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B227" t="s">
+        <v>3128</v>
+      </c>
+      <c r="C227" t="s">
+        <v>20</v>
+      </c>
+      <c r="D227" t="s">
+        <v>20</v>
+      </c>
+      <c r="E227" t="s">
+        <v>3122</v>
+      </c>
+      <c r="F227" t="s">
+        <v>20</v>
+      </c>
+      <c r="G227" t="s">
+        <v>3129</v>
+      </c>
+      <c r="H227" t="s">
+        <v>3130</v>
+      </c>
+      <c r="I227" t="s">
+        <v>3131</v>
+      </c>
+      <c r="J227" t="s">
+        <v>3132</v>
+      </c>
+      <c r="K227" t="s">
+        <v>3133</v>
+      </c>
+      <c r="L227" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M227" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N227" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O227" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P227" t="s">
+        <v>3134</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B228" t="s">
+        <v>3135</v>
+      </c>
+      <c r="C228" t="s">
+        <v>20</v>
+      </c>
+      <c r="D228" t="s">
+        <v>20</v>
+      </c>
+      <c r="E228" t="s">
+        <v>3136</v>
+      </c>
+      <c r="F228" t="s">
+        <v>20</v>
+      </c>
+      <c r="G228" t="s">
+        <v>3137</v>
+      </c>
+      <c r="H228" t="s">
+        <v>3138</v>
+      </c>
+      <c r="I228" t="s">
+        <v>3139</v>
+      </c>
+      <c r="J228" t="s">
+        <v>1842</v>
+      </c>
+      <c r="K228" t="s">
+        <v>1843</v>
+      </c>
+      <c r="L228" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M228" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N228" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O228" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P228" t="s">
+        <v>3140</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B229" t="s">
+        <v>3141</v>
+      </c>
+      <c r="C229" t="s">
+        <v>20</v>
+      </c>
+      <c r="D229" t="s">
+        <v>20</v>
+      </c>
+      <c r="E229" t="s">
+        <v>3142</v>
+      </c>
+      <c r="F229" t="s">
+        <v>20</v>
+      </c>
+      <c r="G229" t="s">
+        <v>3143</v>
+      </c>
+      <c r="H229" t="s">
+        <v>3144</v>
+      </c>
+      <c r="I229" t="s">
+        <v>3145</v>
+      </c>
+      <c r="J229" t="s">
+        <v>3146</v>
+      </c>
+      <c r="K229" t="s">
+        <v>3147</v>
+      </c>
+      <c r="L229" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M229" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N229" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O229" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P229" t="s">
+        <v>3148</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B230" t="s">
+        <v>3149</v>
+      </c>
+      <c r="C230" t="s">
+        <v>20</v>
+      </c>
+      <c r="D230" t="s">
+        <v>20</v>
+      </c>
+      <c r="E230" t="s">
+        <v>3150</v>
+      </c>
+      <c r="F230" t="s">
+        <v>20</v>
+      </c>
+      <c r="G230" t="s">
+        <v>3151</v>
+      </c>
+      <c r="H230" t="s">
+        <v>3152</v>
+      </c>
+      <c r="I230" t="s">
+        <v>1952</v>
+      </c>
+      <c r="J230" t="s">
+        <v>20</v>
+      </c>
+      <c r="K230" t="s">
+        <v>269</v>
+      </c>
+      <c r="L230" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M230" t="s">
+        <v>1721</v>
+      </c>
+      <c r="N230" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O230" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P230" t="s">
+        <v>3153</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B231" t="s">
+        <v>3154</v>
+      </c>
+      <c r="C231" t="s">
+        <v>20</v>
+      </c>
+      <c r="D231" t="s">
+        <v>20</v>
+      </c>
+      <c r="E231" t="s">
+        <v>3150</v>
+      </c>
+      <c r="F231" t="s">
+        <v>20</v>
+      </c>
+      <c r="G231" t="s">
+        <v>3155</v>
+      </c>
+      <c r="H231" t="s">
+        <v>3156</v>
+      </c>
+      <c r="I231" t="s">
+        <v>3157</v>
+      </c>
+      <c r="J231" t="s">
+        <v>1832</v>
+      </c>
+      <c r="K231" t="s">
+        <v>1833</v>
+      </c>
+      <c r="L231" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M231" t="s">
+        <v>1721</v>
+      </c>
+      <c r="N231" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O231" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P231" t="s">
+        <v>3158</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B232" t="s">
+        <v>3159</v>
+      </c>
+      <c r="C232" t="s">
+        <v>20</v>
+      </c>
+      <c r="D232" t="s">
+        <v>20</v>
+      </c>
+      <c r="E232" t="s">
+        <v>3160</v>
+      </c>
+      <c r="F232" t="s">
+        <v>20</v>
+      </c>
+      <c r="G232" t="s">
+        <v>3161</v>
+      </c>
+      <c r="H232" t="s">
+        <v>3162</v>
+      </c>
+      <c r="I232" t="s">
+        <v>3163</v>
+      </c>
+      <c r="J232" t="s">
+        <v>20</v>
+      </c>
+      <c r="K232" t="s">
+        <v>269</v>
+      </c>
+      <c r="L232" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M232" t="s">
+        <v>1721</v>
+      </c>
+      <c r="N232" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O232" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P232" t="s">
+        <v>3164</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B233" t="s">
+        <v>3165</v>
+      </c>
+      <c r="C233" t="s">
+        <v>20</v>
+      </c>
+      <c r="D233" t="s">
+        <v>20</v>
+      </c>
+      <c r="E233" t="s">
+        <v>3160</v>
+      </c>
+      <c r="F233" t="s">
+        <v>20</v>
+      </c>
+      <c r="G233" t="s">
+        <v>3166</v>
+      </c>
+      <c r="H233" t="s">
+        <v>3167</v>
+      </c>
+      <c r="I233" t="s">
+        <v>3163</v>
+      </c>
+      <c r="J233" t="s">
+        <v>20</v>
+      </c>
+      <c r="K233" t="s">
+        <v>269</v>
+      </c>
+      <c r="L233" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M233" t="s">
+        <v>1721</v>
+      </c>
+      <c r="N233" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O233" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P233" t="s">
+        <v>3168</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B234" t="s">
+        <v>3169</v>
+      </c>
+      <c r="C234" t="s">
+        <v>20</v>
+      </c>
+      <c r="D234" t="s">
+        <v>20</v>
+      </c>
+      <c r="E234" t="s">
+        <v>3170</v>
+      </c>
+      <c r="F234" t="s">
+        <v>20</v>
+      </c>
+      <c r="G234" t="s">
+        <v>3171</v>
+      </c>
+      <c r="H234" t="s">
+        <v>3172</v>
+      </c>
+      <c r="I234" t="s">
+        <v>3173</v>
+      </c>
+      <c r="J234" t="s">
+        <v>3174</v>
+      </c>
+      <c r="K234" t="s">
+        <v>3175</v>
+      </c>
+      <c r="L234" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M234" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N234" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O234" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P234" t="s">
+        <v>3176</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B235" t="s">
+        <v>3177</v>
+      </c>
+      <c r="C235" t="s">
+        <v>20</v>
+      </c>
+      <c r="D235" t="s">
+        <v>20</v>
+      </c>
+      <c r="E235" t="s">
+        <v>3178</v>
+      </c>
+      <c r="F235" t="s">
+        <v>20</v>
+      </c>
+      <c r="G235" t="s">
+        <v>3179</v>
+      </c>
+      <c r="H235" t="s">
+        <v>3180</v>
+      </c>
+      <c r="I235" t="s">
+        <v>2145</v>
+      </c>
+      <c r="J235" t="s">
+        <v>1823</v>
+      </c>
+      <c r="K235" t="s">
+        <v>1824</v>
+      </c>
+      <c r="L235" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M235" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N235" t="s">
+        <v>1834</v>
+      </c>
+      <c r="O235" t="s">
+        <v>2347</v>
+      </c>
+      <c r="P235" t="s">
+        <v>3181</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B236" t="s">
+        <v>3182</v>
+      </c>
+      <c r="C236" t="s">
+        <v>20</v>
+      </c>
+      <c r="D236" t="s">
+        <v>20</v>
+      </c>
+      <c r="E236" t="s">
+        <v>3183</v>
+      </c>
+      <c r="F236" t="s">
+        <v>20</v>
+      </c>
+      <c r="G236" t="s">
+        <v>3184</v>
+      </c>
+      <c r="H236" t="s">
+        <v>3185</v>
+      </c>
+      <c r="I236" t="s">
+        <v>3186</v>
+      </c>
+      <c r="J236" t="s">
+        <v>2021</v>
+      </c>
+      <c r="K236" t="s">
+        <v>2022</v>
+      </c>
+      <c r="L236" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M236" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N236" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O236" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P236" t="s">
+        <v>3187</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B237" t="s">
+        <v>3188</v>
+      </c>
+      <c r="C237" t="s">
+        <v>20</v>
+      </c>
+      <c r="D237" t="s">
+        <v>20</v>
+      </c>
+      <c r="E237" t="s">
+        <v>3189</v>
+      </c>
+      <c r="F237" t="s">
+        <v>20</v>
+      </c>
+      <c r="G237" t="s">
+        <v>3190</v>
+      </c>
+      <c r="H237" t="s">
+        <v>3191</v>
+      </c>
+      <c r="I237" t="s">
+        <v>3192</v>
+      </c>
+      <c r="J237" t="s">
+        <v>1767</v>
+      </c>
+      <c r="K237" t="s">
+        <v>30</v>
+      </c>
+      <c r="L237" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M237" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N237" t="s">
+        <v>1834</v>
+      </c>
+      <c r="O237" t="s">
+        <v>2347</v>
+      </c>
+      <c r="P237" t="s">
+        <v>3193</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B238" t="s">
+        <v>3194</v>
+      </c>
+      <c r="C238" t="s">
+        <v>20</v>
+      </c>
+      <c r="D238" t="s">
+        <v>20</v>
+      </c>
+      <c r="E238" t="s">
+        <v>3189</v>
+      </c>
+      <c r="F238" t="s">
+        <v>20</v>
+      </c>
+      <c r="G238" t="s">
+        <v>3195</v>
+      </c>
+      <c r="H238" t="s">
+        <v>3196</v>
+      </c>
+      <c r="I238" t="s">
+        <v>3197</v>
+      </c>
+      <c r="J238" t="s">
+        <v>20</v>
+      </c>
+      <c r="K238" t="s">
+        <v>3198</v>
+      </c>
+      <c r="L238" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M238" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N238" t="s">
+        <v>1924</v>
+      </c>
+      <c r="O238" t="s">
+        <v>1808</v>
+      </c>
+      <c r="P238" t="s">
+        <v>3199</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B239" t="s">
+        <v>3200</v>
+      </c>
+      <c r="C239" t="s">
+        <v>20</v>
+      </c>
+      <c r="D239" t="s">
+        <v>20</v>
+      </c>
+      <c r="E239" t="s">
+        <v>3201</v>
+      </c>
+      <c r="F239" t="s">
+        <v>20</v>
+      </c>
+      <c r="G239" t="s">
+        <v>3202</v>
+      </c>
+      <c r="H239" t="s">
+        <v>3203</v>
+      </c>
+      <c r="I239" t="s">
+        <v>3204</v>
+      </c>
+      <c r="J239" t="s">
+        <v>2700</v>
+      </c>
+      <c r="K239" t="s">
+        <v>2701</v>
+      </c>
+      <c r="L239" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M239" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N239" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O239" t="s">
+        <v>3088</v>
+      </c>
+      <c r="P239" t="s">
+        <v>3205</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B240" t="s">
+        <v>3206</v>
+      </c>
+      <c r="C240" t="s">
+        <v>20</v>
+      </c>
+      <c r="D240" t="s">
+        <v>20</v>
+      </c>
+      <c r="E240" t="s">
+        <v>3201</v>
+      </c>
+      <c r="F240" t="s">
+        <v>20</v>
+      </c>
+      <c r="G240" t="s">
+        <v>3207</v>
+      </c>
+      <c r="H240" t="s">
+        <v>3208</v>
+      </c>
+      <c r="I240" t="s">
+        <v>3209</v>
+      </c>
+      <c r="J240" t="s">
+        <v>2272</v>
+      </c>
+      <c r="K240" t="s">
+        <v>2273</v>
+      </c>
+      <c r="L240" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M240" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N240" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O240" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P240" t="s">
+        <v>3210</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B241" t="s">
+        <v>3211</v>
+      </c>
+      <c r="C241" t="s">
+        <v>20</v>
+      </c>
+      <c r="D241" t="s">
+        <v>20</v>
+      </c>
+      <c r="E241" t="s">
+        <v>3212</v>
+      </c>
+      <c r="F241" t="s">
+        <v>20</v>
+      </c>
+      <c r="G241" t="s">
+        <v>3213</v>
+      </c>
+      <c r="H241" t="s">
+        <v>3214</v>
+      </c>
+      <c r="I241" t="s">
+        <v>3215</v>
+      </c>
+      <c r="J241" t="s">
+        <v>1791</v>
+      </c>
+      <c r="K241" t="s">
+        <v>1792</v>
+      </c>
+      <c r="L241" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M241" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N241" t="s">
+        <v>1960</v>
+      </c>
+      <c r="O241" t="s">
+        <v>1961</v>
+      </c>
+      <c r="P241" t="s">
+        <v>3216</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>13</v>
       </c>
       <c r="J1" t="s">
         <v>14</v>
       </c>
       <c r="K1" t="s">
-        <v>2695</v>
+        <v>3217</v>
       </c>
       <c r="L1" t="s">
-        <v>2696</v>
+        <v>3218</v>
       </c>
       <c r="M1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2697</v>
+        <v>3219</v>
       </c>
       <c r="B2" t="s">
-        <v>2698</v>
+        <v>3220</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>2699</v>
+        <v>3221</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>2700</v>
+        <v>3222</v>
       </c>
       <c r="H2" t="s">
-        <v>2701</v>
+        <v>3223</v>
       </c>
       <c r="I2" t="s">
-        <v>2702</v>
+        <v>3224</v>
       </c>
       <c r="J2" t="s">
-        <v>127</v>
+        <v>214</v>
       </c>
       <c r="K2" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="L2" t="s">
-        <v>130</v>
+        <v>216</v>
       </c>
       <c r="M2" t="s">
-        <v>2703</v>
+        <v>3225</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2697</v>
+        <v>3219</v>
       </c>
       <c r="B3" t="s">
-        <v>2704</v>
+        <v>3226</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>2705</v>
+        <v>3227</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>2706</v>
+        <v>3228</v>
       </c>
       <c r="H3" t="s">
-        <v>2707</v>
+        <v>3229</v>
       </c>
       <c r="I3" t="s">
-        <v>2708</v>
+        <v>3230</v>
       </c>
       <c r="J3" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="K3" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="L3" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
       <c r="M3" t="s">
-        <v>2709</v>
+        <v>3231</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2697</v>
+        <v>3219</v>
       </c>
       <c r="B4" t="s">
-        <v>2710</v>
+        <v>3232</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>2711</v>
+        <v>3233</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>2712</v>
+        <v>3234</v>
       </c>
       <c r="H4" t="s">
-        <v>2713</v>
+        <v>3235</v>
       </c>
       <c r="I4" t="s">
-        <v>2714</v>
+        <v>3236</v>
       </c>
       <c r="J4" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="K4" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="L4" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
       <c r="M4" t="s">
-        <v>2715</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2697</v>
+        <v>3219</v>
       </c>
       <c r="B5" t="s">
-        <v>2716</v>
+        <v>3238</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>2717</v>
+        <v>3239</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>2718</v>
+        <v>3240</v>
       </c>
       <c r="H5" t="s">
-        <v>2719</v>
+        <v>3241</v>
       </c>
       <c r="I5" t="s">
-        <v>2720</v>
+        <v>3242</v>
       </c>
       <c r="J5" t="s">
-        <v>43</v>
+        <v>142</v>
       </c>
       <c r="K5" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="L5" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="M5" t="s">
-        <v>2721</v>
+        <v>3243</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2697</v>
+        <v>3219</v>
       </c>
       <c r="B6" t="s">
-        <v>2722</v>
+        <v>3244</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>592</v>
+        <v>671</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>2723</v>
+        <v>3245</v>
       </c>
       <c r="H6" t="s">
-        <v>2724</v>
+        <v>3246</v>
       </c>
       <c r="I6" t="s">
-        <v>2725</v>
+        <v>3247</v>
       </c>
       <c r="J6" t="s">
-        <v>377</v>
+        <v>38</v>
       </c>
       <c r="K6" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="L6" t="s">
-        <v>379</v>
+        <v>41</v>
       </c>
       <c r="M6" t="s">
-        <v>2726</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2697</v>
+        <v>3219</v>
       </c>
       <c r="B7" t="s">
-        <v>2727</v>
+        <v>3249</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>2728</v>
+        <v>3250</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>2729</v>
+        <v>3251</v>
       </c>
       <c r="H7" t="s">
-        <v>2730</v>
+        <v>3252</v>
       </c>
       <c r="I7" t="s">
-        <v>2731</v>
+        <v>3253</v>
       </c>
       <c r="J7" t="s">
-        <v>575</v>
+        <v>654</v>
       </c>
       <c r="K7" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="L7" t="s">
-        <v>577</v>
+        <v>656</v>
       </c>
       <c r="M7" t="s">
-        <v>2732</v>
+        <v>3254</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2697</v>
+        <v>3219</v>
       </c>
       <c r="B8" t="s">
-        <v>2733</v>
+        <v>3255</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>2734</v>
+        <v>3256</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>2735</v>
+        <v>3257</v>
       </c>
       <c r="H8" t="s">
-        <v>2736</v>
+        <v>3258</v>
       </c>
       <c r="I8" t="s">
-        <v>2737</v>
+        <v>3259</v>
       </c>
       <c r="J8" t="s">
-        <v>88</v>
+        <v>48</v>
       </c>
       <c r="K8" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="L8" t="s">
-        <v>91</v>
+        <v>51</v>
       </c>
       <c r="M8" t="s">
-        <v>2738</v>
+        <v>3260</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2697</v>
+        <v>3219</v>
       </c>
       <c r="B9" t="s">
-        <v>2704</v>
+        <v>3226</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>2739</v>
+        <v>3261</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>2740</v>
+        <v>3262</v>
       </c>
       <c r="H9" t="s">
-        <v>2741</v>
+        <v>3263</v>
       </c>
       <c r="I9" t="s">
-        <v>2742</v>
+        <v>3264</v>
       </c>
       <c r="J9" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="K9" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="L9" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
       <c r="M9" t="s">
-        <v>2743</v>
+        <v>3265</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2697</v>
+        <v>3219</v>
       </c>
       <c r="B10" t="s">
-        <v>2744</v>
+        <v>3266</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>2745</v>
+        <v>3267</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>2746</v>
+        <v>3268</v>
       </c>
       <c r="H10" t="s">
-        <v>2747</v>
+        <v>3269</v>
       </c>
       <c r="I10" t="s">
-        <v>2748</v>
+        <v>3270</v>
       </c>
       <c r="J10" t="s">
-        <v>78</v>
+        <v>63</v>
       </c>
       <c r="K10" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="L10" t="s">
-        <v>81</v>
+        <v>66</v>
       </c>
       <c r="M10" t="s">
-        <v>2749</v>
+        <v>3271</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:M1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T61"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>2750</v>
+        <v>3272</v>
       </c>
       <c r="J1" t="s">
-        <v>1627</v>
+        <v>1705</v>
       </c>
       <c r="K1" t="s">
-        <v>2751</v>
+        <v>3273</v>
       </c>
       <c r="L1" t="s">
-        <v>1629</v>
+        <v>1707</v>
       </c>
       <c r="M1" t="s">
-        <v>1630</v>
+        <v>1708</v>
       </c>
       <c r="N1" t="s">
-        <v>2752</v>
+        <v>3274</v>
       </c>
       <c r="O1" t="s">
-        <v>2753</v>
+        <v>3275</v>
       </c>
       <c r="P1" t="s">
-        <v>2754</v>
+        <v>3276</v>
       </c>
       <c r="Q1" t="s">
-        <v>2755</v>
+        <v>3277</v>
       </c>
       <c r="R1" t="s">
-        <v>1631</v>
+        <v>1709</v>
       </c>
       <c r="S1" t="s">
-        <v>2756</v>
+        <v>3278</v>
       </c>
       <c r="T1" t="s">
-        <v>2757</v>
+        <v>3279</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B2" t="s">
-        <v>2759</v>
+        <v>3281</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>2760</v>
+        <v>3282</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>2761</v>
+        <v>3283</v>
       </c>
       <c r="H2" t="s">
-        <v>2762</v>
+        <v>3284</v>
       </c>
       <c r="I2" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J2" t="s">
-        <v>2764</v>
+        <v>3286</v>
       </c>
       <c r="K2" t="s">
-        <v>2765</v>
+        <v>2560</v>
       </c>
       <c r="L2" t="s">
-        <v>2766</v>
+        <v>2561</v>
       </c>
       <c r="M2" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N2" t="s">
-        <v>2767</v>
+        <v>3287</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>2768</v>
+        <v>3288</v>
       </c>
       <c r="Q2" t="s">
-        <v>2769</v>
+        <v>3289</v>
       </c>
       <c r="R2" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="S2" t="s">
-        <v>2770</v>
+        <v>3290</v>
       </c>
       <c r="T2" t="s">
-        <v>2771</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B3" t="s">
-        <v>2772</v>
+        <v>3292</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>2760</v>
+        <v>3282</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>2773</v>
+        <v>3293</v>
       </c>
       <c r="H3" t="s">
-        <v>2774</v>
+        <v>3294</v>
       </c>
       <c r="I3" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J3" t="s">
-        <v>2775</v>
+        <v>3295</v>
       </c>
       <c r="K3" t="s">
-        <v>2776</v>
+        <v>3296</v>
       </c>
       <c r="L3" t="s">
-        <v>1821</v>
+        <v>1824</v>
       </c>
       <c r="M3" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N3" t="s">
-        <v>2767</v>
+        <v>3287</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>2768</v>
+        <v>3288</v>
       </c>
       <c r="Q3" t="s">
-        <v>2777</v>
+        <v>3297</v>
       </c>
       <c r="R3" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="S3" t="s">
-        <v>2778</v>
+        <v>3298</v>
       </c>
       <c r="T3" t="s">
-        <v>2771</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B4" t="s">
-        <v>2779</v>
+        <v>3299</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>2760</v>
+        <v>3282</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>2780</v>
+        <v>3300</v>
       </c>
       <c r="H4" t="s">
-        <v>2781</v>
+        <v>3301</v>
       </c>
       <c r="I4" t="s">
-        <v>2782</v>
+        <v>3302</v>
       </c>
       <c r="J4" t="s">
-        <v>2764</v>
+        <v>3286</v>
       </c>
       <c r="K4" t="s">
-        <v>2765</v>
+        <v>2560</v>
       </c>
       <c r="L4" t="s">
-        <v>2766</v>
+        <v>2561</v>
       </c>
       <c r="M4" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N4" t="s">
-        <v>2767</v>
+        <v>3287</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="Q4" t="s">
-        <v>2783</v>
+        <v>3303</v>
       </c>
       <c r="R4" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="S4" t="s">
-        <v>2784</v>
+        <v>3304</v>
       </c>
       <c r="T4" t="s">
-        <v>2771</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B5" t="s">
-        <v>2785</v>
+        <v>3305</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>2760</v>
+        <v>3282</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>2786</v>
+        <v>3306</v>
       </c>
       <c r="H5" t="s">
-        <v>2787</v>
+        <v>3307</v>
       </c>
       <c r="I5" t="s">
-        <v>2782</v>
+        <v>3302</v>
       </c>
       <c r="J5" t="s">
-        <v>2775</v>
+        <v>3295</v>
       </c>
       <c r="K5" t="s">
-        <v>1820</v>
+        <v>1823</v>
       </c>
       <c r="L5" t="s">
-        <v>1821</v>
+        <v>1824</v>
       </c>
       <c r="M5" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N5" t="s">
-        <v>2767</v>
+        <v>3287</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="Q5" t="s">
-        <v>2783</v>
+        <v>3303</v>
       </c>
       <c r="R5" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="S5" t="s">
-        <v>2788</v>
+        <v>3308</v>
       </c>
       <c r="T5" t="s">
-        <v>2771</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B6" t="s">
-        <v>2789</v>
+        <v>3309</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>2790</v>
+        <v>3310</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>2791</v>
+        <v>3311</v>
       </c>
       <c r="H6" t="s">
-        <v>2792</v>
+        <v>3312</v>
       </c>
       <c r="I6" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J6" t="s">
         <v>20</v>
       </c>
       <c r="K6" t="s">
-        <v>1847</v>
+        <v>2192</v>
       </c>
       <c r="L6" t="s">
-        <v>1848</v>
+        <v>2193</v>
       </c>
       <c r="M6" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N6" t="s">
-        <v>2793</v>
+        <v>3313</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="Q6" t="s">
-        <v>2769</v>
+        <v>3289</v>
       </c>
       <c r="R6" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="S6" t="s">
-        <v>2794</v>
+        <v>3314</v>
       </c>
       <c r="T6" t="s">
-        <v>2795</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B7" t="s">
-        <v>2796</v>
+        <v>3316</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>2797</v>
+        <v>3317</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>2798</v>
+        <v>3318</v>
       </c>
       <c r="H7" t="s">
-        <v>2799</v>
+        <v>3319</v>
       </c>
       <c r="I7" t="s">
-        <v>2800</v>
+        <v>3320</v>
       </c>
       <c r="J7" t="s">
-        <v>2801</v>
+        <v>3321</v>
       </c>
       <c r="K7" t="s">
-        <v>1697</v>
+        <v>1783</v>
       </c>
       <c r="L7" t="s">
-        <v>1698</v>
+        <v>1784</v>
       </c>
       <c r="M7" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N7" t="s">
-        <v>2802</v>
+        <v>3322</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="Q7" t="s">
-        <v>2777</v>
+        <v>3297</v>
       </c>
       <c r="R7" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="S7" t="s">
-        <v>2803</v>
+        <v>3323</v>
       </c>
       <c r="T7" t="s">
-        <v>2804</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B8" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>2805</v>
+        <v>3324</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>2806</v>
+        <v>3325</v>
       </c>
       <c r="H8" t="s">
-        <v>2807</v>
+        <v>3326</v>
       </c>
       <c r="I8" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J8" t="s">
         <v>20</v>
       </c>
       <c r="K8" t="s">
-        <v>2178</v>
+        <v>2534</v>
       </c>
       <c r="L8" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="M8" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N8" t="s">
-        <v>2808</v>
+        <v>3327</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>2809</v>
+        <v>3328</v>
       </c>
       <c r="Q8" t="s">
-        <v>2810</v>
+        <v>3329</v>
       </c>
       <c r="R8" t="s">
-        <v>2809</v>
+        <v>3328</v>
       </c>
       <c r="S8" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
       <c r="T8" t="s">
-        <v>2811</v>
+        <v>3330</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B9" t="s">
-        <v>2812</v>
+        <v>3331</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>2813</v>
+        <v>3332</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>2814</v>
+        <v>3333</v>
       </c>
       <c r="H9" t="s">
-        <v>2815</v>
+        <v>3334</v>
       </c>
       <c r="I9" t="s">
-        <v>2800</v>
+        <v>3320</v>
       </c>
       <c r="J9" t="s">
-        <v>2816</v>
+        <v>3335</v>
       </c>
       <c r="K9" t="s">
-        <v>2012</v>
+        <v>2186</v>
       </c>
       <c r="L9" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="M9" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N9" t="s">
-        <v>2817</v>
+        <v>3336</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
-        <v>2768</v>
+        <v>3288</v>
       </c>
       <c r="Q9" t="s">
-        <v>2818</v>
+        <v>3337</v>
       </c>
       <c r="R9" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="S9" t="s">
-        <v>56</v>
+        <v>153</v>
       </c>
       <c r="T9" t="s">
-        <v>2819</v>
+        <v>3338</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B10" t="s">
-        <v>2820</v>
+        <v>3339</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>2821</v>
+        <v>3340</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>2822</v>
+        <v>3341</v>
       </c>
       <c r="H10" t="s">
-        <v>2823</v>
+        <v>3342</v>
       </c>
       <c r="I10" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J10" t="s">
         <v>20</v>
       </c>
       <c r="K10" t="s">
-        <v>2824</v>
+        <v>3343</v>
       </c>
       <c r="L10" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="M10" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N10" t="s">
-        <v>2825</v>
+        <v>3344</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="Q10" t="s">
-        <v>2769</v>
+        <v>3289</v>
       </c>
       <c r="R10" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="S10" t="s">
-        <v>2826</v>
+        <v>3345</v>
       </c>
       <c r="T10" t="s">
-        <v>2804</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B11" t="s">
-        <v>2827</v>
+        <v>3346</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>2828</v>
+        <v>3347</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>2829</v>
+        <v>3348</v>
       </c>
       <c r="H11" t="s">
-        <v>2830</v>
+        <v>3349</v>
       </c>
       <c r="I11" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J11" t="s">
         <v>20</v>
       </c>
       <c r="K11" t="s">
-        <v>1834</v>
+        <v>2163</v>
       </c>
       <c r="L11" t="s">
-        <v>1835</v>
+        <v>2164</v>
       </c>
       <c r="M11" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N11" t="s">
-        <v>2831</v>
+        <v>3350</v>
       </c>
       <c r="O11" t="s">
         <v>20</v>
       </c>
       <c r="P11" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="Q11" t="s">
-        <v>2832</v>
+        <v>3351</v>
       </c>
       <c r="R11" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="S11" t="s">
-        <v>2833</v>
+        <v>3352</v>
       </c>
       <c r="T11" t="s">
-        <v>2795</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B12" t="s">
-        <v>2834</v>
+        <v>3353</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>2835</v>
+        <v>3354</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>2836</v>
+        <v>3355</v>
       </c>
       <c r="H12" t="s">
-        <v>2837</v>
+        <v>3356</v>
       </c>
       <c r="I12" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J12" t="s">
-        <v>2838</v>
+        <v>3357</v>
       </c>
       <c r="K12" t="s">
-        <v>2839</v>
+        <v>3358</v>
       </c>
       <c r="L12" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="M12" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N12" t="s">
-        <v>2840</v>
+        <v>3359</v>
       </c>
       <c r="O12" t="s">
         <v>20</v>
       </c>
       <c r="P12" t="s">
-        <v>2768</v>
+        <v>3288</v>
       </c>
       <c r="Q12" t="s">
-        <v>2769</v>
+        <v>3289</v>
       </c>
       <c r="R12" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="S12" t="s">
-        <v>2841</v>
+        <v>3360</v>
       </c>
       <c r="T12" t="s">
-        <v>2795</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B13" t="s">
-        <v>2842</v>
+        <v>3361</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>2843</v>
+        <v>3362</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>2844</v>
+        <v>3363</v>
       </c>
       <c r="H13" t="s">
-        <v>2845</v>
+        <v>3364</v>
       </c>
       <c r="I13" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J13" t="s">
-        <v>2846</v>
+        <v>3365</v>
       </c>
       <c r="K13" t="s">
-        <v>2847</v>
+        <v>3366</v>
       </c>
       <c r="L13" t="s">
-        <v>2120</v>
+        <v>2469</v>
       </c>
       <c r="M13" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N13" t="s">
-        <v>2848</v>
+        <v>3367</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
-        <v>2768</v>
+        <v>3288</v>
       </c>
       <c r="Q13" t="s">
-        <v>2849</v>
+        <v>3368</v>
       </c>
       <c r="R13" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="S13" t="s">
-        <v>2850</v>
+        <v>3369</v>
       </c>
       <c r="T13" t="s">
-        <v>2795</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B14" t="s">
-        <v>2851</v>
+        <v>3370</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>2852</v>
+        <v>3371</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>2853</v>
+        <v>3372</v>
       </c>
       <c r="H14" t="s">
-        <v>2854</v>
+        <v>3373</v>
       </c>
       <c r="I14" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J14" t="s">
-        <v>2855</v>
+        <v>3374</v>
       </c>
       <c r="K14" t="s">
-        <v>1870</v>
+        <v>1952</v>
       </c>
       <c r="L14" t="s">
-        <v>186</v>
+        <v>269</v>
       </c>
       <c r="M14" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N14" t="s">
-        <v>2856</v>
+        <v>3375</v>
       </c>
       <c r="O14" t="s">
         <v>20</v>
       </c>
       <c r="P14" t="s">
-        <v>2809</v>
+        <v>3328</v>
       </c>
       <c r="Q14" t="s">
-        <v>2857</v>
+        <v>3376</v>
       </c>
       <c r="R14" t="s">
-        <v>2809</v>
+        <v>3328</v>
       </c>
       <c r="S14" t="s">
-        <v>187</v>
+        <v>270</v>
       </c>
       <c r="T14" t="s">
-        <v>2858</v>
+        <v>3377</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B15" t="s">
-        <v>43</v>
+        <v>142</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>2859</v>
+        <v>3378</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>2860</v>
+        <v>3379</v>
       </c>
       <c r="H15" t="s">
-        <v>2861</v>
+        <v>3380</v>
       </c>
       <c r="I15" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J15" t="s">
-        <v>2862</v>
+        <v>3381</v>
       </c>
       <c r="K15" t="s">
-        <v>2863</v>
+        <v>3382</v>
       </c>
       <c r="L15" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="M15" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N15" t="s">
-        <v>2864</v>
+        <v>3383</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
-        <v>2809</v>
+        <v>3328</v>
       </c>
       <c r="Q15" t="s">
-        <v>2865</v>
+        <v>3384</v>
       </c>
       <c r="R15" t="s">
-        <v>2809</v>
+        <v>3328</v>
       </c>
       <c r="S15" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="T15" t="s">
-        <v>2795</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B16" t="s">
-        <v>2866</v>
+        <v>3385</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>2867</v>
+        <v>3386</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>2868</v>
+        <v>3387</v>
       </c>
       <c r="H16" t="s">
-        <v>2869</v>
+        <v>3388</v>
       </c>
       <c r="I16" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J16" t="s">
-        <v>2870</v>
+        <v>3389</v>
       </c>
       <c r="K16" t="s">
-        <v>2499</v>
+        <v>2936</v>
       </c>
       <c r="L16" t="s">
-        <v>2500</v>
+        <v>2937</v>
       </c>
       <c r="M16" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N16" t="s">
-        <v>2871</v>
+        <v>3390</v>
       </c>
       <c r="O16" t="s">
         <v>20</v>
       </c>
       <c r="P16" t="s">
-        <v>2768</v>
+        <v>3288</v>
       </c>
       <c r="Q16" t="s">
-        <v>2769</v>
+        <v>3289</v>
       </c>
       <c r="R16" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="S16" t="s">
-        <v>2872</v>
+        <v>3391</v>
       </c>
       <c r="T16" t="s">
-        <v>2795</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B17" t="s">
-        <v>2873</v>
+        <v>3392</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>2874</v>
+        <v>3393</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>2875</v>
+        <v>3394</v>
       </c>
       <c r="H17" t="s">
-        <v>2876</v>
+        <v>3395</v>
       </c>
       <c r="I17" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J17" t="s">
         <v>20</v>
       </c>
       <c r="K17" t="s">
-        <v>2315</v>
+        <v>2240</v>
       </c>
       <c r="L17" t="s">
-        <v>2316</v>
+        <v>2241</v>
       </c>
       <c r="M17" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N17" t="s">
-        <v>2877</v>
+        <v>3396</v>
       </c>
       <c r="O17" t="s">
         <v>20</v>
       </c>
       <c r="P17" t="s">
-        <v>2768</v>
+        <v>3288</v>
       </c>
       <c r="Q17" t="s">
-        <v>2777</v>
+        <v>3297</v>
       </c>
       <c r="R17" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="S17" t="s">
-        <v>2878</v>
+        <v>3397</v>
       </c>
       <c r="T17" t="s">
-        <v>2795</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B18" t="s">
-        <v>2879</v>
+        <v>3398</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>2880</v>
+        <v>3399</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>2881</v>
+        <v>3400</v>
       </c>
       <c r="H18" t="s">
-        <v>2882</v>
+        <v>3401</v>
       </c>
       <c r="I18" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J18" t="s">
-        <v>2883</v>
+        <v>3402</v>
       </c>
       <c r="K18" t="s">
-        <v>1774</v>
+        <v>2021</v>
       </c>
       <c r="L18" t="s">
-        <v>1775</v>
+        <v>2022</v>
       </c>
       <c r="M18" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N18" t="s">
-        <v>2884</v>
+        <v>3403</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="Q18" t="s">
-        <v>2769</v>
+        <v>3289</v>
       </c>
       <c r="R18" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="S18" t="s">
-        <v>2885</v>
+        <v>3404</v>
       </c>
       <c r="T18" t="s">
-        <v>2795</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B19" t="s">
-        <v>2886</v>
+        <v>3405</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>2887</v>
+        <v>3406</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>2888</v>
+        <v>3407</v>
       </c>
       <c r="H19" t="s">
-        <v>2889</v>
+        <v>3408</v>
       </c>
       <c r="I19" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J19" t="s">
-        <v>2890</v>
+        <v>3409</v>
       </c>
       <c r="K19" t="s">
-        <v>2891</v>
+        <v>3410</v>
       </c>
       <c r="L19" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="M19" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N19" t="s">
-        <v>2892</v>
+        <v>3411</v>
       </c>
       <c r="O19" t="s">
         <v>20</v>
       </c>
       <c r="P19" t="s">
-        <v>2809</v>
+        <v>3328</v>
       </c>
       <c r="Q19" t="s">
-        <v>2769</v>
+        <v>3289</v>
       </c>
       <c r="R19" t="s">
-        <v>2809</v>
+        <v>3328</v>
       </c>
       <c r="S19" t="s">
-        <v>2893</v>
+        <v>3412</v>
       </c>
       <c r="T19" t="s">
-        <v>2795</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B20" t="s">
-        <v>2894</v>
+        <v>3413</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>2895</v>
+        <v>3414</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>2896</v>
+        <v>3415</v>
       </c>
       <c r="H20" t="s">
-        <v>2897</v>
+        <v>3416</v>
       </c>
       <c r="I20" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J20" t="s">
         <v>20</v>
       </c>
       <c r="K20" t="s">
-        <v>1731</v>
+        <v>1850</v>
       </c>
       <c r="L20" t="s">
+        <v>1851</v>
+      </c>
+      <c r="M20" t="s">
+        <v>1720</v>
+      </c>
+      <c r="N20" t="s">
+        <v>20</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
         <v>1732</v>
       </c>
-      <c r="M20" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="Q20" t="s">
-        <v>2769</v>
+        <v>3289</v>
       </c>
       <c r="R20" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="S20" t="s">
-        <v>2898</v>
+        <v>3417</v>
       </c>
       <c r="T20" t="s">
-        <v>2858</v>
+        <v>3377</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B21" t="s">
-        <v>2899</v>
+        <v>3418</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>2900</v>
+        <v>3419</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>2901</v>
+        <v>3420</v>
       </c>
       <c r="H21" t="s">
-        <v>2902</v>
+        <v>3421</v>
       </c>
       <c r="I21" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J21" t="s">
         <v>20</v>
       </c>
       <c r="K21" t="s">
-        <v>2455</v>
+        <v>1894</v>
       </c>
       <c r="L21" t="s">
-        <v>1955</v>
+        <v>1895</v>
       </c>
       <c r="M21" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N21" t="s">
-        <v>2903</v>
+        <v>3422</v>
       </c>
       <c r="O21" t="s">
         <v>20</v>
       </c>
       <c r="P21" t="s">
-        <v>2768</v>
+        <v>3288</v>
       </c>
       <c r="Q21" t="s">
-        <v>2777</v>
+        <v>3297</v>
       </c>
       <c r="R21" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="S21" t="s">
-        <v>2904</v>
+        <v>3423</v>
       </c>
       <c r="T21" t="s">
-        <v>2795</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B22" t="s">
-        <v>2905</v>
+        <v>3424</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>2900</v>
+        <v>3386</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>2906</v>
+        <v>3425</v>
       </c>
       <c r="H22" t="s">
-        <v>2907</v>
+        <v>3426</v>
       </c>
       <c r="I22" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J22" t="s">
         <v>20</v>
       </c>
       <c r="K22" t="s">
-        <v>2908</v>
+        <v>2295</v>
       </c>
       <c r="L22" t="s">
-        <v>2909</v>
+        <v>2296</v>
       </c>
       <c r="M22" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N22" t="s">
-        <v>2910</v>
+        <v>3427</v>
       </c>
       <c r="O22" t="s">
         <v>20</v>
       </c>
       <c r="P22" t="s">
-        <v>2768</v>
+        <v>3288</v>
       </c>
       <c r="Q22" t="s">
-        <v>2769</v>
+        <v>3289</v>
       </c>
       <c r="R22" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="S22" t="s">
-        <v>2911</v>
+        <v>3428</v>
       </c>
       <c r="T22" t="s">
-        <v>2819</v>
+        <v>3338</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B23" t="s">
-        <v>2912</v>
+        <v>3429</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>2867</v>
+        <v>3386</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>2913</v>
+        <v>3430</v>
       </c>
       <c r="H23" t="s">
-        <v>2914</v>
+        <v>3431</v>
       </c>
       <c r="I23" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J23" t="s">
-        <v>20</v>
+        <v>3432</v>
       </c>
       <c r="K23" t="s">
-        <v>2093</v>
+        <v>2110</v>
       </c>
       <c r="L23" t="s">
-        <v>2094</v>
+        <v>2111</v>
       </c>
       <c r="M23" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N23" t="s">
-        <v>2915</v>
+        <v>3433</v>
       </c>
       <c r="O23" t="s">
         <v>20</v>
       </c>
       <c r="P23" t="s">
-        <v>2768</v>
+        <v>3288</v>
       </c>
       <c r="Q23" t="s">
-        <v>2769</v>
+        <v>3297</v>
       </c>
       <c r="R23" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="S23" t="s">
-        <v>2916</v>
+        <v>3434</v>
       </c>
       <c r="T23" t="s">
-        <v>2819</v>
+        <v>3338</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B24" t="s">
-        <v>2917</v>
+        <v>28</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>2867</v>
+        <v>3435</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>2918</v>
+        <v>3436</v>
       </c>
       <c r="H24" t="s">
-        <v>2919</v>
+        <v>3437</v>
       </c>
       <c r="I24" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J24" t="s">
-        <v>2920</v>
+        <v>3438</v>
       </c>
       <c r="K24" t="s">
-        <v>1784</v>
+        <v>3439</v>
       </c>
       <c r="L24" t="s">
-        <v>1785</v>
+        <v>30</v>
       </c>
       <c r="M24" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N24" t="s">
-        <v>2921</v>
+        <v>3440</v>
       </c>
       <c r="O24" t="s">
         <v>20</v>
       </c>
       <c r="P24" t="s">
-        <v>2768</v>
+        <v>3328</v>
       </c>
       <c r="Q24" t="s">
-        <v>2922</v>
+        <v>3441</v>
       </c>
       <c r="R24" t="s">
-        <v>1715</v>
+        <v>3328</v>
       </c>
       <c r="S24" t="s">
-        <v>2923</v>
+        <v>31</v>
       </c>
       <c r="T24" t="s">
-        <v>2819</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B25" t="s">
-        <v>163</v>
+        <v>3442</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>2924</v>
+        <v>3443</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>2925</v>
+        <v>3444</v>
       </c>
       <c r="H25" t="s">
-        <v>2926</v>
+        <v>3445</v>
       </c>
       <c r="I25" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J25" t="s">
-        <v>2927</v>
+        <v>3446</v>
       </c>
       <c r="K25" t="s">
-        <v>2928</v>
+        <v>3447</v>
       </c>
       <c r="L25" t="s">
-        <v>55</v>
+        <v>2022</v>
       </c>
       <c r="M25" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N25" t="s">
-        <v>2929</v>
+        <v>3448</v>
       </c>
       <c r="O25" t="s">
         <v>20</v>
       </c>
       <c r="P25" t="s">
-        <v>2809</v>
+        <v>1721</v>
       </c>
       <c r="Q25" t="s">
-        <v>2930</v>
+        <v>3351</v>
       </c>
       <c r="R25" t="s">
-        <v>2809</v>
+        <v>1721</v>
       </c>
       <c r="S25" t="s">
-        <v>165</v>
+        <v>3449</v>
       </c>
       <c r="T25" t="s">
-        <v>2804</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B26" t="s">
-        <v>2931</v>
+        <v>3450</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>2932</v>
+        <v>3451</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>2933</v>
+        <v>3452</v>
       </c>
       <c r="H26" t="s">
-        <v>2934</v>
+        <v>3453</v>
       </c>
       <c r="I26" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J26" t="s">
-        <v>2935</v>
+        <v>3011</v>
       </c>
       <c r="K26" t="s">
-        <v>2936</v>
+        <v>3454</v>
       </c>
       <c r="L26" t="s">
-        <v>1775</v>
+        <v>1719</v>
       </c>
       <c r="M26" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N26" t="s">
-        <v>2937</v>
+        <v>3455</v>
       </c>
       <c r="O26" t="s">
         <v>20</v>
       </c>
       <c r="P26" t="s">
-        <v>1715</v>
+        <v>3288</v>
       </c>
       <c r="Q26" t="s">
-        <v>2832</v>
+        <v>3289</v>
       </c>
       <c r="R26" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="S26" t="s">
-        <v>2938</v>
+        <v>3456</v>
       </c>
       <c r="T26" t="s">
-        <v>2795</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B27" t="s">
-        <v>2939</v>
+        <v>3457</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>2940</v>
+        <v>3458</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>2941</v>
+        <v>3459</v>
       </c>
       <c r="H27" t="s">
-        <v>2942</v>
+        <v>3460</v>
       </c>
       <c r="I27" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J27" t="s">
-        <v>2534</v>
+        <v>3461</v>
       </c>
       <c r="K27" t="s">
-        <v>2943</v>
+        <v>1775</v>
       </c>
       <c r="L27" t="s">
-        <v>2536</v>
+        <v>1776</v>
       </c>
       <c r="M27" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N27" t="s">
-        <v>2944</v>
+        <v>3462</v>
       </c>
       <c r="O27" t="s">
         <v>20</v>
       </c>
       <c r="P27" t="s">
-        <v>2768</v>
+        <v>3288</v>
       </c>
       <c r="Q27" t="s">
-        <v>2769</v>
+        <v>3289</v>
       </c>
       <c r="R27" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="S27" t="s">
-        <v>2945</v>
+        <v>3463</v>
       </c>
       <c r="T27" t="s">
-        <v>2795</v>
+        <v>3377</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B28" t="s">
-        <v>2946</v>
+        <v>3464</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>2947</v>
+        <v>3332</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>2948</v>
+        <v>3465</v>
       </c>
       <c r="H28" t="s">
-        <v>2949</v>
+        <v>3466</v>
       </c>
       <c r="I28" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J28" t="s">
-        <v>2950</v>
+        <v>3018</v>
       </c>
       <c r="K28" t="s">
-        <v>1689</v>
+        <v>1767</v>
       </c>
       <c r="L28" t="s">
-        <v>1690</v>
+        <v>30</v>
       </c>
       <c r="M28" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N28" t="s">
-        <v>2951</v>
+        <v>3467</v>
       </c>
       <c r="O28" t="s">
         <v>20</v>
       </c>
       <c r="P28" t="s">
-        <v>2768</v>
+        <v>3288</v>
       </c>
       <c r="Q28" t="s">
-        <v>2769</v>
+        <v>3468</v>
       </c>
       <c r="R28" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="S28" t="s">
-        <v>2952</v>
+        <v>3469</v>
       </c>
       <c r="T28" t="s">
-        <v>2858</v>
+        <v>3338</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B29" t="s">
-        <v>2953</v>
+        <v>3470</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>2813</v>
+        <v>3471</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>2954</v>
+        <v>3472</v>
       </c>
       <c r="H29" t="s">
-        <v>2955</v>
+        <v>3473</v>
       </c>
       <c r="I29" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J29" t="s">
-        <v>2956</v>
+        <v>3474</v>
       </c>
       <c r="K29" t="s">
-        <v>1679</v>
+        <v>2110</v>
       </c>
       <c r="L29" t="s">
-        <v>55</v>
+        <v>2111</v>
       </c>
       <c r="M29" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N29" t="s">
-        <v>2957</v>
+        <v>3475</v>
       </c>
       <c r="O29" t="s">
         <v>20</v>
       </c>
       <c r="P29" t="s">
-        <v>2768</v>
+        <v>3328</v>
       </c>
       <c r="Q29" t="s">
-        <v>2958</v>
+        <v>3351</v>
       </c>
       <c r="R29" t="s">
-        <v>1715</v>
+        <v>3328</v>
       </c>
       <c r="S29" t="s">
-        <v>2959</v>
+        <v>3476</v>
       </c>
       <c r="T29" t="s">
-        <v>2819</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B30" t="s">
-        <v>2960</v>
+        <v>3477</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>2961</v>
+        <v>3478</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>2962</v>
+        <v>3479</v>
       </c>
       <c r="H30" t="s">
-        <v>2963</v>
+        <v>3480</v>
       </c>
       <c r="I30" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J30" t="s">
-        <v>2964</v>
+        <v>20</v>
       </c>
       <c r="K30" t="s">
-        <v>1784</v>
+        <v>1842</v>
       </c>
       <c r="L30" t="s">
-        <v>1785</v>
+        <v>1843</v>
       </c>
       <c r="M30" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N30" t="s">
-        <v>2965</v>
+        <v>3481</v>
       </c>
       <c r="O30" t="s">
         <v>20</v>
       </c>
       <c r="P30" t="s">
-        <v>2809</v>
+        <v>1732</v>
       </c>
       <c r="Q30" t="s">
-        <v>2832</v>
+        <v>3289</v>
       </c>
       <c r="R30" t="s">
-        <v>2809</v>
+        <v>1732</v>
       </c>
       <c r="S30" t="s">
-        <v>2966</v>
+        <v>3482</v>
       </c>
       <c r="T30" t="s">
-        <v>2804</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B31" t="s">
-        <v>2967</v>
+        <v>3483</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>2968</v>
+        <v>3362</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>2969</v>
+        <v>3484</v>
       </c>
       <c r="H31" t="s">
-        <v>2970</v>
+        <v>3485</v>
       </c>
       <c r="I31" t="s">
-        <v>2763</v>
+        <v>3302</v>
       </c>
       <c r="J31" t="s">
-        <v>20</v>
+        <v>3365</v>
       </c>
       <c r="K31" t="s">
-        <v>1722</v>
+        <v>2097</v>
       </c>
       <c r="L31" t="s">
-        <v>1723</v>
+        <v>2098</v>
       </c>
       <c r="M31" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N31" t="s">
-        <v>2971</v>
+        <v>3486</v>
       </c>
       <c r="O31" t="s">
         <v>20</v>
       </c>
       <c r="P31" t="s">
-        <v>1644</v>
+        <v>1721</v>
       </c>
       <c r="Q31" t="s">
-        <v>2769</v>
+        <v>3303</v>
       </c>
       <c r="R31" t="s">
-        <v>1644</v>
+        <v>1721</v>
       </c>
       <c r="S31" t="s">
-        <v>2972</v>
+        <v>3487</v>
       </c>
       <c r="T31" t="s">
-        <v>2795</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B32" t="s">
-        <v>2973</v>
+        <v>3488</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>2843</v>
+        <v>3393</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>2974</v>
+        <v>3489</v>
       </c>
       <c r="H32" t="s">
-        <v>2975</v>
+        <v>3490</v>
       </c>
       <c r="I32" t="s">
-        <v>2782</v>
+        <v>3285</v>
       </c>
       <c r="J32" t="s">
-        <v>2846</v>
+        <v>20</v>
       </c>
       <c r="K32" t="s">
-        <v>1799</v>
+        <v>2240</v>
       </c>
       <c r="L32" t="s">
-        <v>1800</v>
+        <v>2241</v>
       </c>
       <c r="M32" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N32" t="s">
-        <v>2976</v>
+        <v>3491</v>
       </c>
       <c r="O32" t="s">
         <v>20</v>
       </c>
       <c r="P32" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="Q32" t="s">
-        <v>2783</v>
+        <v>3303</v>
       </c>
       <c r="R32" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="S32" t="s">
-        <v>2977</v>
+        <v>3492</v>
       </c>
       <c r="T32" t="s">
-        <v>2795</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B33" t="s">
-        <v>2978</v>
+        <v>3493</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>2874</v>
+        <v>3386</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>2979</v>
+        <v>3494</v>
       </c>
       <c r="H33" t="s">
-        <v>2980</v>
+        <v>3495</v>
       </c>
       <c r="I33" t="s">
-        <v>2763</v>
+        <v>3302</v>
       </c>
       <c r="J33" t="s">
         <v>20</v>
       </c>
       <c r="K33" t="s">
-        <v>2315</v>
+        <v>2110</v>
       </c>
       <c r="L33" t="s">
-        <v>2316</v>
+        <v>2111</v>
       </c>
       <c r="M33" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N33" t="s">
-        <v>2981</v>
+        <v>3496</v>
       </c>
       <c r="O33" t="s">
         <v>20</v>
       </c>
       <c r="P33" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="Q33" t="s">
-        <v>2783</v>
+        <v>3303</v>
       </c>
       <c r="R33" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="S33" t="s">
-        <v>2982</v>
+        <v>3497</v>
       </c>
       <c r="T33" t="s">
-        <v>2795</v>
+        <v>3338</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B34" t="s">
-        <v>2983</v>
+        <v>3498</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>2867</v>
+        <v>3332</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>2984</v>
+        <v>3499</v>
       </c>
       <c r="H34" t="s">
-        <v>2985</v>
+        <v>3500</v>
       </c>
       <c r="I34" t="s">
-        <v>2782</v>
+        <v>3302</v>
       </c>
       <c r="J34" t="s">
-        <v>20</v>
+        <v>3018</v>
       </c>
       <c r="K34" t="s">
-        <v>1784</v>
+        <v>1767</v>
       </c>
       <c r="L34" t="s">
-        <v>1785</v>
+        <v>30</v>
       </c>
       <c r="M34" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N34" t="s">
-        <v>2986</v>
+        <v>3467</v>
       </c>
       <c r="O34" t="s">
         <v>20</v>
       </c>
       <c r="P34" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="Q34" t="s">
-        <v>2783</v>
+        <v>3303</v>
       </c>
       <c r="R34" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="S34" t="s">
-        <v>2987</v>
+        <v>3501</v>
       </c>
       <c r="T34" t="s">
-        <v>2819</v>
+        <v>3338</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B35" t="s">
-        <v>2988</v>
+        <v>3502</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>2813</v>
+        <v>3458</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>2989</v>
+        <v>3503</v>
       </c>
       <c r="H35" t="s">
-        <v>2990</v>
+        <v>3504</v>
       </c>
       <c r="I35" t="s">
-        <v>2782</v>
+        <v>3302</v>
       </c>
       <c r="J35" t="s">
-        <v>2956</v>
+        <v>3461</v>
       </c>
       <c r="K35" t="s">
-        <v>1679</v>
+        <v>1775</v>
       </c>
       <c r="L35" t="s">
-        <v>55</v>
+        <v>1776</v>
       </c>
       <c r="M35" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N35" t="s">
-        <v>2957</v>
+        <v>3462</v>
       </c>
       <c r="O35" t="s">
         <v>20</v>
       </c>
       <c r="P35" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="Q35" t="s">
-        <v>2783</v>
+        <v>3303</v>
       </c>
       <c r="R35" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="S35" t="s">
-        <v>2991</v>
+        <v>3505</v>
       </c>
       <c r="T35" t="s">
-        <v>2819</v>
+        <v>3377</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B36" t="s">
-        <v>2992</v>
+        <v>3506</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>2947</v>
+        <v>3507</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>2993</v>
+        <v>3508</v>
       </c>
       <c r="H36" t="s">
-        <v>2994</v>
+        <v>3509</v>
       </c>
       <c r="I36" t="s">
-        <v>2782</v>
+        <v>3320</v>
       </c>
       <c r="J36" t="s">
-        <v>2950</v>
+        <v>20</v>
       </c>
       <c r="K36" t="s">
-        <v>1689</v>
+        <v>2534</v>
       </c>
       <c r="L36" t="s">
-        <v>1690</v>
+        <v>129</v>
       </c>
       <c r="M36" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N36" t="s">
-        <v>2951</v>
+        <v>3510</v>
       </c>
       <c r="O36" t="s">
         <v>20</v>
       </c>
       <c r="P36" t="s">
-        <v>1715</v>
+        <v>3511</v>
       </c>
       <c r="Q36" t="s">
-        <v>2783</v>
+        <v>3512</v>
       </c>
       <c r="R36" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="S36" t="s">
-        <v>2995</v>
+        <v>3513</v>
       </c>
       <c r="T36" t="s">
-        <v>2858</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B37" t="s">
-        <v>2996</v>
+        <v>3514</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>2997</v>
+        <v>3414</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>2998</v>
+        <v>3515</v>
       </c>
       <c r="H37" t="s">
-        <v>2999</v>
+        <v>3516</v>
       </c>
       <c r="I37" t="s">
-        <v>2800</v>
+        <v>3285</v>
       </c>
       <c r="J37" t="s">
-        <v>20</v>
+        <v>3517</v>
       </c>
       <c r="K37" t="s">
-        <v>2178</v>
+        <v>3518</v>
       </c>
       <c r="L37" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="M37" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N37" t="s">
-        <v>3000</v>
+        <v>3519</v>
       </c>
       <c r="O37" t="s">
         <v>20</v>
       </c>
       <c r="P37" t="s">
-        <v>3001</v>
+        <v>1732</v>
       </c>
       <c r="Q37" t="s">
-        <v>3002</v>
+        <v>3520</v>
       </c>
       <c r="R37" t="s">
-        <v>1715</v>
+        <v>1732</v>
       </c>
       <c r="S37" t="s">
-        <v>3003</v>
+        <v>3521</v>
       </c>
       <c r="T37" t="s">
-        <v>2795</v>
+        <v>3377</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B38" t="s">
-        <v>3004</v>
+        <v>3522</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>2895</v>
+        <v>3386</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>3005</v>
+        <v>3523</v>
       </c>
       <c r="H38" t="s">
-        <v>3006</v>
+        <v>3524</v>
       </c>
       <c r="I38" t="s">
-        <v>2763</v>
+        <v>3302</v>
       </c>
       <c r="J38" t="s">
-        <v>3007</v>
+        <v>3389</v>
       </c>
       <c r="K38" t="s">
-        <v>3008</v>
+        <v>2936</v>
       </c>
       <c r="L38" t="s">
-        <v>80</v>
+        <v>2937</v>
       </c>
       <c r="M38" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N38" t="s">
-        <v>3009</v>
+        <v>3390</v>
       </c>
       <c r="O38" t="s">
         <v>20</v>
       </c>
       <c r="P38" t="s">
-        <v>1644</v>
+        <v>1721</v>
       </c>
       <c r="Q38" t="s">
-        <v>3010</v>
+        <v>3303</v>
       </c>
       <c r="R38" t="s">
-        <v>1644</v>
+        <v>1721</v>
       </c>
       <c r="S38" t="s">
-        <v>3011</v>
+        <v>3525</v>
       </c>
       <c r="T38" t="s">
-        <v>2858</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B39" t="s">
+        <v>3526</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>3451</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>3527</v>
+      </c>
+      <c r="H39" t="s">
+        <v>3528</v>
+      </c>
+      <c r="I39" t="s">
+        <v>3302</v>
+      </c>
+      <c r="J39" t="s">
+        <v>3011</v>
+      </c>
+      <c r="K39" t="s">
         <v>3012</v>
       </c>
-      <c r="C39" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="L39" t="s">
-        <v>2500</v>
+        <v>1719</v>
       </c>
       <c r="M39" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N39" t="s">
-        <v>2871</v>
+        <v>3455</v>
       </c>
       <c r="O39" t="s">
         <v>20</v>
       </c>
       <c r="P39" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="Q39" t="s">
-        <v>2783</v>
+        <v>3303</v>
       </c>
       <c r="R39" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="S39" t="s">
-        <v>3015</v>
+        <v>3529</v>
       </c>
       <c r="T39" t="s">
-        <v>2795</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B40" t="s">
-        <v>3016</v>
+        <v>63</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>2940</v>
+        <v>3414</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>3017</v>
+        <v>3530</v>
       </c>
       <c r="H40" t="s">
-        <v>3018</v>
+        <v>3531</v>
       </c>
       <c r="I40" t="s">
-        <v>2782</v>
+        <v>3285</v>
       </c>
       <c r="J40" t="s">
-        <v>2534</v>
+        <v>3517</v>
       </c>
       <c r="K40" t="s">
-        <v>2535</v>
+        <v>3518</v>
       </c>
       <c r="L40" t="s">
-        <v>2536</v>
+        <v>65</v>
       </c>
       <c r="M40" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N40" t="s">
-        <v>2944</v>
+        <v>3519</v>
       </c>
       <c r="O40" t="s">
         <v>20</v>
       </c>
       <c r="P40" t="s">
-        <v>1715</v>
+        <v>3328</v>
       </c>
       <c r="Q40" t="s">
-        <v>2783</v>
+        <v>3441</v>
       </c>
       <c r="R40" t="s">
-        <v>1715</v>
+        <v>3328</v>
       </c>
       <c r="S40" t="s">
-        <v>3019</v>
+        <v>66</v>
       </c>
       <c r="T40" t="s">
-        <v>2795</v>
+        <v>3377</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B41" t="s">
-        <v>78</v>
+        <v>3532</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>2895</v>
+        <v>3419</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>3020</v>
+        <v>3533</v>
       </c>
       <c r="H41" t="s">
-        <v>3021</v>
+        <v>3534</v>
       </c>
       <c r="I41" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J41" t="s">
-        <v>3007</v>
+        <v>3535</v>
       </c>
       <c r="K41" t="s">
-        <v>3008</v>
+        <v>1894</v>
       </c>
       <c r="L41" t="s">
-        <v>80</v>
+        <v>1895</v>
       </c>
       <c r="M41" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N41" t="s">
-        <v>3009</v>
+        <v>3536</v>
       </c>
       <c r="O41" t="s">
         <v>20</v>
       </c>
       <c r="P41" t="s">
-        <v>2809</v>
+        <v>1721</v>
       </c>
       <c r="Q41" t="s">
-        <v>2930</v>
+        <v>3303</v>
       </c>
       <c r="R41" t="s">
-        <v>2809</v>
+        <v>1721</v>
       </c>
       <c r="S41" t="s">
-        <v>81</v>
+        <v>3537</v>
       </c>
       <c r="T41" t="s">
-        <v>2858</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B42" t="s">
-        <v>3022</v>
+        <v>3538</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>3023</v>
+        <v>3347</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>3024</v>
+        <v>3539</v>
       </c>
       <c r="H42" t="s">
-        <v>3025</v>
+        <v>3540</v>
       </c>
       <c r="I42" t="s">
-        <v>2763</v>
+        <v>3302</v>
       </c>
       <c r="J42" t="s">
-        <v>3026</v>
+        <v>20</v>
       </c>
       <c r="K42" t="s">
-        <v>2455</v>
+        <v>2163</v>
       </c>
       <c r="L42" t="s">
-        <v>1955</v>
+        <v>2164</v>
       </c>
       <c r="M42" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N42" t="s">
-        <v>3027</v>
+        <v>3541</v>
       </c>
       <c r="O42" t="s">
         <v>20</v>
       </c>
       <c r="P42" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="Q42" t="s">
-        <v>2783</v>
+        <v>3303</v>
       </c>
       <c r="R42" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="S42" t="s">
-        <v>3028</v>
+        <v>3542</v>
       </c>
       <c r="T42" t="s">
-        <v>2795</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B43" t="s">
-        <v>3029</v>
+        <v>3543</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>2828</v>
+        <v>3544</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>3030</v>
+        <v>3545</v>
       </c>
       <c r="H43" t="s">
-        <v>3031</v>
+        <v>3546</v>
       </c>
       <c r="I43" t="s">
-        <v>2782</v>
+        <v>3320</v>
       </c>
       <c r="J43" t="s">
-        <v>20</v>
+        <v>3547</v>
       </c>
       <c r="K43" t="s">
-        <v>1834</v>
+        <v>3548</v>
       </c>
       <c r="L43" t="s">
-        <v>1835</v>
+        <v>50</v>
       </c>
       <c r="M43" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N43" t="s">
-        <v>3032</v>
+        <v>3549</v>
       </c>
       <c r="O43" t="s">
         <v>20</v>
       </c>
       <c r="P43" t="s">
-        <v>1715</v>
+        <v>3328</v>
       </c>
       <c r="Q43" t="s">
-        <v>2783</v>
+        <v>3550</v>
       </c>
       <c r="R43" t="s">
-        <v>1715</v>
+        <v>3328</v>
       </c>
       <c r="S43" t="s">
-        <v>3033</v>
+        <v>51</v>
       </c>
       <c r="T43" t="s">
-        <v>2795</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B44" t="s">
-        <v>3034</v>
+        <v>94</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>3035</v>
+        <v>3551</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>3036</v>
+        <v>3552</v>
       </c>
       <c r="H44" t="s">
-        <v>3037</v>
+        <v>3553</v>
       </c>
       <c r="I44" t="s">
-        <v>2800</v>
+        <v>3285</v>
       </c>
       <c r="J44" t="s">
-        <v>3038</v>
+        <v>3335</v>
       </c>
       <c r="K44" t="s">
-        <v>3039</v>
+        <v>2186</v>
       </c>
       <c r="L44" t="s">
-        <v>90</v>
+        <v>30</v>
       </c>
       <c r="M44" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N44" t="s">
-        <v>3040</v>
+        <v>3554</v>
       </c>
       <c r="O44" t="s">
         <v>20</v>
       </c>
       <c r="P44" t="s">
-        <v>2809</v>
+        <v>1732</v>
       </c>
       <c r="Q44" t="s">
-        <v>3041</v>
+        <v>3555</v>
       </c>
       <c r="R44" t="s">
-        <v>2809</v>
+        <v>1732</v>
       </c>
       <c r="S44" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="T44" t="s">
-        <v>2795</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B45" t="s">
-        <v>98</v>
+        <v>3556</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>3042</v>
+        <v>3557</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>3043</v>
+        <v>3558</v>
       </c>
       <c r="H45" t="s">
-        <v>3044</v>
+        <v>3559</v>
       </c>
       <c r="I45" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J45" t="s">
-        <v>2816</v>
+        <v>3018</v>
       </c>
       <c r="K45" t="s">
-        <v>2012</v>
+        <v>1767</v>
       </c>
       <c r="L45" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="M45" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N45" t="s">
-        <v>3045</v>
+        <v>3560</v>
       </c>
       <c r="O45" t="s">
         <v>20</v>
       </c>
       <c r="P45" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="Q45" t="s">
-        <v>2930</v>
+        <v>3289</v>
       </c>
       <c r="R45" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="S45" t="s">
-        <v>99</v>
+        <v>3561</v>
       </c>
       <c r="T45" t="s">
-        <v>2804</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B46" t="s">
-        <v>3046</v>
+        <v>3562</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>3047</v>
+        <v>3563</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>3048</v>
+        <v>3564</v>
       </c>
       <c r="H46" t="s">
-        <v>3049</v>
+        <v>3565</v>
       </c>
       <c r="I46" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J46" t="s">
-        <v>2956</v>
+        <v>3566</v>
       </c>
       <c r="K46" t="s">
-        <v>1679</v>
+        <v>3567</v>
       </c>
       <c r="L46" t="s">
-        <v>55</v>
+        <v>1887</v>
       </c>
       <c r="M46" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N46" t="s">
-        <v>3050</v>
+        <v>3568</v>
       </c>
       <c r="O46" t="s">
         <v>20</v>
       </c>
       <c r="P46" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="Q46" t="s">
-        <v>2769</v>
+        <v>3569</v>
       </c>
       <c r="R46" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="S46" t="s">
-        <v>3051</v>
+        <v>3570</v>
       </c>
       <c r="T46" t="s">
-        <v>2795</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B47" t="s">
-        <v>3052</v>
+        <v>3571</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>3023</v>
+        <v>3563</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>3053</v>
+        <v>3572</v>
       </c>
       <c r="H47" t="s">
-        <v>3054</v>
+        <v>3573</v>
       </c>
       <c r="I47" t="s">
-        <v>2763</v>
+        <v>3302</v>
       </c>
       <c r="J47" t="s">
-        <v>3055</v>
+        <v>3574</v>
       </c>
       <c r="K47" t="s">
-        <v>3056</v>
+        <v>2021</v>
       </c>
       <c r="L47" t="s">
-        <v>1752</v>
+        <v>2022</v>
       </c>
       <c r="M47" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N47" t="s">
-        <v>3057</v>
+        <v>3575</v>
       </c>
       <c r="O47" t="s">
         <v>20</v>
       </c>
       <c r="P47" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="Q47" t="s">
-        <v>3058</v>
+        <v>3569</v>
       </c>
       <c r="R47" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="S47" t="s">
-        <v>3059</v>
+        <v>3576</v>
       </c>
       <c r="T47" t="s">
-        <v>2804</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B48" t="s">
-        <v>3060</v>
+        <v>3577</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>3023</v>
+        <v>3563</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>3061</v>
+        <v>3578</v>
       </c>
       <c r="H48" t="s">
-        <v>3062</v>
+        <v>3579</v>
       </c>
       <c r="I48" t="s">
-        <v>2782</v>
+        <v>3302</v>
       </c>
       <c r="J48" t="s">
-        <v>3063</v>
+        <v>3365</v>
       </c>
       <c r="K48" t="s">
-        <v>1774</v>
+        <v>3366</v>
       </c>
       <c r="L48" t="s">
-        <v>1775</v>
+        <v>2469</v>
       </c>
       <c r="M48" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N48" t="s">
-        <v>3064</v>
+        <v>3575</v>
       </c>
       <c r="O48" t="s">
         <v>20</v>
       </c>
       <c r="P48" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="Q48" t="s">
-        <v>3058</v>
+        <v>3569</v>
       </c>
       <c r="R48" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="S48" t="s">
-        <v>3065</v>
+        <v>3580</v>
       </c>
       <c r="T48" t="s">
-        <v>2804</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B49" t="s">
-        <v>3066</v>
+        <v>3581</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>3023</v>
+        <v>3563</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>3067</v>
+        <v>3582</v>
       </c>
       <c r="H49" t="s">
-        <v>3068</v>
+        <v>3583</v>
       </c>
       <c r="I49" t="s">
-        <v>2782</v>
+        <v>3285</v>
       </c>
       <c r="J49" t="s">
-        <v>2846</v>
+        <v>3584</v>
       </c>
       <c r="K49" t="s">
-        <v>2847</v>
+        <v>3585</v>
       </c>
       <c r="L49" t="s">
-        <v>2120</v>
+        <v>129</v>
       </c>
       <c r="M49" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N49" t="s">
-        <v>3064</v>
+        <v>3586</v>
       </c>
       <c r="O49" t="s">
         <v>20</v>
       </c>
       <c r="P49" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="Q49" t="s">
-        <v>3058</v>
+        <v>3569</v>
       </c>
       <c r="R49" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="S49" t="s">
-        <v>3069</v>
+        <v>3587</v>
       </c>
       <c r="T49" t="s">
-        <v>2804</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B50" t="s">
-        <v>3070</v>
+        <v>3588</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>3023</v>
+        <v>3563</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>3071</v>
+        <v>3589</v>
       </c>
       <c r="H50" t="s">
-        <v>3072</v>
+        <v>3590</v>
       </c>
       <c r="I50" t="s">
-        <v>2763</v>
+        <v>3302</v>
       </c>
       <c r="J50" t="s">
-        <v>3073</v>
+        <v>3591</v>
       </c>
       <c r="K50" t="s">
-        <v>3074</v>
+        <v>1952</v>
       </c>
       <c r="L50" t="s">
-        <v>30</v>
+        <v>269</v>
       </c>
       <c r="M50" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N50" t="s">
-        <v>3075</v>
+        <v>3575</v>
       </c>
       <c r="O50" t="s">
         <v>20</v>
       </c>
       <c r="P50" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="Q50" t="s">
-        <v>3058</v>
+        <v>3569</v>
       </c>
       <c r="R50" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="S50" t="s">
-        <v>3076</v>
+        <v>3592</v>
       </c>
       <c r="T50" t="s">
-        <v>2804</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B51" t="s">
-        <v>3077</v>
+        <v>3593</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>3023</v>
+        <v>3563</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>3078</v>
+        <v>3594</v>
       </c>
       <c r="H51" t="s">
-        <v>3079</v>
+        <v>3595</v>
       </c>
       <c r="I51" t="s">
-        <v>2782</v>
+        <v>3285</v>
       </c>
       <c r="J51" t="s">
-        <v>3080</v>
+        <v>20</v>
       </c>
       <c r="K51" t="s">
-        <v>1870</v>
+        <v>3358</v>
       </c>
       <c r="L51" t="s">
-        <v>186</v>
+        <v>129</v>
       </c>
       <c r="M51" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N51" t="s">
-        <v>3064</v>
+        <v>3596</v>
       </c>
       <c r="O51" t="s">
         <v>20</v>
       </c>
       <c r="P51" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="Q51" t="s">
-        <v>3058</v>
+        <v>3569</v>
       </c>
       <c r="R51" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="S51" t="s">
-        <v>3081</v>
+        <v>3597</v>
       </c>
       <c r="T51" t="s">
-        <v>2804</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B52" t="s">
-        <v>3082</v>
+        <v>3598</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>3023</v>
+        <v>3563</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>3083</v>
+        <v>3599</v>
       </c>
       <c r="H52" t="s">
-        <v>3084</v>
+        <v>3600</v>
       </c>
       <c r="I52" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J52" t="s">
-        <v>20</v>
+        <v>3601</v>
       </c>
       <c r="K52" t="s">
-        <v>2839</v>
+        <v>1767</v>
       </c>
       <c r="L52" t="s">
         <v>30</v>
       </c>
       <c r="M52" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N52" t="s">
-        <v>3085</v>
+        <v>3602</v>
       </c>
       <c r="O52" t="s">
         <v>20</v>
       </c>
       <c r="P52" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="Q52" t="s">
-        <v>3058</v>
+        <v>3569</v>
       </c>
       <c r="R52" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="S52" t="s">
-        <v>3086</v>
+        <v>3603</v>
       </c>
       <c r="T52" t="s">
-        <v>2804</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B53" t="s">
-        <v>3087</v>
+        <v>3604</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>3023</v>
+        <v>3563</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>3088</v>
+        <v>3605</v>
       </c>
       <c r="H53" t="s">
-        <v>3089</v>
+        <v>3606</v>
       </c>
       <c r="I53" t="s">
-        <v>2763</v>
+        <v>3302</v>
       </c>
       <c r="J53" t="s">
-        <v>3090</v>
+        <v>3607</v>
       </c>
       <c r="K53" t="s">
-        <v>1679</v>
+        <v>1815</v>
       </c>
       <c r="L53" t="s">
-        <v>55</v>
+        <v>1816</v>
       </c>
       <c r="M53" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N53" t="s">
-        <v>3091</v>
+        <v>3575</v>
       </c>
       <c r="O53" t="s">
         <v>20</v>
       </c>
       <c r="P53" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="Q53" t="s">
-        <v>3058</v>
+        <v>3569</v>
       </c>
       <c r="R53" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="S53" t="s">
-        <v>3092</v>
+        <v>3608</v>
       </c>
       <c r="T53" t="s">
-        <v>2804</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B54" t="s">
-        <v>3093</v>
+        <v>3609</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>3023</v>
+        <v>3563</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>3094</v>
+        <v>3610</v>
       </c>
       <c r="H54" t="s">
-        <v>3095</v>
+        <v>3611</v>
       </c>
       <c r="I54" t="s">
-        <v>2782</v>
+        <v>3285</v>
       </c>
       <c r="J54" t="s">
-        <v>3096</v>
+        <v>3612</v>
       </c>
       <c r="K54" t="s">
-        <v>1713</v>
+        <v>2272</v>
       </c>
       <c r="L54" t="s">
-        <v>1714</v>
+        <v>2273</v>
       </c>
       <c r="M54" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N54" t="s">
-        <v>3064</v>
+        <v>3602</v>
       </c>
       <c r="O54" t="s">
         <v>20</v>
       </c>
       <c r="P54" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="Q54" t="s">
-        <v>3058</v>
+        <v>3569</v>
       </c>
       <c r="R54" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="S54" t="s">
-        <v>3097</v>
+        <v>3613</v>
       </c>
       <c r="T54" t="s">
-        <v>2804</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B55" t="s">
-        <v>3098</v>
+        <v>3614</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>3023</v>
+        <v>3615</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>3099</v>
+        <v>3616</v>
       </c>
       <c r="H55" t="s">
-        <v>3100</v>
+        <v>3617</v>
       </c>
       <c r="I55" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J55" t="s">
-        <v>3101</v>
+        <v>3618</v>
       </c>
       <c r="K55" t="s">
-        <v>2076</v>
+        <v>3548</v>
       </c>
       <c r="L55" t="s">
-        <v>2077</v>
+        <v>50</v>
       </c>
       <c r="M55" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N55" t="s">
-        <v>3091</v>
+        <v>3619</v>
       </c>
       <c r="O55" t="s">
         <v>20</v>
       </c>
       <c r="P55" t="s">
-        <v>1644</v>
+        <v>3328</v>
       </c>
       <c r="Q55" t="s">
-        <v>3058</v>
+        <v>3289</v>
       </c>
       <c r="R55" t="s">
-        <v>1644</v>
+        <v>3328</v>
       </c>
       <c r="S55" t="s">
-        <v>3102</v>
+        <v>3620</v>
       </c>
       <c r="T55" t="s">
-        <v>2804</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B56" t="s">
-        <v>3103</v>
+        <v>3621</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>3104</v>
+        <v>3544</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>3105</v>
+        <v>3622</v>
       </c>
       <c r="H56" t="s">
-        <v>3106</v>
+        <v>3623</v>
       </c>
       <c r="I56" t="s">
-        <v>2763</v>
+        <v>3302</v>
       </c>
       <c r="J56" t="s">
-        <v>3107</v>
+        <v>20</v>
       </c>
       <c r="K56" t="s">
-        <v>3039</v>
+        <v>1815</v>
       </c>
       <c r="L56" t="s">
-        <v>90</v>
+        <v>1816</v>
       </c>
       <c r="M56" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N56" t="s">
-        <v>3108</v>
+        <v>3624</v>
       </c>
       <c r="O56" t="s">
         <v>20</v>
       </c>
       <c r="P56" t="s">
-        <v>2809</v>
+        <v>1732</v>
       </c>
       <c r="Q56" t="s">
-        <v>2769</v>
+        <v>3351</v>
       </c>
       <c r="R56" t="s">
-        <v>2809</v>
+        <v>1732</v>
       </c>
       <c r="S56" t="s">
-        <v>3109</v>
+        <v>3625</v>
       </c>
       <c r="T56" t="s">
-        <v>2795</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B57" t="s">
-        <v>3110</v>
+        <v>3626</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>3035</v>
+        <v>3627</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>3111</v>
+        <v>3628</v>
       </c>
       <c r="H57" t="s">
-        <v>3112</v>
+        <v>3629</v>
       </c>
       <c r="I57" t="s">
-        <v>2782</v>
+        <v>3285</v>
       </c>
       <c r="J57" t="s">
-        <v>20</v>
+        <v>3374</v>
       </c>
       <c r="K57" t="s">
-        <v>1713</v>
+        <v>3163</v>
       </c>
       <c r="L57" t="s">
-        <v>1714</v>
+        <v>269</v>
       </c>
       <c r="M57" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N57" t="s">
-        <v>3113</v>
+        <v>3630</v>
       </c>
       <c r="O57" t="s">
         <v>20</v>
       </c>
       <c r="P57" t="s">
-        <v>1644</v>
+        <v>3288</v>
       </c>
       <c r="Q57" t="s">
-        <v>2832</v>
+        <v>3631</v>
       </c>
       <c r="R57" t="s">
-        <v>1644</v>
+        <v>1721</v>
       </c>
       <c r="S57" t="s">
-        <v>3114</v>
+        <v>1004</v>
       </c>
       <c r="T57" t="s">
-        <v>2795</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B58" t="s">
-        <v>3115</v>
+        <v>3632</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>3116</v>
+        <v>3627</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>3117</v>
+        <v>3633</v>
       </c>
       <c r="H58" t="s">
-        <v>3118</v>
+        <v>3634</v>
       </c>
       <c r="I58" t="s">
-        <v>2763</v>
+        <v>3285</v>
       </c>
       <c r="J58" t="s">
-        <v>2855</v>
+        <v>3635</v>
       </c>
       <c r="K58" t="s">
-        <v>2650</v>
+        <v>1832</v>
       </c>
       <c r="L58" t="s">
-        <v>186</v>
+        <v>1833</v>
       </c>
       <c r="M58" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N58" t="s">
-        <v>3119</v>
+        <v>3636</v>
       </c>
       <c r="O58" t="s">
         <v>20</v>
       </c>
       <c r="P58" t="s">
-        <v>2768</v>
+        <v>3288</v>
       </c>
       <c r="Q58" t="s">
-        <v>3120</v>
+        <v>3289</v>
       </c>
       <c r="R58" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="S58" t="s">
-        <v>925</v>
+        <v>3637</v>
       </c>
       <c r="T58" t="s">
-        <v>2795</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B59" t="s">
-        <v>3121</v>
+        <v>3638</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>3116</v>
+        <v>3627</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>3122</v>
+        <v>3639</v>
       </c>
       <c r="H59" t="s">
-        <v>3123</v>
+        <v>3640</v>
       </c>
       <c r="I59" t="s">
-        <v>2763</v>
+        <v>3302</v>
       </c>
       <c r="J59" t="s">
-        <v>3124</v>
+        <v>20</v>
       </c>
       <c r="K59" t="s">
-        <v>2643</v>
+        <v>3163</v>
       </c>
       <c r="L59" t="s">
-        <v>2644</v>
+        <v>269</v>
       </c>
       <c r="M59" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N59" t="s">
-        <v>3125</v>
+        <v>3630</v>
       </c>
       <c r="O59" t="s">
         <v>20</v>
       </c>
       <c r="P59" t="s">
-        <v>2768</v>
+        <v>1721</v>
       </c>
       <c r="Q59" t="s">
-        <v>2769</v>
+        <v>3303</v>
       </c>
       <c r="R59" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="S59" t="s">
-        <v>3126</v>
+        <v>3641</v>
       </c>
       <c r="T59" t="s">
-        <v>2795</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B60" t="s">
-        <v>3127</v>
+        <v>3642</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>3116</v>
+        <v>3643</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>3128</v>
+        <v>3644</v>
       </c>
       <c r="H60" t="s">
-        <v>3129</v>
+        <v>3645</v>
       </c>
       <c r="I60" t="s">
-        <v>2782</v>
+        <v>3285</v>
       </c>
       <c r="J60" t="s">
         <v>20</v>
       </c>
       <c r="K60" t="s">
-        <v>2650</v>
+        <v>3585</v>
       </c>
       <c r="L60" t="s">
-        <v>186</v>
+        <v>129</v>
       </c>
       <c r="M60" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N60" t="s">
-        <v>3119</v>
+        <v>3646</v>
       </c>
       <c r="O60" t="s">
         <v>20</v>
       </c>
       <c r="P60" t="s">
-        <v>1715</v>
+        <v>3647</v>
       </c>
       <c r="Q60" t="s">
-        <v>2783</v>
+        <v>3648</v>
       </c>
       <c r="R60" t="s">
-        <v>1715</v>
+        <v>1732</v>
       </c>
       <c r="S60" t="s">
-        <v>3130</v>
+        <v>207</v>
       </c>
       <c r="T60" t="s">
-        <v>2795</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>2758</v>
+        <v>3280</v>
       </c>
       <c r="B61" t="s">
-        <v>3131</v>
+        <v>3649</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>3132</v>
+        <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>3133</v>
+        <v>3650</v>
       </c>
       <c r="H61" t="s">
-        <v>3134</v>
+        <v>3651</v>
       </c>
       <c r="I61" t="s">
-        <v>2763</v>
+        <v>3302</v>
       </c>
       <c r="J61" t="s">
-        <v>20</v>
+        <v>3652</v>
       </c>
       <c r="K61" t="s">
-        <v>3074</v>
+        <v>2534</v>
       </c>
       <c r="L61" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="M61" t="s">
-        <v>1643</v>
+        <v>1720</v>
       </c>
       <c r="N61" t="s">
-        <v>3135</v>
+        <v>20</v>
       </c>
       <c r="O61" t="s">
         <v>20</v>
       </c>
       <c r="P61" t="s">
-        <v>3136</v>
+        <v>1732</v>
       </c>
       <c r="Q61" t="s">
-        <v>3137</v>
+        <v>3351</v>
       </c>
       <c r="R61" t="s">
-        <v>1644</v>
+        <v>1732</v>
       </c>
       <c r="S61" t="s">
-        <v>120</v>
+        <v>3653</v>
       </c>
       <c r="T61" t="s">
-        <v>2804</v>
+        <v>3315</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>