--- v0 (2025-10-30)
+++ v1 (2025-12-20)
@@ -1,59 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export ESSMS" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="79">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -129,101 +132,218 @@
     <t>https://www.has-sante.fr/jcms/608_FicheESSMS/fr/mas-l-oceane</t>
   </si>
   <si>
     <t>608_FicheESSMS</t>
   </si>
   <si>
     <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
   </si>
   <si>
     <t>530005834</t>
   </si>
   <si>
     <t>ESAT LA MADELEINE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/607_FicheESSMS/fr/esat-la-madeleine</t>
   </si>
   <si>
     <t>607_FicheESSMS</t>
   </si>
   <si>
     <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
   </si>
   <si>
     <t>530033042</t>
+  </si>
+  <si>
+    <t>EHPAD PAUL LINTIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5464_FicheESSMS/fr/ehpad-paul-lintier</t>
+  </si>
+  <si>
+    <t>5464_FicheESSMS</t>
+  </si>
+  <si>
+    <t>168 Boulevard Paul Lintier</t>
+  </si>
+  <si>
+    <t>53103 MAYENNE</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>530031376</t>
+  </si>
+  <si>
+    <t>EHPAD EAU VIVE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5463_FicheESSMS/fr/ehpad-eau-vive</t>
+  </si>
+  <si>
+    <t>5463_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Roullois</t>
+  </si>
+  <si>
+    <t>530033547</t>
+  </si>
+  <si>
+    <t>EHPAD CARPE DIEM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5462_FicheESSMS/fr/ehpad-carpe-diem</t>
+  </si>
+  <si>
+    <t>5462_FicheESSMS</t>
+  </si>
+  <si>
+    <t>224 Boulevard Paul Lintier</t>
+  </si>
+  <si>
+    <t>530033067</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER NORD MAYENNE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1682_FicheEtablissement/fr/ch-du-nord-mayenne</t>
+  </si>
+  <si>
+    <t>1682_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>229 Boulevard Paul Lintier</t>
+  </si>
+  <si>
+    <t>0243087300</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Psychiatrie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>530000173</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P4"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -385,43 +505,331 @@
       <c r="I4" t="s">
         <v>22</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>25</v>
       </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>38</v>
       </c>
       <c r="P4" t="s">
         <v>39</v>
       </c>
     </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5" t="s">
+        <v>43</v>
+      </c>
+      <c r="I5" t="s">
+        <v>44</v>
+      </c>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>46</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
+        <v>41</v>
+      </c>
+      <c r="F6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G6" t="s">
+        <v>50</v>
+      </c>
+      <c r="H6" t="s">
+        <v>51</v>
+      </c>
+      <c r="I6" t="s">
+        <v>52</v>
+      </c>
+      <c r="J6" t="s">
+        <v>45</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>25</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>46</v>
+      </c>
+      <c r="O6" t="s">
+        <v>47</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>18</v>
+      </c>
+      <c r="G7" t="s">
+        <v>55</v>
+      </c>
+      <c r="H7" t="s">
+        <v>56</v>
+      </c>
+      <c r="I7" t="s">
+        <v>57</v>
+      </c>
+      <c r="J7" t="s">
+        <v>45</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>25</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>46</v>
+      </c>
+      <c r="O7" t="s">
+        <v>47</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>59</v>
+      </c>
+      <c r="J1" t="s">
+        <v>8</v>
+      </c>
+      <c r="K1" t="s">
+        <v>60</v>
+      </c>
+      <c r="L1" t="s">
+        <v>10</v>
+      </c>
+      <c r="M1" t="s">
+        <v>11</v>
+      </c>
+      <c r="N1" t="s">
+        <v>61</v>
+      </c>
+      <c r="O1" t="s">
+        <v>62</v>
+      </c>
+      <c r="P1" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>64</v>
+      </c>
+      <c r="R1" t="s">
+        <v>12</v>
+      </c>
+      <c r="S1" t="s">
+        <v>65</v>
+      </c>
+      <c r="T1" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>67</v>
+      </c>
+      <c r="B2" t="s">
+        <v>68</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G2" t="s">
+        <v>70</v>
+      </c>
+      <c r="H2" t="s">
+        <v>71</v>
+      </c>
+      <c r="I2" t="s">
+        <v>72</v>
+      </c>
+      <c r="J2" t="s">
+        <v>73</v>
+      </c>
+      <c r="K2" t="s">
+        <v>45</v>
+      </c>
+      <c r="L2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>74</v>
+      </c>
+      <c r="O2" t="s">
+        <v>18</v>
+      </c>
+      <c r="P2" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>76</v>
+      </c>
+      <c r="R2" t="s">
+        <v>26</v>
+      </c>
+      <c r="S2" t="s">
+        <v>77</v>
+      </c>
+      <c r="T2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>