--- v1 (2025-12-20)
+++ v2 (2026-02-16)
@@ -230,51 +230,51 @@
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER NORD MAYENNE</t>
   </si>
   <si>
     <t>21/01/2025 10:17:40</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1682_FicheEtablissement/fr/ch-du-nord-mayenne</t>
   </si>
   <si>
     <t>1682_FicheEtablissement</t>
   </si>
   <si>
-    <t>grand</t>
+    <t>moyen</t>
   </si>
   <si>
     <t>229 Boulevard Paul Lintier</t>
   </si>
   <si>
     <t>0243087300</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Psychiatrie, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>530000173</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>