--- v0 (2025-12-20)
+++ v1 (2026-02-16)
@@ -287,57 +287,57 @@
   <si>
     <t>CAARUD AIDES 53</t>
   </si>
   <si>
     <t>10/09/2025 12:19:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3823_FicheESSMS/fr/caarud-aides-53</t>
   </si>
   <si>
     <t>3823_FicheESSMS</t>
   </si>
   <si>
     <t>42 Rue Noemie Hamard</t>
   </si>
   <si>
     <t>Personne ayant des difficultés spécifiques</t>
   </si>
   <si>
     <t>Ctre.Accueil/ Accomp.Réduc.Risq.Usag. Drogues (C.A.A.R.U.D.)</t>
   </si>
   <si>
     <t>530007483</t>
   </si>
   <si>
-    <t>EHPAD CIGMA</t>
+    <t>EHPAD CIGMA DE LAVAL</t>
   </si>
   <si>
     <t>10/09/2025 12:20:02</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3954_FicheESSMS/fr/ehpad-cigma</t>
+    <t>https://www.has-sante.fr/jcms/3954_FicheESSMS/fr/ehpad-cigma-de-laval</t>
   </si>
   <si>
     <t>3954_FicheESSMS</t>
   </si>
   <si>
     <t>101 Avenue Des Francais Libres</t>
   </si>
   <si>
     <t>Privé commercial</t>
   </si>
   <si>
     <t>530006709</t>
   </si>
   <si>
     <t>LOGEMENTS ACCOMPAGNES LA BELLE OUVRAGE</t>
   </si>
   <si>
     <t>10/09/2025 12:23:22</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6403_FicheESSMS/fr/logements-accompagnes-la-belle-ouvrage</t>
   </si>
   <si>
     <t>6403_FicheESSMS</t>
   </si>
@@ -608,81 +608,81 @@
   <si>
     <t>CENTRE HOSPITALIER DE LAVAL</t>
   </si>
   <si>
     <t>21/01/2025 10:16:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1684_FicheEtablissement/fr/centre-hospitalier-de-laval</t>
   </si>
   <si>
     <t>1684_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>33 Rue Du Haut Rocher</t>
   </si>
   <si>
     <t>53015 LAVAL</t>
   </si>
   <si>
     <t>0243665000</t>
   </si>
   <si>
-    <t>Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>530000264</t>
   </si>
   <si>
     <t>POLYCLINIQUE DU MAINE</t>
   </si>
   <si>
     <t>21/01/2025 10:17:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1689_FicheEtablissement/fr/polyclinique-du-maine</t>
   </si>
   <si>
     <t>1689_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>4 Avenue Des Francais Libres</t>
   </si>
   <si>
     <t>0243663600</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine, Soins médicaux et de réadaptation</t>
+    <t>Cancérologie, Chirurgie, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>530031962</t>
   </si>
   <si>
     <t>UNITE DE SOINS DE LONGUE DUREE CENTRE HOSPITALIER DE LAVAL</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1690_FicheEtablissement/fr/usld-ch-de-laval</t>
   </si>
   <si>
     <t>1690_FicheEtablissement</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>530032424</t>
   </si>
   <si>
     <t>CENTRE AUTODIALYSE ECHO A LAVAL</t>
   </si>
   <si>
     <t>21/01/2025 10:18:43</t>
   </si>