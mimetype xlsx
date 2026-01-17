--- v0 (2025-10-18)
+++ v1 (2026-01-17)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="222" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="205" uniqueCount="107">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -68,89 +68,110 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur Pierre MAULAZ</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794609/fr/docteur-pierre-maulaz</t>
+  </si>
+  <si>
+    <t>p_3794609</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>MAULAZ</t>
+  </si>
+  <si>
+    <t>Pierre</t>
+  </si>
+  <si>
+    <t>20 November 2025</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE DU MAINE</t>
+  </si>
+  <si>
+    <t>53010</t>
+  </si>
+  <si>
+    <t>LAVAL</t>
+  </si>
+  <si>
+    <t>530031962</t>
+  </si>
+  <si>
     <t>Docteur Julien BARBIEUX</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>28/03/2024 16:34:49</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3504337/fr/docteur-julien-barbieux</t>
   </si>
   <si>
     <t>p_3504337</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>BARBIEUX</t>
   </si>
   <si>
     <t>Julien</t>
   </si>
   <si>
     <t>28 March 2024</t>
   </si>
   <si>
-    <t>POLYCLINIQUE DU MAINE</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur JULIEN BACHLER</t>
   </si>
   <si>
     <t>20/07/2023 16:33:22</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3454051/fr/docteur-julien-bachler</t>
   </si>
   <si>
     <t>p_3454051</t>
   </si>
   <si>
     <t>BACHLER</t>
   </si>
   <si>
     <t>JULIEN</t>
   </si>
   <si>
     <t>20 July 2023</t>
   </si>
   <si>
     <t>Docteur ALINE ROUSSELIN</t>
   </si>
   <si>
     <t>20/01/2023 09:37:26</t>
@@ -233,141 +254,90 @@
   <si>
     <t>530000264</t>
   </si>
   <si>
     <t>Docteur Christophe AUDIC</t>
   </si>
   <si>
     <t>08/11/2016 11:30:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708345/fr/docteur-christophe-audic</t>
   </si>
   <si>
     <t>c_2708345</t>
   </si>
   <si>
     <t>AUDIC</t>
   </si>
   <si>
     <t>Christophe</t>
   </si>
   <si>
     <t>18 July 2024</t>
   </si>
   <si>
-    <t>Docteur Eric BOUIN</t>
-[...14 lines deleted...]
-    <t>Eric</t>
+    <t>Docteur Fouad KARKOUR</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710393/fr/docteur-fouad-karkour</t>
+  </si>
+  <si>
+    <t>c_2710393</t>
+  </si>
+  <si>
+    <t>KARKOUR</t>
+  </si>
+  <si>
+    <t>Fouad</t>
+  </si>
+  <si>
+    <t>31 March 2022</t>
+  </si>
+  <si>
+    <t>Docteur Azeddine SFAIRI</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711165/fr/docteur-azeddine-sfairi</t>
+  </si>
+  <si>
+    <t>c_2711165</t>
+  </si>
+  <si>
+    <t>SFAIRI</t>
+  </si>
+  <si>
+    <t>Azeddine</t>
   </si>
   <si>
     <t>23 September 2021</t>
-  </si>
-[...70 lines deleted...]
-    <t>530000017,530000264,530007632,530031962</t>
   </si>
   <si>
     <t>Docteur Djamel GHOMRI</t>
   </si>
   <si>
     <t>08/11/2016 11:34:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712260/fr/docteur-djamel-ghomri</t>
   </si>
   <si>
     <t>c_2712260</t>
   </si>
   <si>
     <t>GHOMRI</t>
   </si>
   <si>
     <t>Djamel</t>
   </si>
   <si>
     <t>Docteur Paul PRUNEL</t>
   </si>
   <si>
     <t>08/11/2016 11:35:52</t>
   </si>
@@ -410,51 +380,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R13"/>
+  <dimension ref="A1:R12"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -684,172 +654,172 @@
       <c r="G5" t="s">
         <v>48</v>
       </c>
       <c r="H5" t="s">
         <v>49</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
         <v>50</v>
       </c>
       <c r="L5" t="s">
         <v>51</v>
       </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
         <v>52</v>
       </c>
       <c r="O5" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="P5" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="Q5" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="R5" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="H6" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
+        <v>57</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>20</v>
+      </c>
+      <c r="N6" t="s">
+        <v>59</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
         <v>61</v>
       </c>
-      <c r="L6" t="s">
+      <c r="Q6" t="s">
         <v>62</v>
       </c>
-      <c r="M6" t="s">
-[...2 lines deleted...]
-      <c r="N6" t="s">
+      <c r="R6" t="s">
         <v>63</v>
-      </c>
-[...10 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>65</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>66</v>
+      </c>
+      <c r="H7" t="s">
         <v>67</v>
-      </c>
-[...16 lines deleted...]
-        <v>70</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
+        <v>68</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>20</v>
+      </c>
+      <c r="N7" t="s">
+        <v>70</v>
+      </c>
+      <c r="O7" t="s">
         <v>71</v>
       </c>
-      <c r="L7" t="s">
+      <c r="P7" t="s">
         <v>72</v>
-      </c>
-[...10 lines deleted...]
-        <v>29</v>
       </c>
       <c r="Q7" t="s">
         <v>30</v>
       </c>
       <c r="R7" t="s">
-        <v>31</v>
+        <v>73</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>74</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
         <v>75</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
         <v>76</v>
       </c>
       <c r="H8" t="s">
@@ -908,279 +878,223 @@
       <c r="G9" t="s">
         <v>83</v>
       </c>
       <c r="H9" t="s">
         <v>84</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
         <v>85</v>
       </c>
       <c r="L9" t="s">
         <v>86</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
         <v>87</v>
       </c>
       <c r="O9" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="P9" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="Q9" t="s">
         <v>30</v>
       </c>
       <c r="R9" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
         <v>88</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
         <v>89</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
         <v>90</v>
       </c>
       <c r="H10" t="s">
         <v>91</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
         <v>92</v>
       </c>
       <c r="L10" t="s">
         <v>93</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="O10" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="P10" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="Q10" t="s">
         <v>30</v>
       </c>
       <c r="R10" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="L11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>100</v>
+        <v>38</v>
       </c>
       <c r="O11" t="s">
-        <v>101</v>
+        <v>71</v>
       </c>
       <c r="P11" t="s">
-        <v>102</v>
+        <v>72</v>
       </c>
       <c r="Q11" t="s">
-        <v>103</v>
+        <v>30</v>
       </c>
       <c r="R11" t="s">
-        <v>104</v>
+        <v>73</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="H12" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="L12" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="O12" t="s">
-        <v>64</v>
+        <v>28</v>
       </c>
       <c r="P12" t="s">
-        <v>65</v>
+        <v>29</v>
       </c>
       <c r="Q12" t="s">
         <v>30</v>
       </c>
       <c r="R12" t="s">
-        <v>66</v>
-[...54 lines deleted...]
-      <c r="R13" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>