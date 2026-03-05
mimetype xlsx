--- v1 (2026-01-17)
+++ v2 (2026-03-05)
@@ -293,51 +293,51 @@
   <si>
     <t>Fouad</t>
   </si>
   <si>
     <t>31 March 2022</t>
   </si>
   <si>
     <t>Docteur Azeddine SFAIRI</t>
   </si>
   <si>
     <t>08/11/2016 11:33:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711165/fr/docteur-azeddine-sfairi</t>
   </si>
   <si>
     <t>c_2711165</t>
   </si>
   <si>
     <t>SFAIRI</t>
   </si>
   <si>
     <t>Azeddine</t>
   </si>
   <si>
-    <t>23 September 2021</t>
+    <t>11 September 2025</t>
   </si>
   <si>
     <t>Docteur Djamel GHOMRI</t>
   </si>
   <si>
     <t>08/11/2016 11:34:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712260/fr/docteur-djamel-ghomri</t>
   </si>
   <si>
     <t>c_2712260</t>
   </si>
   <si>
     <t>GHOMRI</t>
   </si>
   <si>
     <t>Djamel</t>
   </si>
   <si>
     <t>Docteur Paul PRUNEL</t>
   </si>
   <si>
     <t>08/11/2016 11:35:52</t>
   </si>