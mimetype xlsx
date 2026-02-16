--- v0 (2025-10-31)
+++ v1 (2026-02-16)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export ESSMS" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="208" uniqueCount="101">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -62,255 +62,279 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>DITEP UGECAM ANTENNE LES HERBIERS</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>25/11/2025 16:18:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14873_FicheESSMS/fr/ditep-ugecam-antenne-les-herbiers</t>
+  </si>
+  <si>
+    <t>14873_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue De La Bienfaisance</t>
+  </si>
+  <si>
+    <t>85500 LES HERBIERS</t>
+  </si>
+  <si>
+    <t>LES HERBIERS</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>850027855</t>
+  </si>
+  <si>
     <t>EAM LE BOISTISSANDEAU</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>10/09/2025 12:15:05</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/37_FicheESSMS/fr/eam-le-boistissandeau</t>
   </si>
   <si>
     <t>37_FicheESSMS</t>
   </si>
   <si>
-    <t>85500 LES HERBIERS</t>
-[...10 lines deleted...]
-  <si>
     <t>Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
   </si>
   <si>
     <t>850018268</t>
   </si>
   <si>
+    <t>MAF LE BOISTISSANDEAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/36_FicheESSMS/fr/maf-le-boistissandeau</t>
+  </si>
+  <si>
+    <t>36_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>850024951</t>
+  </si>
+  <si>
+    <t>FV MAPHAV LE HAMEAU DES VIGNES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4706_FicheESSMS/fr/fv-maphav-le-hameau-des-vignes</t>
+  </si>
+  <si>
+    <t>4706_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Marcel Cerdan</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>850027053</t>
+  </si>
+  <si>
+    <t>FV LES HERBIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4705_FicheESSMS/fr/fv-les-herbiers</t>
+  </si>
+  <si>
+    <t>4705_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue De L Industrie</t>
+  </si>
+  <si>
+    <t>850021643</t>
+  </si>
+  <si>
+    <t>FOYER DE SEMAINE ARC EN CIEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4704_FicheESSMS/fr/foyer-de-semaine-arc-en-ciel</t>
+  </si>
+  <si>
+    <t>4704_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Des Mesanges</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>850011537</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERGEMENT DES HERBIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4703_FicheESSMS/fr/foyer-d-hebergement-des-herbiers</t>
+  </si>
+  <si>
+    <t>4703_FicheESSMS</t>
+  </si>
+  <si>
+    <t>850018284</t>
+  </si>
+  <si>
+    <t>FAM HAMEAU DES VIGNES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4707_FicheESSMS/fr/fam-hameau-des-vignes</t>
+  </si>
+  <si>
+    <t>4707_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>850017583</t>
+  </si>
+  <si>
+    <t>RESIDENCE LES LAVANDIERES (MARPA)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7065_FicheESSMS/fr/residence-les-lavandieres-marpa</t>
+  </si>
+  <si>
+    <t>7065_FicheESSMS</t>
+  </si>
+  <si>
+    <t>64 Rue De L Eglise</t>
+  </si>
+  <si>
+    <t>85500 ST PAUL EN PAREDS</t>
+  </si>
+  <si>
+    <t>ST PAUL EN PAREDS</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>850024092</t>
+  </si>
+  <si>
+    <t>ESAT AA85 ANTENNE LES HERBIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7403_FicheESSMS/fr/esat-aa85-antenne-les-herbiers</t>
+  </si>
+  <si>
+    <t>7403_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>850003666</t>
+  </si>
+  <si>
     <t>SSIAD ADAMAD NORD EST VENDEE</t>
   </si>
   <si>
     <t>10/09/2025 12:25:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9196_FicheESSMS/fr/ssiad-adamad-nord-est-vendee</t>
   </si>
   <si>
     <t>9196_FicheESSMS</t>
   </si>
   <si>
     <t>45 Rue De Clisson</t>
   </si>
   <si>
     <t>Personne âgée, Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
   </si>
   <si>
     <t>850011644</t>
-  </si>
-[...145 lines deleted...]
-    <t>850003666</t>
   </si>
   <si>
     <t>EHPAD DU CLERGE</t>
   </si>
   <si>
     <t>10/09/2025 12:27:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11802_FicheESSMS/fr/ehpad-du-clerge</t>
   </si>
   <si>
     <t>11802_FicheESSMS</t>
   </si>
   <si>
     <t>4 Rue Saint Etienne</t>
   </si>
   <si>
     <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
   </si>
   <si>
     <t>850024233</t>
   </si>
 </sst>
 </file>
 
@@ -338,51 +362,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P12"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -423,564 +447,614 @@
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>18</v>
       </c>
       <c r="E2" t="s">
         <v>19</v>
       </c>
       <c r="F2" t="s">
         <v>18</v>
       </c>
       <c r="G2" t="s">
         <v>20</v>
       </c>
       <c r="H2" t="s">
         <v>21</v>
       </c>
       <c r="I2" t="s">
         <v>22</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I3" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J3" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>34</v>
       </c>
       <c r="O3" t="s">
         <v>35</v>
       </c>
       <c r="P3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
         <v>37</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>38</v>
       </c>
       <c r="H4" t="s">
         <v>39</v>
       </c>
       <c r="I4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="J4" t="s">
         <v>18</v>
       </c>
       <c r="K4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>40</v>
       </c>
       <c r="O4" t="s">
         <v>41</v>
       </c>
       <c r="P4" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>43</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
       <c r="E5" t="s">
         <v>44</v>
       </c>
       <c r="F5" t="s">
         <v>18</v>
       </c>
       <c r="G5" t="s">
         <v>45</v>
       </c>
       <c r="H5" t="s">
         <v>46</v>
       </c>
       <c r="I5" t="s">
         <v>47</v>
       </c>
       <c r="J5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="K5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="O5" t="s">
         <v>48</v>
       </c>
       <c r="P5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
         <v>50</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>44</v>
       </c>
       <c r="F6" t="s">
         <v>18</v>
       </c>
       <c r="G6" t="s">
         <v>51</v>
       </c>
       <c r="H6" t="s">
         <v>52</v>
       </c>
       <c r="I6" t="s">
         <v>53</v>
       </c>
       <c r="J6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="O6" t="s">
         <v>48</v>
       </c>
       <c r="P6" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>55</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>44</v>
       </c>
       <c r="F7" t="s">
         <v>18</v>
       </c>
       <c r="G7" t="s">
         <v>56</v>
       </c>
       <c r="H7" t="s">
         <v>57</v>
       </c>
       <c r="I7" t="s">
         <v>58</v>
       </c>
       <c r="J7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="K7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N7" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="O7" t="s">
         <v>59</v>
       </c>
       <c r="P7" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>61</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>18</v>
       </c>
       <c r="E8" t="s">
         <v>44</v>
       </c>
       <c r="F8" t="s">
         <v>18</v>
       </c>
       <c r="G8" t="s">
         <v>62</v>
       </c>
       <c r="H8" t="s">
         <v>63</v>
       </c>
       <c r="I8" t="s">
         <v>47</v>
       </c>
       <c r="J8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="K8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N8" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="O8" t="s">
         <v>59</v>
       </c>
       <c r="P8" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>16</v>
       </c>
       <c r="B9" t="s">
         <v>65</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>18</v>
       </c>
       <c r="E9" t="s">
         <v>66</v>
       </c>
       <c r="F9" t="s">
         <v>18</v>
       </c>
       <c r="G9" t="s">
         <v>67</v>
       </c>
       <c r="H9" t="s">
         <v>68</v>
       </c>
       <c r="I9" t="s">
         <v>47</v>
       </c>
       <c r="J9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="K9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N9" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="O9" t="s">
         <v>69</v>
       </c>
       <c r="P9" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>16</v>
       </c>
       <c r="B10" t="s">
         <v>71</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>18</v>
       </c>
       <c r="E10" t="s">
         <v>72</v>
       </c>
       <c r="F10" t="s">
         <v>18</v>
       </c>
       <c r="G10" t="s">
         <v>73</v>
       </c>
       <c r="H10" t="s">
         <v>74</v>
       </c>
       <c r="I10" t="s">
         <v>75</v>
       </c>
       <c r="J10" t="s">
         <v>76</v>
       </c>
       <c r="K10" t="s">
         <v>77</v>
       </c>
       <c r="L10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M10" t="s">
         <v>78</v>
       </c>
       <c r="N10" t="s">
         <v>40</v>
       </c>
       <c r="O10" t="s">
         <v>41</v>
       </c>
       <c r="P10" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>16</v>
       </c>
       <c r="B11" t="s">
         <v>80</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>18</v>
       </c>
       <c r="E11" t="s">
         <v>81</v>
       </c>
       <c r="F11" t="s">
         <v>18</v>
       </c>
       <c r="G11" t="s">
         <v>82</v>
       </c>
       <c r="H11" t="s">
         <v>83</v>
       </c>
       <c r="I11" t="s">
         <v>53</v>
       </c>
       <c r="J11" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="K11" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N11" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="O11" t="s">
         <v>84</v>
       </c>
       <c r="P11" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="s">
         <v>86</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
         <v>18</v>
       </c>
       <c r="E12" t="s">
         <v>87</v>
       </c>
       <c r="F12" t="s">
         <v>18</v>
       </c>
       <c r="G12" t="s">
         <v>88</v>
       </c>
       <c r="H12" t="s">
         <v>89</v>
       </c>
       <c r="I12" t="s">
         <v>90</v>
       </c>
       <c r="J12" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>25</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>91</v>
+      </c>
+      <c r="O12" t="s">
+        <v>92</v>
+      </c>
+      <c r="P12" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>18</v>
+      </c>
+      <c r="E13" t="s">
+        <v>95</v>
+      </c>
+      <c r="F13" t="s">
+        <v>18</v>
+      </c>
+      <c r="G13" t="s">
+        <v>96</v>
+      </c>
+      <c r="H13" t="s">
+        <v>97</v>
+      </c>
+      <c r="I13" t="s">
+        <v>98</v>
+      </c>
+      <c r="J13" t="s">
         <v>23</v>
       </c>
-      <c r="L12" t="s">
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="M12" t="s">
-[...2 lines deleted...]
-      <c r="N12" t="s">
+      <c r="L13" t="s">
+        <v>25</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
         <v>40</v>
       </c>
-      <c r="O12" t="s">
-[...3 lines deleted...]
-        <v>92</v>
+      <c r="O13" t="s">
+        <v>99</v>
+      </c>
+      <c r="P13" t="s">
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>