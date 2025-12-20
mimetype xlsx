--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -62,111 +62,111 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>EHPAD NOTRE DAME DE LORETTE</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2754_FicheESSMS/fr/ehpad-notre-dame-de-lorette</t>
+  </si>
+  <si>
+    <t>2754_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Place Du Marquis De Surgeres</t>
+  </si>
+  <si>
+    <t>85700 SEVREMONT</t>
+  </si>
+  <si>
+    <t>SEVREMONT</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>850003914</t>
+  </si>
+  <si>
     <t>EHPAD LES COLLINES</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>10/09/2025 12:18:37</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2888_FicheESSMS/fr/ehpad-les-collines</t>
   </si>
   <si>
     <t>2888_FicheESSMS</t>
   </si>
   <si>
     <t>14 Rue Des Lilas</t>
   </si>
   <si>
     <t>85700 POUZAUGES</t>
   </si>
   <si>
     <t>POUZAUGES</t>
   </si>
   <si>
-    <t>85</t>
-[...10 lines deleted...]
-  <si>
     <t>850003492</t>
-  </si>
-[...22 lines deleted...]
-    <t>850003914</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">