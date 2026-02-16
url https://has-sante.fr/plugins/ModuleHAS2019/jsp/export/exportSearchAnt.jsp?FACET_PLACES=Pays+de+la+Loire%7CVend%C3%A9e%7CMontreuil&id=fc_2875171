--- v0 (2025-12-20)
+++ v1 (2026-02-16)
@@ -104,57 +104,57 @@
   <si>
     <t>17 Rue Du Port</t>
   </si>
   <si>
     <t>85200 FONTENAY LE COMTE</t>
   </si>
   <si>
     <t>FONTENAY LE COMTE</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
   </si>
   <si>
     <t>Maison d'Enfants à Caractère Social</t>
   </si>
   <si>
     <t>850029083</t>
   </si>
   <si>
-    <t>DMSHP UHTT</t>
+    <t>DMS-HP AA85 UHTT</t>
   </si>
   <si>
     <t>10/09/2025 12:19:23</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3464_FicheESSMS/fr/dmshp-uhtt</t>
+    <t>https://www.has-sante.fr/jcms/3464_FicheESSMS/fr/dms-hp-aa85-uhtt</t>
   </si>
   <si>
     <t>3464_FicheESSMS</t>
   </si>
   <si>
     <t>18 Rue Rene Masson</t>
   </si>
   <si>
     <t>Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
   </si>
   <si>
     <t>850011529</t>
   </si>
   <si>
     <t>FAM HAUTE ROCHE</t>
   </si>
   <si>
     <t>10/09/2025 12:22:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5820_FicheESSMS/fr/fam-haute-roche</t>
   </si>
@@ -179,57 +179,57 @@
   <si>
     <t>37 Rue Haute Roche</t>
   </si>
   <si>
     <t>Foyer de Vie pour Adultes Handicapés</t>
   </si>
   <si>
     <t>850027111</t>
   </si>
   <si>
     <t>CENTRE D'HABITAT HAUTE ROCHE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5818_FicheESSMS/fr/centre-d-habitat-haute-roche</t>
   </si>
   <si>
     <t>5818_FicheESSMS</t>
   </si>
   <si>
     <t>Foyer Hébergement Adultes Handicapés</t>
   </si>
   <si>
     <t>850012022</t>
   </si>
   <si>
-    <t>ESAT ADAPEI ARIA</t>
+    <t>ESAT AA85 ANTENNE FONTENAY LE COMTE</t>
   </si>
   <si>
     <t>10/09/2025 12:23:05</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/6196_FicheESSMS/fr/esat-adapei-aria</t>
+    <t>https://www.has-sante.fr/jcms/6196_FicheESSMS/fr/esat-aa85-antenne-fontenay-le-comte</t>
   </si>
   <si>
     <t>6196_FicheESSMS</t>
   </si>
   <si>
     <t>22 Allée Du Puits</t>
   </si>
   <si>
     <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
   </si>
   <si>
     <t>850000274</t>
   </si>
   <si>
     <t>EHPAD MULTISITE PISSOTTE-VOUVANT</t>
   </si>
   <si>
     <t>10/09/2025 12:24:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7531_FicheESSMS/fr/ehpad-multisite-pissotte-vouvant</t>
   </si>
   <si>
     <t>7531_FicheESSMS</t>
   </si>