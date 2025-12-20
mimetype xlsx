--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -101,99 +101,99 @@
   <si>
     <t>1 Rue Auguste Gendreau</t>
   </si>
   <si>
     <t>85170 LE POIRE SUR VIE</t>
   </si>
   <si>
     <t>LE POIRE SUR VIE</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>Personne âgée</t>
   </si>
   <si>
     <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
   </si>
   <si>
     <t>850003252</t>
   </si>
   <si>
+    <t>FAM LE VILLAGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5115_FicheESSMS/fr/fam-le-village</t>
+  </si>
+  <si>
+    <t>5115_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Impasse Saint Joseph</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>850010984</t>
+  </si>
+  <si>
     <t>EHPAD SAINTE ANNE</t>
   </si>
   <si>
     <t>10/09/2025 12:22:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5806_FicheESSMS/fr/ehpad-sainte-anne</t>
   </si>
   <si>
     <t>5806_FicheESSMS</t>
   </si>
   <si>
     <t>273 Rue Richelieu</t>
   </si>
   <si>
     <t>85170 LES LUCS SUR BOULOGNE</t>
   </si>
   <si>
     <t>LES LUCS SUR BOULOGNE</t>
   </si>
   <si>
     <t>850003195</t>
-  </si>
-[...25 lines deleted...]
-    <t>850010984</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -335,114 +335,114 @@
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3" t="s">
         <v>32</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="I3" t="s">
         <v>34</v>
       </c>
       <c r="J3" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="K3" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="L3" t="s">
         <v>25</v>
       </c>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="N3" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O3" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="K4" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="L4" t="s">
         <v>25</v>
       </c>
       <c r="M4" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="N4" t="s">
-        <v>44</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="P4" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>