--- v0 (2025-10-18)
+++ v1 (2026-01-17)
@@ -1,59 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="602" uniqueCount="284">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -68,89 +74,110 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur ANNE NGUYEN</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808334/fr/docteur-anne-nguyen</t>
+  </si>
+  <si>
+    <t>p_3808334</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>NGUYEN</t>
+  </si>
+  <si>
+    <t>ANNE</t>
+  </si>
+  <si>
+    <t>18 December 2025</t>
+  </si>
+  <si>
+    <t>CH OUEST REUNION</t>
+  </si>
+  <si>
+    <t>97460</t>
+  </si>
+  <si>
+    <t>ST PAUL</t>
+  </si>
+  <si>
+    <t>970400065</t>
+  </si>
+  <si>
     <t>Docteur ADRIEN CADENNES</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>07/04/2025 11:32:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3600721/fr/docteur-adrien-cadennes</t>
   </si>
   <si>
     <t>p_3600721</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>CADENNES</t>
   </si>
   <si>
     <t>ADRIEN</t>
   </si>
   <si>
     <t>03 April 2025</t>
   </si>
   <si>
-    <t>CH OUEST REUNION</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur BERENICE QUENTIN</t>
   </si>
   <si>
     <t>26/12/2023 15:33:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3485523/fr/docteur-berenice-quentin</t>
   </si>
   <si>
     <t>p_3485523</t>
   </si>
   <si>
     <t>QUENTIN</t>
   </si>
   <si>
     <t>BERENICE</t>
   </si>
   <si>
     <t>21 December 2023</t>
   </si>
   <si>
     <t>Docteur CLEMENTINE LEFEVRE</t>
   </si>
   <si>
     <t>26/12/2023 15:33:39</t>
@@ -219,101 +246,722 @@
     <t>ST DENIS,ST PAUL</t>
   </si>
   <si>
     <t>970400024,970400065</t>
   </si>
   <si>
     <t>Docteur Jean-pierre MARCHALAND</t>
   </si>
   <si>
     <t>08/11/2016 11:34:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711973/fr/docteur-jean-pierre-marchaland</t>
   </si>
   <si>
     <t>c_2711973</t>
   </si>
   <si>
     <t>MARCHALAND</t>
   </si>
   <si>
     <t>Jean-pierre</t>
   </si>
   <si>
     <t>28 December 2022</t>
+  </si>
+  <si>
+    <t>Docteur Shameem SOYFOO</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712959/fr/docteur-shameem-soyfoo</t>
+  </si>
+  <si>
+    <t>c_2712959</t>
+  </si>
+  <si>
+    <t>SOYFOO</t>
+  </si>
+  <si>
+    <t>Shameem</t>
+  </si>
+  <si>
+    <t>CH OUEST REUNION,CLINIQUE LES ORCHIDEES</t>
+  </si>
+  <si>
+    <t>97460,97420</t>
+  </si>
+  <si>
+    <t>ST PAUL,LE PORT</t>
+  </si>
+  <si>
+    <t>970400065,970462081</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>SERVICE REPARATION PENALE AAPEJ</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:27:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14546_FicheESSMS/fr/service-reparation-penale-aapej</t>
+  </si>
+  <si>
+    <t>14546_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Chemin Tamatave</t>
+  </si>
+  <si>
+    <t>97435 ST PAUL</t>
+  </si>
+  <si>
+    <t>9D</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service d'Intervention Educative en Milieu Ouvert</t>
+  </si>
+  <si>
+    <t>970413670</t>
+  </si>
+  <si>
+    <t>SERVICE INVESTIGATION EDUCATIVE AAPEJ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14545_FicheESSMS/fr/service-investigation-educative-aapej</t>
+  </si>
+  <si>
+    <t>14545_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service d'Investigation Educative</t>
+  </si>
+  <si>
+    <t>970413662</t>
+  </si>
+  <si>
+    <t>CSAPA SPECIALISE RESEAU OTE</t>
+  </si>
+  <si>
+    <t>28/09/2025 16:16:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13690_FicheESSMS/fr/csapa-specialise-reseau-ote</t>
+  </si>
+  <si>
+    <t>13690_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Chemin Pave</t>
+  </si>
+  <si>
+    <t>97460 ST PAUL</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>970403929</t>
+  </si>
+  <si>
+    <t>CAARUD (LA KAZ'OTE)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13689_FicheESSMS/fr/caarud-la-kaz-ote</t>
+  </si>
+  <si>
+    <t>13689_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Ctre.Accueil/ Accomp.Réduc.Risq.Usag. Drogues (C.A.A.R.U.D.)</t>
+  </si>
+  <si>
+    <t>970406575</t>
+  </si>
+  <si>
+    <t>MECS LES FILAOS</t>
+  </si>
+  <si>
+    <t>15/09/2025 16:19:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13298_FicheESSMS/fr/mecs-les-filaos</t>
+  </si>
+  <si>
+    <t>13298_FicheESSMS</t>
+  </si>
+  <si>
+    <t>210 Rue Du General De Gaulle</t>
+  </si>
+  <si>
+    <t>97434 ST PAUL</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>970430021</t>
+  </si>
+  <si>
+    <t>CSAPA SPECIALISE OUEST (ST-PAUL)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1989_FicheESSMS/fr/csapa-specialise-ouest-st-paul</t>
+  </si>
+  <si>
+    <t>1989_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Rue Chaussee Royale</t>
+  </si>
+  <si>
+    <t>970404885</t>
+  </si>
+  <si>
+    <t>EANM MAXIME LAOPE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3332_FicheESSMS/fr/eanm-maxime-laope</t>
+  </si>
+  <si>
+    <t>3332_FicheESSMS</t>
+  </si>
+  <si>
+    <t>170 Rue Marius Et Ary Leblond</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>970405981</t>
+  </si>
+  <si>
+    <t>MAS ANNIE GAUCI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5007_FicheESSMS/fr/mas-annie-gauci</t>
+  </si>
+  <si>
+    <t>5007_FicheESSMS</t>
+  </si>
+  <si>
+    <t>72 Chemin Saulnier</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>970404554</t>
+  </si>
+  <si>
+    <t>C.E.A.P. LES CHAMPS DE MERLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5004_FicheESSMS/fr/c-e-a-p-les-champs-de-merle</t>
+  </si>
+  <si>
+    <t>5004_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Rue Jacques Aubert</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
+  </si>
+  <si>
+    <t>970451001</t>
+  </si>
+  <si>
+    <t>IEM LES CHAMPS DE MERLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5003_FicheESSMS/fr/iem-les-champs-de-merle</t>
+  </si>
+  <si>
+    <t>5003_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Institut d'éducation motrice</t>
+  </si>
+  <si>
+    <t>970409504</t>
+  </si>
+  <si>
+    <t>S.E.S.S.A.D. LES CHAMPS DE MERLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5002_FicheESSMS/fr/s-e-s-s-a-d-les-champs-de-merle</t>
+  </si>
+  <si>
+    <t>5002_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>970405197</t>
+  </si>
+  <si>
+    <t>EHPA FOYER DE LA CLEMENCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8478_FicheESSMS/fr/ehpa-foyer-de-la-clemence</t>
+  </si>
+  <si>
+    <t>8478_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue De L'Eglise</t>
+  </si>
+  <si>
+    <t>97422 ST PAUL</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>EHPA ne percevant pas des crédits d'assurance maladie</t>
+  </si>
+  <si>
+    <t>970431144</t>
+  </si>
+  <si>
+    <t>SAAD - INTERCITES SAP</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9788_FicheESSMS/fr/saad-intercites-sap</t>
+  </si>
+  <si>
+    <t>9788_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue Jules Thirel</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>970411542</t>
+  </si>
+  <si>
+    <t>CENTRE MEDICO PSYCHO PEDAGOGIQUE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11317_FicheESSMS/fr/centre-medico-psycho-pedagogique</t>
+  </si>
+  <si>
+    <t>11317_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
+  </si>
+  <si>
+    <t>970407235</t>
+  </si>
+  <si>
+    <t>IMPRO MARIE CAZE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11314_FicheESSMS/fr/impro-marie-caze</t>
+  </si>
+  <si>
+    <t>11314_FicheESSMS</t>
+  </si>
+  <si>
+    <t>70 Rue Des Mouettes</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>970407110</t>
+  </si>
+  <si>
+    <t>E. H. P. A. D.   RESIDENCE LES ALIZES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12308_FicheESSMS/fr/e-h-p-a-d-residence-les-alizes</t>
+  </si>
+  <si>
+    <t>12308_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Rue Des Scalaires</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>970402673</t>
+  </si>
+  <si>
+    <t>EHPAD GABRIEL MARTIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13236_FicheESSMS/fr/ehpad-gabriel-martin</t>
+  </si>
+  <si>
+    <t>13236_FicheESSMS</t>
+  </si>
+  <si>
+    <t>38 Rue Labourdonnais</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>970463055</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CLINIQUE ROBERT DEBRE</t>
+  </si>
+  <si>
+    <t>07/02/2025 13:19:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3515_FicheEtablissement/fr/clinique-robert-debre</t>
+  </si>
+  <si>
+    <t>3515_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>18 Impasse Des Oliviers</t>
+  </si>
+  <si>
+    <t>0262593737</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>970404109</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER OUEST REUNION</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3508_FicheEtablissement/fr/ch-ouest-reunion</t>
+  </si>
+  <si>
+    <t>3508_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>5 Impasse Plaine Chabrier</t>
+  </si>
+  <si>
+    <t>0262453030</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>CLINIQUE LES OLIVIERS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3538_FicheEtablissement/fr/clinique-les-oliviers</t>
+  </si>
+  <si>
+    <t>3538_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>29 Rue Joseph Hubert</t>
+  </si>
+  <si>
+    <t>0262554141</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>970463113</t>
+  </si>
+  <si>
+    <t>UNITE AUTODIALYSE (ST PAUL) - ASDR</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4107_FicheEtablissement/fr/uad-st-paul-asdr</t>
+  </si>
+  <si>
+    <t>4107_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>30 Rue Gabriel Martin</t>
+  </si>
+  <si>
+    <t>0262202820</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>970403671</t>
+  </si>
+  <si>
+    <t>UAD (ST PAUL) - AURAR</t>
+  </si>
+  <si>
+    <t>16/02/2024 14:43:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4110_FicheEtablissement/fr/uad-st-paul-aurar</t>
+  </si>
+  <si>
+    <t>4110_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>11 Rue De La Chapelle</t>
+  </si>
+  <si>
+    <t>0262452332</t>
+  </si>
+  <si>
+    <t>970403747</t>
+  </si>
+  <si>
+    <t>UAD-DAD-DP (ST GILLES) - AURAR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4118_FicheEtablissement/fr/uad-dad-dp-st-gilles-aurar</t>
+  </si>
+  <si>
+    <t>4118_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>71 Rue Des Navigateurs</t>
+  </si>
+  <si>
+    <t>0262989955</t>
+  </si>
+  <si>
+    <t>970405676</t>
+  </si>
+  <si>
+    <t>EPSMR-GRAND POURPIER (ST PAUL)</t>
+  </si>
+  <si>
+    <t>15/11/2023 17:18:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3505_FicheEtablissement/fr/epsmr-grand-pourpier-st-paul</t>
+  </si>
+  <si>
+    <t>3505_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>42 Chemin Du Grand Pourpier</t>
+  </si>
+  <si>
+    <t>97411 ST PAUL</t>
+  </si>
+  <si>
+    <t>0262453545</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>970400016</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R7"/>
+  <dimension ref="A1:R9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -484,107 +1132,107 @@
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
         <v>41</v>
       </c>
       <c r="H4" t="s">
         <v>42</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
         <v>43</v>
       </c>
       <c r="L4" t="s">
         <v>44</v>
       </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="O4" t="s">
         <v>28</v>
       </c>
       <c r="P4" t="s">
         <v>29</v>
       </c>
       <c r="Q4" t="s">
         <v>30</v>
       </c>
       <c r="R4" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="L5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5" t="s">
         <v>29</v>
       </c>
       <c r="Q5" t="s">
         <v>30</v>
       </c>
       <c r="R5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>52</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
@@ -599,111 +1247,1647 @@
       <c r="G6" t="s">
         <v>54</v>
       </c>
       <c r="H6" t="s">
         <v>55</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
         <v>56</v>
       </c>
       <c r="L6" t="s">
         <v>57</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
         <v>58</v>
       </c>
       <c r="O6" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="P6" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="Q6" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="R6" t="s">
-        <v>62</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H7" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
+        <v>63</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>20</v>
+      </c>
+      <c r="N7" t="s">
+        <v>65</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
         <v>67</v>
       </c>
-      <c r="L7" t="s">
+      <c r="Q7" t="s">
         <v>68</v>
       </c>
-      <c r="M7" t="s">
-[...2 lines deleted...]
-      <c r="N7" t="s">
+      <c r="R7" t="s">
         <v>69</v>
       </c>
-      <c r="O7" t="s">
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>71</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>72</v>
+      </c>
+      <c r="H8" t="s">
+        <v>73</v>
+      </c>
+      <c r="I8" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J8" t="s">
+        <v>24</v>
+      </c>
+      <c r="K8" t="s">
+        <v>74</v>
+      </c>
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>20</v>
+      </c>
+      <c r="N8" t="s">
+        <v>76</v>
+      </c>
+      <c r="O8" t="s">
         <v>28</v>
       </c>
-      <c r="P7" t="s">
+      <c r="P8" t="s">
         <v>29</v>
       </c>
-      <c r="Q7" t="s">
-[...2 lines deleted...]
-      <c r="R7" t="s">
+      <c r="Q8" t="s">
+        <v>30</v>
+      </c>
+      <c r="R8" t="s">
         <v>31</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>78</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>79</v>
+      </c>
+      <c r="H9" t="s">
+        <v>80</v>
+      </c>
+      <c r="I9" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J9" t="s">
+        <v>24</v>
+      </c>
+      <c r="K9" t="s">
+        <v>81</v>
+      </c>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>20</v>
+      </c>
+      <c r="N9" t="s">
+        <v>76</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>85</v>
+      </c>
+      <c r="R9" t="s">
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P18"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>87</v>
+      </c>
+      <c r="J1" t="s">
+        <v>88</v>
+      </c>
+      <c r="K1" t="s">
+        <v>89</v>
+      </c>
+      <c r="L1" t="s">
+        <v>90</v>
+      </c>
+      <c r="M1" t="s">
+        <v>91</v>
+      </c>
+      <c r="N1" t="s">
+        <v>92</v>
+      </c>
+      <c r="O1" t="s">
+        <v>93</v>
+      </c>
+      <c r="P1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>95</v>
+      </c>
+      <c r="B2" t="s">
+        <v>96</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>97</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>98</v>
+      </c>
+      <c r="H2" t="s">
+        <v>99</v>
+      </c>
+      <c r="I2" t="s">
+        <v>100</v>
+      </c>
+      <c r="J2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K2" t="s">
+        <v>30</v>
+      </c>
+      <c r="L2" t="s">
+        <v>102</v>
+      </c>
+      <c r="M2" t="s">
+        <v>103</v>
+      </c>
+      <c r="N2" t="s">
+        <v>104</v>
+      </c>
+      <c r="O2" t="s">
+        <v>105</v>
+      </c>
+      <c r="P2" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B3" t="s">
+        <v>107</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>97</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>108</v>
+      </c>
+      <c r="H3" t="s">
+        <v>109</v>
+      </c>
+      <c r="I3" t="s">
+        <v>100</v>
+      </c>
+      <c r="J3" t="s">
+        <v>101</v>
+      </c>
+      <c r="K3" t="s">
+        <v>30</v>
+      </c>
+      <c r="L3" t="s">
+        <v>102</v>
+      </c>
+      <c r="M3" t="s">
+        <v>103</v>
+      </c>
+      <c r="N3" t="s">
+        <v>104</v>
+      </c>
+      <c r="O3" t="s">
+        <v>110</v>
+      </c>
+      <c r="P3" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>95</v>
+      </c>
+      <c r="B4" t="s">
+        <v>112</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>113</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>114</v>
+      </c>
+      <c r="H4" t="s">
+        <v>115</v>
+      </c>
+      <c r="I4" t="s">
+        <v>116</v>
+      </c>
+      <c r="J4" t="s">
+        <v>117</v>
+      </c>
+      <c r="K4" t="s">
+        <v>30</v>
+      </c>
+      <c r="L4" t="s">
+        <v>102</v>
+      </c>
+      <c r="M4" t="s">
+        <v>103</v>
+      </c>
+      <c r="N4" t="s">
+        <v>118</v>
+      </c>
+      <c r="O4" t="s">
+        <v>119</v>
+      </c>
+      <c r="P4" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>95</v>
+      </c>
+      <c r="B5" t="s">
+        <v>121</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>113</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>122</v>
+      </c>
+      <c r="H5" t="s">
+        <v>123</v>
+      </c>
+      <c r="I5" t="s">
+        <v>116</v>
+      </c>
+      <c r="J5" t="s">
+        <v>117</v>
+      </c>
+      <c r="K5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L5" t="s">
+        <v>102</v>
+      </c>
+      <c r="M5" t="s">
+        <v>103</v>
+      </c>
+      <c r="N5" t="s">
+        <v>118</v>
+      </c>
+      <c r="O5" t="s">
+        <v>124</v>
+      </c>
+      <c r="P5" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>95</v>
+      </c>
+      <c r="B6" t="s">
+        <v>126</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>127</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>128</v>
+      </c>
+      <c r="H6" t="s">
+        <v>129</v>
+      </c>
+      <c r="I6" t="s">
+        <v>130</v>
+      </c>
+      <c r="J6" t="s">
+        <v>131</v>
+      </c>
+      <c r="K6" t="s">
+        <v>30</v>
+      </c>
+      <c r="L6" t="s">
+        <v>102</v>
+      </c>
+      <c r="M6" t="s">
+        <v>103</v>
+      </c>
+      <c r="N6" t="s">
+        <v>104</v>
+      </c>
+      <c r="O6" t="s">
+        <v>132</v>
+      </c>
+      <c r="P6" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>95</v>
+      </c>
+      <c r="B7" t="s">
+        <v>134</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>135</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>136</v>
+      </c>
+      <c r="H7" t="s">
+        <v>137</v>
+      </c>
+      <c r="I7" t="s">
+        <v>138</v>
+      </c>
+      <c r="J7" t="s">
+        <v>117</v>
+      </c>
+      <c r="K7" t="s">
+        <v>30</v>
+      </c>
+      <c r="L7" t="s">
+        <v>102</v>
+      </c>
+      <c r="M7" t="s">
+        <v>103</v>
+      </c>
+      <c r="N7" t="s">
+        <v>118</v>
+      </c>
+      <c r="O7" t="s">
+        <v>119</v>
+      </c>
+      <c r="P7" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>95</v>
+      </c>
+      <c r="B8" t="s">
+        <v>140</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>141</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>142</v>
+      </c>
+      <c r="H8" t="s">
+        <v>143</v>
+      </c>
+      <c r="I8" t="s">
+        <v>144</v>
+      </c>
+      <c r="J8" t="s">
+        <v>117</v>
+      </c>
+      <c r="K8" t="s">
+        <v>30</v>
+      </c>
+      <c r="L8" t="s">
+        <v>102</v>
+      </c>
+      <c r="M8" t="s">
+        <v>103</v>
+      </c>
+      <c r="N8" t="s">
+        <v>145</v>
+      </c>
+      <c r="O8" t="s">
+        <v>146</v>
+      </c>
+      <c r="P8" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>95</v>
+      </c>
+      <c r="B9" t="s">
+        <v>148</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>149</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>150</v>
+      </c>
+      <c r="H9" t="s">
+        <v>151</v>
+      </c>
+      <c r="I9" t="s">
+        <v>152</v>
+      </c>
+      <c r="J9" t="s">
+        <v>101</v>
+      </c>
+      <c r="K9" t="s">
+        <v>30</v>
+      </c>
+      <c r="L9" t="s">
+        <v>102</v>
+      </c>
+      <c r="M9" t="s">
+        <v>103</v>
+      </c>
+      <c r="N9" t="s">
+        <v>145</v>
+      </c>
+      <c r="O9" t="s">
+        <v>153</v>
+      </c>
+      <c r="P9" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>95</v>
+      </c>
+      <c r="B10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>149</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>156</v>
+      </c>
+      <c r="H10" t="s">
+        <v>157</v>
+      </c>
+      <c r="I10" t="s">
+        <v>158</v>
+      </c>
+      <c r="J10" t="s">
+        <v>101</v>
+      </c>
+      <c r="K10" t="s">
+        <v>30</v>
+      </c>
+      <c r="L10" t="s">
+        <v>102</v>
+      </c>
+      <c r="M10" t="s">
+        <v>103</v>
+      </c>
+      <c r="N10" t="s">
+        <v>159</v>
+      </c>
+      <c r="O10" t="s">
+        <v>160</v>
+      </c>
+      <c r="P10" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
+        <v>162</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>149</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>163</v>
+      </c>
+      <c r="H11" t="s">
+        <v>164</v>
+      </c>
+      <c r="I11" t="s">
+        <v>158</v>
+      </c>
+      <c r="J11" t="s">
+        <v>101</v>
+      </c>
+      <c r="K11" t="s">
+        <v>30</v>
+      </c>
+      <c r="L11" t="s">
+        <v>102</v>
+      </c>
+      <c r="M11" t="s">
+        <v>103</v>
+      </c>
+      <c r="N11" t="s">
+        <v>159</v>
+      </c>
+      <c r="O11" t="s">
+        <v>165</v>
+      </c>
+      <c r="P11" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>167</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>149</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>168</v>
+      </c>
+      <c r="H12" t="s">
+        <v>169</v>
+      </c>
+      <c r="I12" t="s">
+        <v>158</v>
+      </c>
+      <c r="J12" t="s">
+        <v>101</v>
+      </c>
+      <c r="K12" t="s">
+        <v>30</v>
+      </c>
+      <c r="L12" t="s">
+        <v>102</v>
+      </c>
+      <c r="M12" t="s">
+        <v>103</v>
+      </c>
+      <c r="N12" t="s">
+        <v>159</v>
+      </c>
+      <c r="O12" t="s">
+        <v>170</v>
+      </c>
+      <c r="P12" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
+        <v>172</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>173</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>174</v>
+      </c>
+      <c r="H13" t="s">
+        <v>175</v>
+      </c>
+      <c r="I13" t="s">
+        <v>176</v>
+      </c>
+      <c r="J13" t="s">
+        <v>177</v>
+      </c>
+      <c r="K13" t="s">
+        <v>30</v>
+      </c>
+      <c r="L13" t="s">
+        <v>102</v>
+      </c>
+      <c r="M13" t="s">
+        <v>103</v>
+      </c>
+      <c r="N13" t="s">
+        <v>178</v>
+      </c>
+      <c r="O13" t="s">
+        <v>179</v>
+      </c>
+      <c r="P13" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
+        <v>181</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>182</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>183</v>
+      </c>
+      <c r="H14" t="s">
+        <v>184</v>
+      </c>
+      <c r="I14" t="s">
+        <v>185</v>
+      </c>
+      <c r="J14" t="s">
+        <v>117</v>
+      </c>
+      <c r="K14" t="s">
+        <v>30</v>
+      </c>
+      <c r="L14" t="s">
+        <v>102</v>
+      </c>
+      <c r="M14" t="s">
+        <v>103</v>
+      </c>
+      <c r="N14" t="s">
+        <v>186</v>
+      </c>
+      <c r="O14" t="s">
+        <v>187</v>
+      </c>
+      <c r="P14" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>95</v>
+      </c>
+      <c r="B15" t="s">
+        <v>189</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>190</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>191</v>
+      </c>
+      <c r="H15" t="s">
+        <v>192</v>
+      </c>
+      <c r="I15" t="s">
+        <v>117</v>
+      </c>
+      <c r="J15" t="s">
+        <v>20</v>
+      </c>
+      <c r="K15" t="s">
+        <v>30</v>
+      </c>
+      <c r="L15" t="s">
+        <v>102</v>
+      </c>
+      <c r="M15" t="s">
+        <v>103</v>
+      </c>
+      <c r="N15" t="s">
+        <v>159</v>
+      </c>
+      <c r="O15" t="s">
+        <v>193</v>
+      </c>
+      <c r="P15" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>95</v>
+      </c>
+      <c r="B16" t="s">
+        <v>195</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>190</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>196</v>
+      </c>
+      <c r="H16" t="s">
+        <v>197</v>
+      </c>
+      <c r="I16" t="s">
+        <v>198</v>
+      </c>
+      <c r="J16" t="s">
+        <v>131</v>
+      </c>
+      <c r="K16" t="s">
+        <v>30</v>
+      </c>
+      <c r="L16" t="s">
+        <v>102</v>
+      </c>
+      <c r="M16" t="s">
+        <v>103</v>
+      </c>
+      <c r="N16" t="s">
+        <v>159</v>
+      </c>
+      <c r="O16" t="s">
+        <v>199</v>
+      </c>
+      <c r="P16" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>95</v>
+      </c>
+      <c r="B17" t="s">
+        <v>201</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>202</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>203</v>
+      </c>
+      <c r="H17" t="s">
+        <v>204</v>
+      </c>
+      <c r="I17" t="s">
+        <v>205</v>
+      </c>
+      <c r="J17" t="s">
+        <v>131</v>
+      </c>
+      <c r="K17" t="s">
+        <v>30</v>
+      </c>
+      <c r="L17" t="s">
+        <v>102</v>
+      </c>
+      <c r="M17" t="s">
+        <v>103</v>
+      </c>
+      <c r="N17" t="s">
+        <v>178</v>
+      </c>
+      <c r="O17" t="s">
+        <v>206</v>
+      </c>
+      <c r="P17" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>95</v>
+      </c>
+      <c r="B18" t="s">
+        <v>208</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>209</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>210</v>
+      </c>
+      <c r="H18" t="s">
+        <v>211</v>
+      </c>
+      <c r="I18" t="s">
+        <v>212</v>
+      </c>
+      <c r="J18" t="s">
+        <v>117</v>
+      </c>
+      <c r="K18" t="s">
+        <v>30</v>
+      </c>
+      <c r="L18" t="s">
+        <v>102</v>
+      </c>
+      <c r="M18" t="s">
+        <v>213</v>
+      </c>
+      <c r="N18" t="s">
+        <v>178</v>
+      </c>
+      <c r="O18" t="s">
+        <v>206</v>
+      </c>
+      <c r="P18" t="s">
+        <v>214</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>215</v>
+      </c>
+      <c r="J1" t="s">
+        <v>87</v>
+      </c>
+      <c r="K1" t="s">
+        <v>216</v>
+      </c>
+      <c r="L1" t="s">
+        <v>89</v>
+      </c>
+      <c r="M1" t="s">
+        <v>90</v>
+      </c>
+      <c r="N1" t="s">
+        <v>217</v>
+      </c>
+      <c r="O1" t="s">
+        <v>218</v>
+      </c>
+      <c r="P1" t="s">
+        <v>219</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>220</v>
+      </c>
+      <c r="R1" t="s">
+        <v>91</v>
+      </c>
+      <c r="S1" t="s">
+        <v>221</v>
+      </c>
+      <c r="T1" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>223</v>
+      </c>
+      <c r="B2" t="s">
+        <v>224</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>225</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>226</v>
+      </c>
+      <c r="H2" t="s">
+        <v>227</v>
+      </c>
+      <c r="I2" t="s">
+        <v>228</v>
+      </c>
+      <c r="J2" t="s">
+        <v>229</v>
+      </c>
+      <c r="K2" t="s">
+        <v>101</v>
+      </c>
+      <c r="L2" t="s">
+        <v>30</v>
+      </c>
+      <c r="M2" t="s">
+        <v>102</v>
+      </c>
+      <c r="N2" t="s">
+        <v>230</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>231</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>232</v>
+      </c>
+      <c r="R2" t="s">
+        <v>231</v>
+      </c>
+      <c r="S2" t="s">
+        <v>233</v>
+      </c>
+      <c r="T2" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>223</v>
+      </c>
+      <c r="B3" t="s">
+        <v>235</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>236</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>237</v>
+      </c>
+      <c r="H3" t="s">
+        <v>238</v>
+      </c>
+      <c r="I3" t="s">
+        <v>239</v>
+      </c>
+      <c r="J3" t="s">
+        <v>240</v>
+      </c>
+      <c r="K3" t="s">
+        <v>117</v>
+      </c>
+      <c r="L3" t="s">
+        <v>30</v>
+      </c>
+      <c r="M3" t="s">
+        <v>102</v>
+      </c>
+      <c r="N3" t="s">
+        <v>241</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>242</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>243</v>
+      </c>
+      <c r="R3" t="s">
+        <v>213</v>
+      </c>
+      <c r="S3" t="s">
+        <v>31</v>
+      </c>
+      <c r="T3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>223</v>
+      </c>
+      <c r="B4" t="s">
+        <v>245</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>246</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>247</v>
+      </c>
+      <c r="H4" t="s">
+        <v>248</v>
+      </c>
+      <c r="I4" t="s">
+        <v>228</v>
+      </c>
+      <c r="J4" t="s">
+        <v>249</v>
+      </c>
+      <c r="K4" t="s">
+        <v>101</v>
+      </c>
+      <c r="L4" t="s">
+        <v>30</v>
+      </c>
+      <c r="M4" t="s">
+        <v>102</v>
+      </c>
+      <c r="N4" t="s">
+        <v>250</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>231</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>251</v>
+      </c>
+      <c r="R4" t="s">
+        <v>231</v>
+      </c>
+      <c r="S4" t="s">
+        <v>252</v>
+      </c>
+      <c r="T4" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>223</v>
+      </c>
+      <c r="B5" t="s">
+        <v>253</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>254</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>255</v>
+      </c>
+      <c r="H5" t="s">
+        <v>256</v>
+      </c>
+      <c r="I5" t="s">
+        <v>257</v>
+      </c>
+      <c r="J5" t="s">
+        <v>258</v>
+      </c>
+      <c r="K5" t="s">
+        <v>117</v>
+      </c>
+      <c r="L5" t="s">
+        <v>30</v>
+      </c>
+      <c r="M5" t="s">
+        <v>102</v>
+      </c>
+      <c r="N5" t="s">
+        <v>259</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>103</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>260</v>
+      </c>
+      <c r="R5" t="s">
+        <v>103</v>
+      </c>
+      <c r="S5" t="s">
+        <v>261</v>
+      </c>
+      <c r="T5" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>223</v>
+      </c>
+      <c r="B6" t="s">
+        <v>262</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>263</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>264</v>
+      </c>
+      <c r="H6" t="s">
+        <v>265</v>
+      </c>
+      <c r="I6" t="s">
+        <v>257</v>
+      </c>
+      <c r="J6" t="s">
+        <v>266</v>
+      </c>
+      <c r="K6" t="s">
+        <v>117</v>
+      </c>
+      <c r="L6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M6" t="s">
+        <v>102</v>
+      </c>
+      <c r="N6" t="s">
+        <v>267</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>103</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>260</v>
+      </c>
+      <c r="R6" t="s">
+        <v>103</v>
+      </c>
+      <c r="S6" t="s">
+        <v>268</v>
+      </c>
+      <c r="T6" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>223</v>
+      </c>
+      <c r="B7" t="s">
+        <v>269</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>263</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>270</v>
+      </c>
+      <c r="H7" t="s">
+        <v>271</v>
+      </c>
+      <c r="I7" t="s">
+        <v>228</v>
+      </c>
+      <c r="J7" t="s">
+        <v>272</v>
+      </c>
+      <c r="K7" t="s">
+        <v>131</v>
+      </c>
+      <c r="L7" t="s">
+        <v>30</v>
+      </c>
+      <c r="M7" t="s">
+        <v>102</v>
+      </c>
+      <c r="N7" t="s">
+        <v>273</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>103</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>260</v>
+      </c>
+      <c r="R7" t="s">
+        <v>103</v>
+      </c>
+      <c r="S7" t="s">
+        <v>274</v>
+      </c>
+      <c r="T7" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>223</v>
+      </c>
+      <c r="B8" t="s">
+        <v>275</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>276</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>277</v>
+      </c>
+      <c r="H8" t="s">
+        <v>278</v>
+      </c>
+      <c r="I8" t="s">
+        <v>228</v>
+      </c>
+      <c r="J8" t="s">
+        <v>279</v>
+      </c>
+      <c r="K8" t="s">
+        <v>280</v>
+      </c>
+      <c r="L8" t="s">
+        <v>30</v>
+      </c>
+      <c r="M8" t="s">
+        <v>102</v>
+      </c>
+      <c r="N8" t="s">
+        <v>281</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>213</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>282</v>
+      </c>
+      <c r="R8" t="s">
+        <v>213</v>
+      </c>
+      <c r="S8" t="s">
+        <v>283</v>
+      </c>
+      <c r="T8" t="s">
+        <v>244</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>