--- v1 (2026-01-17)
+++ v2 (2026-03-05)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="602" uniqueCount="284">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="458" uniqueCount="226">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -152,92 +152,86 @@
   <si>
     <t>ADRIEN</t>
   </si>
   <si>
     <t>03 April 2025</t>
   </si>
   <si>
     <t>Docteur BERENICE QUENTIN</t>
   </si>
   <si>
     <t>26/12/2023 15:33:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3485523/fr/docteur-berenice-quentin</t>
   </si>
   <si>
     <t>p_3485523</t>
   </si>
   <si>
     <t>QUENTIN</t>
   </si>
   <si>
     <t>BERENICE</t>
   </si>
   <si>
-    <t>21 December 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur CLEMENTINE LEFEVRE</t>
   </si>
   <si>
     <t>26/12/2023 15:33:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3485588/fr/docteur-clementine-lefevre</t>
   </si>
   <si>
     <t>p_3485588</t>
   </si>
   <si>
     <t>LEFEVRE</t>
   </si>
   <si>
     <t>CLEMENTINE</t>
   </si>
   <si>
     <t>Docteur MARIE DEVRED</t>
   </si>
   <si>
     <t>03/01/2022 15:32:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3307665/fr/docteur-marie-devred</t>
   </si>
   <si>
     <t>p_3307665</t>
   </si>
   <si>
     <t>DEVRED</t>
   </si>
   <si>
     <t>MARIE</t>
   </si>
   <si>
-    <t>29 December 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Charlotte LEMBROUCK</t>
   </si>
   <si>
     <t>22/12/2020 17:32:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3226749/fr/docteur-charlotte-lembrouck</t>
   </si>
   <si>
     <t>p_3226749</t>
   </si>
   <si>
     <t>LEMBROUCK</t>
   </si>
   <si>
     <t>Charlotte</t>
   </si>
   <si>
     <t>15 May 2025</t>
   </si>
   <si>
     <t>CHU SITE FELIX GUYON (SAINT DENIS),CH OUEST REUNION</t>
   </si>
   <si>
     <t>97405,97460</t>
@@ -305,579 +299,411 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
-    <t>SERVICE REPARATION PENALE AAPEJ</t>
-[...11 lines deleted...]
-    <t>35 Chemin Tamatave</t>
+    <t>CSAPA SPECIALISE OUEST (ST-PAUL)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1989_FicheESSMS/fr/csapa-specialise-ouest-st-paul</t>
+  </si>
+  <si>
+    <t>1989_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Rue Chaussee Royale</t>
+  </si>
+  <si>
+    <t>97460 ST PAUL</t>
+  </si>
+  <si>
+    <t>9D</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>970404885</t>
+  </si>
+  <si>
+    <t>MAS ANNIE GAUCI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5007_FicheESSMS/fr/mas-annie-gauci</t>
+  </si>
+  <si>
+    <t>5007_FicheESSMS</t>
+  </si>
+  <si>
+    <t>72 Chemin Saulnier</t>
   </si>
   <si>
     <t>97435 ST PAUL</t>
   </si>
   <si>
-    <t>9D</t>
-[...83 lines deleted...]
-    <t>210 Rue Du General De Gaulle</t>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>970404554</t>
+  </si>
+  <si>
+    <t>C.E.A.P. LES CHAMPS DE MERLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5004_FicheESSMS/fr/c-e-a-p-les-champs-de-merle</t>
+  </si>
+  <si>
+    <t>5004_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Rue Jacques Aubert</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
+  </si>
+  <si>
+    <t>970451001</t>
+  </si>
+  <si>
+    <t>IEM LES CHAMPS DE MERLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5003_FicheESSMS/fr/iem-les-champs-de-merle</t>
+  </si>
+  <si>
+    <t>5003_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Institut d'éducation motrice</t>
+  </si>
+  <si>
+    <t>970409504</t>
+  </si>
+  <si>
+    <t>S.E.S.S.A.D. LES CHAMPS DE MERLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5002_FicheESSMS/fr/s-e-s-s-a-d-les-champs-de-merle</t>
+  </si>
+  <si>
+    <t>5002_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>970405197</t>
+  </si>
+  <si>
+    <t>EANM MAXIME LAOPE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3332_FicheESSMS/fr/eanm-maxime-laope</t>
+  </si>
+  <si>
+    <t>3332_FicheESSMS</t>
+  </si>
+  <si>
+    <t>170 Rue Marius Et Ary Leblond</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>970405981</t>
+  </si>
+  <si>
+    <t>EHPA FOYER DE LA CLEMENCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8478_FicheESSMS/fr/ehpa-foyer-de-la-clemence</t>
+  </si>
+  <si>
+    <t>8478_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue De L'Eglise</t>
+  </si>
+  <si>
+    <t>97422 ST PAUL</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>EHPA ne percevant pas des crédits d'assurance maladie</t>
+  </si>
+  <si>
+    <t>970431144</t>
+  </si>
+  <si>
+    <t>SAAD - INTERCITES SAP</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9788_FicheESSMS/fr/saad-intercites-sap</t>
+  </si>
+  <si>
+    <t>9788_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue Jules Thirel</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>970411542</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CLINIQUE ROBERT DEBRE</t>
+  </si>
+  <si>
+    <t>07/02/2025 13:19:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3515_FicheEtablissement/fr/clinique-robert-debre</t>
+  </si>
+  <si>
+    <t>3515_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>18 Impasse Des Oliviers</t>
+  </si>
+  <si>
+    <t>0262593737</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>970404109</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER OUEST REUNION</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3508_FicheEtablissement/fr/ch-ouest-reunion</t>
+  </si>
+  <si>
+    <t>3508_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>5 Impasse Plaine Chabrier</t>
+  </si>
+  <si>
+    <t>0262453030</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>CLINIQUE LES OLIVIERS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3538_FicheEtablissement/fr/clinique-les-oliviers</t>
+  </si>
+  <si>
+    <t>3538_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>29 Rue Joseph Hubert</t>
+  </si>
+  <si>
+    <t>0262554141</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>970463113</t>
+  </si>
+  <si>
+    <t>UNITE AUTODIALYSE (ST PAUL) - ASDR</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4107_FicheEtablissement/fr/uad-st-paul-asdr</t>
+  </si>
+  <si>
+    <t>4107_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>30 Rue Gabriel Martin</t>
+  </si>
+  <si>
+    <t>0262202820</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>970403671</t>
+  </si>
+  <si>
+    <t>UAD (ST PAUL) - AURAR</t>
+  </si>
+  <si>
+    <t>16/02/2024 14:43:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4110_FicheEtablissement/fr/uad-st-paul-aurar</t>
+  </si>
+  <si>
+    <t>4110_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>11 Rue De La Chapelle</t>
+  </si>
+  <si>
+    <t>0262452332</t>
+  </si>
+  <si>
+    <t>970403747</t>
+  </si>
+  <si>
+    <t>UAD-DAD-DP (ST GILLES) - AURAR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4118_FicheEtablissement/fr/uad-dad-dp-st-gilles-aurar</t>
+  </si>
+  <si>
+    <t>4118_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>71 Rue Des Navigateurs</t>
   </si>
   <si>
     <t>97434 ST PAUL</t>
-  </si>
-[...421 lines deleted...]
-    <t>71 Rue Des Navigateurs</t>
   </si>
   <si>
     <t>0262989955</t>
   </si>
   <si>
     <t>970405676</t>
   </si>
   <si>
     <t>EPSMR-GRAND POURPIER (ST PAUL)</t>
   </si>
   <si>
     <t>15/11/2023 17:18:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3505_FicheEtablissement/fr/epsmr-grand-pourpier-st-paul</t>
   </si>
   <si>
     <t>3505_FicheEtablissement</t>
   </si>
   <si>
     <t>42 Chemin Du Grand Pourpier</t>
   </si>
   <si>
     <t>97411 ST PAUL</t>
   </si>
@@ -1132,1762 +958,1312 @@
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
         <v>41</v>
       </c>
       <c r="H4" t="s">
         <v>42</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
         <v>43</v>
       </c>
       <c r="L4" t="s">
         <v>44</v>
       </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>28</v>
       </c>
       <c r="P4" t="s">
         <v>29</v>
       </c>
       <c r="Q4" t="s">
         <v>30</v>
       </c>
       <c r="R4" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
         <v>46</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
         <v>47</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
+        <v>49</v>
+      </c>
+      <c r="L5" t="s">
         <v>50</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5" t="s">
         <v>29</v>
       </c>
       <c r="Q5" t="s">
         <v>30</v>
       </c>
       <c r="R5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
         <v>52</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
         <v>53</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
+        <v>55</v>
+      </c>
+      <c r="L6" t="s">
         <v>56</v>
       </c>
-      <c r="L6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6" t="s">
         <v>29</v>
       </c>
       <c r="Q6" t="s">
         <v>30</v>
       </c>
       <c r="R6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>58</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
         <v>59</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>60</v>
-      </c>
-[...7 lines deleted...]
-        <v>62</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
+        <v>61</v>
+      </c>
+      <c r="L7" t="s">
+        <v>62</v>
+      </c>
+      <c r="M7" t="s">
+        <v>20</v>
+      </c>
+      <c r="N7" t="s">
         <v>63</v>
       </c>
-      <c r="L7" t="s">
+      <c r="O7" t="s">
         <v>64</v>
       </c>
-      <c r="M7" t="s">
-[...2 lines deleted...]
-      <c r="N7" t="s">
+      <c r="P7" t="s">
         <v>65</v>
       </c>
-      <c r="O7" t="s">
+      <c r="Q7" t="s">
         <v>66</v>
       </c>
-      <c r="P7" t="s">
+      <c r="R7" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>69</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
         <v>70</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="H8" t="s">
         <v>71</v>
-      </c>
-[...7 lines deleted...]
-        <v>73</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
+        <v>72</v>
+      </c>
+      <c r="L8" t="s">
+        <v>73</v>
+      </c>
+      <c r="M8" t="s">
+        <v>20</v>
+      </c>
+      <c r="N8" t="s">
         <v>74</v>
-      </c>
-[...7 lines deleted...]
-        <v>76</v>
       </c>
       <c r="O8" t="s">
         <v>28</v>
       </c>
       <c r="P8" t="s">
         <v>29</v>
       </c>
       <c r="Q8" t="s">
         <v>30</v>
       </c>
       <c r="R8" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>76</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
         <v>77</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>78</v>
-      </c>
-[...7 lines deleted...]
-        <v>80</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
+        <v>79</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
+        <v>20</v>
+      </c>
+      <c r="N9" t="s">
+        <v>74</v>
+      </c>
+      <c r="O9" t="s">
         <v>81</v>
       </c>
-      <c r="L9" t="s">
+      <c r="P9" t="s">
         <v>82</v>
       </c>
-      <c r="M9" t="s">
-[...5 lines deleted...]
-      <c r="O9" t="s">
+      <c r="Q9" t="s">
         <v>83</v>
       </c>
-      <c r="P9" t="s">
+      <c r="R9" t="s">
         <v>84</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P18"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
+        <v>85</v>
+      </c>
+      <c r="J1" t="s">
+        <v>86</v>
+      </c>
+      <c r="K1" t="s">
         <v>87</v>
       </c>
-      <c r="J1" t="s">
+      <c r="L1" t="s">
         <v>88</v>
       </c>
-      <c r="K1" t="s">
+      <c r="M1" t="s">
         <v>89</v>
       </c>
-      <c r="L1" t="s">
+      <c r="N1" t="s">
         <v>90</v>
       </c>
-      <c r="M1" t="s">
+      <c r="O1" t="s">
         <v>91</v>
       </c>
-      <c r="N1" t="s">
+      <c r="P1" t="s">
         <v>92</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>93</v>
+      </c>
+      <c r="B2" t="s">
+        <v>94</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
         <v>95</v>
       </c>
-      <c r="B2" t="s">
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
         <v>96</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="H2" t="s">
         <v>97</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="I2" t="s">
         <v>98</v>
       </c>
-      <c r="H2" t="s">
+      <c r="J2" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
       <c r="K2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="s">
+        <v>100</v>
+      </c>
+      <c r="M2" t="s">
+        <v>101</v>
+      </c>
+      <c r="N2" t="s">
         <v>102</v>
       </c>
-      <c r="M2" t="s">
+      <c r="O2" t="s">
         <v>103</v>
       </c>
-      <c r="N2" t="s">
+      <c r="P2" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B3" t="s">
+        <v>105</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
         <v>107</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>108</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>109</v>
       </c>
-      <c r="I3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J3" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="K3" t="s">
         <v>30</v>
       </c>
       <c r="L3" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="M3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="N3" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="O3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="P3" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B4" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>113</v>
+        <v>106</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="I4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="J4" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="K4" t="s">
         <v>30</v>
       </c>
       <c r="L4" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="M4" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="N4" t="s">
         <v>118</v>
       </c>
       <c r="O4" t="s">
         <v>119</v>
       </c>
       <c r="P4" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B5" t="s">
         <v>121</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>113</v>
+        <v>106</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>122</v>
       </c>
       <c r="H5" t="s">
         <v>123</v>
       </c>
       <c r="I5" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="J5" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="K5" t="s">
         <v>30</v>
       </c>
       <c r="L5" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="M5" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="N5" t="s">
         <v>118</v>
       </c>
       <c r="O5" t="s">
         <v>124</v>
       </c>
       <c r="P5" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B6" t="s">
         <v>126</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
+        <v>106</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
         <v>127</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>128</v>
       </c>
-      <c r="H6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I6" t="s">
-        <v>130</v>
+        <v>117</v>
       </c>
       <c r="J6" t="s">
-        <v>131</v>
+        <v>110</v>
       </c>
       <c r="K6" t="s">
         <v>30</v>
       </c>
       <c r="L6" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="M6" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="N6" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="O6" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="P6" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B7" t="s">
+        <v>131</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>132</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>133</v>
+      </c>
+      <c r="H7" t="s">
         <v>134</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="I7" t="s">
         <v>135</v>
       </c>
-      <c r="F7" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>117</v>
+        <v>99</v>
       </c>
       <c r="K7" t="s">
         <v>30</v>
       </c>
       <c r="L7" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="M7" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="N7" t="s">
-        <v>118</v>
+        <v>111</v>
       </c>
       <c r="O7" t="s">
-        <v>119</v>
+        <v>136</v>
       </c>
       <c r="P7" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B8" t="s">
+        <v>138</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>139</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
         <v>140</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="H8" t="s">
         <v>141</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="I8" t="s">
         <v>142</v>
       </c>
-      <c r="H8" t="s">
+      <c r="J8" t="s">
         <v>143</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
       <c r="K8" t="s">
         <v>30</v>
       </c>
       <c r="L8" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="M8" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="N8" t="s">
+        <v>144</v>
+      </c>
+      <c r="O8" t="s">
         <v>145</v>
       </c>
-      <c r="O8" t="s">
+      <c r="P8" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B9" t="s">
+        <v>147</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
         <v>148</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
         <v>149</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>150</v>
       </c>
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>151</v>
       </c>
-      <c r="I9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J9" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="K9" t="s">
         <v>30</v>
       </c>
       <c r="L9" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="M9" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="N9" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="O9" t="s">
         <v>153</v>
       </c>
       <c r="P9" t="s">
         <v>154</v>
-      </c>
-[...448 lines deleted...]
-        <v>214</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>215</v>
+        <v>155</v>
       </c>
       <c r="J1" t="s">
+        <v>85</v>
+      </c>
+      <c r="K1" t="s">
+        <v>156</v>
+      </c>
+      <c r="L1" t="s">
         <v>87</v>
       </c>
-      <c r="K1" t="s">
-[...2 lines deleted...]
-      <c r="L1" t="s">
+      <c r="M1" t="s">
+        <v>88</v>
+      </c>
+      <c r="N1" t="s">
+        <v>157</v>
+      </c>
+      <c r="O1" t="s">
+        <v>158</v>
+      </c>
+      <c r="P1" t="s">
+        <v>159</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>160</v>
+      </c>
+      <c r="R1" t="s">
         <v>89</v>
       </c>
-      <c r="M1" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="S1" t="s">
-        <v>221</v>
+        <v>161</v>
       </c>
       <c r="T1" t="s">
-        <v>222</v>
+        <v>162</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>223</v>
+        <v>163</v>
       </c>
       <c r="B2" t="s">
-        <v>224</v>
+        <v>164</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>225</v>
+        <v>165</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>226</v>
+        <v>166</v>
       </c>
       <c r="H2" t="s">
-        <v>227</v>
+        <v>167</v>
       </c>
       <c r="I2" t="s">
-        <v>228</v>
+        <v>168</v>
       </c>
       <c r="J2" t="s">
-        <v>229</v>
+        <v>169</v>
       </c>
       <c r="K2" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="L2" t="s">
         <v>30</v>
       </c>
       <c r="M2" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="N2" t="s">
-        <v>230</v>
+        <v>170</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>231</v>
+        <v>171</v>
       </c>
       <c r="Q2" t="s">
-        <v>232</v>
+        <v>172</v>
       </c>
       <c r="R2" t="s">
-        <v>231</v>
+        <v>171</v>
       </c>
       <c r="S2" t="s">
-        <v>233</v>
+        <v>173</v>
       </c>
       <c r="T2" t="s">
-        <v>234</v>
+        <v>174</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>223</v>
+        <v>163</v>
       </c>
       <c r="B3" t="s">
-        <v>235</v>
+        <v>175</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>236</v>
+        <v>176</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>237</v>
+        <v>177</v>
       </c>
       <c r="H3" t="s">
-        <v>238</v>
+        <v>178</v>
       </c>
       <c r="I3" t="s">
-        <v>239</v>
+        <v>179</v>
       </c>
       <c r="J3" t="s">
-        <v>240</v>
+        <v>180</v>
       </c>
       <c r="K3" t="s">
-        <v>117</v>
+        <v>99</v>
       </c>
       <c r="L3" t="s">
         <v>30</v>
       </c>
       <c r="M3" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="N3" t="s">
-        <v>241</v>
+        <v>181</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>242</v>
+        <v>182</v>
       </c>
       <c r="Q3" t="s">
-        <v>243</v>
+        <v>183</v>
       </c>
       <c r="R3" t="s">
-        <v>213</v>
+        <v>184</v>
       </c>
       <c r="S3" t="s">
         <v>31</v>
       </c>
       <c r="T3" t="s">
-        <v>244</v>
+        <v>185</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>223</v>
+        <v>163</v>
       </c>
       <c r="B4" t="s">
-        <v>245</v>
+        <v>186</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>246</v>
+        <v>187</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>247</v>
+        <v>188</v>
       </c>
       <c r="H4" t="s">
-        <v>248</v>
+        <v>189</v>
       </c>
       <c r="I4" t="s">
-        <v>228</v>
+        <v>168</v>
       </c>
       <c r="J4" t="s">
-        <v>249</v>
+        <v>190</v>
       </c>
       <c r="K4" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="L4" t="s">
         <v>30</v>
       </c>
       <c r="M4" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="N4" t="s">
-        <v>250</v>
+        <v>191</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>231</v>
+        <v>171</v>
       </c>
       <c r="Q4" t="s">
-        <v>251</v>
+        <v>192</v>
       </c>
       <c r="R4" t="s">
-        <v>231</v>
+        <v>171</v>
       </c>
       <c r="S4" t="s">
-        <v>252</v>
+        <v>193</v>
       </c>
       <c r="T4" t="s">
-        <v>234</v>
+        <v>174</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>223</v>
+        <v>163</v>
       </c>
       <c r="B5" t="s">
-        <v>253</v>
+        <v>194</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>254</v>
+        <v>195</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>255</v>
+        <v>196</v>
       </c>
       <c r="H5" t="s">
-        <v>256</v>
+        <v>197</v>
       </c>
       <c r="I5" t="s">
-        <v>257</v>
+        <v>198</v>
       </c>
       <c r="J5" t="s">
-        <v>258</v>
+        <v>199</v>
       </c>
       <c r="K5" t="s">
-        <v>117</v>
+        <v>99</v>
       </c>
       <c r="L5" t="s">
         <v>30</v>
       </c>
       <c r="M5" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="N5" t="s">
-        <v>259</v>
+        <v>200</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="Q5" t="s">
-        <v>260</v>
+        <v>201</v>
       </c>
       <c r="R5" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="S5" t="s">
-        <v>261</v>
+        <v>202</v>
       </c>
       <c r="T5" t="s">
-        <v>234</v>
+        <v>174</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>223</v>
+        <v>163</v>
       </c>
       <c r="B6" t="s">
-        <v>262</v>
+        <v>203</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>263</v>
+        <v>204</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>264</v>
+        <v>205</v>
       </c>
       <c r="H6" t="s">
-        <v>265</v>
+        <v>206</v>
       </c>
       <c r="I6" t="s">
-        <v>257</v>
+        <v>198</v>
       </c>
       <c r="J6" t="s">
-        <v>266</v>
+        <v>207</v>
       </c>
       <c r="K6" t="s">
-        <v>117</v>
+        <v>99</v>
       </c>
       <c r="L6" t="s">
         <v>30</v>
       </c>
       <c r="M6" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="N6" t="s">
-        <v>267</v>
+        <v>208</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="Q6" t="s">
-        <v>260</v>
+        <v>201</v>
       </c>
       <c r="R6" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="S6" t="s">
-        <v>268</v>
+        <v>209</v>
       </c>
       <c r="T6" t="s">
-        <v>244</v>
+        <v>185</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>223</v>
+        <v>163</v>
       </c>
       <c r="B7" t="s">
-        <v>269</v>
+        <v>210</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>263</v>
+        <v>204</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>270</v>
+        <v>211</v>
       </c>
       <c r="H7" t="s">
-        <v>271</v>
+        <v>212</v>
       </c>
       <c r="I7" t="s">
-        <v>228</v>
+        <v>168</v>
       </c>
       <c r="J7" t="s">
-        <v>272</v>
+        <v>213</v>
       </c>
       <c r="K7" t="s">
-        <v>131</v>
+        <v>214</v>
       </c>
       <c r="L7" t="s">
         <v>30</v>
       </c>
       <c r="M7" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="N7" t="s">
-        <v>273</v>
+        <v>215</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="Q7" t="s">
-        <v>260</v>
+        <v>201</v>
       </c>
       <c r="R7" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="S7" t="s">
-        <v>274</v>
+        <v>216</v>
       </c>
       <c r="T7" t="s">
-        <v>244</v>
+        <v>185</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>223</v>
+        <v>163</v>
       </c>
       <c r="B8" t="s">
-        <v>275</v>
+        <v>217</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>276</v>
+        <v>218</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>277</v>
+        <v>219</v>
       </c>
       <c r="H8" t="s">
-        <v>278</v>
+        <v>220</v>
       </c>
       <c r="I8" t="s">
-        <v>228</v>
+        <v>168</v>
       </c>
       <c r="J8" t="s">
-        <v>279</v>
+        <v>221</v>
       </c>
       <c r="K8" t="s">
-        <v>280</v>
+        <v>222</v>
       </c>
       <c r="L8" t="s">
         <v>30</v>
       </c>
       <c r="M8" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="N8" t="s">
-        <v>281</v>
+        <v>223</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>213</v>
+        <v>184</v>
       </c>
       <c r="Q8" t="s">
-        <v>282</v>
+        <v>224</v>
       </c>
       <c r="R8" t="s">
-        <v>213</v>
+        <v>184</v>
       </c>
       <c r="S8" t="s">
-        <v>283</v>
+        <v>225</v>
       </c>
       <c r="T8" t="s">
-        <v>244</v>
+        <v>185</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>