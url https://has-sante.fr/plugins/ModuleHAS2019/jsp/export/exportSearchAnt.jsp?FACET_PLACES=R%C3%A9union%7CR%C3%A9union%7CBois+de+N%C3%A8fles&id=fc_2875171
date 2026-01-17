--- v0 (2025-10-18)
+++ v1 (2026-01-17)
@@ -1,59 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="579" uniqueCount="256">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="636" uniqueCount="291">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -221,341 +224,353 @@
   <si>
     <t>970404406,970404844</t>
   </si>
   <si>
     <t>Docteur Céline LENCK</t>
   </si>
   <si>
     <t>18/10/2024 10:33:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3550480/fr/docteur-celine-lenck</t>
   </si>
   <si>
     <t>p_3550480</t>
   </si>
   <si>
     <t>LENCK</t>
   </si>
   <si>
     <t>Céline</t>
   </si>
   <si>
     <t>17 October 2024</t>
   </si>
   <si>
+    <t>CLINIQUE PASTEUR,CLINIQUE SAINT VINCENT,CLINIQUE STE-CLOTILDE</t>
+  </si>
+  <si>
+    <t>07500,97476,97492</t>
+  </si>
+  <si>
+    <t>GUILHERAND GRANGES,ST DENIS,STE CLOTILDE</t>
+  </si>
+  <si>
+    <t>070780424,970404844,970462107</t>
+  </si>
+  <si>
+    <t>Docteur Benedicte CHICAUD</t>
+  </si>
+  <si>
+    <t>13/09/2024 15:34:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3541627/fr/docteur-benedicte-chicaud</t>
+  </si>
+  <si>
+    <t>p_3541627</t>
+  </si>
+  <si>
+    <t>CHICAUD</t>
+  </si>
+  <si>
+    <t>Benedicte</t>
+  </si>
+  <si>
+    <t>12 September 2024</t>
+  </si>
+  <si>
+    <t>CR SAINTE CLOTILDE</t>
+  </si>
+  <si>
+    <t>970404406</t>
+  </si>
+  <si>
+    <t>Docteur THOMAS GUEGUEN</t>
+  </si>
+  <si>
+    <t>22/04/2024 17:34:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511123/fr/docteur-thomas-gueguen</t>
+  </si>
+  <si>
+    <t>p_3511123</t>
+  </si>
+  <si>
+    <t>GUEGUEN</t>
+  </si>
+  <si>
+    <t>THOMAS</t>
+  </si>
+  <si>
+    <t>28 March 2024</t>
+  </si>
+  <si>
+    <t>CLINIQUE LES ORCHIDEES,CLINIQUE STE-CLOTILDE</t>
+  </si>
+  <si>
+    <t>97420,97492</t>
+  </si>
+  <si>
+    <t>LE PORT,STE CLOTILDE</t>
+  </si>
+  <si>
+    <t>970462081,970462107</t>
+  </si>
+  <si>
+    <t>Docteur Vincent ROUSSEL</t>
+  </si>
+  <si>
+    <t>22/04/2024 17:34:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511125/fr/docteur-vincent-roussel</t>
+  </si>
+  <si>
+    <t>p_3511125</t>
+  </si>
+  <si>
+    <t>ROUSSEL</t>
+  </si>
+  <si>
+    <t>Vincent</t>
+  </si>
+  <si>
+    <t>Docteur Emmanuel BAZOT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511129/fr/docteur-emmanuel-bazot</t>
+  </si>
+  <si>
+    <t>p_3511129</t>
+  </si>
+  <si>
+    <t>BAZOT</t>
+  </si>
+  <si>
+    <t>Emmanuel</t>
+  </si>
+  <si>
+    <t>Docteur VINCENT CLAVERIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511135/fr/docteur-vincent-claverie</t>
+  </si>
+  <si>
+    <t>p_3511135</t>
+  </si>
+  <si>
+    <t>CLAVERIE</t>
+  </si>
+  <si>
+    <t>VINCENT</t>
+  </si>
+  <si>
+    <t>Docteur Shalini RAJ-LAWRENCE</t>
+  </si>
+  <si>
+    <t>22/04/2024 17:34:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511137/fr/docteur-shalini-raj-lawrence</t>
+  </si>
+  <si>
+    <t>p_3511137</t>
+  </si>
+  <si>
+    <t>RAJ-LAWRENCE</t>
+  </si>
+  <si>
+    <t>Shalini</t>
+  </si>
+  <si>
+    <t>Docteur PHILIPPE CAUTY</t>
+  </si>
+  <si>
+    <t>22/04/2024 17:34:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511178/fr/docteur-philippe-cauty</t>
+  </si>
+  <si>
+    <t>p_3511178</t>
+  </si>
+  <si>
+    <t>CAUTY</t>
+  </si>
+  <si>
+    <t>PHILIPPE</t>
+  </si>
+  <si>
+    <t>Docteur VIRGINIE JANNIER-GUILLOU</t>
+  </si>
+  <si>
+    <t>22/04/2024 17:34:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511182/fr/docteur-virginie-jannier-guillou</t>
+  </si>
+  <si>
+    <t>p_3511182</t>
+  </si>
+  <si>
+    <t>JANNIER-GUILLOU</t>
+  </si>
+  <si>
+    <t>VIRGINIE</t>
+  </si>
+  <si>
+    <t>Docteur THOMAS GALAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511184/fr/docteur-thomas-galas</t>
+  </si>
+  <si>
+    <t>p_3511184</t>
+  </si>
+  <si>
+    <t>GALAS</t>
+  </si>
+  <si>
+    <t>Docteur Karim RACHDI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511186/fr/docteur-karim-rachdi</t>
+  </si>
+  <si>
+    <t>p_3511186</t>
+  </si>
+  <si>
+    <t>RACHDI</t>
+  </si>
+  <si>
+    <t>Karim</t>
+  </si>
+  <si>
+    <t>Docteur JEAN RICHARD VI-FANE</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:32:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503733/fr/docteur-jean-richard-vi-fane</t>
+  </si>
+  <si>
+    <t>p_3503733</t>
+  </si>
+  <si>
+    <t>VI-FANE</t>
+  </si>
+  <si>
+    <t>JEAN RICHARD</t>
+  </si>
+  <si>
+    <t>Docteur JULIA MILLIER</t>
+  </si>
+  <si>
+    <t>26/12/2023 15:33:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3485621/fr/docteur-julia-millier</t>
+  </si>
+  <si>
+    <t>p_3485621</t>
+  </si>
+  <si>
+    <t>MILLIER</t>
+  </si>
+  <si>
+    <t>JULIA</t>
+  </si>
+  <si>
+    <t>21 December 2023</t>
+  </si>
+  <si>
+    <t>Docteur THOMAS FAUVET</t>
+  </si>
+  <si>
+    <t>15/09/2023 13:37:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3462207/fr/docteur-thomas-fauvet</t>
+  </si>
+  <si>
+    <t>p_3462207</t>
+  </si>
+  <si>
+    <t>FAUVET</t>
+  </si>
+  <si>
+    <t>14 September 2023</t>
+  </si>
+  <si>
+    <t>CH D'ALBERTVILLE,GCS CLINIQUE HERBERT,CLINIQUE STE-CLOTILDE</t>
+  </si>
+  <si>
+    <t>73208,73100,97492</t>
+  </si>
+  <si>
+    <t>ALBERTVILLE,AIX LES BAINS,STE CLOTILDE</t>
+  </si>
+  <si>
+    <t>730000262,730012499,970462107</t>
+  </si>
+  <si>
+    <t>Docteur JULIE RAVINET-ALLYN</t>
+  </si>
+  <si>
+    <t>20/07/2023 16:32:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453933/fr/docteur-julie-ravinet-allyn</t>
+  </si>
+  <si>
+    <t>p_3453933</t>
+  </si>
+  <si>
+    <t>RAVINET-ALLYN</t>
+  </si>
+  <si>
+    <t>JULIE</t>
+  </si>
+  <si>
+    <t>20 July 2023</t>
+  </si>
+  <si>
     <t>CLINIQUE SAINT VINCENT,CLINIQUE STE-CLOTILDE</t>
   </si>
   <si>
     <t>97476,97492</t>
   </si>
   <si>
     <t>ST DENIS,STE CLOTILDE</t>
   </si>
   <si>
     <t>970404844,970462107</t>
   </si>
   <si>
-    <t>Docteur Benedicte CHICAUD</t>
-[...277 lines deleted...]
-  <si>
     <t>Docteur AYMERIC LUZI</t>
   </si>
   <si>
     <t>19/12/2022 11:33:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3397574/fr/docteur-aymeric-luzi</t>
   </si>
   <si>
     <t>p_3397574</t>
   </si>
   <si>
     <t>LUZI</t>
   </si>
   <si>
     <t>AYMERIC</t>
   </si>
   <si>
     <t>Docteur NDRIANAINA RAZAFIMAHEFA</t>
   </si>
   <si>
     <t>03/01/2022 15:33:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3307686/fr/docteur-ndrianaina-razafimahefa</t>
@@ -777,101 +792,194 @@
     <t>EL ADL</t>
   </si>
   <si>
     <t>Tarek</t>
   </si>
   <si>
     <t xml:space="preserve">Docteur Geneviève SIDIBE KAH </t>
   </si>
   <si>
     <t>08/11/2016 11:32:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710458/fr/docteur-genevieve-sidibe-kah</t>
   </si>
   <si>
     <t>c_2710458</t>
   </si>
   <si>
     <t xml:space="preserve">SIDIBE KAH </t>
   </si>
   <si>
     <t>Geneviève</t>
   </si>
   <si>
     <t>25 April 2024</t>
+  </si>
+  <si>
+    <t>Docteur Matthieu GUILLOU</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:36:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2713230/fr/docteur-matthieu-guillou</t>
+  </si>
+  <si>
+    <t>c_2713230</t>
+  </si>
+  <si>
+    <t>GUILLOU</t>
+  </si>
+  <si>
+    <t>Matthieu</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINTE-CLOTILDE</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:54:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3537_FicheEtablissement/fr/clinique-ste-clotilde</t>
+  </si>
+  <si>
+    <t>3537_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>127 Route Du Bois De Nefles</t>
+  </si>
+  <si>
+    <t>97492 STE CLOTILDE</t>
+  </si>
+  <si>
+    <t>9D</t>
+  </si>
+  <si>
+    <t>0262482020</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R34"/>
+  <dimension ref="A1:R35"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1885,60 +1993,60 @@
       <c r="G19" t="s">
         <v>145</v>
       </c>
       <c r="H19" t="s">
         <v>146</v>
       </c>
       <c r="I19" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
         <v>147</v>
       </c>
       <c r="L19" t="s">
         <v>148</v>
       </c>
       <c r="M19" t="s">
         <v>20</v>
       </c>
       <c r="N19" t="s">
         <v>149</v>
       </c>
       <c r="O19" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
       <c r="P19" t="s">
-        <v>71</v>
+        <v>29</v>
       </c>
       <c r="Q19" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R19" t="s">
-        <v>73</v>
+        <v>31</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
         <v>150</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
         <v>151</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
         <v>152</v>
       </c>
       <c r="H20" t="s">
@@ -1997,783 +2105,977 @@
       <c r="G21" t="s">
         <v>162</v>
       </c>
       <c r="H21" t="s">
         <v>163</v>
       </c>
       <c r="I21" t="n">
         <v>0.0</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
         <v>164</v>
       </c>
       <c r="L21" t="s">
         <v>165</v>
       </c>
       <c r="M21" t="s">
         <v>20</v>
       </c>
       <c r="N21" t="s">
         <v>166</v>
       </c>
       <c r="O21" t="s">
-        <v>70</v>
+        <v>167</v>
       </c>
       <c r="P21" t="s">
-        <v>71</v>
+        <v>168</v>
       </c>
       <c r="Q21" t="s">
-        <v>72</v>
+        <v>169</v>
       </c>
       <c r="R21" t="s">
-        <v>73</v>
+        <v>170</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="H22" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="I22" t="n">
         <v>0.0</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="L22" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="M22" t="s">
         <v>20</v>
       </c>
       <c r="N22" t="s">
         <v>89</v>
       </c>
       <c r="O22" t="s">
         <v>28</v>
       </c>
       <c r="P22" t="s">
         <v>29</v>
       </c>
       <c r="Q22" t="s">
         <v>30</v>
       </c>
       <c r="R22" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="H23" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="I23" t="n">
         <v>0.0</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="L23" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="M23" t="s">
         <v>20</v>
       </c>
       <c r="N23" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="O23" t="s">
         <v>28</v>
       </c>
       <c r="P23" t="s">
         <v>29</v>
       </c>
       <c r="Q23" t="s">
         <v>30</v>
       </c>
       <c r="R23" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="H24" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="L24" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="M24" t="s">
         <v>20</v>
       </c>
       <c r="N24" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="O24" t="s">
         <v>28</v>
       </c>
       <c r="P24" t="s">
         <v>29</v>
       </c>
       <c r="Q24" t="s">
         <v>30</v>
       </c>
       <c r="R24" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="H25" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="L25" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="M25" t="s">
         <v>20</v>
       </c>
       <c r="N25" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="O25" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="P25" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="Q25" t="s">
-        <v>72</v>
+        <v>169</v>
       </c>
       <c r="R25" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="H26" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="L26" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="M26" t="s">
         <v>20</v>
       </c>
       <c r="N26" t="s">
         <v>80</v>
       </c>
       <c r="O26" t="s">
         <v>28</v>
       </c>
       <c r="P26" t="s">
         <v>29</v>
       </c>
       <c r="Q26" t="s">
         <v>30</v>
       </c>
       <c r="R26" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="H27" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="L27" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
       <c r="N27" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="O27" t="s">
         <v>28</v>
       </c>
       <c r="P27" t="s">
         <v>29</v>
       </c>
       <c r="Q27" t="s">
         <v>30</v>
       </c>
       <c r="R27" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="H28" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="L28" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="O28" t="s">
         <v>28</v>
       </c>
       <c r="P28" t="s">
         <v>29</v>
       </c>
       <c r="Q28" t="s">
         <v>30</v>
       </c>
       <c r="R28" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="H29" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="L29" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
         <v>58</v>
       </c>
       <c r="O29" t="s">
-        <v>70</v>
+        <v>167</v>
       </c>
       <c r="P29" t="s">
-        <v>71</v>
+        <v>168</v>
       </c>
       <c r="Q29" t="s">
-        <v>72</v>
+        <v>169</v>
       </c>
       <c r="R29" t="s">
-        <v>73</v>
+        <v>170</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="H30" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="L30" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="M30" t="s">
         <v>20</v>
       </c>
       <c r="N30" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="O30" t="s">
         <v>28</v>
       </c>
       <c r="P30" t="s">
         <v>29</v>
       </c>
       <c r="Q30" t="s">
         <v>30</v>
       </c>
       <c r="R30" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="H31" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="L31" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="O31" t="s">
         <v>28</v>
       </c>
       <c r="P31" t="s">
         <v>29</v>
       </c>
       <c r="Q31" t="s">
         <v>30</v>
       </c>
       <c r="R31" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="H32" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="L32" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
       <c r="N32" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="O32" t="s">
         <v>28</v>
       </c>
       <c r="P32" t="s">
         <v>29</v>
       </c>
       <c r="Q32" t="s">
         <v>30</v>
       </c>
       <c r="R32" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="H33" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="L33" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="O33" t="s">
         <v>28</v>
       </c>
       <c r="P33" t="s">
         <v>29</v>
       </c>
       <c r="Q33" t="s">
         <v>30</v>
       </c>
       <c r="R33" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="H34" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="L34" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="O34" t="s">
         <v>28</v>
       </c>
       <c r="P34" t="s">
         <v>29</v>
       </c>
       <c r="Q34" t="s">
         <v>30</v>
       </c>
       <c r="R34" t="s">
         <v>31</v>
       </c>
     </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>18</v>
+      </c>
+      <c r="B35" t="s">
+        <v>260</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>261</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>262</v>
+      </c>
+      <c r="H35" t="s">
+        <v>263</v>
+      </c>
+      <c r="I35" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J35" t="s">
+        <v>24</v>
+      </c>
+      <c r="K35" t="s">
+        <v>264</v>
+      </c>
+      <c r="L35" t="s">
+        <v>265</v>
+      </c>
+      <c r="M35" t="s">
+        <v>20</v>
+      </c>
+      <c r="N35" t="s">
+        <v>149</v>
+      </c>
+      <c r="O35" t="s">
+        <v>90</v>
+      </c>
+      <c r="P35" t="s">
+        <v>91</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>92</v>
+      </c>
+      <c r="R35" t="s">
+        <v>93</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>266</v>
+      </c>
+      <c r="J1" t="s">
+        <v>267</v>
+      </c>
+      <c r="K1" t="s">
+        <v>268</v>
+      </c>
+      <c r="L1" t="s">
+        <v>269</v>
+      </c>
+      <c r="M1" t="s">
+        <v>270</v>
+      </c>
+      <c r="N1" t="s">
+        <v>271</v>
+      </c>
+      <c r="O1" t="s">
+        <v>272</v>
+      </c>
+      <c r="P1" t="s">
+        <v>273</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>274</v>
+      </c>
+      <c r="R1" t="s">
+        <v>275</v>
+      </c>
+      <c r="S1" t="s">
+        <v>276</v>
+      </c>
+      <c r="T1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>278</v>
+      </c>
+      <c r="B2" t="s">
+        <v>279</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>280</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>281</v>
+      </c>
+      <c r="H2" t="s">
+        <v>282</v>
+      </c>
+      <c r="I2" t="s">
+        <v>283</v>
+      </c>
+      <c r="J2" t="s">
+        <v>284</v>
+      </c>
+      <c r="K2" t="s">
+        <v>285</v>
+      </c>
+      <c r="L2" t="s">
+        <v>30</v>
+      </c>
+      <c r="M2" t="s">
+        <v>286</v>
+      </c>
+      <c r="N2" t="s">
+        <v>287</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>288</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>289</v>
+      </c>
+      <c r="R2" t="s">
+        <v>288</v>
+      </c>
+      <c r="S2" t="s">
+        <v>31</v>
+      </c>
+      <c r="T2" t="s">
+        <v>290</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>