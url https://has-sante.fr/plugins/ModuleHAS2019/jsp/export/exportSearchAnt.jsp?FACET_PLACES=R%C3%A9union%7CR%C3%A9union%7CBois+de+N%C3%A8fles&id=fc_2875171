--- v1 (2026-01-17)
+++ v2 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export Etablissement de santé" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="636" uniqueCount="291">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="636" uniqueCount="292">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -563,258 +563,261 @@
   <si>
     <t>LUZI</t>
   </si>
   <si>
     <t>AYMERIC</t>
   </si>
   <si>
     <t>Docteur NDRIANAINA RAZAFIMAHEFA</t>
   </si>
   <si>
     <t>03/01/2022 15:33:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3307686/fr/docteur-ndrianaina-razafimahefa</t>
   </si>
   <si>
     <t>p_3307686</t>
   </si>
   <si>
     <t>RAZAFIMAHEFA</t>
   </si>
   <si>
     <t>NDRIANAINA</t>
   </si>
   <si>
+    <t>28 January 2026</t>
+  </si>
+  <si>
+    <t>Docteur Youssef CHOUCAIR</t>
+  </si>
+  <si>
+    <t>04/01/2021 16:31:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3228245/fr/docteur-youssef-choucair</t>
+  </si>
+  <si>
+    <t>p_3228245</t>
+  </si>
+  <si>
+    <t>CHOUCAIR</t>
+  </si>
+  <si>
+    <t>Youssef</t>
+  </si>
+  <si>
+    <t>29 December 2020</t>
+  </si>
+  <si>
+    <t>Docteur MEDI BOUAZIZ</t>
+  </si>
+  <si>
+    <t>16/07/2020 11:31:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194475/fr/docteur-medi-bouaziz</t>
+  </si>
+  <si>
+    <t>p_3194475</t>
+  </si>
+  <si>
+    <t>BOUAZIZ</t>
+  </si>
+  <si>
+    <t>MEDI</t>
+  </si>
+  <si>
+    <t>16 July 2020</t>
+  </si>
+  <si>
+    <t>CHU SITE FELIX GUYON (SAINT DENIS),CLINIQUE STE-CLOTILDE</t>
+  </si>
+  <si>
+    <t>97405,97492</t>
+  </si>
+  <si>
+    <t>970400024,970462107</t>
+  </si>
+  <si>
+    <t>Docteur VANESSA BENASSI</t>
+  </si>
+  <si>
+    <t>16/07/2020 11:31:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194519/fr/docteur-vanessa-benassi</t>
+  </si>
+  <si>
+    <t>p_3194519</t>
+  </si>
+  <si>
+    <t>BENASSI</t>
+  </si>
+  <si>
+    <t>VANESSA</t>
+  </si>
+  <si>
+    <t>Docteur GILLES LERUSSI</t>
+  </si>
+  <si>
+    <t>17/07/2017 14:35:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2785977/fr/docteur-gilles-lerussi</t>
+  </si>
+  <si>
+    <t>c_2785977</t>
+  </si>
+  <si>
+    <t>LERUSSI</t>
+  </si>
+  <si>
+    <t>GILLES</t>
+  </si>
+  <si>
+    <t>Docteur Reuben VEERAPEN</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739559/fr/docteur-reuben-veerapen</t>
+  </si>
+  <si>
+    <t>c_2739559</t>
+  </si>
+  <si>
+    <t>VEERAPEN</t>
+  </si>
+  <si>
+    <t>Reuben</t>
+  </si>
+  <si>
+    <t>28 April 2022</t>
+  </si>
+  <si>
+    <t>Docteur Gilles CARRASSET</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708945/fr/docteur-gilles-carrasset</t>
+  </si>
+  <si>
+    <t>c_2708945</t>
+  </si>
+  <si>
+    <t>CARRASSET</t>
+  </si>
+  <si>
+    <t>Gilles</t>
+  </si>
+  <si>
+    <t>Docteur Alexis BURGAUD</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709905/fr/docteur-alexis-burgaud</t>
+  </si>
+  <si>
+    <t>c_2709905</t>
+  </si>
+  <si>
+    <t>BURGAUD</t>
+  </si>
+  <si>
+    <t>Alexis</t>
+  </si>
+  <si>
+    <t>20 November 2025</t>
+  </si>
+  <si>
+    <t>Docteur Jean-michel RADOUX</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709910/fr/docteur-jean-michel-radoux</t>
+  </si>
+  <si>
+    <t>c_2709910</t>
+  </si>
+  <si>
+    <t>RADOUX</t>
+  </si>
+  <si>
+    <t>Jean-michel</t>
+  </si>
+  <si>
+    <t>26 June 2025</t>
+  </si>
+  <si>
+    <t>Docteur Monique LAMARQUE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710156/fr/docteur-monique-lamarque</t>
+  </si>
+  <si>
+    <t>c_2710156</t>
+  </si>
+  <si>
+    <t>LAMARQUE</t>
+  </si>
+  <si>
+    <t>Monique</t>
+  </si>
+  <si>
+    <t>22 September 2022</t>
+  </si>
+  <si>
+    <t>Docteur Tarek EL ADL</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710312/fr/docteur-tarek-el-adl</t>
+  </si>
+  <si>
+    <t>c_2710312</t>
+  </si>
+  <si>
+    <t>EL ADL</t>
+  </si>
+  <si>
+    <t>Tarek</t>
+  </si>
+  <si>
     <t>29 December 2021</t>
-  </si>
-[...205 lines deleted...]
-    <t>Tarek</t>
   </si>
   <si>
     <t xml:space="preserve">Docteur Geneviève SIDIBE KAH </t>
   </si>
   <si>
     <t>08/11/2016 11:32:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710458/fr/docteur-genevieve-sidibe-kah</t>
   </si>
   <si>
     <t>c_2710458</t>
   </si>
   <si>
     <t xml:space="preserve">SIDIBE KAH </t>
   </si>
   <si>
     <t>Geneviève</t>
   </si>
   <si>
     <t>25 April 2024</t>
   </si>
   <si>
     <t>Docteur Matthieu GUILLOU</t>
   </si>
@@ -2438,275 +2441,275 @@
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
         <v>209</v>
       </c>
       <c r="H27" t="s">
         <v>210</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
         <v>211</v>
       </c>
       <c r="L27" t="s">
         <v>212</v>
       </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
       <c r="N27" t="s">
-        <v>213</v>
+        <v>27</v>
       </c>
       <c r="O27" t="s">
         <v>28</v>
       </c>
       <c r="P27" t="s">
         <v>29</v>
       </c>
       <c r="Q27" t="s">
         <v>30</v>
       </c>
       <c r="R27" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
+        <v>213</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
         <v>214</v>
       </c>
-      <c r="C28" t="s">
-[...5 lines deleted...]
-      <c r="E28" t="s">
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
         <v>215</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="H28" t="s">
         <v>216</v>
       </c>
-      <c r="H28" t="s">
+      <c r="I28" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K28" t="s">
         <v>217</v>
       </c>
-      <c r="I28" t="n">
-[...5 lines deleted...]
-      <c r="K28" t="s">
+      <c r="L28" t="s">
         <v>218</v>
       </c>
-      <c r="L28" t="s">
+      <c r="M28" t="s">
+        <v>20</v>
+      </c>
+      <c r="N28" t="s">
         <v>219</v>
-      </c>
-[...4 lines deleted...]
-        <v>220</v>
       </c>
       <c r="O28" t="s">
         <v>28</v>
       </c>
       <c r="P28" t="s">
         <v>29</v>
       </c>
       <c r="Q28" t="s">
         <v>30</v>
       </c>
       <c r="R28" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
+        <v>220</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
         <v>221</v>
       </c>
-      <c r="C29" t="s">
-[...5 lines deleted...]
-      <c r="E29" t="s">
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
         <v>222</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="H29" t="s">
         <v>223</v>
       </c>
-      <c r="H29" t="s">
+      <c r="I29" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J29" t="s">
+        <v>24</v>
+      </c>
+      <c r="K29" t="s">
         <v>224</v>
       </c>
-      <c r="I29" t="n">
-[...5 lines deleted...]
-      <c r="K29" t="s">
+      <c r="L29" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
         <v>58</v>
       </c>
       <c r="O29" t="s">
         <v>167</v>
       </c>
       <c r="P29" t="s">
         <v>168</v>
       </c>
       <c r="Q29" t="s">
         <v>169</v>
       </c>
       <c r="R29" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
+        <v>226</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
         <v>227</v>
       </c>
-      <c r="C30" t="s">
-[...5 lines deleted...]
-      <c r="E30" t="s">
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
         <v>228</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="H30" t="s">
         <v>229</v>
       </c>
-      <c r="H30" t="s">
+      <c r="I30" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J30" t="s">
+        <v>24</v>
+      </c>
+      <c r="K30" t="s">
         <v>230</v>
       </c>
-      <c r="I30" t="n">
-[...5 lines deleted...]
-      <c r="K30" t="s">
+      <c r="L30" t="s">
         <v>231</v>
       </c>
-      <c r="L30" t="s">
+      <c r="M30" t="s">
+        <v>20</v>
+      </c>
+      <c r="N30" t="s">
         <v>232</v>
-      </c>
-[...4 lines deleted...]
-        <v>233</v>
       </c>
       <c r="O30" t="s">
         <v>28</v>
       </c>
       <c r="P30" t="s">
         <v>29</v>
       </c>
       <c r="Q30" t="s">
         <v>30</v>
       </c>
       <c r="R30" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
+        <v>233</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
         <v>234</v>
       </c>
-      <c r="C31" t="s">
-[...5 lines deleted...]
-      <c r="E31" t="s">
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
         <v>235</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31" t="s">
+      <c r="H31" t="s">
         <v>236</v>
       </c>
-      <c r="H31" t="s">
+      <c r="I31" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J31" t="s">
+        <v>24</v>
+      </c>
+      <c r="K31" t="s">
         <v>237</v>
       </c>
-      <c r="I31" t="n">
-[...5 lines deleted...]
-      <c r="K31" t="s">
+      <c r="L31" t="s">
         <v>238</v>
       </c>
-      <c r="L31" t="s">
+      <c r="M31" t="s">
+        <v>20</v>
+      </c>
+      <c r="N31" t="s">
         <v>239</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
       <c r="O31" t="s">
         <v>28</v>
       </c>
       <c r="P31" t="s">
         <v>29</v>
       </c>
       <c r="Q31" t="s">
         <v>30</v>
       </c>
       <c r="R31" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
         <v>240</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
@@ -2774,157 +2777,157 @@
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
         <v>249</v>
       </c>
       <c r="H33" t="s">
         <v>250</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
         <v>251</v>
       </c>
       <c r="L33" t="s">
         <v>252</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
-        <v>183</v>
+        <v>253</v>
       </c>
       <c r="O33" t="s">
         <v>28</v>
       </c>
       <c r="P33" t="s">
         <v>29</v>
       </c>
       <c r="Q33" t="s">
         <v>30</v>
       </c>
       <c r="R33" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="H34" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="L34" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="O34" t="s">
         <v>28</v>
       </c>
       <c r="P34" t="s">
         <v>29</v>
       </c>
       <c r="Q34" t="s">
         <v>30</v>
       </c>
       <c r="R34" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="H35" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="L35" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
       <c r="N35" t="s">
         <v>149</v>
       </c>
       <c r="O35" t="s">
         <v>90</v>
       </c>
       <c r="P35" t="s">
         <v>91</v>
       </c>
       <c r="Q35" t="s">
         <v>92</v>
       </c>
       <c r="R35" t="s">
         <v>93</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
@@ -2941,141 +2944,141 @@
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="J1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="K1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="L1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="M1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="N1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="O1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="P1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="Q1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="R1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="S1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="T1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B2" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="H2" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="I2" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="J2" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="K2" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="L2" t="s">
         <v>30</v>
       </c>
       <c r="M2" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="N2" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="Q2" t="s">
+        <v>290</v>
+      </c>
+      <c r="R2" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="S2" t="s">
         <v>31</v>
       </c>
       <c r="T2" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>