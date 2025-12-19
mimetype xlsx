--- v0 (2025-10-18)
+++ v1 (2025-12-19)
@@ -1,59 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="596" uniqueCount="254">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="779" uniqueCount="332">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -545,71 +548,50 @@
   <si>
     <t>23 November 2023</t>
   </si>
   <si>
     <t>Docteur AUDREY LASNET</t>
   </si>
   <si>
     <t>26/09/2019 11:31:49</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3107509/fr/docteur-audrey-lasnet</t>
   </si>
   <si>
     <t>p_3107509</t>
   </si>
   <si>
     <t>LASNET</t>
   </si>
   <si>
     <t>AUDREY</t>
   </si>
   <si>
     <t>19 October 2023</t>
   </si>
   <si>
-    <t>Docteur Paul MENGUY</t>
-[...19 lines deleted...]
-  <si>
     <t>Docteur Laurence KEYMEULEN ROMMES</t>
   </si>
   <si>
     <t>17/01/2017 17:31:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2739403/fr/docteur-laurence-keymeulen-rommes</t>
   </si>
   <si>
     <t>c_2739403</t>
   </si>
   <si>
     <t>KEYMEULEN ROMMES</t>
   </si>
   <si>
     <t>Laurence</t>
   </si>
   <si>
     <t>29 December 2021</t>
   </si>
   <si>
     <t>CLINIQUE AVICENNE</t>
   </si>
   <si>
     <t>970466751</t>
@@ -752,120 +734,375 @@
   <si>
     <t>22 September 2022</t>
   </si>
   <si>
     <t>Docteur Shameem SOYFOO</t>
   </si>
   <si>
     <t>08/11/2016 11:35:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712959/fr/docteur-shameem-soyfoo</t>
   </si>
   <si>
     <t>c_2712959</t>
   </si>
   <si>
     <t>SOYFOO</t>
   </si>
   <si>
     <t>Shameem</t>
   </si>
   <si>
     <t>28 December 2022</t>
   </si>
   <si>
+    <t>CH OUEST REUNION,CLINIQUE LES ORCHIDEES</t>
+  </si>
+  <si>
+    <t>97460,97420</t>
+  </si>
+  <si>
+    <t>ST PAUL,LE PORT</t>
+  </si>
+  <si>
+    <t>970400065,970462081</t>
+  </si>
+  <si>
     <t>Docteur Matthieu GUILLOU</t>
   </si>
   <si>
     <t>08/11/2016 11:36:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713230/fr/docteur-matthieu-guillou</t>
   </si>
   <si>
     <t>c_2713230</t>
   </si>
   <si>
     <t>GUILLOU</t>
   </si>
   <si>
     <t>Matthieu</t>
   </si>
   <si>
     <t>21 December 2023</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CLINIQUE LES TAMARINS OUEST</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:49:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3517_FicheEtablissement/fr/clinique-les-tamarins-ouest</t>
+  </si>
+  <si>
+    <t>3517_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>2 Rue Simon Pernic</t>
+  </si>
+  <si>
+    <t>97420 LE PORT</t>
+  </si>
+  <si>
+    <t>9D</t>
+  </si>
+  <si>
+    <t>0262458508</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>970404588</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>08/03/2025 08:48:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3536_FicheEtablissement/fr/clinique-les-orchidees</t>
+  </si>
+  <si>
+    <t>3536_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>30 Avenue Lenine</t>
+  </si>
+  <si>
+    <t>0262428000</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>SODIA JEANNE D'ARC</t>
+  </si>
+  <si>
+    <t>24/01/2025 08:50:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4117_FicheEtablissement/fr/sodia-jeanne-d-arc</t>
+  </si>
+  <si>
+    <t>4117_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>16 Rue Jules Ferry</t>
+  </si>
+  <si>
+    <t>0262424365</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>970405452</t>
+  </si>
+  <si>
+    <t>SODIA OASIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4121_FicheEtablissement/fr/sodia-oasis</t>
+  </si>
+  <si>
+    <t>4121_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0262424366</t>
+  </si>
+  <si>
+    <t>970410064</t>
+  </si>
+  <si>
+    <t>CLINIQUE LES FLAMBOYANTS OUEST</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3544_FicheEtablissement/fr/clinique-les-flamboyants-ouest</t>
+  </si>
+  <si>
+    <t>3544_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Simon Pernic</t>
+  </si>
+  <si>
+    <t>0262427272</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>970467155</t>
+  </si>
+  <si>
+    <t>CLINIQUE AVICENNE LE PORT</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:14:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3543_FicheEtablissement/fr/clinique-avicenne</t>
+  </si>
+  <si>
+    <t>3543_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>4 Boulevard De Verdun</t>
+  </si>
+  <si>
+    <t>0262424160</t>
+  </si>
+  <si>
+    <t>Chirurgie</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>CLINIQUE OMEGA</t>
+  </si>
+  <si>
+    <t>16/02/2024 14:43:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3523_FicheEtablissement/fr/clinique-omega</t>
+  </si>
+  <si>
+    <t>3523_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0262420430</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>970405650</t>
+  </si>
+  <si>
+    <t>UAD-UDM (LE PORT) - AURAR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4109_FicheEtablissement/fr/uad-udm-le-port-aurar</t>
+  </si>
+  <si>
+    <t>4109_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0262420808</t>
+  </si>
+  <si>
+    <t>970403721</t>
+  </si>
+  <si>
+    <t>CENTRE HORUS</t>
+  </si>
+  <si>
+    <t>30/01/2023 10:18:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3518_FicheEtablissement/fr/centre-horus</t>
+  </si>
+  <si>
+    <t>3518_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0262717270</t>
+  </si>
+  <si>
+    <t>970404679</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R35"/>
+  <dimension ref="A1:R34"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2215,272 +2452,272 @@
       <c r="G25" t="s">
         <v>180</v>
       </c>
       <c r="H25" t="s">
         <v>181</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
         <v>182</v>
       </c>
       <c r="L25" t="s">
         <v>183</v>
       </c>
       <c r="M25" t="s">
         <v>20</v>
       </c>
       <c r="N25" t="s">
         <v>184</v>
       </c>
       <c r="O25" t="s">
-        <v>28</v>
+        <v>185</v>
       </c>
       <c r="P25" t="s">
         <v>29</v>
       </c>
       <c r="Q25" t="s">
         <v>30</v>
       </c>
       <c r="R25" t="s">
-        <v>31</v>
+        <v>186</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="H26" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="L26" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="M26" t="s">
         <v>20</v>
       </c>
       <c r="N26" t="s">
-        <v>191</v>
+        <v>163</v>
       </c>
       <c r="O26" t="s">
-        <v>192</v>
+        <v>28</v>
       </c>
       <c r="P26" t="s">
         <v>29</v>
       </c>
       <c r="Q26" t="s">
         <v>30</v>
       </c>
       <c r="R26" t="s">
-        <v>193</v>
+        <v>31</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
+        <v>193</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
         <v>194</v>
       </c>
-      <c r="C27" t="s">
-[...5 lines deleted...]
-      <c r="E27" t="s">
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
         <v>195</v>
       </c>
-      <c r="F27" t="s">
-[...2 lines deleted...]
-      <c r="G27" t="s">
+      <c r="H27" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
+        <v>197</v>
+      </c>
+      <c r="L27" t="s">
         <v>198</v>
       </c>
-      <c r="L27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
       <c r="N27" t="s">
-        <v>163</v>
+        <v>184</v>
       </c>
       <c r="O27" t="s">
         <v>28</v>
       </c>
       <c r="P27" t="s">
         <v>29</v>
       </c>
       <c r="Q27" t="s">
         <v>30</v>
       </c>
       <c r="R27" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
+        <v>199</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
         <v>200</v>
       </c>
-      <c r="C28" t="s">
-[...5 lines deleted...]
-      <c r="E28" t="s">
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
         <v>201</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="H28" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
+        <v>203</v>
+      </c>
+      <c r="L28" t="s">
         <v>204</v>
       </c>
-      <c r="L28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
-        <v>191</v>
+        <v>68</v>
       </c>
       <c r="O28" t="s">
         <v>28</v>
       </c>
       <c r="P28" t="s">
         <v>29</v>
       </c>
       <c r="Q28" t="s">
         <v>30</v>
       </c>
       <c r="R28" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
+        <v>205</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
         <v>206</v>
       </c>
-      <c r="C29" t="s">
-[...5 lines deleted...]
-      <c r="E29" t="s">
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
         <v>207</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="H29" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
+        <v>209</v>
+      </c>
+      <c r="L29" t="s">
         <v>210</v>
       </c>
-      <c r="L29" t="s">
+      <c r="M29" t="s">
+        <v>20</v>
+      </c>
+      <c r="N29" t="s">
         <v>211</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
       <c r="O29" t="s">
         <v>28</v>
       </c>
       <c r="P29" t="s">
         <v>29</v>
       </c>
       <c r="Q29" t="s">
         <v>30</v>
       </c>
       <c r="R29" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
         <v>212</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
@@ -2663,167 +2900,745 @@
       <c r="G33" t="s">
         <v>235</v>
       </c>
       <c r="H33" t="s">
         <v>236</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
         <v>237</v>
       </c>
       <c r="L33" t="s">
         <v>238</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
         <v>239</v>
       </c>
       <c r="O33" t="s">
-        <v>28</v>
+        <v>240</v>
       </c>
       <c r="P33" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="Q33" t="s">
-        <v>30</v>
+        <v>242</v>
       </c>
       <c r="R33" t="s">
-        <v>31</v>
+        <v>243</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="H34" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="L34" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="O34" t="s">
-        <v>28</v>
+        <v>86</v>
       </c>
       <c r="P34" t="s">
-        <v>29</v>
+        <v>87</v>
       </c>
       <c r="Q34" t="s">
-        <v>30</v>
+        <v>88</v>
       </c>
       <c r="R34" t="s">
-        <v>31</v>
-[...55 lines deleted...]
-        <v>31</v>
+        <v>89</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>251</v>
+      </c>
+      <c r="J1" t="s">
+        <v>252</v>
+      </c>
+      <c r="K1" t="s">
+        <v>253</v>
+      </c>
+      <c r="L1" t="s">
+        <v>254</v>
+      </c>
+      <c r="M1" t="s">
+        <v>255</v>
+      </c>
+      <c r="N1" t="s">
+        <v>256</v>
+      </c>
+      <c r="O1" t="s">
+        <v>257</v>
+      </c>
+      <c r="P1" t="s">
+        <v>258</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>259</v>
+      </c>
+      <c r="R1" t="s">
+        <v>260</v>
+      </c>
+      <c r="S1" t="s">
+        <v>261</v>
+      </c>
+      <c r="T1" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>263</v>
+      </c>
+      <c r="B2" t="s">
+        <v>264</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>265</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>266</v>
+      </c>
+      <c r="H2" t="s">
+        <v>267</v>
+      </c>
+      <c r="I2" t="s">
+        <v>268</v>
+      </c>
+      <c r="J2" t="s">
+        <v>269</v>
+      </c>
+      <c r="K2" t="s">
+        <v>270</v>
+      </c>
+      <c r="L2" t="s">
+        <v>30</v>
+      </c>
+      <c r="M2" t="s">
+        <v>271</v>
+      </c>
+      <c r="N2" t="s">
+        <v>272</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>273</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>274</v>
+      </c>
+      <c r="R2" t="s">
+        <v>273</v>
+      </c>
+      <c r="S2" t="s">
+        <v>275</v>
+      </c>
+      <c r="T2" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>263</v>
+      </c>
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>277</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>278</v>
+      </c>
+      <c r="H3" t="s">
+        <v>279</v>
+      </c>
+      <c r="I3" t="s">
+        <v>268</v>
+      </c>
+      <c r="J3" t="s">
+        <v>280</v>
+      </c>
+      <c r="K3" t="s">
+        <v>270</v>
+      </c>
+      <c r="L3" t="s">
+        <v>30</v>
+      </c>
+      <c r="M3" t="s">
+        <v>271</v>
+      </c>
+      <c r="N3" t="s">
+        <v>281</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>273</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>282</v>
+      </c>
+      <c r="R3" t="s">
+        <v>273</v>
+      </c>
+      <c r="S3" t="s">
+        <v>31</v>
+      </c>
+      <c r="T3" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>263</v>
+      </c>
+      <c r="B4" t="s">
+        <v>284</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>285</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>286</v>
+      </c>
+      <c r="H4" t="s">
+        <v>287</v>
+      </c>
+      <c r="I4" t="s">
+        <v>268</v>
+      </c>
+      <c r="J4" t="s">
+        <v>288</v>
+      </c>
+      <c r="K4" t="s">
+        <v>270</v>
+      </c>
+      <c r="L4" t="s">
+        <v>30</v>
+      </c>
+      <c r="M4" t="s">
+        <v>271</v>
+      </c>
+      <c r="N4" t="s">
+        <v>289</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>273</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>290</v>
+      </c>
+      <c r="R4" t="s">
+        <v>273</v>
+      </c>
+      <c r="S4" t="s">
+        <v>291</v>
+      </c>
+      <c r="T4" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>263</v>
+      </c>
+      <c r="B5" t="s">
+        <v>292</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>285</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>293</v>
+      </c>
+      <c r="H5" t="s">
+        <v>294</v>
+      </c>
+      <c r="I5" t="s">
+        <v>268</v>
+      </c>
+      <c r="J5" t="s">
+        <v>280</v>
+      </c>
+      <c r="K5" t="s">
+        <v>270</v>
+      </c>
+      <c r="L5" t="s">
+        <v>30</v>
+      </c>
+      <c r="M5" t="s">
+        <v>271</v>
+      </c>
+      <c r="N5" t="s">
+        <v>295</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>273</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>290</v>
+      </c>
+      <c r="R5" t="s">
+        <v>273</v>
+      </c>
+      <c r="S5" t="s">
+        <v>296</v>
+      </c>
+      <c r="T5" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>263</v>
+      </c>
+      <c r="B6" t="s">
+        <v>297</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>298</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>299</v>
+      </c>
+      <c r="H6" t="s">
+        <v>300</v>
+      </c>
+      <c r="I6" t="s">
+        <v>268</v>
+      </c>
+      <c r="J6" t="s">
+        <v>301</v>
+      </c>
+      <c r="K6" t="s">
+        <v>270</v>
+      </c>
+      <c r="L6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M6" t="s">
+        <v>271</v>
+      </c>
+      <c r="N6" t="s">
+        <v>302</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>273</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>303</v>
+      </c>
+      <c r="R6" t="s">
+        <v>273</v>
+      </c>
+      <c r="S6" t="s">
+        <v>304</v>
+      </c>
+      <c r="T6" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>263</v>
+      </c>
+      <c r="B7" t="s">
+        <v>305</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>306</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>307</v>
+      </c>
+      <c r="H7" t="s">
+        <v>308</v>
+      </c>
+      <c r="I7" t="s">
+        <v>309</v>
+      </c>
+      <c r="J7" t="s">
+        <v>310</v>
+      </c>
+      <c r="K7" t="s">
+        <v>270</v>
+      </c>
+      <c r="L7" t="s">
+        <v>30</v>
+      </c>
+      <c r="M7" t="s">
+        <v>271</v>
+      </c>
+      <c r="N7" t="s">
+        <v>311</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>273</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>312</v>
+      </c>
+      <c r="R7" t="s">
+        <v>273</v>
+      </c>
+      <c r="S7" t="s">
+        <v>186</v>
+      </c>
+      <c r="T7" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>263</v>
+      </c>
+      <c r="B8" t="s">
+        <v>314</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>315</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>316</v>
+      </c>
+      <c r="H8" t="s">
+        <v>317</v>
+      </c>
+      <c r="I8" t="s">
+        <v>268</v>
+      </c>
+      <c r="J8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K8" t="s">
+        <v>270</v>
+      </c>
+      <c r="L8" t="s">
+        <v>30</v>
+      </c>
+      <c r="M8" t="s">
+        <v>271</v>
+      </c>
+      <c r="N8" t="s">
+        <v>318</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>319</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>274</v>
+      </c>
+      <c r="R8" t="s">
+        <v>319</v>
+      </c>
+      <c r="S8" t="s">
+        <v>320</v>
+      </c>
+      <c r="T8" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>263</v>
+      </c>
+      <c r="B9" t="s">
+        <v>321</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>315</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>322</v>
+      </c>
+      <c r="H9" t="s">
+        <v>323</v>
+      </c>
+      <c r="I9" t="s">
+        <v>268</v>
+      </c>
+      <c r="J9" t="s">
+        <v>20</v>
+      </c>
+      <c r="K9" t="s">
+        <v>270</v>
+      </c>
+      <c r="L9" t="s">
+        <v>30</v>
+      </c>
+      <c r="M9" t="s">
+        <v>271</v>
+      </c>
+      <c r="N9" t="s">
+        <v>324</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>319</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>290</v>
+      </c>
+      <c r="R9" t="s">
+        <v>319</v>
+      </c>
+      <c r="S9" t="s">
+        <v>325</v>
+      </c>
+      <c r="T9" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>263</v>
+      </c>
+      <c r="B10" t="s">
+        <v>326</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>327</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>328</v>
+      </c>
+      <c r="H10" t="s">
+        <v>329</v>
+      </c>
+      <c r="I10" t="s">
+        <v>268</v>
+      </c>
+      <c r="J10" t="s">
+        <v>310</v>
+      </c>
+      <c r="K10" t="s">
+        <v>270</v>
+      </c>
+      <c r="L10" t="s">
+        <v>30</v>
+      </c>
+      <c r="M10" t="s">
+        <v>271</v>
+      </c>
+      <c r="N10" t="s">
+        <v>330</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>273</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>274</v>
+      </c>
+      <c r="R10" t="s">
+        <v>273</v>
+      </c>
+      <c r="S10" t="s">
+        <v>331</v>
+      </c>
+      <c r="T10" t="s">
+        <v>276</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>