--- v1 (2025-12-19)
+++ v2 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export Etablissement de santé" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="779" uniqueCount="332">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="779" uniqueCount="331">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -482,51 +482,51 @@
   <si>
     <t>MATHILDE</t>
   </si>
   <si>
     <t>13 October 2022</t>
   </si>
   <si>
     <t>Docteur XAVIERA COUEFFE</t>
   </si>
   <si>
     <t>02/07/2021 10:32:05</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3275659/fr/docteur-xaviera-coueffe</t>
   </si>
   <si>
     <t>p_3275659</t>
   </si>
   <si>
     <t>COUEFFE</t>
   </si>
   <si>
     <t>XAVIERA</t>
   </si>
   <si>
-    <t>01 July 2021</t>
+    <t>24 July 2025</t>
   </si>
   <si>
     <t>Docteur RICHARD BALLAS</t>
   </si>
   <si>
     <t>22/10/2020 16:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3213982/fr/docteur-richard-ballas</t>
   </si>
   <si>
     <t>p_3213982</t>
   </si>
   <si>
     <t>BALLAS</t>
   </si>
   <si>
     <t>RICHARD</t>
   </si>
   <si>
     <t>20 November 2024</t>
   </si>
   <si>
     <t>Docteur CHRISTOPHE CAZERES</t>
   </si>
@@ -566,155 +566,152 @@
   <si>
     <t>AUDREY</t>
   </si>
   <si>
     <t>19 October 2023</t>
   </si>
   <si>
     <t>Docteur Laurence KEYMEULEN ROMMES</t>
   </si>
   <si>
     <t>17/01/2017 17:31:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2739403/fr/docteur-laurence-keymeulen-rommes</t>
   </si>
   <si>
     <t>c_2739403</t>
   </si>
   <si>
     <t>KEYMEULEN ROMMES</t>
   </si>
   <si>
     <t>Laurence</t>
   </si>
   <si>
+    <t>20 November 2025</t>
+  </si>
+  <si>
+    <t>CLINIQUE AVICENNE</t>
+  </si>
+  <si>
+    <t>970466751</t>
+  </si>
+  <si>
+    <t>Docteur Vincent BENTOLILA</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708404/fr/docteur-vincent-bentolila</t>
+  </si>
+  <si>
+    <t>c_2708404</t>
+  </si>
+  <si>
+    <t>BENTOLILA</t>
+  </si>
+  <si>
+    <t>Vincent</t>
+  </si>
+  <si>
+    <t>Docteur Claude alain RABENJA</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708989/fr/docteur-claude-alain-rabenja</t>
+  </si>
+  <si>
+    <t>c_2708989</t>
+  </si>
+  <si>
+    <t>RABENJA</t>
+  </si>
+  <si>
+    <t>Claude alain</t>
+  </si>
+  <si>
     <t>29 December 2021</t>
   </si>
   <si>
-    <t>CLINIQUE AVICENNE</t>
-[...40 lines deleted...]
-  <si>
     <t>Docteur Charles VERD</t>
   </si>
   <si>
     <t>08/11/2016 11:31:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709283/fr/docteur-charles-verd</t>
   </si>
   <si>
     <t>c_2709283</t>
   </si>
   <si>
     <t>VERD</t>
   </si>
   <si>
     <t>Charles</t>
   </si>
   <si>
     <t>Docteur Marc LEMAIRE</t>
   </si>
   <si>
     <t>08/11/2016 11:32:21</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710372/fr/docteur-marc-lemaire</t>
   </si>
   <si>
     <t>c_2710372</t>
   </si>
   <si>
     <t>LEMAIRE</t>
   </si>
   <si>
     <t>Marc</t>
   </si>
   <si>
-    <t>15 July 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Yann YU-TIM</t>
   </si>
   <si>
     <t>08/11/2016 11:35:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712550/fr/docteur-yann-yu-tim</t>
   </si>
   <si>
     <t>c_2712550</t>
   </si>
   <si>
     <t>YU-TIM</t>
   </si>
   <si>
     <t>Yann</t>
   </si>
   <si>
-    <t>17 December 2020</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Jean francois BARON</t>
   </si>
   <si>
     <t>08/11/2016 11:35:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712751/fr/docteur-jean-francois-baron</t>
   </si>
   <si>
     <t>c_2712751</t>
   </si>
   <si>
     <t>BARON</t>
   </si>
   <si>
     <t>Jean francois</t>
   </si>
   <si>
     <t>16 February 2023</t>
   </si>
   <si>
     <t>Docteur Rochdi GRAICHI</t>
   </si>
   <si>
     <t>08/11/2016 11:35:44</t>
@@ -860,51 +857,51 @@
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>970404588</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>08/03/2025 08:48:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3536_FicheEtablissement/fr/clinique-les-orchidees</t>
   </si>
   <si>
     <t>3536_FicheEtablissement</t>
   </si>
   <si>
     <t>30 Avenue Lenine</t>
   </si>
   <si>
     <t>0262428000</t>
   </si>
   <si>
-    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation</t>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Obstétrique, Réanimation</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>SODIA JEANNE D'ARC</t>
   </si>
   <si>
     <t>24/01/2025 08:50:37</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4117_FicheEtablissement/fr/sodia-jeanne-d-arc</t>
   </si>
   <si>
     <t>4117_FicheEtablissement</t>
   </si>
   <si>
     <t>16 Rue Jules Ferry</t>
   </si>
   <si>
     <t>0262424365</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
@@ -2561,163 +2558,163 @@
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
         <v>195</v>
       </c>
       <c r="H27" t="s">
         <v>196</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
         <v>197</v>
       </c>
       <c r="L27" t="s">
         <v>198</v>
       </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
       <c r="N27" t="s">
-        <v>184</v>
+        <v>199</v>
       </c>
       <c r="O27" t="s">
         <v>28</v>
       </c>
       <c r="P27" t="s">
         <v>29</v>
       </c>
       <c r="Q27" t="s">
         <v>30</v>
       </c>
       <c r="R27" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="H28" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="L28" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
         <v>68</v>
       </c>
       <c r="O28" t="s">
         <v>28</v>
       </c>
       <c r="P28" t="s">
         <v>29</v>
       </c>
       <c r="Q28" t="s">
         <v>30</v>
       </c>
       <c r="R28" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="H29" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="L29" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>211</v>
+        <v>156</v>
       </c>
       <c r="O29" t="s">
         <v>28</v>
       </c>
       <c r="P29" t="s">
         <v>29</v>
       </c>
       <c r="Q29" t="s">
         <v>30</v>
       </c>
       <c r="R29" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
         <v>212</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
@@ -2729,275 +2726,275 @@
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
         <v>214</v>
       </c>
       <c r="H30" t="s">
         <v>215</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
         <v>216</v>
       </c>
       <c r="L30" t="s">
         <v>217</v>
       </c>
       <c r="M30" t="s">
         <v>20</v>
       </c>
       <c r="N30" t="s">
-        <v>218</v>
+        <v>68</v>
       </c>
       <c r="O30" t="s">
         <v>28</v>
       </c>
       <c r="P30" t="s">
         <v>29</v>
       </c>
       <c r="Q30" t="s">
         <v>30</v>
       </c>
       <c r="R30" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
+        <v>218</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
         <v>219</v>
       </c>
-      <c r="C31" t="s">
-[...5 lines deleted...]
-      <c r="E31" t="s">
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
         <v>220</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31" t="s">
+      <c r="H31" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
+        <v>222</v>
+      </c>
+      <c r="L31" t="s">
         <v>223</v>
       </c>
-      <c r="L31" t="s">
+      <c r="M31" t="s">
+        <v>20</v>
+      </c>
+      <c r="N31" t="s">
         <v>224</v>
-      </c>
-[...4 lines deleted...]
-        <v>225</v>
       </c>
       <c r="O31" t="s">
         <v>28</v>
       </c>
       <c r="P31" t="s">
         <v>29</v>
       </c>
       <c r="Q31" t="s">
         <v>30</v>
       </c>
       <c r="R31" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
+        <v>225</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
         <v>226</v>
       </c>
-      <c r="C32" t="s">
-[...5 lines deleted...]
-      <c r="E32" t="s">
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
         <v>227</v>
       </c>
-      <c r="F32" t="s">
-[...2 lines deleted...]
-      <c r="G32" t="s">
+      <c r="H32" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
+        <v>229</v>
+      </c>
+      <c r="L32" t="s">
         <v>230</v>
       </c>
-      <c r="L32" t="s">
+      <c r="M32" t="s">
+        <v>20</v>
+      </c>
+      <c r="N32" t="s">
         <v>231</v>
-      </c>
-[...4 lines deleted...]
-        <v>232</v>
       </c>
       <c r="O32" t="s">
         <v>28</v>
       </c>
       <c r="P32" t="s">
         <v>29</v>
       </c>
       <c r="Q32" t="s">
         <v>30</v>
       </c>
       <c r="R32" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
+        <v>232</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
         <v>233</v>
       </c>
-      <c r="C33" t="s">
-[...5 lines deleted...]
-      <c r="E33" t="s">
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
         <v>234</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+      <c r="H33" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
+        <v>236</v>
+      </c>
+      <c r="L33" t="s">
         <v>237</v>
       </c>
-      <c r="L33" t="s">
+      <c r="M33" t="s">
+        <v>20</v>
+      </c>
+      <c r="N33" t="s">
         <v>238</v>
       </c>
-      <c r="M33" t="s">
-[...2 lines deleted...]
-      <c r="N33" t="s">
+      <c r="O33" t="s">
         <v>239</v>
       </c>
-      <c r="O33" t="s">
+      <c r="P33" t="s">
         <v>240</v>
       </c>
-      <c r="P33" t="s">
+      <c r="Q33" t="s">
         <v>241</v>
       </c>
-      <c r="Q33" t="s">
+      <c r="R33" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
+        <v>243</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
         <v>244</v>
       </c>
-      <c r="C34" t="s">
-[...5 lines deleted...]
-      <c r="E34" t="s">
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
         <v>245</v>
       </c>
-      <c r="F34" t="s">
-[...2 lines deleted...]
-      <c r="G34" t="s">
+      <c r="H34" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
+        <v>247</v>
+      </c>
+      <c r="L34" t="s">
         <v>248</v>
       </c>
-      <c r="L34" t="s">
+      <c r="M34" t="s">
+        <v>20</v>
+      </c>
+      <c r="N34" t="s">
         <v>249</v>
-      </c>
-[...4 lines deleted...]
-        <v>250</v>
       </c>
       <c r="O34" t="s">
         <v>86</v>
       </c>
       <c r="P34" t="s">
         <v>87</v>
       </c>
       <c r="Q34" t="s">
         <v>88</v>
       </c>
       <c r="R34" t="s">
         <v>89</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
@@ -3008,637 +3005,637 @@
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
+        <v>250</v>
+      </c>
+      <c r="J1" t="s">
         <v>251</v>
       </c>
-      <c r="J1" t="s">
+      <c r="K1" t="s">
         <v>252</v>
       </c>
-      <c r="K1" t="s">
+      <c r="L1" t="s">
         <v>253</v>
       </c>
-      <c r="L1" t="s">
+      <c r="M1" t="s">
         <v>254</v>
       </c>
-      <c r="M1" t="s">
+      <c r="N1" t="s">
         <v>255</v>
       </c>
-      <c r="N1" t="s">
+      <c r="O1" t="s">
         <v>256</v>
       </c>
-      <c r="O1" t="s">
+      <c r="P1" t="s">
         <v>257</v>
       </c>
-      <c r="P1" t="s">
+      <c r="Q1" t="s">
         <v>258</v>
       </c>
-      <c r="Q1" t="s">
+      <c r="R1" t="s">
         <v>259</v>
       </c>
-      <c r="R1" t="s">
+      <c r="S1" t="s">
         <v>260</v>
       </c>
-      <c r="S1" t="s">
+      <c r="T1" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>262</v>
+      </c>
+      <c r="B2" t="s">
         <v>263</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
         <v>264</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
         <v>265</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>266</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>267</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>268</v>
       </c>
-      <c r="J2" t="s">
+      <c r="K2" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="L2" t="s">
         <v>30</v>
       </c>
       <c r="M2" t="s">
+        <v>270</v>
+      </c>
+      <c r="N2" t="s">
         <v>271</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
         <v>272</v>
       </c>
-      <c r="O2" t="s">
-[...2 lines deleted...]
-      <c r="P2" t="s">
+      <c r="Q2" t="s">
         <v>273</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="R2" t="s">
+        <v>272</v>
+      </c>
+      <c r="S2" t="s">
         <v>274</v>
       </c>
-      <c r="R2" t="s">
-[...2 lines deleted...]
-      <c r="S2" t="s">
+      <c r="T2" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="B3" t="s">
         <v>28</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
+        <v>276</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
         <v>277</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>278</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
+        <v>267</v>
+      </c>
+      <c r="J3" t="s">
         <v>279</v>
       </c>
-      <c r="I3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K3" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="L3" t="s">
         <v>30</v>
       </c>
       <c r="M3" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="N3" t="s">
+        <v>280</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>272</v>
+      </c>
+      <c r="Q3" t="s">
         <v>281</v>
       </c>
-      <c r="O3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="R3" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="S3" t="s">
         <v>31</v>
       </c>
       <c r="T3" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="B4" t="s">
+        <v>283</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
         <v>284</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
         <v>285</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>286</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
+        <v>267</v>
+      </c>
+      <c r="J4" t="s">
         <v>287</v>
       </c>
-      <c r="I4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K4" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="L4" t="s">
         <v>30</v>
       </c>
       <c r="M4" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="N4" t="s">
+        <v>288</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>272</v>
+      </c>
+      <c r="Q4" t="s">
         <v>289</v>
       </c>
-      <c r="O4" t="s">
-[...5 lines deleted...]
-      <c r="Q4" t="s">
+      <c r="R4" t="s">
+        <v>272</v>
+      </c>
+      <c r="S4" t="s">
         <v>290</v>
       </c>
-      <c r="R4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T4" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="B5" t="s">
+        <v>291</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>284</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
         <v>292</v>
       </c>
-      <c r="C5" t="s">
-[...11 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>293</v>
       </c>
-      <c r="H5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I5" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="J5" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="K5" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="L5" t="s">
         <v>30</v>
       </c>
       <c r="M5" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="N5" t="s">
+        <v>294</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>272</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>289</v>
+      </c>
+      <c r="R5" t="s">
+        <v>272</v>
+      </c>
+      <c r="S5" t="s">
         <v>295</v>
       </c>
-      <c r="O5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T5" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="B6" t="s">
+        <v>296</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
         <v>297</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
         <v>298</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>299</v>
       </c>
-      <c r="H6" t="s">
+      <c r="I6" t="s">
+        <v>267</v>
+      </c>
+      <c r="J6" t="s">
         <v>300</v>
       </c>
-      <c r="I6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K6" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="L6" t="s">
         <v>30</v>
       </c>
       <c r="M6" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="N6" t="s">
+        <v>301</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>272</v>
+      </c>
+      <c r="Q6" t="s">
         <v>302</v>
       </c>
-      <c r="O6" t="s">
-[...5 lines deleted...]
-      <c r="Q6" t="s">
+      <c r="R6" t="s">
+        <v>272</v>
+      </c>
+      <c r="S6" t="s">
         <v>303</v>
       </c>
-      <c r="R6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T6" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="B7" t="s">
+        <v>304</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
         <v>305</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
         <v>306</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>307</v>
       </c>
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>308</v>
       </c>
-      <c r="I7" t="s">
+      <c r="J7" t="s">
         <v>309</v>
       </c>
-      <c r="J7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K7" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="L7" t="s">
         <v>30</v>
       </c>
       <c r="M7" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="N7" t="s">
+        <v>310</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>272</v>
+      </c>
+      <c r="Q7" t="s">
         <v>311</v>
       </c>
-      <c r="O7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="R7" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="S7" t="s">
         <v>186</v>
       </c>
       <c r="T7" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="B8" t="s">
+        <v>313</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
         <v>314</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
         <v>315</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>316</v>
       </c>
-      <c r="H8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I8" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="J8" t="s">
         <v>20</v>
       </c>
       <c r="K8" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="L8" t="s">
         <v>30</v>
       </c>
       <c r="M8" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="N8" t="s">
+        <v>317</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
         <v>318</v>
       </c>
-      <c r="O8" t="s">
-[...2 lines deleted...]
-      <c r="P8" t="s">
+      <c r="Q8" t="s">
+        <v>273</v>
+      </c>
+      <c r="R8" t="s">
+        <v>318</v>
+      </c>
+      <c r="S8" t="s">
         <v>319</v>
       </c>
-      <c r="Q8" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T8" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="B9" t="s">
+        <v>320</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>314</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
         <v>321</v>
       </c>
-      <c r="C9" t="s">
-[...11 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>322</v>
       </c>
-      <c r="H9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I9" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="J9" t="s">
         <v>20</v>
       </c>
       <c r="K9" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="L9" t="s">
         <v>30</v>
       </c>
       <c r="M9" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="N9" t="s">
+        <v>323</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>318</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>289</v>
+      </c>
+      <c r="R9" t="s">
+        <v>318</v>
+      </c>
+      <c r="S9" t="s">
         <v>324</v>
       </c>
-      <c r="O9" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T9" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="B10" t="s">
+        <v>325</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
         <v>326</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
         <v>327</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>328</v>
       </c>
-      <c r="H10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I10" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="J10" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="K10" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="L10" t="s">
         <v>30</v>
       </c>
       <c r="M10" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="N10" t="s">
+        <v>329</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>272</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>273</v>
+      </c>
+      <c r="R10" t="s">
+        <v>272</v>
+      </c>
+      <c r="S10" t="s">
         <v>330</v>
       </c>
-      <c r="O10" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T10" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>