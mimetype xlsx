--- v0 (2025-10-18)
+++ v1 (2026-02-16)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="307" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="307" uniqueCount="138">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -317,111 +317,114 @@
   <si>
     <t>MARILYN</t>
   </si>
   <si>
     <t>23 June 2022</t>
   </si>
   <si>
     <t>Docteur Patrice POTHIN</t>
   </si>
   <si>
     <t>15/05/2017 17:39:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2767555/fr/docteur-patrice-pothin</t>
   </si>
   <si>
     <t>c_2767555</t>
   </si>
   <si>
     <t>POTHIN</t>
   </si>
   <si>
     <t>Patrice</t>
   </si>
   <si>
-    <t>20 November 2019</t>
+    <t>19 December 2024</t>
   </si>
   <si>
     <t>Docteur Eric BONIS</t>
   </si>
   <si>
     <t>08/11/2016 11:31:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709183/fr/docteur-eric-bonis</t>
   </si>
   <si>
     <t>c_2709183</t>
   </si>
   <si>
     <t>BONIS</t>
   </si>
   <si>
     <t>Eric</t>
   </si>
   <si>
-    <t>23 September 2021</t>
+    <t>20 November 2025</t>
   </si>
   <si>
     <t>Docteur Jean BERNEZ</t>
   </si>
   <si>
     <t>08/11/2016 11:31:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709745/fr/docteur-jean-bernez</t>
   </si>
   <si>
     <t>c_2709745</t>
   </si>
   <si>
     <t>BERNEZ</t>
   </si>
   <si>
     <t>Jean</t>
   </si>
   <si>
-    <t>27 May 2021</t>
+    <t>15 May 2025</t>
   </si>
   <si>
     <t>Docteur Tiana RAZAFINTSALAMA</t>
   </si>
   <si>
     <t>08/11/2016 11:32:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710768/fr/docteur-tiana-razafintsalama</t>
   </si>
   <si>
     <t>c_2710768</t>
   </si>
   <si>
     <t>RAZAFINTSALAMA</t>
   </si>
   <si>
     <t>Tiana</t>
+  </si>
+  <si>
+    <t>23 October 2025</t>
   </si>
   <si>
     <t>Docteur Nicolas FAYE</t>
   </si>
   <si>
     <t>08/11/2016 11:35:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712565/fr/docteur-nicolas-faye</t>
   </si>
   <si>
     <t>c_2712565</t>
   </si>
   <si>
     <t>FAYE</t>
   </si>
   <si>
     <t>Nicolas</t>
   </si>
   <si>
     <t>16 December 2021</t>
   </si>
   <si>
     <t>Docteur Antoine LAFONT</t>
   </si>
@@ -1357,163 +1360,163 @@
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
         <v>119</v>
       </c>
       <c r="H16" t="s">
         <v>120</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
         <v>121</v>
       </c>
       <c r="L16" t="s">
         <v>122</v>
       </c>
       <c r="M16" t="s">
         <v>20</v>
       </c>
       <c r="N16" t="s">
-        <v>109</v>
+        <v>123</v>
       </c>
       <c r="O16" t="s">
         <v>28</v>
       </c>
       <c r="P16" t="s">
         <v>29</v>
       </c>
       <c r="Q16" t="s">
         <v>30</v>
       </c>
       <c r="R16" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="H17" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="L17" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="O17" t="s">
         <v>28</v>
       </c>
       <c r="P17" t="s">
         <v>29</v>
       </c>
       <c r="Q17" t="s">
         <v>30</v>
       </c>
       <c r="R17" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="H18" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I18" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="L18" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
       <c r="N18" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="O18" t="s">
         <v>28</v>
       </c>
       <c r="P18" t="s">
         <v>29</v>
       </c>
       <c r="Q18" t="s">
         <v>30</v>
       </c>
       <c r="R18" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>