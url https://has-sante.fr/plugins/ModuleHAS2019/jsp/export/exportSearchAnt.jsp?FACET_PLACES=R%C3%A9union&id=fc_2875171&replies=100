--- v0 (2025-10-05)
+++ v1 (2026-03-02)
@@ -1,59 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1905" uniqueCount="780">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4611" uniqueCount="1752">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -68,68 +74,161 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur Paul DE CLERCQ</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>24/02/2026 15:15:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3878185/fr/docteur-paul-de-clercq</t>
+  </si>
+  <si>
+    <t>p_3878185</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>DE CLERCQ</t>
+  </si>
+  <si>
+    <t>Paul</t>
+  </si>
+  <si>
+    <t>26 February 2026</t>
+  </si>
+  <si>
+    <t>S.C.M. - C.I.M. - CLINIQUE STE CLOTILDE,CLINIQUE SAINT VINCENT</t>
+  </si>
+  <si>
+    <t>97400,97476</t>
+  </si>
+  <si>
+    <t>Saint-Denis,ST DENIS</t>
+  </si>
+  <si>
+    <t>970403804,970404844</t>
+  </si>
+  <si>
+    <t>Docteur MELINA HYVERT</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808314/fr/docteur-melina-hyvert</t>
+  </si>
+  <si>
+    <t>p_3808314</t>
+  </si>
+  <si>
+    <t>HYVERT</t>
+  </si>
+  <si>
+    <t>MELINA</t>
+  </si>
+  <si>
+    <t>18 December 2025</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER GABRIEL MARTIN</t>
+  </si>
+  <si>
+    <t>97460</t>
+  </si>
+  <si>
+    <t>Saint Paul</t>
+  </si>
+  <si>
+    <t>970421038</t>
+  </si>
+  <si>
+    <t>Docteur ANNE NGUYEN</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808334/fr/docteur-anne-nguyen</t>
+  </si>
+  <si>
+    <t>p_3808334</t>
+  </si>
+  <si>
+    <t>NGUYEN</t>
+  </si>
+  <si>
+    <t>ANNE</t>
+  </si>
+  <si>
+    <t>CH OUEST REUNION</t>
+  </si>
+  <si>
+    <t>ST PAUL</t>
+  </si>
+  <si>
+    <t>970400065</t>
+  </si>
+  <si>
     <t>Docteur Michèle GOURGUES</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>30/06/2025 14:15:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3633852/fr/docteur-michele-gourgues</t>
   </si>
   <si>
     <t>p_3633852</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>GOURGUES</t>
   </si>
   <si>
     <t>Michèle</t>
   </si>
   <si>
     <t>26 June 2025</t>
   </si>
   <si>
     <t>CLINIQUE DURIEUX</t>
   </si>
   <si>
     <t>97430</t>
   </si>
   <si>
     <t>LE TAMPON</t>
   </si>
   <si>
     <t>970462073</t>
   </si>
   <si>
     <t>Docteur Noemie JAILLANT</t>
   </si>
   <si>
     <t>30/06/2025 14:17:26</t>
@@ -296,62 +395,50 @@
   <si>
     <t>Maïté</t>
   </si>
   <si>
     <t>Docteur ADRIEN CADENNES</t>
   </si>
   <si>
     <t>07/04/2025 11:32:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3600721/fr/docteur-adrien-cadennes</t>
   </si>
   <si>
     <t>p_3600721</t>
   </si>
   <si>
     <t>CADENNES</t>
   </si>
   <si>
     <t>ADRIEN</t>
   </si>
   <si>
     <t>03 April 2025</t>
   </si>
   <si>
-    <t>CH OUEST REUNION</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur JONATHAN FRAY</t>
   </si>
   <si>
     <t>20/02/2025 18:31:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3591948/fr/docteur-jonathan-fray</t>
   </si>
   <si>
     <t>p_3591948</t>
   </si>
   <si>
     <t>FRAY</t>
   </si>
   <si>
     <t>JONATHAN</t>
   </si>
   <si>
     <t>20 February 2025</t>
   </si>
   <si>
     <t>Docteur Hakim SLAOUI</t>
   </si>
   <si>
     <t>20/02/2025 18:33:10</t>
@@ -533,746 +620,749 @@
   <si>
     <t>970404406,970404844</t>
   </si>
   <si>
     <t>Docteur Céline LENCK</t>
   </si>
   <si>
     <t>18/10/2024 10:33:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3550480/fr/docteur-celine-lenck</t>
   </si>
   <si>
     <t>p_3550480</t>
   </si>
   <si>
     <t>LENCK</t>
   </si>
   <si>
     <t>Céline</t>
   </si>
   <si>
     <t>17 October 2024</t>
   </si>
   <si>
+    <t>CLINIQUE PASTEUR,CLINIQUE SAINT VINCENT,CLINIQUE STE-CLOTILDE</t>
+  </si>
+  <si>
+    <t>07500,97476,97492</t>
+  </si>
+  <si>
+    <t>GUILHERAND GRANGES,ST DENIS,STE CLOTILDE</t>
+  </si>
+  <si>
+    <t>070780424,970404844,970462107</t>
+  </si>
+  <si>
+    <t>Docteur Benedicte CHICAUD</t>
+  </si>
+  <si>
+    <t>13/09/2024 15:34:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3541627/fr/docteur-benedicte-chicaud</t>
+  </si>
+  <si>
+    <t>p_3541627</t>
+  </si>
+  <si>
+    <t>CHICAUD</t>
+  </si>
+  <si>
+    <t>Benedicte</t>
+  </si>
+  <si>
+    <t>12 September 2024</t>
+  </si>
+  <si>
+    <t>CR SAINTE CLOTILDE</t>
+  </si>
+  <si>
+    <t>970404406</t>
+  </si>
+  <si>
+    <t>Docteur Francis QUINTY</t>
+  </si>
+  <si>
+    <t>26/04/2024 12:34:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3514193/fr/docteur-francis-quinty</t>
+  </si>
+  <si>
+    <t>p_3514193</t>
+  </si>
+  <si>
+    <t>QUINTY</t>
+  </si>
+  <si>
+    <t>Francis</t>
+  </si>
+  <si>
+    <t>25 April 2024</t>
+  </si>
+  <si>
+    <t>Docteur AGATHE SZMACINSKI</t>
+  </si>
+  <si>
+    <t>22/04/2024 17:34:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511119/fr/docteur-agathe-szmacinski</t>
+  </si>
+  <si>
+    <t>p_3511119</t>
+  </si>
+  <si>
+    <t>SZMACINSKI</t>
+  </si>
+  <si>
+    <t>AGATHE</t>
+  </si>
+  <si>
+    <t>28 March 2024</t>
+  </si>
+  <si>
+    <t>Docteur XAVIER TABATCHNIK-REBILLON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511121/fr/docteur-xavier-tabatchnik-rebillon</t>
+  </si>
+  <si>
+    <t>p_3511121</t>
+  </si>
+  <si>
+    <t>TABATCHNIK-REBILLON</t>
+  </si>
+  <si>
+    <t>XAVIER</t>
+  </si>
+  <si>
+    <t>Docteur THOMAS GUEGUEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511123/fr/docteur-thomas-gueguen</t>
+  </si>
+  <si>
+    <t>p_3511123</t>
+  </si>
+  <si>
+    <t>GUEGUEN</t>
+  </si>
+  <si>
+    <t>THOMAS</t>
+  </si>
+  <si>
+    <t>CLINIQUE LES ORCHIDEES,CLINIQUE STE-CLOTILDE</t>
+  </si>
+  <si>
+    <t>97420,97492</t>
+  </si>
+  <si>
+    <t>LE PORT,STE CLOTILDE</t>
+  </si>
+  <si>
+    <t>970462081,970462107</t>
+  </si>
+  <si>
+    <t>Docteur Vincent ROUSSEL</t>
+  </si>
+  <si>
+    <t>22/04/2024 17:34:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511125/fr/docteur-vincent-roussel</t>
+  </si>
+  <si>
+    <t>p_3511125</t>
+  </si>
+  <si>
+    <t>ROUSSEL</t>
+  </si>
+  <si>
+    <t>Vincent</t>
+  </si>
+  <si>
+    <t>Docteur Emmanuel BAZOT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511129/fr/docteur-emmanuel-bazot</t>
+  </si>
+  <si>
+    <t>p_3511129</t>
+  </si>
+  <si>
+    <t>BAZOT</t>
+  </si>
+  <si>
+    <t>Emmanuel</t>
+  </si>
+  <si>
+    <t>Docteur VINCENT CLAVERIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511135/fr/docteur-vincent-claverie</t>
+  </si>
+  <si>
+    <t>p_3511135</t>
+  </si>
+  <si>
+    <t>CLAVERIE</t>
+  </si>
+  <si>
+    <t>VINCENT</t>
+  </si>
+  <si>
+    <t>Docteur Shalini RAJ-LAWRENCE</t>
+  </si>
+  <si>
+    <t>22/04/2024 17:34:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511137/fr/docteur-shalini-raj-lawrence</t>
+  </si>
+  <si>
+    <t>p_3511137</t>
+  </si>
+  <si>
+    <t>RAJ-LAWRENCE</t>
+  </si>
+  <si>
+    <t>Shalini</t>
+  </si>
+  <si>
+    <t>Docteur PHILIPPE CAUTY</t>
+  </si>
+  <si>
+    <t>22/04/2024 17:34:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511178/fr/docteur-philippe-cauty</t>
+  </si>
+  <si>
+    <t>p_3511178</t>
+  </si>
+  <si>
+    <t>CAUTY</t>
+  </si>
+  <si>
+    <t>PHILIPPE</t>
+  </si>
+  <si>
+    <t>Docteur VIRGINIE JANNIER-GUILLOU</t>
+  </si>
+  <si>
+    <t>22/04/2024 17:34:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511182/fr/docteur-virginie-jannier-guillou</t>
+  </si>
+  <si>
+    <t>p_3511182</t>
+  </si>
+  <si>
+    <t>JANNIER-GUILLOU</t>
+  </si>
+  <si>
+    <t>VIRGINIE</t>
+  </si>
+  <si>
+    <t>Docteur THOMAS GALAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511184/fr/docteur-thomas-galas</t>
+  </si>
+  <si>
+    <t>p_3511184</t>
+  </si>
+  <si>
+    <t>GALAS</t>
+  </si>
+  <si>
+    <t>Docteur Karim RACHDI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511186/fr/docteur-karim-rachdi</t>
+  </si>
+  <si>
+    <t>p_3511186</t>
+  </si>
+  <si>
+    <t>RACHDI</t>
+  </si>
+  <si>
+    <t>Karim</t>
+  </si>
+  <si>
+    <t>Docteur Olivier HULARD</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:30:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503421/fr/docteur-olivier-hulard</t>
+  </si>
+  <si>
+    <t>p_3503421</t>
+  </si>
+  <si>
+    <t>HULARD</t>
+  </si>
+  <si>
+    <t>Olivier</t>
+  </si>
+  <si>
+    <t>CLINIQUE LES ORCHIDEES,CLINIQUE AVICENNE</t>
+  </si>
+  <si>
+    <t>97420,97420</t>
+  </si>
+  <si>
+    <t>LE PORT,LE PORT</t>
+  </si>
+  <si>
+    <t>970462081,970466751</t>
+  </si>
+  <si>
+    <t>Docteur JEAN RICHARD VI-FANE</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:32:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503733/fr/docteur-jean-richard-vi-fane</t>
+  </si>
+  <si>
+    <t>p_3503733</t>
+  </si>
+  <si>
+    <t>VI-FANE</t>
+  </si>
+  <si>
+    <t>JEAN RICHARD</t>
+  </si>
+  <si>
+    <t>Docteur CELINE AGIRI</t>
+  </si>
+  <si>
+    <t>26/12/2023 15:33:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3485424/fr/docteur-celine-agiri</t>
+  </si>
+  <si>
+    <t>p_3485424</t>
+  </si>
+  <si>
+    <t>AGIRI</t>
+  </si>
+  <si>
+    <t>CELINE</t>
+  </si>
+  <si>
+    <t>Docteur BERENICE QUENTIN</t>
+  </si>
+  <si>
+    <t>26/12/2023 15:33:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3485523/fr/docteur-berenice-quentin</t>
+  </si>
+  <si>
+    <t>p_3485523</t>
+  </si>
+  <si>
+    <t>QUENTIN</t>
+  </si>
+  <si>
+    <t>BERENICE</t>
+  </si>
+  <si>
+    <t>Docteur CLEMENTINE LEFEVRE</t>
+  </si>
+  <si>
+    <t>26/12/2023 15:33:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3485588/fr/docteur-clementine-lefevre</t>
+  </si>
+  <si>
+    <t>p_3485588</t>
+  </si>
+  <si>
+    <t>LEFEVRE</t>
+  </si>
+  <si>
+    <t>CLEMENTINE</t>
+  </si>
+  <si>
+    <t>Docteur JULIA MILLIER</t>
+  </si>
+  <si>
+    <t>26/12/2023 15:33:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3485621/fr/docteur-julia-millier</t>
+  </si>
+  <si>
+    <t>p_3485621</t>
+  </si>
+  <si>
+    <t>MILLIER</t>
+  </si>
+  <si>
+    <t>21 December 2023</t>
+  </si>
+  <si>
+    <t>Docteur FENOARISOA ELSERA RANDRIAMBOLOLONA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3485622/fr/docteur-fenoarisoa-elsera-randriambololona</t>
+  </si>
+  <si>
+    <t>p_3485622</t>
+  </si>
+  <si>
+    <t>RANDRIAMBOLOLONA</t>
+  </si>
+  <si>
+    <t>FENOARISOA ELSERA</t>
+  </si>
+  <si>
+    <t>Docteur Nadine TOLBIZE MICHEL</t>
+  </si>
+  <si>
+    <t>26/12/2023 15:33:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3485624/fr/docteur-nadine-tolbize-michel</t>
+  </si>
+  <si>
+    <t>p_3485624</t>
+  </si>
+  <si>
+    <t>TOLBIZE MICHEL</t>
+  </si>
+  <si>
+    <t>Nadine</t>
+  </si>
+  <si>
+    <t>Docteur THOMAS FAUVET</t>
+  </si>
+  <si>
+    <t>15/09/2023 13:37:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3462207/fr/docteur-thomas-fauvet</t>
+  </si>
+  <si>
+    <t>p_3462207</t>
+  </si>
+  <si>
+    <t>FAUVET</t>
+  </si>
+  <si>
+    <t>14 September 2023</t>
+  </si>
+  <si>
+    <t>CH D'ALBERTVILLE,GCS CLINIQUE HERBERT,CLINIQUE STE-CLOTILDE</t>
+  </si>
+  <si>
+    <t>73208,73100,97492</t>
+  </si>
+  <si>
+    <t>ALBERTVILLE,AIX LES BAINS,STE CLOTILDE</t>
+  </si>
+  <si>
+    <t>730000262,730012499,970462107</t>
+  </si>
+  <si>
+    <t>Docteur JEAN-FRANCOIS VELLIN</t>
+  </si>
+  <si>
+    <t>15/09/2023 14:33:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3462904/fr/docteur-jean-francois-vellin</t>
+  </si>
+  <si>
+    <t>p_3462904</t>
+  </si>
+  <si>
+    <t>VELLIN</t>
+  </si>
+  <si>
+    <t>JEAN-FRANCOIS</t>
+  </si>
+  <si>
+    <t>CHU SITE FELIX GUYON (SAINT DENIS),CLINIQUE SAINT VINCENT</t>
+  </si>
+  <si>
+    <t>97405,97476</t>
+  </si>
+  <si>
+    <t>ST DENIS,ST DENIS</t>
+  </si>
+  <si>
+    <t>970400024,970404844</t>
+  </si>
+  <si>
+    <t>Docteur FRANCOIS RUBIN</t>
+  </si>
+  <si>
+    <t>15/09/2023 14:33:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3462915/fr/docteur-francois-rubin</t>
+  </si>
+  <si>
+    <t>p_3462915</t>
+  </si>
+  <si>
+    <t>RUBIN</t>
+  </si>
+  <si>
+    <t>FRANCOIS</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT VINCENT</t>
+  </si>
+  <si>
+    <t>97476</t>
+  </si>
+  <si>
+    <t>970404844</t>
+  </si>
+  <si>
+    <t>Docteur JULIE BERKAOUI</t>
+  </si>
+  <si>
+    <t>15/09/2023 14:33:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463002/fr/docteur-julie-berkaoui</t>
+  </si>
+  <si>
+    <t>p_3463002</t>
+  </si>
+  <si>
+    <t>BERKAOUI</t>
+  </si>
+  <si>
+    <t>JULIE</t>
+  </si>
+  <si>
+    <t>Docteur NICOLAS CHALLUT</t>
+  </si>
+  <si>
+    <t>15/09/2023 14:33:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463007/fr/docteur-nicolas-challut</t>
+  </si>
+  <si>
+    <t>p_3463007</t>
+  </si>
+  <si>
+    <t>CHALLUT</t>
+  </si>
+  <si>
+    <t>NICOLAS</t>
+  </si>
+  <si>
+    <t>Docteur THOMAS-PIERRE BERTRAND</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463009/fr/docteur-thomas-pierre-bertrand</t>
+  </si>
+  <si>
+    <t>p_3463009</t>
+  </si>
+  <si>
+    <t>BERTRAND</t>
+  </si>
+  <si>
+    <t>THOMAS-PIERRE</t>
+  </si>
+  <si>
+    <t>Docteur BENOIT GIRARD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463012/fr/docteur-benoit-girard</t>
+  </si>
+  <si>
+    <t>p_3463012</t>
+  </si>
+  <si>
+    <t>GIRARD</t>
+  </si>
+  <si>
+    <t>BENOIT</t>
+  </si>
+  <si>
+    <t>Docteur GAELLE LETERME</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463014/fr/docteur-gaelle-leterme</t>
+  </si>
+  <si>
+    <t>p_3463014</t>
+  </si>
+  <si>
+    <t>LETERME</t>
+  </si>
+  <si>
+    <t>GAELLE</t>
+  </si>
+  <si>
+    <t>Docteur AURIANE POMMIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463017/fr/docteur-auriane-pommier</t>
+  </si>
+  <si>
+    <t>p_3463017</t>
+  </si>
+  <si>
+    <t>POMMIER</t>
+  </si>
+  <si>
+    <t>AURIANE</t>
+  </si>
+  <si>
+    <t>Docteur EMMANUEL DOGER DE SPEVILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463019/fr/docteur-emmanuel-doger-de-speville</t>
+  </si>
+  <si>
+    <t>p_3463019</t>
+  </si>
+  <si>
+    <t>DOGER DE SPEVILLE</t>
+  </si>
+  <si>
+    <t>EMMANUEL</t>
+  </si>
+  <si>
+    <t>Docteur Philippe PESCATORI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463021/fr/docteur-philippe-pescatori</t>
+  </si>
+  <si>
+    <t>p_3463021</t>
+  </si>
+  <si>
+    <t>PESCATORI</t>
+  </si>
+  <si>
+    <t>Philippe</t>
+  </si>
+  <si>
+    <t>Docteur ANGELO PENNICA</t>
+  </si>
+  <si>
+    <t>15/09/2023 14:33:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463026/fr/docteur-angelo-pennica</t>
+  </si>
+  <si>
+    <t>p_3463026</t>
+  </si>
+  <si>
+    <t>PENNICA</t>
+  </si>
+  <si>
+    <t>ANGELO</t>
+  </si>
+  <si>
+    <t>Docteur WARED AL ASSAF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463028/fr/docteur-wared-al-assaf</t>
+  </si>
+  <si>
+    <t>p_3463028</t>
+  </si>
+  <si>
+    <t>AL ASSAF</t>
+  </si>
+  <si>
+    <t>WARED</t>
+  </si>
+  <si>
+    <t>97404</t>
+  </si>
+  <si>
+    <t>Docteur JEANNE DUCHENE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463030/fr/docteur-jeanne-duchene</t>
+  </si>
+  <si>
+    <t>p_3463030</t>
+  </si>
+  <si>
+    <t>DUCHENE</t>
+  </si>
+  <si>
+    <t>JEANNE</t>
+  </si>
+  <si>
+    <t>Docteur JULIE RAVINET-ALLYN</t>
+  </si>
+  <si>
+    <t>20/07/2023 16:32:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453933/fr/docteur-julie-ravinet-allyn</t>
+  </si>
+  <si>
+    <t>p_3453933</t>
+  </si>
+  <si>
+    <t>RAVINET-ALLYN</t>
+  </si>
+  <si>
+    <t>20 July 2023</t>
+  </si>
+  <si>
     <t>CLINIQUE SAINT VINCENT,CLINIQUE STE-CLOTILDE</t>
   </si>
   <si>
     <t>97476,97492</t>
   </si>
   <si>
     <t>ST DENIS,STE CLOTILDE</t>
   </si>
   <si>
     <t>970404844,970462107</t>
   </si>
   <si>
-    <t>Docteur Benedicte CHICAUD</t>
-[...682 lines deleted...]
-  <si>
     <t>Docteur JOHN NICOLARDOT</t>
   </si>
   <si>
     <t>16/05/2023 12:40:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3440850/fr/docteur-john-nicolardot</t>
   </si>
   <si>
     <t>p_3440850</t>
   </si>
   <si>
     <t>NICOLARDOT</t>
   </si>
   <si>
     <t>JOHN</t>
   </si>
   <si>
     <t>11 May 2023</t>
   </si>
   <si>
     <t>Docteur Lucie BECART</t>
   </si>
   <si>
     <t>16/05/2023 12:41:49</t>
@@ -1346,593 +1436,566 @@
   <si>
     <t>MATHILDE</t>
   </si>
   <si>
     <t>13 October 2022</t>
   </si>
   <si>
     <t>Docteur MARIE DEVRED</t>
   </si>
   <si>
     <t>03/01/2022 15:32:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3307665/fr/docteur-marie-devred</t>
   </si>
   <si>
     <t>p_3307665</t>
   </si>
   <si>
     <t>DEVRED</t>
   </si>
   <si>
     <t>MARIE</t>
   </si>
   <si>
+    <t>Docteur NDRIANAINA RAZAFIMAHEFA</t>
+  </si>
+  <si>
+    <t>03/01/2022 15:33:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307686/fr/docteur-ndrianaina-razafimahefa</t>
+  </si>
+  <si>
+    <t>p_3307686</t>
+  </si>
+  <si>
+    <t>RAZAFIMAHEFA</t>
+  </si>
+  <si>
+    <t>NDRIANAINA</t>
+  </si>
+  <si>
+    <t>28 January 2026</t>
+  </si>
+  <si>
+    <t>Docteur SARAH BEKKAR</t>
+  </si>
+  <si>
+    <t>23/09/2021 15:31:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288165/fr/docteur-sarah-bekkar</t>
+  </si>
+  <si>
+    <t>p_3288165</t>
+  </si>
+  <si>
+    <t>BEKKAR</t>
+  </si>
+  <si>
+    <t>SARAH</t>
+  </si>
+  <si>
+    <t>23 October 2025</t>
+  </si>
+  <si>
+    <t>Docteur FLORENCE DEFAUD-HENON</t>
+  </si>
+  <si>
+    <t>02/07/2021 10:32:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3275653/fr/docteur-florence-defaud-henon</t>
+  </si>
+  <si>
+    <t>p_3275653</t>
+  </si>
+  <si>
+    <t>DEFAUD-HENON</t>
+  </si>
+  <si>
+    <t>FLORENCE</t>
+  </si>
+  <si>
+    <t>Docteur XAVIERA COUEFFE</t>
+  </si>
+  <si>
+    <t>02/07/2021 10:32:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3275659/fr/docteur-xaviera-coueffe</t>
+  </si>
+  <si>
+    <t>p_3275659</t>
+  </si>
+  <si>
+    <t>COUEFFE</t>
+  </si>
+  <si>
+    <t>XAVIERA</t>
+  </si>
+  <si>
+    <t>24 July 2025</t>
+  </si>
+  <si>
+    <t>Docteur Youssef CHOUCAIR</t>
+  </si>
+  <si>
+    <t>04/01/2021 16:31:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3228245/fr/docteur-youssef-choucair</t>
+  </si>
+  <si>
+    <t>p_3228245</t>
+  </si>
+  <si>
+    <t>CHOUCAIR</t>
+  </si>
+  <si>
+    <t>Youssef</t>
+  </si>
+  <si>
+    <t>29 December 2020</t>
+  </si>
+  <si>
+    <t>Docteur Charlotte LEMBROUCK</t>
+  </si>
+  <si>
+    <t>22/12/2020 17:32:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226749/fr/docteur-charlotte-lembrouck</t>
+  </si>
+  <si>
+    <t>p_3226749</t>
+  </si>
+  <si>
+    <t>LEMBROUCK</t>
+  </si>
+  <si>
+    <t>Charlotte</t>
+  </si>
+  <si>
+    <t>CHU SITE FELIX GUYON (SAINT DENIS),CH OUEST REUNION</t>
+  </si>
+  <si>
+    <t>97405,97460</t>
+  </si>
+  <si>
+    <t>ST DENIS,ST PAUL</t>
+  </si>
+  <si>
+    <t>970400024,970400065</t>
+  </si>
+  <si>
+    <t>Docteur MATHIEU GRUNBERG</t>
+  </si>
+  <si>
+    <t>27/11/2020 10:32:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3220906/fr/docteur-mathieu-grunberg</t>
+  </si>
+  <si>
+    <t>p_3220906</t>
+  </si>
+  <si>
+    <t>GRUNBERG</t>
+  </si>
+  <si>
+    <t>MATHIEU</t>
+  </si>
+  <si>
+    <t>Docteur RICHARD BALLAS</t>
+  </si>
+  <si>
+    <t>22/10/2020 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213982/fr/docteur-richard-ballas</t>
+  </si>
+  <si>
+    <t>p_3213982</t>
+  </si>
+  <si>
+    <t>BALLAS</t>
+  </si>
+  <si>
+    <t>RICHARD</t>
+  </si>
+  <si>
+    <t>Docteur Guillaume NICOLET</t>
+  </si>
+  <si>
+    <t>28/09/2020 12:32:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203893/fr/docteur-guillaume-nicolet</t>
+  </si>
+  <si>
+    <t>p_3203893</t>
+  </si>
+  <si>
+    <t>NICOLET</t>
+  </si>
+  <si>
+    <t>Guillaume</t>
+  </si>
+  <si>
+    <t>Docteur MEDI BOUAZIZ</t>
+  </si>
+  <si>
+    <t>16/07/2020 11:31:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194475/fr/docteur-medi-bouaziz</t>
+  </si>
+  <si>
+    <t>p_3194475</t>
+  </si>
+  <si>
+    <t>BOUAZIZ</t>
+  </si>
+  <si>
+    <t>MEDI</t>
+  </si>
+  <si>
+    <t>16 July 2020</t>
+  </si>
+  <si>
+    <t>CHU SITE FELIX GUYON (SAINT DENIS),CLINIQUE STE-CLOTILDE</t>
+  </si>
+  <si>
+    <t>97405,97492</t>
+  </si>
+  <si>
+    <t>970400024,970462107</t>
+  </si>
+  <si>
+    <t>Docteur VANESSA BENASSI</t>
+  </si>
+  <si>
+    <t>16/07/2020 11:31:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194519/fr/docteur-vanessa-benassi</t>
+  </si>
+  <si>
+    <t>p_3194519</t>
+  </si>
+  <si>
+    <t>BENASSI</t>
+  </si>
+  <si>
+    <t>VANESSA</t>
+  </si>
+  <si>
+    <t>Docteur CHRISTOPHE CAZERES</t>
+  </si>
+  <si>
+    <t>24/10/2019 11:31:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114731/fr/docteur-christophe-cazeres</t>
+  </si>
+  <si>
+    <t>p_3114731</t>
+  </si>
+  <si>
+    <t>CAZERES</t>
+  </si>
+  <si>
+    <t>CHRISTOPHE</t>
+  </si>
+  <si>
+    <t>23 November 2023</t>
+  </si>
+  <si>
+    <t>Docteur STEPHANIE CERISIER</t>
+  </si>
+  <si>
+    <t>26/09/2019 11:31:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107502/fr/docteur-stephanie-cerisier</t>
+  </si>
+  <si>
+    <t>p_3107502</t>
+  </si>
+  <si>
+    <t>CERISIER</t>
+  </si>
+  <si>
+    <t>STEPHANIE</t>
+  </si>
+  <si>
+    <t>19 October 2023</t>
+  </si>
+  <si>
+    <t>Docteur AUDREY LASNET</t>
+  </si>
+  <si>
+    <t>26/09/2019 11:31:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107509/fr/docteur-audrey-lasnet</t>
+  </si>
+  <si>
+    <t>p_3107509</t>
+  </si>
+  <si>
+    <t>LASNET</t>
+  </si>
+  <si>
+    <t>AUDREY</t>
+  </si>
+  <si>
+    <t>Docteur MARILYN LESPINAS</t>
+  </si>
+  <si>
+    <t>23/04/2018 12:32:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2845826/fr/docteur-marilyn-lespinas</t>
+  </si>
+  <si>
+    <t>c_2845826</t>
+  </si>
+  <si>
+    <t>LESPINAS</t>
+  </si>
+  <si>
+    <t>MARILYN</t>
+  </si>
+  <si>
+    <t>23 June 2022</t>
+  </si>
+  <si>
+    <t>Docteur GILLES LERUSSI</t>
+  </si>
+  <si>
+    <t>17/07/2017 14:35:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2785977/fr/docteur-gilles-lerussi</t>
+  </si>
+  <si>
+    <t>c_2785977</t>
+  </si>
+  <si>
+    <t>LERUSSI</t>
+  </si>
+  <si>
+    <t>GILLES</t>
+  </si>
+  <si>
+    <t>Docteur Patrice POTHIN</t>
+  </si>
+  <si>
+    <t>15/05/2017 17:39:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2767555/fr/docteur-patrice-pothin</t>
+  </si>
+  <si>
+    <t>c_2767555</t>
+  </si>
+  <si>
+    <t>POTHIN</t>
+  </si>
+  <si>
+    <t>Patrice</t>
+  </si>
+  <si>
+    <t>Professeur Kevin BUFFENOIR</t>
+  </si>
+  <si>
+    <t>15/05/2017 17:40:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2768031/fr/professeur-kevin-buffenoir</t>
+  </si>
+  <si>
+    <t>c_2768031</t>
+  </si>
+  <si>
+    <t>Professeur</t>
+  </si>
+  <si>
+    <t>BUFFENOIR</t>
+  </si>
+  <si>
+    <t>Kevin</t>
+  </si>
+  <si>
+    <t>CHU SITE SUD (SAINT PIERRE)</t>
+  </si>
+  <si>
+    <t>97410</t>
+  </si>
+  <si>
+    <t>ST PIERRE</t>
+  </si>
+  <si>
+    <t>970400057</t>
+  </si>
+  <si>
+    <t>Docteur Laurence KEYMEULEN ROMMES</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739403/fr/docteur-laurence-keymeulen-rommes</t>
+  </si>
+  <si>
+    <t>c_2739403</t>
+  </si>
+  <si>
+    <t>KEYMEULEN ROMMES</t>
+  </si>
+  <si>
+    <t>Laurence</t>
+  </si>
+  <si>
+    <t>20 November 2025</t>
+  </si>
+  <si>
+    <t>CLINIQUE AVICENNE</t>
+  </si>
+  <si>
+    <t>970466751</t>
+  </si>
+  <si>
+    <t>Docteur Reuben VEERAPEN</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739559/fr/docteur-reuben-veerapen</t>
+  </si>
+  <si>
+    <t>c_2739559</t>
+  </si>
+  <si>
+    <t>VEERAPEN</t>
+  </si>
+  <si>
+    <t>Reuben</t>
+  </si>
+  <si>
+    <t>28 April 2022</t>
+  </si>
+  <si>
+    <t>Docteur Anais BERTHELOT-RICOU</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740299/fr/docteur-anais-berthelot-ricou</t>
+  </si>
+  <si>
+    <t>c_2740299</t>
+  </si>
+  <si>
+    <t>BERTHELOT-RICOU</t>
+  </si>
+  <si>
+    <t>Anais</t>
+  </si>
+  <si>
+    <t>S.C.M. - C.I.M. - CLINIQUE STE CLOTILDE</t>
+  </si>
+  <si>
+    <t>97400</t>
+  </si>
+  <si>
+    <t>Saint-Denis</t>
+  </si>
+  <si>
+    <t>970403804</t>
+  </si>
+  <si>
+    <t>Docteur Vincent BENTOLILA</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708404/fr/docteur-vincent-bentolila</t>
+  </si>
+  <si>
+    <t>c_2708404</t>
+  </si>
+  <si>
+    <t>BENTOLILA</t>
+  </si>
+  <si>
+    <t>Docteur Gilles CARRASSET</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708945/fr/docteur-gilles-carrasset</t>
+  </si>
+  <si>
+    <t>c_2708945</t>
+  </si>
+  <si>
+    <t>CARRASSET</t>
+  </si>
+  <si>
+    <t>Gilles</t>
+  </si>
+  <si>
+    <t>Docteur Claude alain RABENJA</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708989/fr/docteur-claude-alain-rabenja</t>
+  </si>
+  <si>
+    <t>c_2708989</t>
+  </si>
+  <si>
+    <t>RABENJA</t>
+  </si>
+  <si>
+    <t>Claude alain</t>
+  </si>
+  <si>
     <t>29 December 2021</t>
   </si>
   <si>
-    <t>Docteur NDRIANAINA RAZAFIMAHEFA</t>
-[...538 lines deleted...]
-  <si>
     <t>Docteur Eric BONIS</t>
   </si>
   <si>
     <t>08/11/2016 11:31:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709183/fr/docteur-eric-bonis</t>
   </si>
   <si>
     <t>c_2709183</t>
   </si>
   <si>
     <t>BONIS</t>
   </si>
   <si>
     <t>Eric</t>
   </si>
   <si>
     <t>Docteur Charles VERD</t>
   </si>
   <si>
     <t>08/11/2016 11:31:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709283/fr/docteur-charles-verd</t>
@@ -1958,92 +2021,86 @@
   <si>
     <t>c_2709745</t>
   </si>
   <si>
     <t>BERNEZ</t>
   </si>
   <si>
     <t>Jean</t>
   </si>
   <si>
     <t>Docteur Alexis BURGAUD</t>
   </si>
   <si>
     <t>08/11/2016 11:31:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709905/fr/docteur-alexis-burgaud</t>
   </si>
   <si>
     <t>c_2709905</t>
   </si>
   <si>
     <t>BURGAUD</t>
   </si>
   <si>
-    <t>21 October 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Jean-michel RADOUX</t>
   </si>
   <si>
     <t>08/11/2016 11:31:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709910/fr/docteur-jean-michel-radoux</t>
   </si>
   <si>
     <t>c_2709910</t>
   </si>
   <si>
     <t>RADOUX</t>
   </si>
   <si>
     <t>Jean-michel</t>
   </si>
   <si>
     <t>Docteur Jean hugues LAI ONG TEUNG</t>
   </si>
   <si>
     <t>08/11/2016 11:31:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710003/fr/docteur-jean-hugues-lai-ong-teung</t>
   </si>
   <si>
     <t>c_2710003</t>
   </si>
   <si>
     <t>LAI ONG TEUNG</t>
   </si>
   <si>
     <t>Jean hugues</t>
   </si>
   <si>
-    <t>15 July 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Bernard jean christian georges henri BODEN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710009/fr/docteur-bernard-jean-christian-georges-henri-boden</t>
   </si>
   <si>
     <t>c_2710009</t>
   </si>
   <si>
     <t>BODEN</t>
   </si>
   <si>
     <t>Bernard jean christian georges henri</t>
   </si>
   <si>
     <t>16 February 2023</t>
   </si>
   <si>
     <t>Docteur Monique LAMARQUE</t>
   </si>
   <si>
     <t>08/11/2016 11:32:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710156/fr/docteur-monique-lamarque</t>
@@ -2111,83 +2168,68 @@
   <si>
     <t xml:space="preserve">SIDIBE KAH </t>
   </si>
   <si>
     <t>Geneviève</t>
   </si>
   <si>
     <t>Docteur Benjamin DUSANG</t>
   </si>
   <si>
     <t>08/11/2016 11:32:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710492/fr/docteur-benjamin-dusang</t>
   </si>
   <si>
     <t>c_2710492</t>
   </si>
   <si>
     <t>DUSANG</t>
   </si>
   <si>
     <t>Benjamin</t>
   </si>
   <si>
-    <t>CHU SITE SUD (SAINT PIERRE)</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur Sylvie JEANNE-PONS</t>
   </si>
   <si>
     <t>08/11/2016 11:32:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710670/fr/docteur-sylvie-jeanne-pons</t>
   </si>
   <si>
     <t>c_2710670</t>
   </si>
   <si>
     <t>JEANNE-PONS</t>
   </si>
   <si>
     <t>Sylvie</t>
   </si>
   <si>
-    <t>25 November 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Tiana RAZAFINTSALAMA</t>
   </si>
   <si>
     <t>08/11/2016 11:32:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710768/fr/docteur-tiana-razafintsalama</t>
   </si>
   <si>
     <t>c_2710768</t>
   </si>
   <si>
     <t>RAZAFINTSALAMA</t>
   </si>
   <si>
     <t>Tiana</t>
   </si>
   <si>
     <t>Docteur Jean-pierre MARCHALAND</t>
   </si>
   <si>
     <t>08/11/2016 11:34:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711973/fr/docteur-jean-pierre-marchaland</t>
@@ -2216,74 +2258,68 @@
   <si>
     <t>c_2712024</t>
   </si>
   <si>
     <t>DAUSSIN</t>
   </si>
   <si>
     <t>Paul-andré</t>
   </si>
   <si>
     <t>Docteur Yann YU-TIM</t>
   </si>
   <si>
     <t>08/11/2016 11:35:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712550/fr/docteur-yann-yu-tim</t>
   </si>
   <si>
     <t>c_2712550</t>
   </si>
   <si>
     <t>YU-TIM</t>
   </si>
   <si>
-    <t>17 December 2020</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Nicolas FAYE</t>
   </si>
   <si>
     <t>08/11/2016 11:35:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712565/fr/docteur-nicolas-faye</t>
   </si>
   <si>
     <t>c_2712565</t>
   </si>
   <si>
     <t>FAYE</t>
   </si>
   <si>
     <t>Nicolas</t>
   </si>
   <si>
-    <t>16 December 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Ameth GUEYE</t>
   </si>
   <si>
     <t>08/11/2016 11:35:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712610/fr/docteur-ameth-gueye</t>
   </si>
   <si>
     <t>c_2712610</t>
   </si>
   <si>
     <t>GUEYE</t>
   </si>
   <si>
     <t>Ameth</t>
   </si>
   <si>
     <t>Docteur Jean francois BARON</t>
   </si>
   <si>
     <t>08/11/2016 11:35:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712751/fr/docteur-jean-francois-baron</t>
@@ -2333,117 +2369,3003 @@
   <si>
     <t>GRAICHI</t>
   </si>
   <si>
     <t>Rochdi</t>
   </si>
   <si>
     <t>Docteur Shameem SOYFOO</t>
   </si>
   <si>
     <t>08/11/2016 11:35:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712959/fr/docteur-shameem-soyfoo</t>
   </si>
   <si>
     <t>c_2712959</t>
   </si>
   <si>
     <t>SOYFOO</t>
   </si>
   <si>
     <t>Shameem</t>
   </si>
   <si>
+    <t>CH OUEST REUNION,CLINIQUE LES ORCHIDEES</t>
+  </si>
+  <si>
+    <t>97460,97420</t>
+  </si>
+  <si>
+    <t>ST PAUL,LE PORT</t>
+  </si>
+  <si>
+    <t>970400065,970462081</t>
+  </si>
+  <si>
     <t>Docteur Matthieu GUILLOU</t>
   </si>
   <si>
     <t>08/11/2016 11:36:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713230/fr/docteur-matthieu-guillou</t>
   </si>
   <si>
     <t>c_2713230</t>
   </si>
   <si>
     <t>GUILLOU</t>
   </si>
   <si>
     <t>Matthieu</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>SACS AUTISME BEL AVENIR</t>
+  </si>
+  <si>
+    <t>23/02/2026 05:05:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16278_FicheESSMS/fr/sacs-autisme-bel-avenir</t>
+  </si>
+  <si>
+    <t>16278_FicheESSMS</t>
+  </si>
+  <si>
+    <t>26 Allée Raymond Palmas</t>
+  </si>
+  <si>
+    <t>97432 ST PIERRE</t>
+  </si>
+  <si>
+    <t>9D</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>970407839</t>
+  </si>
+  <si>
+    <t>CMPP DE STE-SUZANNE</t>
+  </si>
+  <si>
+    <t>22/02/2026 05:02:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16219_FicheESSMS/fr/cmpp-de-ste-suzanne</t>
+  </si>
+  <si>
+    <t>16219_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44 Rue De La Citoyennete</t>
+  </si>
+  <si>
+    <t>97441 STE SUZANNE</t>
+  </si>
+  <si>
+    <t>STE SUZANNE</t>
+  </si>
+  <si>
+    <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
+  </si>
+  <si>
+    <t>970406088</t>
+  </si>
+  <si>
+    <t>SAMSAH ENSEMB</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:13:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15585_FicheESSMS/fr/samsah-ensemb</t>
+  </si>
+  <si>
+    <t>15585_FicheESSMS</t>
+  </si>
+  <si>
+    <t>50 Rue Bertin</t>
+  </si>
+  <si>
+    <t>97400 ST DENIS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>970408480</t>
+  </si>
+  <si>
+    <t>SAAD - PRO.RE.SAP</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:13:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15598_FicheESSMS/fr/saad-pro-re-sap</t>
+  </si>
+  <si>
+    <t>15598_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Avenue George Brassens</t>
+  </si>
+  <si>
+    <t>97490 ST DENIS</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>970404703</t>
+  </si>
+  <si>
+    <t>SAAD - SCOPAD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15595_FicheESSMS/fr/saad-scopad</t>
+  </si>
+  <si>
+    <t>15595_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Marie Caze</t>
+  </si>
+  <si>
+    <t>97438 STE MARIE</t>
+  </si>
+  <si>
+    <t>STE MARIE</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>970411385</t>
+  </si>
+  <si>
+    <t>SSEFIS</t>
+  </si>
+  <si>
+    <t>11/12/2025 05:12:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15132_FicheESSMS/fr/ssefis</t>
+  </si>
+  <si>
+    <t>15132_FicheESSMS</t>
+  </si>
+  <si>
+    <t>139 Rue Augustin Archambaud</t>
+  </si>
+  <si>
+    <t>97410 ST PIERRE</t>
+  </si>
+  <si>
+    <t>970406229</t>
+  </si>
+  <si>
+    <t>ACCUEIL DE JOUR EST</t>
+  </si>
+  <si>
+    <t>12/11/2025 16:18:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14667_FicheESSMS/fr/accueil-de-jour-est</t>
+  </si>
+  <si>
+    <t>14667_FicheESSMS</t>
+  </si>
+  <si>
+    <t>60 Rue Dumesnil D'Engente</t>
+  </si>
+  <si>
+    <t>97440 ST ANDRE</t>
+  </si>
+  <si>
+    <t>ST ANDRE</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Centre de Jour pour Personnes Agées</t>
+  </si>
+  <si>
+    <t>970410098</t>
+  </si>
+  <si>
+    <t>SERVICE REPARATION PENALE AAPEJ</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:27:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14546_FicheESSMS/fr/service-reparation-penale-aapej</t>
+  </si>
+  <si>
+    <t>14546_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Chemin Tamatave</t>
+  </si>
+  <si>
+    <t>97435 ST PAUL</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service d'Intervention Educative en Milieu Ouvert</t>
+  </si>
+  <si>
+    <t>970413670</t>
+  </si>
+  <si>
+    <t>SERVICE INVESTIGATION EDUCATIVE AAPEJ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14545_FicheESSMS/fr/service-investigation-educative-aapej</t>
+  </si>
+  <si>
+    <t>14545_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service d'Investigation Educative</t>
+  </si>
+  <si>
+    <t>970413662</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT-FRANÇOIS</t>
+  </si>
+  <si>
+    <t>02/10/2025 16:16:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13860_FicheESSMS/fr/ehpad-saint-francois</t>
+  </si>
+  <si>
+    <t>13860_FicheESSMS</t>
+  </si>
+  <si>
+    <t>60 Rue Bertin</t>
+  </si>
+  <si>
+    <t>97404 ST DENIS</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>970430971</t>
+  </si>
+  <si>
+    <t>MAS FRANCHE TERRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13859_FicheESSMS/fr/mas-franche-terre</t>
+  </si>
+  <si>
+    <t>13859_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Centre Radio Du Bel Air</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>970404745</t>
+  </si>
+  <si>
+    <t>CEM STE SUZANNE - POLYHANDICAPES</t>
+  </si>
+  <si>
+    <t>02/10/2025 16:16:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13873_FicheESSMS/fr/cem-ste-suzanne-polyhandicapes</t>
+  </si>
+  <si>
+    <t>13873_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Centre Radio</t>
+  </si>
+  <si>
+    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
+  </si>
+  <si>
+    <t>970463675</t>
+  </si>
+  <si>
+    <t>CEM STE SUZANNE - DEF MOTEURS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13872_FicheESSMS/fr/cem-ste-suzanne-def-moteurs</t>
+  </si>
+  <si>
+    <t>13872_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Institut d'éducation motrice</t>
+  </si>
+  <si>
+    <t>970463667</t>
+  </si>
+  <si>
+    <t>CSAPA SPECIALISE RESEAU OTE</t>
+  </si>
+  <si>
+    <t>28/09/2025 16:16:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13690_FicheESSMS/fr/csapa-specialise-reseau-ote</t>
+  </si>
+  <si>
+    <t>13690_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Chemin Pave</t>
+  </si>
+  <si>
+    <t>97460 ST PAUL</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>970403929</t>
+  </si>
+  <si>
+    <t>CAARUD (LA KAZ'OTE)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13689_FicheESSMS/fr/caarud-la-kaz-ote</t>
+  </si>
+  <si>
+    <t>13689_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Ctre.Accueil/ Accomp.Réduc.Risq.Usag. Drogues (C.A.A.R.U.D.)</t>
+  </si>
+  <si>
+    <t>970406575</t>
+  </si>
+  <si>
+    <t>SAAD - CCAS ST DENIS</t>
+  </si>
+  <si>
+    <t>17/09/2025 16:18:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13407_FicheESSMS/fr/saad-ccas-st-denis</t>
+  </si>
+  <si>
+    <t>13407_FicheESSMS</t>
+  </si>
+  <si>
+    <t>81 Rue Felix Guyon</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>970462446</t>
+  </si>
+  <si>
+    <t>MECS LES FILAOS</t>
+  </si>
+  <si>
+    <t>15/09/2025 16:19:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13298_FicheESSMS/fr/mecs-les-filaos</t>
+  </si>
+  <si>
+    <t>13298_FicheESSMS</t>
+  </si>
+  <si>
+    <t>210 Rue Du General De Gaulle</t>
+  </si>
+  <si>
+    <t>97434 ST PAUL</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>970430021</t>
+  </si>
+  <si>
+    <t>EANM RESIDENCE DU BOCAGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1212_FicheESSMS/fr/eanm-residence-du-bocage</t>
+  </si>
+  <si>
+    <t>1212_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Rue Desprez</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>970411401</t>
+  </si>
+  <si>
+    <t>EHPA RESIDENCE LA MISERICORDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1437_FicheESSMS/fr/ehpa-residence-la-misericorde</t>
+  </si>
+  <si>
+    <t>1437_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Frère Scubillon</t>
+  </si>
+  <si>
+    <t>EHPA ne percevant pas des crédits d'assurance maladie</t>
+  </si>
+  <si>
+    <t>970407979</t>
+  </si>
+  <si>
+    <t>SAAD - L'AROZE REUNION</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1436_FicheESSMS/fr/saad-l-aroze-reunion</t>
+  </si>
+  <si>
+    <t>1436_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Rue Charles Baudelaire</t>
+  </si>
+  <si>
+    <t>97419 LA POSSESSION</t>
+  </si>
+  <si>
+    <t>LA POSSESSION</t>
+  </si>
+  <si>
+    <t>970411849</t>
+  </si>
+  <si>
+    <t>LAM (LHPEG)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1444_FicheESSMS/fr/lam-lhpeg</t>
+  </si>
+  <si>
+    <t>1444_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Henri Vavasseur</t>
+  </si>
+  <si>
+    <t>Lits d'Accueil Médicalisés (L.A.M.)</t>
+  </si>
+  <si>
+    <t>970411120</t>
+  </si>
+  <si>
+    <t>LHSS ST-DENIS (LHPEG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1443_FicheESSMS/fr/lhss-st-denis-lhpeg</t>
+  </si>
+  <si>
+    <t>1443_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Lits Halte Soins Santé (L.H.S.S.)</t>
+  </si>
+  <si>
+    <t>970408605</t>
+  </si>
+  <si>
+    <t>LHSS EST (LHPEG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1442_FicheESSMS/fr/lhss-est-lhpeg</t>
+  </si>
+  <si>
+    <t>1442_FicheESSMS</t>
+  </si>
+  <si>
+    <t>97412 BRAS PANON</t>
+  </si>
+  <si>
+    <t>BRAS PANON</t>
+  </si>
+  <si>
+    <t>970412516</t>
+  </si>
+  <si>
+    <t>C.R.A. DE LA RÉUNION</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1441_FicheESSMS/fr/c-r-a-de-la-reunion</t>
+  </si>
+  <si>
+    <t>1441_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Ruelle Riviere</t>
+  </si>
+  <si>
+    <t>97436 ST LEU</t>
+  </si>
+  <si>
+    <t>ST LEU</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Centres de Ressources S.A.I. (Sans Aucune Indication)</t>
+  </si>
+  <si>
+    <t>970406682</t>
+  </si>
+  <si>
+    <t>CENTRE EDUCATIF FERME JULES PALANT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1452_FicheESSMS/fr/centre-educatif-ferme-jules-palant</t>
+  </si>
+  <si>
+    <t>1452_FicheESSMS</t>
+  </si>
+  <si>
+    <t>40 Chemin Chemin Safer Morange</t>
+  </si>
+  <si>
+    <t>97437 ST BENOIT</t>
+  </si>
+  <si>
+    <t>Etablissement de Placement</t>
+  </si>
+  <si>
+    <t>970405767</t>
+  </si>
+  <si>
+    <t>E.H.P.A.D. VILLAGE 3EME AGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1698_FicheESSMS/fr/e-h-p-a-d-village-3eme-age</t>
+  </si>
+  <si>
+    <t>1698_FicheESSMS</t>
+  </si>
+  <si>
+    <t>60 Rue Dumesgnil D'Engente</t>
+  </si>
+  <si>
+    <t>970430872</t>
+  </si>
+  <si>
+    <t>C.H.R.S.  LISETTE SON HUI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1909_FicheESSMS/fr/c-h-r-s-lisette-son-hui</t>
+  </si>
+  <si>
+    <t>1909_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Rue Luc Lorion</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>970466868</t>
+  </si>
+  <si>
+    <t>CASPA GENERALISTE NORD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1950_FicheESSMS/fr/caspa-generaliste-nord</t>
+  </si>
+  <si>
+    <t>1950_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Rue Leconte Delisle</t>
+  </si>
+  <si>
+    <t>970402681</t>
+  </si>
+  <si>
+    <t>CSAPA GENERALISTE EST</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1949_FicheESSMS/fr/csapa-generaliste-est</t>
+  </si>
+  <si>
+    <t>1949_FicheESSMS</t>
+  </si>
+  <si>
+    <t>404 Avenue Ile De France</t>
+  </si>
+  <si>
+    <t>970404877</t>
+  </si>
+  <si>
+    <t>CSAPA SPECIALISE OUEST (ST-PAUL)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1989_FicheESSMS/fr/csapa-specialise-ouest-st-paul</t>
+  </si>
+  <si>
+    <t>1989_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Rue Chaussee Royale</t>
+  </si>
+  <si>
+    <t>970404885</t>
+  </si>
+  <si>
+    <t>CSAPA GENERALISTE SUD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1988_FicheESSMS/fr/csapa-generaliste-sud</t>
+  </si>
+  <si>
+    <t>1988_FicheESSMS</t>
+  </si>
+  <si>
+    <t>71 Rue Luc Lorion</t>
+  </si>
+  <si>
+    <t>970404646</t>
+  </si>
+  <si>
+    <t>CENTRE EDUCATIF RENFORCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3262_FicheESSMS/fr/centre-educatif-renforce</t>
+  </si>
+  <si>
+    <t>3262_FicheESSMS</t>
+  </si>
+  <si>
+    <t>97418 LE TAMPON</t>
+  </si>
+  <si>
+    <t>970430153</t>
+  </si>
+  <si>
+    <t>MECS G. I. E. D.  FERNAND SANGLIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3263_FicheESSMS/fr/mecs-g-i-e-d-fernand-sanglier</t>
+  </si>
+  <si>
+    <t>3263_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue Benjamin Hoarau</t>
+  </si>
+  <si>
+    <t>970430146</t>
+  </si>
+  <si>
+    <t>EANM GERNEZ RIEUX (SAINT PIERRE)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3333_FicheESSMS/fr/eanm-gernez-rieux-saint-pierre</t>
+  </si>
+  <si>
+    <t>3333_FicheESSMS</t>
+  </si>
+  <si>
+    <t>970406492</t>
+  </si>
+  <si>
+    <t>EANM MAXIME LAOPE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3332_FicheESSMS/fr/eanm-maxime-laope</t>
+  </si>
+  <si>
+    <t>3332_FicheESSMS</t>
+  </si>
+  <si>
+    <t>170 Rue Marius Et Ary Leblond</t>
+  </si>
+  <si>
+    <t>970405981</t>
+  </si>
+  <si>
+    <t>SAMSAH DE SAINT PIERRE (ALEFPA)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3331_FicheESSMS/fr/samsah-de-saint-pierre-alefpa</t>
+  </si>
+  <si>
+    <t>3331_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Avenue Antoinette Orre</t>
+  </si>
+  <si>
+    <t>970408456</t>
+  </si>
+  <si>
+    <t>E.H.P.A.D. LE MOUTARDIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3620_FicheESSMS/fr/e-h-p-a-d-le-moutardier</t>
+  </si>
+  <si>
+    <t>3620_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Chemin Manes</t>
+  </si>
+  <si>
+    <t>97470 ST BENOIT</t>
+  </si>
+  <si>
+    <t>970466652</t>
+  </si>
+  <si>
+    <t>F.A.O. (ADAPEI TAMPON)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3619_FicheESSMS/fr/f-a-o-adapei-tampon</t>
+  </si>
+  <si>
+    <t>3619_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Impasse Arthur Rimbaud</t>
+  </si>
+  <si>
+    <t>97430 LE TAMPON</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>970406062</t>
+  </si>
+  <si>
+    <t>SSIAD ST-PIERRE (CIAS-CIVIS)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3738_FicheESSMS/fr/ssiad-st-pierre-cias-civis</t>
+  </si>
+  <si>
+    <t>3738_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Rue Francois De Mahy</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>970466090</t>
+  </si>
+  <si>
+    <t>SESSAD LEVAVASSEUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4318_FicheESSMS/fr/sessad-levavasseur</t>
+  </si>
+  <si>
+    <t>4318_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Allée Du Papillon</t>
+  </si>
+  <si>
+    <t>970405155</t>
+  </si>
+  <si>
+    <t>IME LEVAVASSEUR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4317_FicheESSMS/fr/ime-levavasseur</t>
+  </si>
+  <si>
+    <t>4317_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>970467098</t>
+  </si>
+  <si>
+    <t>E. H. P. A. D.  CLOVIS HOARAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4510_FicheESSMS/fr/e-h-p-a-d-clovis-hoarau</t>
+  </si>
+  <si>
+    <t>4510_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Rue Du Bois De Nefles</t>
+  </si>
+  <si>
+    <t>970466728</t>
+  </si>
+  <si>
+    <t>MAS ANNIE GAUCI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5007_FicheESSMS/fr/mas-annie-gauci</t>
+  </si>
+  <si>
+    <t>5007_FicheESSMS</t>
+  </si>
+  <si>
+    <t>72 Chemin Saulnier</t>
+  </si>
+  <si>
+    <t>970404554</t>
+  </si>
+  <si>
+    <t>ESAT LES TIDALONS NORD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5006_FicheESSMS/fr/esat-les-tidalons-nord</t>
+  </si>
+  <si>
+    <t>5006_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Pierre Aubert</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>970408183</t>
+  </si>
+  <si>
+    <t>IME DU BAOBAB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5005_FicheESSMS/fr/ime-du-baobab</t>
+  </si>
+  <si>
+    <t>5005_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Des Saphirs</t>
+  </si>
+  <si>
+    <t>970406559</t>
+  </si>
+  <si>
+    <t>C.E.A.P. LES CHAMPS DE MERLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5004_FicheESSMS/fr/c-e-a-p-les-champs-de-merle</t>
+  </si>
+  <si>
+    <t>5004_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Rue Jacques Aubert</t>
+  </si>
+  <si>
+    <t>970451001</t>
+  </si>
+  <si>
+    <t>IEM LES CHAMPS DE MERLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5003_FicheESSMS/fr/iem-les-champs-de-merle</t>
+  </si>
+  <si>
+    <t>5003_FicheESSMS</t>
+  </si>
+  <si>
+    <t>970409504</t>
+  </si>
+  <si>
+    <t>S.E.S.S.A.D. LES CHAMPS DE MERLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5002_FicheESSMS/fr/s-e-s-s-a-d-les-champs-de-merle</t>
+  </si>
+  <si>
+    <t>5002_FicheESSMS</t>
+  </si>
+  <si>
+    <t>970405197</t>
+  </si>
+  <si>
+    <t>RELAIS FAMILIAL AMARE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5651_FicheESSMS/fr/relais-familial-amare</t>
+  </si>
+  <si>
+    <t>5651_FicheESSMS</t>
+  </si>
+  <si>
+    <t>87 Boulevard De Saint Francois</t>
+  </si>
+  <si>
+    <t>Etablissement d'Accueil Mère-Enfant</t>
+  </si>
+  <si>
+    <t>970466876</t>
+  </si>
+  <si>
+    <t>ACT ASETIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5737_FicheESSMS/fr/act-asetis</t>
+  </si>
+  <si>
+    <t>5737_FicheESSMS</t>
+  </si>
+  <si>
+    <t>121 Chemin Casabona</t>
+  </si>
+  <si>
+    <t>Appartement de Coordination Thérapeutique (A.C.T.)</t>
+  </si>
+  <si>
+    <t>970409520</t>
+  </si>
+  <si>
+    <t>SERVICE AEMO A.E.J.R./ARPEJE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6669_FicheESSMS/fr/service-aemo-a-e-j-r-/arpeje</t>
+  </si>
+  <si>
+    <t>6669_FicheESSMS</t>
+  </si>
+  <si>
+    <t>88 Rue General Lambert</t>
+  </si>
+  <si>
+    <t>Services AEMO et AED</t>
+  </si>
+  <si>
+    <t>970466603</t>
+  </si>
+  <si>
+    <t>SESSAD DU TAMPON (ADAPEI)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7061_FicheESSMS/fr/sessad-du-tampon-adapei</t>
+  </si>
+  <si>
+    <t>7061_FicheESSMS</t>
+  </si>
+  <si>
+    <t>72 Rue Leconte Delisle</t>
+  </si>
+  <si>
+    <t>970405163</t>
+  </si>
+  <si>
+    <t>ESAT GEORGES MOY DE LA CROIX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7060_FicheESSMS/fr/esat-georges-moy-de-la-croix</t>
+  </si>
+  <si>
+    <t>7060_FicheESSMS</t>
+  </si>
+  <si>
+    <t>90 Rue Du Paille En Queue</t>
+  </si>
+  <si>
+    <t>970430450</t>
+  </si>
+  <si>
+    <t>IMPRO DES TROIS MARES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7059_FicheESSMS/fr/impro-des-trois-mares</t>
+  </si>
+  <si>
+    <t>7059_FicheESSMS</t>
+  </si>
+  <si>
+    <t>134 Rue Charles Beaudelaire</t>
+  </si>
+  <si>
+    <t>970452025</t>
+  </si>
+  <si>
+    <t>IMP BEL AIR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7058_FicheESSMS/fr/imp-bel-air</t>
+  </si>
+  <si>
+    <t>7058_FicheESSMS</t>
+  </si>
+  <si>
+    <t>75 Rue Kerveguen</t>
+  </si>
+  <si>
+    <t>970452066</t>
+  </si>
+  <si>
+    <t>EHPA MAISON NOTRE DAME DE LA PAIX</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8480_FicheESSMS/fr/ehpa-maison-notre-dame-de-la-paix</t>
+  </si>
+  <si>
+    <t>8480_FicheESSMS</t>
+  </si>
+  <si>
+    <t>269 Rue Alexandre Begue</t>
+  </si>
+  <si>
+    <t>97416 ST LEU</t>
+  </si>
+  <si>
+    <t>970406948</t>
+  </si>
+  <si>
+    <t>EHPA FOYER DU SACRE COEUR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8479_FicheESSMS/fr/ehpa-foyer-du-sacre-coeur</t>
+  </si>
+  <si>
+    <t>8479_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Auguste Babet</t>
+  </si>
+  <si>
+    <t>970431151</t>
+  </si>
+  <si>
+    <t>EHPA FOYER DE LA CLEMENCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8478_FicheESSMS/fr/ehpa-foyer-de-la-clemence</t>
+  </si>
+  <si>
+    <t>8478_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue De L'Eglise</t>
+  </si>
+  <si>
+    <t>97422 ST PAUL</t>
+  </si>
+  <si>
+    <t>970431144</t>
+  </si>
+  <si>
+    <t>S.A.V.S GERNEZ RIEUX</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8708_FicheESSMS/fr/s-a-v-s-gernez-rieux</t>
+  </si>
+  <si>
+    <t>8708_FicheESSMS</t>
+  </si>
+  <si>
+    <t>250 Rue Luc Lorion</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>970406138</t>
+  </si>
+  <si>
+    <t>FH JEAN CLERMONT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8707_FicheESSMS/fr/fh-jean-clermont</t>
+  </si>
+  <si>
+    <t>8707_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1213 Chemin Patelin</t>
+  </si>
+  <si>
+    <t>970402707</t>
+  </si>
+  <si>
+    <t>MAISON ENFANTS CARAC. SOC. LA TRINITE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9181_FicheESSMS/fr/maison-enfants-carac-soc-la-trinite</t>
+  </si>
+  <si>
+    <t>9181_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Avenue De La Victoire</t>
+  </si>
+  <si>
+    <t>970407771</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9209_FicheESSMS/fr/ehpad-saint-pierre</t>
+  </si>
+  <si>
+    <t>9209_FicheESSMS</t>
+  </si>
+  <si>
+    <t>970407201</t>
+  </si>
+  <si>
+    <t>SAMSAH AUSTRAL (AFL)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9496_FicheESSMS/fr/samsah-austral-afl</t>
+  </si>
+  <si>
+    <t>9496_FicheESSMS</t>
+  </si>
+  <si>
+    <t>86 Route Touring Hotel</t>
+  </si>
+  <si>
+    <t>97426 LES TROIS BASSINS</t>
+  </si>
+  <si>
+    <t>LES TROIS BASSINS</t>
+  </si>
+  <si>
+    <t>970407060</t>
+  </si>
+  <si>
+    <t>SAAD - INTERCITES SAP</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9788_FicheESSMS/fr/saad-intercites-sap</t>
+  </si>
+  <si>
+    <t>9788_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue Jules Thirel</t>
+  </si>
+  <si>
+    <t>970411542</t>
+  </si>
+  <si>
+    <t>EANM BARRE D'JOUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9835_FicheESSMS/fr/eanm-barre-d-jour</t>
+  </si>
+  <si>
+    <t>9835_FicheESSMS</t>
+  </si>
+  <si>
+    <t>40 Rue Roger Guichard</t>
+  </si>
+  <si>
+    <t>970404372</t>
+  </si>
+  <si>
+    <t>SAAD - CCAS ST LEU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9869_FicheESSMS/fr/saad-ccas-st-leu</t>
+  </si>
+  <si>
+    <t>9869_FicheESSMS</t>
+  </si>
+  <si>
+    <t>970462198</t>
+  </si>
+  <si>
+    <t>POUPONNIERE SOCIALE LEVAVASSEUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10488_FicheESSMS/fr/pouponniere-sociale-levavasseur</t>
+  </si>
+  <si>
+    <t>10488_FicheESSMS</t>
+  </si>
+  <si>
+    <t>61 Rue Labourdonnais</t>
+  </si>
+  <si>
+    <t>Pouponnière à Caractère Social</t>
+  </si>
+  <si>
+    <t>970400123</t>
+  </si>
+  <si>
+    <t>CENTRE MEDICO PSYCHO PEDAGOGIQUE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11317_FicheESSMS/fr/centre-medico-psycho-pedagogique</t>
+  </si>
+  <si>
+    <t>11317_FicheESSMS</t>
+  </si>
+  <si>
+    <t>970407235</t>
+  </si>
+  <si>
+    <t>DITEP ANTOINE LUCAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11316_FicheESSMS/fr/ditep-antoine-lucas</t>
+  </si>
+  <si>
+    <t>11316_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Ruelle De L'Ocean</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>970406542</t>
+  </si>
+  <si>
+    <t>ESAT LA CONFIANCE (SAINT BENOIT)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11315_FicheESSMS/fr/esat-la-confiance-saint-benoit</t>
+  </si>
+  <si>
+    <t>11315_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Allée Des Tamarins</t>
+  </si>
+  <si>
+    <t>970406807</t>
+  </si>
+  <si>
+    <t>IMPRO MARIE CAZE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11314_FicheESSMS/fr/impro-marie-caze</t>
+  </si>
+  <si>
+    <t>11314_FicheESSMS</t>
+  </si>
+  <si>
+    <t>70 Rue Des Mouettes</t>
+  </si>
+  <si>
+    <t>970407110</t>
+  </si>
+  <si>
+    <t>EANM JEAN CLERMONT (ST ANDRE)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11313_FicheESSMS/fr/eanm-jean-clermont-st-andre</t>
+  </si>
+  <si>
+    <t>11313_FicheESSMS</t>
+  </si>
+  <si>
+    <t>970405999</t>
+  </si>
+  <si>
+    <t>IME HENRI VERGOZ (STE SUZANNE)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11599_FicheESSMS/fr/ime-henri-vergoz-ste-suzanne</t>
+  </si>
+  <si>
+    <t>11599_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Centre Radio Du Bel Air</t>
+  </si>
+  <si>
+    <t>970406930</t>
+  </si>
+  <si>
+    <t>IME HENRI VERGOZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11598_FicheESSMS/fr/ime-henri-vergoz</t>
+  </si>
+  <si>
+    <t>11598_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Des Forbans</t>
+  </si>
+  <si>
+    <t>970452009</t>
+  </si>
+  <si>
+    <t>SESSAD DI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11600_FicheESSMS/fr/sessad-di</t>
+  </si>
+  <si>
+    <t>11600_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Allée Des Opales</t>
+  </si>
+  <si>
+    <t>970405593</t>
+  </si>
+  <si>
+    <t>ACT - RIVE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11835_FicheESSMS/fr/act-rive</t>
+  </si>
+  <si>
+    <t>11835_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Malartic</t>
+  </si>
+  <si>
+    <t>970407805</t>
+  </si>
+  <si>
+    <t>F. A. M.  ALICE VERDIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11976_FicheESSMS/fr/f-a-m-alice-verdin</t>
+  </si>
+  <si>
+    <t>11976_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57 Chemin Alfred Mazerieux</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>970430757</t>
+  </si>
+  <si>
+    <t>EANM NOTRE DAME DE LOURDES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11975_FicheESSMS/fr/eanm-notre-dame-de-lourdes</t>
+  </si>
+  <si>
+    <t>11975_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Joseph Carpaye</t>
+  </si>
+  <si>
+    <t>970466215</t>
+  </si>
+  <si>
+    <t>FH GEORGES MOY DE LA CROIX</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12316_FicheESSMS/fr/fh-georges-moy-de-la-croix</t>
+  </si>
+  <si>
+    <t>12316_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Rue Des Freres Lumiere</t>
+  </si>
+  <si>
+    <t>970466199</t>
+  </si>
+  <si>
+    <t>SAVS (ADAPEI TAMPON)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12315_FicheESSMS/fr/savs-adapei-tampon</t>
+  </si>
+  <si>
+    <t>12315_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Des Freres Lumiere</t>
+  </si>
+  <si>
+    <t>970406146</t>
+  </si>
+  <si>
+    <t>FAM 3 CASCADES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12314_FicheESSMS/fr/fam-3-cascades</t>
+  </si>
+  <si>
+    <t>12314_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue Des Dalhias</t>
+  </si>
+  <si>
+    <t>970463188</t>
+  </si>
+  <si>
+    <t>FAM LES CYTISES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12313_FicheESSMS/fr/fam-les-cytises</t>
+  </si>
+  <si>
+    <t>12313_FicheESSMS</t>
+  </si>
+  <si>
+    <t>970466371</t>
+  </si>
+  <si>
+    <t>EHPAD PGRA DE BOIS D'OLIVES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12312_FicheESSMS/fr/ehpad-pgra-de-bois-d-olives</t>
+  </si>
+  <si>
+    <t>12312_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Chemin Palma</t>
+  </si>
+  <si>
+    <t>970430823</t>
+  </si>
+  <si>
+    <t>EHPAD PGRA DE RAVINE BLANCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12311_FicheESSMS/fr/ehpad-pgra-de-ravine-blanche</t>
+  </si>
+  <si>
+    <t>12311_FicheESSMS</t>
+  </si>
+  <si>
+    <t>970406898</t>
+  </si>
+  <si>
+    <t>EHPAD PGRA DE BRAS LONG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12310_FicheESSMS/fr/ehpad-pgra-de-bras-long</t>
+  </si>
+  <si>
+    <t>12310_FicheESSMS</t>
+  </si>
+  <si>
+    <t>120 Route Du Bras Long</t>
+  </si>
+  <si>
+    <t>97414 ENTRE DEUX</t>
+  </si>
+  <si>
+    <t>ENTRE DEUX</t>
+  </si>
+  <si>
+    <t>970406880</t>
+  </si>
+  <si>
+    <t>E.H.P.A.D.  LES LATANIERS (POSSESSION)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12309_FicheESSMS/fr/e-h-p-a-d-les-lataniers-possession</t>
+  </si>
+  <si>
+    <t>12309_FicheESSMS</t>
+  </si>
+  <si>
+    <t>102 Rue Raymond Mondon</t>
+  </si>
+  <si>
+    <t>970403622</t>
+  </si>
+  <si>
+    <t>E. H. P. A. D.   RESIDENCE LES ALIZES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12308_FicheESSMS/fr/e-h-p-a-d-residence-les-alizes</t>
+  </si>
+  <si>
+    <t>12308_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Rue Des Scalaires</t>
+  </si>
+  <si>
+    <t>970402673</t>
+  </si>
+  <si>
+    <t>EHPAD ASTERIA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12348_FicheESSMS/fr/ehpad-asteria</t>
+  </si>
+  <si>
+    <t>12348_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Allée Bonnier</t>
+  </si>
+  <si>
+    <t>970466256</t>
+  </si>
+  <si>
+    <t>C.M.P.P.    HENRI WALLON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12549_FicheESSMS/fr/c-m-p-p-henri-wallon</t>
+  </si>
+  <si>
+    <t>12549_FicheESSMS</t>
+  </si>
+  <si>
+    <t>41 Ruelle Magnan</t>
+  </si>
+  <si>
+    <t>970463345</t>
+  </si>
+  <si>
+    <t>F. A. M.  MAISON PIERRE LAGOURGUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12547_FicheESSMS/fr/f-a-m-maison-pierre-lagourgue</t>
+  </si>
+  <si>
+    <t>12547_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Beausejour</t>
+  </si>
+  <si>
+    <t>970405296</t>
+  </si>
+  <si>
+    <t>FAO MAISON PIERRE LAGOURGUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12546_FicheESSMS/fr/fao-maison-pierre-lagourgue</t>
+  </si>
+  <si>
+    <t>12546_FicheESSMS</t>
+  </si>
+  <si>
+    <t>970405908</t>
+  </si>
+  <si>
+    <t>RELAIS FAMILIAL ALEFPA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12821_FicheESSMS/fr/relais-familial-alefpa</t>
+  </si>
+  <si>
+    <t>12821_FicheESSMS</t>
+  </si>
+  <si>
+    <t>970405106</t>
+  </si>
+  <si>
+    <t>EHPAD DE SAINT-JOSEPH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12995_FicheESSMS/fr/ehpad-de-saint-joseph</t>
+  </si>
+  <si>
+    <t>12995_FicheESSMS</t>
+  </si>
+  <si>
+    <t>97480 ST JOSEPH</t>
+  </si>
+  <si>
+    <t>ST JOSEPH</t>
+  </si>
+  <si>
+    <t>970463063</t>
+  </si>
+  <si>
+    <t>EHPAD DE SAINT-LOUIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12994_FicheESSMS/fr/ehpad-de-saint-louis</t>
+  </si>
+  <si>
+    <t>12994_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Lambert</t>
+  </si>
+  <si>
+    <t>97450 ST LOUIS</t>
+  </si>
+  <si>
+    <t>ST LOUIS</t>
+  </si>
+  <si>
+    <t>970463048</t>
+  </si>
+  <si>
+    <t>M.E.C.S. FOYER 150</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13006_FicheESSMS/fr/m-e-c-s-foyer-150</t>
+  </si>
+  <si>
+    <t>13006_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Presbytere</t>
+  </si>
+  <si>
+    <t>97456 ST PIERRE</t>
+  </si>
+  <si>
+    <t>970430047</t>
+  </si>
+  <si>
+    <t>EHPAD GABRIEL MARTIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13236_FicheESSMS/fr/ehpad-gabriel-martin</t>
+  </si>
+  <si>
+    <t>13236_FicheESSMS</t>
+  </si>
+  <si>
+    <t>38 Rue Labourdonnais</t>
+  </si>
+  <si>
+    <t>970463055</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>27/02/2026 16:29:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3535_FicheEtablissement/fr/clinique-durieux</t>
+  </si>
+  <si>
+    <t>3535_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>100 Rue De France</t>
+  </si>
+  <si>
+    <t>0262596161</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Obstétrique</t>
+  </si>
+  <si>
+    <t>Établissements non certifiés</t>
+  </si>
+  <si>
+    <t>CTRE HEMODIALYSE MG DURIEUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4114_FicheEtablissement/fr/ctre-hemodialyse-mg-durieux</t>
+  </si>
+  <si>
+    <t>4114_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>970404018</t>
+  </si>
+  <si>
+    <t>EPSMR-RUE DES DAHLIAS (ST BENOIT)</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:19:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3528_FicheEtablissement/fr/epsmr-rue-des-dahlias-st-benoit</t>
+  </si>
+  <si>
+    <t>3528_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>31 Rue Des Dahlias</t>
+  </si>
+  <si>
+    <t>0262453545</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>970407037</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>29/09/2025 17:05:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3520_FicheEtablissement/fr/clinique-saint-vincent</t>
+  </si>
+  <si>
+    <t>3520_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>8 Rue De Paris</t>
+  </si>
+  <si>
+    <t>0262406080</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CLINIQUE LES TAMARINS OUEST</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:49:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3517_FicheEtablissement/fr/clinique-les-tamarins-ouest</t>
+  </si>
+  <si>
+    <t>3517_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Simon Pernic</t>
+  </si>
+  <si>
+    <t>97420 LE PORT</t>
+  </si>
+  <si>
+    <t>0262458508</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>970404588</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE SAINT JOSEPH</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:54:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3526_FicheEtablissement/fr/clinique-de-saint-joseph</t>
+  </si>
+  <si>
+    <t>3526_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>37 Rue Roland Garros</t>
+  </si>
+  <si>
+    <t>0262489489</t>
+  </si>
+  <si>
+    <t>970406245</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE LA PAIX</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:49:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3525_FicheEtablissement/fr/clinique-de-la-paix</t>
+  </si>
+  <si>
+    <t>3525_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>30 Route Nationale 3</t>
+  </si>
+  <si>
+    <t>0262489595</t>
+  </si>
+  <si>
+    <t>970406203</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINTE-CLOTILDE</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:54:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3537_FicheEtablissement/fr/clinique-ste-clotilde</t>
+  </si>
+  <si>
+    <t>3537_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>127 Route Du Bois De Nefles</t>
+  </si>
+  <si>
+    <t>97492 STE CLOTILDE</t>
+  </si>
+  <si>
+    <t>0262482020</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>08/03/2025 08:48:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3536_FicheEtablissement/fr/clinique-les-orchidees</t>
+  </si>
+  <si>
+    <t>3536_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>30 Avenue Lenine</t>
+  </si>
+  <si>
+    <t>0262428000</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>CLINIQUE ROBERT DEBRE</t>
+  </si>
+  <si>
+    <t>07/02/2025 13:19:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3515_FicheEtablissement/fr/clinique-robert-debre</t>
+  </si>
+  <si>
+    <t>3515_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>18 Impasse Des Oliviers</t>
+  </si>
+  <si>
+    <t>0262593737</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>970404109</t>
+  </si>
+  <si>
+    <t>SODIA JEANNE D'ARC</t>
+  </si>
+  <si>
+    <t>24/01/2025 08:50:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4117_FicheEtablissement/fr/sodia-jeanne-d-arc</t>
+  </si>
+  <si>
+    <t>4117_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>16 Rue Jules Ferry</t>
+  </si>
+  <si>
+    <t>0262424365</t>
+  </si>
+  <si>
+    <t>970405452</t>
+  </si>
+  <si>
+    <t>SODIA OASIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4121_FicheEtablissement/fr/sodia-oasis</t>
+  </si>
+  <si>
+    <t>4121_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0262424366</t>
+  </si>
+  <si>
+    <t>970410064</t>
+  </si>
+  <si>
+    <t>SODIA DELPRA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7502_FicheEtablissement/fr/sodia-delpra</t>
+  </si>
+  <si>
+    <t>7502_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue De La Clinique</t>
+  </si>
+  <si>
+    <t>0262482135</t>
+  </si>
+  <si>
+    <t>970405411</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3506_FicheEtablissement/fr/chu-site-felix-guyon-saint-denis</t>
+  </si>
+  <si>
+    <t>3506_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>97405 ST DENIS</t>
+  </si>
+  <si>
+    <t>0262905050</t>
+  </si>
+  <si>
+    <t>CHU</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CHU SITE SUD ( SAINT PIERRE)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3507_FicheEtablissement/fr/chu-site-sud-saint-pierre</t>
+  </si>
+  <si>
+    <t>3507_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0262359000</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER OUEST REUNION</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3508_FicheEtablissement/fr/ch-ouest-reunion</t>
+  </si>
+  <si>
+    <t>3508_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Impasse Plaine Chabrier</t>
+  </si>
+  <si>
+    <t>0262453030</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3509_FicheEtablissement/fr/gher-saint-benoit</t>
+  </si>
+  <si>
+    <t>3509_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>30 Route Rn 3</t>
+  </si>
+  <si>
+    <t>0262988000</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CHU SITE SUD (SAINT JOSEPH)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3513_FicheEtablissement/fr/chu-site-sud-saint-joseph</t>
+  </si>
+  <si>
+    <t>3513_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Impasse Mere Theresa</t>
+  </si>
+  <si>
+    <t>0262564965</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>970400180</t>
+  </si>
+  <si>
+    <t>GHER-SSR (SAINT-ANDRE)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3512_FicheEtablissement/fr/gher-ssr-saint-andre</t>
+  </si>
+  <si>
+    <t>3512_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>673 Chemin Lagourgue</t>
+  </si>
+  <si>
+    <t>0262462587</t>
+  </si>
+  <si>
+    <t>970400156</t>
+  </si>
+  <si>
+    <t>CHU SITE SUD (CILAOS)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3511_FicheEtablissement/fr/chu-site-sud-cilaos</t>
+  </si>
+  <si>
+    <t>3511_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>97413 CILAOS</t>
+  </si>
+  <si>
+    <t>CILAOS</t>
+  </si>
+  <si>
+    <t>0262317050</t>
+  </si>
+  <si>
+    <t>970400099</t>
+  </si>
+  <si>
+    <t>CHU SITE SUD (SAINT LOUIS)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3510_FicheEtablissement/fr/chu-site-sud-saint-louis</t>
+  </si>
+  <si>
+    <t>3510_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0262912030</t>
+  </si>
+  <si>
+    <t>970400081</t>
+  </si>
+  <si>
+    <t>CENTRE DE REEDUCATION SAINTE CLOTILDE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3516_FicheEtablissement/fr/cr-sainte-clotilde</t>
+  </si>
+  <si>
+    <t>3516_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Chemin Des Geraniums</t>
+  </si>
+  <si>
+    <t>0262482900</t>
+  </si>
+  <si>
+    <t>CLINIQUE LES FLAMBOYANTS SUD</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3531_FicheEtablissement/fr/clinique-les-flamboyants-sud</t>
+  </si>
+  <si>
+    <t>3531_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>40 Chemin Cachalot</t>
+  </si>
+  <si>
+    <t>0262322031</t>
+  </si>
+  <si>
+    <t>970408753</t>
+  </si>
+  <si>
+    <t>HAD ARAR</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3529_FicheEtablissement/fr/had-arar</t>
+  </si>
+  <si>
+    <t>3529_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Rue De Hanoi</t>
+  </si>
+  <si>
+    <t>0262719750</t>
+  </si>
+  <si>
+    <t>970407318</t>
+  </si>
+  <si>
+    <t>HOPITAL D'ENFANTS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3533_FicheEtablissement/fr/hopital-d-enfants</t>
+  </si>
+  <si>
+    <t>3533_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0262908700</t>
+  </si>
+  <si>
+    <t>970423000</t>
+  </si>
+  <si>
+    <t>GHER-SLD (ST ANDRE)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3541_FicheEtablissement/fr/gher-sld-st-andre</t>
+  </si>
+  <si>
+    <t>3541_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>970463659</t>
+  </si>
+  <si>
+    <t>CHU LA REUNION SITE SUD (TAMPON)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3540_FicheEtablissement/fr/chu-site-sud-sld-tampon</t>
+  </si>
+  <si>
+    <t>3540_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0262359220</t>
+  </si>
+  <si>
+    <t>970463436</t>
+  </si>
+  <si>
+    <t>CHU SITE SUD - SSR (TAMPON)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3539_FicheEtablissement/fr/chu-site-sud-ssr-tampon</t>
+  </si>
+  <si>
+    <t>3539_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>970463139</t>
+  </si>
+  <si>
+    <t>CLINIQUE LES OLIVIERS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3538_FicheEtablissement/fr/clinique-les-oliviers</t>
+  </si>
+  <si>
+    <t>3538_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>29 Rue Joseph Hubert</t>
+  </si>
+  <si>
+    <t>0262554141</t>
+  </si>
+  <si>
+    <t>970463113</t>
+  </si>
+  <si>
+    <t>CLINIQUE LES FLAMBOYANTS OUEST</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3544_FicheEtablissement/fr/clinique-les-flamboyants-ouest</t>
+  </si>
+  <si>
+    <t>3544_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Simon Pernic</t>
+  </si>
+  <si>
+    <t>0262427272</t>
+  </si>
+  <si>
+    <t>970467155</t>
+  </si>
+  <si>
+    <t>CLINIQUE AVICENNE LE PORT</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:14:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3543_FicheEtablissement/fr/clinique-avicenne</t>
+  </si>
+  <si>
+    <t>3543_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Boulevard De Verdun</t>
+  </si>
+  <si>
+    <t>0262424160</t>
+  </si>
+  <si>
+    <t>Chirurgie</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>UNITE AUTODIALYSE (ST PAUL) - ASDR</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4107_FicheEtablissement/fr/uad-st-paul-asdr</t>
+  </si>
+  <si>
+    <t>4107_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>30 Rue Gabriel Martin</t>
+  </si>
+  <si>
+    <t>0262202820</t>
+  </si>
+  <si>
+    <t>970403671</t>
+  </si>
+  <si>
+    <t>UNITE AUTODIALYSE-UDM (STE ANDRE) - ASDR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4106_FicheEtablissement/fr/uad-udm-ste-andre-asdr</t>
+  </si>
+  <si>
+    <t>4106_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>200 Rue Dumesnil D' Engente</t>
+  </si>
+  <si>
+    <t>970403663</t>
+  </si>
+  <si>
+    <t>UAD-UDM (STE CLOTILDE) - ASDR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4122_FicheEtablissement/fr/uad-udm-ste-clotilde-asdr</t>
+  </si>
+  <si>
+    <t>4122_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>131 Route Du Bois De Nefles</t>
+  </si>
+  <si>
+    <t>970467197</t>
+  </si>
+  <si>
+    <t>UNITE AUTODIALYSE (STE MARIE) - ASDR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4120_FicheEtablissement/fr/uad-ste-marie-asdr</t>
+  </si>
+  <si>
+    <t>4120_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>30 Rue André Lardy</t>
+  </si>
+  <si>
+    <t>970407722</t>
+  </si>
+  <si>
+    <t>HAD ASDR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4150_FicheEtablissement/fr/had-asdr</t>
+  </si>
+  <si>
+    <t>4150_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>970410783</t>
+  </si>
+  <si>
+    <t>UNITE AUTODIALYSE (LA POSSESSION)-ASDR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4149_FicheEtablissement/fr/uad-la-possession-asdr</t>
+  </si>
+  <si>
+    <t>4149_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Raymond Barre</t>
+  </si>
+  <si>
+    <t>970409645</t>
+  </si>
+  <si>
+    <t>CLINIQUE EUCALYPTUS</t>
+  </si>
+  <si>
+    <t>18/12/2024 09:22:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7688_FicheEtablissement/fr/clinique-eucalyptus</t>
+  </si>
+  <si>
+    <t>7688_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Rue Vasco De Gama</t>
+  </si>
+  <si>
+    <t>970410809</t>
+  </si>
+  <si>
+    <t>EURL CLINIQUE LES FLAMBOYANTS EST</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7689_FicheEtablissement/fr/clinique-les-flamboyants-est</t>
+  </si>
+  <si>
+    <t>7689_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Chemin C.F.R.</t>
+  </si>
+  <si>
+    <t>970411054</t>
+  </si>
+  <si>
+    <t>CLINIQUE LES TAMARINS SUD</t>
+  </si>
+  <si>
+    <t>20/09/2024 15:09:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7513_FicheEtablissement/fr/clinique-les-tamarins-sud</t>
+  </si>
+  <si>
+    <t>7513_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>38 Chemin Cachalot</t>
+  </si>
+  <si>
+    <t>0262312031</t>
+  </si>
+  <si>
+    <t>970410528</t>
+  </si>
+  <si>
+    <t>CLINIQUE OMEGA</t>
+  </si>
+  <si>
+    <t>16/02/2024 14:43:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3523_FicheEtablissement/fr/clinique-omega</t>
+  </si>
+  <si>
+    <t>3523_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0262420430</t>
+  </si>
+  <si>
+    <t>970405650</t>
+  </si>
+  <si>
+    <t>CENTRE (ST PIERRE/U1) - AURAR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4116_FicheEtablissement/fr/centre-st-pierre/u1-aurar</t>
+  </si>
+  <si>
+    <t>4116_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>15 Rue Des Roches</t>
+  </si>
+  <si>
+    <t>0262549940</t>
+  </si>
+  <si>
+    <t>970405064</t>
+  </si>
+  <si>
+    <t>CENTRE-UDM-UAD-DAD (ST BENOIT) - AURAR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4115_FicheEtablissement/fr/centre-udm-uad-dad-st-benoit-aurar</t>
+  </si>
+  <si>
+    <t>4115_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Des Aubepines</t>
+  </si>
+  <si>
+    <t>0262989898</t>
+  </si>
+  <si>
+    <t>970404158</t>
+  </si>
+  <si>
+    <t>UAD (TAMPON) - AURAR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4113_FicheEtablissement/fr/uad-tampon-aurar</t>
+  </si>
+  <si>
+    <t>4113_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>35 Rue Pasteur</t>
+  </si>
+  <si>
+    <t>0262574362</t>
+  </si>
+  <si>
+    <t>970403770</t>
+  </si>
+  <si>
+    <t>UAD (ST JOSEPH) - AURAR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4112_FicheEtablissement/fr/uad-st-joseph-aurar</t>
+  </si>
+  <si>
+    <t>4112_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>19 Rue Ylang Ylang</t>
+  </si>
+  <si>
+    <t>0262562845</t>
+  </si>
+  <si>
+    <t>970403762</t>
+  </si>
+  <si>
+    <t>UDM-UAD (ST LOUIS) - AURAR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4111_FicheEtablissement/fr/udm-uad-st-louis-aurar</t>
+  </si>
+  <si>
+    <t>4111_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>23 Rue De L'Etang</t>
+  </si>
+  <si>
+    <t>0262392526</t>
+  </si>
+  <si>
+    <t>970403754</t>
+  </si>
+  <si>
+    <t>UAD (ST PAUL) - AURAR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4110_FicheEtablissement/fr/uad-st-paul-aurar</t>
+  </si>
+  <si>
+    <t>4110_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>11 Rue De La Chapelle</t>
+  </si>
+  <si>
+    <t>0262452332</t>
+  </si>
+  <si>
+    <t>970403747</t>
+  </si>
+  <si>
+    <t>UAD-UDM (LE PORT) - AURAR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4109_FicheEtablissement/fr/uad-udm-le-port-aurar</t>
+  </si>
+  <si>
+    <t>4109_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0262420808</t>
+  </si>
+  <si>
+    <t>970403721</t>
+  </si>
+  <si>
+    <t>UDM (ST DENIS)-AURAR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4108_FicheEtablissement/fr/udm-st-denis-aurar</t>
+  </si>
+  <si>
+    <t>4108_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>26 Rue De L'Abattoir</t>
+  </si>
+  <si>
+    <t>0262299500</t>
+  </si>
+  <si>
+    <t>970403705</t>
+  </si>
+  <si>
+    <t>UDM-UAD-DAD (ST PIERRE/U2) - AURAR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4119_FicheEtablissement/fr/udm-uad-dad-st-pierre/u2-aurar</t>
+  </si>
+  <si>
+    <t>4119_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>22 Rue Des Roches</t>
+  </si>
+  <si>
+    <t>0262961295</t>
+  </si>
+  <si>
+    <t>970407151</t>
+  </si>
+  <si>
+    <t>UAD-DAD-DP (ST GILLES) - AURAR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4118_FicheEtablissement/fr/uad-dad-dp-st-gilles-aurar</t>
+  </si>
+  <si>
+    <t>4118_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>71 Rue Des Navigateurs</t>
+  </si>
+  <si>
+    <t>0262989955</t>
+  </si>
+  <si>
+    <t>970405676</t>
+  </si>
+  <si>
+    <t>UAD (ST LEU) - AURAR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7634_FicheEtablissement/fr/uad-st-leu-aurar</t>
+  </si>
+  <si>
+    <t>7634_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>15 Rue Du Pressoir</t>
+  </si>
+  <si>
+    <t>97424 ST LEU</t>
+  </si>
+  <si>
+    <t>0262298870</t>
+  </si>
+  <si>
+    <t>970410155</t>
+  </si>
+  <si>
+    <t>UAD-DAD (ST DENIS) - AURAR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7633_FicheEtablissement/fr/uad-dad-st-denis-aurar</t>
+  </si>
+  <si>
+    <t>7633_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue D'Emmerez De Charmoy</t>
+  </si>
+  <si>
+    <t>0262918747</t>
+  </si>
+  <si>
+    <t>970409991</t>
+  </si>
+  <si>
+    <t>EPSMR-GRAND POURPIER (ST PAUL)</t>
+  </si>
+  <si>
+    <t>15/11/2023 17:18:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3505_FicheEtablissement/fr/epsmr-grand-pourpier-st-paul</t>
+  </si>
+  <si>
+    <t>3505_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>42 Chemin Du Grand Pourpier</t>
+  </si>
+  <si>
+    <t>97411 ST PAUL</t>
+  </si>
+  <si>
+    <t>970400016</t>
+  </si>
+  <si>
+    <t>CENTRE HORUS</t>
+  </si>
+  <si>
+    <t>30/01/2023 10:18:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3518_FicheEtablissement/fr/centre-horus</t>
+  </si>
+  <si>
+    <t>3518_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0262717270</t>
+  </si>
+  <si>
+    <t>970404679</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R112"/>
+  <dimension ref="A1:R114"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2558,6162 +5480,14624 @@
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3" t="s">
         <v>35</v>
       </c>
       <c r="I3" t="n">
         <v>0.0</v>
       </c>
       <c r="J3" t="s">
         <v>24</v>
       </c>
       <c r="K3" t="s">
         <v>36</v>
       </c>
       <c r="L3" t="s">
         <v>37</v>
       </c>
       <c r="M3" t="s">
         <v>20</v>
       </c>
       <c r="N3" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="O3" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="Q3" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R3" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="H4" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="L4" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="O4" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="P4" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="Q4" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="R4" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="H5" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="L5" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="O5" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="P5" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="Q5" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="R5" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="H6" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
+        <v>67</v>
+      </c>
+      <c r="L6" t="s">
+        <v>68</v>
+      </c>
+      <c r="M6" t="s">
+        <v>20</v>
+      </c>
+      <c r="N6" t="s">
         <v>58</v>
       </c>
-      <c r="L6" t="s">
+      <c r="O6" t="s">
         <v>59</v>
       </c>
-      <c r="M6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P6" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="Q6" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="R6" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="H7" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="L7" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="O7" t="s">
-        <v>45</v>
+        <v>76</v>
       </c>
       <c r="P7" t="s">
-        <v>46</v>
+        <v>77</v>
       </c>
       <c r="Q7" t="s">
-        <v>47</v>
+        <v>78</v>
       </c>
       <c r="R7" t="s">
-        <v>48</v>
+        <v>79</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>68</v>
+        <v>82</v>
       </c>
       <c r="H8" t="s">
-        <v>69</v>
+        <v>83</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="L8" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="O8" t="s">
-        <v>45</v>
+        <v>76</v>
       </c>
       <c r="P8" t="s">
-        <v>46</v>
+        <v>77</v>
       </c>
       <c r="Q8" t="s">
-        <v>47</v>
+        <v>78</v>
       </c>
       <c r="R8" t="s">
-        <v>48</v>
+        <v>79</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>74</v>
+        <v>87</v>
       </c>
       <c r="H9" t="s">
-        <v>75</v>
+        <v>88</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
+        <v>89</v>
+      </c>
+      <c r="L9" t="s">
+        <v>90</v>
+      </c>
+      <c r="M9" t="s">
+        <v>20</v>
+      </c>
+      <c r="N9" t="s">
+        <v>75</v>
+      </c>
+      <c r="O9" t="s">
         <v>76</v>
       </c>
-      <c r="L9" t="s">
+      <c r="P9" t="s">
         <v>77</v>
       </c>
-      <c r="M9" t="s">
-[...5 lines deleted...]
-      <c r="O9" t="s">
+      <c r="Q9" t="s">
         <v>78</v>
       </c>
-      <c r="P9" t="s">
+      <c r="R9" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="H10" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="L10" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q10" t="s">
         <v>78</v>
       </c>
-      <c r="P10" t="s">
+      <c r="R10" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="H11" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="L11" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>94</v>
+        <v>75</v>
       </c>
       <c r="O11" t="s">
-        <v>95</v>
+        <v>76</v>
       </c>
       <c r="P11" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="Q11" t="s">
-        <v>97</v>
+        <v>78</v>
       </c>
       <c r="R11" t="s">
-        <v>98</v>
+        <v>79</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="H12" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="L12" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
-        <v>105</v>
+        <v>75</v>
       </c>
       <c r="O12" t="s">
-        <v>45</v>
+        <v>109</v>
       </c>
       <c r="P12" t="s">
-        <v>46</v>
+        <v>110</v>
       </c>
       <c r="Q12" t="s">
-        <v>47</v>
+        <v>111</v>
       </c>
       <c r="R12" t="s">
-        <v>48</v>
+        <v>112</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="H13" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
+        <v>117</v>
+      </c>
+      <c r="L13" t="s">
+        <v>118</v>
+      </c>
+      <c r="M13" t="s">
+        <v>20</v>
+      </c>
+      <c r="N13" t="s">
+        <v>75</v>
+      </c>
+      <c r="O13" t="s">
+        <v>109</v>
+      </c>
+      <c r="P13" t="s">
         <v>110</v>
       </c>
-      <c r="L13" t="s">
+      <c r="Q13" t="s">
         <v>111</v>
       </c>
-      <c r="M13" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R13" t="s">
-        <v>81</v>
+        <v>112</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="H14" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="L14" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="O14" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="P14" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="Q14" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="R14" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="H15" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="L15" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="M15" t="s">
         <v>20</v>
       </c>
       <c r="N15" t="s">
-        <v>118</v>
+        <v>132</v>
       </c>
       <c r="O15" t="s">
-        <v>125</v>
+        <v>76</v>
       </c>
       <c r="P15" t="s">
-        <v>126</v>
+        <v>77</v>
       </c>
       <c r="Q15" t="s">
-        <v>127</v>
+        <v>78</v>
       </c>
       <c r="R15" t="s">
-        <v>128</v>
+        <v>79</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="H16" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="L16" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="M16" t="s">
         <v>20</v>
       </c>
       <c r="N16" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="O16" t="s">
-        <v>78</v>
+        <v>109</v>
       </c>
       <c r="P16" t="s">
-        <v>79</v>
+        <v>110</v>
       </c>
       <c r="Q16" t="s">
-        <v>80</v>
+        <v>111</v>
       </c>
       <c r="R16" t="s">
-        <v>81</v>
+        <v>112</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="H17" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="L17" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="O17" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="P17" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="Q17" t="s">
-        <v>144</v>
+        <v>78</v>
       </c>
       <c r="R17" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
         <v>146</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="H18" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="I18" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="L18" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
       <c r="N18" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="O18" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="P18" t="s">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="Q18" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="R18" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="H19" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="I19" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="L19" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="M19" t="s">
         <v>20</v>
       </c>
       <c r="N19" t="s">
-        <v>135</v>
+        <v>162</v>
       </c>
       <c r="O19" t="s">
-        <v>142</v>
+        <v>109</v>
       </c>
       <c r="P19" t="s">
-        <v>143</v>
+        <v>110</v>
       </c>
       <c r="Q19" t="s">
-        <v>144</v>
+        <v>111</v>
       </c>
       <c r="R19" t="s">
-        <v>145</v>
+        <v>112</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="H20" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="I20" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="L20" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="M20" t="s">
         <v>20</v>
       </c>
       <c r="N20" t="s">
         <v>162</v>
       </c>
       <c r="O20" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="P20" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="Q20" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="R20" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="H21" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="I21" t="n">
         <v>0.0</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
+        <v>176</v>
+      </c>
+      <c r="L21" t="s">
+        <v>177</v>
+      </c>
+      <c r="M21" t="s">
+        <v>20</v>
+      </c>
+      <c r="N21" t="s">
+        <v>162</v>
+      </c>
+      <c r="O21" t="s">
+        <v>169</v>
+      </c>
+      <c r="P21" t="s">
+        <v>170</v>
+      </c>
+      <c r="Q21" t="s">
         <v>171</v>
       </c>
-      <c r="L21" t="s">
+      <c r="R21" t="s">
         <v>172</v>
-      </c>
-[...16 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
         <v>178</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
+        <v>164</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
         <v>179</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="I22" t="n">
         <v>0.0</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
+        <v>181</v>
+      </c>
+      <c r="L22" t="s">
         <v>182</v>
       </c>
-      <c r="L22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M22" t="s">
         <v>20</v>
       </c>
       <c r="N22" t="s">
-        <v>184</v>
+        <v>162</v>
       </c>
       <c r="O22" t="s">
-        <v>185</v>
+        <v>169</v>
       </c>
       <c r="P22" t="s">
-        <v>79</v>
+        <v>170</v>
       </c>
       <c r="Q22" t="s">
-        <v>80</v>
+        <v>171</v>
       </c>
       <c r="R22" t="s">
-        <v>186</v>
+        <v>172</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="H23" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="I23" t="n">
         <v>0.0</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
+        <v>187</v>
+      </c>
+      <c r="L23" t="s">
+        <v>188</v>
+      </c>
+      <c r="M23" t="s">
+        <v>20</v>
+      </c>
+      <c r="N23" t="s">
+        <v>189</v>
+      </c>
+      <c r="O23" t="s">
+        <v>190</v>
+      </c>
+      <c r="P23" t="s">
         <v>191</v>
       </c>
-      <c r="L23" t="s">
+      <c r="Q23" t="s">
         <v>192</v>
       </c>
-      <c r="M23" t="s">
-[...2 lines deleted...]
-      <c r="N23" t="s">
+      <c r="R23" t="s">
         <v>193</v>
-      </c>
-[...10 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
         <v>194</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
         <v>195</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
         <v>196</v>
       </c>
       <c r="H24" t="s">
         <v>197</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
         <v>198</v>
       </c>
       <c r="L24" t="s">
         <v>199</v>
       </c>
       <c r="M24" t="s">
         <v>20</v>
       </c>
       <c r="N24" t="s">
         <v>200</v>
       </c>
       <c r="O24" t="s">
-        <v>45</v>
+        <v>201</v>
       </c>
       <c r="P24" t="s">
-        <v>46</v>
+        <v>202</v>
       </c>
       <c r="Q24" t="s">
-        <v>47</v>
+        <v>203</v>
       </c>
       <c r="R24" t="s">
-        <v>48</v>
+        <v>204</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>195</v>
+        <v>206</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="H25" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="L25" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="M25" t="s">
         <v>20</v>
       </c>
       <c r="N25" t="s">
-        <v>200</v>
+        <v>211</v>
       </c>
       <c r="O25" t="s">
-        <v>45</v>
+        <v>212</v>
       </c>
       <c r="P25" t="s">
-        <v>46</v>
+        <v>110</v>
       </c>
       <c r="Q25" t="s">
-        <v>47</v>
+        <v>111</v>
       </c>
       <c r="R25" t="s">
-        <v>48</v>
+        <v>213</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
-        <v>206</v>
+        <v>214</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>195</v>
+        <v>215</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>207</v>
+        <v>216</v>
       </c>
       <c r="H26" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
       <c r="L26" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="M26" t="s">
         <v>20</v>
       </c>
       <c r="N26" t="s">
-        <v>200</v>
+        <v>220</v>
       </c>
       <c r="O26" t="s">
-        <v>211</v>
+        <v>59</v>
       </c>
       <c r="P26" t="s">
-        <v>212</v>
+        <v>60</v>
       </c>
       <c r="Q26" t="s">
-        <v>213</v>
+        <v>61</v>
       </c>
       <c r="R26" t="s">
-        <v>214</v>
+        <v>62</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="H27" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="L27" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
       <c r="N27" t="s">
-        <v>200</v>
+        <v>227</v>
       </c>
       <c r="O27" t="s">
+        <v>76</v>
+      </c>
+      <c r="P27" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q27" t="s">
         <v>78</v>
       </c>
-      <c r="P27" t="s">
+      <c r="R27" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="H28" t="s">
-        <v>223</v>
+        <v>230</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="L28" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
-        <v>200</v>
+        <v>227</v>
       </c>
       <c r="O28" t="s">
-        <v>211</v>
+        <v>76</v>
       </c>
       <c r="P28" t="s">
-        <v>212</v>
+        <v>77</v>
       </c>
       <c r="Q28" t="s">
-        <v>213</v>
+        <v>78</v>
       </c>
       <c r="R28" t="s">
-        <v>214</v>
+        <v>79</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
       <c r="H29" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="L29" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>200</v>
+        <v>227</v>
       </c>
       <c r="O29" t="s">
-        <v>78</v>
+        <v>238</v>
       </c>
       <c r="P29" t="s">
-        <v>79</v>
+        <v>239</v>
       </c>
       <c r="Q29" t="s">
-        <v>80</v>
+        <v>240</v>
       </c>
       <c r="R29" t="s">
-        <v>81</v>
+        <v>241</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
-        <v>231</v>
+        <v>242</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>232</v>
+        <v>243</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>233</v>
+        <v>244</v>
       </c>
       <c r="H30" t="s">
-        <v>234</v>
+        <v>245</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>235</v>
+        <v>246</v>
       </c>
       <c r="L30" t="s">
-        <v>236</v>
+        <v>247</v>
       </c>
       <c r="M30" t="s">
         <v>20</v>
       </c>
       <c r="N30" t="s">
-        <v>200</v>
+        <v>227</v>
       </c>
       <c r="O30" t="s">
-        <v>78</v>
+        <v>109</v>
       </c>
       <c r="P30" t="s">
-        <v>79</v>
+        <v>110</v>
       </c>
       <c r="Q30" t="s">
-        <v>80</v>
+        <v>111</v>
       </c>
       <c r="R30" t="s">
-        <v>81</v>
+        <v>112</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
-        <v>237</v>
+        <v>248</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="H31" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
+        <v>251</v>
+      </c>
+      <c r="L31" t="s">
+        <v>252</v>
+      </c>
+      <c r="M31" t="s">
+        <v>20</v>
+      </c>
+      <c r="N31" t="s">
+        <v>227</v>
+      </c>
+      <c r="O31" t="s">
+        <v>238</v>
+      </c>
+      <c r="P31" t="s">
+        <v>239</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>240</v>
+      </c>
+      <c r="R31" t="s">
         <v>241</v>
-      </c>
-[...19 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
+        <v>253</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
         <v>243</v>
       </c>
-      <c r="C32" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>245</v>
+        <v>254</v>
       </c>
       <c r="H32" t="s">
-        <v>246</v>
+        <v>255</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="L32" t="s">
-        <v>248</v>
+        <v>257</v>
       </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
       <c r="N32" t="s">
-        <v>200</v>
+        <v>227</v>
       </c>
       <c r="O32" t="s">
-        <v>78</v>
+        <v>109</v>
       </c>
       <c r="P32" t="s">
-        <v>79</v>
+        <v>110</v>
       </c>
       <c r="Q32" t="s">
-        <v>80</v>
+        <v>111</v>
       </c>
       <c r="R32" t="s">
-        <v>81</v>
+        <v>112</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
-        <v>249</v>
+        <v>258</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>244</v>
+        <v>259</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>250</v>
+        <v>260</v>
       </c>
       <c r="H33" t="s">
-        <v>251</v>
+        <v>261</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>252</v>
+        <v>262</v>
       </c>
       <c r="L33" t="s">
-        <v>210</v>
+        <v>263</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
-        <v>200</v>
+        <v>227</v>
       </c>
       <c r="O33" t="s">
-        <v>78</v>
+        <v>109</v>
       </c>
       <c r="P33" t="s">
-        <v>79</v>
+        <v>110</v>
       </c>
       <c r="Q33" t="s">
-        <v>80</v>
+        <v>111</v>
       </c>
       <c r="R33" t="s">
-        <v>81</v>
+        <v>112</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
-        <v>253</v>
+        <v>264</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>244</v>
+        <v>265</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>254</v>
+        <v>266</v>
       </c>
       <c r="H34" t="s">
-        <v>255</v>
+        <v>267</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>256</v>
+        <v>268</v>
       </c>
       <c r="L34" t="s">
-        <v>257</v>
+        <v>269</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>200</v>
+        <v>227</v>
       </c>
       <c r="O34" t="s">
-        <v>211</v>
+        <v>109</v>
       </c>
       <c r="P34" t="s">
-        <v>212</v>
+        <v>110</v>
       </c>
       <c r="Q34" t="s">
-        <v>213</v>
+        <v>111</v>
       </c>
       <c r="R34" t="s">
-        <v>214</v>
+        <v>112</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
-        <v>258</v>
+        <v>270</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>259</v>
+        <v>271</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>260</v>
+        <v>272</v>
       </c>
       <c r="H35" t="s">
-        <v>261</v>
+        <v>273</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>262</v>
+        <v>274</v>
       </c>
       <c r="L35" t="s">
-        <v>263</v>
+        <v>275</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
       <c r="N35" t="s">
-        <v>200</v>
+        <v>227</v>
       </c>
       <c r="O35" t="s">
-        <v>264</v>
+        <v>109</v>
       </c>
       <c r="P35" t="s">
-        <v>265</v>
+        <v>110</v>
       </c>
       <c r="Q35" t="s">
-        <v>266</v>
+        <v>111</v>
       </c>
       <c r="R35" t="s">
-        <v>267</v>
+        <v>112</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="H36" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="I36" t="n">
         <v>0.0</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
       <c r="L36" t="s">
-        <v>273</v>
+        <v>237</v>
       </c>
       <c r="M36" t="s">
         <v>20</v>
       </c>
       <c r="N36" t="s">
-        <v>200</v>
+        <v>227</v>
       </c>
       <c r="O36" t="s">
-        <v>78</v>
+        <v>109</v>
       </c>
       <c r="P36" t="s">
-        <v>79</v>
+        <v>110</v>
       </c>
       <c r="Q36" t="s">
-        <v>80</v>
+        <v>111</v>
       </c>
       <c r="R36" t="s">
-        <v>81</v>
+        <v>112</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="H37" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="I37" t="n">
         <v>0.0</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="L37" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="M37" t="s">
         <v>20</v>
       </c>
       <c r="N37" t="s">
-        <v>280</v>
+        <v>227</v>
       </c>
       <c r="O37" t="s">
-        <v>281</v>
+        <v>238</v>
       </c>
       <c r="P37" t="s">
-        <v>96</v>
+        <v>239</v>
       </c>
       <c r="Q37" t="s">
-        <v>282</v>
+        <v>240</v>
       </c>
       <c r="R37" t="s">
-        <v>283</v>
+        <v>241</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="H38" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="I38" t="n">
         <v>0.0</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="L38" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="M38" t="s">
         <v>20</v>
       </c>
       <c r="N38" t="s">
-        <v>280</v>
+        <v>227</v>
       </c>
       <c r="O38" t="s">
-        <v>95</v>
+        <v>291</v>
       </c>
       <c r="P38" t="s">
-        <v>96</v>
+        <v>292</v>
       </c>
       <c r="Q38" t="s">
-        <v>97</v>
+        <v>293</v>
       </c>
       <c r="R38" t="s">
-        <v>98</v>
+        <v>294</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="H39" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="I39" t="n">
         <v>0.0</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="L39" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="M39" t="s">
         <v>20</v>
       </c>
       <c r="N39" t="s">
-        <v>280</v>
+        <v>227</v>
       </c>
       <c r="O39" t="s">
-        <v>95</v>
+        <v>109</v>
       </c>
       <c r="P39" t="s">
-        <v>96</v>
+        <v>110</v>
       </c>
       <c r="Q39" t="s">
-        <v>97</v>
+        <v>111</v>
       </c>
       <c r="R39" t="s">
-        <v>98</v>
+        <v>112</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="H40" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="I40" t="n">
         <v>0.0</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="L40" t="s">
-        <v>65</v>
+        <v>306</v>
       </c>
       <c r="M40" t="s">
         <v>20</v>
       </c>
       <c r="N40" t="s">
-        <v>280</v>
+        <v>38</v>
       </c>
       <c r="O40" t="s">
-        <v>174</v>
+        <v>39</v>
       </c>
       <c r="P40" t="s">
-        <v>175</v>
+        <v>40</v>
       </c>
       <c r="Q40" t="s">
-        <v>176</v>
+        <v>41</v>
       </c>
       <c r="R40" t="s">
-        <v>177</v>
+        <v>42</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>297</v>
+        <v>308</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="H41" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="I41" t="n">
         <v>0.0</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="L41" t="s">
-        <v>305</v>
+        <v>312</v>
       </c>
       <c r="M41" t="s">
         <v>20</v>
       </c>
       <c r="N41" t="s">
-        <v>280</v>
+        <v>38</v>
       </c>
       <c r="O41" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="P41" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="Q41" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="R41" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="H42" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
       <c r="I42" t="n">
         <v>0.0</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="L42" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="M42" t="s">
         <v>20</v>
       </c>
       <c r="N42" t="s">
-        <v>280</v>
+        <v>38</v>
       </c>
       <c r="O42" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="P42" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="Q42" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="R42" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="H43" t="s">
-        <v>315</v>
+        <v>322</v>
       </c>
       <c r="I43" t="n">
         <v>0.0</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
-        <v>316</v>
+        <v>323</v>
       </c>
       <c r="L43" t="s">
-        <v>210</v>
+        <v>96</v>
       </c>
       <c r="M43" t="s">
         <v>20</v>
       </c>
       <c r="N43" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="O43" t="s">
-        <v>318</v>
+        <v>109</v>
       </c>
       <c r="P43" t="s">
-        <v>319</v>
+        <v>110</v>
       </c>
       <c r="Q43" t="s">
-        <v>320</v>
+        <v>111</v>
       </c>
       <c r="R43" t="s">
-        <v>321</v>
+        <v>112</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="H44" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="I44" t="n">
         <v>0.0</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="L44" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="M44" t="s">
         <v>20</v>
       </c>
       <c r="N44" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="O44" t="s">
-        <v>328</v>
+        <v>59</v>
       </c>
       <c r="P44" t="s">
-        <v>329</v>
+        <v>60</v>
       </c>
       <c r="Q44" t="s">
-        <v>330</v>
+        <v>61</v>
       </c>
       <c r="R44" t="s">
-        <v>331</v>
+        <v>62</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
+        <v>330</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>331</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
         <v>332</v>
       </c>
-      <c r="C45" t="s">
-[...5 lines deleted...]
-      <c r="E45" t="s">
+      <c r="H45" t="s">
         <v>333</v>
-      </c>
-[...7 lines deleted...]
-        <v>335</v>
       </c>
       <c r="I45" t="n">
         <v>0.0</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="L45" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="M45" t="s">
         <v>20</v>
       </c>
       <c r="N45" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="O45" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="P45" t="s">
-        <v>339</v>
+        <v>60</v>
       </c>
       <c r="Q45" t="s">
-        <v>127</v>
+        <v>61</v>
       </c>
       <c r="R45" t="s">
-        <v>340</v>
+        <v>62</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
-        <v>341</v>
+        <v>336</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>343</v>
+        <v>338</v>
       </c>
       <c r="H46" t="s">
-        <v>344</v>
+        <v>339</v>
       </c>
       <c r="I46" t="n">
         <v>0.0</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
+        <v>340</v>
+      </c>
+      <c r="L46" t="s">
+        <v>237</v>
+      </c>
+      <c r="M46" t="s">
+        <v>20</v>
+      </c>
+      <c r="N46" t="s">
+        <v>341</v>
+      </c>
+      <c r="O46" t="s">
+        <v>342</v>
+      </c>
+      <c r="P46" t="s">
+        <v>343</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>344</v>
+      </c>
+      <c r="R46" t="s">
         <v>345</v>
-      </c>
-[...19 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
+        <v>346</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
         <v>347</v>
       </c>
-      <c r="C47" t="s">
-[...5 lines deleted...]
-      <c r="E47" t="s">
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
         <v>348</v>
       </c>
-      <c r="F47" t="s">
-[...2 lines deleted...]
-      <c r="G47" t="s">
+      <c r="H47" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
       <c r="I47" t="n">
         <v>0.0</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
+        <v>350</v>
+      </c>
+      <c r="L47" t="s">
         <v>351</v>
       </c>
-      <c r="L47" t="s">
+      <c r="M47" t="s">
+        <v>20</v>
+      </c>
+      <c r="N47" t="s">
+        <v>341</v>
+      </c>
+      <c r="O47" t="s">
         <v>352</v>
       </c>
-      <c r="M47" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P47" t="s">
-        <v>46</v>
+        <v>353</v>
       </c>
       <c r="Q47" t="s">
-        <v>47</v>
+        <v>354</v>
       </c>
       <c r="R47" t="s">
-        <v>48</v>
+        <v>355</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="H48" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="I48" t="n">
         <v>0.0</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="L48" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="M48" t="s">
         <v>20</v>
       </c>
       <c r="N48" t="s">
-        <v>317</v>
+        <v>341</v>
       </c>
       <c r="O48" t="s">
-        <v>28</v>
+        <v>362</v>
       </c>
       <c r="P48" t="s">
-        <v>29</v>
+        <v>363</v>
       </c>
       <c r="Q48" t="s">
-        <v>30</v>
+        <v>154</v>
       </c>
       <c r="R48" t="s">
-        <v>31</v>
+        <v>364</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
-        <v>358</v>
+        <v>365</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>348</v>
+        <v>366</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>359</v>
+        <v>367</v>
       </c>
       <c r="H49" t="s">
-        <v>360</v>
+        <v>368</v>
       </c>
       <c r="I49" t="n">
         <v>0.0</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>361</v>
+        <v>369</v>
       </c>
       <c r="L49" t="s">
-        <v>362</v>
+        <v>370</v>
       </c>
       <c r="M49" t="s">
         <v>20</v>
       </c>
       <c r="N49" t="s">
-        <v>317</v>
+        <v>341</v>
       </c>
       <c r="O49" t="s">
-        <v>28</v>
+        <v>76</v>
       </c>
       <c r="P49" t="s">
-        <v>29</v>
+        <v>77</v>
       </c>
       <c r="Q49" t="s">
-        <v>30</v>
+        <v>78</v>
       </c>
       <c r="R49" t="s">
-        <v>31</v>
+        <v>79</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>18</v>
       </c>
       <c r="B50" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="H50" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="I50" t="n">
         <v>0.0</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>366</v>
+        <v>375</v>
       </c>
       <c r="L50" t="s">
-        <v>367</v>
+        <v>376</v>
       </c>
       <c r="M50" t="s">
         <v>20</v>
       </c>
       <c r="N50" t="s">
-        <v>317</v>
+        <v>341</v>
       </c>
       <c r="O50" t="s">
-        <v>125</v>
+        <v>76</v>
       </c>
       <c r="P50" t="s">
-        <v>126</v>
+        <v>77</v>
       </c>
       <c r="Q50" t="s">
-        <v>127</v>
+        <v>78</v>
       </c>
       <c r="R50" t="s">
-        <v>128</v>
+        <v>79</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
-        <v>368</v>
+        <v>377</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>369</v>
+        <v>378</v>
       </c>
       <c r="H51" t="s">
-        <v>370</v>
+        <v>379</v>
       </c>
       <c r="I51" t="n">
         <v>0.0</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>371</v>
+        <v>380</v>
       </c>
       <c r="L51" t="s">
-        <v>372</v>
+        <v>381</v>
       </c>
       <c r="M51" t="s">
         <v>20</v>
       </c>
       <c r="N51" t="s">
-        <v>317</v>
+        <v>341</v>
       </c>
       <c r="O51" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="P51" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="Q51" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="R51" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
-        <v>373</v>
+        <v>382</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>374</v>
+        <v>383</v>
       </c>
       <c r="H52" t="s">
-        <v>375</v>
+        <v>384</v>
       </c>
       <c r="I52" t="n">
         <v>0.0</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
-        <v>376</v>
+        <v>385</v>
       </c>
       <c r="L52" t="s">
-        <v>377</v>
+        <v>386</v>
       </c>
       <c r="M52" t="s">
         <v>20</v>
       </c>
       <c r="N52" t="s">
-        <v>317</v>
+        <v>341</v>
       </c>
       <c r="O52" t="s">
-        <v>125</v>
+        <v>59</v>
       </c>
       <c r="P52" t="s">
-        <v>126</v>
+        <v>60</v>
       </c>
       <c r="Q52" t="s">
-        <v>127</v>
+        <v>61</v>
       </c>
       <c r="R52" t="s">
-        <v>128</v>
+        <v>62</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
-        <v>378</v>
+        <v>387</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>379</v>
+        <v>388</v>
       </c>
       <c r="H53" t="s">
-        <v>380</v>
+        <v>389</v>
       </c>
       <c r="I53" t="n">
         <v>0.0</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
-        <v>381</v>
+        <v>390</v>
       </c>
       <c r="L53" t="s">
-        <v>382</v>
+        <v>391</v>
       </c>
       <c r="M53" t="s">
         <v>20</v>
       </c>
       <c r="N53" t="s">
-        <v>317</v>
+        <v>341</v>
       </c>
       <c r="O53" t="s">
-        <v>28</v>
+        <v>152</v>
       </c>
       <c r="P53" t="s">
-        <v>29</v>
+        <v>153</v>
       </c>
       <c r="Q53" t="s">
-        <v>30</v>
+        <v>154</v>
       </c>
       <c r="R53" t="s">
-        <v>31</v>
+        <v>155</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54" t="s">
-        <v>383</v>
+        <v>392</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>384</v>
+        <v>372</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>385</v>
+        <v>393</v>
       </c>
       <c r="H54" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="I54" t="n">
         <v>0.0</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
-        <v>387</v>
+        <v>395</v>
       </c>
       <c r="L54" t="s">
-        <v>388</v>
+        <v>396</v>
       </c>
       <c r="M54" t="s">
         <v>20</v>
       </c>
       <c r="N54" t="s">
-        <v>317</v>
+        <v>341</v>
       </c>
       <c r="O54" t="s">
-        <v>45</v>
+        <v>76</v>
       </c>
       <c r="P54" t="s">
-        <v>46</v>
+        <v>77</v>
       </c>
       <c r="Q54" t="s">
-        <v>47</v>
+        <v>78</v>
       </c>
       <c r="R54" t="s">
-        <v>48</v>
+        <v>79</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>18</v>
       </c>
       <c r="B55" t="s">
-        <v>389</v>
+        <v>397</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>384</v>
+        <v>372</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>390</v>
+        <v>398</v>
       </c>
       <c r="H55" t="s">
-        <v>391</v>
+        <v>399</v>
       </c>
       <c r="I55" t="n">
         <v>0.0</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
-        <v>392</v>
+        <v>400</v>
       </c>
       <c r="L55" t="s">
-        <v>393</v>
+        <v>401</v>
       </c>
       <c r="M55" t="s">
         <v>20</v>
       </c>
       <c r="N55" t="s">
-        <v>317</v>
+        <v>341</v>
       </c>
       <c r="O55" t="s">
-        <v>338</v>
+        <v>152</v>
       </c>
       <c r="P55" t="s">
-        <v>394</v>
+        <v>153</v>
       </c>
       <c r="Q55" t="s">
-        <v>127</v>
+        <v>154</v>
       </c>
       <c r="R55" t="s">
-        <v>340</v>
+        <v>155</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>18</v>
       </c>
       <c r="B56" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>384</v>
+        <v>372</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="H56" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
       <c r="I56" t="n">
         <v>0.0</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
-        <v>398</v>
+        <v>405</v>
       </c>
       <c r="L56" t="s">
-        <v>399</v>
+        <v>406</v>
       </c>
       <c r="M56" t="s">
         <v>20</v>
       </c>
       <c r="N56" t="s">
-        <v>317</v>
+        <v>341</v>
       </c>
       <c r="O56" t="s">
-        <v>125</v>
+        <v>59</v>
       </c>
       <c r="P56" t="s">
-        <v>126</v>
+        <v>60</v>
       </c>
       <c r="Q56" t="s">
-        <v>127</v>
+        <v>61</v>
       </c>
       <c r="R56" t="s">
-        <v>128</v>
+        <v>62</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>18</v>
       </c>
       <c r="B57" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>401</v>
+        <v>408</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
       <c r="H57" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="I57" t="n">
         <v>0.0</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="L57" t="s">
-        <v>346</v>
+        <v>412</v>
       </c>
       <c r="M57" t="s">
         <v>20</v>
       </c>
       <c r="N57" t="s">
-        <v>405</v>
+        <v>341</v>
       </c>
       <c r="O57" t="s">
-        <v>174</v>
+        <v>76</v>
       </c>
       <c r="P57" t="s">
-        <v>175</v>
+        <v>77</v>
       </c>
       <c r="Q57" t="s">
-        <v>176</v>
+        <v>78</v>
       </c>
       <c r="R57" t="s">
-        <v>177</v>
+        <v>79</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="H58" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="I58" t="n">
         <v>0.0</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="L58" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
       <c r="M58" t="s">
         <v>20</v>
       </c>
       <c r="N58" t="s">
-        <v>412</v>
+        <v>341</v>
       </c>
       <c r="O58" t="s">
-        <v>28</v>
+        <v>362</v>
       </c>
       <c r="P58" t="s">
-        <v>29</v>
+        <v>418</v>
       </c>
       <c r="Q58" t="s">
-        <v>30</v>
+        <v>154</v>
       </c>
       <c r="R58" t="s">
-        <v>31</v>
+        <v>364</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="H59" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="I59" t="n">
         <v>0.0</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="L59" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="M59" t="s">
         <v>20</v>
       </c>
       <c r="N59" t="s">
-        <v>412</v>
+        <v>341</v>
       </c>
       <c r="O59" t="s">
-        <v>45</v>
+        <v>152</v>
       </c>
       <c r="P59" t="s">
-        <v>46</v>
+        <v>153</v>
       </c>
       <c r="Q59" t="s">
-        <v>47</v>
+        <v>154</v>
       </c>
       <c r="R59" t="s">
-        <v>48</v>
+        <v>155</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="H60" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="I60" t="n">
         <v>0.0</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="L60" t="s">
-        <v>424</v>
+        <v>370</v>
       </c>
       <c r="M60" t="s">
         <v>20</v>
       </c>
       <c r="N60" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="O60" t="s">
-        <v>338</v>
+        <v>430</v>
       </c>
       <c r="P60" t="s">
-        <v>339</v>
+        <v>431</v>
       </c>
       <c r="Q60" t="s">
-        <v>127</v>
+        <v>432</v>
       </c>
       <c r="R60" t="s">
-        <v>340</v>
+        <v>433</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
-        <v>426</v>
+        <v>434</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>427</v>
+        <v>435</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>428</v>
+        <v>436</v>
       </c>
       <c r="H61" t="s">
-        <v>429</v>
+        <v>437</v>
       </c>
       <c r="I61" t="n">
         <v>0.0</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>430</v>
+        <v>438</v>
       </c>
       <c r="L61" t="s">
-        <v>431</v>
+        <v>439</v>
       </c>
       <c r="M61" t="s">
         <v>20</v>
       </c>
       <c r="N61" t="s">
-        <v>200</v>
+        <v>440</v>
       </c>
       <c r="O61" t="s">
-        <v>78</v>
+        <v>59</v>
       </c>
       <c r="P61" t="s">
-        <v>79</v>
+        <v>60</v>
       </c>
       <c r="Q61" t="s">
-        <v>80</v>
+        <v>61</v>
       </c>
       <c r="R61" t="s">
-        <v>81</v>
+        <v>62</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
-        <v>432</v>
+        <v>441</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>434</v>
+        <v>443</v>
       </c>
       <c r="H62" t="s">
-        <v>435</v>
+        <v>444</v>
       </c>
       <c r="I62" t="n">
         <v>0.0</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>436</v>
+        <v>445</v>
       </c>
       <c r="L62" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="M62" t="s">
         <v>20</v>
       </c>
       <c r="N62" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="O62" t="s">
-        <v>45</v>
+        <v>76</v>
       </c>
       <c r="P62" t="s">
-        <v>46</v>
+        <v>77</v>
       </c>
       <c r="Q62" t="s">
-        <v>47</v>
+        <v>78</v>
       </c>
       <c r="R62" t="s">
-        <v>48</v>
+        <v>79</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>18</v>
       </c>
       <c r="B63" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>440</v>
+        <v>448</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>441</v>
+        <v>449</v>
       </c>
       <c r="H63" t="s">
-        <v>442</v>
+        <v>450</v>
       </c>
       <c r="I63" t="n">
         <v>0.0</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
-        <v>443</v>
+        <v>451</v>
       </c>
       <c r="L63" t="s">
-        <v>444</v>
+        <v>452</v>
       </c>
       <c r="M63" t="s">
         <v>20</v>
       </c>
       <c r="N63" t="s">
-        <v>445</v>
+        <v>453</v>
       </c>
       <c r="O63" t="s">
-        <v>95</v>
+        <v>362</v>
       </c>
       <c r="P63" t="s">
-        <v>96</v>
+        <v>363</v>
       </c>
       <c r="Q63" t="s">
-        <v>97</v>
+        <v>154</v>
       </c>
       <c r="R63" t="s">
-        <v>98</v>
+        <v>364</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>18</v>
       </c>
       <c r="B64" t="s">
-        <v>446</v>
+        <v>454</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>447</v>
+        <v>455</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>448</v>
+        <v>456</v>
       </c>
       <c r="H64" t="s">
-        <v>449</v>
+        <v>457</v>
       </c>
       <c r="I64" t="n">
         <v>0.0</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="L64" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="M64" t="s">
         <v>20</v>
       </c>
       <c r="N64" t="s">
-        <v>445</v>
+        <v>227</v>
       </c>
       <c r="O64" t="s">
-        <v>78</v>
+        <v>109</v>
       </c>
       <c r="P64" t="s">
-        <v>79</v>
+        <v>110</v>
       </c>
       <c r="Q64" t="s">
-        <v>80</v>
+        <v>111</v>
       </c>
       <c r="R64" t="s">
-        <v>81</v>
+        <v>112</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>18</v>
       </c>
       <c r="B65" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>454</v>
+        <v>462</v>
       </c>
       <c r="H65" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="I65" t="n">
         <v>0.0</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="L65" t="s">
-        <v>457</v>
+        <v>465</v>
       </c>
       <c r="M65" t="s">
         <v>20</v>
       </c>
       <c r="N65" t="s">
-        <v>458</v>
+        <v>466</v>
       </c>
       <c r="O65" t="s">
-        <v>338</v>
+        <v>76</v>
       </c>
       <c r="P65" t="s">
-        <v>339</v>
+        <v>77</v>
       </c>
       <c r="Q65" t="s">
-        <v>127</v>
+        <v>78</v>
       </c>
       <c r="R65" t="s">
-        <v>340</v>
+        <v>79</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>18</v>
       </c>
       <c r="B66" t="s">
-        <v>459</v>
+        <v>467</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>460</v>
+        <v>468</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>461</v>
+        <v>469</v>
       </c>
       <c r="H66" t="s">
-        <v>462</v>
+        <v>470</v>
       </c>
       <c r="I66" t="n">
         <v>0.0</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>463</v>
+        <v>471</v>
       </c>
       <c r="L66" t="s">
-        <v>464</v>
+        <v>472</v>
       </c>
       <c r="M66" t="s">
         <v>20</v>
       </c>
       <c r="N66" t="s">
-        <v>465</v>
+        <v>38</v>
       </c>
       <c r="O66" t="s">
-        <v>281</v>
+        <v>49</v>
       </c>
       <c r="P66" t="s">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="Q66" t="s">
-        <v>282</v>
+        <v>50</v>
       </c>
       <c r="R66" t="s">
-        <v>283</v>
+        <v>51</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>18</v>
       </c>
       <c r="B67" t="s">
-        <v>466</v>
+        <v>473</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>467</v>
+        <v>474</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>468</v>
+        <v>475</v>
       </c>
       <c r="H67" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="I67" t="n">
         <v>0.0</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>470</v>
+        <v>477</v>
       </c>
       <c r="L67" t="s">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="M67" t="s">
         <v>20</v>
       </c>
       <c r="N67" t="s">
-        <v>465</v>
+        <v>479</v>
       </c>
       <c r="O67" t="s">
-        <v>45</v>
+        <v>109</v>
       </c>
       <c r="P67" t="s">
-        <v>46</v>
+        <v>110</v>
       </c>
       <c r="Q67" t="s">
-        <v>47</v>
+        <v>111</v>
       </c>
       <c r="R67" t="s">
-        <v>48</v>
+        <v>112</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>18</v>
       </c>
       <c r="B68" t="s">
-        <v>472</v>
+        <v>480</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>473</v>
+        <v>481</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>474</v>
+        <v>482</v>
       </c>
       <c r="H68" t="s">
-        <v>475</v>
+        <v>483</v>
       </c>
       <c r="I68" t="n">
         <v>0.0</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
-        <v>476</v>
+        <v>484</v>
       </c>
       <c r="L68" t="s">
-        <v>477</v>
+        <v>485</v>
       </c>
       <c r="M68" t="s">
         <v>20</v>
       </c>
       <c r="N68" t="s">
-        <v>478</v>
+        <v>486</v>
       </c>
       <c r="O68" t="s">
-        <v>78</v>
+        <v>362</v>
       </c>
       <c r="P68" t="s">
-        <v>79</v>
+        <v>363</v>
       </c>
       <c r="Q68" t="s">
-        <v>80</v>
+        <v>154</v>
       </c>
       <c r="R68" t="s">
-        <v>81</v>
+        <v>364</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>18</v>
       </c>
       <c r="B69" t="s">
-        <v>479</v>
+        <v>487</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>480</v>
+        <v>488</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>481</v>
+        <v>489</v>
       </c>
       <c r="H69" t="s">
-        <v>482</v>
+        <v>490</v>
       </c>
       <c r="I69" t="n">
         <v>0.0</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>483</v>
+        <v>491</v>
       </c>
       <c r="L69" t="s">
-        <v>484</v>
+        <v>492</v>
       </c>
       <c r="M69" t="s">
         <v>20</v>
       </c>
       <c r="N69" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="O69" t="s">
-        <v>485</v>
+        <v>39</v>
       </c>
       <c r="P69" t="s">
-        <v>486</v>
+        <v>40</v>
       </c>
       <c r="Q69" t="s">
-        <v>487</v>
+        <v>41</v>
       </c>
       <c r="R69" t="s">
-        <v>488</v>
+        <v>42</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>18</v>
       </c>
       <c r="B70" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="H70" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="I70" t="n">
         <v>0.0</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="L70" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="M70" t="s">
         <v>20</v>
       </c>
       <c r="N70" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="O70" t="s">
-        <v>125</v>
+        <v>76</v>
       </c>
       <c r="P70" t="s">
-        <v>126</v>
+        <v>77</v>
       </c>
       <c r="Q70" t="s">
-        <v>127</v>
+        <v>78</v>
       </c>
       <c r="R70" t="s">
-        <v>128</v>
+        <v>79</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>18</v>
       </c>
       <c r="B71" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="H71" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="I71" t="n">
         <v>0.0</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="L71" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="M71" t="s">
         <v>20</v>
       </c>
       <c r="N71" t="s">
-        <v>162</v>
+        <v>506</v>
       </c>
       <c r="O71" t="s">
-        <v>45</v>
+        <v>109</v>
       </c>
       <c r="P71" t="s">
-        <v>46</v>
+        <v>110</v>
       </c>
       <c r="Q71" t="s">
-        <v>47</v>
+        <v>111</v>
       </c>
       <c r="R71" t="s">
-        <v>48</v>
+        <v>112</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>18</v>
       </c>
       <c r="B72" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="H72" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="I72" t="n">
         <v>0.0</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="L72" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="M72" t="s">
         <v>20</v>
       </c>
       <c r="N72" t="s">
-        <v>184</v>
+        <v>75</v>
       </c>
       <c r="O72" t="s">
-        <v>281</v>
+        <v>513</v>
       </c>
       <c r="P72" t="s">
-        <v>96</v>
+        <v>514</v>
       </c>
       <c r="Q72" t="s">
-        <v>282</v>
+        <v>515</v>
       </c>
       <c r="R72" t="s">
-        <v>283</v>
+        <v>516</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>18</v>
       </c>
       <c r="B73" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>509</v>
+        <v>518</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>510</v>
+        <v>519</v>
       </c>
       <c r="H73" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
       <c r="I73" t="n">
         <v>0.0</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
-        <v>512</v>
+        <v>521</v>
       </c>
       <c r="L73" t="s">
-        <v>513</v>
+        <v>522</v>
       </c>
       <c r="M73" t="s">
         <v>20</v>
       </c>
       <c r="N73" t="s">
-        <v>514</v>
+        <v>125</v>
       </c>
       <c r="O73" t="s">
-        <v>515</v>
+        <v>152</v>
       </c>
       <c r="P73" t="s">
-        <v>516</v>
+        <v>153</v>
       </c>
       <c r="Q73" t="s">
-        <v>176</v>
+        <v>154</v>
       </c>
       <c r="R73" t="s">
-        <v>517</v>
+        <v>155</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>18</v>
       </c>
       <c r="B74" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="H74" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="I74" t="n">
         <v>0.0</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="L74" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="M74" t="s">
         <v>20</v>
       </c>
       <c r="N74" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="O74" t="s">
+        <v>76</v>
+      </c>
+      <c r="P74" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q74" t="s">
         <v>78</v>
       </c>
-      <c r="P74" t="s">
+      <c r="R74" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>18</v>
       </c>
       <c r="B75" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="H75" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="I75" t="n">
         <v>0.0</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="L75" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="M75" t="s">
         <v>20</v>
       </c>
       <c r="N75" t="s">
-        <v>530</v>
+        <v>38</v>
       </c>
       <c r="O75" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="P75" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="Q75" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="R75" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>18</v>
       </c>
       <c r="B76" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="H76" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="I76" t="n">
         <v>0.0</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="L76" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="M76" t="s">
         <v>20</v>
       </c>
       <c r="N76" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="O76" t="s">
-        <v>28</v>
+        <v>542</v>
       </c>
       <c r="P76" t="s">
-        <v>29</v>
+        <v>543</v>
       </c>
       <c r="Q76" t="s">
-        <v>30</v>
+        <v>432</v>
       </c>
       <c r="R76" t="s">
-        <v>31</v>
+        <v>544</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>18</v>
       </c>
       <c r="B77" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>540</v>
+        <v>547</v>
       </c>
       <c r="H77" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="I77" t="n">
         <v>0.0</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="L77" t="s">
-        <v>543</v>
+        <v>550</v>
       </c>
       <c r="M77" t="s">
         <v>20</v>
       </c>
       <c r="N77" t="s">
-        <v>537</v>
+        <v>211</v>
       </c>
       <c r="O77" t="s">
-        <v>45</v>
+        <v>109</v>
       </c>
       <c r="P77" t="s">
-        <v>46</v>
+        <v>110</v>
       </c>
       <c r="Q77" t="s">
-        <v>47</v>
+        <v>111</v>
       </c>
       <c r="R77" t="s">
-        <v>48</v>
+        <v>112</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>18</v>
       </c>
       <c r="B78" t="s">
-        <v>544</v>
+        <v>551</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
       <c r="H78" t="s">
-        <v>547</v>
+        <v>554</v>
       </c>
       <c r="I78" t="n">
         <v>0.0</v>
       </c>
       <c r="J78" t="s">
         <v>24</v>
       </c>
       <c r="K78" t="s">
-        <v>548</v>
+        <v>555</v>
       </c>
       <c r="L78" t="s">
-        <v>549</v>
+        <v>556</v>
       </c>
       <c r="M78" t="s">
         <v>20</v>
       </c>
       <c r="N78" t="s">
-        <v>550</v>
+        <v>557</v>
       </c>
       <c r="O78" t="s">
-        <v>28</v>
+        <v>76</v>
       </c>
       <c r="P78" t="s">
-        <v>29</v>
+        <v>77</v>
       </c>
       <c r="Q78" t="s">
-        <v>30</v>
+        <v>78</v>
       </c>
       <c r="R78" t="s">
-        <v>31</v>
+        <v>79</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>18</v>
       </c>
       <c r="B79" t="s">
-        <v>551</v>
+        <v>558</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>552</v>
+        <v>559</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>553</v>
+        <v>560</v>
       </c>
       <c r="H79" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="I79" t="n">
         <v>0.0</v>
       </c>
       <c r="J79" t="s">
         <v>24</v>
       </c>
       <c r="K79" t="s">
-        <v>555</v>
+        <v>562</v>
       </c>
       <c r="L79" t="s">
-        <v>556</v>
+        <v>563</v>
       </c>
       <c r="M79" t="s">
         <v>20</v>
       </c>
       <c r="N79" t="s">
-        <v>458</v>
+        <v>564</v>
       </c>
       <c r="O79" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="P79" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="Q79" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="R79" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>18</v>
       </c>
       <c r="B80" t="s">
-        <v>557</v>
+        <v>565</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>558</v>
+        <v>566</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>559</v>
+        <v>567</v>
       </c>
       <c r="H80" t="s">
-        <v>560</v>
+        <v>568</v>
       </c>
       <c r="I80" t="n">
         <v>0.0</v>
       </c>
       <c r="J80" t="s">
         <v>24</v>
       </c>
       <c r="K80" t="s">
-        <v>561</v>
+        <v>569</v>
       </c>
       <c r="L80" t="s">
-        <v>562</v>
+        <v>570</v>
       </c>
       <c r="M80" t="s">
         <v>20</v>
       </c>
       <c r="N80" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="O80" t="s">
+        <v>76</v>
+      </c>
+      <c r="P80" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q80" t="s">
         <v>78</v>
       </c>
-      <c r="P80" t="s">
+      <c r="R80" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>18</v>
       </c>
       <c r="B81" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>566</v>
+        <v>573</v>
       </c>
       <c r="H81" t="s">
-        <v>567</v>
+        <v>574</v>
       </c>
       <c r="I81" t="n">
         <v>0.0</v>
       </c>
       <c r="J81" t="s">
         <v>24</v>
       </c>
       <c r="K81" t="s">
-        <v>568</v>
+        <v>575</v>
       </c>
       <c r="L81" t="s">
-        <v>569</v>
+        <v>576</v>
       </c>
       <c r="M81" t="s">
         <v>20</v>
       </c>
       <c r="N81" t="s">
-        <v>570</v>
+        <v>577</v>
       </c>
       <c r="O81" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="P81" t="s">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="Q81" t="s">
-        <v>30</v>
+        <v>61</v>
       </c>
       <c r="R81" t="s">
-        <v>31</v>
+        <v>62</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>18</v>
       </c>
       <c r="B82" t="s">
-        <v>571</v>
+        <v>578</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>573</v>
+        <v>580</v>
       </c>
       <c r="H82" t="s">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="I82" t="n">
         <v>0.0</v>
       </c>
       <c r="J82" t="s">
-        <v>575</v>
+        <v>24</v>
       </c>
       <c r="K82" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="L82" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="M82" t="s">
         <v>20</v>
       </c>
       <c r="N82" t="s">
-        <v>578</v>
+        <v>75</v>
       </c>
       <c r="O82" t="s">
-        <v>579</v>
+        <v>109</v>
       </c>
       <c r="P82" t="s">
-        <v>580</v>
+        <v>110</v>
       </c>
       <c r="Q82" t="s">
-        <v>581</v>
+        <v>111</v>
       </c>
       <c r="R82" t="s">
-        <v>582</v>
+        <v>112</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>18</v>
       </c>
       <c r="B83" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="H83" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="I83" t="n">
         <v>0.0</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="L83" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="M83" t="s">
         <v>20</v>
       </c>
       <c r="N83" t="s">
-        <v>445</v>
+        <v>162</v>
       </c>
       <c r="O83" t="s">
-        <v>589</v>
+        <v>59</v>
       </c>
       <c r="P83" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="Q83" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="R83" t="s">
-        <v>590</v>
+        <v>62</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>18</v>
       </c>
       <c r="B84" t="s">
+        <v>590</v>
+      </c>
+      <c r="C84" t="s">
+        <v>20</v>
+      </c>
+      <c r="D84" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" t="s">
         <v>591</v>
       </c>
-      <c r="C84" t="s">
-[...5 lines deleted...]
-      <c r="E84" t="s">
+      <c r="F84" t="s">
+        <v>20</v>
+      </c>
+      <c r="G84" t="s">
         <v>592</v>
       </c>
-      <c r="F84" t="s">
-[...2 lines deleted...]
-      <c r="G84" t="s">
+      <c r="H84" t="s">
         <v>593</v>
-      </c>
-[...1 lines deleted...]
-        <v>594</v>
       </c>
       <c r="I84" t="n">
         <v>0.0</v>
       </c>
       <c r="J84" t="s">
-        <v>24</v>
+        <v>594</v>
       </c>
       <c r="K84" t="s">
         <v>595</v>
       </c>
       <c r="L84" t="s">
         <v>596</v>
       </c>
       <c r="M84" t="s">
         <v>20</v>
       </c>
       <c r="N84" t="s">
+        <v>125</v>
+      </c>
+      <c r="O84" t="s">
         <v>597</v>
       </c>
-      <c r="O84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P84" t="s">
-        <v>79</v>
+        <v>598</v>
       </c>
       <c r="Q84" t="s">
-        <v>80</v>
+        <v>599</v>
       </c>
       <c r="R84" t="s">
-        <v>81</v>
+        <v>600</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>18</v>
       </c>
       <c r="B85" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="H85" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="I85" t="n">
         <v>0.0</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="L85" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="M85" t="s">
         <v>20</v>
       </c>
       <c r="N85" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="O85" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="P85" t="s">
-        <v>606</v>
+        <v>77</v>
       </c>
       <c r="Q85" t="s">
-        <v>607</v>
+        <v>78</v>
       </c>
       <c r="R85" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>18</v>
       </c>
       <c r="B86" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="H86" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="I86" t="n">
         <v>0.0</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="L86" t="s">
-        <v>220</v>
+        <v>615</v>
       </c>
       <c r="M86" t="s">
         <v>20</v>
       </c>
       <c r="N86" t="s">
-        <v>162</v>
+        <v>616</v>
       </c>
       <c r="O86" t="s">
-        <v>45</v>
+        <v>109</v>
       </c>
       <c r="P86" t="s">
-        <v>46</v>
+        <v>110</v>
       </c>
       <c r="Q86" t="s">
-        <v>47</v>
+        <v>111</v>
       </c>
       <c r="R86" t="s">
-        <v>48</v>
+        <v>112</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>18</v>
       </c>
       <c r="B87" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="H87" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="I87" t="n">
         <v>0.0</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="L87" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="M87" t="s">
         <v>20</v>
       </c>
       <c r="N87" t="s">
-        <v>162</v>
+        <v>132</v>
       </c>
       <c r="O87" t="s">
-        <v>174</v>
+        <v>623</v>
       </c>
       <c r="P87" t="s">
-        <v>175</v>
+        <v>624</v>
       </c>
       <c r="Q87" t="s">
-        <v>176</v>
+        <v>625</v>
       </c>
       <c r="R87" t="s">
-        <v>177</v>
+        <v>626</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>18</v>
       </c>
       <c r="B88" t="s">
-        <v>620</v>
+        <v>627</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88" t="s">
-        <v>621</v>
+        <v>628</v>
       </c>
       <c r="F88" t="s">
         <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="H88" t="s">
-        <v>623</v>
+        <v>630</v>
       </c>
       <c r="I88" t="n">
         <v>0.0</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
-        <v>624</v>
+        <v>631</v>
       </c>
       <c r="L88" t="s">
-        <v>625</v>
+        <v>247</v>
       </c>
       <c r="M88" t="s">
         <v>20</v>
       </c>
       <c r="N88" t="s">
-        <v>445</v>
+        <v>189</v>
       </c>
       <c r="O88" t="s">
-        <v>45</v>
+        <v>76</v>
       </c>
       <c r="P88" t="s">
-        <v>46</v>
+        <v>77</v>
       </c>
       <c r="Q88" t="s">
-        <v>47</v>
+        <v>78</v>
       </c>
       <c r="R88" t="s">
-        <v>48</v>
+        <v>79</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>18</v>
       </c>
       <c r="B89" t="s">
-        <v>626</v>
+        <v>632</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
         <v>20</v>
       </c>
       <c r="E89" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="H89" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="I89" t="n">
         <v>0.0</v>
       </c>
       <c r="J89" t="s">
         <v>24</v>
       </c>
       <c r="K89" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
       <c r="L89" t="s">
-        <v>631</v>
+        <v>637</v>
       </c>
       <c r="M89" t="s">
         <v>20</v>
       </c>
       <c r="N89" t="s">
-        <v>458</v>
+        <v>189</v>
       </c>
       <c r="O89" t="s">
-        <v>28</v>
+        <v>430</v>
       </c>
       <c r="P89" t="s">
-        <v>29</v>
+        <v>431</v>
       </c>
       <c r="Q89" t="s">
-        <v>30</v>
+        <v>432</v>
       </c>
       <c r="R89" t="s">
-        <v>31</v>
+        <v>433</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>18</v>
       </c>
       <c r="B90" t="s">
-        <v>632</v>
+        <v>638</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
       <c r="F90" t="s">
         <v>20</v>
       </c>
       <c r="G90" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
       <c r="H90" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
       <c r="I90" t="n">
         <v>0.0</v>
       </c>
       <c r="J90" t="s">
         <v>24</v>
       </c>
       <c r="K90" t="s">
-        <v>636</v>
+        <v>642</v>
       </c>
       <c r="L90" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
       <c r="M90" t="s">
         <v>20</v>
       </c>
       <c r="N90" t="s">
-        <v>118</v>
+        <v>644</v>
       </c>
       <c r="O90" t="s">
-        <v>45</v>
+        <v>76</v>
       </c>
       <c r="P90" t="s">
-        <v>46</v>
+        <v>77</v>
       </c>
       <c r="Q90" t="s">
-        <v>47</v>
+        <v>78</v>
       </c>
       <c r="R90" t="s">
-        <v>48</v>
+        <v>79</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>18</v>
       </c>
       <c r="B91" t="s">
-        <v>638</v>
+        <v>645</v>
       </c>
       <c r="C91" t="s">
         <v>20</v>
       </c>
       <c r="D91" t="s">
         <v>20</v>
       </c>
       <c r="E91" t="s">
-        <v>639</v>
+        <v>646</v>
       </c>
       <c r="F91" t="s">
         <v>20</v>
       </c>
       <c r="G91" t="s">
-        <v>640</v>
+        <v>647</v>
       </c>
       <c r="H91" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="I91" t="n">
         <v>0.0</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91" t="s">
-        <v>642</v>
+        <v>649</v>
       </c>
       <c r="L91" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="M91" t="s">
         <v>20</v>
       </c>
       <c r="N91" t="s">
-        <v>563</v>
+        <v>607</v>
       </c>
       <c r="O91" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="P91" t="s">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="Q91" t="s">
-        <v>30</v>
+        <v>61</v>
       </c>
       <c r="R91" t="s">
-        <v>31</v>
+        <v>62</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>18</v>
       </c>
       <c r="B92" t="s">
-        <v>644</v>
+        <v>651</v>
       </c>
       <c r="C92" t="s">
         <v>20</v>
       </c>
       <c r="D92" t="s">
         <v>20</v>
       </c>
       <c r="E92" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="F92" t="s">
         <v>20</v>
       </c>
       <c r="G92" t="s">
-        <v>646</v>
+        <v>653</v>
       </c>
       <c r="H92" t="s">
-        <v>647</v>
+        <v>654</v>
       </c>
       <c r="I92" t="n">
         <v>0.0</v>
       </c>
       <c r="J92" t="s">
         <v>24</v>
       </c>
       <c r="K92" t="s">
-        <v>648</v>
+        <v>655</v>
       </c>
       <c r="L92" t="s">
-        <v>54</v>
+        <v>656</v>
       </c>
       <c r="M92" t="s">
         <v>20</v>
       </c>
       <c r="N92" t="s">
-        <v>649</v>
+        <v>145</v>
       </c>
       <c r="O92" t="s">
+        <v>76</v>
+      </c>
+      <c r="P92" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q92" t="s">
         <v>78</v>
       </c>
-      <c r="P92" t="s">
+      <c r="R92" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>18</v>
       </c>
       <c r="B93" t="s">
-        <v>650</v>
+        <v>657</v>
       </c>
       <c r="C93" t="s">
         <v>20</v>
       </c>
       <c r="D93" t="s">
         <v>20</v>
       </c>
       <c r="E93" t="s">
-        <v>651</v>
+        <v>658</v>
       </c>
       <c r="F93" t="s">
         <v>20</v>
       </c>
       <c r="G93" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
       <c r="H93" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="I93" t="n">
         <v>0.0</v>
       </c>
       <c r="J93" t="s">
         <v>24</v>
       </c>
       <c r="K93" t="s">
-        <v>654</v>
+        <v>661</v>
       </c>
       <c r="L93" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
       <c r="M93" t="s">
         <v>20</v>
       </c>
       <c r="N93" t="s">
-        <v>563</v>
+        <v>75</v>
       </c>
       <c r="O93" t="s">
-        <v>78</v>
+        <v>59</v>
       </c>
       <c r="P93" t="s">
-        <v>79</v>
+        <v>60</v>
       </c>
       <c r="Q93" t="s">
-        <v>80</v>
+        <v>61</v>
       </c>
       <c r="R93" t="s">
-        <v>81</v>
+        <v>62</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>18</v>
       </c>
       <c r="B94" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
       <c r="C94" t="s">
         <v>20</v>
       </c>
       <c r="D94" t="s">
         <v>20</v>
       </c>
       <c r="E94" t="s">
-        <v>657</v>
+        <v>664</v>
       </c>
       <c r="F94" t="s">
         <v>20</v>
       </c>
       <c r="G94" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="H94" t="s">
-        <v>659</v>
+        <v>666</v>
       </c>
       <c r="I94" t="n">
         <v>0.0</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
       <c r="L94" t="s">
-        <v>661</v>
+        <v>85</v>
       </c>
       <c r="M94" t="s">
         <v>20</v>
       </c>
       <c r="N94" t="s">
-        <v>662</v>
+        <v>607</v>
       </c>
       <c r="O94" t="s">
-        <v>328</v>
+        <v>109</v>
       </c>
       <c r="P94" t="s">
-        <v>329</v>
+        <v>110</v>
       </c>
       <c r="Q94" t="s">
-        <v>330</v>
+        <v>111</v>
       </c>
       <c r="R94" t="s">
-        <v>331</v>
+        <v>112</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>18</v>
       </c>
       <c r="B95" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95" t="s">
-        <v>657</v>
+        <v>669</v>
       </c>
       <c r="F95" t="s">
         <v>20</v>
       </c>
       <c r="G95" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="H95" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
       <c r="I95" t="n">
         <v>0.0</v>
       </c>
       <c r="J95" t="s">
         <v>24</v>
       </c>
       <c r="K95" t="s">
-        <v>666</v>
+        <v>672</v>
       </c>
       <c r="L95" t="s">
-        <v>667</v>
+        <v>673</v>
       </c>
       <c r="M95" t="s">
         <v>20</v>
       </c>
       <c r="N95" t="s">
-        <v>668</v>
+        <v>58</v>
       </c>
       <c r="O95" t="s">
-        <v>605</v>
+        <v>109</v>
       </c>
       <c r="P95" t="s">
-        <v>606</v>
+        <v>110</v>
       </c>
       <c r="Q95" t="s">
-        <v>607</v>
+        <v>111</v>
       </c>
       <c r="R95" t="s">
-        <v>608</v>
+        <v>112</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>18</v>
       </c>
       <c r="B96" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="C96" t="s">
         <v>20</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
       <c r="F96" t="s">
         <v>20</v>
       </c>
       <c r="G96" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="H96" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
       <c r="I96" t="n">
         <v>0.0</v>
       </c>
       <c r="J96" t="s">
         <v>24</v>
       </c>
       <c r="K96" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
       <c r="L96" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
       <c r="M96" t="s">
         <v>20</v>
       </c>
       <c r="N96" t="s">
-        <v>675</v>
+        <v>499</v>
       </c>
       <c r="O96" t="s">
-        <v>78</v>
+        <v>352</v>
       </c>
       <c r="P96" t="s">
-        <v>79</v>
+        <v>353</v>
       </c>
       <c r="Q96" t="s">
-        <v>80</v>
+        <v>354</v>
       </c>
       <c r="R96" t="s">
-        <v>81</v>
+        <v>355</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>18</v>
       </c>
       <c r="B97" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" t="s">
         <v>20</v>
       </c>
       <c r="E97" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="F97" t="s">
         <v>20</v>
       </c>
       <c r="G97" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="H97" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="I97" t="n">
         <v>0.0</v>
       </c>
       <c r="J97" t="s">
         <v>24</v>
       </c>
       <c r="K97" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="L97" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="M97" t="s">
         <v>20</v>
       </c>
       <c r="N97" t="s">
-        <v>445</v>
+        <v>685</v>
       </c>
       <c r="O97" t="s">
-        <v>78</v>
+        <v>623</v>
       </c>
       <c r="P97" t="s">
-        <v>79</v>
+        <v>624</v>
       </c>
       <c r="Q97" t="s">
-        <v>80</v>
+        <v>625</v>
       </c>
       <c r="R97" t="s">
-        <v>81</v>
+        <v>626</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>18</v>
       </c>
       <c r="B98" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="C98" t="s">
         <v>20</v>
       </c>
       <c r="D98" t="s">
         <v>20</v>
       </c>
       <c r="E98" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="F98" t="s">
         <v>20</v>
       </c>
       <c r="G98" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="H98" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="I98" t="n">
         <v>0.0</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="L98" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="M98" t="s">
         <v>20</v>
       </c>
       <c r="N98" t="s">
-        <v>662</v>
+        <v>692</v>
       </c>
       <c r="O98" t="s">
-        <v>45</v>
+        <v>109</v>
       </c>
       <c r="P98" t="s">
-        <v>46</v>
+        <v>110</v>
       </c>
       <c r="Q98" t="s">
-        <v>47</v>
+        <v>111</v>
       </c>
       <c r="R98" t="s">
-        <v>48</v>
+        <v>112</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>18</v>
       </c>
       <c r="B99" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
       <c r="C99" t="s">
         <v>20</v>
       </c>
       <c r="D99" t="s">
         <v>20</v>
       </c>
       <c r="E99" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
       <c r="F99" t="s">
         <v>20</v>
       </c>
       <c r="G99" t="s">
-        <v>690</v>
+        <v>695</v>
       </c>
       <c r="H99" t="s">
-        <v>691</v>
+        <v>696</v>
       </c>
       <c r="I99" t="n">
         <v>0.0</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
       <c r="L99" t="s">
-        <v>693</v>
+        <v>698</v>
       </c>
       <c r="M99" t="s">
         <v>20</v>
       </c>
       <c r="N99" t="s">
-        <v>193</v>
+        <v>644</v>
       </c>
       <c r="O99" t="s">
-        <v>78</v>
+        <v>109</v>
       </c>
       <c r="P99" t="s">
-        <v>79</v>
+        <v>110</v>
       </c>
       <c r="Q99" t="s">
-        <v>80</v>
+        <v>111</v>
       </c>
       <c r="R99" t="s">
-        <v>81</v>
+        <v>112</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>18</v>
       </c>
       <c r="B100" t="s">
-        <v>694</v>
+        <v>699</v>
       </c>
       <c r="C100" t="s">
         <v>20</v>
       </c>
       <c r="D100" t="s">
         <v>20</v>
       </c>
       <c r="E100" t="s">
-        <v>695</v>
+        <v>700</v>
       </c>
       <c r="F100" t="s">
         <v>20</v>
       </c>
       <c r="G100" t="s">
-        <v>696</v>
+        <v>701</v>
       </c>
       <c r="H100" t="s">
-        <v>697</v>
+        <v>702</v>
       </c>
       <c r="I100" t="n">
         <v>0.0</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
-        <v>698</v>
+        <v>703</v>
       </c>
       <c r="L100" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
       <c r="M100" t="s">
         <v>20</v>
       </c>
       <c r="N100" t="s">
-        <v>412</v>
+        <v>499</v>
       </c>
       <c r="O100" t="s">
-        <v>700</v>
+        <v>76</v>
       </c>
       <c r="P100" t="s">
-        <v>701</v>
+        <v>77</v>
       </c>
       <c r="Q100" t="s">
-        <v>702</v>
+        <v>78</v>
       </c>
       <c r="R100" t="s">
-        <v>703</v>
+        <v>79</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>18</v>
       </c>
       <c r="B101" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C101" t="s">
         <v>20</v>
       </c>
       <c r="D101" t="s">
         <v>20</v>
       </c>
       <c r="E101" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="F101" t="s">
         <v>20</v>
       </c>
       <c r="G101" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="H101" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="I101" t="n">
         <v>0.0</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="L101" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="M101" t="s">
         <v>20</v>
       </c>
       <c r="N101" t="s">
-        <v>710</v>
+        <v>220</v>
       </c>
       <c r="O101" t="s">
-        <v>338</v>
+        <v>109</v>
       </c>
       <c r="P101" t="s">
-        <v>339</v>
+        <v>110</v>
       </c>
       <c r="Q101" t="s">
-        <v>127</v>
+        <v>111</v>
       </c>
       <c r="R101" t="s">
-        <v>340</v>
+        <v>112</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>18</v>
       </c>
       <c r="B102" t="s">
         <v>711</v>
       </c>
       <c r="C102" t="s">
         <v>20</v>
       </c>
       <c r="D102" t="s">
         <v>20</v>
       </c>
       <c r="E102" t="s">
         <v>712</v>
       </c>
       <c r="F102" t="s">
         <v>20</v>
       </c>
       <c r="G102" t="s">
         <v>713</v>
       </c>
       <c r="H102" t="s">
         <v>714</v>
       </c>
       <c r="I102" t="n">
         <v>0.0</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
         <v>715</v>
       </c>
       <c r="L102" t="s">
         <v>716</v>
       </c>
       <c r="M102" t="s">
         <v>20</v>
       </c>
       <c r="N102" t="s">
-        <v>458</v>
+        <v>440</v>
       </c>
       <c r="O102" t="s">
-        <v>28</v>
+        <v>597</v>
       </c>
       <c r="P102" t="s">
-        <v>29</v>
+        <v>598</v>
       </c>
       <c r="Q102" t="s">
-        <v>30</v>
+        <v>599</v>
       </c>
       <c r="R102" t="s">
-        <v>31</v>
+        <v>600</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>18</v>
       </c>
       <c r="B103" t="s">
         <v>717</v>
       </c>
       <c r="C103" t="s">
         <v>20</v>
       </c>
       <c r="D103" t="s">
         <v>20</v>
       </c>
       <c r="E103" t="s">
         <v>718</v>
       </c>
       <c r="F103" t="s">
         <v>20</v>
       </c>
       <c r="G103" t="s">
         <v>719</v>
       </c>
       <c r="H103" t="s">
         <v>720</v>
       </c>
       <c r="I103" t="n">
         <v>0.0</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
         <v>721</v>
       </c>
       <c r="L103" t="s">
         <v>722</v>
       </c>
       <c r="M103" t="s">
         <v>20</v>
       </c>
       <c r="N103" t="s">
-        <v>723</v>
+        <v>607</v>
       </c>
       <c r="O103" t="s">
-        <v>95</v>
+        <v>362</v>
       </c>
       <c r="P103" t="s">
-        <v>96</v>
+        <v>363</v>
       </c>
       <c r="Q103" t="s">
-        <v>97</v>
+        <v>154</v>
       </c>
       <c r="R103" t="s">
-        <v>98</v>
+        <v>364</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>18</v>
       </c>
       <c r="B104" t="s">
+        <v>723</v>
+      </c>
+      <c r="C104" t="s">
+        <v>20</v>
+      </c>
+      <c r="D104" t="s">
+        <v>20</v>
+      </c>
+      <c r="E104" t="s">
         <v>724</v>
       </c>
-      <c r="C104" t="s">
-[...5 lines deleted...]
-      <c r="E104" t="s">
+      <c r="F104" t="s">
+        <v>20</v>
+      </c>
+      <c r="G104" t="s">
         <v>725</v>
       </c>
-      <c r="F104" t="s">
-[...2 lines deleted...]
-      <c r="G104" t="s">
+      <c r="H104" t="s">
         <v>726</v>
-      </c>
-[...1 lines deleted...]
-        <v>727</v>
       </c>
       <c r="I104" t="n">
         <v>0.0</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
+        <v>727</v>
+      </c>
+      <c r="L104" t="s">
         <v>728</v>
       </c>
-      <c r="L104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M104" t="s">
         <v>20</v>
       </c>
       <c r="N104" t="s">
-        <v>280</v>
+        <v>486</v>
       </c>
       <c r="O104" t="s">
-        <v>125</v>
+        <v>59</v>
       </c>
       <c r="P104" t="s">
-        <v>126</v>
+        <v>60</v>
       </c>
       <c r="Q104" t="s">
-        <v>127</v>
+        <v>61</v>
       </c>
       <c r="R104" t="s">
-        <v>128</v>
+        <v>62</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>18</v>
       </c>
       <c r="B105" t="s">
+        <v>729</v>
+      </c>
+      <c r="C105" t="s">
+        <v>20</v>
+      </c>
+      <c r="D105" t="s">
+        <v>20</v>
+      </c>
+      <c r="E105" t="s">
         <v>730</v>
       </c>
-      <c r="C105" t="s">
-[...5 lines deleted...]
-      <c r="E105" t="s">
+      <c r="F105" t="s">
+        <v>20</v>
+      </c>
+      <c r="G105" t="s">
         <v>731</v>
       </c>
-      <c r="F105" t="s">
-[...2 lines deleted...]
-      <c r="G105" t="s">
+      <c r="H105" t="s">
         <v>732</v>
-      </c>
-[...1 lines deleted...]
-        <v>733</v>
       </c>
       <c r="I105" t="n">
         <v>0.0</v>
       </c>
       <c r="J105" t="s">
         <v>24</v>
       </c>
       <c r="K105" t="s">
+        <v>733</v>
+      </c>
+      <c r="L105" t="s">
         <v>734</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="M105" t="s">
         <v>20</v>
       </c>
       <c r="N105" t="s">
         <v>735</v>
       </c>
       <c r="O105" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="P105" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="Q105" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="R105" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>18</v>
       </c>
       <c r="B106" t="s">
         <v>736</v>
       </c>
       <c r="C106" t="s">
         <v>20</v>
       </c>
       <c r="D106" t="s">
         <v>20</v>
       </c>
       <c r="E106" t="s">
         <v>737</v>
       </c>
       <c r="F106" t="s">
         <v>20</v>
       </c>
       <c r="G106" t="s">
         <v>738</v>
       </c>
       <c r="H106" t="s">
         <v>739</v>
       </c>
       <c r="I106" t="n">
         <v>0.0</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
         <v>740</v>
       </c>
       <c r="L106" t="s">
         <v>741</v>
       </c>
       <c r="M106" t="s">
         <v>20</v>
       </c>
       <c r="N106" t="s">
-        <v>742</v>
+        <v>324</v>
       </c>
       <c r="O106" t="s">
-        <v>28</v>
+        <v>152</v>
       </c>
       <c r="P106" t="s">
-        <v>29</v>
+        <v>153</v>
       </c>
       <c r="Q106" t="s">
-        <v>30</v>
+        <v>154</v>
       </c>
       <c r="R106" t="s">
-        <v>31</v>
+        <v>155</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>18</v>
       </c>
       <c r="B107" t="s">
+        <v>742</v>
+      </c>
+      <c r="C107" t="s">
+        <v>20</v>
+      </c>
+      <c r="D107" t="s">
+        <v>20</v>
+      </c>
+      <c r="E107" t="s">
         <v>743</v>
       </c>
-      <c r="C107" t="s">
-[...5 lines deleted...]
-      <c r="E107" t="s">
+      <c r="F107" t="s">
+        <v>20</v>
+      </c>
+      <c r="G107" t="s">
         <v>744</v>
       </c>
-      <c r="F107" t="s">
-[...2 lines deleted...]
-      <c r="G107" t="s">
+      <c r="H107" t="s">
         <v>745</v>
-      </c>
-[...1 lines deleted...]
-        <v>746</v>
       </c>
       <c r="I107" t="n">
         <v>0.0</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
-        <v>747</v>
+        <v>746</v>
       </c>
       <c r="L107" t="s">
-        <v>748</v>
+        <v>108</v>
       </c>
       <c r="M107" t="s">
         <v>20</v>
       </c>
       <c r="N107" t="s">
-        <v>184</v>
+        <v>145</v>
       </c>
       <c r="O107" t="s">
-        <v>605</v>
+        <v>76</v>
       </c>
       <c r="P107" t="s">
-        <v>606</v>
+        <v>77</v>
       </c>
       <c r="Q107" t="s">
-        <v>607</v>
+        <v>78</v>
       </c>
       <c r="R107" t="s">
-        <v>608</v>
+        <v>79</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>18</v>
       </c>
       <c r="B108" t="s">
+        <v>747</v>
+      </c>
+      <c r="C108" t="s">
+        <v>20</v>
+      </c>
+      <c r="D108" t="s">
+        <v>20</v>
+      </c>
+      <c r="E108" t="s">
+        <v>748</v>
+      </c>
+      <c r="F108" t="s">
+        <v>20</v>
+      </c>
+      <c r="G108" t="s">
         <v>749</v>
       </c>
-      <c r="C108" t="s">
-[...5 lines deleted...]
-      <c r="E108" t="s">
+      <c r="H108" t="s">
         <v>750</v>
-      </c>
-[...7 lines deleted...]
-        <v>752</v>
       </c>
       <c r="I108" t="n">
         <v>0.0</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
-        <v>753</v>
+        <v>751</v>
       </c>
       <c r="L108" t="s">
-        <v>754</v>
+        <v>752</v>
       </c>
       <c r="M108" t="s">
         <v>20</v>
       </c>
       <c r="N108" t="s">
-        <v>668</v>
+        <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="P108" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="Q108" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="R108" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>18</v>
       </c>
       <c r="B109" t="s">
+        <v>753</v>
+      </c>
+      <c r="C109" t="s">
+        <v>20</v>
+      </c>
+      <c r="D109" t="s">
+        <v>20</v>
+      </c>
+      <c r="E109" t="s">
+        <v>754</v>
+      </c>
+      <c r="F109" t="s">
+        <v>20</v>
+      </c>
+      <c r="G109" t="s">
         <v>755</v>
       </c>
-      <c r="C109" t="s">
-[...5 lines deleted...]
-      <c r="E109" t="s">
+      <c r="H109" t="s">
         <v>756</v>
-      </c>
-[...7 lines deleted...]
-        <v>758</v>
       </c>
       <c r="I109" t="n">
         <v>0.0</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
       <c r="L109" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
       <c r="M109" t="s">
         <v>20</v>
       </c>
       <c r="N109" t="s">
-        <v>761</v>
+        <v>211</v>
       </c>
       <c r="O109" t="s">
-        <v>28</v>
+        <v>623</v>
       </c>
       <c r="P109" t="s">
-        <v>29</v>
+        <v>624</v>
       </c>
       <c r="Q109" t="s">
-        <v>30</v>
+        <v>625</v>
       </c>
       <c r="R109" t="s">
-        <v>31</v>
+        <v>626</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>18</v>
       </c>
       <c r="B110" t="s">
+        <v>759</v>
+      </c>
+      <c r="C110" t="s">
+        <v>20</v>
+      </c>
+      <c r="D110" t="s">
+        <v>20</v>
+      </c>
+      <c r="E110" t="s">
+        <v>760</v>
+      </c>
+      <c r="F110" t="s">
+        <v>20</v>
+      </c>
+      <c r="G110" t="s">
+        <v>761</v>
+      </c>
+      <c r="H110" t="s">
         <v>762</v>
-      </c>
-[...16 lines deleted...]
-        <v>765</v>
       </c>
       <c r="I110" t="n">
         <v>0.0</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
-        <v>766</v>
+        <v>763</v>
       </c>
       <c r="L110" t="s">
-        <v>767</v>
+        <v>764</v>
       </c>
       <c r="M110" t="s">
         <v>20</v>
       </c>
       <c r="N110" t="s">
-        <v>675</v>
+        <v>685</v>
       </c>
       <c r="O110" t="s">
-        <v>45</v>
+        <v>76</v>
       </c>
       <c r="P110" t="s">
-        <v>46</v>
+        <v>77</v>
       </c>
       <c r="Q110" t="s">
-        <v>47</v>
+        <v>78</v>
       </c>
       <c r="R110" t="s">
-        <v>48</v>
+        <v>79</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>18</v>
       </c>
       <c r="B111" t="s">
+        <v>765</v>
+      </c>
+      <c r="C111" t="s">
+        <v>20</v>
+      </c>
+      <c r="D111" t="s">
+        <v>20</v>
+      </c>
+      <c r="E111" t="s">
+        <v>766</v>
+      </c>
+      <c r="F111" t="s">
+        <v>20</v>
+      </c>
+      <c r="G111" t="s">
+        <v>767</v>
+      </c>
+      <c r="H111" t="s">
         <v>768</v>
-      </c>
-[...16 lines deleted...]
-        <v>771</v>
       </c>
       <c r="I111" t="n">
         <v>0.0</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
-        <v>772</v>
+        <v>769</v>
       </c>
       <c r="L111" t="s">
-        <v>773</v>
+        <v>770</v>
       </c>
       <c r="M111" t="s">
         <v>20</v>
       </c>
       <c r="N111" t="s">
-        <v>723</v>
+        <v>771</v>
       </c>
       <c r="O111" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="P111" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="Q111" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="R111" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>18</v>
       </c>
       <c r="B112" t="s">
+        <v>772</v>
+      </c>
+      <c r="C112" t="s">
+        <v>20</v>
+      </c>
+      <c r="D112" t="s">
+        <v>20</v>
+      </c>
+      <c r="E112" t="s">
+        <v>773</v>
+      </c>
+      <c r="F112" t="s">
+        <v>20</v>
+      </c>
+      <c r="G112" t="s">
         <v>774</v>
       </c>
-      <c r="C112" t="s">
-[...5 lines deleted...]
-      <c r="E112" t="s">
+      <c r="H112" t="s">
         <v>775</v>
-      </c>
-[...7 lines deleted...]
-        <v>777</v>
       </c>
       <c r="I112" t="n">
         <v>0.0</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
+        <v>776</v>
+      </c>
+      <c r="L112" t="s">
+        <v>777</v>
+      </c>
+      <c r="M112" t="s">
+        <v>20</v>
+      </c>
+      <c r="N112" t="s">
+        <v>692</v>
+      </c>
+      <c r="O112" t="s">
+        <v>76</v>
+      </c>
+      <c r="P112" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>78</v>
+      </c>
+      <c r="R112" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>18</v>
+      </c>
+      <c r="B113" t="s">
         <v>778</v>
       </c>
-      <c r="L112" t="s">
+      <c r="C113" t="s">
+        <v>20</v>
+      </c>
+      <c r="D113" t="s">
+        <v>20</v>
+      </c>
+      <c r="E113" t="s">
         <v>779</v>
       </c>
-      <c r="M112" t="s">
-[...15 lines deleted...]
-        <v>48</v>
+      <c r="F113" t="s">
+        <v>20</v>
+      </c>
+      <c r="G113" t="s">
+        <v>780</v>
+      </c>
+      <c r="H113" t="s">
+        <v>781</v>
+      </c>
+      <c r="I113" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J113" t="s">
+        <v>24</v>
+      </c>
+      <c r="K113" t="s">
+        <v>782</v>
+      </c>
+      <c r="L113" t="s">
+        <v>783</v>
+      </c>
+      <c r="M113" t="s">
+        <v>20</v>
+      </c>
+      <c r="N113" t="s">
+        <v>735</v>
+      </c>
+      <c r="O113" t="s">
+        <v>784</v>
+      </c>
+      <c r="P113" t="s">
+        <v>785</v>
+      </c>
+      <c r="Q113" t="s">
+        <v>786</v>
+      </c>
+      <c r="R113" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>18</v>
+      </c>
+      <c r="B114" t="s">
+        <v>788</v>
+      </c>
+      <c r="C114" t="s">
+        <v>20</v>
+      </c>
+      <c r="D114" t="s">
+        <v>20</v>
+      </c>
+      <c r="E114" t="s">
+        <v>789</v>
+      </c>
+      <c r="F114" t="s">
+        <v>20</v>
+      </c>
+      <c r="G114" t="s">
+        <v>790</v>
+      </c>
+      <c r="H114" t="s">
+        <v>791</v>
+      </c>
+      <c r="I114" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J114" t="s">
+        <v>24</v>
+      </c>
+      <c r="K114" t="s">
+        <v>792</v>
+      </c>
+      <c r="L114" t="s">
+        <v>793</v>
+      </c>
+      <c r="M114" t="s">
+        <v>20</v>
+      </c>
+      <c r="N114" t="s">
+        <v>324</v>
+      </c>
+      <c r="O114" t="s">
+        <v>238</v>
+      </c>
+      <c r="P114" t="s">
+        <v>239</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>240</v>
+      </c>
+      <c r="R114" t="s">
+        <v>241</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P97"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>794</v>
+      </c>
+      <c r="J1" t="s">
+        <v>795</v>
+      </c>
+      <c r="K1" t="s">
+        <v>796</v>
+      </c>
+      <c r="L1" t="s">
+        <v>797</v>
+      </c>
+      <c r="M1" t="s">
+        <v>798</v>
+      </c>
+      <c r="N1" t="s">
+        <v>799</v>
+      </c>
+      <c r="O1" t="s">
+        <v>800</v>
+      </c>
+      <c r="P1" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>802</v>
+      </c>
+      <c r="B2" t="s">
+        <v>803</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>804</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>805</v>
+      </c>
+      <c r="H2" t="s">
+        <v>806</v>
+      </c>
+      <c r="I2" t="s">
+        <v>807</v>
+      </c>
+      <c r="J2" t="s">
+        <v>808</v>
+      </c>
+      <c r="K2" t="s">
+        <v>599</v>
+      </c>
+      <c r="L2" t="s">
+        <v>809</v>
+      </c>
+      <c r="M2" t="s">
+        <v>810</v>
+      </c>
+      <c r="N2" t="s">
+        <v>811</v>
+      </c>
+      <c r="O2" t="s">
+        <v>812</v>
+      </c>
+      <c r="P2" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>802</v>
+      </c>
+      <c r="B3" t="s">
+        <v>814</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>815</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>816</v>
+      </c>
+      <c r="H3" t="s">
+        <v>817</v>
+      </c>
+      <c r="I3" t="s">
+        <v>818</v>
+      </c>
+      <c r="J3" t="s">
+        <v>819</v>
+      </c>
+      <c r="K3" t="s">
+        <v>820</v>
+      </c>
+      <c r="L3" t="s">
+        <v>809</v>
+      </c>
+      <c r="M3" t="s">
+        <v>810</v>
+      </c>
+      <c r="N3" t="s">
+        <v>811</v>
+      </c>
+      <c r="O3" t="s">
+        <v>821</v>
+      </c>
+      <c r="P3" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>802</v>
+      </c>
+      <c r="B4" t="s">
+        <v>823</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>824</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>825</v>
+      </c>
+      <c r="H4" t="s">
+        <v>826</v>
+      </c>
+      <c r="I4" t="s">
+        <v>827</v>
+      </c>
+      <c r="J4" t="s">
+        <v>828</v>
+      </c>
+      <c r="K4" t="s">
+        <v>154</v>
+      </c>
+      <c r="L4" t="s">
+        <v>809</v>
+      </c>
+      <c r="M4" t="s">
+        <v>810</v>
+      </c>
+      <c r="N4" t="s">
+        <v>829</v>
+      </c>
+      <c r="O4" t="s">
+        <v>830</v>
+      </c>
+      <c r="P4" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>802</v>
+      </c>
+      <c r="B5" t="s">
+        <v>832</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>833</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>834</v>
+      </c>
+      <c r="H5" t="s">
+        <v>835</v>
+      </c>
+      <c r="I5" t="s">
+        <v>836</v>
+      </c>
+      <c r="J5" t="s">
+        <v>837</v>
+      </c>
+      <c r="K5" t="s">
+        <v>154</v>
+      </c>
+      <c r="L5" t="s">
+        <v>809</v>
+      </c>
+      <c r="M5" t="s">
+        <v>810</v>
+      </c>
+      <c r="N5" t="s">
+        <v>838</v>
+      </c>
+      <c r="O5" t="s">
+        <v>839</v>
+      </c>
+      <c r="P5" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>802</v>
+      </c>
+      <c r="B6" t="s">
+        <v>841</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>833</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>842</v>
+      </c>
+      <c r="H6" t="s">
+        <v>843</v>
+      </c>
+      <c r="I6" t="s">
+        <v>844</v>
+      </c>
+      <c r="J6" t="s">
+        <v>845</v>
+      </c>
+      <c r="K6" t="s">
+        <v>846</v>
+      </c>
+      <c r="L6" t="s">
+        <v>809</v>
+      </c>
+      <c r="M6" t="s">
+        <v>847</v>
+      </c>
+      <c r="N6" t="s">
+        <v>838</v>
+      </c>
+      <c r="O6" t="s">
+        <v>839</v>
+      </c>
+      <c r="P6" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>802</v>
+      </c>
+      <c r="B7" t="s">
+        <v>849</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>850</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>851</v>
+      </c>
+      <c r="H7" t="s">
+        <v>852</v>
+      </c>
+      <c r="I7" t="s">
+        <v>853</v>
+      </c>
+      <c r="J7" t="s">
+        <v>854</v>
+      </c>
+      <c r="K7" t="s">
+        <v>599</v>
+      </c>
+      <c r="L7" t="s">
+        <v>809</v>
+      </c>
+      <c r="M7" t="s">
+        <v>810</v>
+      </c>
+      <c r="N7" t="s">
+        <v>811</v>
+      </c>
+      <c r="O7" t="s">
+        <v>812</v>
+      </c>
+      <c r="P7" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>802</v>
+      </c>
+      <c r="B8" t="s">
+        <v>856</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>857</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>858</v>
+      </c>
+      <c r="H8" t="s">
+        <v>859</v>
+      </c>
+      <c r="I8" t="s">
+        <v>860</v>
+      </c>
+      <c r="J8" t="s">
+        <v>861</v>
+      </c>
+      <c r="K8" t="s">
+        <v>862</v>
+      </c>
+      <c r="L8" t="s">
+        <v>809</v>
+      </c>
+      <c r="M8" t="s">
+        <v>810</v>
+      </c>
+      <c r="N8" t="s">
+        <v>863</v>
+      </c>
+      <c r="O8" t="s">
+        <v>864</v>
+      </c>
+      <c r="P8" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>802</v>
+      </c>
+      <c r="B9" t="s">
+        <v>866</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>867</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>868</v>
+      </c>
+      <c r="H9" t="s">
+        <v>869</v>
+      </c>
+      <c r="I9" t="s">
+        <v>870</v>
+      </c>
+      <c r="J9" t="s">
+        <v>871</v>
+      </c>
+      <c r="K9" t="s">
+        <v>50</v>
+      </c>
+      <c r="L9" t="s">
+        <v>809</v>
+      </c>
+      <c r="M9" t="s">
+        <v>810</v>
+      </c>
+      <c r="N9" t="s">
+        <v>872</v>
+      </c>
+      <c r="O9" t="s">
+        <v>873</v>
+      </c>
+      <c r="P9" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>802</v>
+      </c>
+      <c r="B10" t="s">
+        <v>875</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>867</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>876</v>
+      </c>
+      <c r="H10" t="s">
+        <v>877</v>
+      </c>
+      <c r="I10" t="s">
+        <v>870</v>
+      </c>
+      <c r="J10" t="s">
+        <v>871</v>
+      </c>
+      <c r="K10" t="s">
+        <v>50</v>
+      </c>
+      <c r="L10" t="s">
+        <v>809</v>
+      </c>
+      <c r="M10" t="s">
+        <v>810</v>
+      </c>
+      <c r="N10" t="s">
+        <v>872</v>
+      </c>
+      <c r="O10" t="s">
+        <v>878</v>
+      </c>
+      <c r="P10" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>802</v>
+      </c>
+      <c r="B11" t="s">
+        <v>880</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>881</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>882</v>
+      </c>
+      <c r="H11" t="s">
+        <v>883</v>
+      </c>
+      <c r="I11" t="s">
+        <v>884</v>
+      </c>
+      <c r="J11" t="s">
+        <v>885</v>
+      </c>
+      <c r="K11" t="s">
+        <v>154</v>
+      </c>
+      <c r="L11" t="s">
+        <v>809</v>
+      </c>
+      <c r="M11" t="s">
+        <v>810</v>
+      </c>
+      <c r="N11" t="s">
+        <v>863</v>
+      </c>
+      <c r="O11" t="s">
+        <v>886</v>
+      </c>
+      <c r="P11" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>802</v>
+      </c>
+      <c r="B12" t="s">
+        <v>888</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>881</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>889</v>
+      </c>
+      <c r="H12" t="s">
+        <v>890</v>
+      </c>
+      <c r="I12" t="s">
+        <v>891</v>
+      </c>
+      <c r="J12" t="s">
+        <v>819</v>
+      </c>
+      <c r="K12" t="s">
+        <v>820</v>
+      </c>
+      <c r="L12" t="s">
+        <v>809</v>
+      </c>
+      <c r="M12" t="s">
+        <v>810</v>
+      </c>
+      <c r="N12" t="s">
+        <v>829</v>
+      </c>
+      <c r="O12" t="s">
+        <v>892</v>
+      </c>
+      <c r="P12" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>802</v>
+      </c>
+      <c r="B13" t="s">
+        <v>894</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>895</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>896</v>
+      </c>
+      <c r="H13" t="s">
+        <v>897</v>
+      </c>
+      <c r="I13" t="s">
+        <v>898</v>
+      </c>
+      <c r="J13" t="s">
+        <v>819</v>
+      </c>
+      <c r="K13" t="s">
+        <v>820</v>
+      </c>
+      <c r="L13" t="s">
+        <v>809</v>
+      </c>
+      <c r="M13" t="s">
+        <v>810</v>
+      </c>
+      <c r="N13" t="s">
+        <v>811</v>
+      </c>
+      <c r="O13" t="s">
+        <v>899</v>
+      </c>
+      <c r="P13" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>802</v>
+      </c>
+      <c r="B14" t="s">
+        <v>901</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>895</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>902</v>
+      </c>
+      <c r="H14" t="s">
+        <v>903</v>
+      </c>
+      <c r="I14" t="s">
+        <v>898</v>
+      </c>
+      <c r="J14" t="s">
+        <v>819</v>
+      </c>
+      <c r="K14" t="s">
+        <v>820</v>
+      </c>
+      <c r="L14" t="s">
+        <v>809</v>
+      </c>
+      <c r="M14" t="s">
+        <v>810</v>
+      </c>
+      <c r="N14" t="s">
+        <v>811</v>
+      </c>
+      <c r="O14" t="s">
+        <v>904</v>
+      </c>
+      <c r="P14" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>802</v>
+      </c>
+      <c r="B15" t="s">
+        <v>906</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>907</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>908</v>
+      </c>
+      <c r="H15" t="s">
+        <v>909</v>
+      </c>
+      <c r="I15" t="s">
+        <v>910</v>
+      </c>
+      <c r="J15" t="s">
+        <v>911</v>
+      </c>
+      <c r="K15" t="s">
+        <v>50</v>
+      </c>
+      <c r="L15" t="s">
+        <v>809</v>
+      </c>
+      <c r="M15" t="s">
+        <v>810</v>
+      </c>
+      <c r="N15" t="s">
+        <v>912</v>
+      </c>
+      <c r="O15" t="s">
+        <v>913</v>
+      </c>
+      <c r="P15" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>802</v>
+      </c>
+      <c r="B16" t="s">
+        <v>915</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>907</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>916</v>
+      </c>
+      <c r="H16" t="s">
+        <v>917</v>
+      </c>
+      <c r="I16" t="s">
+        <v>910</v>
+      </c>
+      <c r="J16" t="s">
+        <v>911</v>
+      </c>
+      <c r="K16" t="s">
+        <v>50</v>
+      </c>
+      <c r="L16" t="s">
+        <v>809</v>
+      </c>
+      <c r="M16" t="s">
+        <v>810</v>
+      </c>
+      <c r="N16" t="s">
+        <v>912</v>
+      </c>
+      <c r="O16" t="s">
+        <v>918</v>
+      </c>
+      <c r="P16" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>802</v>
+      </c>
+      <c r="B17" t="s">
+        <v>920</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>921</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>922</v>
+      </c>
+      <c r="H17" t="s">
+        <v>923</v>
+      </c>
+      <c r="I17" t="s">
+        <v>924</v>
+      </c>
+      <c r="J17" t="s">
+        <v>828</v>
+      </c>
+      <c r="K17" t="s">
+        <v>154</v>
+      </c>
+      <c r="L17" t="s">
+        <v>809</v>
+      </c>
+      <c r="M17" t="s">
+        <v>925</v>
+      </c>
+      <c r="N17" t="s">
+        <v>838</v>
+      </c>
+      <c r="O17" t="s">
+        <v>839</v>
+      </c>
+      <c r="P17" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>802</v>
+      </c>
+      <c r="B18" t="s">
+        <v>927</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>928</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>929</v>
+      </c>
+      <c r="H18" t="s">
+        <v>930</v>
+      </c>
+      <c r="I18" t="s">
+        <v>931</v>
+      </c>
+      <c r="J18" t="s">
+        <v>932</v>
+      </c>
+      <c r="K18" t="s">
+        <v>50</v>
+      </c>
+      <c r="L18" t="s">
+        <v>809</v>
+      </c>
+      <c r="M18" t="s">
+        <v>810</v>
+      </c>
+      <c r="N18" t="s">
+        <v>872</v>
+      </c>
+      <c r="O18" t="s">
+        <v>933</v>
+      </c>
+      <c r="P18" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>802</v>
+      </c>
+      <c r="B19" t="s">
+        <v>935</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>936</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>937</v>
+      </c>
+      <c r="H19" t="s">
+        <v>938</v>
+      </c>
+      <c r="I19" t="s">
+        <v>939</v>
+      </c>
+      <c r="J19" t="s">
+        <v>819</v>
+      </c>
+      <c r="K19" t="s">
+        <v>820</v>
+      </c>
+      <c r="L19" t="s">
+        <v>809</v>
+      </c>
+      <c r="M19" t="s">
+        <v>810</v>
+      </c>
+      <c r="N19" t="s">
+        <v>829</v>
+      </c>
+      <c r="O19" t="s">
+        <v>940</v>
+      </c>
+      <c r="P19" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>802</v>
+      </c>
+      <c r="B20" t="s">
+        <v>942</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>943</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>944</v>
+      </c>
+      <c r="H20" t="s">
+        <v>945</v>
+      </c>
+      <c r="I20" t="s">
+        <v>946</v>
+      </c>
+      <c r="J20" t="s">
+        <v>845</v>
+      </c>
+      <c r="K20" t="s">
+        <v>846</v>
+      </c>
+      <c r="L20" t="s">
+        <v>809</v>
+      </c>
+      <c r="M20" t="s">
+        <v>810</v>
+      </c>
+      <c r="N20" t="s">
+        <v>863</v>
+      </c>
+      <c r="O20" t="s">
+        <v>947</v>
+      </c>
+      <c r="P20" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>802</v>
+      </c>
+      <c r="B21" t="s">
+        <v>949</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>943</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>950</v>
+      </c>
+      <c r="H21" t="s">
+        <v>951</v>
+      </c>
+      <c r="I21" t="s">
+        <v>952</v>
+      </c>
+      <c r="J21" t="s">
+        <v>953</v>
+      </c>
+      <c r="K21" t="s">
+        <v>954</v>
+      </c>
+      <c r="L21" t="s">
+        <v>809</v>
+      </c>
+      <c r="M21" t="s">
+        <v>847</v>
+      </c>
+      <c r="N21" t="s">
+        <v>838</v>
+      </c>
+      <c r="O21" t="s">
+        <v>839</v>
+      </c>
+      <c r="P21" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>802</v>
+      </c>
+      <c r="B22" t="s">
+        <v>956</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>957</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>958</v>
+      </c>
+      <c r="H22" t="s">
+        <v>959</v>
+      </c>
+      <c r="I22" t="s">
+        <v>960</v>
+      </c>
+      <c r="J22" t="s">
+        <v>828</v>
+      </c>
+      <c r="K22" t="s">
+        <v>154</v>
+      </c>
+      <c r="L22" t="s">
+        <v>809</v>
+      </c>
+      <c r="M22" t="s">
+        <v>810</v>
+      </c>
+      <c r="N22" t="s">
+        <v>912</v>
+      </c>
+      <c r="O22" t="s">
+        <v>961</v>
+      </c>
+      <c r="P22" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>802</v>
+      </c>
+      <c r="B23" t="s">
+        <v>963</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>957</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>964</v>
+      </c>
+      <c r="H23" t="s">
+        <v>965</v>
+      </c>
+      <c r="I23" t="s">
+        <v>960</v>
+      </c>
+      <c r="J23" t="s">
+        <v>828</v>
+      </c>
+      <c r="K23" t="s">
+        <v>154</v>
+      </c>
+      <c r="L23" t="s">
+        <v>809</v>
+      </c>
+      <c r="M23" t="s">
+        <v>810</v>
+      </c>
+      <c r="N23" t="s">
+        <v>912</v>
+      </c>
+      <c r="O23" t="s">
+        <v>966</v>
+      </c>
+      <c r="P23" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>802</v>
+      </c>
+      <c r="B24" t="s">
+        <v>968</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>957</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>969</v>
+      </c>
+      <c r="H24" t="s">
+        <v>970</v>
+      </c>
+      <c r="I24" t="s">
+        <v>971</v>
+      </c>
+      <c r="J24" t="s">
+        <v>20</v>
+      </c>
+      <c r="K24" t="s">
+        <v>972</v>
+      </c>
+      <c r="L24" t="s">
+        <v>809</v>
+      </c>
+      <c r="M24" t="s">
+        <v>810</v>
+      </c>
+      <c r="N24" t="s">
+        <v>912</v>
+      </c>
+      <c r="O24" t="s">
+        <v>966</v>
+      </c>
+      <c r="P24" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>802</v>
+      </c>
+      <c r="B25" t="s">
+        <v>974</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>957</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>975</v>
+      </c>
+      <c r="H25" t="s">
+        <v>976</v>
+      </c>
+      <c r="I25" t="s">
+        <v>977</v>
+      </c>
+      <c r="J25" t="s">
+        <v>978</v>
+      </c>
+      <c r="K25" t="s">
+        <v>979</v>
+      </c>
+      <c r="L25" t="s">
+        <v>809</v>
+      </c>
+      <c r="M25" t="s">
+        <v>810</v>
+      </c>
+      <c r="N25" t="s">
+        <v>980</v>
+      </c>
+      <c r="O25" t="s">
+        <v>981</v>
+      </c>
+      <c r="P25" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>802</v>
+      </c>
+      <c r="B26" t="s">
+        <v>983</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>984</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>985</v>
+      </c>
+      <c r="H26" t="s">
+        <v>986</v>
+      </c>
+      <c r="I26" t="s">
+        <v>987</v>
+      </c>
+      <c r="J26" t="s">
+        <v>988</v>
+      </c>
+      <c r="K26" t="s">
+        <v>171</v>
+      </c>
+      <c r="L26" t="s">
+        <v>809</v>
+      </c>
+      <c r="M26" t="s">
+        <v>810</v>
+      </c>
+      <c r="N26" t="s">
+        <v>872</v>
+      </c>
+      <c r="O26" t="s">
+        <v>989</v>
+      </c>
+      <c r="P26" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>802</v>
+      </c>
+      <c r="B27" t="s">
+        <v>991</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>992</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>993</v>
+      </c>
+      <c r="H27" t="s">
+        <v>994</v>
+      </c>
+      <c r="I27" t="s">
+        <v>995</v>
+      </c>
+      <c r="J27" t="s">
+        <v>861</v>
+      </c>
+      <c r="K27" t="s">
+        <v>862</v>
+      </c>
+      <c r="L27" t="s">
+        <v>809</v>
+      </c>
+      <c r="M27" t="s">
+        <v>925</v>
+      </c>
+      <c r="N27" t="s">
+        <v>863</v>
+      </c>
+      <c r="O27" t="s">
+        <v>886</v>
+      </c>
+      <c r="P27" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>802</v>
+      </c>
+      <c r="B28" t="s">
+        <v>997</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>998</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>999</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1000</v>
+      </c>
+      <c r="I28" t="s">
+        <v>1001</v>
+      </c>
+      <c r="J28" t="s">
+        <v>854</v>
+      </c>
+      <c r="K28" t="s">
+        <v>599</v>
+      </c>
+      <c r="L28" t="s">
+        <v>809</v>
+      </c>
+      <c r="M28" t="s">
+        <v>810</v>
+      </c>
+      <c r="N28" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O28" t="s">
+        <v>1003</v>
+      </c>
+      <c r="P28" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>802</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1007</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1008</v>
+      </c>
+      <c r="I29" t="s">
+        <v>1009</v>
+      </c>
+      <c r="J29" t="s">
+        <v>837</v>
+      </c>
+      <c r="K29" t="s">
+        <v>154</v>
+      </c>
+      <c r="L29" t="s">
+        <v>809</v>
+      </c>
+      <c r="M29" t="s">
+        <v>810</v>
+      </c>
+      <c r="N29" t="s">
+        <v>912</v>
+      </c>
+      <c r="O29" t="s">
+        <v>913</v>
+      </c>
+      <c r="P29" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>802</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1012</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1013</v>
+      </c>
+      <c r="I30" t="s">
+        <v>1014</v>
+      </c>
+      <c r="J30" t="s">
+        <v>861</v>
+      </c>
+      <c r="K30" t="s">
+        <v>862</v>
+      </c>
+      <c r="L30" t="s">
+        <v>809</v>
+      </c>
+      <c r="M30" t="s">
+        <v>810</v>
+      </c>
+      <c r="N30" t="s">
+        <v>912</v>
+      </c>
+      <c r="O30" t="s">
+        <v>913</v>
+      </c>
+      <c r="P30" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>802</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1017</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1018</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1019</v>
+      </c>
+      <c r="I31" t="s">
+        <v>1020</v>
+      </c>
+      <c r="J31" t="s">
+        <v>911</v>
+      </c>
+      <c r="K31" t="s">
+        <v>50</v>
+      </c>
+      <c r="L31" t="s">
+        <v>809</v>
+      </c>
+      <c r="M31" t="s">
+        <v>810</v>
+      </c>
+      <c r="N31" t="s">
+        <v>912</v>
+      </c>
+      <c r="O31" t="s">
+        <v>913</v>
+      </c>
+      <c r="P31" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>802</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1017</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1023</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1024</v>
+      </c>
+      <c r="I32" t="s">
+        <v>1025</v>
+      </c>
+      <c r="J32" t="s">
+        <v>854</v>
+      </c>
+      <c r="K32" t="s">
+        <v>599</v>
+      </c>
+      <c r="L32" t="s">
+        <v>809</v>
+      </c>
+      <c r="M32" t="s">
+        <v>810</v>
+      </c>
+      <c r="N32" t="s">
+        <v>912</v>
+      </c>
+      <c r="O32" t="s">
+        <v>913</v>
+      </c>
+      <c r="P32" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>802</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1028</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1030</v>
+      </c>
+      <c r="I33" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J33" t="s">
+        <v>20</v>
+      </c>
+      <c r="K33" t="s">
+        <v>61</v>
+      </c>
+      <c r="L33" t="s">
+        <v>809</v>
+      </c>
+      <c r="M33" t="s">
+        <v>810</v>
+      </c>
+      <c r="N33" t="s">
+        <v>872</v>
+      </c>
+      <c r="O33" t="s">
+        <v>933</v>
+      </c>
+      <c r="P33" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>802</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1034</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1035</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1036</v>
+      </c>
+      <c r="I34" t="s">
+        <v>1037</v>
+      </c>
+      <c r="J34" t="s">
+        <v>854</v>
+      </c>
+      <c r="K34" t="s">
+        <v>599</v>
+      </c>
+      <c r="L34" t="s">
+        <v>809</v>
+      </c>
+      <c r="M34" t="s">
+        <v>810</v>
+      </c>
+      <c r="N34" t="s">
+        <v>872</v>
+      </c>
+      <c r="O34" t="s">
+        <v>933</v>
+      </c>
+      <c r="P34" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>802</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1041</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1042</v>
+      </c>
+      <c r="I35" t="s">
+        <v>808</v>
+      </c>
+      <c r="J35" t="s">
+        <v>20</v>
+      </c>
+      <c r="K35" t="s">
+        <v>599</v>
+      </c>
+      <c r="L35" t="s">
+        <v>809</v>
+      </c>
+      <c r="M35" t="s">
+        <v>810</v>
+      </c>
+      <c r="N35" t="s">
+        <v>829</v>
+      </c>
+      <c r="O35" t="s">
+        <v>940</v>
+      </c>
+      <c r="P35" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>802</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1045</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1046</v>
+      </c>
+      <c r="I36" t="s">
+        <v>1047</v>
+      </c>
+      <c r="J36" t="s">
+        <v>911</v>
+      </c>
+      <c r="K36" t="s">
+        <v>50</v>
+      </c>
+      <c r="L36" t="s">
+        <v>809</v>
+      </c>
+      <c r="M36" t="s">
+        <v>810</v>
+      </c>
+      <c r="N36" t="s">
+        <v>829</v>
+      </c>
+      <c r="O36" t="s">
+        <v>940</v>
+      </c>
+      <c r="P36" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>802</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1050</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1051</v>
+      </c>
+      <c r="I37" t="s">
+        <v>1052</v>
+      </c>
+      <c r="J37" t="s">
+        <v>854</v>
+      </c>
+      <c r="K37" t="s">
+        <v>599</v>
+      </c>
+      <c r="L37" t="s">
+        <v>809</v>
+      </c>
+      <c r="M37" t="s">
+        <v>810</v>
+      </c>
+      <c r="N37" t="s">
+        <v>829</v>
+      </c>
+      <c r="O37" t="s">
+        <v>830</v>
+      </c>
+      <c r="P37" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>802</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1056</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1057</v>
+      </c>
+      <c r="I38" t="s">
+        <v>1058</v>
+      </c>
+      <c r="J38" t="s">
+        <v>1059</v>
+      </c>
+      <c r="K38" t="s">
+        <v>171</v>
+      </c>
+      <c r="L38" t="s">
+        <v>809</v>
+      </c>
+      <c r="M38" t="s">
+        <v>847</v>
+      </c>
+      <c r="N38" t="s">
+        <v>863</v>
+      </c>
+      <c r="O38" t="s">
+        <v>886</v>
+      </c>
+      <c r="P38" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>802</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1061</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1062</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1063</v>
+      </c>
+      <c r="I39" t="s">
+        <v>1064</v>
+      </c>
+      <c r="J39" t="s">
+        <v>1065</v>
+      </c>
+      <c r="K39" t="s">
+        <v>61</v>
+      </c>
+      <c r="L39" t="s">
+        <v>809</v>
+      </c>
+      <c r="M39" t="s">
+        <v>810</v>
+      </c>
+      <c r="N39" t="s">
+        <v>829</v>
+      </c>
+      <c r="O39" t="s">
+        <v>1066</v>
+      </c>
+      <c r="P39" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>802</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1070</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1071</v>
+      </c>
+      <c r="I40" t="s">
+        <v>1072</v>
+      </c>
+      <c r="J40" t="s">
+        <v>854</v>
+      </c>
+      <c r="K40" t="s">
+        <v>599</v>
+      </c>
+      <c r="L40" t="s">
+        <v>809</v>
+      </c>
+      <c r="M40" t="s">
+        <v>925</v>
+      </c>
+      <c r="N40" t="s">
+        <v>1073</v>
+      </c>
+      <c r="O40" t="s">
+        <v>1074</v>
+      </c>
+      <c r="P40" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>802</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1079</v>
+      </c>
+      <c r="I41" t="s">
+        <v>1080</v>
+      </c>
+      <c r="J41" t="s">
+        <v>837</v>
+      </c>
+      <c r="K41" t="s">
+        <v>154</v>
+      </c>
+      <c r="L41" t="s">
+        <v>809</v>
+      </c>
+      <c r="M41" t="s">
+        <v>810</v>
+      </c>
+      <c r="N41" t="s">
+        <v>811</v>
+      </c>
+      <c r="O41" t="s">
+        <v>812</v>
+      </c>
+      <c r="P41" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>802</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1084</v>
+      </c>
+      <c r="I42" t="s">
+        <v>1080</v>
+      </c>
+      <c r="J42" t="s">
+        <v>837</v>
+      </c>
+      <c r="K42" t="s">
+        <v>154</v>
+      </c>
+      <c r="L42" t="s">
+        <v>809</v>
+      </c>
+      <c r="M42" t="s">
+        <v>810</v>
+      </c>
+      <c r="N42" t="s">
+        <v>811</v>
+      </c>
+      <c r="O42" t="s">
+        <v>1085</v>
+      </c>
+      <c r="P42" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>802</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1088</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1089</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1090</v>
+      </c>
+      <c r="I43" t="s">
+        <v>1091</v>
+      </c>
+      <c r="J43" t="s">
+        <v>828</v>
+      </c>
+      <c r="K43" t="s">
+        <v>154</v>
+      </c>
+      <c r="L43" t="s">
+        <v>809</v>
+      </c>
+      <c r="M43" t="s">
+        <v>810</v>
+      </c>
+      <c r="N43" t="s">
+        <v>863</v>
+      </c>
+      <c r="O43" t="s">
+        <v>886</v>
+      </c>
+      <c r="P43" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>802</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1095</v>
+      </c>
+      <c r="H44" t="s">
+        <v>1096</v>
+      </c>
+      <c r="I44" t="s">
+        <v>1097</v>
+      </c>
+      <c r="J44" t="s">
+        <v>871</v>
+      </c>
+      <c r="K44" t="s">
+        <v>50</v>
+      </c>
+      <c r="L44" t="s">
+        <v>809</v>
+      </c>
+      <c r="M44" t="s">
+        <v>810</v>
+      </c>
+      <c r="N44" t="s">
+        <v>829</v>
+      </c>
+      <c r="O44" t="s">
+        <v>892</v>
+      </c>
+      <c r="P44" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>802</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>1100</v>
+      </c>
+      <c r="H45" t="s">
+        <v>1101</v>
+      </c>
+      <c r="I45" t="s">
+        <v>1102</v>
+      </c>
+      <c r="J45" t="s">
+        <v>837</v>
+      </c>
+      <c r="K45" t="s">
+        <v>154</v>
+      </c>
+      <c r="L45" t="s">
+        <v>809</v>
+      </c>
+      <c r="M45" t="s">
+        <v>810</v>
+      </c>
+      <c r="N45" t="s">
+        <v>829</v>
+      </c>
+      <c r="O45" t="s">
+        <v>1103</v>
+      </c>
+      <c r="P45" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>802</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1105</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1106</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1107</v>
+      </c>
+      <c r="I46" t="s">
+        <v>1108</v>
+      </c>
+      <c r="J46" t="s">
+        <v>971</v>
+      </c>
+      <c r="K46" t="s">
+        <v>972</v>
+      </c>
+      <c r="L46" t="s">
+        <v>809</v>
+      </c>
+      <c r="M46" t="s">
+        <v>810</v>
+      </c>
+      <c r="N46" t="s">
+        <v>811</v>
+      </c>
+      <c r="O46" t="s">
+        <v>1085</v>
+      </c>
+      <c r="P46" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>802</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>1111</v>
+      </c>
+      <c r="H47" t="s">
+        <v>1112</v>
+      </c>
+      <c r="I47" t="s">
+        <v>1113</v>
+      </c>
+      <c r="J47" t="s">
+        <v>871</v>
+      </c>
+      <c r="K47" t="s">
+        <v>50</v>
+      </c>
+      <c r="L47" t="s">
+        <v>809</v>
+      </c>
+      <c r="M47" t="s">
+        <v>810</v>
+      </c>
+      <c r="N47" t="s">
+        <v>811</v>
+      </c>
+      <c r="O47" t="s">
+        <v>899</v>
+      </c>
+      <c r="P47" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>802</v>
+      </c>
+      <c r="B48" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>1116</v>
+      </c>
+      <c r="H48" t="s">
+        <v>1117</v>
+      </c>
+      <c r="I48" t="s">
+        <v>1113</v>
+      </c>
+      <c r="J48" t="s">
+        <v>871</v>
+      </c>
+      <c r="K48" t="s">
+        <v>50</v>
+      </c>
+      <c r="L48" t="s">
+        <v>809</v>
+      </c>
+      <c r="M48" t="s">
+        <v>810</v>
+      </c>
+      <c r="N48" t="s">
+        <v>811</v>
+      </c>
+      <c r="O48" t="s">
+        <v>904</v>
+      </c>
+      <c r="P48" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>802</v>
+      </c>
+      <c r="B49" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>1120</v>
+      </c>
+      <c r="H49" t="s">
+        <v>1121</v>
+      </c>
+      <c r="I49" t="s">
+        <v>1113</v>
+      </c>
+      <c r="J49" t="s">
+        <v>871</v>
+      </c>
+      <c r="K49" t="s">
+        <v>50</v>
+      </c>
+      <c r="L49" t="s">
+        <v>809</v>
+      </c>
+      <c r="M49" t="s">
+        <v>810</v>
+      </c>
+      <c r="N49" t="s">
+        <v>811</v>
+      </c>
+      <c r="O49" t="s">
+        <v>812</v>
+      </c>
+      <c r="P49" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>802</v>
+      </c>
+      <c r="B50" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1124</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>1125</v>
+      </c>
+      <c r="H50" t="s">
+        <v>1126</v>
+      </c>
+      <c r="I50" t="s">
+        <v>1127</v>
+      </c>
+      <c r="J50" t="s">
+        <v>828</v>
+      </c>
+      <c r="K50" t="s">
+        <v>154</v>
+      </c>
+      <c r="L50" t="s">
+        <v>809</v>
+      </c>
+      <c r="M50" t="s">
+        <v>810</v>
+      </c>
+      <c r="N50" t="s">
+        <v>872</v>
+      </c>
+      <c r="O50" t="s">
+        <v>1128</v>
+      </c>
+      <c r="P50" t="s">
+        <v>1129</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>802</v>
+      </c>
+      <c r="B51" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>1131</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>1132</v>
+      </c>
+      <c r="H51" t="s">
+        <v>1133</v>
+      </c>
+      <c r="I51" t="s">
+        <v>1134</v>
+      </c>
+      <c r="J51" t="s">
+        <v>854</v>
+      </c>
+      <c r="K51" t="s">
+        <v>599</v>
+      </c>
+      <c r="L51" t="s">
+        <v>809</v>
+      </c>
+      <c r="M51" t="s">
+        <v>810</v>
+      </c>
+      <c r="N51" t="s">
+        <v>912</v>
+      </c>
+      <c r="O51" t="s">
+        <v>1135</v>
+      </c>
+      <c r="P51" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>802</v>
+      </c>
+      <c r="B52" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>1139</v>
+      </c>
+      <c r="H52" t="s">
+        <v>1140</v>
+      </c>
+      <c r="I52" t="s">
+        <v>1141</v>
+      </c>
+      <c r="J52" t="s">
+        <v>978</v>
+      </c>
+      <c r="K52" t="s">
+        <v>979</v>
+      </c>
+      <c r="L52" t="s">
+        <v>809</v>
+      </c>
+      <c r="M52" t="s">
+        <v>810</v>
+      </c>
+      <c r="N52" t="s">
+        <v>872</v>
+      </c>
+      <c r="O52" t="s">
+        <v>1142</v>
+      </c>
+      <c r="P52" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>802</v>
+      </c>
+      <c r="B53" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>1145</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>1146</v>
+      </c>
+      <c r="H53" t="s">
+        <v>1147</v>
+      </c>
+      <c r="I53" t="s">
+        <v>1148</v>
+      </c>
+      <c r="J53" t="s">
+        <v>1065</v>
+      </c>
+      <c r="K53" t="s">
+        <v>61</v>
+      </c>
+      <c r="L53" t="s">
+        <v>809</v>
+      </c>
+      <c r="M53" t="s">
+        <v>810</v>
+      </c>
+      <c r="N53" t="s">
+        <v>811</v>
+      </c>
+      <c r="O53" t="s">
+        <v>812</v>
+      </c>
+      <c r="P53" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>802</v>
+      </c>
+      <c r="B54" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>1145</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>1151</v>
+      </c>
+      <c r="H54" t="s">
+        <v>1152</v>
+      </c>
+      <c r="I54" t="s">
+        <v>1153</v>
+      </c>
+      <c r="J54" t="s">
+        <v>1065</v>
+      </c>
+      <c r="K54" t="s">
+        <v>61</v>
+      </c>
+      <c r="L54" t="s">
+        <v>809</v>
+      </c>
+      <c r="M54" t="s">
+        <v>810</v>
+      </c>
+      <c r="N54" t="s">
+        <v>829</v>
+      </c>
+      <c r="O54" t="s">
+        <v>1103</v>
+      </c>
+      <c r="P54" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>802</v>
+      </c>
+      <c r="B55" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>1145</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>1156</v>
+      </c>
+      <c r="H55" t="s">
+        <v>1157</v>
+      </c>
+      <c r="I55" t="s">
+        <v>1158</v>
+      </c>
+      <c r="J55" t="s">
+        <v>1065</v>
+      </c>
+      <c r="K55" t="s">
+        <v>61</v>
+      </c>
+      <c r="L55" t="s">
+        <v>809</v>
+      </c>
+      <c r="M55" t="s">
+        <v>810</v>
+      </c>
+      <c r="N55" t="s">
+        <v>811</v>
+      </c>
+      <c r="O55" t="s">
+        <v>1085</v>
+      </c>
+      <c r="P55" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>802</v>
+      </c>
+      <c r="B56" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>1145</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>1161</v>
+      </c>
+      <c r="H56" t="s">
+        <v>1162</v>
+      </c>
+      <c r="I56" t="s">
+        <v>1163</v>
+      </c>
+      <c r="J56" t="s">
+        <v>1065</v>
+      </c>
+      <c r="K56" t="s">
+        <v>61</v>
+      </c>
+      <c r="L56" t="s">
+        <v>809</v>
+      </c>
+      <c r="M56" t="s">
+        <v>810</v>
+      </c>
+      <c r="N56" t="s">
+        <v>811</v>
+      </c>
+      <c r="O56" t="s">
+        <v>1085</v>
+      </c>
+      <c r="P56" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>802</v>
+      </c>
+      <c r="B57" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>1167</v>
+      </c>
+      <c r="H57" t="s">
+        <v>1168</v>
+      </c>
+      <c r="I57" t="s">
+        <v>1169</v>
+      </c>
+      <c r="J57" t="s">
+        <v>1170</v>
+      </c>
+      <c r="K57" t="s">
+        <v>979</v>
+      </c>
+      <c r="L57" t="s">
+        <v>809</v>
+      </c>
+      <c r="M57" t="s">
+        <v>810</v>
+      </c>
+      <c r="N57" t="s">
+        <v>863</v>
+      </c>
+      <c r="O57" t="s">
+        <v>947</v>
+      </c>
+      <c r="P57" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>802</v>
+      </c>
+      <c r="B58" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>1173</v>
+      </c>
+      <c r="H58" t="s">
+        <v>1174</v>
+      </c>
+      <c r="I58" t="s">
+        <v>1175</v>
+      </c>
+      <c r="J58" t="s">
+        <v>854</v>
+      </c>
+      <c r="K58" t="s">
+        <v>599</v>
+      </c>
+      <c r="L58" t="s">
+        <v>809</v>
+      </c>
+      <c r="M58" t="s">
+        <v>810</v>
+      </c>
+      <c r="N58" t="s">
+        <v>863</v>
+      </c>
+      <c r="O58" t="s">
+        <v>947</v>
+      </c>
+      <c r="P58" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>802</v>
+      </c>
+      <c r="B59" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>1178</v>
+      </c>
+      <c r="H59" t="s">
+        <v>1179</v>
+      </c>
+      <c r="I59" t="s">
+        <v>1180</v>
+      </c>
+      <c r="J59" t="s">
+        <v>1181</v>
+      </c>
+      <c r="K59" t="s">
+        <v>50</v>
+      </c>
+      <c r="L59" t="s">
+        <v>809</v>
+      </c>
+      <c r="M59" t="s">
+        <v>810</v>
+      </c>
+      <c r="N59" t="s">
+        <v>863</v>
+      </c>
+      <c r="O59" t="s">
+        <v>947</v>
+      </c>
+      <c r="P59" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>802</v>
+      </c>
+      <c r="B60" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>1184</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>1185</v>
+      </c>
+      <c r="H60" t="s">
+        <v>1186</v>
+      </c>
+      <c r="I60" t="s">
+        <v>1187</v>
+      </c>
+      <c r="J60" t="s">
+        <v>854</v>
+      </c>
+      <c r="K60" t="s">
+        <v>599</v>
+      </c>
+      <c r="L60" t="s">
+        <v>809</v>
+      </c>
+      <c r="M60" t="s">
+        <v>810</v>
+      </c>
+      <c r="N60" t="s">
+        <v>829</v>
+      </c>
+      <c r="O60" t="s">
+        <v>1188</v>
+      </c>
+      <c r="P60" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>802</v>
+      </c>
+      <c r="B61" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>1184</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>1191</v>
+      </c>
+      <c r="H61" t="s">
+        <v>1192</v>
+      </c>
+      <c r="I61" t="s">
+        <v>1193</v>
+      </c>
+      <c r="J61" t="s">
+        <v>861</v>
+      </c>
+      <c r="K61" t="s">
+        <v>862</v>
+      </c>
+      <c r="L61" t="s">
+        <v>809</v>
+      </c>
+      <c r="M61" t="s">
+        <v>810</v>
+      </c>
+      <c r="N61" t="s">
+        <v>829</v>
+      </c>
+      <c r="O61" t="s">
+        <v>940</v>
+      </c>
+      <c r="P61" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>802</v>
+      </c>
+      <c r="B62" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>1197</v>
+      </c>
+      <c r="H62" t="s">
+        <v>1198</v>
+      </c>
+      <c r="I62" t="s">
+        <v>1199</v>
+      </c>
+      <c r="J62" t="s">
+        <v>828</v>
+      </c>
+      <c r="K62" t="s">
+        <v>154</v>
+      </c>
+      <c r="L62" t="s">
+        <v>809</v>
+      </c>
+      <c r="M62" t="s">
+        <v>810</v>
+      </c>
+      <c r="N62" t="s">
+        <v>872</v>
+      </c>
+      <c r="O62" t="s">
+        <v>933</v>
+      </c>
+      <c r="P62" t="s">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>802</v>
+      </c>
+      <c r="B63" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>1202</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>1203</v>
+      </c>
+      <c r="H63" t="s">
+        <v>1204</v>
+      </c>
+      <c r="I63" t="s">
+        <v>854</v>
+      </c>
+      <c r="J63" t="s">
+        <v>20</v>
+      </c>
+      <c r="K63" t="s">
+        <v>599</v>
+      </c>
+      <c r="L63" t="s">
+        <v>809</v>
+      </c>
+      <c r="M63" t="s">
+        <v>847</v>
+      </c>
+      <c r="N63" t="s">
+        <v>863</v>
+      </c>
+      <c r="O63" t="s">
+        <v>886</v>
+      </c>
+      <c r="P63" t="s">
+        <v>1205</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>802</v>
+      </c>
+      <c r="B64" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>1207</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>1208</v>
+      </c>
+      <c r="H64" t="s">
+        <v>1209</v>
+      </c>
+      <c r="I64" t="s">
+        <v>1210</v>
+      </c>
+      <c r="J64" t="s">
+        <v>1211</v>
+      </c>
+      <c r="K64" t="s">
+        <v>1212</v>
+      </c>
+      <c r="L64" t="s">
+        <v>809</v>
+      </c>
+      <c r="M64" t="s">
+        <v>810</v>
+      </c>
+      <c r="N64" t="s">
+        <v>829</v>
+      </c>
+      <c r="O64" t="s">
+        <v>830</v>
+      </c>
+      <c r="P64" t="s">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>802</v>
+      </c>
+      <c r="B65" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>1215</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>1216</v>
+      </c>
+      <c r="H65" t="s">
+        <v>1217</v>
+      </c>
+      <c r="I65" t="s">
+        <v>1218</v>
+      </c>
+      <c r="J65" t="s">
+        <v>911</v>
+      </c>
+      <c r="K65" t="s">
+        <v>50</v>
+      </c>
+      <c r="L65" t="s">
+        <v>809</v>
+      </c>
+      <c r="M65" t="s">
+        <v>810</v>
+      </c>
+      <c r="N65" t="s">
+        <v>838</v>
+      </c>
+      <c r="O65" t="s">
+        <v>839</v>
+      </c>
+      <c r="P65" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>802</v>
+      </c>
+      <c r="B66" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>1221</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>1222</v>
+      </c>
+      <c r="H66" t="s">
+        <v>1223</v>
+      </c>
+      <c r="I66" t="s">
+        <v>1224</v>
+      </c>
+      <c r="J66" t="s">
+        <v>837</v>
+      </c>
+      <c r="K66" t="s">
+        <v>154</v>
+      </c>
+      <c r="L66" t="s">
+        <v>809</v>
+      </c>
+      <c r="M66" t="s">
+        <v>810</v>
+      </c>
+      <c r="N66" t="s">
+        <v>829</v>
+      </c>
+      <c r="O66" t="s">
+        <v>940</v>
+      </c>
+      <c r="P66" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>802</v>
+      </c>
+      <c r="B67" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
+        <v>1227</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
+        <v>1228</v>
+      </c>
+      <c r="H67" t="s">
+        <v>1229</v>
+      </c>
+      <c r="I67" t="s">
+        <v>978</v>
+      </c>
+      <c r="J67" t="s">
+        <v>20</v>
+      </c>
+      <c r="K67" t="s">
+        <v>979</v>
+      </c>
+      <c r="L67" t="s">
+        <v>809</v>
+      </c>
+      <c r="M67" t="s">
+        <v>925</v>
+      </c>
+      <c r="N67" t="s">
+        <v>838</v>
+      </c>
+      <c r="O67" t="s">
+        <v>839</v>
+      </c>
+      <c r="P67" t="s">
+        <v>1230</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>802</v>
+      </c>
+      <c r="B68" t="s">
+        <v>1231</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>1232</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
+        <v>1233</v>
+      </c>
+      <c r="H68" t="s">
+        <v>1234</v>
+      </c>
+      <c r="I68" t="s">
+        <v>1235</v>
+      </c>
+      <c r="J68" t="s">
+        <v>828</v>
+      </c>
+      <c r="K68" t="s">
+        <v>154</v>
+      </c>
+      <c r="L68" t="s">
+        <v>809</v>
+      </c>
+      <c r="M68" t="s">
+        <v>810</v>
+      </c>
+      <c r="N68" t="s">
+        <v>872</v>
+      </c>
+      <c r="O68" t="s">
+        <v>1236</v>
+      </c>
+      <c r="P68" t="s">
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>802</v>
+      </c>
+      <c r="B69" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
+        <v>1239</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
+        <v>1240</v>
+      </c>
+      <c r="H69" t="s">
+        <v>1241</v>
+      </c>
+      <c r="I69" t="s">
+        <v>911</v>
+      </c>
+      <c r="J69" t="s">
+        <v>20</v>
+      </c>
+      <c r="K69" t="s">
+        <v>50</v>
+      </c>
+      <c r="L69" t="s">
+        <v>809</v>
+      </c>
+      <c r="M69" t="s">
+        <v>810</v>
+      </c>
+      <c r="N69" t="s">
+        <v>811</v>
+      </c>
+      <c r="O69" t="s">
+        <v>821</v>
+      </c>
+      <c r="P69" t="s">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>802</v>
+      </c>
+      <c r="B70" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>1239</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>1244</v>
+      </c>
+      <c r="H70" t="s">
+        <v>1245</v>
+      </c>
+      <c r="I70" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J70" t="s">
+        <v>854</v>
+      </c>
+      <c r="K70" t="s">
+        <v>599</v>
+      </c>
+      <c r="L70" t="s">
+        <v>809</v>
+      </c>
+      <c r="M70" t="s">
+        <v>810</v>
+      </c>
+      <c r="N70" t="s">
+        <v>811</v>
+      </c>
+      <c r="O70" t="s">
+        <v>1247</v>
+      </c>
+      <c r="P70" t="s">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>802</v>
+      </c>
+      <c r="B71" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>1239</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
+        <v>1250</v>
+      </c>
+      <c r="H71" t="s">
+        <v>1251</v>
+      </c>
+      <c r="I71" t="s">
+        <v>1252</v>
+      </c>
+      <c r="J71" t="s">
+        <v>988</v>
+      </c>
+      <c r="K71" t="s">
+        <v>171</v>
+      </c>
+      <c r="L71" t="s">
+        <v>809</v>
+      </c>
+      <c r="M71" t="s">
+        <v>810</v>
+      </c>
+      <c r="N71" t="s">
+        <v>829</v>
+      </c>
+      <c r="O71" t="s">
+        <v>1103</v>
+      </c>
+      <c r="P71" t="s">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>802</v>
+      </c>
+      <c r="B72" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>1239</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
+        <v>1255</v>
+      </c>
+      <c r="H72" t="s">
+        <v>1256</v>
+      </c>
+      <c r="I72" t="s">
+        <v>1257</v>
+      </c>
+      <c r="J72" t="s">
+        <v>932</v>
+      </c>
+      <c r="K72" t="s">
+        <v>50</v>
+      </c>
+      <c r="L72" t="s">
+        <v>809</v>
+      </c>
+      <c r="M72" t="s">
+        <v>810</v>
+      </c>
+      <c r="N72" t="s">
+        <v>811</v>
+      </c>
+      <c r="O72" t="s">
+        <v>1085</v>
+      </c>
+      <c r="P72" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>802</v>
+      </c>
+      <c r="B73" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>1239</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
+        <v>1260</v>
+      </c>
+      <c r="H73" t="s">
+        <v>1261</v>
+      </c>
+      <c r="I73" t="s">
+        <v>1193</v>
+      </c>
+      <c r="J73" t="s">
+        <v>861</v>
+      </c>
+      <c r="K73" t="s">
+        <v>862</v>
+      </c>
+      <c r="L73" t="s">
+        <v>809</v>
+      </c>
+      <c r="M73" t="s">
+        <v>810</v>
+      </c>
+      <c r="N73" t="s">
+        <v>829</v>
+      </c>
+      <c r="O73" t="s">
+        <v>940</v>
+      </c>
+      <c r="P73" t="s">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>802</v>
+      </c>
+      <c r="B74" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>1264</v>
+      </c>
+      <c r="F74" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" t="s">
+        <v>1265</v>
+      </c>
+      <c r="H74" t="s">
+        <v>1266</v>
+      </c>
+      <c r="I74" t="s">
+        <v>1267</v>
+      </c>
+      <c r="J74" t="s">
+        <v>819</v>
+      </c>
+      <c r="K74" t="s">
+        <v>820</v>
+      </c>
+      <c r="L74" t="s">
+        <v>809</v>
+      </c>
+      <c r="M74" t="s">
+        <v>810</v>
+      </c>
+      <c r="N74" t="s">
+        <v>811</v>
+      </c>
+      <c r="O74" t="s">
+        <v>1085</v>
+      </c>
+      <c r="P74" t="s">
+        <v>1268</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>802</v>
+      </c>
+      <c r="B75" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C75" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>1264</v>
+      </c>
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" t="s">
+        <v>1270</v>
+      </c>
+      <c r="H75" t="s">
+        <v>1271</v>
+      </c>
+      <c r="I75" t="s">
+        <v>1272</v>
+      </c>
+      <c r="J75" t="s">
+        <v>845</v>
+      </c>
+      <c r="K75" t="s">
+        <v>846</v>
+      </c>
+      <c r="L75" t="s">
+        <v>809</v>
+      </c>
+      <c r="M75" t="s">
+        <v>810</v>
+      </c>
+      <c r="N75" t="s">
+        <v>811</v>
+      </c>
+      <c r="O75" t="s">
+        <v>1085</v>
+      </c>
+      <c r="P75" t="s">
+        <v>1273</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>802</v>
+      </c>
+      <c r="B76" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C76" t="s">
+        <v>20</v>
+      </c>
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>1275</v>
+      </c>
+      <c r="F76" t="s">
+        <v>20</v>
+      </c>
+      <c r="G76" t="s">
+        <v>1276</v>
+      </c>
+      <c r="H76" t="s">
+        <v>1277</v>
+      </c>
+      <c r="I76" t="s">
+        <v>1278</v>
+      </c>
+      <c r="J76" t="s">
+        <v>828</v>
+      </c>
+      <c r="K76" t="s">
+        <v>154</v>
+      </c>
+      <c r="L76" t="s">
+        <v>809</v>
+      </c>
+      <c r="M76" t="s">
+        <v>810</v>
+      </c>
+      <c r="N76" t="s">
+        <v>811</v>
+      </c>
+      <c r="O76" t="s">
+        <v>812</v>
+      </c>
+      <c r="P76" t="s">
+        <v>1279</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>802</v>
+      </c>
+      <c r="B77" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D77" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" t="s">
+        <v>1281</v>
+      </c>
+      <c r="F77" t="s">
+        <v>20</v>
+      </c>
+      <c r="G77" t="s">
+        <v>1282</v>
+      </c>
+      <c r="H77" t="s">
+        <v>1283</v>
+      </c>
+      <c r="I77" t="s">
+        <v>1284</v>
+      </c>
+      <c r="J77" t="s">
+        <v>828</v>
+      </c>
+      <c r="K77" t="s">
+        <v>154</v>
+      </c>
+      <c r="L77" t="s">
+        <v>809</v>
+      </c>
+      <c r="M77" t="s">
+        <v>810</v>
+      </c>
+      <c r="N77" t="s">
+        <v>912</v>
+      </c>
+      <c r="O77" t="s">
+        <v>1135</v>
+      </c>
+      <c r="P77" t="s">
+        <v>1285</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>802</v>
+      </c>
+      <c r="B78" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C78" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" t="s">
+        <v>1287</v>
+      </c>
+      <c r="F78" t="s">
+        <v>20</v>
+      </c>
+      <c r="G78" t="s">
+        <v>1288</v>
+      </c>
+      <c r="H78" t="s">
+        <v>1289</v>
+      </c>
+      <c r="I78" t="s">
+        <v>1290</v>
+      </c>
+      <c r="J78" t="s">
+        <v>828</v>
+      </c>
+      <c r="K78" t="s">
+        <v>154</v>
+      </c>
+      <c r="L78" t="s">
+        <v>809</v>
+      </c>
+      <c r="M78" t="s">
+        <v>810</v>
+      </c>
+      <c r="N78" t="s">
+        <v>829</v>
+      </c>
+      <c r="O78" t="s">
+        <v>1291</v>
+      </c>
+      <c r="P78" t="s">
+        <v>1292</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>802</v>
+      </c>
+      <c r="B79" t="s">
+        <v>1293</v>
+      </c>
+      <c r="C79" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" t="s">
+        <v>20</v>
+      </c>
+      <c r="E79" t="s">
+        <v>1287</v>
+      </c>
+      <c r="F79" t="s">
+        <v>20</v>
+      </c>
+      <c r="G79" t="s">
+        <v>1294</v>
+      </c>
+      <c r="H79" t="s">
+        <v>1295</v>
+      </c>
+      <c r="I79" t="s">
+        <v>1296</v>
+      </c>
+      <c r="J79" t="s">
+        <v>837</v>
+      </c>
+      <c r="K79" t="s">
+        <v>154</v>
+      </c>
+      <c r="L79" t="s">
+        <v>809</v>
+      </c>
+      <c r="M79" t="s">
+        <v>810</v>
+      </c>
+      <c r="N79" t="s">
+        <v>829</v>
+      </c>
+      <c r="O79" t="s">
+        <v>940</v>
+      </c>
+      <c r="P79" t="s">
+        <v>1297</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>802</v>
+      </c>
+      <c r="B80" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C80" t="s">
+        <v>20</v>
+      </c>
+      <c r="D80" t="s">
+        <v>20</v>
+      </c>
+      <c r="E80" t="s">
+        <v>1299</v>
+      </c>
+      <c r="F80" t="s">
+        <v>20</v>
+      </c>
+      <c r="G80" t="s">
+        <v>1300</v>
+      </c>
+      <c r="H80" t="s">
+        <v>1301</v>
+      </c>
+      <c r="I80" t="s">
+        <v>1302</v>
+      </c>
+      <c r="J80" t="s">
+        <v>1065</v>
+      </c>
+      <c r="K80" t="s">
+        <v>61</v>
+      </c>
+      <c r="L80" t="s">
+        <v>809</v>
+      </c>
+      <c r="M80" t="s">
+        <v>810</v>
+      </c>
+      <c r="N80" t="s">
+        <v>829</v>
+      </c>
+      <c r="O80" t="s">
+        <v>940</v>
+      </c>
+      <c r="P80" t="s">
+        <v>1303</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>802</v>
+      </c>
+      <c r="B81" t="s">
+        <v>1304</v>
+      </c>
+      <c r="C81" t="s">
+        <v>20</v>
+      </c>
+      <c r="D81" t="s">
+        <v>20</v>
+      </c>
+      <c r="E81" t="s">
+        <v>1299</v>
+      </c>
+      <c r="F81" t="s">
+        <v>20</v>
+      </c>
+      <c r="G81" t="s">
+        <v>1305</v>
+      </c>
+      <c r="H81" t="s">
+        <v>1306</v>
+      </c>
+      <c r="I81" t="s">
+        <v>1307</v>
+      </c>
+      <c r="J81" t="s">
+        <v>1065</v>
+      </c>
+      <c r="K81" t="s">
+        <v>61</v>
+      </c>
+      <c r="L81" t="s">
+        <v>809</v>
+      </c>
+      <c r="M81" t="s">
+        <v>810</v>
+      </c>
+      <c r="N81" t="s">
+        <v>829</v>
+      </c>
+      <c r="O81" t="s">
+        <v>1188</v>
+      </c>
+      <c r="P81" t="s">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>802</v>
+      </c>
+      <c r="B82" t="s">
+        <v>1309</v>
+      </c>
+      <c r="C82" t="s">
+        <v>20</v>
+      </c>
+      <c r="D82" t="s">
+        <v>20</v>
+      </c>
+      <c r="E82" t="s">
+        <v>1299</v>
+      </c>
+      <c r="F82" t="s">
+        <v>20</v>
+      </c>
+      <c r="G82" t="s">
+        <v>1310</v>
+      </c>
+      <c r="H82" t="s">
+        <v>1311</v>
+      </c>
+      <c r="I82" t="s">
+        <v>1312</v>
+      </c>
+      <c r="J82" t="s">
+        <v>1059</v>
+      </c>
+      <c r="K82" t="s">
+        <v>171</v>
+      </c>
+      <c r="L82" t="s">
+        <v>809</v>
+      </c>
+      <c r="M82" t="s">
+        <v>810</v>
+      </c>
+      <c r="N82" t="s">
+        <v>829</v>
+      </c>
+      <c r="O82" t="s">
+        <v>1291</v>
+      </c>
+      <c r="P82" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>802</v>
+      </c>
+      <c r="B83" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C83" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>1299</v>
+      </c>
+      <c r="F83" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" t="s">
+        <v>1315</v>
+      </c>
+      <c r="H83" t="s">
+        <v>1316</v>
+      </c>
+      <c r="I83" t="s">
+        <v>808</v>
+      </c>
+      <c r="J83" t="s">
+        <v>20</v>
+      </c>
+      <c r="K83" t="s">
+        <v>599</v>
+      </c>
+      <c r="L83" t="s">
+        <v>809</v>
+      </c>
+      <c r="M83" t="s">
+        <v>810</v>
+      </c>
+      <c r="N83" t="s">
+        <v>829</v>
+      </c>
+      <c r="O83" t="s">
+        <v>1291</v>
+      </c>
+      <c r="P83" t="s">
+        <v>1317</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>802</v>
+      </c>
+      <c r="B84" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C84" t="s">
+        <v>20</v>
+      </c>
+      <c r="D84" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" t="s">
+        <v>1299</v>
+      </c>
+      <c r="F84" t="s">
+        <v>20</v>
+      </c>
+      <c r="G84" t="s">
+        <v>1319</v>
+      </c>
+      <c r="H84" t="s">
+        <v>1320</v>
+      </c>
+      <c r="I84" t="s">
+        <v>1321</v>
+      </c>
+      <c r="J84" t="s">
+        <v>808</v>
+      </c>
+      <c r="K84" t="s">
+        <v>599</v>
+      </c>
+      <c r="L84" t="s">
+        <v>809</v>
+      </c>
+      <c r="M84" t="s">
+        <v>810</v>
+      </c>
+      <c r="N84" t="s">
+        <v>863</v>
+      </c>
+      <c r="O84" t="s">
+        <v>886</v>
+      </c>
+      <c r="P84" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>802</v>
+      </c>
+      <c r="B85" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C85" t="s">
+        <v>20</v>
+      </c>
+      <c r="D85" t="s">
+        <v>20</v>
+      </c>
+      <c r="E85" t="s">
+        <v>1299</v>
+      </c>
+      <c r="F85" t="s">
+        <v>20</v>
+      </c>
+      <c r="G85" t="s">
+        <v>1324</v>
+      </c>
+      <c r="H85" t="s">
+        <v>1325</v>
+      </c>
+      <c r="I85" t="s">
+        <v>854</v>
+      </c>
+      <c r="J85" t="s">
+        <v>20</v>
+      </c>
+      <c r="K85" t="s">
+        <v>599</v>
+      </c>
+      <c r="L85" t="s">
+        <v>809</v>
+      </c>
+      <c r="M85" t="s">
+        <v>810</v>
+      </c>
+      <c r="N85" t="s">
+        <v>863</v>
+      </c>
+      <c r="O85" t="s">
+        <v>886</v>
+      </c>
+      <c r="P85" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>802</v>
+      </c>
+      <c r="B86" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C86" t="s">
+        <v>20</v>
+      </c>
+      <c r="D86" t="s">
+        <v>20</v>
+      </c>
+      <c r="E86" t="s">
+        <v>1299</v>
+      </c>
+      <c r="F86" t="s">
+        <v>20</v>
+      </c>
+      <c r="G86" t="s">
+        <v>1328</v>
+      </c>
+      <c r="H86" t="s">
+        <v>1329</v>
+      </c>
+      <c r="I86" t="s">
+        <v>1330</v>
+      </c>
+      <c r="J86" t="s">
+        <v>1331</v>
+      </c>
+      <c r="K86" t="s">
+        <v>1332</v>
+      </c>
+      <c r="L86" t="s">
+        <v>809</v>
+      </c>
+      <c r="M86" t="s">
+        <v>810</v>
+      </c>
+      <c r="N86" t="s">
+        <v>863</v>
+      </c>
+      <c r="O86" t="s">
+        <v>886</v>
+      </c>
+      <c r="P86" t="s">
+        <v>1333</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>802</v>
+      </c>
+      <c r="B87" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C87" t="s">
+        <v>20</v>
+      </c>
+      <c r="D87" t="s">
+        <v>20</v>
+      </c>
+      <c r="E87" t="s">
+        <v>1299</v>
+      </c>
+      <c r="F87" t="s">
+        <v>20</v>
+      </c>
+      <c r="G87" t="s">
+        <v>1335</v>
+      </c>
+      <c r="H87" t="s">
+        <v>1336</v>
+      </c>
+      <c r="I87" t="s">
+        <v>1337</v>
+      </c>
+      <c r="J87" t="s">
+        <v>953</v>
+      </c>
+      <c r="K87" t="s">
+        <v>954</v>
+      </c>
+      <c r="L87" t="s">
+        <v>809</v>
+      </c>
+      <c r="M87" t="s">
+        <v>810</v>
+      </c>
+      <c r="N87" t="s">
+        <v>863</v>
+      </c>
+      <c r="O87" t="s">
+        <v>886</v>
+      </c>
+      <c r="P87" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>802</v>
+      </c>
+      <c r="B88" t="s">
+        <v>1339</v>
+      </c>
+      <c r="C88" t="s">
+        <v>20</v>
+      </c>
+      <c r="D88" t="s">
+        <v>20</v>
+      </c>
+      <c r="E88" t="s">
+        <v>1299</v>
+      </c>
+      <c r="F88" t="s">
+        <v>20</v>
+      </c>
+      <c r="G88" t="s">
+        <v>1340</v>
+      </c>
+      <c r="H88" t="s">
+        <v>1341</v>
+      </c>
+      <c r="I88" t="s">
+        <v>1342</v>
+      </c>
+      <c r="J88" t="s">
+        <v>932</v>
+      </c>
+      <c r="K88" t="s">
+        <v>50</v>
+      </c>
+      <c r="L88" t="s">
+        <v>809</v>
+      </c>
+      <c r="M88" t="s">
+        <v>810</v>
+      </c>
+      <c r="N88" t="s">
+        <v>863</v>
+      </c>
+      <c r="O88" t="s">
+        <v>886</v>
+      </c>
+      <c r="P88" t="s">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>802</v>
+      </c>
+      <c r="B89" t="s">
+        <v>1344</v>
+      </c>
+      <c r="C89" t="s">
+        <v>20</v>
+      </c>
+      <c r="D89" t="s">
+        <v>20</v>
+      </c>
+      <c r="E89" t="s">
+        <v>1345</v>
+      </c>
+      <c r="F89" t="s">
+        <v>20</v>
+      </c>
+      <c r="G89" t="s">
+        <v>1346</v>
+      </c>
+      <c r="H89" t="s">
+        <v>1347</v>
+      </c>
+      <c r="I89" t="s">
+        <v>1348</v>
+      </c>
+      <c r="J89" t="s">
+        <v>828</v>
+      </c>
+      <c r="K89" t="s">
+        <v>154</v>
+      </c>
+      <c r="L89" t="s">
+        <v>809</v>
+      </c>
+      <c r="M89" t="s">
+        <v>810</v>
+      </c>
+      <c r="N89" t="s">
+        <v>863</v>
+      </c>
+      <c r="O89" t="s">
+        <v>886</v>
+      </c>
+      <c r="P89" t="s">
+        <v>1349</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>802</v>
+      </c>
+      <c r="B90" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C90" t="s">
+        <v>20</v>
+      </c>
+      <c r="D90" t="s">
+        <v>20</v>
+      </c>
+      <c r="E90" t="s">
+        <v>1351</v>
+      </c>
+      <c r="F90" t="s">
+        <v>20</v>
+      </c>
+      <c r="G90" t="s">
+        <v>1352</v>
+      </c>
+      <c r="H90" t="s">
+        <v>1353</v>
+      </c>
+      <c r="I90" t="s">
+        <v>1354</v>
+      </c>
+      <c r="J90" t="s">
+        <v>837</v>
+      </c>
+      <c r="K90" t="s">
+        <v>154</v>
+      </c>
+      <c r="L90" t="s">
+        <v>809</v>
+      </c>
+      <c r="M90" t="s">
+        <v>810</v>
+      </c>
+      <c r="N90" t="s">
+        <v>811</v>
+      </c>
+      <c r="O90" t="s">
+        <v>821</v>
+      </c>
+      <c r="P90" t="s">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>802</v>
+      </c>
+      <c r="B91" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C91" t="s">
+        <v>20</v>
+      </c>
+      <c r="D91" t="s">
+        <v>20</v>
+      </c>
+      <c r="E91" t="s">
+        <v>1351</v>
+      </c>
+      <c r="F91" t="s">
+        <v>20</v>
+      </c>
+      <c r="G91" t="s">
+        <v>1357</v>
+      </c>
+      <c r="H91" t="s">
+        <v>1358</v>
+      </c>
+      <c r="I91" t="s">
+        <v>1359</v>
+      </c>
+      <c r="J91" t="s">
+        <v>845</v>
+      </c>
+      <c r="K91" t="s">
+        <v>846</v>
+      </c>
+      <c r="L91" t="s">
+        <v>809</v>
+      </c>
+      <c r="M91" t="s">
+        <v>810</v>
+      </c>
+      <c r="N91" t="s">
+        <v>829</v>
+      </c>
+      <c r="O91" t="s">
+        <v>1291</v>
+      </c>
+      <c r="P91" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>802</v>
+      </c>
+      <c r="B92" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C92" t="s">
+        <v>20</v>
+      </c>
+      <c r="D92" t="s">
+        <v>20</v>
+      </c>
+      <c r="E92" t="s">
+        <v>1351</v>
+      </c>
+      <c r="F92" t="s">
+        <v>20</v>
+      </c>
+      <c r="G92" t="s">
+        <v>1362</v>
+      </c>
+      <c r="H92" t="s">
+        <v>1363</v>
+      </c>
+      <c r="I92" t="s">
+        <v>1359</v>
+      </c>
+      <c r="J92" t="s">
+        <v>845</v>
+      </c>
+      <c r="K92" t="s">
+        <v>846</v>
+      </c>
+      <c r="L92" t="s">
+        <v>809</v>
+      </c>
+      <c r="M92" t="s">
+        <v>810</v>
+      </c>
+      <c r="N92" t="s">
+        <v>829</v>
+      </c>
+      <c r="O92" t="s">
+        <v>940</v>
+      </c>
+      <c r="P92" t="s">
+        <v>1364</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>802</v>
+      </c>
+      <c r="B93" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C93" t="s">
+        <v>20</v>
+      </c>
+      <c r="D93" t="s">
+        <v>20</v>
+      </c>
+      <c r="E93" t="s">
+        <v>1366</v>
+      </c>
+      <c r="F93" t="s">
+        <v>20</v>
+      </c>
+      <c r="G93" t="s">
+        <v>1367</v>
+      </c>
+      <c r="H93" t="s">
+        <v>1368</v>
+      </c>
+      <c r="I93" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J93" t="s">
+        <v>854</v>
+      </c>
+      <c r="K93" t="s">
+        <v>599</v>
+      </c>
+      <c r="L93" t="s">
+        <v>809</v>
+      </c>
+      <c r="M93" t="s">
+        <v>810</v>
+      </c>
+      <c r="N93" t="s">
+        <v>872</v>
+      </c>
+      <c r="O93" t="s">
+        <v>1128</v>
+      </c>
+      <c r="P93" t="s">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>802</v>
+      </c>
+      <c r="B94" t="s">
+        <v>1370</v>
+      </c>
+      <c r="C94" t="s">
+        <v>20</v>
+      </c>
+      <c r="D94" t="s">
+        <v>20</v>
+      </c>
+      <c r="E94" t="s">
+        <v>1371</v>
+      </c>
+      <c r="F94" t="s">
+        <v>20</v>
+      </c>
+      <c r="G94" t="s">
+        <v>1372</v>
+      </c>
+      <c r="H94" t="s">
+        <v>1373</v>
+      </c>
+      <c r="I94" t="s">
+        <v>1374</v>
+      </c>
+      <c r="J94" t="s">
+        <v>20</v>
+      </c>
+      <c r="K94" t="s">
+        <v>1375</v>
+      </c>
+      <c r="L94" t="s">
+        <v>809</v>
+      </c>
+      <c r="M94" t="s">
+        <v>925</v>
+      </c>
+      <c r="N94" t="s">
+        <v>863</v>
+      </c>
+      <c r="O94" t="s">
+        <v>886</v>
+      </c>
+      <c r="P94" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>802</v>
+      </c>
+      <c r="B95" t="s">
+        <v>1377</v>
+      </c>
+      <c r="C95" t="s">
+        <v>20</v>
+      </c>
+      <c r="D95" t="s">
+        <v>20</v>
+      </c>
+      <c r="E95" t="s">
+        <v>1371</v>
+      </c>
+      <c r="F95" t="s">
+        <v>20</v>
+      </c>
+      <c r="G95" t="s">
+        <v>1378</v>
+      </c>
+      <c r="H95" t="s">
+        <v>1379</v>
+      </c>
+      <c r="I95" t="s">
+        <v>1380</v>
+      </c>
+      <c r="J95" t="s">
+        <v>1381</v>
+      </c>
+      <c r="K95" t="s">
+        <v>1382</v>
+      </c>
+      <c r="L95" t="s">
+        <v>809</v>
+      </c>
+      <c r="M95" t="s">
+        <v>925</v>
+      </c>
+      <c r="N95" t="s">
+        <v>863</v>
+      </c>
+      <c r="O95" t="s">
+        <v>886</v>
+      </c>
+      <c r="P95" t="s">
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>802</v>
+      </c>
+      <c r="B96" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C96" t="s">
+        <v>20</v>
+      </c>
+      <c r="D96" t="s">
+        <v>20</v>
+      </c>
+      <c r="E96" t="s">
+        <v>1385</v>
+      </c>
+      <c r="F96" t="s">
+        <v>20</v>
+      </c>
+      <c r="G96" t="s">
+        <v>1386</v>
+      </c>
+      <c r="H96" t="s">
+        <v>1387</v>
+      </c>
+      <c r="I96" t="s">
+        <v>1388</v>
+      </c>
+      <c r="J96" t="s">
+        <v>1389</v>
+      </c>
+      <c r="K96" t="s">
+        <v>599</v>
+      </c>
+      <c r="L96" t="s">
+        <v>809</v>
+      </c>
+      <c r="M96" t="s">
+        <v>810</v>
+      </c>
+      <c r="N96" t="s">
+        <v>872</v>
+      </c>
+      <c r="O96" t="s">
+        <v>933</v>
+      </c>
+      <c r="P96" t="s">
+        <v>1390</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>802</v>
+      </c>
+      <c r="B97" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C97" t="s">
+        <v>20</v>
+      </c>
+      <c r="D97" t="s">
+        <v>20</v>
+      </c>
+      <c r="E97" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F97" t="s">
+        <v>20</v>
+      </c>
+      <c r="G97" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H97" t="s">
+        <v>1394</v>
+      </c>
+      <c r="I97" t="s">
+        <v>1395</v>
+      </c>
+      <c r="J97" t="s">
+        <v>911</v>
+      </c>
+      <c r="K97" t="s">
+        <v>50</v>
+      </c>
+      <c r="L97" t="s">
+        <v>809</v>
+      </c>
+      <c r="M97" t="s">
+        <v>925</v>
+      </c>
+      <c r="N97" t="s">
+        <v>863</v>
+      </c>
+      <c r="O97" t="s">
+        <v>886</v>
+      </c>
+      <c r="P97" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T56"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="J1" t="s">
+        <v>794</v>
+      </c>
+      <c r="K1" t="s">
+        <v>1398</v>
+      </c>
+      <c r="L1" t="s">
+        <v>796</v>
+      </c>
+      <c r="M1" t="s">
+        <v>797</v>
+      </c>
+      <c r="N1" t="s">
+        <v>1399</v>
+      </c>
+      <c r="O1" t="s">
+        <v>1400</v>
+      </c>
+      <c r="P1" t="s">
+        <v>1401</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>1402</v>
+      </c>
+      <c r="R1" t="s">
+        <v>798</v>
+      </c>
+      <c r="S1" t="s">
+        <v>1403</v>
+      </c>
+      <c r="T1" t="s">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1406</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1407</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1408</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J2" t="s">
+        <v>1410</v>
+      </c>
+      <c r="K2" t="s">
+        <v>1065</v>
+      </c>
+      <c r="L2" t="s">
+        <v>61</v>
+      </c>
+      <c r="M2" t="s">
+        <v>809</v>
+      </c>
+      <c r="N2" t="s">
+        <v>1411</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>1412</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>1413</v>
+      </c>
+      <c r="R2" t="s">
+        <v>1412</v>
+      </c>
+      <c r="S2" t="s">
+        <v>62</v>
+      </c>
+      <c r="T2" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1406</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1416</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1417</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J3" t="s">
+        <v>1410</v>
+      </c>
+      <c r="K3" t="s">
+        <v>1065</v>
+      </c>
+      <c r="L3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M3" t="s">
+        <v>809</v>
+      </c>
+      <c r="N3" t="s">
+        <v>1411</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>1412</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>1418</v>
+      </c>
+      <c r="R3" t="s">
+        <v>1412</v>
+      </c>
+      <c r="S3" t="s">
+        <v>1419</v>
+      </c>
+      <c r="T3" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1420</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1421</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1422</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1423</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1424</v>
+      </c>
+      <c r="J4" t="s">
+        <v>1425</v>
+      </c>
+      <c r="K4" t="s">
+        <v>1059</v>
+      </c>
+      <c r="L4" t="s">
+        <v>171</v>
+      </c>
+      <c r="M4" t="s">
+        <v>809</v>
+      </c>
+      <c r="N4" t="s">
+        <v>1426</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>925</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>1427</v>
+      </c>
+      <c r="R4" t="s">
+        <v>925</v>
+      </c>
+      <c r="S4" t="s">
+        <v>1428</v>
+      </c>
+      <c r="T4" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B5" t="s">
+        <v>362</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1430</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1431</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1432</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J5" t="s">
+        <v>1433</v>
+      </c>
+      <c r="K5" t="s">
+        <v>885</v>
+      </c>
+      <c r="L5" t="s">
+        <v>154</v>
+      </c>
+      <c r="M5" t="s">
+        <v>809</v>
+      </c>
+      <c r="N5" t="s">
+        <v>1434</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>1412</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>1435</v>
+      </c>
+      <c r="R5" t="s">
+        <v>1412</v>
+      </c>
+      <c r="S5" t="s">
+        <v>364</v>
+      </c>
+      <c r="T5" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1436</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1437</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1438</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1439</v>
+      </c>
+      <c r="I6" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J6" t="s">
+        <v>1440</v>
+      </c>
+      <c r="K6" t="s">
+        <v>1441</v>
+      </c>
+      <c r="L6" t="s">
+        <v>78</v>
+      </c>
+      <c r="M6" t="s">
+        <v>809</v>
+      </c>
+      <c r="N6" t="s">
+        <v>1442</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>1412</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>1443</v>
+      </c>
+      <c r="R6" t="s">
+        <v>1412</v>
+      </c>
+      <c r="S6" t="s">
+        <v>1444</v>
+      </c>
+      <c r="T6" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1445</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1446</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1447</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1448</v>
+      </c>
+      <c r="I7" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J7" t="s">
+        <v>1449</v>
+      </c>
+      <c r="K7" t="s">
+        <v>1374</v>
+      </c>
+      <c r="L7" t="s">
+        <v>1375</v>
+      </c>
+      <c r="M7" t="s">
+        <v>809</v>
+      </c>
+      <c r="N7" t="s">
+        <v>1450</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>1412</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>1443</v>
+      </c>
+      <c r="R7" t="s">
+        <v>1412</v>
+      </c>
+      <c r="S7" t="s">
+        <v>1451</v>
+      </c>
+      <c r="T7" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1454</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1455</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1456</v>
+      </c>
+      <c r="I8" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J8" t="s">
+        <v>1457</v>
+      </c>
+      <c r="K8" t="s">
+        <v>1059</v>
+      </c>
+      <c r="L8" t="s">
+        <v>171</v>
+      </c>
+      <c r="M8" t="s">
+        <v>809</v>
+      </c>
+      <c r="N8" t="s">
+        <v>1458</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>1412</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>1443</v>
+      </c>
+      <c r="R8" t="s">
+        <v>1412</v>
+      </c>
+      <c r="S8" t="s">
+        <v>1459</v>
+      </c>
+      <c r="T8" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1461</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1462</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1463</v>
+      </c>
+      <c r="I9" t="s">
+        <v>1464</v>
+      </c>
+      <c r="J9" t="s">
+        <v>1465</v>
+      </c>
+      <c r="K9" t="s">
+        <v>1466</v>
+      </c>
+      <c r="L9" t="s">
+        <v>111</v>
+      </c>
+      <c r="M9" t="s">
+        <v>809</v>
+      </c>
+      <c r="N9" t="s">
+        <v>1467</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>1412</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>1468</v>
+      </c>
+      <c r="R9" t="s">
+        <v>1412</v>
+      </c>
+      <c r="S9" t="s">
+        <v>112</v>
+      </c>
+      <c r="T9" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1469</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1470</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1471</v>
+      </c>
+      <c r="I10" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J10" t="s">
+        <v>1472</v>
+      </c>
+      <c r="K10" t="s">
+        <v>1441</v>
+      </c>
+      <c r="L10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M10" t="s">
+        <v>809</v>
+      </c>
+      <c r="N10" t="s">
+        <v>1473</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>1412</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>1474</v>
+      </c>
+      <c r="R10" t="s">
+        <v>1412</v>
+      </c>
+      <c r="S10" t="s">
+        <v>79</v>
+      </c>
+      <c r="T10" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1475</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1476</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1477</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1478</v>
+      </c>
+      <c r="I11" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J11" t="s">
+        <v>1479</v>
+      </c>
+      <c r="K11" t="s">
+        <v>871</v>
+      </c>
+      <c r="L11" t="s">
+        <v>50</v>
+      </c>
+      <c r="M11" t="s">
+        <v>809</v>
+      </c>
+      <c r="N11" t="s">
+        <v>1480</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>1412</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>1481</v>
+      </c>
+      <c r="R11" t="s">
+        <v>1412</v>
+      </c>
+      <c r="S11" t="s">
+        <v>1482</v>
+      </c>
+      <c r="T11" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1483</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1484</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1485</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1486</v>
+      </c>
+      <c r="I12" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J12" t="s">
+        <v>1487</v>
+      </c>
+      <c r="K12" t="s">
+        <v>1441</v>
+      </c>
+      <c r="L12" t="s">
+        <v>78</v>
+      </c>
+      <c r="M12" t="s">
+        <v>809</v>
+      </c>
+      <c r="N12" t="s">
+        <v>1488</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>1412</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>1418</v>
+      </c>
+      <c r="R12" t="s">
+        <v>1412</v>
+      </c>
+      <c r="S12" t="s">
+        <v>1489</v>
+      </c>
+      <c r="T12" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1484</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1491</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1492</v>
+      </c>
+      <c r="I13" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J13" t="s">
+        <v>1472</v>
+      </c>
+      <c r="K13" t="s">
+        <v>1441</v>
+      </c>
+      <c r="L13" t="s">
+        <v>78</v>
+      </c>
+      <c r="M13" t="s">
+        <v>809</v>
+      </c>
+      <c r="N13" t="s">
+        <v>1493</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>1412</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>1418</v>
+      </c>
+      <c r="R13" t="s">
+        <v>1412</v>
+      </c>
+      <c r="S13" t="s">
+        <v>1494</v>
+      </c>
+      <c r="T13" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1484</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1496</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1497</v>
+      </c>
+      <c r="I14" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J14" t="s">
+        <v>1498</v>
+      </c>
+      <c r="K14" t="s">
+        <v>837</v>
+      </c>
+      <c r="L14" t="s">
+        <v>154</v>
+      </c>
+      <c r="M14" t="s">
+        <v>809</v>
+      </c>
+      <c r="N14" t="s">
+        <v>1499</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>1412</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>1418</v>
+      </c>
+      <c r="R14" t="s">
+        <v>1412</v>
+      </c>
+      <c r="S14" t="s">
+        <v>1500</v>
+      </c>
+      <c r="T14" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B15" t="s">
+        <v>152</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1502</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1503</v>
+      </c>
+      <c r="I15" t="s">
+        <v>1464</v>
+      </c>
+      <c r="J15" t="s">
+        <v>20</v>
+      </c>
+      <c r="K15" t="s">
+        <v>1504</v>
+      </c>
+      <c r="L15" t="s">
+        <v>154</v>
+      </c>
+      <c r="M15" t="s">
+        <v>809</v>
+      </c>
+      <c r="N15" t="s">
+        <v>1505</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>1506</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>1507</v>
+      </c>
+      <c r="R15" t="s">
+        <v>925</v>
+      </c>
+      <c r="S15" t="s">
+        <v>155</v>
+      </c>
+      <c r="T15" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1508</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1509</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1510</v>
+      </c>
+      <c r="I16" t="s">
+        <v>1464</v>
+      </c>
+      <c r="J16" t="s">
+        <v>20</v>
+      </c>
+      <c r="K16" t="s">
+        <v>854</v>
+      </c>
+      <c r="L16" t="s">
+        <v>599</v>
+      </c>
+      <c r="M16" t="s">
+        <v>809</v>
+      </c>
+      <c r="N16" t="s">
+        <v>1511</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>1506</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>1512</v>
+      </c>
+      <c r="R16" t="s">
+        <v>925</v>
+      </c>
+      <c r="S16" t="s">
+        <v>600</v>
+      </c>
+      <c r="T16" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1514</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1515</v>
+      </c>
+      <c r="I17" t="s">
+        <v>1464</v>
+      </c>
+      <c r="J17" t="s">
+        <v>1516</v>
+      </c>
+      <c r="K17" t="s">
+        <v>911</v>
+      </c>
+      <c r="L17" t="s">
+        <v>50</v>
+      </c>
+      <c r="M17" t="s">
+        <v>809</v>
+      </c>
+      <c r="N17" t="s">
+        <v>1517</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>1518</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>1519</v>
+      </c>
+      <c r="R17" t="s">
+        <v>925</v>
+      </c>
+      <c r="S17" t="s">
+        <v>51</v>
+      </c>
+      <c r="T17" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B18" t="s">
+        <v>169</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1520</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1521</v>
+      </c>
+      <c r="I18" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J18" t="s">
+        <v>1522</v>
+      </c>
+      <c r="K18" t="s">
+        <v>1059</v>
+      </c>
+      <c r="L18" t="s">
+        <v>171</v>
+      </c>
+      <c r="M18" t="s">
+        <v>809</v>
+      </c>
+      <c r="N18" t="s">
+        <v>1523</v>
+      </c>
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>1518</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>1524</v>
+      </c>
+      <c r="R18" t="s">
+        <v>925</v>
+      </c>
+      <c r="S18" t="s">
+        <v>172</v>
+      </c>
+      <c r="T18" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1525</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1526</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1527</v>
+      </c>
+      <c r="I19" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J19" t="s">
+        <v>1528</v>
+      </c>
+      <c r="K19" t="s">
+        <v>1374</v>
+      </c>
+      <c r="L19" t="s">
+        <v>1375</v>
+      </c>
+      <c r="M19" t="s">
+        <v>809</v>
+      </c>
+      <c r="N19" t="s">
+        <v>1529</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
+        <v>1506</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>1530</v>
+      </c>
+      <c r="R19" t="s">
+        <v>925</v>
+      </c>
+      <c r="S19" t="s">
+        <v>1531</v>
+      </c>
+      <c r="T19" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1533</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1534</v>
+      </c>
+      <c r="I20" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J20" t="s">
+        <v>1535</v>
+      </c>
+      <c r="K20" t="s">
+        <v>861</v>
+      </c>
+      <c r="L20" t="s">
+        <v>862</v>
+      </c>
+      <c r="M20" t="s">
+        <v>809</v>
+      </c>
+      <c r="N20" t="s">
+        <v>1536</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
+        <v>1518</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>1443</v>
+      </c>
+      <c r="R20" t="s">
+        <v>925</v>
+      </c>
+      <c r="S20" t="s">
+        <v>1537</v>
+      </c>
+      <c r="T20" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1539</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1540</v>
+      </c>
+      <c r="I21" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J21" t="s">
+        <v>20</v>
+      </c>
+      <c r="K21" t="s">
+        <v>1541</v>
+      </c>
+      <c r="L21" t="s">
+        <v>1542</v>
+      </c>
+      <c r="M21" t="s">
+        <v>809</v>
+      </c>
+      <c r="N21" t="s">
+        <v>1543</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>1506</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>1530</v>
+      </c>
+      <c r="R21" t="s">
+        <v>925</v>
+      </c>
+      <c r="S21" t="s">
+        <v>1544</v>
+      </c>
+      <c r="T21" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1546</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1547</v>
+      </c>
+      <c r="I22" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J22" t="s">
+        <v>20</v>
+      </c>
+      <c r="K22" t="s">
+        <v>1381</v>
+      </c>
+      <c r="L22" t="s">
+        <v>1382</v>
+      </c>
+      <c r="M22" t="s">
+        <v>809</v>
+      </c>
+      <c r="N22" t="s">
+        <v>1548</v>
+      </c>
+      <c r="O22" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" t="s">
+        <v>1506</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>1530</v>
+      </c>
+      <c r="R22" t="s">
+        <v>925</v>
+      </c>
+      <c r="S22" t="s">
+        <v>1549</v>
+      </c>
+      <c r="T22" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1552</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1553</v>
+      </c>
+      <c r="I23" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J23" t="s">
+        <v>1554</v>
+      </c>
+      <c r="K23" t="s">
+        <v>837</v>
+      </c>
+      <c r="L23" t="s">
+        <v>154</v>
+      </c>
+      <c r="M23" t="s">
+        <v>809</v>
+      </c>
+      <c r="N23" t="s">
+        <v>1555</v>
+      </c>
+      <c r="O23" t="s">
+        <v>20</v>
+      </c>
+      <c r="P23" t="s">
+        <v>1412</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>1443</v>
+      </c>
+      <c r="R23" t="s">
+        <v>1412</v>
+      </c>
+      <c r="S23" t="s">
+        <v>213</v>
+      </c>
+      <c r="T23" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1557</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1558</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1559</v>
+      </c>
+      <c r="I24" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J24" t="s">
+        <v>1560</v>
+      </c>
+      <c r="K24" t="s">
+        <v>854</v>
+      </c>
+      <c r="L24" t="s">
+        <v>599</v>
+      </c>
+      <c r="M24" t="s">
+        <v>809</v>
+      </c>
+      <c r="N24" t="s">
+        <v>1561</v>
+      </c>
+      <c r="O24" t="s">
+        <v>20</v>
+      </c>
+      <c r="P24" t="s">
+        <v>1412</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>1427</v>
+      </c>
+      <c r="R24" t="s">
+        <v>1412</v>
+      </c>
+      <c r="S24" t="s">
+        <v>1562</v>
+      </c>
+      <c r="T24" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1564</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1565</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1566</v>
+      </c>
+      <c r="I25" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J25" t="s">
+        <v>1567</v>
+      </c>
+      <c r="K25" t="s">
+        <v>953</v>
+      </c>
+      <c r="L25" t="s">
+        <v>954</v>
+      </c>
+      <c r="M25" t="s">
+        <v>809</v>
+      </c>
+      <c r="N25" t="s">
+        <v>1568</v>
+      </c>
+      <c r="O25" t="s">
+        <v>20</v>
+      </c>
+      <c r="P25" t="s">
+        <v>810</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>1530</v>
+      </c>
+      <c r="R25" t="s">
+        <v>810</v>
+      </c>
+      <c r="S25" t="s">
+        <v>1569</v>
+      </c>
+      <c r="T25" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1570</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1571</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1572</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1573</v>
+      </c>
+      <c r="I26" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J26" t="s">
+        <v>884</v>
+      </c>
+      <c r="K26" t="s">
+        <v>885</v>
+      </c>
+      <c r="L26" t="s">
+        <v>154</v>
+      </c>
+      <c r="M26" t="s">
+        <v>809</v>
+      </c>
+      <c r="N26" t="s">
+        <v>1574</v>
+      </c>
+      <c r="O26" t="s">
+        <v>20</v>
+      </c>
+      <c r="P26" t="s">
+        <v>810</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>1443</v>
+      </c>
+      <c r="R26" t="s">
+        <v>810</v>
+      </c>
+      <c r="S26" t="s">
+        <v>1575</v>
+      </c>
+      <c r="T26" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1576</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1577</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1578</v>
+      </c>
+      <c r="I27" t="s">
+        <v>1424</v>
+      </c>
+      <c r="J27" t="s">
+        <v>1535</v>
+      </c>
+      <c r="K27" t="s">
+        <v>861</v>
+      </c>
+      <c r="L27" t="s">
+        <v>862</v>
+      </c>
+      <c r="M27" t="s">
+        <v>809</v>
+      </c>
+      <c r="N27" t="s">
+        <v>1536</v>
+      </c>
+      <c r="O27" t="s">
+        <v>20</v>
+      </c>
+      <c r="P27" t="s">
+        <v>925</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>1579</v>
+      </c>
+      <c r="R27" t="s">
+        <v>925</v>
+      </c>
+      <c r="S27" t="s">
+        <v>1580</v>
+      </c>
+      <c r="T27" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1581</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1582</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1583</v>
+      </c>
+      <c r="I28" t="s">
+        <v>1424</v>
+      </c>
+      <c r="J28" t="s">
+        <v>20</v>
+      </c>
+      <c r="K28" t="s">
+        <v>1065</v>
+      </c>
+      <c r="L28" t="s">
+        <v>61</v>
+      </c>
+      <c r="M28" t="s">
+        <v>809</v>
+      </c>
+      <c r="N28" t="s">
+        <v>1584</v>
+      </c>
+      <c r="O28" t="s">
+        <v>20</v>
+      </c>
+      <c r="P28" t="s">
+        <v>1506</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>1579</v>
+      </c>
+      <c r="R28" t="s">
+        <v>925</v>
+      </c>
+      <c r="S28" t="s">
+        <v>1585</v>
+      </c>
+      <c r="T28" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1587</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1588</v>
+      </c>
+      <c r="I29" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J29" t="s">
+        <v>20</v>
+      </c>
+      <c r="K29" t="s">
+        <v>1065</v>
+      </c>
+      <c r="L29" t="s">
+        <v>61</v>
+      </c>
+      <c r="M29" t="s">
+        <v>809</v>
+      </c>
+      <c r="N29" t="s">
+        <v>1584</v>
+      </c>
+      <c r="O29" t="s">
+        <v>20</v>
+      </c>
+      <c r="P29" t="s">
+        <v>1506</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>1443</v>
+      </c>
+      <c r="R29" t="s">
+        <v>925</v>
+      </c>
+      <c r="S29" t="s">
+        <v>1589</v>
+      </c>
+      <c r="T29" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1590</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1591</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1592</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1593</v>
+      </c>
+      <c r="I30" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J30" t="s">
+        <v>1594</v>
+      </c>
+      <c r="K30" t="s">
+        <v>871</v>
+      </c>
+      <c r="L30" t="s">
+        <v>50</v>
+      </c>
+      <c r="M30" t="s">
+        <v>809</v>
+      </c>
+      <c r="N30" t="s">
+        <v>1595</v>
+      </c>
+      <c r="O30" t="s">
+        <v>20</v>
+      </c>
+      <c r="P30" t="s">
+        <v>1412</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>1443</v>
+      </c>
+      <c r="R30" t="s">
+        <v>1412</v>
+      </c>
+      <c r="S30" t="s">
+        <v>1596</v>
+      </c>
+      <c r="T30" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1597</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1598</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1599</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1600</v>
+      </c>
+      <c r="I31" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J31" t="s">
+        <v>1601</v>
+      </c>
+      <c r="K31" t="s">
+        <v>1441</v>
+      </c>
+      <c r="L31" t="s">
+        <v>78</v>
+      </c>
+      <c r="M31" t="s">
+        <v>809</v>
+      </c>
+      <c r="N31" t="s">
+        <v>1602</v>
+      </c>
+      <c r="O31" t="s">
+        <v>20</v>
+      </c>
+      <c r="P31" t="s">
+        <v>1412</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>1427</v>
+      </c>
+      <c r="R31" t="s">
+        <v>1412</v>
+      </c>
+      <c r="S31" t="s">
+        <v>1603</v>
+      </c>
+      <c r="T31" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1604</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1605</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1607</v>
+      </c>
+      <c r="I32" t="s">
+        <v>1424</v>
+      </c>
+      <c r="J32" t="s">
+        <v>1608</v>
+      </c>
+      <c r="K32" t="s">
+        <v>1441</v>
+      </c>
+      <c r="L32" t="s">
+        <v>78</v>
+      </c>
+      <c r="M32" t="s">
+        <v>809</v>
+      </c>
+      <c r="N32" t="s">
+        <v>1609</v>
+      </c>
+      <c r="O32" t="s">
+        <v>20</v>
+      </c>
+      <c r="P32" t="s">
+        <v>1412</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>1610</v>
+      </c>
+      <c r="R32" t="s">
+        <v>1412</v>
+      </c>
+      <c r="S32" t="s">
+        <v>609</v>
+      </c>
+      <c r="T32" t="s">
+        <v>1611</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1613</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1614</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1615</v>
+      </c>
+      <c r="I33" t="s">
+        <v>1424</v>
+      </c>
+      <c r="J33" t="s">
+        <v>1616</v>
+      </c>
+      <c r="K33" t="s">
+        <v>911</v>
+      </c>
+      <c r="L33" t="s">
+        <v>50</v>
+      </c>
+      <c r="M33" t="s">
+        <v>809</v>
+      </c>
+      <c r="N33" t="s">
+        <v>1617</v>
+      </c>
+      <c r="O33" t="s">
+        <v>20</v>
+      </c>
+      <c r="P33" t="s">
+        <v>810</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>1418</v>
+      </c>
+      <c r="R33" t="s">
+        <v>810</v>
+      </c>
+      <c r="S33" t="s">
+        <v>1618</v>
+      </c>
+      <c r="T33" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1619</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1613</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1620</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1621</v>
+      </c>
+      <c r="I34" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J34" t="s">
+        <v>1622</v>
+      </c>
+      <c r="K34" t="s">
+        <v>861</v>
+      </c>
+      <c r="L34" t="s">
+        <v>862</v>
+      </c>
+      <c r="M34" t="s">
+        <v>809</v>
+      </c>
+      <c r="N34" t="s">
+        <v>1617</v>
+      </c>
+      <c r="O34" t="s">
+        <v>20</v>
+      </c>
+      <c r="P34" t="s">
+        <v>810</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>1418</v>
+      </c>
+      <c r="R34" t="s">
+        <v>810</v>
+      </c>
+      <c r="S34" t="s">
+        <v>1623</v>
+      </c>
+      <c r="T34" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1624</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1613</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1625</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1626</v>
+      </c>
+      <c r="I35" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J35" t="s">
+        <v>1627</v>
+      </c>
+      <c r="K35" t="s">
+        <v>837</v>
+      </c>
+      <c r="L35" t="s">
+        <v>154</v>
+      </c>
+      <c r="M35" t="s">
+        <v>809</v>
+      </c>
+      <c r="N35" t="s">
+        <v>1617</v>
+      </c>
+      <c r="O35" t="s">
+        <v>20</v>
+      </c>
+      <c r="P35" t="s">
+        <v>810</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>1418</v>
+      </c>
+      <c r="R35" t="s">
+        <v>810</v>
+      </c>
+      <c r="S35" t="s">
+        <v>1628</v>
+      </c>
+      <c r="T35" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1629</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1613</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1630</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1631</v>
+      </c>
+      <c r="I36" t="s">
+        <v>1424</v>
+      </c>
+      <c r="J36" t="s">
+        <v>1632</v>
+      </c>
+      <c r="K36" t="s">
+        <v>845</v>
+      </c>
+      <c r="L36" t="s">
+        <v>846</v>
+      </c>
+      <c r="M36" t="s">
+        <v>809</v>
+      </c>
+      <c r="N36" t="s">
+        <v>1617</v>
+      </c>
+      <c r="O36" t="s">
+        <v>20</v>
+      </c>
+      <c r="P36" t="s">
+        <v>810</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>1418</v>
+      </c>
+      <c r="R36" t="s">
+        <v>810</v>
+      </c>
+      <c r="S36" t="s">
+        <v>1633</v>
+      </c>
+      <c r="T36" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1634</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1613</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1635</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1636</v>
+      </c>
+      <c r="I37" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J37" t="s">
+        <v>1627</v>
+      </c>
+      <c r="K37" t="s">
+        <v>837</v>
+      </c>
+      <c r="L37" t="s">
+        <v>154</v>
+      </c>
+      <c r="M37" t="s">
+        <v>809</v>
+      </c>
+      <c r="N37" t="s">
+        <v>1617</v>
+      </c>
+      <c r="O37" t="s">
+        <v>20</v>
+      </c>
+      <c r="P37" t="s">
+        <v>810</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>1530</v>
+      </c>
+      <c r="R37" t="s">
+        <v>810</v>
+      </c>
+      <c r="S37" t="s">
+        <v>1637</v>
+      </c>
+      <c r="T37" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1613</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1639</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1640</v>
+      </c>
+      <c r="I38" t="s">
+        <v>1424</v>
+      </c>
+      <c r="J38" t="s">
+        <v>1641</v>
+      </c>
+      <c r="K38" t="s">
+        <v>953</v>
+      </c>
+      <c r="L38" t="s">
+        <v>954</v>
+      </c>
+      <c r="M38" t="s">
+        <v>809</v>
+      </c>
+      <c r="N38" t="s">
+        <v>1617</v>
+      </c>
+      <c r="O38" t="s">
+        <v>20</v>
+      </c>
+      <c r="P38" t="s">
+        <v>810</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>1418</v>
+      </c>
+      <c r="R38" t="s">
+        <v>810</v>
+      </c>
+      <c r="S38" t="s">
+        <v>1642</v>
+      </c>
+      <c r="T38" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1644</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1645</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1646</v>
+      </c>
+      <c r="I39" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J39" t="s">
+        <v>1647</v>
+      </c>
+      <c r="K39" t="s">
+        <v>854</v>
+      </c>
+      <c r="L39" t="s">
+        <v>599</v>
+      </c>
+      <c r="M39" t="s">
+        <v>809</v>
+      </c>
+      <c r="N39" t="s">
+        <v>20</v>
+      </c>
+      <c r="O39" t="s">
+        <v>20</v>
+      </c>
+      <c r="P39" t="s">
+        <v>1412</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>1443</v>
+      </c>
+      <c r="R39" t="s">
+        <v>1412</v>
+      </c>
+      <c r="S39" t="s">
+        <v>1648</v>
+      </c>
+      <c r="T39" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1649</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1644</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1650</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1651</v>
+      </c>
+      <c r="I40" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J40" t="s">
+        <v>1652</v>
+      </c>
+      <c r="K40" t="s">
+        <v>971</v>
+      </c>
+      <c r="L40" t="s">
+        <v>972</v>
+      </c>
+      <c r="M40" t="s">
+        <v>809</v>
+      </c>
+      <c r="N40" t="s">
+        <v>1442</v>
+      </c>
+      <c r="O40" t="s">
+        <v>20</v>
+      </c>
+      <c r="P40" t="s">
+        <v>1412</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>1427</v>
+      </c>
+      <c r="R40" t="s">
+        <v>1412</v>
+      </c>
+      <c r="S40" t="s">
+        <v>1653</v>
+      </c>
+      <c r="T40" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1654</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1655</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1656</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1657</v>
+      </c>
+      <c r="I41" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J41" t="s">
+        <v>1658</v>
+      </c>
+      <c r="K41" t="s">
+        <v>854</v>
+      </c>
+      <c r="L41" t="s">
+        <v>599</v>
+      </c>
+      <c r="M41" t="s">
+        <v>809</v>
+      </c>
+      <c r="N41" t="s">
+        <v>1659</v>
+      </c>
+      <c r="O41" t="s">
+        <v>20</v>
+      </c>
+      <c r="P41" t="s">
+        <v>1412</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>1443</v>
+      </c>
+      <c r="R41" t="s">
+        <v>1412</v>
+      </c>
+      <c r="S41" t="s">
+        <v>1660</v>
+      </c>
+      <c r="T41" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1662</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1663</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1664</v>
+      </c>
+      <c r="I42" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J42" t="s">
+        <v>20</v>
+      </c>
+      <c r="K42" t="s">
+        <v>1441</v>
+      </c>
+      <c r="L42" t="s">
+        <v>78</v>
+      </c>
+      <c r="M42" t="s">
+        <v>809</v>
+      </c>
+      <c r="N42" t="s">
+        <v>1665</v>
+      </c>
+      <c r="O42" t="s">
+        <v>20</v>
+      </c>
+      <c r="P42" t="s">
+        <v>810</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>1443</v>
+      </c>
+      <c r="R42" t="s">
+        <v>810</v>
+      </c>
+      <c r="S42" t="s">
+        <v>1666</v>
+      </c>
+      <c r="T42" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1667</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1662</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1668</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1669</v>
+      </c>
+      <c r="I43" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J43" t="s">
+        <v>1670</v>
+      </c>
+      <c r="K43" t="s">
+        <v>854</v>
+      </c>
+      <c r="L43" t="s">
+        <v>599</v>
+      </c>
+      <c r="M43" t="s">
+        <v>809</v>
+      </c>
+      <c r="N43" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O43" t="s">
+        <v>20</v>
+      </c>
+      <c r="P43" t="s">
+        <v>810</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>1418</v>
+      </c>
+      <c r="R43" t="s">
+        <v>810</v>
+      </c>
+      <c r="S43" t="s">
+        <v>1672</v>
+      </c>
+      <c r="T43" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1673</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1662</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1674</v>
+      </c>
+      <c r="H44" t="s">
+        <v>1675</v>
+      </c>
+      <c r="I44" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J44" t="s">
+        <v>1676</v>
+      </c>
+      <c r="K44" t="s">
+        <v>1059</v>
+      </c>
+      <c r="L44" t="s">
+        <v>171</v>
+      </c>
+      <c r="M44" t="s">
+        <v>809</v>
+      </c>
+      <c r="N44" t="s">
+        <v>1677</v>
+      </c>
+      <c r="O44" t="s">
+        <v>20</v>
+      </c>
+      <c r="P44" t="s">
+        <v>810</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>1418</v>
+      </c>
+      <c r="R44" t="s">
+        <v>810</v>
+      </c>
+      <c r="S44" t="s">
+        <v>1678</v>
+      </c>
+      <c r="T44" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1662</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>1680</v>
+      </c>
+      <c r="H45" t="s">
+        <v>1681</v>
+      </c>
+      <c r="I45" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J45" t="s">
+        <v>1682</v>
+      </c>
+      <c r="K45" t="s">
+        <v>1065</v>
+      </c>
+      <c r="L45" t="s">
+        <v>61</v>
+      </c>
+      <c r="M45" t="s">
+        <v>809</v>
+      </c>
+      <c r="N45" t="s">
+        <v>1683</v>
+      </c>
+      <c r="O45" t="s">
+        <v>20</v>
+      </c>
+      <c r="P45" t="s">
+        <v>810</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>1418</v>
+      </c>
+      <c r="R45" t="s">
+        <v>810</v>
+      </c>
+      <c r="S45" t="s">
+        <v>1684</v>
+      </c>
+      <c r="T45" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1662</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1686</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1687</v>
+      </c>
+      <c r="I46" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J46" t="s">
+        <v>1688</v>
+      </c>
+      <c r="K46" t="s">
+        <v>1374</v>
+      </c>
+      <c r="L46" t="s">
+        <v>1375</v>
+      </c>
+      <c r="M46" t="s">
+        <v>809</v>
+      </c>
+      <c r="N46" t="s">
+        <v>1689</v>
+      </c>
+      <c r="O46" t="s">
+        <v>20</v>
+      </c>
+      <c r="P46" t="s">
+        <v>810</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>1418</v>
+      </c>
+      <c r="R46" t="s">
+        <v>810</v>
+      </c>
+      <c r="S46" t="s">
+        <v>1690</v>
+      </c>
+      <c r="T46" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>1662</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>1692</v>
+      </c>
+      <c r="H47" t="s">
+        <v>1693</v>
+      </c>
+      <c r="I47" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J47" t="s">
+        <v>1694</v>
+      </c>
+      <c r="K47" t="s">
+        <v>1381</v>
+      </c>
+      <c r="L47" t="s">
+        <v>1382</v>
+      </c>
+      <c r="M47" t="s">
+        <v>809</v>
+      </c>
+      <c r="N47" t="s">
+        <v>1695</v>
+      </c>
+      <c r="O47" t="s">
+        <v>20</v>
+      </c>
+      <c r="P47" t="s">
+        <v>810</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>1418</v>
+      </c>
+      <c r="R47" t="s">
+        <v>810</v>
+      </c>
+      <c r="S47" t="s">
+        <v>1696</v>
+      </c>
+      <c r="T47" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B48" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1662</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>1698</v>
+      </c>
+      <c r="H48" t="s">
+        <v>1699</v>
+      </c>
+      <c r="I48" t="s">
+        <v>1424</v>
+      </c>
+      <c r="J48" t="s">
+        <v>1700</v>
+      </c>
+      <c r="K48" t="s">
+        <v>911</v>
+      </c>
+      <c r="L48" t="s">
+        <v>50</v>
+      </c>
+      <c r="M48" t="s">
+        <v>809</v>
+      </c>
+      <c r="N48" t="s">
+        <v>1701</v>
+      </c>
+      <c r="O48" t="s">
+        <v>20</v>
+      </c>
+      <c r="P48" t="s">
+        <v>810</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>1418</v>
+      </c>
+      <c r="R48" t="s">
+        <v>810</v>
+      </c>
+      <c r="S48" t="s">
+        <v>1702</v>
+      </c>
+      <c r="T48" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B49" t="s">
+        <v>1703</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1662</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>1704</v>
+      </c>
+      <c r="H49" t="s">
+        <v>1705</v>
+      </c>
+      <c r="I49" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J49" t="s">
+        <v>20</v>
+      </c>
+      <c r="K49" t="s">
+        <v>1441</v>
+      </c>
+      <c r="L49" t="s">
+        <v>78</v>
+      </c>
+      <c r="M49" t="s">
+        <v>809</v>
+      </c>
+      <c r="N49" t="s">
+        <v>1706</v>
+      </c>
+      <c r="O49" t="s">
+        <v>20</v>
+      </c>
+      <c r="P49" t="s">
+        <v>810</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>1418</v>
+      </c>
+      <c r="R49" t="s">
+        <v>810</v>
+      </c>
+      <c r="S49" t="s">
+        <v>1707</v>
+      </c>
+      <c r="T49" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B50" t="s">
+        <v>1708</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1662</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>1709</v>
+      </c>
+      <c r="H50" t="s">
+        <v>1710</v>
+      </c>
+      <c r="I50" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J50" t="s">
+        <v>1711</v>
+      </c>
+      <c r="K50" t="s">
+        <v>828</v>
+      </c>
+      <c r="L50" t="s">
+        <v>154</v>
+      </c>
+      <c r="M50" t="s">
+        <v>809</v>
+      </c>
+      <c r="N50" t="s">
+        <v>1712</v>
+      </c>
+      <c r="O50" t="s">
+        <v>20</v>
+      </c>
+      <c r="P50" t="s">
+        <v>810</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>1418</v>
+      </c>
+      <c r="R50" t="s">
+        <v>810</v>
+      </c>
+      <c r="S50" t="s">
+        <v>1713</v>
+      </c>
+      <c r="T50" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B51" t="s">
+        <v>1714</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>1662</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>1715</v>
+      </c>
+      <c r="H51" t="s">
+        <v>1716</v>
+      </c>
+      <c r="I51" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J51" t="s">
+        <v>1717</v>
+      </c>
+      <c r="K51" t="s">
+        <v>854</v>
+      </c>
+      <c r="L51" t="s">
+        <v>599</v>
+      </c>
+      <c r="M51" t="s">
+        <v>809</v>
+      </c>
+      <c r="N51" t="s">
+        <v>1718</v>
+      </c>
+      <c r="O51" t="s">
+        <v>20</v>
+      </c>
+      <c r="P51" t="s">
+        <v>810</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>1418</v>
+      </c>
+      <c r="R51" t="s">
+        <v>810</v>
+      </c>
+      <c r="S51" t="s">
+        <v>1719</v>
+      </c>
+      <c r="T51" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B52" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>1662</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>1721</v>
+      </c>
+      <c r="H52" t="s">
+        <v>1722</v>
+      </c>
+      <c r="I52" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J52" t="s">
+        <v>1723</v>
+      </c>
+      <c r="K52" t="s">
+        <v>932</v>
+      </c>
+      <c r="L52" t="s">
+        <v>50</v>
+      </c>
+      <c r="M52" t="s">
+        <v>809</v>
+      </c>
+      <c r="N52" t="s">
+        <v>1724</v>
+      </c>
+      <c r="O52" t="s">
+        <v>20</v>
+      </c>
+      <c r="P52" t="s">
+        <v>810</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>1418</v>
+      </c>
+      <c r="R52" t="s">
+        <v>810</v>
+      </c>
+      <c r="S52" t="s">
+        <v>1725</v>
+      </c>
+      <c r="T52" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B53" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>1662</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>1727</v>
+      </c>
+      <c r="H53" t="s">
+        <v>1728</v>
+      </c>
+      <c r="I53" t="s">
+        <v>1424</v>
+      </c>
+      <c r="J53" t="s">
+        <v>1729</v>
+      </c>
+      <c r="K53" t="s">
+        <v>1730</v>
+      </c>
+      <c r="L53" t="s">
+        <v>979</v>
+      </c>
+      <c r="M53" t="s">
+        <v>809</v>
+      </c>
+      <c r="N53" t="s">
+        <v>1731</v>
+      </c>
+      <c r="O53" t="s">
+        <v>20</v>
+      </c>
+      <c r="P53" t="s">
+        <v>810</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>1418</v>
+      </c>
+      <c r="R53" t="s">
+        <v>810</v>
+      </c>
+      <c r="S53" t="s">
+        <v>1732</v>
+      </c>
+      <c r="T53" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B54" t="s">
+        <v>1733</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>1662</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>1734</v>
+      </c>
+      <c r="H54" t="s">
+        <v>1735</v>
+      </c>
+      <c r="I54" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J54" t="s">
+        <v>1736</v>
+      </c>
+      <c r="K54" t="s">
+        <v>837</v>
+      </c>
+      <c r="L54" t="s">
+        <v>154</v>
+      </c>
+      <c r="M54" t="s">
+        <v>809</v>
+      </c>
+      <c r="N54" t="s">
+        <v>1737</v>
+      </c>
+      <c r="O54" t="s">
+        <v>20</v>
+      </c>
+      <c r="P54" t="s">
+        <v>810</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>1418</v>
+      </c>
+      <c r="R54" t="s">
+        <v>810</v>
+      </c>
+      <c r="S54" t="s">
+        <v>1738</v>
+      </c>
+      <c r="T54" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B55" t="s">
+        <v>1739</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>1740</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>1741</v>
+      </c>
+      <c r="H55" t="s">
+        <v>1742</v>
+      </c>
+      <c r="I55" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J55" t="s">
+        <v>1743</v>
+      </c>
+      <c r="K55" t="s">
+        <v>1744</v>
+      </c>
+      <c r="L55" t="s">
+        <v>50</v>
+      </c>
+      <c r="M55" t="s">
+        <v>809</v>
+      </c>
+      <c r="N55" t="s">
+        <v>1426</v>
+      </c>
+      <c r="O55" t="s">
+        <v>20</v>
+      </c>
+      <c r="P55" t="s">
+        <v>925</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>1427</v>
+      </c>
+      <c r="R55" t="s">
+        <v>925</v>
+      </c>
+      <c r="S55" t="s">
+        <v>1745</v>
+      </c>
+      <c r="T55" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B56" t="s">
+        <v>1746</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>1747</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>1748</v>
+      </c>
+      <c r="H56" t="s">
+        <v>1749</v>
+      </c>
+      <c r="I56" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J56" t="s">
+        <v>1608</v>
+      </c>
+      <c r="K56" t="s">
+        <v>1441</v>
+      </c>
+      <c r="L56" t="s">
+        <v>78</v>
+      </c>
+      <c r="M56" t="s">
+        <v>809</v>
+      </c>
+      <c r="N56" t="s">
+        <v>1750</v>
+      </c>
+      <c r="O56" t="s">
+        <v>20</v>
+      </c>
+      <c r="P56" t="s">
+        <v>1412</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>1443</v>
+      </c>
+      <c r="R56" t="s">
+        <v>1412</v>
+      </c>
+      <c r="S56" t="s">
+        <v>1751</v>
+      </c>
+      <c r="T56" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>