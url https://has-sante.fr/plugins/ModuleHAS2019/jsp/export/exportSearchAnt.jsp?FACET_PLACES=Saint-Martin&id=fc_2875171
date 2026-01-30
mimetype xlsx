--- v0 (2025-12-14)
+++ v1 (2026-01-30)
@@ -236,51 +236,51 @@
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>970115044</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER LOUIS CONSTANT FLEMING</t>
   </si>
   <si>
     <t>23/06/2022 10:19:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3452_FicheEtablissement/fr/c-h-louis-constant-fleming</t>
   </si>
   <si>
     <t>3452_FicheEtablissement</t>
   </si>
   <si>
     <t>0590522525</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine, Psychiatrie</t>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Psychiatrie</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>970100400</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>