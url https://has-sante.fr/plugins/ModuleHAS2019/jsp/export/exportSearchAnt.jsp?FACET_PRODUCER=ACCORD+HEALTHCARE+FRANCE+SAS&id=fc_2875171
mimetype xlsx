--- v0 (2025-10-18)
+++ v1 (2026-01-17)
@@ -9,107 +9,125 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="339" uniqueCount="202">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="350" uniqueCount="208">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>HETRONIFLY (serplulimab)</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>18/12/2025 10:45:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806002/fr/hetronifly-serplulimab</t>
+  </si>
+  <si>
+    <t>p_3806002</t>
+  </si>
+  <si>
+    <t>serplulimab</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3802175/fr/hetronifly-serplulimab-cancer-du-poumon-a-petites-cellules-de-stade-etendu-cppc-se</t>
+  </si>
+  <si>
     <t>CAMCEVI (leuproréline)</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>24/07/2025 10:59:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3637853/fr/camcevi-leuproreline</t>
   </si>
   <si>
     <t>p_3637853</t>
   </si>
   <si>
     <t>leuproréline</t>
-  </si>
-[...1 lines deleted...]
-    <t>ACCORD HEALTHCARE FRANCE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3637601/fr/camcevi-leuproreline-cancer-de-la-prostate</t>
   </si>
   <si>
     <t>TEPADINA (thiotépa)</t>
   </si>
   <si>
     <t>06/03/2025 18:07:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985065/fr/tepadina-thiotepa</t>
   </si>
   <si>
     <t>pprd_2985065</t>
   </si>
   <si>
     <t>thiotépa</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1189058/fr/tepadina-thiotepa</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3288400/fr/tepadina-400mg-thiotepa</t>
   </si>
@@ -665,51 +683,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Q29"/>
+  <dimension ref="A1:Q30"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -775,89 +793,89 @@
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3" t="s">
         <v>23</v>
       </c>
       <c r="I3" t="s">
         <v>24</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
       <c r="K3" t="s">
         <v>25</v>
       </c>
-      <c r="L3" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>28</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>29</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="I4" t="s">
         <v>30</v>
       </c>
-      <c r="H4" t="s">
+      <c r="J4" t="s">
+        <v>18</v>
+      </c>
+      <c r="K4" t="s">
         <v>31</v>
       </c>
-      <c r="I4" t="s">
+      <c r="L4" t="s">
         <v>32</v>
       </c>
-      <c r="J4" t="s">
-[...2 lines deleted...]
-      <c r="K4" t="s">
+      <c r="M4" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>34</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>35</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>36</v>
       </c>
@@ -991,256 +1009,256 @@
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>59</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>60</v>
       </c>
       <c r="H9" t="s">
         <v>61</v>
       </c>
       <c r="I9" t="s">
         <v>62</v>
       </c>
       <c r="J9" t="s">
         <v>18</v>
       </c>
       <c r="K9" t="s">
         <v>63</v>
       </c>
-      <c r="L9" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
         <v>65</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>66</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>67</v>
       </c>
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>68</v>
       </c>
-      <c r="I10" t="s">
+      <c r="J10" t="s">
+        <v>18</v>
+      </c>
+      <c r="K10" t="s">
         <v>69</v>
       </c>
-      <c r="J10" t="s">
-[...2 lines deleted...]
-      <c r="K10" t="s">
+      <c r="L10" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>72</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
         <v>73</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="H11" t="s">
         <v>74</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="I11" t="s">
         <v>75</v>
       </c>
-      <c r="H11" t="s">
+      <c r="J11" t="s">
+        <v>18</v>
+      </c>
+      <c r="K11" t="s">
         <v>76</v>
       </c>
-      <c r="I11" t="s">
+      <c r="L11" t="s">
         <v>77</v>
       </c>
-      <c r="J11" t="s">
-[...2 lines deleted...]
-      <c r="K11" t="s">
+      <c r="M11" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>79</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
         <v>80</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>81</v>
       </c>
       <c r="H12" t="s">
         <v>82</v>
       </c>
       <c r="I12" t="s">
         <v>83</v>
       </c>
       <c r="J12" t="s">
         <v>18</v>
       </c>
       <c r="K12" t="s">
         <v>84</v>
       </c>
-      <c r="L12" t="s">
-[...16 lines deleted...]
-      </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
+        <v>85</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>86</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H13" t="s">
+        <v>88</v>
+      </c>
+      <c r="I13" t="s">
+        <v>89</v>
+      </c>
+      <c r="J13" t="s">
+        <v>18</v>
+      </c>
+      <c r="K13" t="s">
+        <v>90</v>
+      </c>
+      <c r="L13" t="s">
         <v>91</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="M13" t="s">
         <v>92</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="N13" t="s">
         <v>93</v>
       </c>
-      <c r="H13" t="s">
+      <c r="O13" t="s">
         <v>94</v>
       </c>
-      <c r="I13" t="s">
+      <c r="P13" t="s">
         <v>95</v>
       </c>
-      <c r="J13" t="s">
-[...2 lines deleted...]
-      <c r="K13" t="s">
+      <c r="Q13" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" t="s">
+        <v>97</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>98</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
         <v>99</v>
       </c>
-      <c r="C14" t="s">
-[...5 lines deleted...]
-      <c r="E14" t="s">
+      <c r="H14" t="s">
         <v>100</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="I14" t="s">
         <v>101</v>
       </c>
-      <c r="H14" t="s">
+      <c r="J14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K14" t="s">
         <v>102</v>
       </c>
-      <c r="I14" t="s">
+      <c r="L14" t="s">
         <v>103</v>
       </c>
-      <c r="J14" t="s">
-[...2 lines deleted...]
-      <c r="K14" t="s">
+      <c r="M14" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
         <v>105</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
         <v>106</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>107</v>
       </c>
@@ -1304,133 +1322,133 @@
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
         <v>118</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>119</v>
       </c>
       <c r="H17" t="s">
         <v>120</v>
       </c>
       <c r="I17" t="s">
         <v>121</v>
       </c>
       <c r="J17" t="s">
         <v>18</v>
       </c>
       <c r="K17" t="s">
         <v>122</v>
       </c>
-      <c r="L17" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>11</v>
       </c>
       <c r="B18" t="s">
+        <v>123</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>124</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
         <v>125</v>
       </c>
-      <c r="C18" t="s">
-[...5 lines deleted...]
-      <c r="E18" t="s">
+      <c r="H18" t="s">
         <v>126</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="I18" t="s">
         <v>127</v>
       </c>
-      <c r="H18" t="s">
+      <c r="J18" t="s">
+        <v>18</v>
+      </c>
+      <c r="K18" t="s">
         <v>128</v>
       </c>
-      <c r="I18" t="s">
+      <c r="L18" t="s">
         <v>129</v>
       </c>
-      <c r="J18" t="s">
-[...2 lines deleted...]
-      <c r="K18" t="s">
+      <c r="M18" t="s">
         <v>130</v>
-      </c>
-[...7 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>11</v>
       </c>
       <c r="B19" t="s">
+        <v>131</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>132</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>133</v>
+      </c>
+      <c r="H19" t="s">
         <v>134</v>
       </c>
-      <c r="C19" t="s">
-[...5 lines deleted...]
-      <c r="E19" t="s">
+      <c r="I19" t="s">
         <v>135</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="J19" t="s">
+        <v>18</v>
+      </c>
+      <c r="K19" t="s">
         <v>136</v>
       </c>
-      <c r="H19" t="s">
+      <c r="L19" t="s">
         <v>137</v>
       </c>
-      <c r="I19" t="s">
+      <c r="M19" t="s">
         <v>138</v>
       </c>
-      <c r="J19" t="s">
-[...2 lines deleted...]
-      <c r="K19" t="s">
+      <c r="N19" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" t="s">
         <v>140</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
         <v>141</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>142</v>
       </c>
@@ -1494,86 +1512,86 @@
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
         <v>153</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>154</v>
       </c>
       <c r="H22" t="s">
         <v>155</v>
       </c>
       <c r="I22" t="s">
         <v>156</v>
       </c>
       <c r="J22" t="s">
         <v>18</v>
       </c>
       <c r="K22" t="s">
         <v>157</v>
       </c>
-      <c r="L22" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>11</v>
       </c>
       <c r="B23" t="s">
+        <v>158</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
         <v>159</v>
       </c>
-      <c r="C23" t="s">
-[...5 lines deleted...]
-      <c r="E23" t="s">
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
         <v>160</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="H23" t="s">
         <v>161</v>
       </c>
-      <c r="H23" t="s">
+      <c r="I23" t="s">
         <v>162</v>
       </c>
-      <c r="I23" t="s">
+      <c r="J23" t="s">
+        <v>18</v>
+      </c>
+      <c r="K23" t="s">
         <v>163</v>
       </c>
-      <c r="J23" t="s">
-[...2 lines deleted...]
-      <c r="K23" t="s">
+      <c r="L23" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>11</v>
       </c>
       <c r="B24" t="s">
         <v>165</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
         <v>166</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>167</v>
       </c>
@@ -1637,86 +1655,86 @@
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
         <v>178</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>179</v>
       </c>
       <c r="H26" t="s">
         <v>180</v>
       </c>
       <c r="I26" t="s">
         <v>181</v>
       </c>
       <c r="J26" t="s">
         <v>18</v>
       </c>
       <c r="K26" t="s">
         <v>182</v>
       </c>
-      <c r="L26" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>11</v>
       </c>
       <c r="B27" t="s">
+        <v>183</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
         <v>184</v>
       </c>
-      <c r="C27" t="s">
-[...5 lines deleted...]
-      <c r="E27" t="s">
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
         <v>185</v>
       </c>
-      <c r="F27" t="s">
-[...2 lines deleted...]
-      <c r="G27" t="s">
+      <c r="H27" t="s">
         <v>186</v>
       </c>
-      <c r="H27" t="s">
+      <c r="I27" t="s">
         <v>187</v>
       </c>
-      <c r="I27" t="s">
+      <c r="J27" t="s">
+        <v>18</v>
+      </c>
+      <c r="K27" t="s">
         <v>188</v>
       </c>
-      <c r="J27" t="s">
-[...2 lines deleted...]
-      <c r="K27" t="s">
+      <c r="L27" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>11</v>
       </c>
       <c r="B28" t="s">
         <v>190</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
         <v>191</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
         <v>192</v>
       </c>
@@ -1744,45 +1762,80 @@
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
         <v>197</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>198</v>
       </c>
       <c r="H29" t="s">
         <v>199</v>
       </c>
       <c r="I29" t="s">
         <v>200</v>
       </c>
       <c r="J29" t="s">
         <v>18</v>
       </c>
       <c r="K29" t="s">
         <v>201</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>11</v>
+      </c>
+      <c r="B30" t="s">
+        <v>202</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>203</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>204</v>
+      </c>
+      <c r="H30" t="s">
+        <v>205</v>
+      </c>
+      <c r="I30" t="s">
+        <v>206</v>
+      </c>
+      <c r="J30" t="s">
+        <v>18</v>
+      </c>
+      <c r="K30" t="s">
+        <v>207</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>