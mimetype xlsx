--- v0 (2025-12-03)
+++ v1 (2026-03-05)
@@ -50,51 +50,51 @@
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>AXTAIR ONE</t>
   </si>
   <si>
     <t>Support d'aide à la prévention des escarres : surmatelas</t>
   </si>
   <si>
-    <t>23/09/2014 00:00:00</t>
+    <t>22/10/2019 00:00:00</t>
   </si>
   <si>
     <t>10/10/2014 09:43:03</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1766327/fr/axtair-one</t>
   </si>
   <si>
     <t>c_1766327</t>
   </si>
   <si>
     <t>ASKLE SANTE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>