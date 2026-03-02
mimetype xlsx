--- v0 (2025-10-05)
+++ v1 (2026-03-02)
@@ -9,152 +9,155 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="82" uniqueCount="60">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>PHYSIOGINE (estriol)</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>14/10/2025 15:11:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984633/fr/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>pprd_2984633</t>
+  </si>
+  <si>
+    <t>estriol</t>
+  </si>
+  <si>
+    <t>ASPEN FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517660/fr/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753162/fr/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2000743/fr/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399510/fr/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456145/fr/physiogine-estriol-affections-vulvo-vaginales</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689712/fr/reevaluation-des-specialites-indiquees-dans-le-traitement-hormonal-de-la-menopause-estradiol-estriol-tibolone-acetate-de-cyproterone-dydrogesterone-levonorgestrel-medrogestone-medroxyprogesterone-acetate-de-norethisterone-progesterone</t>
+  </si>
+  <si>
     <t>EMLA - EMLAPATCH (lidocaïne/prilocaïne)</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>07/09/2023 15:23:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984010/fr/emla-emlapatch-lidocaine/prilocaine</t>
   </si>
   <si>
     <t>pprd_2984010</t>
   </si>
   <si>
     <t>lidocaïne,prilocaïne</t>
   </si>
   <si>
-    <t>ASPEN FRANCE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_468366/fr/emla-emlapatch-lidocaine/-prilocaine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1025863/fr/emla-emlapatch-lidocaine/-prilocaine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2658591/fr/emla-emlapatch-lidocaine/-prilocaine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398923/fr/emlapatch-lidocaine/-prilocaine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3459831/fr/emlapatch-lidocaine/-prilocaine-anesthesiques-locaux</t>
-  </si>
-[...28 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3456145/fr/physiogine-estriol-affections-vulvo-vaginales</t>
   </si>
   <si>
     <t>XYLOCARD (chlorhydrate de lidocaïne)</t>
   </si>
   <si>
     <t>20/01/2021 08:36:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3232241/fr/xylocard-chlorhydrate-de-lidocaine</t>
   </si>
   <si>
     <t>p_3232241</t>
   </si>
   <si>
     <t>chlorhydrate de lidocaïne</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3232149/fr/xylocard-chlorhydrate-de-lidocaine</t>
   </si>
   <si>
     <t>ORGARAN (danaparoïde sodique)</t>
   </si>
   <si>
     <t>31/03/2020 16:18:00</t>
   </si>
@@ -323,217 +326,220 @@
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
         <v>19</v>
       </c>
       <c r="L2" t="s">
         <v>20</v>
       </c>
       <c r="M2" t="s">
         <v>21</v>
       </c>
       <c r="N2" t="s">
         <v>22</v>
       </c>
       <c r="O2" t="s">
         <v>23</v>
       </c>
+      <c r="P2" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
       <c r="K3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="L3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="M3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="N3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="O3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J4" t="s">
         <v>18</v>
       </c>
       <c r="K4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="I5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="J5" t="s">
         <v>18</v>
       </c>
       <c r="K5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J6" t="s">
         <v>18</v>
       </c>
       <c r="K6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="N6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="O6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="Q6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="R6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>