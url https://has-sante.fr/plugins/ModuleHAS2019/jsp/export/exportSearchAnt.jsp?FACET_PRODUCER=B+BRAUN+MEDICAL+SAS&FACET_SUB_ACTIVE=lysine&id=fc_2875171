--- v0 (2025-10-19)
+++ v1 (2026-01-17)
@@ -53,51 +53,51 @@
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>AMIPED (arginine, phénylalanine, alanine, tryptophane L, sérine, aspartique (a...)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>02/10/2015 15:09:50</t>
+    <t>02/10/2022 09:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984415/fr/amiped-arginine-phenylalanine-alanine-tryptophane-l-serine-aspartique-a</t>
   </si>
   <si>
     <t>pprd_2984415</t>
   </si>
   <si>
     <t>arginine, phénylalanine, alanine, tryptophane L, sérine, aspartique (acide), glycine, leucine, acétyltyrosine,,lysine monohydratée, acétylcystéine, proline, taurine, acide glutamique, thréonine, valine, histidine, méthionine, isoleucine</t>
   </si>
   <si>
     <t>B BRAUN MEDICAL SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2558850/fr/amiped-arginine-phenylalanine-alanine-tryptophane-l-serine-aspartique-a</t>
   </si>
   <si>
     <t>AMINOPLASMAL (arginine/ phénylalanine/ alanine/ tryptophane L/ sérine/ aspartique (a...)</t>
   </si>
   <si>
     <t>15/06/2015 17:40:05</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984519/fr/aminoplasmal-arginine/-phenylalanine/-alanine/-tryptophane-l/-serine/-aspartique-a</t>
   </si>