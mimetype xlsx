--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -53,51 +53,51 @@
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>CELLTOP (etoposide)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/09/2019 10:36:00</t>
+    <t>05/09/2020 14:38:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985528/fr/celltop-etoposide</t>
   </si>
   <si>
     <t>pprd_2985528</t>
   </si>
   <si>
     <t>etoposide</t>
   </si>
   <si>
     <t>BAXTER</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_455255/fr/celltop-etoposide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3098053/fr/celltop-etoposide</t>
   </si>
   <si>
     <t>REGIOCIT (chlorure de sodium/ citrate de sodium)</t>
   </si>
   <si>
     <t>04/04/2016 13:53:00</t>
   </si>