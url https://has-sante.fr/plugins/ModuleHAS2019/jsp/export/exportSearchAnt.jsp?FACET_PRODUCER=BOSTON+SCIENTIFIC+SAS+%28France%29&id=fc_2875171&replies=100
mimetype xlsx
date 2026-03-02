--- v0 (2025-10-05)
+++ v1 (2026-03-02)
@@ -9,109 +9,172 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="270" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="310" uniqueCount="155">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
+    <t>VERCISE GENUS P32</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>21/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/12/2025 14:55:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704149/fr/vercise-genus-p32</t>
+  </si>
+  <si>
+    <t>p_3704149</t>
+  </si>
+  <si>
+    <t>Système non rechargeable pour stimulation cérébrale profonde</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS (France)</t>
+  </si>
+  <si>
+    <t>VERCISE GENUS R32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704155/fr/vercise-genus-r32</t>
+  </si>
+  <si>
+    <t>p_3704155</t>
+  </si>
+  <si>
+    <t>Système rechargeable pour stimulation cérébrale profonde</t>
+  </si>
+  <si>
+    <t>AMS 800</t>
+  </si>
+  <si>
+    <t>09/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2025 12:12:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3686767/fr/ams-800</t>
+  </si>
+  <si>
+    <t>p_3686767</t>
+  </si>
+  <si>
+    <t>Implant sphinctérien périurétral hydraulique</t>
+  </si>
+  <si>
+    <t>TELECOMMANDE  PATIENT VERCISE 3 DBS</t>
+  </si>
+  <si>
+    <t>23/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689056/fr/telecommande-patient-vercise-3-dbs</t>
+  </si>
+  <si>
+    <t>p_3689056</t>
+  </si>
+  <si>
+    <t>Télécommande patient pour les systèmes de stimulation cérébrale profonde VERCISE PC et GEVIA</t>
+  </si>
+  <si>
     <t>LUX-DX</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>28/01/2025 00:00:00</t>
   </si>
   <si>
     <t>10/03/2025 09:36:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3588820/fr/lux-dx</t>
   </si>
   <si>
     <t>p_3588820</t>
   </si>
   <si>
     <t>Moniteur cardiaque implantable</t>
   </si>
   <si>
-    <t>BOSTON SCIENTIFIC SAS (France)</t>
-[...1 lines deleted...]
-  <si>
     <t>VERCISE CARTESIA</t>
   </si>
   <si>
     <t>11/02/2025 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592856/fr/vercise-cartesia</t>
   </si>
   <si>
     <t>p_3592856</t>
   </si>
   <si>
     <t>Electrode directionnelle pour stimulation cérébrale profonde</t>
   </si>
   <si>
     <t>ELUVIA</t>
   </si>
   <si>
     <t>14/01/2025 00:00:00</t>
   </si>
   <si>
     <t>10/03/2025 08:53:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3593830/fr/eluvia</t>
@@ -215,66 +278,60 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3531478/fr/lux-dx</t>
   </si>
   <si>
     <t>p_3531478</t>
   </si>
   <si>
     <t>WATCHMAN FLX</t>
   </si>
   <si>
     <t>21/05/2024 00:00:00</t>
   </si>
   <si>
     <t>27/06/2024 12:00:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3526081/fr/watchman-flx</t>
   </si>
   <si>
     <t>p_3526081</t>
   </si>
   <si>
     <t>Dispositif de fermeture transcutanée de l’appendice auriculaire  gauche</t>
   </si>
   <si>
-    <t>AMS 800</t>
-[...1 lines deleted...]
-  <si>
     <t>09/04/2024 00:00:00</t>
   </si>
   <si>
     <t>29/04/2024 15:04:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3509307/fr/ams-800</t>
   </si>
   <si>
     <t>p_3509307</t>
-  </si>
-[...1 lines deleted...]
-    <t>Implant sphinctérien périurétral hydraulique</t>
   </si>
   <si>
     <t>ICESEED 1.5 90° ET ICESEED 1.5 MRI 90°</t>
   </si>
   <si>
     <t>26/03/2024 00:00:00</t>
   </si>
   <si>
     <t>24/04/2024 11:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3508904/fr/iceseed-1-5-90-et-iceseed-1-5-mri-90</t>
   </si>
   <si>
     <t>p_3508904</t>
   </si>
   <si>
     <t>Aiguilles de cryoablation</t>
   </si>
   <si>
     <t>ICESPHERE 1.5 CX 90°</t>
   </si>
   <si>
     <t>23/04/2024 08:39:00</t>
   </si>
@@ -467,51 +524,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J27"/>
+  <dimension ref="A1:J31"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -548,832 +605,960 @@
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>24</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="J4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
         <v>30</v>
       </c>
-      <c r="C5" t="s">
-[...2 lines deleted...]
-      <c r="D5" t="s">
+      <c r="E5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
         <v>31</v>
       </c>
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="I5" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
       <c r="J5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>10</v>
       </c>
       <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
         <v>36</v>
       </c>
-      <c r="C6" t="s">
-[...2 lines deleted...]
-      <c r="D6" t="s">
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
         <v>37</v>
       </c>
-      <c r="E6" t="s">
+      <c r="H6" t="s">
         <v>38</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="I6" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
       <c r="J6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" t="s">
         <v>36</v>
-      </c>
-[...7 lines deleted...]
-        <v>38</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
         <v>42</v>
       </c>
       <c r="H7" t="s">
         <v>43</v>
       </c>
       <c r="I7" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="J7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="E8" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="H8" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="I8" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="J8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>10</v>
       </c>
       <c r="B9" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="E9" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="H9" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="I9" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="J9" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="E10" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="H10" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="I10" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="J10" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>58</v>
       </c>
       <c r="E11" t="s">
         <v>59</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="H11" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="I11" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="J11" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>10</v>
       </c>
       <c r="B12" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="E12" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
         <v>65</v>
       </c>
       <c r="H12" t="s">
         <v>66</v>
       </c>
       <c r="I12" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="J12" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>10</v>
       </c>
       <c r="B13" t="s">
+        <v>67</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
         <v>68</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>69</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
         <v>70</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>71</v>
       </c>
-      <c r="H13" t="s">
+      <c r="I13" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="J13" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>10</v>
       </c>
       <c r="B14" t="s">
+        <v>73</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
         <v>74</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>75</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
         <v>76</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>77</v>
       </c>
-      <c r="H14" t="s">
+      <c r="I14" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="J14" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>10</v>
       </c>
       <c r="B15" t="s">
+        <v>34</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>79</v>
+      </c>
+      <c r="E15" t="s">
         <v>80</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
         <v>81</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>82</v>
       </c>
-      <c r="H15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I15" t="s">
-        <v>79</v>
+        <v>39</v>
       </c>
       <c r="J15" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>10</v>
       </c>
       <c r="B16" t="s">
+        <v>83</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
         <v>84</v>
       </c>
-      <c r="C16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H16" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="I16" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="J16" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>10</v>
       </c>
       <c r="B17" t="s">
-        <v>87</v>
+        <v>23</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
-        <v>75</v>
+        <v>89</v>
       </c>
       <c r="E17" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="H17" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="I17" t="s">
-        <v>79</v>
+        <v>28</v>
       </c>
       <c r="J17" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>10</v>
       </c>
       <c r="B18" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
-        <v>75</v>
+        <v>94</v>
       </c>
       <c r="E18" t="s">
-        <v>81</v>
+        <v>95</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="H18" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="I18" t="s">
-        <v>79</v>
+        <v>98</v>
       </c>
       <c r="J18" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
         <v>94</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="H19" t="s">
+        <v>102</v>
+      </c>
+      <c r="I19" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="J19" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>10</v>
       </c>
       <c r="B20" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>94</v>
+      </c>
+      <c r="E20" t="s">
         <v>100</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="H20" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I20" t="s">
-        <v>12</v>
+        <v>98</v>
       </c>
       <c r="J20" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>10</v>
       </c>
       <c r="B21" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21" t="s">
-        <v>106</v>
+        <v>94</v>
       </c>
       <c r="E21" t="s">
+        <v>100</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
         <v>107</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="H21" t="s">
         <v>108</v>
       </c>
-      <c r="H21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I21" t="s">
-        <v>12</v>
+        <v>98</v>
       </c>
       <c r="J21" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>10</v>
       </c>
       <c r="B22" t="s">
+        <v>109</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>94</v>
+      </c>
+      <c r="E22" t="s">
+        <v>100</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
         <v>110</v>
       </c>
-      <c r="C22" t="s">
-[...11 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>111</v>
       </c>
-      <c r="H22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I22" t="s">
-        <v>12</v>
+        <v>98</v>
       </c>
       <c r="J22" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>10</v>
       </c>
       <c r="B23" t="s">
+        <v>112</v>
+      </c>
+      <c r="C23" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="D23" t="s">
         <v>114</v>
       </c>
       <c r="E23" t="s">
         <v>115</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
         <v>116</v>
       </c>
       <c r="H23" t="s">
         <v>117</v>
       </c>
       <c r="I23" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="J23" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>10</v>
       </c>
       <c r="B24" t="s">
         <v>118</v>
       </c>
       <c r="C24" t="s">
-        <v>94</v>
+        <v>119</v>
       </c>
       <c r="D24" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E24" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="H24" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="I24" t="s">
-        <v>94</v>
+        <v>12</v>
       </c>
       <c r="J24" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>10</v>
       </c>
       <c r="B25" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C25" t="s">
-        <v>94</v>
+        <v>12</v>
       </c>
       <c r="D25" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="E25" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="H25" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="I25" t="s">
-        <v>94</v>
+        <v>12</v>
       </c>
       <c r="J25" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" t="s">
+        <v>129</v>
+      </c>
+      <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
+        <v>125</v>
+      </c>
+      <c r="E26" t="s">
         <v>126</v>
-      </c>
-[...7 lines deleted...]
-        <v>129</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
         <v>130</v>
       </c>
       <c r="H26" t="s">
         <v>131</v>
       </c>
       <c r="I26" t="s">
         <v>12</v>
       </c>
       <c r="J26" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>10</v>
       </c>
       <c r="B27" t="s">
         <v>132</v>
       </c>
       <c r="C27" t="s">
-        <v>127</v>
+        <v>113</v>
       </c>
       <c r="D27" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E27" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="H27" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I27" t="s">
-        <v>12</v>
+        <v>113</v>
       </c>
       <c r="J27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" t="s">
+        <v>137</v>
+      </c>
+      <c r="C28" t="s">
+        <v>113</v>
+      </c>
+      <c r="D28" t="s">
+        <v>138</v>
+      </c>
+      <c r="E28" t="s">
+        <v>139</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>140</v>
+      </c>
+      <c r="H28" t="s">
+        <v>141</v>
+      </c>
+      <c r="I28" t="s">
+        <v>113</v>
+      </c>
+      <c r="J28" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>10</v>
+      </c>
+      <c r="B29" t="s">
+        <v>142</v>
+      </c>
+      <c r="C29" t="s">
+        <v>113</v>
+      </c>
+      <c r="D29" t="s">
+        <v>138</v>
+      </c>
+      <c r="E29" t="s">
+        <v>139</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>143</v>
+      </c>
+      <c r="H29" t="s">
+        <v>144</v>
+      </c>
+      <c r="I29" t="s">
+        <v>113</v>
+      </c>
+      <c r="J29" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>10</v>
+      </c>
+      <c r="B30" t="s">
+        <v>145</v>
+      </c>
+      <c r="C30" t="s">
+        <v>146</v>
+      </c>
+      <c r="D30" t="s">
+        <v>147</v>
+      </c>
+      <c r="E30" t="s">
+        <v>148</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>149</v>
+      </c>
+      <c r="H30" t="s">
+        <v>150</v>
+      </c>
+      <c r="I30" t="s">
+        <v>12</v>
+      </c>
+      <c r="J30" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>10</v>
+      </c>
+      <c r="B31" t="s">
+        <v>151</v>
+      </c>
+      <c r="C31" t="s">
+        <v>146</v>
+      </c>
+      <c r="D31" t="s">
+        <v>147</v>
+      </c>
+      <c r="E31" t="s">
+        <v>152</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>153</v>
+      </c>
+      <c r="H31" t="s">
+        <v>154</v>
+      </c>
+      <c r="I31" t="s">
+        <v>12</v>
+      </c>
+      <c r="J31" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>