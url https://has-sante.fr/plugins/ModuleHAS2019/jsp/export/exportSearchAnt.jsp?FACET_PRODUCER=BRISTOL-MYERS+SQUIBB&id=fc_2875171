--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -9,109 +9,136 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="623" uniqueCount="406">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="624" uniqueCount="407">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>REBLOZYL (luspatercept)</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>01/12/2025 14:42:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281288/fr/reblozyl-luspatercept</t>
+  </si>
+  <si>
+    <t>p_3281288</t>
+  </si>
+  <si>
+    <t>luspatercept</t>
+  </si>
+  <si>
+    <t>BRISTOL-MYERS SQUIBB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281010/fr/reblozyl-25-luspatercept-ss-thalassemie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281443/fr/reblozyl-luspatercept-syndrome-myelodysplasique-smd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490841/fr/reblozyl-luspatercept-anemie-associee-a-une-beta-thalassemie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3742011/fr/reblozyl-luspatercept-anemie-due-a-un-syndrome-myelodysplasique</t>
+  </si>
+  <si>
     <t>OPDIVO (nivolumab)</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>16/10/2025 12:32:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982912/fr/opdivo-nivolumab</t>
   </si>
   <si>
     <t>pprd_2982912</t>
   </si>
   <si>
     <t>nivolumab</t>
   </si>
   <si>
-    <t>BRISTOL-MYERS SQUIBB</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3067177/fr/opdivo-lymphome-de-hodgkin-nivolumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2639665/fr/opdivo-nivolumab-melanome-1ere-ligne</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2742286/fr/opdivo-cancer-bronchique-non-a-petites-cellules-2eme-ligne-nivolumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2757885/fr/opdivo-lymphome-de-hodgkin-nivolumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2612055/fr/opdivo-cancer-bronchique-non-a-petites-cellules-2eme-ligne-nivolumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2682094/fr/opdivo-cancer-renal-2eme-ligne-nivolumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2770199/fr/opdivo-yervoy-melanome-1ere-ligne-nivolumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2870207/fr/opdivo-cancer-bronchique-non-a-petites-cellules-nivolumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2829034/fr/opdivo-nivolumab-anticorps-anti-pd1</t>
@@ -423,74 +450,50 @@
     <t>https://www.has-sante.fr/jcms/p_3538252/fr/abecma-idecabtagene-vicleucel-myelome-multiple</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3548873/fr/abecma-idecabtagene-vicleucel-myelome-multiple</t>
   </si>
   <si>
     <t>INREBIC (fédratinib)</t>
   </si>
   <si>
     <t>10/10/2024 09:56:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3314496/fr/inrebic-fedratinib</t>
   </si>
   <si>
     <t>p_3314496</t>
   </si>
   <si>
     <t>fédratinib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3313612/fr/inrebic-fedratinib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3546943/fr/inrebic-fedratinib-splenomegalie-et-symptomes-de-la-myelofibrose</t>
-  </si>
-[...22 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3490841/fr/reblozyl-luspatercept-anemie-associee-a-une-beta-thalassemie</t>
   </si>
   <si>
     <t>OPDUALAG (nivolumab/rélatlimab)</t>
   </si>
   <si>
     <t>25/01/2024 08:40:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3490930/fr/opdualag-nivolumab/relatlimab</t>
   </si>
   <si>
     <t>p_3490930</t>
   </si>
   <si>
     <t>nivolumab,rélatlimab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3490820/fr/opdualag-nivolumab/relatlimab-melanome</t>
   </si>
   <si>
     <t>SOTYKTU (deucravacitinib)</t>
   </si>
   <si>
     <t>18/12/2023 14:02:03</t>
   </si>
@@ -1361,1918 +1364,1921 @@
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
         <v>19</v>
       </c>
       <c r="L2" t="s">
         <v>20</v>
       </c>
       <c r="M2" t="s">
         <v>21</v>
       </c>
       <c r="N2" t="s">
         <v>22</v>
       </c>
-      <c r="O2" t="s">
-[...121 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+      <c r="I3" t="s">
+        <v>27</v>
+      </c>
+      <c r="J3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K3" t="s">
+        <v>28</v>
+      </c>
+      <c r="L3" t="s">
+        <v>29</v>
+      </c>
+      <c r="M3" t="s">
+        <v>30</v>
+      </c>
+      <c r="N3" t="s">
+        <v>31</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R3" t="s">
+        <v>35</v>
+      </c>
+      <c r="S3" t="s">
+        <v>36</v>
+      </c>
+      <c r="T3" t="s">
+        <v>37</v>
+      </c>
+      <c r="U3" t="s">
+        <v>38</v>
+      </c>
+      <c r="V3" t="s">
+        <v>39</v>
+      </c>
+      <c r="W3" t="s">
+        <v>40</v>
+      </c>
+      <c r="X3" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>42</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>44</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>45</v>
+      </c>
+      <c r="AD3" t="s">
+        <v>46</v>
+      </c>
+      <c r="AE3" t="s">
+        <v>47</v>
+      </c>
+      <c r="AF3" t="s">
+        <v>48</v>
+      </c>
+      <c r="AG3" t="s">
+        <v>49</v>
+      </c>
+      <c r="AH3" t="s">
+        <v>50</v>
+      </c>
+      <c r="AI3" t="s">
+        <v>51</v>
+      </c>
+      <c r="AJ3" t="s">
+        <v>52</v>
+      </c>
+      <c r="AK3" t="s">
+        <v>53</v>
+      </c>
+      <c r="AL3" t="s">
+        <v>54</v>
+      </c>
+      <c r="AM3" t="s">
+        <v>55</v>
+      </c>
+      <c r="AN3" t="s">
+        <v>56</v>
+      </c>
+      <c r="AO3" t="s">
+        <v>57</v>
+      </c>
+      <c r="AP3" t="s">
+        <v>58</v>
+      </c>
+      <c r="AQ3" t="s">
+        <v>59</v>
+      </c>
+      <c r="AR3" t="s">
+        <v>60</v>
+      </c>
+      <c r="AS3" t="s">
+        <v>61</v>
+      </c>
+      <c r="AT3" t="s">
         <v>62</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="AU3" t="s">
         <v>63</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="AV3" t="s">
         <v>64</v>
       </c>
-      <c r="H3" t="s">
+      <c r="AW3" t="s">
         <v>65</v>
       </c>
-      <c r="I3" t="s">
+      <c r="AX3" t="s">
         <v>66</v>
       </c>
-      <c r="J3" t="s">
-[...2 lines deleted...]
-      <c r="K3" t="s">
+      <c r="AY3" t="s">
         <v>67</v>
       </c>
-      <c r="L3" t="s">
+      <c r="AZ3" t="s">
         <v>68</v>
       </c>
-      <c r="M3" t="s">
+      <c r="BA3" t="s">
+        <v>62</v>
+      </c>
+      <c r="BB3" t="s">
         <v>69</v>
       </c>
-      <c r="N3" t="s">
+      <c r="BC3" t="s">
         <v>70</v>
-      </c>
-[...34 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
+        <v>71</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>72</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>73</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>74</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="I4" t="s">
         <v>75</v>
       </c>
-      <c r="H4" t="s">
+      <c r="J4" t="s">
+        <v>18</v>
+      </c>
+      <c r="K4" t="s">
         <v>76</v>
       </c>
-      <c r="I4" t="s">
+      <c r="L4" t="s">
         <v>77</v>
       </c>
-      <c r="J4" t="s">
-[...2 lines deleted...]
-      <c r="K4" t="s">
+      <c r="M4" t="s">
         <v>78</v>
       </c>
-      <c r="L4" t="s">
+      <c r="N4" t="s">
         <v>79</v>
       </c>
-      <c r="M4" t="s">
+      <c r="O4" t="s">
         <v>80</v>
       </c>
-      <c r="N4" t="s">
+      <c r="P4" t="s">
         <v>81</v>
       </c>
-      <c r="O4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q4" t="s">
-        <v>84</v>
+        <v>40</v>
       </c>
       <c r="R4" t="s">
-        <v>85</v>
+        <v>42</v>
+      </c>
+      <c r="S4" t="s">
+        <v>46</v>
+      </c>
+      <c r="T4" t="s">
+        <v>47</v>
+      </c>
+      <c r="U4" t="s">
+        <v>57</v>
+      </c>
+      <c r="V4" t="s">
+        <v>64</v>
+      </c>
+      <c r="W4" t="s">
+        <v>65</v>
+      </c>
+      <c r="X4" t="s">
+        <v>66</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>69</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>70</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
+        <v>82</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>83</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>84</v>
+      </c>
+      <c r="H5" t="s">
+        <v>85</v>
+      </c>
+      <c r="I5" t="s">
         <v>86</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="J5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K5" t="s">
         <v>87</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="L5" t="s">
         <v>88</v>
       </c>
-      <c r="H5" t="s">
+      <c r="M5" t="s">
         <v>89</v>
       </c>
-      <c r="I5" t="s">
+      <c r="N5" t="s">
         <v>90</v>
       </c>
-      <c r="J5" t="s">
-[...2 lines deleted...]
-      <c r="K5" t="s">
+      <c r="O5" t="s">
         <v>91</v>
       </c>
-      <c r="L5" t="s">
+      <c r="P5" t="s">
         <v>92</v>
       </c>
-      <c r="M5" t="s">
+      <c r="Q5" t="s">
         <v>93</v>
       </c>
-      <c r="N5" t="s">
+      <c r="R5" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
         <v>95</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>96</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>97</v>
       </c>
       <c r="H6" t="s">
         <v>98</v>
       </c>
       <c r="I6" t="s">
         <v>99</v>
       </c>
       <c r="J6" t="s">
         <v>18</v>
       </c>
       <c r="K6" t="s">
         <v>100</v>
       </c>
       <c r="L6" t="s">
         <v>101</v>
       </c>
+      <c r="M6" t="s">
+        <v>102</v>
+      </c>
+      <c r="N6" t="s">
+        <v>103</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="H7" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="I7" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="J7" t="s">
         <v>18</v>
       </c>
       <c r="K7" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="L7" t="s">
-        <v>108</v>
-[...4 lines deleted...]
-      <c r="N7" t="s">
         <v>110</v>
-      </c>
-[...22 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
+        <v>111</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>112</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>113</v>
+      </c>
+      <c r="H8" t="s">
+        <v>114</v>
+      </c>
+      <c r="I8" t="s">
+        <v>115</v>
+      </c>
+      <c r="J8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K8" t="s">
+        <v>116</v>
+      </c>
+      <c r="L8" t="s">
+        <v>117</v>
+      </c>
+      <c r="M8" t="s">
+        <v>118</v>
+      </c>
+      <c r="N8" t="s">
         <v>119</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="O8" t="s">
         <v>120</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="P8" t="s">
         <v>121</v>
       </c>
-      <c r="H8" t="s">
+      <c r="Q8" t="s">
         <v>122</v>
       </c>
-      <c r="I8" t="s">
+      <c r="R8" t="s">
         <v>123</v>
       </c>
-      <c r="J8" t="s">
-[...2 lines deleted...]
-      <c r="K8" t="s">
+      <c r="S8" t="s">
         <v>124</v>
       </c>
-      <c r="L8" t="s">
+      <c r="T8" t="s">
         <v>125</v>
       </c>
-      <c r="M8" t="s">
+      <c r="U8" t="s">
         <v>126</v>
       </c>
-      <c r="N8" t="s">
+      <c r="V8" t="s">
         <v>127</v>
-      </c>
-[...10 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
+        <v>128</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>129</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>130</v>
+      </c>
+      <c r="H9" t="s">
         <v>131</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="I9" t="s">
         <v>132</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="J9" t="s">
+        <v>18</v>
+      </c>
+      <c r="K9" t="s">
         <v>133</v>
       </c>
-      <c r="H9" t="s">
+      <c r="L9" t="s">
         <v>134</v>
       </c>
-      <c r="I9" t="s">
+      <c r="M9" t="s">
         <v>135</v>
       </c>
-      <c r="J9" t="s">
-[...2 lines deleted...]
-      <c r="K9" t="s">
+      <c r="N9" t="s">
         <v>136</v>
       </c>
-      <c r="L9" t="s">
+      <c r="O9" t="s">
+        <v>135</v>
+      </c>
+      <c r="P9" t="s">
         <v>137</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>138</v>
+      </c>
+      <c r="R9" t="s">
+        <v>139</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="H10" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="I10" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="J10" t="s">
         <v>18</v>
       </c>
       <c r="K10" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="L10" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H11" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="I11" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="J11" t="s">
         <v>18</v>
       </c>
       <c r="K11" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="H12" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="I12" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="J12" t="s">
         <v>18</v>
       </c>
       <c r="K12" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="H13" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="I13" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="J13" t="s">
         <v>18</v>
       </c>
       <c r="K13" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="L13" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="H14" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="I14" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="J14" t="s">
         <v>18</v>
       </c>
       <c r="K14" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="L14" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="M14" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="N14" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="O14" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="I15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="J15" t="s">
         <v>18</v>
       </c>
       <c r="K15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="L15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="H16" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I16" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J16" t="s">
         <v>18</v>
       </c>
       <c r="K16" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="L16" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="M16" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>11</v>
       </c>
       <c r="B17" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="H17" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="I17" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="J17" t="s">
         <v>18</v>
       </c>
       <c r="K17" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="L17" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>11</v>
       </c>
       <c r="B18" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="H18" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="I18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="J18" t="s">
         <v>18</v>
       </c>
       <c r="K18" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="L18" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="M18" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="N18" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="O18" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="P18" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="Q18" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>11</v>
       </c>
       <c r="B19" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H19" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="I19" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="J19" t="s">
         <v>18</v>
       </c>
       <c r="K19" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="L19" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="M19" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="N19" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="O19" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="H20" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="I20" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="J20" t="s">
         <v>18</v>
       </c>
       <c r="K20" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="L20" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>11</v>
       </c>
       <c r="B21" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="H21" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="I21" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="J21" t="s">
         <v>18</v>
       </c>
       <c r="K21" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="L21" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="M21" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="N21" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>11</v>
       </c>
       <c r="B22" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="H22" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="I22" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="J22" t="s">
         <v>18</v>
       </c>
       <c r="K22" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="L22" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="M22" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="N22" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>11</v>
       </c>
       <c r="B23" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="H23" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="I23" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="J23" t="s">
         <v>18</v>
       </c>
       <c r="K23" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="L23" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="M23" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>11</v>
       </c>
       <c r="B24" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="H24" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="I24" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="J24" t="s">
         <v>18</v>
       </c>
       <c r="K24" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="L24" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="M24" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="N24" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="O24" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>11</v>
       </c>
       <c r="B25" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="H25" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="I25" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="J25" t="s">
         <v>18</v>
       </c>
       <c r="K25" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="L25" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="M25" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="N25" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>11</v>
       </c>
       <c r="B26" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="H26" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="I26" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="J26" t="s">
         <v>18</v>
       </c>
       <c r="K26" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="L26" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="M26" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>11</v>
       </c>
       <c r="B27" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="H27" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="I27" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="J27" t="s">
         <v>18</v>
       </c>
       <c r="K27" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="L27" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="M27" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="N27" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>11</v>
       </c>
       <c r="B28" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="H28" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="I28" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="J28" t="s">
         <v>18</v>
       </c>
       <c r="K28" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="L28" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>11</v>
       </c>
       <c r="B29" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="H29" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="I29" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="J29" t="s">
         <v>18</v>
       </c>
       <c r="K29" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="L29" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>11</v>
       </c>
       <c r="B30" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="H30" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="I30" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="J30" t="s">
         <v>18</v>
       </c>
       <c r="K30" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="L30" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="M30" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="N30" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>11</v>
       </c>
       <c r="B31" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="H31" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="I31" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="J31" t="s">
         <v>18</v>
       </c>
       <c r="K31" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="L31" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="H32" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="I32" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="J32" t="s">
         <v>18</v>
       </c>
       <c r="K32" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="L32" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="M32" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="N32" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="O32" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>11</v>
       </c>
       <c r="B33" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="H33" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="I33" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="J33" t="s">
         <v>18</v>
       </c>
       <c r="K33" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="L33" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="M33" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="N33" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="H34" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="I34" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="J34" t="s">
         <v>18</v>
       </c>
       <c r="K34" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="L34" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="M34" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="N34" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>11</v>
       </c>
       <c r="B35" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="H35" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="I35" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="J35" t="s">
         <v>18</v>
       </c>
       <c r="K35" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="L35" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="M35" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="N35" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="O35" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="P35" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>11</v>
       </c>
       <c r="B36" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="H36" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="I36" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="J36" t="s">
         <v>18</v>
       </c>
       <c r="K36" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="L36" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="M36" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="N36" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>11</v>
       </c>
       <c r="B37" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="H37" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="I37" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="J37" t="s">
         <v>18</v>
       </c>
       <c r="K37" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="L37" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="M37" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>11</v>
       </c>
       <c r="B38" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C38" t="s">
         <v>13</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="H38" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="I38" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="J38" t="s">
         <v>18</v>
       </c>
       <c r="K38" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="L38" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>11</v>
       </c>
       <c r="B39" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="H39" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="I39" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="J39" t="s">
         <v>18</v>
       </c>
       <c r="K39" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="L39" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>11</v>
       </c>
       <c r="B40" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="H40" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="I40" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="J40" t="s">
         <v>18</v>
       </c>
       <c r="K40" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>11</v>
       </c>
       <c r="B41" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="H41" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="I41" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="J41" t="s">
         <v>18</v>
       </c>
       <c r="K41" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="L41" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>11</v>
       </c>
       <c r="B42" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="H42" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="I42" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="J42" t="s">
         <v>18</v>
       </c>
       <c r="K42" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="L42" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>