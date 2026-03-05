--- v1 (2025-12-03)
+++ v2 (2026-03-05)
@@ -9,263 +9,296 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="624" uniqueCount="407">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="640" uniqueCount="418">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>OPDIVO (nivolumab)</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>20/02/2026 16:38:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982912/fr/opdivo-nivolumab</t>
+  </si>
+  <si>
+    <t>pprd_2982912</t>
+  </si>
+  <si>
+    <t>nivolumab</t>
+  </si>
+  <si>
+    <t>BRISTOL-MYERS SQUIBB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067177/fr/opdivo-lymphome-de-hodgkin-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639665/fr/opdivo-nivolumab-melanome-1ere-ligne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742286/fr/opdivo-cancer-bronchique-non-a-petites-cellules-2eme-ligne-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757885/fr/opdivo-lymphome-de-hodgkin-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2612055/fr/opdivo-cancer-bronchique-non-a-petites-cellules-2eme-ligne-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682094/fr/opdivo-cancer-renal-2eme-ligne-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770199/fr/opdivo-yervoy-melanome-1ere-ligne-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870207/fr/opdivo-cancer-bronchique-non-a-petites-cellules-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829034/fr/opdivo-nivolumab-anticorps-anti-pd1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894915/fr/opdivo-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896995/fr/opdivo-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2897014/fr/opdivo-melanome-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3097610/fr/opdivo-yervoy-carcinome-renal-1ere-ligne-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159912/fr/opdivo-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272283/fr/opdivo/yervoy-nivolumab/ipilimumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272292/fr/opdivo-nivolumab-traitement-adjuvant-de-melanome-en-monotherapie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279375/fr/opdivo-nivolumab-/-opdivo-yervoy-nivolumab-ipilimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285286/fr/opdivo-nivolumab-carcinome-epidermoide-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287835/fr/opdivo-nivolumab-et-yervoy-ipilimumab-mesotheliome-pleural-malin-non-resecable</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290311/fr/opdivo-nivolumab-et-yervoy-ipilimumab-cancer-colorectal-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297501/fr/opdivo-10-mg/ml-nivolumab-carcinome-a-cellules-renales-avance-en-association-cabozantinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297497/fr/opdivo-10-mg/ml-/-yervoy-5-mg/ml-nivolumab-en-association-a-l-ipilimumab-cancer-colorectal-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308678/fr/opdivo/yervoy-nivolumab/ipilimumab-mesotheliome-pleural-malin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318372/fr/opdivo-nivolumab-adenocarcinome-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3311628/fr/opdivo-nivolumab-cancer-de-l-oesophage-ou-de-la-jonction-oeso-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324307/fr/opdivo-nivolumab-cancer-oesophage-ou-jonction-oeso-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332767/fr/opdivo-nivolumab-carcinome-epidermoide-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334854/fr/opdivo-nivolumab-adenocarcinome-gastrique-de-la-jonction-oeso-gastrique-ou-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359098/fr/opdivo-nivolumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381119/fr/opdivo-/-yervoy-nivolumab/ipilimumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382948/fr/opdivo-nivolumab-carcinome-urothelial-infiltrant-le-muscle-cuim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3386214/fr/opdivo-nivolumab-cancer-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3417971/fr/opdivo-nivolumab-adenocarcinome-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451663/fr/opdivo-nivolumab-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460521/fr/opdivo-nivolumab-cancer-bronchique-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471682/fr/opdivo-nivolumab-cbnpc-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478087/fr/opdivo-yervoy-ipilimumab/nivolumab-cancer-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3481901/fr/opdivo/yervoy-nivolumab/ipilimumab-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3481898/fr/opdivo/yervoy-nivolumab/ipilimumab-melanome-avance</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486116/fr/opdivo-nivolumab-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527277/fr/opdivo-nivolumab-cancer-bronchique-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574980/fr/opdivo-nivolumab-et-yervoy-ipilimumab-cancer-colorectal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700080/fr/opdivo/yervoy-nivolumab/ipilimumab-cancer-colorectal-crc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861353/fr/opdivo-nivolumab-oncologie</t>
+  </si>
+  <si>
+    <t>BREYANZI (lisocabtagene maraleucel)</t>
+  </si>
+  <si>
+    <t>20/01/2026 12:05:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368515/fr/breyanzi-lisocabtagene-maraleucel</t>
+  </si>
+  <si>
+    <t>p_3368515</t>
+  </si>
+  <si>
+    <t>lisocabtagene maraleucel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368313/fr/breyanzi-lisocabtagene-maraleucel-liso-cel-ldgcb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463573/fr/breyanzi-lisocabtagene-maraleucel-lymphome-diffus-a-grandes-cellules-b-ldgcb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463592/fr/breyanzi-lisocabtagene-maraleucel-lymphome-folliculaire-de-grade-3b-lf3b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3465836/fr/breyanzi-lisocabtagene-maraleucel-lymphome-diffus-a-grandes-cellules-b-ldgcb-lymphome-de-haut-grade-a-cellules-b-lhgcb-lymphome-mediastinal-primitif-a-grandes-cellules-b-lmpgcb-et-lymphome-folliculaire-de-grade-3b-lf3b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808974/fr/breyanzi-lisocabtagene-maraleucel-lymphome-folliculaire-lf</t>
+  </si>
+  <si>
     <t>REBLOZYL (luspatercept)</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>01/12/2025 14:42:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3281288/fr/reblozyl-luspatercept</t>
   </si>
   <si>
     <t>p_3281288</t>
   </si>
   <si>
     <t>luspatercept</t>
   </si>
   <si>
-    <t>BRISTOL-MYERS SQUIBB</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3281010/fr/reblozyl-25-luspatercept-ss-thalassemie</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3281443/fr/reblozyl-luspatercept-syndrome-myelodysplasique-smd</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3490841/fr/reblozyl-luspatercept-anemie-associee-a-une-beta-thalassemie</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3742011/fr/reblozyl-luspatercept-anemie-due-a-un-syndrome-myelodysplasique</t>
-  </si>
-[...142 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3700080/fr/opdivo/yervoy-nivolumab/ipilimumab-cancer-colorectal-crc</t>
   </si>
   <si>
     <t>YERVOY (ipilimumab)</t>
   </si>
   <si>
     <t>16/10/2025 12:35:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983154/fr/yervoy-ipilimumab</t>
   </si>
   <si>
     <t>pprd_2983154</t>
   </si>
   <si>
     <t>ipilimumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1189034/fr/yervoy-melanome-2eme-ligne-ipilimumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1701283/fr/yervoy-melanome-2eme-ligne-ipilimumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1779495/fr/yervoy-1ere-ligne-ipilimumab</t>
   </si>
@@ -1280,51 +1313,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BC42"/>
+  <dimension ref="A1:BD43"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1364,296 +1397,266 @@
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
         <v>19</v>
       </c>
       <c r="L2" t="s">
         <v>20</v>
       </c>
       <c r="M2" t="s">
         <v>21</v>
       </c>
       <c r="N2" t="s">
         <v>22</v>
       </c>
+      <c r="O2" t="s">
+        <v>23</v>
+      </c>
+      <c r="P2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>25</v>
+      </c>
+      <c r="R2" t="s">
+        <v>26</v>
+      </c>
+      <c r="S2" t="s">
+        <v>27</v>
+      </c>
+      <c r="T2" t="s">
+        <v>28</v>
+      </c>
+      <c r="U2" t="s">
+        <v>29</v>
+      </c>
+      <c r="V2" t="s">
+        <v>30</v>
+      </c>
+      <c r="W2" t="s">
+        <v>31</v>
+      </c>
+      <c r="X2" t="s">
+        <v>32</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>33</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>34</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>34</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>35</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>36</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE2" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF2" t="s">
+        <v>39</v>
+      </c>
+      <c r="AG2" t="s">
+        <v>40</v>
+      </c>
+      <c r="AH2" t="s">
+        <v>41</v>
+      </c>
+      <c r="AI2" t="s">
+        <v>42</v>
+      </c>
+      <c r="AJ2" t="s">
+        <v>43</v>
+      </c>
+      <c r="AK2" t="s">
+        <v>44</v>
+      </c>
+      <c r="AL2" t="s">
+        <v>45</v>
+      </c>
+      <c r="AM2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AN2" t="s">
+        <v>47</v>
+      </c>
+      <c r="AO2" t="s">
+        <v>48</v>
+      </c>
+      <c r="AP2" t="s">
+        <v>49</v>
+      </c>
+      <c r="AQ2" t="s">
+        <v>50</v>
+      </c>
+      <c r="AR2" t="s">
+        <v>51</v>
+      </c>
+      <c r="AS2" t="s">
+        <v>52</v>
+      </c>
+      <c r="AT2" t="s">
+        <v>53</v>
+      </c>
+      <c r="AU2" t="s">
+        <v>54</v>
+      </c>
+      <c r="AV2" t="s">
+        <v>55</v>
+      </c>
+      <c r="AW2" t="s">
+        <v>56</v>
+      </c>
+      <c r="AX2" t="s">
+        <v>57</v>
+      </c>
+      <c r="AY2" t="s">
+        <v>58</v>
+      </c>
+      <c r="AZ2" t="s">
+        <v>59</v>
+      </c>
+      <c r="BA2" t="s">
+        <v>53</v>
+      </c>
+      <c r="BB2" t="s">
+        <v>60</v>
+      </c>
+      <c r="BC2" t="s">
+        <v>61</v>
+      </c>
+      <c r="BD2" t="s">
+        <v>62</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>25</v>
+        <v>65</v>
       </c>
       <c r="H3" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="I3" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
       <c r="K3" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="L3" t="s">
-        <v>29</v>
+        <v>69</v>
       </c>
       <c r="M3" t="s">
-        <v>30</v>
+        <v>70</v>
       </c>
       <c r="N3" t="s">
-        <v>31</v>
+        <v>71</v>
       </c>
       <c r="O3" t="s">
-        <v>32</v>
-[...119 lines deleted...]
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="H4" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="I4" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="J4" t="s">
         <v>18</v>
       </c>
       <c r="K4" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="L4" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="M4" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="N4" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      <c r="P4" t="s">
         <v>81</v>
-      </c>
-[...28 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>82</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>83</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>84</v>
       </c>
       <c r="H5" t="s">
@@ -1662,1623 +1665,1703 @@
       <c r="I5" t="s">
         <v>86</v>
       </c>
       <c r="J5" t="s">
         <v>18</v>
       </c>
       <c r="K5" t="s">
         <v>87</v>
       </c>
       <c r="L5" t="s">
         <v>88</v>
       </c>
       <c r="M5" t="s">
         <v>89</v>
       </c>
       <c r="N5" t="s">
         <v>90</v>
       </c>
       <c r="O5" t="s">
         <v>91</v>
       </c>
       <c r="P5" t="s">
         <v>92</v>
       </c>
       <c r="Q5" t="s">
-        <v>93</v>
+        <v>31</v>
       </c>
       <c r="R5" t="s">
-        <v>94</v>
+        <v>33</v>
+      </c>
+      <c r="S5" t="s">
+        <v>37</v>
+      </c>
+      <c r="T5" t="s">
+        <v>38</v>
+      </c>
+      <c r="U5" t="s">
+        <v>48</v>
+      </c>
+      <c r="V5" t="s">
+        <v>55</v>
+      </c>
+      <c r="W5" t="s">
+        <v>56</v>
+      </c>
+      <c r="X5" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>60</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>61</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
+        <v>93</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>94</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>95</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="H6" t="s">
         <v>96</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="I6" t="s">
         <v>97</v>
       </c>
-      <c r="H6" t="s">
+      <c r="J6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K6" t="s">
         <v>98</v>
       </c>
-      <c r="I6" t="s">
+      <c r="L6" t="s">
         <v>99</v>
       </c>
-      <c r="J6" t="s">
-[...2 lines deleted...]
-      <c r="K6" t="s">
+      <c r="M6" t="s">
         <v>100</v>
       </c>
-      <c r="L6" t="s">
+      <c r="N6" t="s">
         <v>101</v>
       </c>
-      <c r="M6" t="s">
+      <c r="O6" t="s">
         <v>102</v>
       </c>
-      <c r="N6" t="s">
+      <c r="P6" t="s">
         <v>103</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>104</v>
+      </c>
+      <c r="R6" t="s">
+        <v>105</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="H7" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="I7" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="J7" t="s">
         <v>18</v>
       </c>
       <c r="K7" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="L7" t="s">
-        <v>110</v>
+        <v>112</v>
+      </c>
+      <c r="M7" t="s">
+        <v>113</v>
+      </c>
+      <c r="N7" t="s">
+        <v>114</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="H8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="I8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="J8" t="s">
         <v>18</v>
       </c>
       <c r="K8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="L8" t="s">
-        <v>117</v>
-[...10 lines deleted...]
-      <c r="P8" t="s">
         <v>121</v>
-      </c>
-[...16 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
+        <v>122</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>123</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>124</v>
+      </c>
+      <c r="H9" t="s">
+        <v>125</v>
+      </c>
+      <c r="I9" t="s">
+        <v>126</v>
+      </c>
+      <c r="J9" t="s">
+        <v>18</v>
+      </c>
+      <c r="K9" t="s">
+        <v>127</v>
+      </c>
+      <c r="L9" t="s">
         <v>128</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="M9" t="s">
         <v>129</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="N9" t="s">
         <v>130</v>
       </c>
-      <c r="H9" t="s">
+      <c r="O9" t="s">
         <v>131</v>
       </c>
-      <c r="I9" t="s">
+      <c r="P9" t="s">
         <v>132</v>
       </c>
-      <c r="J9" t="s">
-[...2 lines deleted...]
-      <c r="K9" t="s">
+      <c r="Q9" t="s">
         <v>133</v>
       </c>
-      <c r="L9" t="s">
+      <c r="R9" t="s">
         <v>134</v>
       </c>
-      <c r="M9" t="s">
+      <c r="S9" t="s">
         <v>135</v>
       </c>
-      <c r="N9" t="s">
+      <c r="T9" t="s">
         <v>136</v>
       </c>
-      <c r="O9" t="s">
-[...2 lines deleted...]
-      <c r="P9" t="s">
+      <c r="U9" t="s">
         <v>137</v>
       </c>
-      <c r="Q9" t="s">
+      <c r="V9" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
+        <v>139</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
         <v>140</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>141</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>142</v>
       </c>
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>143</v>
       </c>
-      <c r="I10" t="s">
+      <c r="J10" t="s">
+        <v>18</v>
+      </c>
+      <c r="K10" t="s">
         <v>144</v>
       </c>
-      <c r="J10" t="s">
-[...2 lines deleted...]
-      <c r="K10" t="s">
+      <c r="L10" t="s">
         <v>145</v>
       </c>
-      <c r="L10" t="s">
+      <c r="M10" t="s">
         <v>146</v>
+      </c>
+      <c r="N10" t="s">
+        <v>147</v>
+      </c>
+      <c r="O10" t="s">
+        <v>146</v>
+      </c>
+      <c r="P10" t="s">
+        <v>148</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>149</v>
+      </c>
+      <c r="R10" t="s">
+        <v>150</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H11" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="I11" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="J11" t="s">
         <v>18</v>
       </c>
       <c r="K11" t="s">
-        <v>152</v>
+        <v>156</v>
+      </c>
+      <c r="L11" t="s">
+        <v>157</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="H12" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="I12" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="J12" t="s">
         <v>18</v>
       </c>
       <c r="K12" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="H13" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="I13" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="J13" t="s">
         <v>18</v>
       </c>
       <c r="K13" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>165</v>
+        <v>169</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="H14" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="I14" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="J14" t="s">
         <v>18</v>
       </c>
       <c r="K14" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="L14" t="s">
-        <v>172</v>
-[...8 lines deleted...]
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="I15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="J15" t="s">
         <v>18</v>
       </c>
       <c r="K15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="L15" t="s">
-        <v>182</v>
+        <v>183</v>
+      </c>
+      <c r="M15" t="s">
+        <v>184</v>
+      </c>
+      <c r="N15" t="s">
+        <v>185</v>
+      </c>
+      <c r="O15" t="s">
+        <v>186</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="H16" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="I16" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="J16" t="s">
         <v>18</v>
       </c>
       <c r="K16" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="L16" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>11</v>
       </c>
       <c r="B17" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="H17" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="I17" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="J17" t="s">
         <v>18</v>
       </c>
       <c r="K17" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="L17" t="s">
-        <v>197</v>
+        <v>200</v>
+      </c>
+      <c r="M17" t="s">
+        <v>201</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>11</v>
       </c>
       <c r="B18" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="H18" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="I18" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="J18" t="s">
         <v>18</v>
       </c>
       <c r="K18" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="L18" t="s">
-        <v>204</v>
-[...10 lines deleted...]
-      <c r="P18" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>11</v>
       </c>
       <c r="B19" t="s">
+        <v>209</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
         <v>210</v>
       </c>
-      <c r="C19" t="s">
-[...5 lines deleted...]
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
         <v>211</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>212</v>
       </c>
-      <c r="H19" t="s">
+      <c r="I19" t="s">
         <v>213</v>
       </c>
-      <c r="I19" t="s">
+      <c r="J19" t="s">
+        <v>18</v>
+      </c>
+      <c r="K19" t="s">
         <v>214</v>
       </c>
-      <c r="J19" t="s">
-[...2 lines deleted...]
-      <c r="K19" t="s">
+      <c r="L19" t="s">
         <v>215</v>
       </c>
-      <c r="L19" t="s">
+      <c r="M19" t="s">
         <v>216</v>
       </c>
-      <c r="M19" t="s">
+      <c r="N19" t="s">
         <v>217</v>
       </c>
-      <c r="N19" t="s">
+      <c r="O19" t="s">
         <v>218</v>
       </c>
-      <c r="O19" t="s">
+      <c r="P19" t="s">
         <v>219</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>220</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H20" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="I20" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="J20" t="s">
         <v>18</v>
       </c>
       <c r="K20" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="L20" t="s">
-        <v>226</v>
+        <v>227</v>
+      </c>
+      <c r="M20" t="s">
+        <v>228</v>
+      </c>
+      <c r="N20" t="s">
+        <v>229</v>
+      </c>
+      <c r="O20" t="s">
+        <v>230</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>11</v>
       </c>
       <c r="B21" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="H21" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="I21" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="J21" t="s">
         <v>18</v>
       </c>
       <c r="K21" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="L21" t="s">
-        <v>233</v>
-[...5 lines deleted...]
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>11</v>
       </c>
       <c r="B22" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="H22" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="I22" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="J22" t="s">
         <v>18</v>
       </c>
       <c r="K22" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="L22" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="M22" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="N22" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>11</v>
       </c>
       <c r="B23" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="H23" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="I23" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="J23" t="s">
         <v>18</v>
       </c>
       <c r="K23" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="L23" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="M23" t="s">
-        <v>252</v>
+        <v>254</v>
+      </c>
+      <c r="N23" t="s">
+        <v>255</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>11</v>
       </c>
       <c r="B24" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="H24" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="I24" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="J24" t="s">
         <v>18</v>
       </c>
       <c r="K24" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="L24" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="M24" t="s">
-        <v>260</v>
-[...5 lines deleted...]
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>11</v>
       </c>
       <c r="B25" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="H25" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="I25" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="J25" t="s">
         <v>18</v>
       </c>
       <c r="K25" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="L25" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="M25" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="N25" t="s">
-        <v>271</v>
+        <v>272</v>
+      </c>
+      <c r="O25" t="s">
+        <v>273</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>11</v>
       </c>
       <c r="B26" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="H26" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="I26" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="J26" t="s">
         <v>18</v>
       </c>
       <c r="K26" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="L26" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="M26" t="s">
-        <v>279</v>
+        <v>281</v>
+      </c>
+      <c r="N26" t="s">
+        <v>282</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>11</v>
       </c>
       <c r="B27" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="H27" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="I27" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="J27" t="s">
         <v>18</v>
       </c>
       <c r="K27" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="L27" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="M27" t="s">
-        <v>287</v>
-[...2 lines deleted...]
-        <v>288</v>
+        <v>290</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>11</v>
       </c>
       <c r="B28" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="H28" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="I28" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="J28" t="s">
         <v>18</v>
       </c>
       <c r="K28" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="L28" t="s">
-        <v>295</v>
+        <v>297</v>
+      </c>
+      <c r="M28" t="s">
+        <v>298</v>
+      </c>
+      <c r="N28" t="s">
+        <v>299</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>11</v>
       </c>
       <c r="B29" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="H29" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="I29" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="J29" t="s">
         <v>18</v>
       </c>
       <c r="K29" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="L29" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>11</v>
       </c>
       <c r="B30" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="H30" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="I30" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="J30" t="s">
         <v>18</v>
       </c>
       <c r="K30" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="L30" t="s">
-        <v>309</v>
-[...5 lines deleted...]
-        <v>311</v>
+        <v>313</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>11</v>
       </c>
       <c r="B31" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="H31" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="I31" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="J31" t="s">
         <v>18</v>
       </c>
       <c r="K31" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="L31" t="s">
-        <v>318</v>
+        <v>320</v>
+      </c>
+      <c r="M31" t="s">
+        <v>321</v>
+      </c>
+      <c r="N31" t="s">
+        <v>322</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="H32" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="I32" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="J32" t="s">
         <v>18</v>
       </c>
       <c r="K32" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="L32" t="s">
-        <v>325</v>
-[...8 lines deleted...]
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>11</v>
       </c>
       <c r="B33" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="H33" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I33" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="J33" t="s">
         <v>18</v>
       </c>
       <c r="K33" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="L33" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="M33" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="N33" t="s">
-        <v>337</v>
+        <v>338</v>
+      </c>
+      <c r="O33" t="s">
+        <v>339</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="H34" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="I34" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="J34" t="s">
         <v>18</v>
       </c>
       <c r="K34" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="L34" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="M34" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="N34" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>11</v>
       </c>
       <c r="B35" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>339</v>
+        <v>350</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="H35" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="I35" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="J35" t="s">
         <v>18</v>
       </c>
       <c r="K35" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="L35" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="M35" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="N35" t="s">
-        <v>354</v>
-[...5 lines deleted...]
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>11</v>
       </c>
       <c r="B36" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>339</v>
+        <v>350</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="H36" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="I36" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="J36" t="s">
         <v>18</v>
       </c>
       <c r="K36" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="L36" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="M36" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="N36" t="s">
-        <v>364</v>
+        <v>365</v>
+      </c>
+      <c r="O36" t="s">
+        <v>366</v>
+      </c>
+      <c r="P36" t="s">
+        <v>367</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>11</v>
       </c>
       <c r="B37" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>366</v>
+        <v>350</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="H37" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="I37" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="J37" t="s">
         <v>18</v>
       </c>
       <c r="K37" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="L37" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="M37" t="s">
-        <v>372</v>
+        <v>374</v>
+      </c>
+      <c r="N37" t="s">
+        <v>375</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>11</v>
       </c>
       <c r="B38" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="C38" t="s">
         <v>13</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="H38" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="I38" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="J38" t="s">
         <v>18</v>
       </c>
       <c r="K38" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="L38" t="s">
-        <v>379</v>
+        <v>382</v>
+      </c>
+      <c r="M38" t="s">
+        <v>383</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>11</v>
       </c>
       <c r="B39" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="H39" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="I39" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="J39" t="s">
         <v>18</v>
       </c>
       <c r="K39" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="L39" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>11</v>
       </c>
       <c r="B40" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="H40" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="I40" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="J40" t="s">
         <v>18</v>
       </c>
       <c r="K40" t="s">
-        <v>392</v>
+        <v>396</v>
+      </c>
+      <c r="L40" t="s">
+        <v>397</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>11</v>
       </c>
       <c r="B41" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="H41" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="I41" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="J41" t="s">
         <v>18</v>
       </c>
       <c r="K41" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>399</v>
+        <v>403</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>11</v>
       </c>
       <c r="B42" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="H42" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="I42" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="J42" t="s">
         <v>18</v>
       </c>
       <c r="K42" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="L42" t="s">
-        <v>406</v>
+        <v>410</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>11</v>
+      </c>
+      <c r="B43" t="s">
+        <v>411</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>412</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>413</v>
+      </c>
+      <c r="H43" t="s">
+        <v>414</v>
+      </c>
+      <c r="I43" t="s">
+        <v>415</v>
+      </c>
+      <c r="J43" t="s">
+        <v>18</v>
+      </c>
+      <c r="K43" t="s">
+        <v>416</v>
+      </c>
+      <c r="L43" t="s">
+        <v>417</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>