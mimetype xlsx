--- v0 (2025-10-05)
+++ v1 (2026-03-02)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="495" uniqueCount="305">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="480" uniqueCount="295">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -369,80 +369,50 @@
     <t>DIPENTUM (olsalazine sodique)</t>
   </si>
   <si>
     <t>21/02/2018 09:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983376/fr/dipentum-olsalazine-sodique</t>
   </si>
   <si>
     <t>pprd_2983376</t>
   </si>
   <si>
     <t>olsalazine sodique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399419/fr/dipentum-500-mg-comprimes-60</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_523297/fr/dipentum-olsalazine-sodique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1104007/fr/dipentum-olsalazine-sodique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2829388/fr/dipentum-olsalazine-sodique</t>
-  </si>
-[...28 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399421/fr/duova-1-mg-/-2-5-mg-comprime-duova-1-mg-/-5-mg-comprime-duova-2-mg-/-5-mg-comprime-boite-de-28</t>
   </si>
   <si>
     <t>DOPACEPTIN (apomorphine (chlorhydrate d') hémihydraté)</t>
   </si>
   <si>
     <t>20/11/2017 10:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983480/fr/dopaceptin-apomorphine-chlorhydrate-d-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2983480</t>
   </si>
   <si>
     <t>apomorphine (chlorhydrate d') hémihydraté</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2623471/fr/dopaceptin-apomorphine-chlorhydrate-d-hemihydrate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2804100/fr/dopaceptin-apomorphine-chlorhydrate-d-hemihydrate</t>
   </si>
   <si>
     <t>VARUBY (rolapitant)</t>
   </si>
@@ -974,51 +944,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O39"/>
+  <dimension ref="A1:O38"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1608,978 +1578,931 @@
       </c>
       <c r="E16" t="s">
         <v>121</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>122</v>
       </c>
       <c r="H16" t="s">
         <v>123</v>
       </c>
       <c r="I16" t="s">
         <v>124</v>
       </c>
       <c r="J16" t="s">
         <v>18</v>
       </c>
       <c r="K16" t="s">
         <v>125</v>
       </c>
       <c r="L16" t="s">
         <v>126</v>
       </c>
-      <c r="M16" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>11</v>
       </c>
       <c r="B17" t="s">
+        <v>127</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>128</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>129</v>
+      </c>
+      <c r="H17" t="s">
         <v>130</v>
       </c>
-      <c r="C17" t="s">
-[...5 lines deleted...]
-      <c r="E17" t="s">
+      <c r="I17" t="s">
         <v>131</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="J17" t="s">
+        <v>18</v>
+      </c>
+      <c r="K17" t="s">
         <v>132</v>
-      </c>
-[...13 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>11</v>
       </c>
       <c r="B18" t="s">
+        <v>133</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>134</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>135</v>
+      </c>
+      <c r="H18" t="s">
+        <v>136</v>
+      </c>
+      <c r="I18" t="s">
         <v>137</v>
       </c>
-      <c r="C18" t="s">
-[...5 lines deleted...]
-      <c r="E18" t="s">
+      <c r="J18" t="s">
+        <v>18</v>
+      </c>
+      <c r="K18" t="s">
         <v>138</v>
-      </c>
-[...16 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>11</v>
       </c>
       <c r="B19" t="s">
+        <v>139</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>140</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>141</v>
+      </c>
+      <c r="H19" t="s">
+        <v>142</v>
+      </c>
+      <c r="I19" t="s">
         <v>143</v>
       </c>
-      <c r="C19" t="s">
-[...5 lines deleted...]
-      <c r="E19" t="s">
+      <c r="J19" t="s">
+        <v>18</v>
+      </c>
+      <c r="K19" t="s">
         <v>144</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="L19" t="s">
         <v>145</v>
       </c>
-      <c r="H19" t="s">
+      <c r="M19" t="s">
         <v>146</v>
-      </c>
-[...7 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" t="s">
+        <v>147</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>148</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
         <v>149</v>
       </c>
-      <c r="C20" t="s">
-[...5 lines deleted...]
-      <c r="E20" t="s">
+      <c r="H20" t="s">
         <v>150</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="I20" t="s">
         <v>151</v>
       </c>
-      <c r="H20" t="s">
+      <c r="J20" t="s">
+        <v>18</v>
+      </c>
+      <c r="K20" t="s">
         <v>152</v>
       </c>
-      <c r="I20" t="s">
+      <c r="L20" t="s">
         <v>153</v>
       </c>
-      <c r="J20" t="s">
-[...2 lines deleted...]
-      <c r="K20" t="s">
+      <c r="M20" t="s">
         <v>154</v>
-      </c>
-[...4 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>11</v>
       </c>
       <c r="B21" t="s">
+        <v>155</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>156</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
         <v>157</v>
       </c>
-      <c r="C21" t="s">
-[...5 lines deleted...]
-      <c r="E21" t="s">
+      <c r="H21" t="s">
         <v>158</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="I21" t="s">
         <v>159</v>
       </c>
-      <c r="H21" t="s">
+      <c r="J21" t="s">
+        <v>18</v>
+      </c>
+      <c r="K21" t="s">
         <v>160</v>
       </c>
-      <c r="I21" t="s">
+      <c r="L21" t="s">
         <v>161</v>
       </c>
-      <c r="J21" t="s">
-[...2 lines deleted...]
-      <c r="K21" t="s">
+      <c r="M21" t="s">
         <v>162</v>
       </c>
-      <c r="L21" t="s">
+      <c r="N21" t="s">
         <v>163</v>
       </c>
-      <c r="M21" t="s">
+      <c r="O21" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>11</v>
       </c>
       <c r="B22" t="s">
         <v>165</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
         <v>166</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>167</v>
       </c>
       <c r="H22" t="s">
         <v>168</v>
       </c>
       <c r="I22" t="s">
         <v>169</v>
       </c>
       <c r="J22" t="s">
         <v>18</v>
       </c>
       <c r="K22" t="s">
         <v>170</v>
       </c>
       <c r="L22" t="s">
         <v>171</v>
       </c>
       <c r="M22" t="s">
         <v>172</v>
       </c>
-      <c r="N22" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>11</v>
       </c>
       <c r="B23" t="s">
+        <v>173</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>174</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
         <v>175</v>
       </c>
-      <c r="C23" t="s">
-[...5 lines deleted...]
-      <c r="E23" t="s">
+      <c r="H23" t="s">
         <v>176</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="I23" t="s">
         <v>177</v>
       </c>
-      <c r="H23" t="s">
+      <c r="J23" t="s">
+        <v>18</v>
+      </c>
+      <c r="K23" t="s">
         <v>178</v>
       </c>
-      <c r="I23" t="s">
+      <c r="L23" t="s">
         <v>179</v>
       </c>
-      <c r="J23" t="s">
-[...2 lines deleted...]
-      <c r="K23" t="s">
+      <c r="M23" t="s">
         <v>180</v>
-      </c>
-[...4 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>11</v>
       </c>
       <c r="B24" t="s">
+        <v>181</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>182</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
         <v>183</v>
       </c>
-      <c r="C24" t="s">
-[...5 lines deleted...]
-      <c r="E24" t="s">
+      <c r="H24" t="s">
         <v>184</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" t="s">
+      <c r="I24" t="s">
         <v>185</v>
       </c>
-      <c r="H24" t="s">
+      <c r="J24" t="s">
+        <v>18</v>
+      </c>
+      <c r="K24" t="s">
         <v>186</v>
-      </c>
-[...13 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>11</v>
       </c>
       <c r="B25" t="s">
+        <v>187</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>188</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>189</v>
+      </c>
+      <c r="H25" t="s">
+        <v>190</v>
+      </c>
+      <c r="I25" t="s">
         <v>191</v>
       </c>
-      <c r="C25" t="s">
-[...5 lines deleted...]
-      <c r="E25" t="s">
+      <c r="J25" t="s">
+        <v>18</v>
+      </c>
+      <c r="K25" t="s">
         <v>192</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="L25" t="s">
         <v>193</v>
       </c>
-      <c r="H25" t="s">
+      <c r="M25" t="s">
         <v>194</v>
-      </c>
-[...7 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>11</v>
       </c>
       <c r="B26" t="s">
+        <v>195</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>196</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
         <v>197</v>
       </c>
-      <c r="C26" t="s">
-[...5 lines deleted...]
-      <c r="E26" t="s">
+      <c r="H26" t="s">
         <v>198</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="I26" t="s">
         <v>199</v>
       </c>
-      <c r="H26" t="s">
+      <c r="J26" t="s">
+        <v>18</v>
+      </c>
+      <c r="K26" t="s">
         <v>200</v>
       </c>
-      <c r="I26" t="s">
+      <c r="L26" t="s">
         <v>201</v>
-      </c>
-[...10 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>11</v>
       </c>
       <c r="B27" t="s">
+        <v>202</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>203</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>204</v>
+      </c>
+      <c r="H27" t="s">
         <v>205</v>
       </c>
-      <c r="C27" t="s">
-[...5 lines deleted...]
-      <c r="E27" t="s">
+      <c r="I27" t="s">
         <v>206</v>
       </c>
-      <c r="F27" t="s">
-[...2 lines deleted...]
-      <c r="G27" t="s">
+      <c r="J27" t="s">
+        <v>18</v>
+      </c>
+      <c r="K27" t="s">
         <v>207</v>
-      </c>
-[...13 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>11</v>
       </c>
       <c r="B28" t="s">
+        <v>208</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>209</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>210</v>
+      </c>
+      <c r="H28" t="s">
+        <v>211</v>
+      </c>
+      <c r="I28" t="s">
         <v>212</v>
       </c>
-      <c r="C28" t="s">
-[...5 lines deleted...]
-      <c r="E28" t="s">
+      <c r="J28" t="s">
+        <v>18</v>
+      </c>
+      <c r="K28" t="s">
         <v>213</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="L28" t="s">
         <v>214</v>
-      </c>
-[...10 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>11</v>
       </c>
       <c r="B29" t="s">
+        <v>215</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>209</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>216</v>
+      </c>
+      <c r="H29" t="s">
+        <v>217</v>
+      </c>
+      <c r="I29" t="s">
         <v>218</v>
       </c>
-      <c r="C29" t="s">
-[...5 lines deleted...]
-      <c r="E29" t="s">
+      <c r="J29" t="s">
+        <v>18</v>
+      </c>
+      <c r="K29" t="s">
         <v>219</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="L29" t="s">
         <v>220</v>
       </c>
-      <c r="H29" t="s">
+      <c r="M29" t="s">
         <v>221</v>
-      </c>
-[...10 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>11</v>
       </c>
       <c r="B30" t="s">
+        <v>222</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>223</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>224</v>
+      </c>
+      <c r="H30" t="s">
         <v>225</v>
       </c>
-      <c r="C30" t="s">
-[...11 lines deleted...]
-      <c r="G30" t="s">
+      <c r="I30" t="s">
         <v>226</v>
       </c>
-      <c r="H30" t="s">
+      <c r="J30" t="s">
+        <v>18</v>
+      </c>
+      <c r="K30" t="s">
         <v>227</v>
       </c>
-      <c r="I30" t="s">
+      <c r="L30" t="s">
         <v>228</v>
       </c>
-      <c r="J30" t="s">
-[...2 lines deleted...]
-      <c r="K30" t="s">
+      <c r="M30" t="s">
         <v>229</v>
       </c>
-      <c r="L30" t="s">
+      <c r="N30" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>11</v>
       </c>
       <c r="B31" t="s">
+        <v>231</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
         <v>232</v>
       </c>
-      <c r="C31" t="s">
-[...5 lines deleted...]
-      <c r="E31" t="s">
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
         <v>233</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31" t="s">
+      <c r="H31" t="s">
         <v>234</v>
       </c>
-      <c r="H31" t="s">
+      <c r="I31" t="s">
         <v>235</v>
       </c>
-      <c r="I31" t="s">
+      <c r="J31" t="s">
+        <v>18</v>
+      </c>
+      <c r="K31" t="s">
         <v>236</v>
       </c>
-      <c r="J31" t="s">
-[...2 lines deleted...]
-      <c r="K31" t="s">
+      <c r="L31" t="s">
         <v>237</v>
-      </c>
-[...7 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32" t="s">
+        <v>238</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>239</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>240</v>
+      </c>
+      <c r="H32" t="s">
         <v>241</v>
       </c>
-      <c r="C32" t="s">
-[...5 lines deleted...]
-      <c r="E32" t="s">
+      <c r="I32" t="s">
         <v>242</v>
       </c>
-      <c r="F32" t="s">
-[...2 lines deleted...]
-      <c r="G32" t="s">
+      <c r="J32" t="s">
+        <v>18</v>
+      </c>
+      <c r="K32" t="s">
         <v>243</v>
       </c>
-      <c r="H32" t="s">
+      <c r="L32" t="s">
         <v>244</v>
       </c>
-      <c r="I32" t="s">
+      <c r="M32" t="s">
         <v>245</v>
       </c>
-      <c r="J32" t="s">
-[...2 lines deleted...]
-      <c r="K32" t="s">
+      <c r="N32" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>11</v>
       </c>
       <c r="B33" t="s">
+        <v>247</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>239</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
         <v>248</v>
       </c>
-      <c r="C33" t="s">
-[...5 lines deleted...]
-      <c r="E33" t="s">
+      <c r="H33" t="s">
         <v>249</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+      <c r="I33" t="s">
         <v>250</v>
       </c>
-      <c r="H33" t="s">
+      <c r="J33" t="s">
+        <v>18</v>
+      </c>
+      <c r="K33" t="s">
         <v>251</v>
       </c>
-      <c r="I33" t="s">
+      <c r="L33" t="s">
         <v>252</v>
       </c>
-      <c r="J33" t="s">
-[...2 lines deleted...]
-      <c r="K33" t="s">
+      <c r="M33" t="s">
         <v>253</v>
       </c>
-      <c r="L33" t="s">
+      <c r="N33" t="s">
         <v>254</v>
-      </c>
-[...4 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" t="s">
+        <v>255</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>239</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>256</v>
+      </c>
+      <c r="H34" t="s">
         <v>257</v>
       </c>
-      <c r="C34" t="s">
-[...11 lines deleted...]
-      <c r="G34" t="s">
+      <c r="I34" t="s">
         <v>258</v>
       </c>
-      <c r="H34" t="s">
+      <c r="J34" t="s">
+        <v>18</v>
+      </c>
+      <c r="K34" t="s">
         <v>259</v>
       </c>
-      <c r="I34" t="s">
+      <c r="L34" t="s">
         <v>260</v>
       </c>
-      <c r="J34" t="s">
-[...2 lines deleted...]
-      <c r="K34" t="s">
+      <c r="M34" t="s">
         <v>261</v>
-      </c>
-[...7 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>11</v>
       </c>
       <c r="B35" t="s">
+        <v>262</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>263</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>264</v>
+      </c>
+      <c r="H35" t="s">
         <v>265</v>
       </c>
-      <c r="C35" t="s">
-[...11 lines deleted...]
-      <c r="G35" t="s">
+      <c r="I35" t="s">
         <v>266</v>
       </c>
-      <c r="H35" t="s">
+      <c r="J35" t="s">
+        <v>18</v>
+      </c>
+      <c r="K35" t="s">
         <v>267</v>
       </c>
-      <c r="I35" t="s">
+      <c r="L35" t="s">
         <v>268</v>
       </c>
-      <c r="J35" t="s">
-[...2 lines deleted...]
-      <c r="K35" t="s">
+      <c r="M35" t="s">
         <v>269</v>
       </c>
-      <c r="L35" t="s">
+      <c r="N35" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>11</v>
       </c>
       <c r="B36" t="s">
+        <v>271</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
         <v>272</v>
       </c>
-      <c r="C36" t="s">
-[...5 lines deleted...]
-      <c r="E36" t="s">
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
         <v>273</v>
       </c>
-      <c r="F36" t="s">
-[...2 lines deleted...]
-      <c r="G36" t="s">
+      <c r="H36" t="s">
         <v>274</v>
       </c>
-      <c r="H36" t="s">
+      <c r="I36" t="s">
         <v>275</v>
       </c>
-      <c r="I36" t="s">
+      <c r="J36" t="s">
+        <v>18</v>
+      </c>
+      <c r="K36" t="s">
         <v>276</v>
       </c>
-      <c r="J36" t="s">
-[...2 lines deleted...]
-      <c r="K36" t="s">
+      <c r="L36" t="s">
         <v>277</v>
       </c>
-      <c r="L36" t="s">
+      <c r="M36" t="s">
         <v>278</v>
-      </c>
-[...4 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>11</v>
       </c>
       <c r="B37" t="s">
+        <v>279</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>280</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
         <v>281</v>
       </c>
-      <c r="C37" t="s">
-[...5 lines deleted...]
-      <c r="E37" t="s">
+      <c r="H37" t="s">
         <v>282</v>
       </c>
-      <c r="F37" t="s">
-[...2 lines deleted...]
-      <c r="G37" t="s">
+      <c r="I37" t="s">
         <v>283</v>
       </c>
-      <c r="H37" t="s">
+      <c r="J37" t="s">
+        <v>18</v>
+      </c>
+      <c r="K37" t="s">
         <v>284</v>
       </c>
-      <c r="I37" t="s">
+      <c r="L37" t="s">
         <v>285</v>
       </c>
-      <c r="J37" t="s">
-[...2 lines deleted...]
-      <c r="K37" t="s">
+      <c r="M37" t="s">
         <v>286</v>
-      </c>
-[...4 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>11</v>
       </c>
       <c r="B38" t="s">
+        <v>287</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>288</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
         <v>289</v>
       </c>
-      <c r="C38" t="s">
-[...5 lines deleted...]
-      <c r="E38" t="s">
+      <c r="H38" t="s">
         <v>290</v>
       </c>
-      <c r="F38" t="s">
-[...2 lines deleted...]
-      <c r="G38" t="s">
+      <c r="I38" t="s">
         <v>291</v>
       </c>
-      <c r="H38" t="s">
+      <c r="J38" t="s">
+        <v>18</v>
+      </c>
+      <c r="K38" t="s">
         <v>292</v>
       </c>
-      <c r="I38" t="s">
+      <c r="L38" t="s">
         <v>293</v>
       </c>
-      <c r="J38" t="s">
-[...2 lines deleted...]
-      <c r="K38" t="s">
+      <c r="M38" t="s">
         <v>294</v>
-      </c>
-[...45 lines deleted...]
-        <v>304</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>