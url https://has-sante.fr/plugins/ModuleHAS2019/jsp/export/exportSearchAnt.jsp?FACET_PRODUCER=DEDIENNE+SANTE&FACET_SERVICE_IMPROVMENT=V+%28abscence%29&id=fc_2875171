--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="33">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -69,53 +69,50 @@
     <t>GYRACUP E - GYRACUP E ULTIMATE (sans ciment) / SYMBOL CUP DM HA - SYMBOL CUP DMR HA (sans ciment) / DS EVOLUTION DM HA - DS EVOLUTION DMR HA (sans ciment)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>09/10/2018 00:00:00</t>
   </si>
   <si>
     <t>12/11/2018 08:27:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2881260/fr/gyracup-e-gyracup-e-ultimate-sans-ciment-/-symbol-cup-dm-ha-symbol-cup-dmr-ha-sans-ciment-/-ds-evolution-dm-ha-ds-evolution-dmr-ha-sans-ciment</t>
   </si>
   <si>
     <t>c_2881260</t>
   </si>
   <si>
     <t>cotyles à double mobilité constitués d’une cupule non cimentée associée à un insert en polyéthylène conventionnel</t>
   </si>
   <si>
     <t>DEDIENNE SANTE</t>
   </si>
   <si>
     <t>SYMBOL CUP DM CEM (à cimenter) / GYRACUP E CEM (à cimenter) / DS EVOLUTION DM CEM (à cimenter)</t>
-  </si>
-[...1 lines deleted...]
-    <t>09/09/2025 12:15:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2881263/fr/symbol-cup-dm-cem-a-cimenter-/-gyracup-e-cem-a-cimenter-/-ds-evolution-dm-cem-a-cimenter</t>
   </si>
   <si>
     <t>c_2881263</t>
   </si>
   <si>
     <t>cotyles à double mobilité constitués d’une cupule cimentée et d’un insert en polyéthylène conventionnel</t>
   </si>
   <si>
     <t>ADES et ADES PLUS (sans ciment)</t>
   </si>
   <si>
     <t>06/02/2018 00:00:00</t>
   </si>
   <si>
     <t>14/02/2018 17:36:16</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2828253/fr/ades-et-ades-plus-sans-ciment</t>
   </si>
   <si>
     <t>c_2828253</t>
   </si>
@@ -242,128 +239,128 @@
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>24</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="J4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
         <v>30</v>
       </c>
-      <c r="C5" t="s">
-[...11 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>31</v>
       </c>
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="J5" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>