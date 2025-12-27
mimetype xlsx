--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -9,128 +9,131 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1039" uniqueCount="661">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1041" uniqueCount="662">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>JEMPERLI (dostarlimab)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>27/10/2025 08:36:00</t>
+    <t>21/11/2025 09:16:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3466151/fr/jemperli-dostarlimab</t>
   </si>
   <si>
     <t>p_3466151</t>
   </si>
   <si>
     <t>dostarlimab</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3466095/fr/jemperli-dostarlimab-cancer-de-l-endometre</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3296883/fr/jemperli-500-mg-dostarlimab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3488415/fr/jemperli-dostarlimab-cancer-de-l-endometre</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3547525/fr/jemperli-dostarlimab-cancer-de-l-endometre</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3547545/fr/jemperli-dostarlimab-cancer-de-l-endometre</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3578491/fr/jemperli-dostarlimab-cancer-de-l-endometre</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639405/fr/jemperli-dostarlimab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741961/fr/jemperli-dostarlimab-cancer-de-l-endometre</t>
   </si>
   <si>
     <t>FLUARIX (virus grippal inactivé fragmenté)</t>
   </si>
   <si>
     <t>10/10/2025 15:32:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984591/fr/fluarix-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>pprd_2984591</t>
   </si>
   <si>
     <t>virus grippal inactivé fragmenté</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399678/fr/fluarix-suspension-injectable-en-seringue-preremplie-vaccin-grippal-inactive-a-virion-fragmente-0-5-ml-de-suspension-en-seringue-preremplie-munie-d-un-bouchon-piston-b/1-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_622530/fr/fluarix-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1056122/fr/fluarix-virus-grippal-inactive-fragmente</t>
   </si>
@@ -2138,3218 +2141,3224 @@
       </c>
       <c r="K2" t="s">
         <v>19</v>
       </c>
       <c r="L2" t="s">
         <v>20</v>
       </c>
       <c r="M2" t="s">
         <v>21</v>
       </c>
       <c r="N2" t="s">
         <v>21</v>
       </c>
       <c r="O2" t="s">
         <v>22</v>
       </c>
       <c r="P2" t="s">
         <v>23</v>
       </c>
       <c r="Q2" t="s">
         <v>24</v>
       </c>
       <c r="R2" t="s">
         <v>25</v>
       </c>
+      <c r="S2" t="s">
+        <v>26</v>
+      </c>
+      <c r="T2" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
       <c r="K3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="L3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="M3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="N3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="Q3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="R3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="I4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J4" t="s">
         <v>18</v>
       </c>
       <c r="K4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="L4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="M4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="H5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J5" t="s">
         <v>18</v>
       </c>
       <c r="K5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="L5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="M5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="N5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="O5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="P5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="Q5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J6" t="s">
         <v>18</v>
       </c>
       <c r="K6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="L6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="N6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="O6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="P6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="H7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="I7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="J7" t="s">
         <v>18</v>
       </c>
       <c r="K7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="L7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="M7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="O7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="Q7" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="R7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="I8" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="J8" t="s">
         <v>18</v>
       </c>
       <c r="K8" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="L8" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M8" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="N8" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="O8" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P8" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="Q8" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="R8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="S8" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="T8" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H9" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="I9" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="J9" t="s">
         <v>18</v>
       </c>
       <c r="K9" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="L9" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="H10" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="I10" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="J10" t="s">
         <v>18</v>
       </c>
       <c r="K10" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H11" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="I11" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="J11" t="s">
         <v>18</v>
       </c>
       <c r="K11" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="H12" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I12" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="J12" t="s">
         <v>18</v>
       </c>
       <c r="K12" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="L12" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H13" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="I13" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="J13" t="s">
         <v>18</v>
       </c>
       <c r="K13" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L13" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="M13" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="H14" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="I14" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="J14" t="s">
         <v>18</v>
       </c>
       <c r="K14" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="L14" t="s">
+        <v>140</v>
+      </c>
+      <c r="M14" t="s">
+        <v>141</v>
+      </c>
+      <c r="N14" t="s">
+        <v>142</v>
+      </c>
+      <c r="O14" t="s">
+        <v>140</v>
+      </c>
+      <c r="P14" t="s">
         <v>139</v>
       </c>
-      <c r="M14" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="Q14" t="s">
+        <v>143</v>
+      </c>
+      <c r="R14" t="s">
         <v>142</v>
       </c>
-      <c r="R14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="T14" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="H15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="I15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="J15" t="s">
         <v>18</v>
       </c>
       <c r="K15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="L15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="N15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="H16" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="I16" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="J16" t="s">
         <v>18</v>
       </c>
       <c r="K16" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="L16" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="M16" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="N16" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>11</v>
       </c>
       <c r="B17" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="H17" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="I17" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="J17" t="s">
         <v>18</v>
       </c>
       <c r="K17" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="L17" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="M17" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="N17" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>11</v>
       </c>
       <c r="B18" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="H18" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="I18" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="J18" t="s">
         <v>18</v>
       </c>
       <c r="K18" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="L18" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>11</v>
       </c>
       <c r="B19" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="H19" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="I19" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="J19" t="s">
         <v>18</v>
       </c>
       <c r="K19" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="L19" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="M19" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="N19" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="O19" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="P19" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="Q19" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="R19" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="S19" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="T19" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="H20" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="I20" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="J20" t="s">
         <v>18</v>
       </c>
       <c r="K20" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="L20" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="M20" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N20" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="O20" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="P20" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>11</v>
       </c>
       <c r="B21" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="H21" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="I21" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="J21" t="s">
         <v>18</v>
       </c>
       <c r="K21" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="L21" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="M21" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>11</v>
       </c>
       <c r="B22" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="H22" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="I22" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="J22" t="s">
         <v>18</v>
       </c>
       <c r="K22" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="L22" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>11</v>
       </c>
       <c r="B23" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H23" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="I23" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="J23" t="s">
         <v>18</v>
       </c>
       <c r="K23" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="L23" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>11</v>
       </c>
       <c r="B24" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="H24" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="I24" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="J24" t="s">
         <v>18</v>
       </c>
       <c r="K24" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="L24" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="M24" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>11</v>
       </c>
       <c r="B25" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="H25" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="I25" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="J25" t="s">
         <v>18</v>
       </c>
       <c r="K25" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="L25" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="M25" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>11</v>
       </c>
       <c r="B26" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="H26" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="I26" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="J26" t="s">
         <v>18</v>
       </c>
       <c r="K26" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="L26" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="M26" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="N26" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="O26" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>11</v>
       </c>
       <c r="B27" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="H27" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="I27" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="J27" t="s">
         <v>18</v>
       </c>
       <c r="K27" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="L27" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>11</v>
       </c>
       <c r="B28" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="H28" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="I28" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="J28" t="s">
         <v>18</v>
       </c>
       <c r="K28" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>11</v>
       </c>
       <c r="B29" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="H29" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="I29" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="J29" t="s">
         <v>18</v>
       </c>
       <c r="K29" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>11</v>
       </c>
       <c r="B30" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H30" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="I30" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="J30" t="s">
         <v>18</v>
       </c>
       <c r="K30" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="L30" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="M30" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="N30" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="O30" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>11</v>
       </c>
       <c r="B31" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="H31" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="I31" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="J31" t="s">
         <v>18</v>
       </c>
       <c r="K31" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="L31" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="M31" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="H32" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="I32" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="J32" t="s">
         <v>18</v>
       </c>
       <c r="K32" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="L32" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="M32" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="N32" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>11</v>
       </c>
       <c r="B33" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="H33" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="I33" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="J33" t="s">
         <v>18</v>
       </c>
       <c r="K33" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="L33" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="M33" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="N33" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="H34" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="I34" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="J34" t="s">
         <v>18</v>
       </c>
       <c r="K34" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="L34" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="M34" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>11</v>
       </c>
       <c r="B35" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H35" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="I35" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="J35" t="s">
         <v>18</v>
       </c>
       <c r="K35" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="L35" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="M35" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="N35" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="O35" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>11</v>
       </c>
       <c r="B36" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="H36" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="I36" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="J36" t="s">
         <v>18</v>
       </c>
       <c r="K36" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="L36" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>11</v>
       </c>
       <c r="B37" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="H37" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="I37" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="J37" t="s">
         <v>18</v>
       </c>
       <c r="K37" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="L37" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="M37" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="N37" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="O37" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="P37" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="Q37" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>11</v>
       </c>
       <c r="B38" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C38" t="s">
         <v>13</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="H38" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="I38" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="J38" t="s">
         <v>18</v>
       </c>
       <c r="K38" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="L38" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="M38" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="N38" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="O38" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>11</v>
       </c>
       <c r="B39" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H39" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I39" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="J39" t="s">
         <v>18</v>
       </c>
       <c r="K39" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="L39" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="M39" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="N39" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="O39" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>11</v>
       </c>
       <c r="B40" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="H40" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="I40" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="J40" t="s">
         <v>18</v>
       </c>
       <c r="K40" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="L40" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="M40" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="N40" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="O40" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="P40" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="Q40" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="R40" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="S40" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="T40" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>11</v>
       </c>
       <c r="B41" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="H41" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="I41" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="J41" t="s">
         <v>18</v>
       </c>
       <c r="K41" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="L41" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="M41" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="N41" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="O41" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="P41" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="Q41" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="R41" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="S41" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="T41" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="U41" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>11</v>
       </c>
       <c r="B42" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="H42" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="I42" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="J42" t="s">
         <v>18</v>
       </c>
       <c r="K42" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="L42" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="M42" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="N42" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="O42" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="P42" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>11</v>
       </c>
       <c r="B43" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C43" t="s">
         <v>13</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="H43" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="I43" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="J43" t="s">
         <v>18</v>
       </c>
       <c r="K43" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="L43" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="M43" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>11</v>
       </c>
       <c r="B44" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C44" t="s">
         <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="H44" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="I44" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="J44" t="s">
         <v>18</v>
       </c>
       <c r="K44" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="L44" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="M44" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>11</v>
       </c>
       <c r="B45" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C45" t="s">
         <v>13</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="H45" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="I45" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="J45" t="s">
         <v>18</v>
       </c>
       <c r="K45" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>11</v>
       </c>
       <c r="B46" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C46" t="s">
         <v>13</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="H46" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="I46" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="J46" t="s">
         <v>18</v>
       </c>
       <c r="K46" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="L46" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="M46" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="N46" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>11</v>
       </c>
       <c r="B47" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C47" t="s">
         <v>13</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="H47" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="I47" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="J47" t="s">
         <v>18</v>
       </c>
       <c r="K47" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="L47" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="M47" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="N47" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="O47" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="P47" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="Q47" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>11</v>
       </c>
       <c r="B48" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C48" t="s">
         <v>13</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="H48" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="I48" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="J48" t="s">
         <v>18</v>
       </c>
       <c r="K48" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="L48" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="M48" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>11</v>
       </c>
       <c r="B49" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C49" t="s">
         <v>13</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="H49" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="I49" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="J49" t="s">
         <v>18</v>
       </c>
       <c r="K49" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="L49" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="M49" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>11</v>
       </c>
       <c r="B50" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C50" t="s">
         <v>13</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="H50" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="I50" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="J50" t="s">
         <v>18</v>
       </c>
       <c r="K50" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="L50" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="M50" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>11</v>
       </c>
       <c r="B51" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C51" t="s">
         <v>13</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="H51" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="I51" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="J51" t="s">
         <v>18</v>
       </c>
       <c r="K51" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="L51" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="M51" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="N51" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="O51" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="P51" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="Q51" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>11</v>
       </c>
       <c r="B52" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="C52" t="s">
         <v>13</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="H52" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="I52" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="J52" t="s">
         <v>18</v>
       </c>
       <c r="K52" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="L52" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="M52" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>11</v>
       </c>
       <c r="B53" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C53" t="s">
         <v>13</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="H53" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="I53" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="J53" t="s">
         <v>18</v>
       </c>
       <c r="K53" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="L53" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="M53" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="N53" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="O53" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="P53" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="Q53" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>11</v>
       </c>
       <c r="B54" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C54" t="s">
         <v>13</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="H54" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="I54" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="J54" t="s">
         <v>18</v>
       </c>
       <c r="K54" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="L54" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="M54" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="N54" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>11</v>
       </c>
       <c r="B55" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C55" t="s">
         <v>13</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="H55" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="I55" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="J55" t="s">
         <v>18</v>
       </c>
       <c r="K55" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="L55" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="M55" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="N55" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>11</v>
       </c>
       <c r="B56" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C56" t="s">
         <v>13</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="H56" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="I56" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="J56" t="s">
         <v>18</v>
       </c>
       <c r="K56" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="L56" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="M56" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>11</v>
       </c>
       <c r="B57" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C57" t="s">
         <v>13</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="H57" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="I57" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="J57" t="s">
         <v>18</v>
       </c>
       <c r="K57" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="L57" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>11</v>
       </c>
       <c r="B58" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C58" t="s">
         <v>13</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="H58" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="I58" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="J58" t="s">
         <v>18</v>
       </c>
       <c r="K58" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="L58" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>11</v>
       </c>
       <c r="B59" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C59" t="s">
         <v>13</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="H59" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="I59" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="J59" t="s">
         <v>18</v>
       </c>
       <c r="K59" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="L59" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="M59" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="N59" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>11</v>
       </c>
       <c r="B60" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C60" t="s">
         <v>13</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="H60" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="I60" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="J60" t="s">
         <v>18</v>
       </c>
       <c r="K60" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="L60" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="M60" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="N60" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>11</v>
       </c>
       <c r="B61" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C61" t="s">
         <v>13</v>
       </c>
       <c r="D61" t="s">
         <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="H61" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="I61" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="J61" t="s">
         <v>18</v>
       </c>
       <c r="K61" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="L61" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="M61" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>11</v>
       </c>
       <c r="B62" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C62" t="s">
         <v>13</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="H62" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="I62" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="J62" t="s">
         <v>18</v>
       </c>
       <c r="K62" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="L62" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="M62" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>11</v>
       </c>
       <c r="B63" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C63" t="s">
         <v>13</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="H63" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="I63" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="J63" t="s">
         <v>18</v>
       </c>
       <c r="K63" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>11</v>
       </c>
       <c r="B64" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="C64" t="s">
         <v>13</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="H64" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="I64" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="J64" t="s">
         <v>18</v>
       </c>
       <c r="K64" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="L64" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="M64" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>11</v>
       </c>
       <c r="B65" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C65" t="s">
         <v>13</v>
       </c>
       <c r="D65" t="s">
         <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="H65" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="I65" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="J65" t="s">
         <v>18</v>
       </c>
       <c r="K65" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="L65" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="M65" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>11</v>
       </c>
       <c r="B66" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="C66" t="s">
         <v>13</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="H66" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="I66" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="J66" t="s">
         <v>18</v>
       </c>
       <c r="K66" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="L66" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="M66" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="N66" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>11</v>
       </c>
       <c r="B67" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C67" t="s">
         <v>13</v>
       </c>
       <c r="D67" t="s">
         <v>13</v>
       </c>
       <c r="E67" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="H67" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="I67" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="J67" t="s">
         <v>18</v>
       </c>
       <c r="K67" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="L67" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="M67" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="N67" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="O67" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>11</v>
       </c>
       <c r="B68" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C68" t="s">
         <v>13</v>
       </c>
       <c r="D68" t="s">
         <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="H68" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="I68" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J68" t="s">
         <v>18</v>
       </c>
       <c r="K68" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="L68" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="M68" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>11</v>
       </c>
       <c r="B69" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="C69" t="s">
         <v>13</v>
       </c>
       <c r="D69" t="s">
         <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="H69" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="I69" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="J69" t="s">
         <v>18</v>
       </c>
       <c r="K69" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="L69" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="M69" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="N69" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>11</v>
       </c>
       <c r="B70" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C70" t="s">
         <v>13</v>
       </c>
       <c r="D70" t="s">
         <v>13</v>
       </c>
       <c r="E70" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="H70" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="I70" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="J70" t="s">
         <v>18</v>
       </c>
       <c r="K70" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="L70" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="M70" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>11</v>
       </c>
       <c r="B71" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="C71" t="s">
         <v>13</v>
       </c>
       <c r="D71" t="s">
         <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="H71" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="I71" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="J71" t="s">
         <v>18</v>
       </c>
       <c r="K71" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="L71" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>11</v>
       </c>
       <c r="B72" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C72" t="s">
         <v>13</v>
       </c>
       <c r="D72" t="s">
         <v>13</v>
       </c>
       <c r="E72" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="H72" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="I72" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="J72" t="s">
         <v>18</v>
       </c>
       <c r="K72" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="L72" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>11</v>
       </c>
       <c r="B73" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C73" t="s">
         <v>13</v>
       </c>
       <c r="D73" t="s">
         <v>13</v>
       </c>
       <c r="E73" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="H73" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="I73" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="J73" t="s">
         <v>18</v>
       </c>
       <c r="K73" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>11</v>
       </c>
       <c r="B74" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C74" t="s">
         <v>13</v>
       </c>
       <c r="D74" t="s">
         <v>13</v>
       </c>
       <c r="E74" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="H74" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="I74" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="J74" t="s">
         <v>18</v>
       </c>
       <c r="K74" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="L74" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>