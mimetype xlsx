--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -68,51 +68,51 @@
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>VOLTARENE EMUGEL (diclofénac de diéthylamine)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/03/2022 12:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3325186/fr/voltarene-emugel-diclofenac-de-diethylamine</t>
   </si>
   <si>
     <t>p_3325186</t>
   </si>
   <si>
     <t>diclofénac de diéthylamine</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE SANTE GRAND PUBLIC</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3324880/fr/voltarene-emugel-diclofenac-de-diethylamine</t>
+    <t>https://www.has-sante.fr/jcms/p_3324880/fr/voltarene-emulgel-diclofenac-de-diethylamine-anti-inflammatoire-non-steroidien</t>
   </si>
   <si>
     <t>LAMISIL - LAMISILDERMGEL (terbinafine (chlorhydrate de))</t>
   </si>
   <si>
     <t>06/01/2020 10:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984026/fr/lamisil-lamisildermgel-terbinafine-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2984026</t>
   </si>
   <si>
     <t>terbinafine (chlorhydrate de)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2658525/fr/lamisil-lamisildermgel-terbinafine-chlorhydrate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2656355/fr/lamisil-terbinafine-chlorhydrate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1623656/fr/lamisil-terbinafine-chlorhydrate-de</t>
   </si>