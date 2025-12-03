--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -1,1582 +1,202 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="747" uniqueCount="491">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="31">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Substance active (DCI)</t>
-[...11 lines deleted...]
-    <t>SIRTURO (bedaquiline)</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>STELARA</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>02/10/2025 14:22:00</t>
-[...8 lines deleted...]
-    <t>bedaquiline</t>
+    <t>09/18/2024 09:24:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983689/en/stelara</t>
+  </si>
+  <si>
+    <t>pprd_2983689</t>
+  </si>
+  <si>
+    <t>ustekinumab</t>
   </si>
   <si>
     <t>JANSSEN-CILAG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2058270/fr/sirturo-bedaquiline-antituberculeux</t>
-[...1412 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_398908/fr/prepulsid-10-mg-comprime-secable-b/40-prepulsid-adultes-1-mg/ml-suspension-buvable-en-flacon-200-ml-prepulsid-enfants-et-nourrissons-1-mg/ml-suspension-buvable-en-flacon-100-ml-cisapride</t>
+    <t>https://www.has-sante.fr/jcms/c_813335/en/stelara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1072225/en/stelara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1792833/en/stelara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621474/en/stelara-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621480/en/stelara-ustekinumab-immunosuppressive-interleukin-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751848/en/stelara-ustekinumab-immunosuppressive-interleukin-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196694/en/stelara-rch-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201471/en/stelara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270039/en/stelara-ustekinumab-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426151/en/stelara-ustekinumab-plaque-psoriasis-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473772/en/stelara-ustekinumab-psoriasis-en-plaques-rhumatisme-psoriasique-maladie-de-crohn-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539093/en/stelara-ustekinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:X52"/>
+  <dimension ref="A1:V2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1613,2313 +233,71 @@
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
         <v>19</v>
       </c>
       <c r="L2" t="s">
         <v>20</v>
       </c>
       <c r="M2" t="s">
         <v>21</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="N2" t="s">
         <v>22</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O2" t="s">
         <v>23</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="P2" t="s">
         <v>24</v>
       </c>
-      <c r="H3" t="s">
+      <c r="Q2" t="s">
         <v>25</v>
       </c>
-      <c r="I3" t="s">
+      <c r="R2" t="s">
         <v>26</v>
       </c>
-      <c r="J3" t="s">
-[...2 lines deleted...]
-      <c r="K3" t="s">
+      <c r="S2" t="s">
         <v>27</v>
       </c>
-      <c r="L3" t="s">
+      <c r="T2" t="s">
         <v>28</v>
       </c>
-      <c r="M3" t="s">
+      <c r="U2" t="s">
         <v>29</v>
       </c>
-      <c r="N3" t="s">
+      <c r="V2" t="s">
         <v>30</v>
-      </c>
-[...2223 lines deleted...]
-        <v>490</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>