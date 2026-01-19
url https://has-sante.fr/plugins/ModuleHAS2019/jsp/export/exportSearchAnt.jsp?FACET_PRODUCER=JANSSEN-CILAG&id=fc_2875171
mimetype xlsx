--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -1,202 +1,1591 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="750" uniqueCount="494">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...11 lines deleted...]
-    <t>STELARA</t>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>IMBRUVICA (ibrutinib)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>09/18/2024 09:24:43</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983689/en/stelara</t>
+    <t>01/12/2025 14:34:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983527/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>pprd_2983527</t>
+  </si>
+  <si>
+    <t>ibrutinib</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049868/fr/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746213/fr/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742289/fr/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770187/fr/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk-lcm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794717/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165709/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168596/fr/imbruvica-llc-en-association-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168611/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181104/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240237/fr/imbruvica-leucemie-lymphoide-chronique-llc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332332/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427083/fr/imbruvica-ibrutinib-leucemie-lymphoide-chronique-llc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741331/fr/imbruvica-ibrutinib-lymphome-a-cellules-du-manteau-lcm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761970/fr/imbruvica-ibrutinib-lymphome-a-cellules-du-manteau-lcm</t>
+  </si>
+  <si>
+    <t>DARZALEX (daratumumab)</t>
+  </si>
+  <si>
+    <t>21/11/2025 09:10:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982754/fr/darzalex-daratumumab</t>
+  </si>
+  <si>
+    <t>pprd_2982754</t>
+  </si>
+  <si>
+    <t>daratumumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808583/fr/darzalex-daratumumab-anticorps-monoclonal-en-association</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808595/fr/darzalex-daratumumab-anticorps-monoclonal-monotherapie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967184/fr/darzalex-daratumumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183488/fr/darzalex-daratumumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183497/fr/darzalex-daratumumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183518/fr/darzalex-daratumumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3320599/fr/darzalex-daratumumab-amylose-systemique-a-chaines-legeres</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322754/fr/darzalex-daratumumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334268/fr/darzalex-daratumumab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3399882/fr/darzalex-daratumumab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3610014/fr/darzalex-daratumumab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704524/fr/darzalex-daratumumab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>TECVAYLI (teclistamab)</t>
+  </si>
+  <si>
+    <t>23/10/2025 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3369344/fr/tecvayli-teclistamab</t>
+  </si>
+  <si>
+    <t>p_3369344</t>
+  </si>
+  <si>
+    <t>teclistamab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368649/fr/tecvayli-teclistamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424344/fr/tecvayli-teclistamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463441/fr/tecvayli-teclistamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554842/fr/tecvayli-teclistamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562524/fr/tecvayli-teclistamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>SIRTURO (bedaquiline)</t>
+  </si>
+  <si>
+    <t>02/10/2025 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984425/fr/sirturo-bedaquiline</t>
+  </si>
+  <si>
+    <t>pprd_2984425</t>
+  </si>
+  <si>
+    <t>bedaquiline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2058270/fr/sirturo-bedaquiline-antituberculeux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202354/fr/sirturo-bedaquiline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689050/fr/sirturo-bedaquiline-tuberculose-pulmonaire-multiresistante-chez-l-adulte-et-l-enfant-de-plus-de-5-ans</t>
+  </si>
+  <si>
+    <t>TREMFYA (guselkumab)</t>
+  </si>
+  <si>
+    <t>10/09/2025 11:10:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982857/fr/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>pprd_2982857</t>
+  </si>
+  <si>
+    <t>guselkumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877053/fr/tremfya-guselkumab-immunosuppresseur-inhibiteur-de-l-interleukine-23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908438/fr/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3162058/fr/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271021/fr/tremfya-guselkumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363296/fr/tremfya-guselkumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539084/fr/tremfya-guselkumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643899/fr/tremfya-guselkumab-recto-colite-hemorragique-active</t>
+  </si>
+  <si>
+    <t>CARVYKTI (ciltacabtagene autoleucel)</t>
+  </si>
+  <si>
+    <t>07/08/2025 10:49:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3348772/fr/carvykti-ciltacabtagene-autoleucel</t>
+  </si>
+  <si>
+    <t>p_3348772</t>
+  </si>
+  <si>
+    <t>ciltacabtagene autoleucel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3348751/fr/carvykti-ciltacabtagene-autoleucel-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392179/fr/carvykti-ciltacabtagene-autoleucel-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639814/fr/carvykti-ciltacabtagene-autoleucel-myelome-multiple</t>
+  </si>
+  <si>
+    <t>RYBREVANT (amivantamab)</t>
+  </si>
+  <si>
+    <t>04/08/2025 12:26:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337170/fr/rybrevant-amivantamab</t>
+  </si>
+  <si>
+    <t>p_3337170</t>
+  </si>
+  <si>
+    <t>amivantamab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3336657/fr/rybrevant-amivantamab-cancer-bronchique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3345839/fr/rybrevant-amivantamab-cbnpc-avance-avec-mutation-egfr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3430182/fr/rybrevant-amivantamab-cancer-bronchique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447827/fr/rybrevant-amivantamab-cancer-bronchique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505636/fr/rybrevant-amivantamab-cancer-bronchique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534560/fr/rybrevant-amivantamab-cancer-bronchique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604202/fr/rybrevant-amivantamab-cancer-bronchique-non-a-petites-cellules-exon-19-exon-21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604199/fr/rybrevant-amivantamab-cancer-bronchique-non-a-petites-cellules-exon-20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3632479/fr/rybrevant-amivantamab-lazcluze-lazertinib-en-association-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639093/fr/rybrevant-/-lazcluze-amivantamab-/-lazertinib-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639721/fr/rybrevant-amivantamab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639640/fr/rybrevant-amivantamab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639757/fr/rybrevant-amivantamab-cancer-bronchique</t>
+  </si>
+  <si>
+    <t>EDURANT (rilpivirine)</t>
+  </si>
+  <si>
+    <t>10/04/2025 16:45:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983457/fr/edurant-rilpivirine</t>
+  </si>
+  <si>
+    <t>pprd_2983457</t>
+  </si>
+  <si>
+    <t>rilpivirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250134/fr/edurant-rilpivirine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2813809/fr/edurant-rilpivirine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601303/fr/edurant-rilpivirine-vih</t>
+  </si>
+  <si>
+    <t>BALVERSA (erdafitinib)</t>
+  </si>
+  <si>
+    <t>24/01/2025 16:18:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3506801/fr/balversa-erdafitinib</t>
+  </si>
+  <si>
+    <t>p_3506801</t>
+  </si>
+  <si>
+    <t>erdafitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3506762/fr/balversa-erdafitinib-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585759/fr/balversa-erdafitinib-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>STELARA (ustekinumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:24:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983689/fr/stelara-ustekinumab</t>
   </si>
   <si>
     <t>pprd_2983689</t>
   </si>
   <si>
     <t>ustekinumab</t>
   </si>
   <si>
-    <t>JANSSEN-CILAG</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539093/en/stelara-ustekinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_813335/fr/stelara-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1072225/fr/stelara-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1792833/fr/stelara-ustekinumab-inhibiteur-des-interleukines-il-12-et-il-23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621474/fr/stelara-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621480/fr/stelara-ustekinumab-immunosuppresseur-inhibiteur-d-interleukine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751848/fr/stelara-ustekinumab-immunosuppresseur-inhibiteur-des-interleukines</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196694/fr/stelara-rch-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201471/fr/stelara-enfant-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270039/fr/stelara-ustekinumab-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426151/fr/stelara-ustekinumab-psoriasis-en-plaques-chez-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473772/fr/stelara-ustekinumab-psoriasis-en-plaques-rhumatisme-psoriasique-maladie-de-crohn-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539093/fr/stelara-ustekinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>SPRAVATO (eskétamine)</t>
+  </si>
+  <si>
+    <t>05/09/2024 17:02:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192924/fr/spravato-esketamine</t>
+  </si>
+  <si>
+    <t>p_3192924</t>
+  </si>
+  <si>
+    <t>eskétamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191469/fr/spravato-esketamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298608/fr/spravato-28-mg-episode-depressif-caracterise-modere-a-severe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538219/fr/spravato-esketamine-depression</t>
+  </si>
+  <si>
+    <t>TALVEY (talquetamab)</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:27:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520243/fr/talvey-talquetamab</t>
+  </si>
+  <si>
+    <t>p_3520243</t>
+  </si>
+  <si>
+    <t>talquetamab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520176/fr/talvey-talquetamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530109/fr/talvey-talquetamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>AKEEGA (niraparib/acétate d’abiratérone)</t>
+  </si>
+  <si>
+    <t>08/12/2023 08:25:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477953/fr/akeega-niraparib/acetate-d-abiraterone</t>
+  </si>
+  <si>
+    <t>p_3477953</t>
+  </si>
+  <si>
+    <t>niraparib,acétate d’abiratérone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477883/fr/akeega-niraparib/-acetate-d-abiraterone-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>ERLEADA (apalutamide)</t>
+  </si>
+  <si>
+    <t>10/11/2023 09:01:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3144088/fr/erleada-apalutamide</t>
+  </si>
+  <si>
+    <t>p_3144088</t>
+  </si>
+  <si>
+    <t>apalutamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076072/fr/erleada-apalutamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191918/fr/erleada-apalutamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471813/fr/erleada-apalutamide-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>TREVICTA (palmitate de palipéridone)</t>
+  </si>
+  <si>
+    <t>27/07/2023 10:25:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983913/fr/trevicta-palmitate-de-paliperidone</t>
+  </si>
+  <si>
+    <t>pprd_2983913</t>
+  </si>
+  <si>
+    <t>palipéridone (palmitate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678886/fr/trevicta-paliperidone-antipsychotique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452869/fr/trevicta-palmitate-de-paliperidone-schizophrenie</t>
+  </si>
+  <si>
+    <t>CONCERTA LP (méthylphénidate (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>10/03/2023 17:35:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984462/fr/concerta-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984462</t>
+  </si>
+  <si>
+    <t>méthylphénidate (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399886/fr/concerta-lp-18-mg-comprime-boite-de-28-concerta-lp-36-mg-comprime-boite-de-28-concerta-lp-54-mg-comprime-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_750923/fr/concerta-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334823/fr/concerta-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047012/fr/concerta-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210109/fr/concerta-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419448/fr/concerta-lp-methylphenidate-trouble-deficitaire-de-l-attention-avec-hyperactivite-tdah-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>PONVORY (ponésimod)</t>
+  </si>
+  <si>
+    <t>10/02/2023 09:07:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285195/fr/ponvory-ponesimod</t>
+  </si>
+  <si>
+    <t>p_3285195</t>
+  </si>
+  <si>
+    <t>ponésimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284793/fr/ponvory-ponesimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410988/fr/ponvory-ponesimod-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>BYANNLI (palmitate de palipéridone)</t>
+  </si>
+  <si>
+    <t>23/11/2022 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389561/fr/byannli-palmitate-de-paliperidone</t>
+  </si>
+  <si>
+    <t>p_3389561</t>
+  </si>
+  <si>
+    <t>palmitate de palipéridone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389400/fr/byannli-palmitate-de-paliperidone-schizophrenie</t>
+  </si>
+  <si>
+    <t>INVOKANA (canagliflozine)</t>
+  </si>
+  <si>
+    <t>16/12/2020 12:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984655/fr/invokana-canagliflozine</t>
+  </si>
+  <si>
+    <t>pprd_2984655</t>
+  </si>
+  <si>
+    <t>canagliflozine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1776989/fr/invokana-canagliflozine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218337/fr/invokana-canagliflozine</t>
+  </si>
+  <si>
+    <t>INTELENCE (étravirine)</t>
+  </si>
+  <si>
+    <t>19/11/2020 12:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982724/fr/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>pprd_2982724</t>
+  </si>
+  <si>
+    <t>étravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748325/fr/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1251931/fr/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701293/fr/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1711205/fr/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047000/fr/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972771/fr/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217751/fr/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>PARIET (rabéprazole)</t>
+  </si>
+  <si>
+    <t>12/11/2020 15:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982991/fr/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>pprd_2982991</t>
+  </si>
+  <si>
+    <t>rabéprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399406/fr/pariet-10-mg-20-mg-comprime-gastro-resistant-b/14-b/28-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399451/fr/pariet-10-mg-comprimes-gastro-resistants-b/14-b/28-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400127/fr/pariet-10-mg-comprime-gastroresistant-boite-de-14-code-cip-336-742-8-pariet-10-mg-comprime-gastroresistant-boite-de-28-code-cip-356-744-0-pariet-20-mg-comprime-gastroresistant-boite-de-14-code-cip-355-145-6-pariet-20-mg-comprime-gastroresistant-boite-de-28-code-cip-355-147-9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400128/fr/pariet-10-mg-20-mg-comprimes-gastroresistants-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763750/fr/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923065/fr/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343130/fr/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888450/fr/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215594/fr/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>SYMTUZA (cobicistat/ darunavir (éthanolate de)/ emtricitabine/ ténofovir alafén...)</t>
+  </si>
+  <si>
+    <t>12/09/2019 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983010/fr/symtuza-cobicistat/-darunavir-ethanolate-de-/-emtricitabine/-tenofovir-alafen</t>
+  </si>
+  <si>
+    <t>pprd_2983010</t>
+  </si>
+  <si>
+    <t>cobicistat,darunavir (éthanolate de),emtricitabine,ténofovir alafénamide (fumarate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863577/fr/symtuza-cobicistat/-darunavir-ethanolate-de-/-emtricitabine/-tenofovir-alafen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886171/fr/symtuza-darunavir-/cobicistat-/emtricitabine-/tenofovir-alafenamide-association-d-antiviraux</t>
+  </si>
+  <si>
+    <t>GYNO PEVARYL (éconazole)</t>
+  </si>
+  <si>
+    <t>05/09/2019 10:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984513/fr/gyno-pevaryl-econazole</t>
+  </si>
+  <si>
+    <t>pprd_2984513</t>
+  </si>
+  <si>
+    <t>éconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704796/fr/gyno-pevaryl-econazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038842/fr/gyno-pevaryl-econazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098020/fr/gyno-pevaryl-econazole</t>
+  </si>
+  <si>
+    <t>IMODIUM (lopéramide (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>11/01/2019 16:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982929/fr/imodium-loperamide-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982929</t>
+  </si>
+  <si>
+    <t>lopéramide (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603138/fr/imodium-loperamide-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363116/fr/imodium-enfants-loperamide-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831675/fr/imodium-enfants-loperamide-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894912/fr/imodium-loperamide-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>PREZISTA (darunavir (éthanolate de))</t>
+  </si>
+  <si>
+    <t>09/10/2018 09:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983092/fr/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983092</t>
+  </si>
+  <si>
+    <t>darunavir (éthanolate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813801/fr/prezista-600-mg-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574601/fr/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900460/fr/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172428/fr/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813329/fr/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813802/fr/prezista-300-mg-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352584/fr/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525564/fr/prezista-darunavir-inhibiteur-de-protease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747988/fr/prezista-darunavir-inhibiteur-de-protease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621282/fr/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876133/fr/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>HALDOL (halopéridol)</t>
+  </si>
+  <si>
+    <t>18/09/2018 16:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983123/fr/haldol-haloperidol</t>
+  </si>
+  <si>
+    <t>pprd_2983123</t>
+  </si>
+  <si>
+    <t>halopéridol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486510/fr/haldol-haloperidol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1003610/fr/haldol-haloperidol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339959/fr/haldol-haloperidol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658597/fr/haldol-haloperidol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2743224/fr/haldol-haloperidol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869662/fr/haldol-haloperidol</t>
+  </si>
+  <si>
+    <t>ZYTIGA (acétate d’abiratérone)</t>
+  </si>
+  <si>
+    <t>27/08/2018 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983234/fr/zytiga-acetate-d-abiraterone</t>
+  </si>
+  <si>
+    <t>pprd_2983234</t>
+  </si>
+  <si>
+    <t>acétate d'abiratérone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1231590/fr/zytiga-acetate-d-abiraterone/-abiraterone-acetate-d-/-abiterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1622341/fr/zytiga-abiraterone-inhibiteur-de-la-synthese-des-androgenes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044345/fr/zytiga-acetate-d-abiraterone/-abiraterone-acetate-d-/-abiterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755479/fr/zytiga-acetate-d-abiraterone/-abiraterone-acetate-d-/-abiterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755491/fr/zytiga-acetate-d-abiraterone/-abiraterone-acetate-d-/-abiterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857377/fr/zytiga-acetate-d-abiraterone-inhibiteur-de-la-synthese-des-androgenes</t>
+  </si>
+  <si>
+    <t>DACOGEN (décitabine)</t>
+  </si>
+  <si>
+    <t>27/06/2018 09:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983339/fr/dacogen-decitabine</t>
+  </si>
+  <si>
+    <t>pprd_2983339</t>
+  </si>
+  <si>
+    <t>décitabine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363113/fr/dacogen-decitabine-analogue-de-la-pyrimidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839318/fr/dacogen-decitabine-antimetabolite</t>
+  </si>
+  <si>
+    <t>EPREX (époétine alfa)</t>
+  </si>
+  <si>
+    <t>25/05/2018 12:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983387/fr/eprex-epoetine-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2983387</t>
+  </si>
+  <si>
+    <t>époétine alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398925/fr/eprex-40-000-ui/1-ml-solution-injectable-en-flacon-boites-de-1-4-et-6-eprex-1-000-ui/0-5-ml-solution-injectable-en-flacon-boite-de-6-eprex-2-000-ui/1-ml-solution-injectable-en-flacon-boite-de-6-eprex-4-000-ui/1-ml-solution-injectable-en-flacon-boite-de-6-eprex-10-000-ui/1-ml-solution-injectable-en-flacon-boite-de-6-eprex-1-000-ui/0-5-ml-seringues-preremplies-boite-de-6-eprex-2-000-ui/0-5-ml-seringues-preremplies-boite-de-6-eprex-3-000-ui/0-3-ml-seringues-preremplies-boite-de-6-eprex-4-000-ui/0-4-ml-seringues-preremplies-boite-de-6-eprex-10-000-ui/1-ml-seringues-preremplies-boite-de-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1001256/fr/eprex-epoetine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625998/fr/eprex-epoetine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627633/fr/eprex-epoetine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827579/fr/eprex-epoetine-alfa-agent-stimulant-l-erythropoiese</t>
+  </si>
+  <si>
+    <t>EPITOMAX (topiramate)</t>
+  </si>
+  <si>
+    <t>06/10/2017 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983515/fr/epitomax-topiramate</t>
+  </si>
+  <si>
+    <t>pprd_2983515</t>
+  </si>
+  <si>
+    <t>topiramate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399423/fr/epitomax-15-mg-gelule-epitomax-25-mg-gelule-epitomax-50-mg-gelule-boite-de-28-topiramate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399871/fr/epitomax-topiramate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400120/fr/epitomax-topiramate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532196/fr/epitomax-topiramate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735612/fr/epitomax-topiramate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2797158/fr/epitomax-topiramate</t>
+  </si>
+  <si>
+    <t>SPORANOX (itraconazole)</t>
+  </si>
+  <si>
+    <t>15/06/2017 09:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983593/fr/sporanox-itraconazole</t>
+  </si>
+  <si>
+    <t>pprd_2983593</t>
+  </si>
+  <si>
+    <t>itraconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400277/fr/sporanox-10-mg/ml-solution-a-diluer-et-solvant-pour-perfusion-ampoule-de-25-ml-de-solution-a-diluer-poche-de-50-ml-de-solvant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456580/fr/sporanox-itraconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1247873/fr/sporanox-itraconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773806/fr/sporanox-itraconazole</t>
+  </si>
+  <si>
+    <t>SIBELIUM (flunarizine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>02/03/2017 12:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983712/fr/sibelium-flunarizine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983712</t>
+  </si>
+  <si>
+    <t>flunarizine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399284/fr/sibelium-10-mg-comprime-secable-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400107/fr/sibelium-10-mg-comprime-secable-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456566/fr/sibelium-flunarizine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234486/fr/sibelium-flunarizine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748183/fr/sibelium-flunarizine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>DUROGESIC (fentanyl)</t>
+  </si>
+  <si>
+    <t>21/02/2017 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983733/fr/durogesic-fentanyl</t>
+  </si>
+  <si>
+    <t>pprd_2983733</t>
+  </si>
+  <si>
+    <t>fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400860/fr/durogesic-12-microgrammes/heure-2-1-mg/5-25-cm-dispositif-transdermique-5-sachets-polyterephtalate-pet-polyethylene-basse-densite-pebd-aluminium-de-1-dispositifs-369-851-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400912/fr/durogesic-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736983/fr/durogesic-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642392/fr/durogesic-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013227/fr/durogesic-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745873/fr/durogesic-fentanyl</t>
+  </si>
+  <si>
+    <t>CAELYX (doxorubicine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>13/10/2016 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984088/fr/caelyx-doxorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984088</t>
+  </si>
+  <si>
+    <t>doxorubicine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398845/fr/caelyx-2-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-10-ml-boite-de-1-flacon-de-25-ml-boite-de-1-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399921/fr/caelyx-2-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-10-ml-boite-de-1-flacon-de-25-ml-boite-de-1-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_808801/fr/caelyx-doxorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620027/fr/caelyx-doxorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637487/fr/caelyx-doxorubicine-liposomale-pegylee-antineoplasique-sarcome-de-kaposi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637484/fr/caelyx-doxorubicine-liposomale-pegylee-cytotoxique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629893/fr/caelyx-doxorubicine-liposomale-pegylee-cytotoxique-cancer-de-l-ovaire</t>
+  </si>
+  <si>
+    <t>VELCADE (bortézomib), inhibiteur de protéasome</t>
+  </si>
+  <si>
+    <t>23/08/2016 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984163/fr/velcade-bortezomib-inhibiteur-de-proteasome</t>
+  </si>
+  <si>
+    <t>pprd_2984163</t>
+  </si>
+  <si>
+    <t>bortézomib,N/R</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400080/fr/velcade-3-5-mg-poudre-pour-solution-injectable-boite-de-1-flacon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400995/fr/velcade-3-5-mg-poudre-pour-solution-injectable-1-flacon-s-en-verre-de-38-5-mg-564-957-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523441/fr/velcade-bortezomib/-n/r</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817328/fr/velcade-bortezomib/-n/r</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727466/fr/velcade-bortezomib-inhibiteur-de-proteasome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035135/fr/velcade-bortezomib/-n/r</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589998/fr/velcade-bortezomib-antineoplasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620016/fr/velcade-bortezomib-inhibiteur-de-proteasome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620022/fr/velcade-bortezomib-inhibiteur-de-proteasome</t>
+  </si>
+  <si>
+    <t>RISPERDAL - RISPERDALCONSTA - RISPERDALORO (rispéridone)</t>
+  </si>
+  <si>
+    <t>30/03/2016 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984165/fr/risperdal-risperdalconsta-risperdaloro-risperidone</t>
+  </si>
+  <si>
+    <t>pprd_2984165</t>
+  </si>
+  <si>
+    <t>rispéridone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399101/fr/risperdal-0-1-pour-cent-1-mg/ml-solution-buvable-flacons-de-60-et-120-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399342/fr/risperdal-1-mg-comprime-risperdal-2-mg-comprime-boites-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400148/fr/risperdal-0-5-mg-risperdal-1-mg-risperdal-1-mg/ml-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400989/fr/risperdal-1-mg-comprime-pellicule-b/60-risperdal-2-mg-comprime-pellicule-b/60-risperdal-4-mg-comprime-pellicule-b/60-risperdal-1-mg/ml-solution-buvable-flacons-de-30-ml-60ml-et-120ml-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969961/fr/risperdal-risperdaloro-risperdalconsta-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241693/fr/risperdal-risperdaloro-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728502/fr/risperdal-risperdaloro-risperidone-antipsychotique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2619974/fr/risperdal-risperdalconsta-lp-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_957062/fr/risperdalconsta-l-p-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400016/fr/risperdalconsta-lp-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400339/fr/risperdaloro-0-5-mg-comprime-orodispersible-boite-de-28-risperdaloro-1-mg-comprime-orodispersible-boite-de-28-risperdaloro-2-mg-comprime-orodispersible-boite-de-28-risperdaloro-3-mg-comprime-orodispersible-boite-de-28-risperdaloro-4-mg-comprime-orodispersible-boite-de-28-risperdal-1-mg/ml-solution-buvable-flacons-de-30-ml</t>
+  </si>
+  <si>
+    <t>REZOLSTA (cobicistat/ darunavir (éthanolate de))</t>
+  </si>
+  <si>
+    <t>06/04/2016 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984224/fr/rezolsta-cobicistat/-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984224</t>
+  </si>
+  <si>
+    <t>cobicistat,darunavir (éthanolate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607076/fr/rezolsta-darunavir/cobicistat-antiretroviral</t>
+  </si>
+  <si>
+    <t>KETODERM (kétoconazole)</t>
+  </si>
+  <si>
+    <t>10/12/2015 13:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984309/fr/ketoderm-ketoconazole</t>
+  </si>
+  <si>
+    <t>pprd_2984309</t>
+  </si>
+  <si>
+    <t>kétoconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400976/fr/ketoderm-ketoconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_994262/fr/ketoderm-ketoconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579392/fr/ketoderm-ketoconazole</t>
+  </si>
+  <si>
+    <t>TRIELLA (noréthistérone / éthinylestradiol/ éthinylestradiol/ noréthistérone)</t>
+  </si>
+  <si>
+    <t>17/07/2015 16:00:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984473/fr/triella-norethisterone-/-ethinylestradiol/-ethinylestradiol/-norethisterone</t>
+  </si>
+  <si>
+    <t>pprd_2984473</t>
+  </si>
+  <si>
+    <t>noréthistérone / éthinylestradiol,éthinylestradiol,noréthistérone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704940/fr/triella-norethisterone-/-ethinylestradiol/-ethinylestradiol/-norethisterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045321/fr/triella-norethisterone-/-ethinylestradiol/-ethinylestradiol/-norethisterone</t>
+  </si>
+  <si>
+    <t>ARESTAL (lopéramide (oxyde de) monohydraté)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984474/fr/arestal-loperamide-oxyde-de-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984474</t>
+  </si>
+  <si>
+    <t>lopéramide (oxyde de) monohydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400234/fr/arestal-1-mg-comprime-boite-de-20-code-cip-339-817-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900490/fr/arestal-loperamide-oxyde-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045318/fr/arestal-loperamide-oxyde-de-monohydrate</t>
+  </si>
+  <si>
+    <t>OLYSIO (siméprévir)</t>
+  </si>
+  <si>
+    <t>06/03/2015 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984623/fr/olysio-simeprevir</t>
+  </si>
+  <si>
+    <t>pprd_2984623</t>
+  </si>
+  <si>
+    <t>siméprévir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2007183/fr/olysio-simeprevir-antiviral-d-action-directe</t>
+  </si>
+  <si>
+    <t>VOKANAMET (canagliflozine/metformine)</t>
+  </si>
+  <si>
+    <t>25/02/2015 18:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984657/fr/vokanamet-canagliflozine/metformine</t>
+  </si>
+  <si>
+    <t>pprd_2984657</t>
+  </si>
+  <si>
+    <t>canagliflozine hémihydraté,metformine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1776982/fr/vokanamet-canagliflozine/metformine</t>
+  </si>
+  <si>
+    <t>LEUSTATINE (cladribine)</t>
+  </si>
+  <si>
+    <t>29/07/2014 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984734/fr/leustatine-cladribine</t>
+  </si>
+  <si>
+    <t>pprd_2984734</t>
+  </si>
+  <si>
+    <t>cladribine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753527/fr/leustatine-cladribine</t>
+  </si>
+  <si>
+    <t>INCIVO (télaprévir)</t>
+  </si>
+  <si>
+    <t>14/10/2014 09:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984748/fr/incivo-telaprevir</t>
+  </si>
+  <si>
+    <t>pprd_2984748</t>
+  </si>
+  <si>
+    <t>télaprévir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189487/fr/incivo-telaprevir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751171/fr/incivo-telaprevir-inhibiteur-de-protease</t>
+  </si>
+  <si>
+    <t>DIPIPERON (pipampérone (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>13/12/2012 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984964/fr/dipiperon-pipamperone-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984964</t>
+  </si>
+  <si>
+    <t>pipampérone (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486500/fr/dipiperon-pipamperone-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339962/fr/dipiperon-pipamperone-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>ORAP (pimozide)</t>
+  </si>
+  <si>
+    <t>14/12/2012 09:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984965/fr/orap-pimozide</t>
+  </si>
+  <si>
+    <t>pprd_2984965</t>
+  </si>
+  <si>
+    <t>pimozide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486504/fr/orap-pimozide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339947/fr/orap-pimozide</t>
+  </si>
+  <si>
+    <t>CILEST (éthinylestradiol/ norgestimate)</t>
+  </si>
+  <si>
+    <t>06/02/2013 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984993/fr/cilest-ethinylestradiol/-norgestimate</t>
+  </si>
+  <si>
+    <t>pprd_2984993</t>
+  </si>
+  <si>
+    <t>éthinylestradiol,norgestimate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320866/fr/cilest-ethinylestradiol/-norgestimate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399538/fr/cilest-comprime-plaquette-de-21-boites-de-1-et-3</t>
+  </si>
+  <si>
+    <t>REGRANEX (bécaplermine)</t>
+  </si>
+  <si>
+    <t>18/04/2007 15:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985453/fr/regranex-becaplermine</t>
+  </si>
+  <si>
+    <t>pprd_2985453</t>
+  </si>
+  <si>
+    <t>bécaplermine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523243/fr/regranex-becaplermine</t>
+  </si>
+  <si>
+    <t>TINSET (oxatomide)</t>
+  </si>
+  <si>
+    <t>04/10/2006 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985518/fr/tinset-oxatomide</t>
+  </si>
+  <si>
+    <t>pprd_2985518</t>
+  </si>
+  <si>
+    <t>oxatomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456612/fr/tinset-oxatomide</t>
+  </si>
+  <si>
+    <t>MOTILYO - MOTILIUM (dompéridone)</t>
+  </si>
+  <si>
+    <t>14/10/2009 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985849/fr/motilyo-motilium-domperidone</t>
+  </si>
+  <si>
+    <t>pprd_2985849</t>
+  </si>
+  <si>
+    <t>dompéridone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400244/fr/motilyo-motilium-domperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614375/fr/motilium-n/r</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400243/fr/motilium-1-mg/ml-suspension-buvable-n/r</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399571/fr/motilium-granule-effervescent-sachets-b/30</t>
+  </si>
+  <si>
+    <t>PREPULSID (cisapride)</t>
+  </si>
+  <si>
+    <t>21/03/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986111/fr/prepulsid-cisapride</t>
+  </si>
+  <si>
+    <t>pprd_2986111</t>
+  </si>
+  <si>
+    <t>cisapride</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398908/fr/prepulsid-10-mg-comprime-secable-b/40-prepulsid-adultes-1-mg/ml-suspension-buvable-en-flacon-200-ml-prepulsid-enfants-et-nourrissons-1-mg/ml-suspension-buvable-en-flacon-100-ml-cisapride</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:V2"/>
+  <dimension ref="A1:X52"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -259,45 +1648,2296 @@
         <v>22</v>
       </c>
       <c r="O2" t="s">
         <v>23</v>
       </c>
       <c r="P2" t="s">
         <v>24</v>
       </c>
       <c r="Q2" t="s">
         <v>25</v>
       </c>
       <c r="R2" t="s">
         <v>26</v>
       </c>
       <c r="S2" t="s">
         <v>27</v>
       </c>
       <c r="T2" t="s">
         <v>28</v>
       </c>
       <c r="U2" t="s">
         <v>29</v>
       </c>
       <c r="V2" t="s">
         <v>30</v>
+      </c>
+      <c r="W2" t="s">
+        <v>31</v>
+      </c>
+      <c r="X2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I3" t="s">
+        <v>37</v>
+      </c>
+      <c r="J3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K3" t="s">
+        <v>38</v>
+      </c>
+      <c r="L3" t="s">
+        <v>39</v>
+      </c>
+      <c r="M3" t="s">
+        <v>40</v>
+      </c>
+      <c r="N3" t="s">
+        <v>41</v>
+      </c>
+      <c r="O3" t="s">
+        <v>42</v>
+      </c>
+      <c r="P3" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>44</v>
+      </c>
+      <c r="R3" t="s">
+        <v>45</v>
+      </c>
+      <c r="S3" t="s">
+        <v>46</v>
+      </c>
+      <c r="T3" t="s">
+        <v>47</v>
+      </c>
+      <c r="U3" t="s">
+        <v>48</v>
+      </c>
+      <c r="V3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" t="s">
+        <v>50</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>51</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>52</v>
+      </c>
+      <c r="H4" t="s">
+        <v>53</v>
+      </c>
+      <c r="I4" t="s">
+        <v>54</v>
+      </c>
+      <c r="J4" t="s">
+        <v>18</v>
+      </c>
+      <c r="K4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L4" t="s">
+        <v>56</v>
+      </c>
+      <c r="M4" t="s">
+        <v>57</v>
+      </c>
+      <c r="N4" t="s">
+        <v>58</v>
+      </c>
+      <c r="O4" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
+        <v>60</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>61</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>62</v>
+      </c>
+      <c r="H5" t="s">
+        <v>63</v>
+      </c>
+      <c r="I5" t="s">
+        <v>64</v>
+      </c>
+      <c r="J5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K5" t="s">
+        <v>65</v>
+      </c>
+      <c r="L5" t="s">
+        <v>66</v>
+      </c>
+      <c r="M5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B6" t="s">
+        <v>68</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>69</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>70</v>
+      </c>
+      <c r="H6" t="s">
+        <v>71</v>
+      </c>
+      <c r="I6" t="s">
+        <v>72</v>
+      </c>
+      <c r="J6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K6" t="s">
+        <v>73</v>
+      </c>
+      <c r="L6" t="s">
+        <v>74</v>
+      </c>
+      <c r="M6" t="s">
+        <v>75</v>
+      </c>
+      <c r="N6" t="s">
+        <v>76</v>
+      </c>
+      <c r="O6" t="s">
+        <v>77</v>
+      </c>
+      <c r="P6" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>78</v>
+      </c>
+      <c r="R6" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>11</v>
+      </c>
+      <c r="B7" t="s">
+        <v>80</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>81</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>82</v>
+      </c>
+      <c r="H7" t="s">
+        <v>83</v>
+      </c>
+      <c r="I7" t="s">
+        <v>84</v>
+      </c>
+      <c r="J7" t="s">
+        <v>18</v>
+      </c>
+      <c r="K7" t="s">
+        <v>85</v>
+      </c>
+      <c r="L7" t="s">
+        <v>86</v>
+      </c>
+      <c r="M7" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" t="s">
+        <v>88</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>89</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>90</v>
+      </c>
+      <c r="H8" t="s">
+        <v>91</v>
+      </c>
+      <c r="I8" t="s">
+        <v>92</v>
+      </c>
+      <c r="J8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K8" t="s">
+        <v>93</v>
+      </c>
+      <c r="L8" t="s">
+        <v>94</v>
+      </c>
+      <c r="M8" t="s">
+        <v>94</v>
+      </c>
+      <c r="N8" t="s">
+        <v>95</v>
+      </c>
+      <c r="O8" t="s">
+        <v>96</v>
+      </c>
+      <c r="P8" t="s">
+        <v>97</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>98</v>
+      </c>
+      <c r="R8" t="s">
+        <v>99</v>
+      </c>
+      <c r="S8" t="s">
+        <v>100</v>
+      </c>
+      <c r="T8" t="s">
+        <v>101</v>
+      </c>
+      <c r="U8" t="s">
+        <v>102</v>
+      </c>
+      <c r="V8" t="s">
+        <v>103</v>
+      </c>
+      <c r="W8" t="s">
+        <v>104</v>
+      </c>
+      <c r="X8" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" t="s">
+        <v>106</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>107</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>108</v>
+      </c>
+      <c r="H9" t="s">
+        <v>109</v>
+      </c>
+      <c r="I9" t="s">
+        <v>110</v>
+      </c>
+      <c r="J9" t="s">
+        <v>18</v>
+      </c>
+      <c r="K9" t="s">
+        <v>111</v>
+      </c>
+      <c r="L9" t="s">
+        <v>112</v>
+      </c>
+      <c r="M9" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>11</v>
+      </c>
+      <c r="B10" t="s">
+        <v>114</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>115</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>116</v>
+      </c>
+      <c r="H10" t="s">
+        <v>117</v>
+      </c>
+      <c r="I10" t="s">
+        <v>118</v>
+      </c>
+      <c r="J10" t="s">
+        <v>18</v>
+      </c>
+      <c r="K10" t="s">
+        <v>119</v>
+      </c>
+      <c r="L10" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>11</v>
+      </c>
+      <c r="B11" t="s">
+        <v>121</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>122</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>123</v>
+      </c>
+      <c r="H11" t="s">
+        <v>124</v>
+      </c>
+      <c r="I11" t="s">
+        <v>125</v>
+      </c>
+      <c r="J11" t="s">
+        <v>18</v>
+      </c>
+      <c r="K11" t="s">
+        <v>126</v>
+      </c>
+      <c r="L11" t="s">
+        <v>127</v>
+      </c>
+      <c r="M11" t="s">
+        <v>128</v>
+      </c>
+      <c r="N11" t="s">
+        <v>129</v>
+      </c>
+      <c r="O11" t="s">
+        <v>130</v>
+      </c>
+      <c r="P11" t="s">
+        <v>131</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>132</v>
+      </c>
+      <c r="R11" t="s">
+        <v>133</v>
+      </c>
+      <c r="S11" t="s">
+        <v>134</v>
+      </c>
+      <c r="T11" t="s">
+        <v>135</v>
+      </c>
+      <c r="U11" t="s">
+        <v>136</v>
+      </c>
+      <c r="V11" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>11</v>
+      </c>
+      <c r="B12" t="s">
+        <v>138</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>139</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>140</v>
+      </c>
+      <c r="H12" t="s">
+        <v>141</v>
+      </c>
+      <c r="I12" t="s">
+        <v>142</v>
+      </c>
+      <c r="J12" t="s">
+        <v>18</v>
+      </c>
+      <c r="K12" t="s">
+        <v>143</v>
+      </c>
+      <c r="L12" t="s">
+        <v>144</v>
+      </c>
+      <c r="M12" t="s">
+        <v>144</v>
+      </c>
+      <c r="N12" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>11</v>
+      </c>
+      <c r="B13" t="s">
+        <v>146</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>147</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>148</v>
+      </c>
+      <c r="H13" t="s">
+        <v>149</v>
+      </c>
+      <c r="I13" t="s">
+        <v>150</v>
+      </c>
+      <c r="J13" t="s">
+        <v>18</v>
+      </c>
+      <c r="K13" t="s">
+        <v>151</v>
+      </c>
+      <c r="L13" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>11</v>
+      </c>
+      <c r="B14" t="s">
+        <v>153</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>154</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>155</v>
+      </c>
+      <c r="H14" t="s">
+        <v>156</v>
+      </c>
+      <c r="I14" t="s">
+        <v>157</v>
+      </c>
+      <c r="J14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K14" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B15" t="s">
+        <v>159</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>160</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>161</v>
+      </c>
+      <c r="H15" t="s">
+        <v>162</v>
+      </c>
+      <c r="I15" t="s">
+        <v>163</v>
+      </c>
+      <c r="J15" t="s">
+        <v>18</v>
+      </c>
+      <c r="K15" t="s">
+        <v>164</v>
+      </c>
+      <c r="L15" t="s">
+        <v>165</v>
+      </c>
+      <c r="M15" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B16" t="s">
+        <v>167</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>168</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>169</v>
+      </c>
+      <c r="H16" t="s">
+        <v>170</v>
+      </c>
+      <c r="I16" t="s">
+        <v>171</v>
+      </c>
+      <c r="J16" t="s">
+        <v>18</v>
+      </c>
+      <c r="K16" t="s">
+        <v>172</v>
+      </c>
+      <c r="L16" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>11</v>
+      </c>
+      <c r="B17" t="s">
+        <v>174</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>175</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>176</v>
+      </c>
+      <c r="H17" t="s">
+        <v>177</v>
+      </c>
+      <c r="I17" t="s">
+        <v>178</v>
+      </c>
+      <c r="J17" t="s">
+        <v>18</v>
+      </c>
+      <c r="K17" t="s">
+        <v>179</v>
+      </c>
+      <c r="L17" t="s">
+        <v>180</v>
+      </c>
+      <c r="M17" t="s">
+        <v>181</v>
+      </c>
+      <c r="N17" t="s">
+        <v>182</v>
+      </c>
+      <c r="O17" t="s">
+        <v>183</v>
+      </c>
+      <c r="P17" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>11</v>
+      </c>
+      <c r="B18" t="s">
+        <v>185</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>186</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>187</v>
+      </c>
+      <c r="H18" t="s">
+        <v>188</v>
+      </c>
+      <c r="I18" t="s">
+        <v>189</v>
+      </c>
+      <c r="J18" t="s">
+        <v>18</v>
+      </c>
+      <c r="K18" t="s">
+        <v>190</v>
+      </c>
+      <c r="L18" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>11</v>
+      </c>
+      <c r="B19" t="s">
+        <v>192</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>193</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>194</v>
+      </c>
+      <c r="H19" t="s">
+        <v>195</v>
+      </c>
+      <c r="I19" t="s">
+        <v>196</v>
+      </c>
+      <c r="J19" t="s">
+        <v>18</v>
+      </c>
+      <c r="K19" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>11</v>
+      </c>
+      <c r="B20" t="s">
+        <v>198</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>199</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>200</v>
+      </c>
+      <c r="H20" t="s">
+        <v>201</v>
+      </c>
+      <c r="I20" t="s">
+        <v>202</v>
+      </c>
+      <c r="J20" t="s">
+        <v>18</v>
+      </c>
+      <c r="K20" t="s">
+        <v>203</v>
+      </c>
+      <c r="L20" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>11</v>
+      </c>
+      <c r="B21" t="s">
+        <v>205</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>206</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>207</v>
+      </c>
+      <c r="H21" t="s">
+        <v>208</v>
+      </c>
+      <c r="I21" t="s">
+        <v>209</v>
+      </c>
+      <c r="J21" t="s">
+        <v>18</v>
+      </c>
+      <c r="K21" t="s">
+        <v>210</v>
+      </c>
+      <c r="L21" t="s">
+        <v>211</v>
+      </c>
+      <c r="M21" t="s">
+        <v>212</v>
+      </c>
+      <c r="N21" t="s">
+        <v>213</v>
+      </c>
+      <c r="O21" t="s">
+        <v>214</v>
+      </c>
+      <c r="P21" t="s">
+        <v>215</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>11</v>
+      </c>
+      <c r="B22" t="s">
+        <v>217</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>218</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>219</v>
+      </c>
+      <c r="H22" t="s">
+        <v>220</v>
+      </c>
+      <c r="I22" t="s">
+        <v>221</v>
+      </c>
+      <c r="J22" t="s">
+        <v>18</v>
+      </c>
+      <c r="K22" t="s">
+        <v>222</v>
+      </c>
+      <c r="L22" t="s">
+        <v>223</v>
+      </c>
+      <c r="M22" t="s">
+        <v>224</v>
+      </c>
+      <c r="N22" t="s">
+        <v>225</v>
+      </c>
+      <c r="O22" t="s">
+        <v>226</v>
+      </c>
+      <c r="P22" t="s">
+        <v>227</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>228</v>
+      </c>
+      <c r="R22" t="s">
+        <v>229</v>
+      </c>
+      <c r="S22" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>11</v>
+      </c>
+      <c r="B23" t="s">
+        <v>231</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>232</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>233</v>
+      </c>
+      <c r="H23" t="s">
+        <v>234</v>
+      </c>
+      <c r="I23" t="s">
+        <v>235</v>
+      </c>
+      <c r="J23" t="s">
+        <v>18</v>
+      </c>
+      <c r="K23" t="s">
+        <v>236</v>
+      </c>
+      <c r="L23" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>11</v>
+      </c>
+      <c r="B24" t="s">
+        <v>238</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>239</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>240</v>
+      </c>
+      <c r="H24" t="s">
+        <v>241</v>
+      </c>
+      <c r="I24" t="s">
+        <v>242</v>
+      </c>
+      <c r="J24" t="s">
+        <v>18</v>
+      </c>
+      <c r="K24" t="s">
+        <v>243</v>
+      </c>
+      <c r="L24" t="s">
+        <v>244</v>
+      </c>
+      <c r="M24" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>11</v>
+      </c>
+      <c r="B25" t="s">
+        <v>246</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>247</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>248</v>
+      </c>
+      <c r="H25" t="s">
+        <v>249</v>
+      </c>
+      <c r="I25" t="s">
+        <v>250</v>
+      </c>
+      <c r="J25" t="s">
+        <v>18</v>
+      </c>
+      <c r="K25" t="s">
+        <v>251</v>
+      </c>
+      <c r="L25" t="s">
+        <v>252</v>
+      </c>
+      <c r="M25" t="s">
+        <v>253</v>
+      </c>
+      <c r="N25" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>11</v>
+      </c>
+      <c r="B26" t="s">
+        <v>255</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>256</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>257</v>
+      </c>
+      <c r="H26" t="s">
+        <v>258</v>
+      </c>
+      <c r="I26" t="s">
+        <v>259</v>
+      </c>
+      <c r="J26" t="s">
+        <v>18</v>
+      </c>
+      <c r="K26" t="s">
+        <v>260</v>
+      </c>
+      <c r="L26" t="s">
+        <v>261</v>
+      </c>
+      <c r="M26" t="s">
+        <v>262</v>
+      </c>
+      <c r="N26" t="s">
+        <v>263</v>
+      </c>
+      <c r="O26" t="s">
+        <v>264</v>
+      </c>
+      <c r="P26" t="s">
+        <v>265</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>266</v>
+      </c>
+      <c r="R26" t="s">
+        <v>267</v>
+      </c>
+      <c r="S26" t="s">
+        <v>268</v>
+      </c>
+      <c r="T26" t="s">
+        <v>269</v>
+      </c>
+      <c r="U26" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>11</v>
+      </c>
+      <c r="B27" t="s">
+        <v>271</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>272</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>273</v>
+      </c>
+      <c r="H27" t="s">
+        <v>274</v>
+      </c>
+      <c r="I27" t="s">
+        <v>275</v>
+      </c>
+      <c r="J27" t="s">
+        <v>18</v>
+      </c>
+      <c r="K27" t="s">
+        <v>276</v>
+      </c>
+      <c r="L27" t="s">
+        <v>277</v>
+      </c>
+      <c r="M27" t="s">
+        <v>278</v>
+      </c>
+      <c r="N27" t="s">
+        <v>279</v>
+      </c>
+      <c r="O27" t="s">
+        <v>280</v>
+      </c>
+      <c r="P27" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>11</v>
+      </c>
+      <c r="B28" t="s">
+        <v>282</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>283</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>284</v>
+      </c>
+      <c r="H28" t="s">
+        <v>285</v>
+      </c>
+      <c r="I28" t="s">
+        <v>286</v>
+      </c>
+      <c r="J28" t="s">
+        <v>18</v>
+      </c>
+      <c r="K28" t="s">
+        <v>287</v>
+      </c>
+      <c r="L28" t="s">
+        <v>288</v>
+      </c>
+      <c r="M28" t="s">
+        <v>289</v>
+      </c>
+      <c r="N28" t="s">
+        <v>290</v>
+      </c>
+      <c r="O28" t="s">
+        <v>291</v>
+      </c>
+      <c r="P28" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>11</v>
+      </c>
+      <c r="B29" t="s">
+        <v>293</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>294</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>295</v>
+      </c>
+      <c r="H29" t="s">
+        <v>296</v>
+      </c>
+      <c r="I29" t="s">
+        <v>297</v>
+      </c>
+      <c r="J29" t="s">
+        <v>18</v>
+      </c>
+      <c r="K29" t="s">
+        <v>298</v>
+      </c>
+      <c r="L29" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>11</v>
+      </c>
+      <c r="B30" t="s">
+        <v>300</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>301</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>302</v>
+      </c>
+      <c r="H30" t="s">
+        <v>303</v>
+      </c>
+      <c r="I30" t="s">
+        <v>304</v>
+      </c>
+      <c r="J30" t="s">
+        <v>18</v>
+      </c>
+      <c r="K30" t="s">
+        <v>305</v>
+      </c>
+      <c r="L30" t="s">
+        <v>306</v>
+      </c>
+      <c r="M30" t="s">
+        <v>307</v>
+      </c>
+      <c r="N30" t="s">
+        <v>308</v>
+      </c>
+      <c r="O30" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>11</v>
+      </c>
+      <c r="B31" t="s">
+        <v>310</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>311</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>312</v>
+      </c>
+      <c r="H31" t="s">
+        <v>313</v>
+      </c>
+      <c r="I31" t="s">
+        <v>314</v>
+      </c>
+      <c r="J31" t="s">
+        <v>18</v>
+      </c>
+      <c r="K31" t="s">
+        <v>315</v>
+      </c>
+      <c r="L31" t="s">
+        <v>316</v>
+      </c>
+      <c r="M31" t="s">
+        <v>317</v>
+      </c>
+      <c r="N31" t="s">
+        <v>318</v>
+      </c>
+      <c r="O31" t="s">
+        <v>319</v>
+      </c>
+      <c r="P31" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>11</v>
+      </c>
+      <c r="B32" t="s">
+        <v>321</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>322</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>323</v>
+      </c>
+      <c r="H32" t="s">
+        <v>324</v>
+      </c>
+      <c r="I32" t="s">
+        <v>325</v>
+      </c>
+      <c r="J32" t="s">
+        <v>18</v>
+      </c>
+      <c r="K32" t="s">
+        <v>326</v>
+      </c>
+      <c r="L32" t="s">
+        <v>327</v>
+      </c>
+      <c r="M32" t="s">
+        <v>328</v>
+      </c>
+      <c r="N32" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>11</v>
+      </c>
+      <c r="B33" t="s">
+        <v>330</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>331</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>332</v>
+      </c>
+      <c r="H33" t="s">
+        <v>333</v>
+      </c>
+      <c r="I33" t="s">
+        <v>334</v>
+      </c>
+      <c r="J33" t="s">
+        <v>18</v>
+      </c>
+      <c r="K33" t="s">
+        <v>335</v>
+      </c>
+      <c r="L33" t="s">
+        <v>336</v>
+      </c>
+      <c r="M33" t="s">
+        <v>337</v>
+      </c>
+      <c r="N33" t="s">
+        <v>338</v>
+      </c>
+      <c r="O33" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>11</v>
+      </c>
+      <c r="B34" t="s">
+        <v>340</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>341</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>342</v>
+      </c>
+      <c r="H34" t="s">
+        <v>343</v>
+      </c>
+      <c r="I34" t="s">
+        <v>344</v>
+      </c>
+      <c r="J34" t="s">
+        <v>18</v>
+      </c>
+      <c r="K34" t="s">
+        <v>345</v>
+      </c>
+      <c r="L34" t="s">
+        <v>346</v>
+      </c>
+      <c r="M34" t="s">
+        <v>347</v>
+      </c>
+      <c r="N34" t="s">
+        <v>348</v>
+      </c>
+      <c r="O34" t="s">
+        <v>349</v>
+      </c>
+      <c r="P34" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>11</v>
+      </c>
+      <c r="B35" t="s">
+        <v>351</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>352</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>353</v>
+      </c>
+      <c r="H35" t="s">
+        <v>354</v>
+      </c>
+      <c r="I35" t="s">
+        <v>355</v>
+      </c>
+      <c r="J35" t="s">
+        <v>18</v>
+      </c>
+      <c r="K35" t="s">
+        <v>356</v>
+      </c>
+      <c r="L35" t="s">
+        <v>357</v>
+      </c>
+      <c r="M35" t="s">
+        <v>358</v>
+      </c>
+      <c r="N35" t="s">
+        <v>359</v>
+      </c>
+      <c r="O35" t="s">
+        <v>360</v>
+      </c>
+      <c r="P35" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>11</v>
+      </c>
+      <c r="B36" t="s">
+        <v>363</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>364</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>365</v>
+      </c>
+      <c r="H36" t="s">
+        <v>366</v>
+      </c>
+      <c r="I36" t="s">
+        <v>367</v>
+      </c>
+      <c r="J36" t="s">
+        <v>18</v>
+      </c>
+      <c r="K36" t="s">
+        <v>368</v>
+      </c>
+      <c r="L36" t="s">
+        <v>369</v>
+      </c>
+      <c r="M36" t="s">
+        <v>370</v>
+      </c>
+      <c r="N36" t="s">
+        <v>371</v>
+      </c>
+      <c r="O36" t="s">
+        <v>372</v>
+      </c>
+      <c r="P36" t="s">
+        <v>373</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>374</v>
+      </c>
+      <c r="R36" t="s">
+        <v>375</v>
+      </c>
+      <c r="S36" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>11</v>
+      </c>
+      <c r="B37" t="s">
+        <v>377</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>378</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>379</v>
+      </c>
+      <c r="H37" t="s">
+        <v>380</v>
+      </c>
+      <c r="I37" t="s">
+        <v>381</v>
+      </c>
+      <c r="J37" t="s">
+        <v>18</v>
+      </c>
+      <c r="K37" t="s">
+        <v>382</v>
+      </c>
+      <c r="L37" t="s">
+        <v>383</v>
+      </c>
+      <c r="M37" t="s">
+        <v>384</v>
+      </c>
+      <c r="N37" t="s">
+        <v>385</v>
+      </c>
+      <c r="O37" t="s">
+        <v>386</v>
+      </c>
+      <c r="P37" t="s">
+        <v>387</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>388</v>
+      </c>
+      <c r="R37" t="s">
+        <v>389</v>
+      </c>
+      <c r="S37" t="s">
+        <v>390</v>
+      </c>
+      <c r="T37" t="s">
+        <v>391</v>
+      </c>
+      <c r="U37" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>11</v>
+      </c>
+      <c r="B38" t="s">
+        <v>393</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>394</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>395</v>
+      </c>
+      <c r="H38" t="s">
+        <v>396</v>
+      </c>
+      <c r="I38" t="s">
+        <v>397</v>
+      </c>
+      <c r="J38" t="s">
+        <v>18</v>
+      </c>
+      <c r="K38" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>11</v>
+      </c>
+      <c r="B39" t="s">
+        <v>399</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>400</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>401</v>
+      </c>
+      <c r="H39" t="s">
+        <v>402</v>
+      </c>
+      <c r="I39" t="s">
+        <v>403</v>
+      </c>
+      <c r="J39" t="s">
+        <v>18</v>
+      </c>
+      <c r="K39" t="s">
+        <v>404</v>
+      </c>
+      <c r="L39" t="s">
+        <v>405</v>
+      </c>
+      <c r="M39" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>11</v>
+      </c>
+      <c r="B40" t="s">
+        <v>407</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>408</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>409</v>
+      </c>
+      <c r="H40" t="s">
+        <v>410</v>
+      </c>
+      <c r="I40" t="s">
+        <v>411</v>
+      </c>
+      <c r="J40" t="s">
+        <v>18</v>
+      </c>
+      <c r="K40" t="s">
+        <v>412</v>
+      </c>
+      <c r="L40" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>11</v>
+      </c>
+      <c r="B41" t="s">
+        <v>414</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>408</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>415</v>
+      </c>
+      <c r="H41" t="s">
+        <v>416</v>
+      </c>
+      <c r="I41" t="s">
+        <v>417</v>
+      </c>
+      <c r="J41" t="s">
+        <v>18</v>
+      </c>
+      <c r="K41" t="s">
+        <v>418</v>
+      </c>
+      <c r="L41" t="s">
+        <v>419</v>
+      </c>
+      <c r="M41" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>11</v>
+      </c>
+      <c r="B42" t="s">
+        <v>421</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>422</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>423</v>
+      </c>
+      <c r="H42" t="s">
+        <v>424</v>
+      </c>
+      <c r="I42" t="s">
+        <v>425</v>
+      </c>
+      <c r="J42" t="s">
+        <v>18</v>
+      </c>
+      <c r="K42" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>11</v>
+      </c>
+      <c r="B43" t="s">
+        <v>427</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>428</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>429</v>
+      </c>
+      <c r="H43" t="s">
+        <v>430</v>
+      </c>
+      <c r="I43" t="s">
+        <v>431</v>
+      </c>
+      <c r="J43" t="s">
+        <v>18</v>
+      </c>
+      <c r="K43" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>11</v>
+      </c>
+      <c r="B44" t="s">
+        <v>433</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>434</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>435</v>
+      </c>
+      <c r="H44" t="s">
+        <v>436</v>
+      </c>
+      <c r="I44" t="s">
+        <v>437</v>
+      </c>
+      <c r="J44" t="s">
+        <v>18</v>
+      </c>
+      <c r="K44" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>11</v>
+      </c>
+      <c r="B45" t="s">
+        <v>439</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>440</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>441</v>
+      </c>
+      <c r="H45" t="s">
+        <v>442</v>
+      </c>
+      <c r="I45" t="s">
+        <v>443</v>
+      </c>
+      <c r="J45" t="s">
+        <v>18</v>
+      </c>
+      <c r="K45" t="s">
+        <v>444</v>
+      </c>
+      <c r="L45" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>11</v>
+      </c>
+      <c r="B46" t="s">
+        <v>446</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>447</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>448</v>
+      </c>
+      <c r="H46" t="s">
+        <v>449</v>
+      </c>
+      <c r="I46" t="s">
+        <v>450</v>
+      </c>
+      <c r="J46" t="s">
+        <v>18</v>
+      </c>
+      <c r="K46" t="s">
+        <v>451</v>
+      </c>
+      <c r="L46" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>11</v>
+      </c>
+      <c r="B47" t="s">
+        <v>453</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>454</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>455</v>
+      </c>
+      <c r="H47" t="s">
+        <v>456</v>
+      </c>
+      <c r="I47" t="s">
+        <v>457</v>
+      </c>
+      <c r="J47" t="s">
+        <v>18</v>
+      </c>
+      <c r="K47" t="s">
+        <v>458</v>
+      </c>
+      <c r="L47" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>11</v>
+      </c>
+      <c r="B48" t="s">
+        <v>460</v>
+      </c>
+      <c r="C48" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>461</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>462</v>
+      </c>
+      <c r="H48" t="s">
+        <v>463</v>
+      </c>
+      <c r="I48" t="s">
+        <v>464</v>
+      </c>
+      <c r="J48" t="s">
+        <v>18</v>
+      </c>
+      <c r="K48" t="s">
+        <v>465</v>
+      </c>
+      <c r="L48" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>11</v>
+      </c>
+      <c r="B49" t="s">
+        <v>467</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>468</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>469</v>
+      </c>
+      <c r="H49" t="s">
+        <v>470</v>
+      </c>
+      <c r="I49" t="s">
+        <v>471</v>
+      </c>
+      <c r="J49" t="s">
+        <v>18</v>
+      </c>
+      <c r="K49" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>11</v>
+      </c>
+      <c r="B50" t="s">
+        <v>473</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>474</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>475</v>
+      </c>
+      <c r="H50" t="s">
+        <v>476</v>
+      </c>
+      <c r="I50" t="s">
+        <v>477</v>
+      </c>
+      <c r="J50" t="s">
+        <v>18</v>
+      </c>
+      <c r="K50" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>11</v>
+      </c>
+      <c r="B51" t="s">
+        <v>479</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>480</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>481</v>
+      </c>
+      <c r="H51" t="s">
+        <v>482</v>
+      </c>
+      <c r="I51" t="s">
+        <v>483</v>
+      </c>
+      <c r="J51" t="s">
+        <v>18</v>
+      </c>
+      <c r="K51" t="s">
+        <v>484</v>
+      </c>
+      <c r="L51" t="s">
+        <v>485</v>
+      </c>
+      <c r="M51" t="s">
+        <v>486</v>
+      </c>
+      <c r="N51" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>11</v>
+      </c>
+      <c r="B52" t="s">
+        <v>488</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>489</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>490</v>
+      </c>
+      <c r="H52" t="s">
+        <v>491</v>
+      </c>
+      <c r="I52" t="s">
+        <v>492</v>
+      </c>
+      <c r="J52" t="s">
+        <v>18</v>
+      </c>
+      <c r="K52" t="s">
+        <v>493</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>