--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -53,51 +53,51 @@
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>ENRYLAZE (crisantaspase recombinante)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>18/06/2024 09:10:09</t>
+    <t>11/08/2025 08:32:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3524707/fr/enrylaze-crisantaspase-recombinante</t>
   </si>
   <si>
     <t>p_3524707</t>
   </si>
   <si>
     <t>crisantaspase recombinante</t>
   </si>
   <si>
     <t>JAZZ PHARMACEUTICALS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3522392/fr/enrylaze-crisantaspase-recombinante-leucemie-lymphoblastique-aigue-lymphome-lymphoblastique</t>
   </si>
   <si>
     <t>VYXEOS (daunorubicine/ cytarabine)</t>
   </si>
   <si>
     <t>25/03/2019 08:52:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982831/fr/vyxeos-daunorubicine/-cytarabine</t>
   </si>