--- v0 (2025-10-18)
+++ v1 (2026-01-17)
@@ -12,107 +12,125 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182" uniqueCount="102">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
+    <t>GYROS</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>04/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/12/2025 14:20:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741849/fr/gyros</t>
+  </si>
+  <si>
+    <t>p_3741849</t>
+  </si>
+  <si>
+    <t>Cotyle à double mobilité constitué d’une cupule non cimentée et d’un insert en polyéthylène standard</t>
+  </si>
+  <si>
+    <t>JOHNSON &amp; JOHNSON MEDICAL SAS</t>
+  </si>
+  <si>
     <t>EMBOTRAP II</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>12/03/2024 00:00:00</t>
   </si>
   <si>
     <t>12/04/2024 17:37:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3503154/fr/embotrap-ii</t>
   </si>
   <si>
     <t>p_3503154</t>
   </si>
   <si>
     <t>Stent retriever</t>
-  </si>
-[...1 lines deleted...]
-    <t>JOHNSON &amp; JOHNSON MEDICAL SAS</t>
   </si>
   <si>
     <t>CERENOVUS ENTERPRISE 2</t>
   </si>
   <si>
     <t>24/01/2023 00:00:00</t>
   </si>
   <si>
     <t>23/02/2023 17:54:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3415864/fr/cerenovus-enterprise-2</t>
   </si>
   <si>
     <t>p_3415864</t>
   </si>
   <si>
     <t>Stent intracrânien auto-expansible</t>
   </si>
   <si>
     <t>VERTEBRAL BODY STENT</t>
   </si>
   <si>
     <t>Traitement des fractures vertébrales symptomatiques non consolidées d’origine ostéoporotique situées entre T5 et L5, de type A1 ou A3.1 selon la classification AO ou classification de Magerl, avec une perte de hauteur du corps vertébral supérieure à 25% et sans atteinte de la paroi vertébrale postérieure. Traitement des fractures vertébrales symptomatiques non consolidées d’origine traumatique situées entre T5 et L5, de type A1 ou A3.1 selon la classification AO et sans atteinte de la paroi vertébrale postérieure.</t>
   </si>
@@ -350,51 +368,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J15"/>
+  <dimension ref="A1:J16"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -460,165 +478,165 @@
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3" t="s">
         <v>23</v>
       </c>
       <c r="I3" t="s">
         <v>24</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>26</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>27</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>28</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>29</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="J4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="I5" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="J5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>10</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E6" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="H6" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="I6" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="J6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>38</v>
+      </c>
+      <c r="E7" t="s">
         <v>39</v>
       </c>
-      <c r="C7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="I7" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="J7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" t="s">
         <v>45</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>46</v>
       </c>
       <c r="E8" t="s">
         <v>47</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
@@ -626,337 +644,369 @@
       </c>
       <c r="H8" t="s">
         <v>49</v>
       </c>
       <c r="I8" t="s">
         <v>50</v>
       </c>
       <c r="J8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>10</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>52</v>
       </c>
       <c r="E9" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="J9" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E10" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
         <v>59</v>
       </c>
       <c r="H10" t="s">
         <v>60</v>
       </c>
       <c r="I10" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="J10" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E11" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="H11" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="I11" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="J11" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>10</v>
       </c>
       <c r="B12" t="s">
-        <v>65</v>
+        <v>42</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E12" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I12" t="s">
-        <v>70</v>
+        <v>24</v>
       </c>
       <c r="J12" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>10</v>
       </c>
       <c r="B13" t="s">
         <v>71</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="E13" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="H13" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="I13" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="J13" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>10</v>
       </c>
       <c r="B14" t="s">
-        <v>11</v>
+        <v>77</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="E14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H14" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="I14" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J14" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>10</v>
       </c>
       <c r="B15" t="s">
-        <v>81</v>
+        <v>19</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>82</v>
       </c>
       <c r="E15" t="s">
         <v>83</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
         <v>84</v>
       </c>
       <c r="H15" t="s">
         <v>85</v>
       </c>
       <c r="I15" t="s">
         <v>86</v>
       </c>
       <c r="J15" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>87</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>88</v>
+      </c>
+      <c r="E16" t="s">
+        <v>89</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>90</v>
+      </c>
+      <c r="H16" t="s">
+        <v>91</v>
+      </c>
+      <c r="I16" t="s">
+        <v>92</v>
+      </c>
+      <c r="J16" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="B2" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="H2" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="I2" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>