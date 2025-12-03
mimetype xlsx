--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -92,51 +92,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574834/fr/tibsovo-ivosidenib-cancer-voies-biliaires</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3467526/fr/tibsovo-ivosidenib-leucemie-aigue-myeloide-lam</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3486120/fr/tibsovo-ivosidenib-cancer-des-voies-biliaires</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3398889/fr/tibsovo-ivosidenib-servier-ivosidenib-cancer-voies-biliaires</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3482424/fr/tibsovo-ivosidenib-cancer-voies-biliaires</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3431997/fr/tibsovo-ivosidenib-leucemie-aigue-myeloide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3587094/fr/tibsovo-ivosidenib-cancer-voies-biliaires</t>
   </si>
   <si>
     <t>ONIVYDE (irinotécan liposomal pégylé)</t>
   </si>
   <si>
-    <t>30/06/2025 08:50:53</t>
+    <t>30/06/2025 08:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983645/fr/onivyde-irinotecan-liposomal-pegyle</t>
   </si>
   <si>
     <t>pprd_2983645</t>
   </si>
   <si>
     <t>irinotécan liposomal pégylé</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2757888/fr/onivyde-irinotecan-liposomal-pegyle-antineoplasique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3633450/fr/onivyde-pegylated-liposomal-irinotecan-liposomal-pegyle-cancer-du-pancreas-metastatique</t>
   </si>
   <si>
     <t>TRIPLIXAM (périndopril/indapamide/amlodipine)</t>
   </si>
   <si>
     <t>07/11/2024 11:23:40</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984594/fr/triplixam-perindopril/indapamide/amlodipine</t>
   </si>