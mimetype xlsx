--- v0 (2025-10-05)
+++ v1 (2026-03-02)
@@ -53,69 +53,69 @@
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>KOSELUGO (sélumétinib)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>10/09/2025 13:52:00</t>
+    <t>11/02/2026 10:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3322927/fr/koselugo-selumetinib</t>
   </si>
   <si>
     <t>p_3322927</t>
   </si>
   <si>
     <t>sélumétinib</t>
   </si>
   <si>
     <t>Laboratoire AstraZeneca</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3322781/fr/koselugo-selumetinib-neurofibromes-plexiformes</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3644451/fr/koselugo-selumetinib-neurofibromatose-de-type-a-nf1</t>
+    <t>https://www.has-sante.fr/jcms/p_3644451/fr/koselugo-selumetinib-neurofibromatose-de-type-1-nf1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">