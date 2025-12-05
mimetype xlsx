--- v0 (2025-10-20)
+++ v1 (2025-12-05)
@@ -53,51 +53,51 @@
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>ADARTREL (ropinirole (chlorhydrate de))</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>09/03/2011 15:15:00</t>
+    <t>09/03/2023 10:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985185/fr/adartrel-ropinirole-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2985185</t>
   </si>
   <si>
     <t>ropinirole (chlorhydrate de)</t>
   </si>
   <si>
     <t>Laboratoire GLAXOSMITHKLINE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400138/fr/adartrel-ropinirole-chlorhydrate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_944549/fr/adartrel-ropinirole-chlorhydrate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1050829/fr/adartrel-ropinirole-chlorhydrate-de</t>
   </si>
 </sst>
 </file>
 