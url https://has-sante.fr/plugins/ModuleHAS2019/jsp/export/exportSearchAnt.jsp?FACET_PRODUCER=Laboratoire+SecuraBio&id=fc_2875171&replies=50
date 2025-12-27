--- v0 (2025-11-05)
+++ v1 (2025-12-27)
@@ -53,51 +53,51 @@
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>COPIKTRA (duvélisib)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>30/06/2022 22:03:00</t>
+    <t>17/03/2022 09:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3321683/fr/copiktra-duvelisib</t>
   </si>
   <si>
     <t>p_3321683</t>
   </si>
   <si>
     <t>duvélisib</t>
   </si>
   <si>
     <t>Laboratoire SecuraBio</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3315467/fr/copiktra-duvelisib-leucemie-lymphoide-chronique</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>