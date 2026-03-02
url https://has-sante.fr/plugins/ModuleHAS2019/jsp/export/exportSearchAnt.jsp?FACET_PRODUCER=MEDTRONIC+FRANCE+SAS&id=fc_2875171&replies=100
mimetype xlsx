--- v0 (2025-10-05)
+++ v1 (2026-03-02)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="210" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="210" uniqueCount="101">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -71,51 +71,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>18/04/2023 00:00:00</t>
   </si>
   <si>
     <t>05/05/2023 11:21:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3431545/fr/open-pivot</t>
   </si>
   <si>
     <t>p_3431545</t>
   </si>
   <si>
     <t>Conduit aortique avec valve mécanique</t>
   </si>
   <si>
     <t>MEDTRONIC FRANCE SAS</t>
   </si>
   <si>
     <t>AVALUS</t>
   </si>
   <si>
-    <t>20/10/2023 00:00:00</t>
+    <t>20/12/2022 00:00:00</t>
   </si>
   <si>
     <t>05/01/2023 13:53:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3402363/fr/avalus</t>
   </si>
   <si>
     <t>p_3402363</t>
   </si>
   <si>
     <t>Bioprothèse valvulaire aortique avec armature</t>
   </si>
   <si>
     <t>PRESTYLED FREESTYLE</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;br data-mce-bogus="1"&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>18/10/2022 00:00:00</t>
   </si>
   <si>
     <t>10/11/2022 18:25:43</t>
   </si>
@@ -279,53 +279,50 @@
     <t>21/02/2011 17:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1025663/fr/secura-vr-modele-d214vrm-08-fevrier-2011-3443-avis</t>
   </si>
   <si>
     <t>c_1025663</t>
   </si>
   <si>
     <t>SECURA VR modèle D234VRC</t>
   </si>
   <si>
     <t>17/02/2009 00:00:00</t>
   </si>
   <si>
     <t>28/05/2009 11:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_754365/fr/secura-vr-modele-d234vrc</t>
   </si>
   <si>
     <t>c_754365</t>
   </si>
   <si>
     <t>SECURA DR modèle D234DRG</t>
-  </si>
-[...1 lines deleted...]
-    <t>28/05/2009 11:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_754471/fr/secura-dr-modele-d234drg</t>
   </si>
   <si>
     <t>c_754471</t>
   </si>
   <si>
     <t>CONSULTA CRT-D modèle D234TRK</t>
   </si>
   <si>
     <t>Défibrillateur cardiaque implantable triple chambre à fréquence asservie</t>
   </si>
   <si>
     <t>28/05/2009 11:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_754501/fr/consulta-crt-d-modele-d234trk</t>
   </si>
   <si>
     <t>c_754501</t>
   </si>
   <si>
     <t>TALENT LPS avec système de pose CoilTrac</t>
   </si>
@@ -961,124 +958,124 @@
       </c>
       <c r="H18" t="s">
         <v>88</v>
       </c>
       <c r="I18" t="s">
         <v>12</v>
       </c>
       <c r="J18" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" t="s">
         <v>89</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>85</v>
       </c>
       <c r="E19" t="s">
+        <v>86</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
         <v>90</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="I19" t="s">
         <v>12</v>
       </c>
       <c r="J19" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>10</v>
       </c>
       <c r="B20" t="s">
+        <v>92</v>
+      </c>
+      <c r="C20" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="D20" t="s">
         <v>85</v>
       </c>
       <c r="E20" t="s">
+        <v>94</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
         <v>95</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>96</v>
       </c>
-      <c r="H20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I20" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="J20" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>10</v>
       </c>
       <c r="B21" t="s">
+        <v>97</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
         <v>98</v>
       </c>
-      <c r="C21" t="s">
-[...2 lines deleted...]
-      <c r="D21" t="s">
+      <c r="E21" t="s">
+        <v>98</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
         <v>99</v>
       </c>
-      <c r="E21" t="s">
-[...5 lines deleted...]
-      <c r="G21" t="s">
+      <c r="H21" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="I21" t="s">
         <v>12</v>
       </c>
       <c r="J21" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>