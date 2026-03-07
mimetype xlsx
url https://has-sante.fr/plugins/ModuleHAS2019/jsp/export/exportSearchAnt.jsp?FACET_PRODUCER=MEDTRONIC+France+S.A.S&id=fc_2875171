--- v0 (2025-10-22)
+++ v1 (2026-03-07)
@@ -50,51 +50,51 @@
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>PIPELINE FLEX</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>20/05/2025 00:00:00</t>
+    <t>20/05/2011 17:15:00</t>
   </si>
   <si>
     <t>18/08/2025 13:22:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635821/fr/pipeline-flex</t>
   </si>
   <si>
     <t>p_3635821</t>
   </si>
   <si>
     <t>Stent intracrânien auto-expansible à largage contrôlé (dit stent flow diverter)</t>
   </si>
   <si>
     <t>MEDTRONIC France S.A.S</t>
   </si>
   <si>
     <t>INSYNC III MARQUIS 7279</t>
   </si>
   <si>
     <t>21/07/2004 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398525/fr/insync-iii-marquis-7279</t>
   </si>