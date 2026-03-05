--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -1,109 +1,109 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Opinion on medical devic" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="19">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...17 lines deleted...]
-    <t>20/03/2012 10:21:00</t>
+    <t>Nature of the product or service</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on products and services</t>
+  </si>
+  <si>
+    <t>PARADIGM VEO system - 21 december 2010 (2711) - Opinion</t>
+  </si>
+  <si>
+    <t>Insulin pump and continuous interstitial glucose monitoring device</t>
+  </si>
+  <si>
+    <t>12/21/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>03/20/2012 10:21:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1010919/fr/systeme-paradigm-veo-21-decembre-2010-2711-avis</t>
+    <t>https://www.has-sante.fr/jcms/c_1010919/en/paradigm-veo-system-21-december-2010-2711-opinion</t>
   </si>
   <si>
     <t>c_1010919</t>
   </si>
   <si>
     <t>MEDTRONIC France SAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>