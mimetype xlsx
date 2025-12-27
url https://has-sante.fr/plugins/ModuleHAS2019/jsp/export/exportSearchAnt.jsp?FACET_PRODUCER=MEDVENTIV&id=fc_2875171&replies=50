--- v0 (2025-11-06)
+++ v1 (2025-12-27)
@@ -50,51 +50,51 @@
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>TWICARE</t>
   </si>
   <si>
     <t>Orthèse d’avancée mandibulaire pré-formée</t>
   </si>
   <si>
-    <t>21/11/2012 17:50:00</t>
+    <t>21/11/2017 00:00:00</t>
   </si>
   <si>
     <t>11/12/2017 12:32:38</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2807158/fr/twicare</t>
   </si>
   <si>
     <t>c_2807158</t>
   </si>
   <si>
     <t>MEDVENTIV</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>