--- v0 (2025-12-04)
+++ v1 (2026-01-19)
@@ -308,51 +308,51 @@
   <si>
     <t>GLATIRAMER MYLAN (glatiramère (acétate de))</t>
   </si>
   <si>
     <t>13/06/2018 11:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983259/fr/glatiramer-mylan-glatiramere-acetate-de</t>
   </si>
   <si>
     <t>pprd_2983259</t>
   </si>
   <si>
     <t>glatiramère (acétate de)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2809372/fr/glatiramer-mylan-glatiramere-acetate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2854424/fr/glatiramer-mylan-glatiramere-acetate-de</t>
   </si>
   <si>
     <t>TALMANCO (tadalafil)</t>
   </si>
   <si>
-    <t>09/11/2017 09:09:00</t>
+    <t>09/11/2025 10:18:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983490/fr/talmanco-tadalafil</t>
   </si>
   <si>
     <t>pprd_2983490</t>
   </si>
   <si>
     <t>tadalafil</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2801980/fr/talmanco-tadalafil</t>
   </si>
   <si>
     <t>PAROXETINE MYLAN (paroxétine (chlorhydrate de) anhydre)</t>
   </si>
   <si>
     <t>03/03/2017 15:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983710/fr/paroxetine-mylan-paroxetine-chlorhydrate-de-anhydre</t>
   </si>
   <si>
     <t>pprd_2983710</t>
   </si>