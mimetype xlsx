--- v0 (2025-10-05)
+++ v1 (2026-03-02)
@@ -9,112 +9,133 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="420" uniqueCount="247">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="430" uniqueCount="255">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
+    <t>Pommades ophtalmiques : Phase contradictoire d'un avis de projet d’inscription paru au JO le 11 septembre 2025</t>
+  </si>
+  <si>
+    <t>Avis de projet d’inscription de pommades ophtalmiques au titre I de la liste prévue à l’article L. 165-1 (LPP) du code de la sécurité sociale publié au JO le 11 septembre 2025. Phase contradictoire prévue à l’article R.165-9 du code de la sécurité sociale (CSS).</t>
+  </si>
+  <si>
+    <t>07/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>09/10/2025 10:08:42</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3690431/fr/pommades-ophtalmiques-phase-contradictoire-d-un-avis-de-projet-d-inscription-paru-au-jo-le-11-septembre-2025</t>
+  </si>
+  <si>
+    <t>p_3690431</t>
+  </si>
+  <si>
+    <t>Phase contradictoire d'un avis de projet d’inscription (LPP)</t>
+  </si>
+  <si>
+    <t>Ministère des Affaires Sociales et de Santé</t>
+  </si>
+  <si>
     <t>Implants exovasculaires de fermeture des malformations cardiaques congénitales (modification des modalités de prise en charge) : Phase contradictoire suite à un avis de projet publié au JO du 19 avril 2025</t>
   </si>
   <si>
     <t>Avis de projet de modification des modalités de prise en charge des implants exovasculaires au titre III de la liste prévue à l’article L. 165-1 (LPP) du code de la sécurité sociale publié au Journal Officiel du 19 avril 2025. Phase contradictoire prévue à l’article R.165-9 du code de la sécurité sociale (CSS).</t>
   </si>
   <si>
     <t>17/06/2025 00:00:00</t>
   </si>
   <si>
     <t>30/06/2025 16:30:30</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3632167/fr/implants-exovasculaires-de-fermeture-des-malformations-cardiaques-congenitales-modification-des-modalites-de-prise-en-charge-phase-contradictoire-suite-a-un-avis-de-projet-publie-au-jo-du-19-avril-2025</t>
   </si>
   <si>
     <t>p_3632167</t>
   </si>
   <si>
     <t>Phase contradictoire suite à la parution d'un avis de projet (LPP)</t>
   </si>
   <si>
-    <t>Ministère des Affaires Sociales et de Santé</t>
-[...1 lines deleted...]
-  <si>
     <t>Dispositifs de perfusion à domicile et prestations associées : Révision de catégories homogènes de dispositifs médicaux</t>
   </si>
   <si>
     <t>Révision de catégories homogènes de dispositifs médicaux faisant suite à la saisine du ministère de la Santé et de la Prévention (direction de la Sécurité sociale) du 18 octobre 2023 en vue du programme de travail de la HAS pour 2024 concernant ces dispositifs et prestations</t>
   </si>
   <si>
     <t>20/05/2025 00:00:00</t>
   </si>
   <si>
     <t>23/06/2025 09:25:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3609430/fr/dispositifs-de-perfusion-a-domicile-et-prestations-associees-revision-de-categories-homogenes-de-dispositifs-medicaux</t>
   </si>
   <si>
     <t>p_3609430</t>
   </si>
   <si>
     <t>Saisine (LPP)</t>
   </si>
   <si>
     <t>Articles pour pansements (modification des modalités d'inscription) : Phase contradictoire suite à un avis de projet paru au JO du 11 janvier 2025</t>
   </si>
   <si>
     <t>Avis de projet de modification des modalités d’inscription des articles pour les pansements inscrits au chapitre 3 du titre I de la liste prévue à l’article 165-1 (LPP) du code de la sécurité sociale publié au Journal Officiel du 11 janvier 2025. Phase contradictoire prévue à l’article R.165-9 du code de la sécurité sociale (CSS).</t>
@@ -155,51 +176,51 @@
   <si>
     <t>Avis de projet relatif à la révision de nomenclature du grand appareillage orthopédique (GAO) au titre II de la liste prévue à l’article 165-1 (LPP) du code de la sécurité sociale publié au Journal Officiel du 4 juillet 2024. Phase contradictoire prévue à l’article R.165-9 du code de la sécurité sociale (CSS).</t>
   </si>
   <si>
     <t>24/09/2024 00:00:00</t>
   </si>
   <si>
     <t>04/10/2024 09:17:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3545850/fr/grand-appareillage-orthopedique-gao-modification-des-modalites-de-prise-en-charge-phase-contradictoire-suite-a-un-avis-de-projet-au-jo-du-4-juillet-2024</t>
   </si>
   <si>
     <t>p_3545850</t>
   </si>
   <si>
     <t>Orthèses crâniennes pour nourrissons (modification des modalités de prise en charge) : Phase contradictoire suite à un avis de projet au JO du 7 mai 2024</t>
   </si>
   <si>
     <t>Avis de projet de modification des modalités de prise en charge de dispositifs médicaux et prestations associées au titre II de la liste prévue à l’article 165-1 (LPP) du code de la sécurité sociale publié au Journal Officiel du 7 mai 2024. Phase contradictoire prévue à l’article R.165-9 du code de la sécurité sociale (CSS).</t>
   </si>
   <si>
     <t>09/07/2024 00:00:00</t>
   </si>
   <si>
-    <t>12/07/2024 09:20:01</t>
+    <t>12/07/2024 09:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3530227/fr/ortheses-craniennes-pour-nourrissons-modification-des-modalites-de-prise-en-charge-phase-contradictoire-suite-a-un-avis-de-projet-au-jo-du-7-mai-2024</t>
   </si>
   <si>
     <t>p_3530227</t>
   </si>
   <si>
     <t>PESSAIRES : Phase contradictoire suite à un avis de projet au JO du 09 février 2024</t>
   </si>
   <si>
     <t>Avis de projet d’inscription des pessaires au chapitre 1er, titre Ier, de la liste prévue à l’article L. 165-1 (LPP) du code de la sécurité sociale paru le 09/02/2024.</t>
   </si>
   <si>
     <t>12/03/2024 00:00:00</t>
   </si>
   <si>
     <t>25/03/2024 09:05:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3500596/fr/pessaires-phase-contradictoire-suite-a-un-avis-de-projet-au-jo-du-09-fevrier-2024</t>
   </si>
   <si>
     <t>p_3500596</t>
   </si>
@@ -693,50 +714,53 @@
     <t>https://www.has-sante.fr/jcms/c_2677038/fr/pompes-a-insuline-externes-portables-et-programmables-phase-contradictoire-avis-de-projet-jo-du-15-janvier-2016</t>
   </si>
   <si>
     <t>c_2677038</t>
   </si>
   <si>
     <t>Compresses et cotons : phase contradictoire avis de projet JO du 28 juillet 2015</t>
   </si>
   <si>
     <t>05/04/2016 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2677063/fr/compresses-et-cotons-phase-contradictoire-avis-de-projet-jo-du-28-juillet-2015</t>
   </si>
   <si>
     <t>c_2677063</t>
   </si>
   <si>
     <t>Orthèses d'avancée mandibulaire : phase contradictoire avis de projet JO du 7 avril 2016</t>
   </si>
   <si>
     <t>Orthèse d'avancée mandibulaire</t>
   </si>
   <si>
     <t>12/07/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2016 16:42:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2677090/fr/ortheses-d-avancee-mandibulaire-phase-contradictoire-avis-de-projet-jo-du-7-avril-2016</t>
   </si>
   <si>
     <t>c_2677090</t>
   </si>
   <si>
     <t>Ventilation assistée : phase contradictoire avis de projet JO du 4 décembre 2013</t>
   </si>
   <si>
     <t>Ventilation</t>
   </si>
   <si>
     <t>05/05/2015 00:00:00</t>
   </si>
   <si>
     <t>03/07/2015 10:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2040346/fr/ventilation-assistee-phase-contradictoire-avis-de-projet-jo-du-4-decembre-2013</t>
   </si>
   <si>
     <t>c_2040346</t>
   </si>
@@ -800,51 +824,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J42"/>
+  <dimension ref="A1:J43"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -928,1265 +952,1297 @@
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>27</v>
       </c>
       <c r="C4" t="s">
         <v>28</v>
       </c>
       <c r="D4" t="s">
         <v>29</v>
       </c>
       <c r="E4" t="s">
         <v>30</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
         <v>31</v>
       </c>
       <c r="H4" t="s">
         <v>32</v>
       </c>
       <c r="I4" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="J4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="I5" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="J5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>10</v>
       </c>
       <c r="B6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="I6" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="J6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F7" t="s">
         <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I7" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="J7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D8" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E8" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F8" t="s">
         <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H8" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I8" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="J8" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>10</v>
       </c>
       <c r="B9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D9" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E9" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F9" t="s">
         <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="H9" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I9" t="s">
         <v>15</v>
       </c>
       <c r="J9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C10" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D10" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E10" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F10" t="s">
         <v>15</v>
       </c>
       <c r="G10" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H10" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="I10" t="s">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="J10" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>70</v>
       </c>
       <c r="C11" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="D11" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E11" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="F11" t="s">
         <v>15</v>
       </c>
       <c r="G11" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="H11" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="I11" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="J11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>10</v>
       </c>
       <c r="B12" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C12" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E12" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="F12" t="s">
         <v>15</v>
       </c>
       <c r="G12" t="s">
         <v>79</v>
       </c>
       <c r="H12" t="s">
         <v>80</v>
       </c>
       <c r="I12" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="J12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>10</v>
       </c>
       <c r="B13" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C13" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D13" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E13" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F13" t="s">
         <v>15</v>
       </c>
       <c r="G13" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H13" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="I13" t="s">
         <v>15</v>
       </c>
       <c r="J13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>10</v>
       </c>
       <c r="B14" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C14" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D14" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E14" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F14" t="s">
         <v>15</v>
       </c>
       <c r="G14" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H14" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="I14" t="s">
         <v>15</v>
       </c>
       <c r="J14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>10</v>
       </c>
       <c r="B15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F15" t="s">
         <v>15</v>
       </c>
       <c r="G15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="H15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I15" t="s">
         <v>15</v>
       </c>
       <c r="J15" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>10</v>
       </c>
       <c r="B16" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C16" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D16" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E16" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F16" t="s">
         <v>15</v>
       </c>
       <c r="G16" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="H16" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I16" t="s">
         <v>15</v>
       </c>
       <c r="J16" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>10</v>
       </c>
       <c r="B17" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C17" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D17" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E17" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F17" t="s">
         <v>15</v>
       </c>
       <c r="G17" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H17" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="I17" t="s">
         <v>15</v>
       </c>
       <c r="J17" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>10</v>
       </c>
       <c r="B18" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C18" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D18" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E18" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F18" t="s">
         <v>15</v>
       </c>
       <c r="G18" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H18" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I18" t="s">
         <v>15</v>
       </c>
       <c r="J18" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C19" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D19" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E19" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F19" t="s">
         <v>15</v>
       </c>
       <c r="G19" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="H19" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="I19" t="s">
         <v>15</v>
       </c>
       <c r="J19" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>10</v>
       </c>
       <c r="B20" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C20" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D20" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E20" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F20" t="s">
         <v>15</v>
       </c>
       <c r="G20" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H20" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="I20" t="s">
         <v>15</v>
       </c>
       <c r="J20" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>10</v>
       </c>
       <c r="B21" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C21" t="s">
-        <v>15</v>
+        <v>131</v>
       </c>
       <c r="D21" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="E21" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="F21" t="s">
         <v>15</v>
       </c>
       <c r="G21" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="H21" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="I21" t="s">
         <v>15</v>
       </c>
       <c r="J21" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>10</v>
       </c>
       <c r="B22" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C22" t="s">
         <v>15</v>
       </c>
       <c r="D22" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="E22" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="F22" t="s">
         <v>15</v>
       </c>
       <c r="G22" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="H22" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="I22" t="s">
         <v>15</v>
       </c>
       <c r="J22" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>10</v>
       </c>
       <c r="B23" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C23" t="s">
         <v>15</v>
       </c>
       <c r="D23" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="E23" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="F23" t="s">
         <v>15</v>
       </c>
       <c r="G23" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="H23" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="I23" t="s">
         <v>15</v>
       </c>
       <c r="J23" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>10</v>
       </c>
       <c r="B24" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C24" t="s">
         <v>15</v>
       </c>
       <c r="D24" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="E24" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="F24" t="s">
         <v>15</v>
       </c>
       <c r="G24" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H24" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="I24" t="s">
         <v>15</v>
       </c>
       <c r="J24" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>10</v>
       </c>
       <c r="B25" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C25" t="s">
         <v>15</v>
       </c>
       <c r="D25" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="E25" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="F25" t="s">
         <v>15</v>
       </c>
       <c r="G25" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="H25" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="I25" t="s">
         <v>15</v>
       </c>
       <c r="J25" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C26" t="s">
         <v>15</v>
       </c>
       <c r="D26" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="E26" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="F26" t="s">
         <v>15</v>
       </c>
       <c r="G26" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="H26" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="I26" t="s">
         <v>15</v>
       </c>
       <c r="J26" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>10</v>
       </c>
       <c r="B27" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="C27" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
       <c r="D27" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="E27" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F27" t="s">
         <v>15</v>
       </c>
       <c r="G27" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="H27" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I27" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
       <c r="J27" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>10</v>
       </c>
       <c r="B28" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C28" t="s">
-        <v>15</v>
+        <v>166</v>
       </c>
       <c r="D28" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="E28" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="F28" t="s">
         <v>15</v>
       </c>
       <c r="G28" t="s">
+        <v>169</v>
+      </c>
+      <c r="H28" t="s">
+        <v>170</v>
+      </c>
+      <c r="I28" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="J28" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>10</v>
       </c>
       <c r="B29" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C29" t="s">
-        <v>169</v>
+        <v>15</v>
       </c>
       <c r="D29" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="E29" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F29" t="s">
         <v>15</v>
       </c>
       <c r="G29" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H29" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="I29" t="s">
-        <v>169</v>
+        <v>15</v>
       </c>
       <c r="J29" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>10</v>
       </c>
       <c r="B30" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C30" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D30" t="s">
+        <v>177</v>
+      </c>
+      <c r="E30" t="s">
+        <v>178</v>
+      </c>
+      <c r="F30" t="s">
+        <v>15</v>
+      </c>
+      <c r="G30" t="s">
+        <v>179</v>
+      </c>
+      <c r="H30" t="s">
+        <v>180</v>
+      </c>
+      <c r="I30" t="s">
         <v>176</v>
-      </c>
-[...13 lines deleted...]
-        <v>180</v>
       </c>
       <c r="J30" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>10</v>
       </c>
       <c r="B31" t="s">
         <v>181</v>
       </c>
       <c r="C31" t="s">
         <v>182</v>
       </c>
       <c r="D31" t="s">
         <v>183</v>
       </c>
       <c r="E31" t="s">
         <v>184</v>
       </c>
       <c r="F31" t="s">
         <v>15</v>
       </c>
       <c r="G31" t="s">
         <v>185</v>
       </c>
       <c r="H31" t="s">
         <v>186</v>
       </c>
       <c r="I31" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="J31" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>10</v>
       </c>
       <c r="B32" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C32" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D32" t="s">
+        <v>190</v>
+      </c>
+      <c r="E32" t="s">
+        <v>191</v>
+      </c>
+      <c r="F32" t="s">
+        <v>15</v>
+      </c>
+      <c r="G32" t="s">
+        <v>192</v>
+      </c>
+      <c r="H32" t="s">
+        <v>193</v>
+      </c>
+      <c r="I32" t="s">
         <v>189</v>
-      </c>
-[...13 lines deleted...]
-        <v>188</v>
       </c>
       <c r="J32" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>10</v>
       </c>
       <c r="B33" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C33" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D33" t="s">
+        <v>196</v>
+      </c>
+      <c r="E33" t="s">
+        <v>197</v>
+      </c>
+      <c r="F33" t="s">
+        <v>15</v>
+      </c>
+      <c r="G33" t="s">
+        <v>198</v>
+      </c>
+      <c r="H33" t="s">
+        <v>199</v>
+      </c>
+      <c r="I33" t="s">
         <v>195</v>
-      </c>
-[...13 lines deleted...]
-        <v>194</v>
       </c>
       <c r="J33" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>10</v>
       </c>
       <c r="B34" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C34" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D34" t="s">
+        <v>202</v>
+      </c>
+      <c r="E34" t="s">
+        <v>203</v>
+      </c>
+      <c r="F34" t="s">
+        <v>15</v>
+      </c>
+      <c r="G34" t="s">
+        <v>204</v>
+      </c>
+      <c r="H34" t="s">
+        <v>205</v>
+      </c>
+      <c r="I34" t="s">
         <v>201</v>
-      </c>
-[...13 lines deleted...]
-        <v>200</v>
       </c>
       <c r="J34" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>10</v>
       </c>
       <c r="B35" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C35" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D35" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="E35" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="F35" t="s">
         <v>15</v>
       </c>
       <c r="G35" t="s">
+        <v>210</v>
+      </c>
+      <c r="H35" t="s">
+        <v>211</v>
+      </c>
+      <c r="I35" t="s">
         <v>207</v>
-      </c>
-[...4 lines deleted...]
-        <v>206</v>
       </c>
       <c r="J35" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>10</v>
       </c>
       <c r="B36" t="s">
+        <v>212</v>
+      </c>
+      <c r="C36" t="s">
+        <v>213</v>
+      </c>
+      <c r="D36" t="s">
+        <v>208</v>
+      </c>
+      <c r="E36" t="s">
         <v>209</v>
       </c>
-      <c r="C36" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F36" t="s">
         <v>15</v>
       </c>
       <c r="G36" t="s">
+        <v>214</v>
+      </c>
+      <c r="H36" t="s">
+        <v>215</v>
+      </c>
+      <c r="I36" t="s">
         <v>213</v>
-      </c>
-[...4 lines deleted...]
-        <v>210</v>
       </c>
       <c r="J36" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>10</v>
       </c>
       <c r="B37" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C37" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D37" t="s">
+        <v>218</v>
+      </c>
+      <c r="E37" t="s">
+        <v>219</v>
+      </c>
+      <c r="F37" t="s">
+        <v>15</v>
+      </c>
+      <c r="G37" t="s">
+        <v>220</v>
+      </c>
+      <c r="H37" t="s">
+        <v>221</v>
+      </c>
+      <c r="I37" t="s">
         <v>217</v>
-      </c>
-[...13 lines deleted...]
-        <v>216</v>
       </c>
       <c r="J37" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>10</v>
       </c>
       <c r="B38" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C38" t="s">
-        <v>15</v>
+        <v>223</v>
       </c>
       <c r="D38" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E38" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="F38" t="s">
         <v>15</v>
       </c>
       <c r="G38" t="s">
+        <v>226</v>
+      </c>
+      <c r="H38" t="s">
+        <v>227</v>
+      </c>
+      <c r="I38" t="s">
         <v>223</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="J38" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>10</v>
       </c>
       <c r="B39" t="s">
+        <v>228</v>
+      </c>
+      <c r="C39" t="s">
+        <v>15</v>
+      </c>
+      <c r="D39" t="s">
+        <v>229</v>
+      </c>
+      <c r="E39" t="s">
         <v>225</v>
       </c>
-      <c r="C39" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F39" t="s">
         <v>15</v>
       </c>
       <c r="G39" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="H39" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="I39" t="s">
-        <v>226</v>
+        <v>15</v>
       </c>
       <c r="J39" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>10</v>
       </c>
       <c r="B40" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C40" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D40" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="E40" t="s">
+        <v>235</v>
+      </c>
+      <c r="F40" t="s">
+        <v>15</v>
+      </c>
+      <c r="G40" t="s">
+        <v>236</v>
+      </c>
+      <c r="H40" t="s">
+        <v>237</v>
+      </c>
+      <c r="I40" t="s">
         <v>233</v>
-      </c>
-[...10 lines deleted...]
-        <v>231</v>
       </c>
       <c r="J40" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>10</v>
       </c>
       <c r="B41" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C41" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D41" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="E41" t="s">
+        <v>241</v>
+      </c>
+      <c r="F41" t="s">
+        <v>15</v>
+      </c>
+      <c r="G41" t="s">
+        <v>242</v>
+      </c>
+      <c r="H41" t="s">
+        <v>243</v>
+      </c>
+      <c r="I41" t="s">
         <v>239</v>
-      </c>
-[...10 lines deleted...]
-        <v>237</v>
       </c>
       <c r="J41" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>10</v>
       </c>
       <c r="B42" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C42" t="s">
-        <v>15</v>
+        <v>245</v>
       </c>
       <c r="D42" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="E42" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="F42" t="s">
         <v>15</v>
       </c>
       <c r="G42" t="s">
+        <v>248</v>
+      </c>
+      <c r="H42" t="s">
+        <v>249</v>
+      </c>
+      <c r="I42" t="s">
         <v>245</v>
       </c>
-      <c r="H42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B43" t="s">
+        <v>250</v>
+      </c>
+      <c r="C43" t="s">
+        <v>15</v>
+      </c>
+      <c r="D43" t="s">
+        <v>251</v>
+      </c>
+      <c r="E43" t="s">
+        <v>252</v>
+      </c>
+      <c r="F43" t="s">
+        <v>15</v>
+      </c>
+      <c r="G43" t="s">
+        <v>253</v>
+      </c>
+      <c r="H43" t="s">
+        <v>254</v>
+      </c>
+      <c r="I43" t="s">
+        <v>15</v>
+      </c>
+      <c r="J43" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>