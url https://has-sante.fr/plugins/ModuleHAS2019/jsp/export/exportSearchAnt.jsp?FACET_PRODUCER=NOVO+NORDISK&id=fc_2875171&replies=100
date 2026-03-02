--- v0 (2025-10-05)
+++ v1 (2026-03-02)
@@ -9,172 +9,220 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="179">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="279" uniqueCount="182">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>WEGOVY (sémaglutide)</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>20/02/2026 11:19:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359630/fr/wegovy-semaglutide</t>
+  </si>
+  <si>
+    <t>p_3359630</t>
+  </si>
+  <si>
+    <t>sémaglutide</t>
+  </si>
+  <si>
+    <t>NOVO NORDISK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359590/fr/wegovy-semaglutide-obesite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3398698/fr/wegovy-semaglutide-obesite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453304/fr/wegovy-semaglutide-obesite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3465412/fr/wegovy-semaglutide-obesite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562976/fr/wegovy-semaglutide-obesite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861020/fr/wegovy-semaglutide-obesite</t>
+  </si>
+  <si>
     <t>ALHEMO (concizumab)</t>
   </si>
   <si>
-    <t/>
-[...2 lines deleted...]
-    <t>12/09/2025 16:07:37</t>
+    <t>01/12/2025 14:29:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3466254/fr/alhemo-concizumab</t>
   </si>
   <si>
     <t>p_3466254</t>
   </si>
   <si>
     <t>concizumab</t>
   </si>
   <si>
-    <t>NOVO NORDISK</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3466237/fr/alhemo-concizumab-hemophilie-a-et-b-avec-inhibiteurs</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3563330/fr/alhemo-concizumab-hemophilie-a-et-b-avec-inhibiteurs</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3658189/fr/alhemo-concizumab-hemophilie-a-et-b-avec-inhibiteurs-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
   </si>
   <si>
+    <t>https://www.has-sante.fr/jcms/p_3752762/fr/alhemo-concizumab-hemophilie-b-avec-inhibiteurs</t>
+  </si>
+  <si>
+    <t>ACTIVELLE - KLIOGEST - NOVOFEMME - TRISEQUENS (estradiol hémihydraté/acétate de noréthistérone)</t>
+  </si>
+  <si>
+    <t>14/10/2025 15:11:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984124/fr/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/acetate-de-norethisterone</t>
+  </si>
+  <si>
+    <t>pprd_2984124</t>
+  </si>
+  <si>
+    <t>estradiol hémihydraté,acétate de noréthistérone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544823/fr/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048378/fr/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753539/fr/activelle-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627645/fr/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753165/fr/kliogest-novefemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398979/fr/kliogest-comprimes-pellicules-distributeur-journalier-de-28-comprimes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399506/fr/novofemme-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399057/fr/trisequens-comprimes-pellicules-distributeur-journalier-de-28-comprimes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689712/fr/reevaluation-des-specialites-indiquees-dans-le-traitement-hormonal-de-la-menopause-estradiol-estriol-tibolone-acetate-de-cyproterone-dydrogesterone-levonorgestrel-medrogestone-medroxyprogesterone-acetate-de-norethisterone-progesterone</t>
+  </si>
+  <si>
     <t>OZEMPIC (sémaglutide)</t>
   </si>
   <si>
     <t>10/09/2025 11:13:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982865/fr/ozempic-semaglutide</t>
   </si>
   <si>
     <t>pprd_2982865</t>
   </si>
   <si>
-    <t>sémaglutide</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_2906429/fr/ozempic-semaglutide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3282782/fr/ozempic-semaglutide-diabete-de-type-2</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3333274/fr/ozempic-semaglutide-diabete-type-2</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643890/fr/ozempic-semaglutide-diabete-de-type-2</t>
   </si>
   <si>
-    <t>WEGOVY (sémaglutide)</t>
-[...25 lines deleted...]
-  <si>
     <t>SOGROYA (somapacitan)</t>
   </si>
   <si>
     <t>04/03/2024 09:12:51</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3498641/fr/sogroya-somapacitan</t>
   </si>
   <si>
     <t>p_3498641</t>
   </si>
   <si>
     <t>somapacitan</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3498565/fr/sogroya-somapacitan-deficit-en-hormone-de-croissance</t>
   </si>
   <si>
     <t>NORDITROPINE (somatropine)</t>
   </si>
   <si>
     <t>09/09/2022 15:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984245/fr/norditropine-somatropine</t>
@@ -438,89 +486,50 @@
     <t>https://www.has-sante.fr/jcms/pprd_2983903/fr/levemir-insuline-detemir</t>
   </si>
   <si>
     <t>pprd_2983903</t>
   </si>
   <si>
     <t>insuline détémir</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400209/fr/levemir-penfill-100u/ml-solution-injectable-en-cartouches-boite-de-5-levemir-flexpen-100u/ml-solution-injectable-en-stylos-pre-remplis-boite-de-5</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_598147/fr/levemir-penfill-insuline-detemir</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1277937/fr/levemir-penfill-flexpen-innolet-insuline-detemir</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1719432/fr/levemir-insuline-detemir</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2022087/fr/levemir-penfill-flexpen-innolet-insuline-detemir</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2679437/fr/levemir-insuline-detemir-analogue-de-l-insuline-humaine-d-action-lente</t>
-  </si>
-[...37 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399057/fr/trisequens-comprimes-pellicules-distributeur-journalier-de-28-comprimes</t>
   </si>
   <si>
     <t>GLUCAGEN (chlorhydrate de glucagon humain biogénétique)</t>
   </si>
   <si>
     <t>02/10/2015 15:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984403/fr/glucagen-chlorhydrate-de-glucagon-humain-biogenetique</t>
   </si>
   <si>
     <t>pprd_2984403</t>
   </si>
   <si>
     <t>chlorhydrate de glucagon humain biogénétique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399792/fr/glucagen-kit-1-mg-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-chlorhydrate-de-glucagon-humain-biogenetique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400786/fr/glucagen-1-mg/ml-poudre-et-solvant-pour-solution-injectable-1-flacon-de-1-ml-cip-335-905-5-glucagen-kit-1-mg/ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-1-flacon-1-seringue-preremplie-de-1-ml-cip-335-904-9</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_969966/fr/glucagen-glucagen-kit-chlorhydrate-de-glucagon-humain-biogenetique</t>
   </si>
@@ -677,836 +686,845 @@
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
         <v>19</v>
       </c>
       <c r="L2" t="s">
         <v>20</v>
       </c>
       <c r="M2" t="s">
         <v>21</v>
       </c>
+      <c r="N2" t="s">
+        <v>22</v>
+      </c>
+      <c r="O2" t="s">
+        <v>23</v>
+      </c>
+      <c r="P2" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="I3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
       <c r="K3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="L3" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="M3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="N3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="H4" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="I4" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="J4" t="s">
         <v>18</v>
       </c>
       <c r="K4" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="L4" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="M4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="N4" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="O4" t="s">
-        <v>39</v>
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>45</v>
+      </c>
+      <c r="R4" t="s">
+        <v>46</v>
+      </c>
+      <c r="S4" t="s">
+        <v>47</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="H5" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="I5" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="J5" t="s">
         <v>18</v>
       </c>
       <c r="K5" t="s">
-        <v>45</v>
+        <v>52</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>55</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="H6" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="I6" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="J6" t="s">
         <v>18</v>
       </c>
       <c r="K6" t="s">
-        <v>51</v>
-[...26 lines deleted...]
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="H7" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I7" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="J7" t="s">
         <v>18</v>
       </c>
       <c r="K7" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="L7" t="s">
-        <v>65</v>
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>70</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>73</v>
+      </c>
+      <c r="R7" t="s">
+        <v>74</v>
+      </c>
+      <c r="S7" t="s">
+        <v>75</v>
+      </c>
+      <c r="T7" t="s">
+        <v>75</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>68</v>
+        <v>78</v>
       </c>
       <c r="H8" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="I8" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
       <c r="J8" t="s">
         <v>18</v>
       </c>
       <c r="K8" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="L8" t="s">
-        <v>72</v>
-[...11 lines deleted...]
-        <v>76</v>
+        <v>81</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="H9" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="I9" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="J9" t="s">
         <v>18</v>
       </c>
       <c r="K9" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="L9" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="M9" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="N9" t="s">
-        <v>84</v>
+        <v>90</v>
+      </c>
+      <c r="O9" t="s">
+        <v>91</v>
+      </c>
+      <c r="P9" t="s">
+        <v>92</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="H10" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="I10" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="J10" t="s">
         <v>18</v>
       </c>
       <c r="K10" t="s">
-        <v>90</v>
+        <v>97</v>
+      </c>
+      <c r="L10" t="s">
+        <v>98</v>
+      </c>
+      <c r="M10" t="s">
+        <v>99</v>
+      </c>
+      <c r="N10" t="s">
+        <v>100</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
       <c r="H11" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="I11" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="J11" t="s">
         <v>18</v>
       </c>
       <c r="K11" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H12" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="I12" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="J12" t="s">
         <v>18</v>
       </c>
       <c r="K12" t="s">
-        <v>102</v>
-[...5 lines deleted...]
-        <v>104</v>
+        <v>112</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="H13" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="I13" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="J13" t="s">
         <v>18</v>
       </c>
       <c r="K13" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="L13" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="M13" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>120</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="H14" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="I14" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="J14" t="s">
         <v>18</v>
       </c>
       <c r="K14" t="s">
-        <v>119</v>
+        <v>126</v>
+      </c>
+      <c r="L14" t="s">
+        <v>127</v>
+      </c>
+      <c r="M14" t="s">
+        <v>128</v>
+      </c>
+      <c r="N14" t="s">
+        <v>129</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>121</v>
+        <v>131</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="H15" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="I15" t="s">
-        <v>101</v>
+        <v>134</v>
       </c>
       <c r="J15" t="s">
         <v>18</v>
       </c>
       <c r="K15" t="s">
-        <v>124</v>
-[...20 lines deleted...]
-        <v>131</v>
+        <v>135</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="H16" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="I16" t="s">
-        <v>136</v>
+        <v>117</v>
       </c>
       <c r="J16" t="s">
         <v>18</v>
       </c>
       <c r="K16" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="L16" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="M16" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="N16" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="O16" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="P16" t="s">
-        <v>142</v>
+        <v>145</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>146</v>
+      </c>
+      <c r="R16" t="s">
+        <v>147</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>11</v>
       </c>
       <c r="B17" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="H17" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="I17" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="J17" t="s">
         <v>18</v>
       </c>
       <c r="K17" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="L17" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="M17" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="N17" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="O17" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="P17" t="s">
-        <v>153</v>
-[...5 lines deleted...]
-        <v>155</v>
+        <v>158</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>11</v>
       </c>
       <c r="B18" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="H18" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="I18" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="J18" t="s">
         <v>18</v>
       </c>
       <c r="K18" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="L18" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="M18" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="N18" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>11</v>
       </c>
       <c r="B19" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="H19" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="I19" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="J19" t="s">
         <v>18</v>
       </c>
       <c r="K19" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="L19" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="M19" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="H20" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="I20" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="J20" t="s">
         <v>18</v>
       </c>
       <c r="K20" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>